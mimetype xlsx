--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="402">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -142,62 +142,68 @@
   <si>
     <t>вилка двухрядная прямая на плату, шаг 2.54мм, 14 конт., THT / 90130-1214</t>
   </si>
   <si>
     <t>UT-00137453</t>
   </si>
   <si>
     <t>BH1S-06GBOOA-L</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (BH1S-06GBOOA-L)</t>
   </si>
   <si>
     <t>AMTEK</t>
   </si>
   <si>
     <t>CH-254-BH-06P-S-GO-A</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (CH-254-BH-06P-S-GO-A)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
+    <t>21.04.2026</t>
+  </si>
+  <si>
     <t>DS1013-06SSiB1-B-0</t>
   </si>
   <si>
     <t>вилка на плату / BH-06 (DS1013-06SSiB1-B-0)</t>
   </si>
   <si>
     <t>UT-00096211</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
+    <t>03.05.2026</t>
+  </si>
+  <si>
     <t>KLS1-202-06-S-B</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (IDC-06MS) (L-KLS1-202-06-S-B)</t>
   </si>
   <si>
     <t>10-00054624</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>BH1R-06GBOOA-L</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (BH1R-06GBOOA-L)</t>
   </si>
   <si>
     <t>CH-254-BH-06P-R-GO-A</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (CH-254-BH-06P-R-GO-A)</t>
   </si>
   <si>
     <t>UT-00118032</t>
@@ -292,56 +298,62 @@
   <si>
     <t>CH-254-BH-10P-R-GO-A</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-10R (CH-254-BH-10P-R-GO-A)</t>
   </si>
   <si>
     <t>DS1013-10RSiB-B-0</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-10R (DS1013-10RSiB-B-0)</t>
   </si>
   <si>
     <t>KLS1-202-10-R-B</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-10R (KLS1-202-10-R-B)</t>
   </si>
   <si>
     <t>CH-254-BH-12P-S-GO-A</t>
   </si>
   <si>
     <t>вилка на плату / BH-12 (CH-254-BH-12P-S-GO-A)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-202-12-S-B KLS, DS1013-12SSIB1-B-0 CONNFLY, </t>
+  </si>
+  <si>
     <t>DS1013-12SSIB1-B-0</t>
   </si>
   <si>
     <t>вилка на плату / BH-12 (DS1013-12SSIB1-B-0)</t>
   </si>
   <si>
+    <t xml:space="preserve">CH-254-BH-12P-S-GO-A SHAINOR, L-KLS1-202-12-S-B KLS, </t>
+  </si>
+  <si>
     <t>DS1013-12RSiB-B-0</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-12R (DS1013-12RSiB-B-0)</t>
   </si>
   <si>
     <t>CH-254-BH-14P-S-GO-A</t>
   </si>
   <si>
     <t>(вилка на плату) / BH-14 (CH-254-BH-14P-S-GO-A)</t>
   </si>
   <si>
     <t>DS1013-14SSIB1-B-0</t>
   </si>
   <si>
     <t>(вилка на плату) / BH-14 (DS1013-14SSIB1-B-0)</t>
   </si>
   <si>
     <t>KLS1-202-14-S-B</t>
   </si>
   <si>
     <t>вилка на плату / BH-14 (KLS1-202-14-S-B)</t>
   </si>
   <si>
     <t>CH-254-BH-14P-R-GO-A</t>
@@ -1018,54 +1030,54 @@
   <si>
     <t>вилка на на шлейф 2*12 / IDM-24 (L-KLS1-201Z-24-G-N)</t>
   </si>
   <si>
     <t>10-00054660</t>
   </si>
   <si>
     <t>L-KLS1-201Z-26-G-N</t>
   </si>
   <si>
     <t>вилка на на шлейф 2*13 / IDM-26 (L-KLS1-201Z-26-G-N)</t>
   </si>
   <si>
     <t>IDM-26A</t>
   </si>
   <si>
     <t>вилка на на шлейф 2*13 с ушами / IDM-26A</t>
   </si>
   <si>
     <t>IDM-30</t>
   </si>
   <si>
     <t>вилка на на шлейф 2*15 / IDM-30</t>
   </si>
   <si>
-    <t xml:space="preserve">IDM-34 </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">вилка на на шлейф 2*17 / IDM-34 </t>
+    <t>L-KLS1-201Z-34-G-N</t>
+  </si>
+  <si>
+    <t>вилка на на шлейф 2*17 / IDM-34 (L-KLS1-201Z-34-G-N)</t>
   </si>
   <si>
     <t>IDM-34A</t>
   </si>
   <si>
     <t>вилка на на шлейф 2*17 с ушами / IDM-34A</t>
   </si>
   <si>
     <t>IDM-40</t>
   </si>
   <si>
     <t>вилка на на шлейф 2*20 / IDM-40</t>
   </si>
   <si>
     <t>IDM-40A</t>
   </si>
   <si>
     <t>вилка на на шлейф 2*20 с ушами / IDM-40A</t>
   </si>
   <si>
     <t>L-KLS1-201Z-50-G-N</t>
   </si>
   <si>
     <t>вилка на на шлейф 2*25 / IDM-50 (L-KLS1-201Z-50-G-N)</t>
   </si>
@@ -2155,5711 +2167,5729 @@
       <c r="D14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10080070672</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>340</v>
       </c>
       <c r="K14" s="15">
         <v>0.06340999999999999</v>
       </c>
       <c r="L14" s="15">
         <v>0.04588</v>
       </c>
       <c r="M14" s="15">
         <v>0.04003</v>
       </c>
       <c r="N14" s="15"/>
-      <c r="O14" s="15"/>
-      <c r="P14" s="15"/>
+      <c r="O14" s="15">
+        <v>1510</v>
+      </c>
+      <c r="P14" s="15" t="s">
+        <v>42</v>
+      </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>360</v>
       </c>
       <c r="K15" s="15">
         <v>0.05151</v>
       </c>
       <c r="L15" s="15">
         <v>0.04464</v>
       </c>
       <c r="M15" s="15">
         <v>0.04293</v>
       </c>
       <c r="N15" s="15"/>
-      <c r="O15" s="15"/>
-      <c r="P15" s="15"/>
+      <c r="O15" s="15">
+        <v>2552</v>
+      </c>
+      <c r="P15" s="15" t="s">
+        <v>47</v>
+      </c>
       <c r="Q15" s="15">
         <v>8640</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>340</v>
       </c>
       <c r="K16" s="15">
         <v>0.06132</v>
       </c>
       <c r="L16" s="15">
         <v>0.04437</v>
       </c>
       <c r="M16" s="15">
         <v>0.03872</v>
       </c>
       <c r="N16" s="15">
-        <v>2754</v>
+        <v>2289</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E17" s="15">
         <v>10080009569</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>360</v>
       </c>
       <c r="K17" s="15">
         <v>0.19582</v>
       </c>
       <c r="L17" s="15">
         <v>0.11037</v>
       </c>
       <c r="M17" s="15">
         <v>0.10089</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>340</v>
       </c>
       <c r="K18" s="15">
         <v>0.06985</v>
       </c>
       <c r="L18" s="15">
         <v>0.05054</v>
       </c>
       <c r="M18" s="15">
         <v>0.0441</v>
       </c>
       <c r="N18" s="15">
-        <v>2220</v>
+        <v>2132</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>360</v>
       </c>
       <c r="K19" s="15">
         <v>0.11082</v>
       </c>
       <c r="L19" s="15">
         <v>0.08018</v>
       </c>
       <c r="M19" s="15">
         <v>0.06997</v>
       </c>
       <c r="N19" s="15"/>
-      <c r="O19" s="15"/>
-      <c r="P19" s="15"/>
+      <c r="O19" s="15">
+        <v>1800</v>
+      </c>
+      <c r="P19" s="15" t="s">
+        <v>47</v>
+      </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>340</v>
       </c>
       <c r="K20" s="15">
         <v>0.05249</v>
       </c>
       <c r="L20" s="15">
         <v>0.04549</v>
       </c>
       <c r="M20" s="15">
         <v>0.04374</v>
       </c>
       <c r="N20" s="15">
-        <v>1061</v>
+        <v>1329</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E21" s="15">
         <v>10000014433</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>300</v>
       </c>
       <c r="K21" s="15">
         <v>0.10916</v>
       </c>
       <c r="L21" s="15">
         <v>0.07826</v>
       </c>
       <c r="M21" s="15">
         <v>0.06795</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10080066369</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>300</v>
       </c>
       <c r="K22" s="15">
         <v>0.06412</v>
       </c>
       <c r="L22" s="15">
         <v>0.04639</v>
       </c>
       <c r="M22" s="15">
         <v>0.04048</v>
       </c>
       <c r="N22" s="15">
-        <v>600</v>
+        <v>810</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.05534</v>
       </c>
       <c r="L23" s="15">
         <v>0.04004</v>
       </c>
       <c r="M23" s="15">
         <v>0.03494</v>
       </c>
       <c r="N23" s="15">
-        <v>191</v>
+        <v>176</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>300</v>
       </c>
       <c r="K24" s="15">
         <v>0.10593</v>
       </c>
       <c r="L24" s="15">
         <v>0.09976</v>
       </c>
       <c r="M24" s="15">
         <v>0.09361</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E25" s="15">
         <v>10080011123</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>300</v>
       </c>
       <c r="K25" s="15">
         <v>0.23906</v>
       </c>
       <c r="L25" s="15">
         <v>0.13475</v>
       </c>
       <c r="M25" s="15">
         <v>0.12317</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>300</v>
       </c>
       <c r="K26" s="15">
         <v>0.07788</v>
       </c>
       <c r="L26" s="15">
         <v>0.0675</v>
       </c>
       <c r="M26" s="15">
         <v>0.0649</v>
       </c>
       <c r="N26" s="15">
-        <v>1487</v>
+        <v>1780</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E27" s="15">
         <v>10080052266</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="J27" s="15">
         <v>260</v>
       </c>
       <c r="K27" s="15">
         <v>0.05405</v>
       </c>
       <c r="L27" s="15">
         <v>0.03911</v>
       </c>
       <c r="M27" s="15">
         <v>0.03413</v>
       </c>
       <c r="N27" s="15">
-        <v>15814</v>
+        <v>17923</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E28" s="15">
         <v>10000000950</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="J28" s="15">
         <v>260</v>
       </c>
       <c r="K28" s="15">
         <v>0.05212</v>
       </c>
       <c r="L28" s="15">
         <v>0.03771</v>
       </c>
       <c r="M28" s="15">
         <v>0.03291</v>
       </c>
       <c r="N28" s="15">
-        <v>148331</v>
+        <v>137319</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E29" s="15">
         <v>10080010454</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>260</v>
       </c>
       <c r="K29" s="15">
         <v>0.0439</v>
       </c>
       <c r="L29" s="15">
         <v>0.03176</v>
       </c>
       <c r="M29" s="15">
         <v>0.02772</v>
       </c>
       <c r="N29" s="15">
-        <v>1852</v>
+        <v>711</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E30" s="15">
         <v>10080052267</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>260</v>
       </c>
       <c r="K30" s="15">
         <v>0.04457</v>
       </c>
       <c r="L30" s="15">
         <v>0.03862</v>
       </c>
       <c r="M30" s="15">
         <v>0.03714</v>
       </c>
       <c r="N30" s="15">
-        <v>3840</v>
+        <v>3780</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E31" s="15">
         <v>10000002817</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>260</v>
       </c>
       <c r="K31" s="15">
         <v>0.05226</v>
       </c>
       <c r="L31" s="15">
         <v>0.04529</v>
       </c>
       <c r="M31" s="15">
         <v>0.04355</v>
       </c>
       <c r="N31" s="15">
-        <v>60025</v>
+        <v>56930</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E32" s="15">
         <v>10080047937</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>260</v>
       </c>
       <c r="K32" s="15">
         <v>0.03666</v>
       </c>
       <c r="L32" s="15">
         <v>0.03177</v>
       </c>
       <c r="M32" s="15">
         <v>0.03055</v>
       </c>
       <c r="N32" s="15">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>7211</v>
+      </c>
+      <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E33" s="15">
         <v>10080052268</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="I33" s="15"/>
+      <c r="I33" s="15" t="s">
+        <v>94</v>
+      </c>
       <c r="J33" s="15">
         <v>220</v>
       </c>
       <c r="K33" s="15">
         <v>0.06802999999999999</v>
       </c>
       <c r="L33" s="15">
         <v>0.04922</v>
       </c>
       <c r="M33" s="15">
         <v>0.04295</v>
       </c>
       <c r="N33" s="15">
-        <v>1139</v>
+        <v>1005</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E34" s="15">
         <v>10080019213</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="I34" s="15"/>
+        <v>46</v>
+      </c>
+      <c r="I34" s="15" t="s">
+        <v>97</v>
+      </c>
       <c r="J34" s="15">
         <v>240</v>
       </c>
       <c r="K34" s="15">
         <v>0.09071</v>
       </c>
       <c r="L34" s="15">
         <v>0.06562999999999999</v>
       </c>
       <c r="M34" s="15">
         <v>0.05727</v>
       </c>
       <c r="N34" s="15">
-        <v>2500</v>
+        <v>2180</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080001480</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>240</v>
       </c>
       <c r="K35" s="15">
         <v>0.08155999999999999</v>
       </c>
       <c r="L35" s="15">
         <v>0.07068000000000001</v>
       </c>
       <c r="M35" s="15">
         <v>0.06796000000000001</v>
       </c>
       <c r="N35" s="15">
-        <v>940</v>
+        <v>951</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E36" s="15">
         <v>10080052269</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>200</v>
       </c>
       <c r="K36" s="15">
         <v>0.07152</v>
       </c>
       <c r="L36" s="15">
         <v>0.05175</v>
       </c>
       <c r="M36" s="15">
         <v>0.04516</v>
       </c>
       <c r="N36" s="15">
-        <v>143</v>
+        <v>122</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E37" s="15">
         <v>10000001273</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>200</v>
       </c>
       <c r="K37" s="15">
         <v>0.05037</v>
       </c>
       <c r="L37" s="15">
         <v>0.04365</v>
       </c>
       <c r="M37" s="15">
         <v>0.04198</v>
       </c>
       <c r="N37" s="15">
-        <v>58526</v>
+        <v>57670</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E38" s="15">
         <v>10080010455</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>200</v>
       </c>
       <c r="K38" s="15">
         <v>0.0383</v>
       </c>
       <c r="L38" s="15">
         <v>0.03319</v>
       </c>
       <c r="M38" s="15">
         <v>0.03191</v>
       </c>
       <c r="N38" s="15">
-        <v>9105</v>
-[...3 lines deleted...]
-      </c>
+        <v>12917</v>
+      </c>
+      <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="E39" s="15">
         <v>10080053302</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.05415</v>
       </c>
       <c r="L39" s="15">
         <v>0.04693</v>
       </c>
       <c r="M39" s="15">
         <v>0.04513</v>
       </c>
       <c r="N39" s="15">
-        <v>1700</v>
+        <v>1200</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="E40" s="15">
         <v>10000002524</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
         <v>0.06689000000000001</v>
       </c>
       <c r="L40" s="15">
         <v>0.05797</v>
       </c>
       <c r="M40" s="15">
         <v>0.05574</v>
       </c>
       <c r="N40" s="15">
-        <v>5911</v>
+        <v>3490</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E41" s="15">
         <v>10080053303</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>180</v>
       </c>
       <c r="K41" s="15">
         <v>0.06673</v>
       </c>
       <c r="L41" s="15">
         <v>0.04828</v>
       </c>
       <c r="M41" s="15">
         <v>0.04213</v>
       </c>
       <c r="N41" s="15">
-        <v>1920</v>
+        <v>2244</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E42" s="15">
         <v>10000000718</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>180</v>
       </c>
       <c r="K42" s="15">
         <v>0.07821</v>
       </c>
       <c r="L42" s="15">
         <v>0.05658</v>
       </c>
       <c r="M42" s="15">
         <v>0.04937</v>
       </c>
       <c r="N42" s="15">
-        <v>15786</v>
-[...2 lines deleted...]
-      <c r="P42" s="15"/>
+        <v>9668</v>
+      </c>
+      <c r="O42" s="15">
+        <v>6100</v>
+      </c>
+      <c r="P42" s="15" t="s">
+        <v>47</v>
+      </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E43" s="15">
         <v>10080034743</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>180</v>
       </c>
       <c r="K43" s="15">
-        <v>0.04328</v>
+        <v>0.04323</v>
       </c>
       <c r="L43" s="15">
-        <v>0.03751</v>
+        <v>0.03747</v>
       </c>
       <c r="M43" s="15">
-        <v>0.03606</v>
+        <v>0.03603</v>
       </c>
       <c r="N43" s="15">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="E44" s="15">
         <v>10000002819</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>180</v>
       </c>
       <c r="K44" s="15">
         <v>0.10453</v>
       </c>
       <c r="L44" s="15">
         <v>0.07563</v>
       </c>
       <c r="M44" s="15">
         <v>0.06598999999999999</v>
       </c>
-      <c r="N44" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>180</v>
       </c>
       <c r="K45" s="15">
         <v>0.08606</v>
       </c>
       <c r="L45" s="15">
         <v>0.06227</v>
       </c>
       <c r="M45" s="15">
         <v>0.05433</v>
       </c>
       <c r="N45" s="15">
         <v>10</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="E46" s="15">
         <v>10080053304</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>160</v>
       </c>
       <c r="K46" s="15">
         <v>0.08841</v>
       </c>
       <c r="L46" s="15">
         <v>0.06396</v>
       </c>
       <c r="M46" s="15">
         <v>0.05581</v>
       </c>
       <c r="N46" s="15">
-        <v>4146</v>
+        <v>4138</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="E47" s="15">
         <v>10000000613</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>160</v>
       </c>
       <c r="K47" s="15">
         <v>0.09331</v>
       </c>
       <c r="L47" s="15">
         <v>0.06751</v>
       </c>
       <c r="M47" s="15">
         <v>0.05891</v>
       </c>
       <c r="N47" s="15">
-        <v>77510</v>
+        <v>77806</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E48" s="15">
         <v>10080034744</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>160</v>
       </c>
       <c r="K48" s="15">
         <v>0.08137999999999999</v>
       </c>
       <c r="L48" s="15">
         <v>0.05888</v>
       </c>
       <c r="M48" s="15">
         <v>0.05138</v>
       </c>
       <c r="N48" s="15">
-        <v>7885</v>
+        <v>8265</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>160</v>
       </c>
       <c r="K49" s="15">
         <v>0.14652</v>
       </c>
       <c r="L49" s="15">
         <v>0.10601</v>
       </c>
       <c r="M49" s="15">
         <v>0.0925</v>
       </c>
       <c r="N49" s="15">
-        <v>1578</v>
+        <v>1932</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="E50" s="15">
         <v>10000002818</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>160</v>
       </c>
       <c r="K50" s="15">
         <v>0.11872</v>
       </c>
       <c r="L50" s="15">
         <v>0.08588999999999999</v>
       </c>
       <c r="M50" s="15">
         <v>0.07495</v>
       </c>
       <c r="N50" s="15">
-        <v>2413</v>
-[...2 lines deleted...]
-      <c r="P50" s="15"/>
+        <v>1871</v>
+      </c>
+      <c r="O50" s="15">
+        <v>1380</v>
+      </c>
+      <c r="P50" s="15" t="s">
+        <v>47</v>
+      </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E51" s="15">
         <v>10080010459</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>160</v>
       </c>
       <c r="K51" s="15">
         <v>0.08938</v>
       </c>
       <c r="L51" s="15">
         <v>0.06467000000000001</v>
       </c>
       <c r="M51" s="15">
         <v>0.05643</v>
       </c>
       <c r="N51" s="15">
-        <v>3559</v>
+        <v>3904</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="E52" s="15">
         <v>10080053305</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>120</v>
       </c>
       <c r="K52" s="15">
         <v>0.14843</v>
       </c>
       <c r="L52" s="15">
         <v>0.10739</v>
       </c>
       <c r="M52" s="15">
         <v>0.09371</v>
       </c>
       <c r="N52" s="15">
-        <v>2055</v>
+        <v>1930</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="E53" s="15">
         <v>10000008861</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>140</v>
       </c>
       <c r="K53" s="15">
         <v>0.14791</v>
       </c>
       <c r="L53" s="15">
         <v>0.10701</v>
       </c>
       <c r="M53" s="15">
         <v>0.09338</v>
       </c>
       <c r="N53" s="15">
-        <v>2519</v>
+        <v>2146</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="E54" s="15">
         <v>10080040568</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>140</v>
       </c>
       <c r="K54" s="15">
         <v>0.11525</v>
       </c>
       <c r="L54" s="15">
         <v>0.08338</v>
       </c>
       <c r="M54" s="15">
         <v>0.07276000000000001</v>
       </c>
       <c r="N54" s="15">
         <v>107</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="E55" s="15">
         <v>10080053306</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>120</v>
       </c>
       <c r="K55" s="15">
         <v>0.19966</v>
       </c>
       <c r="L55" s="15">
         <v>0.13455</v>
       </c>
       <c r="M55" s="15">
         <v>0.12587</v>
       </c>
       <c r="N55" s="15">
-        <v>2120</v>
+        <v>1749</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="E56" s="15">
         <v>10000008846</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>140</v>
       </c>
       <c r="K56" s="15">
         <v>0.21406</v>
       </c>
       <c r="L56" s="15">
         <v>0.14426</v>
       </c>
       <c r="M56" s="15">
         <v>0.13496</v>
       </c>
       <c r="N56" s="15">
-        <v>848</v>
+        <v>946</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E57" s="15">
         <v>10080016462</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>140</v>
       </c>
       <c r="K57" s="15">
         <v>0.16708</v>
       </c>
       <c r="L57" s="15">
         <v>0.1198</v>
       </c>
       <c r="M57" s="15">
         <v>0.10404</v>
       </c>
       <c r="N57" s="15">
         <v>37</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E58" s="15">
         <v>10080052270</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>120</v>
       </c>
       <c r="K58" s="15">
         <v>0.06438000000000001</v>
       </c>
       <c r="L58" s="15">
         <v>0.0558</v>
       </c>
       <c r="M58" s="15">
         <v>0.05365</v>
       </c>
       <c r="N58" s="15">
-        <v>1143</v>
+        <v>1336</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="E59" s="15">
         <v>10000000717</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>120</v>
       </c>
       <c r="K59" s="15">
         <v>0.1172</v>
       </c>
       <c r="L59" s="15">
         <v>0.0848</v>
       </c>
       <c r="M59" s="15">
         <v>0.07399</v>
       </c>
       <c r="N59" s="15">
         <v>26377</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="E60" s="15">
         <v>10080039079</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>120</v>
       </c>
       <c r="K60" s="15">
         <v>0.0978</v>
       </c>
       <c r="L60" s="15">
         <v>0.07076</v>
       </c>
       <c r="M60" s="15">
         <v>0.06175</v>
       </c>
       <c r="N60" s="15">
-        <v>789</v>
+        <v>777</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E61" s="15">
         <v>10000002820</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>120</v>
       </c>
       <c r="K61" s="15">
         <v>0.22434</v>
       </c>
       <c r="L61" s="15">
         <v>0.12777</v>
       </c>
       <c r="M61" s="15">
         <v>0.11663</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>120</v>
       </c>
       <c r="K62" s="15">
         <v>0.16877</v>
       </c>
       <c r="L62" s="15">
         <v>0.121</v>
       </c>
       <c r="M62" s="15">
         <v>0.10509</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="E63" s="15">
         <v>10080027160</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>120</v>
       </c>
       <c r="K63" s="15">
         <v>0.12955</v>
       </c>
       <c r="L63" s="15">
         <v>0.09372999999999999</v>
       </c>
       <c r="M63" s="15">
         <v>0.08179</v>
       </c>
       <c r="N63" s="15">
-        <v>1571</v>
+        <v>1459</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="E64" s="15">
         <v>10080053307</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>0.15672</v>
       </c>
       <c r="L64" s="15">
         <v>0.10562</v>
       </c>
       <c r="M64" s="15">
         <v>0.0988</v>
       </c>
       <c r="N64" s="15">
-        <v>3067</v>
+        <v>2996</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E65" s="15">
         <v>10000003196</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
         <v>0.09957000000000001</v>
       </c>
       <c r="L65" s="15">
         <v>0.08629000000000001</v>
       </c>
       <c r="M65" s="15">
         <v>0.08298</v>
       </c>
       <c r="N65" s="15">
-        <v>684</v>
+        <v>455</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E66" s="15">
         <v>10080010460</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.12321</v>
       </c>
       <c r="L66" s="15">
         <v>0.08914</v>
       </c>
       <c r="M66" s="15">
         <v>0.07779</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="E67" s="15">
         <v>10080070674</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>100</v>
       </c>
       <c r="K67" s="15">
         <v>0.26603</v>
       </c>
       <c r="L67" s="15">
         <v>0.1515</v>
       </c>
       <c r="M67" s="15">
         <v>0.1383</v>
       </c>
       <c r="N67" s="15">
-        <v>1062</v>
+        <v>1493</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="E68" s="15">
         <v>10000014440</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>100</v>
       </c>
       <c r="K68" s="15">
         <v>0.26766</v>
       </c>
       <c r="L68" s="15">
         <v>0.15244</v>
       </c>
       <c r="M68" s="15">
         <v>0.13915</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="E69" s="15">
         <v>10080016463</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>100</v>
       </c>
       <c r="K69" s="15">
         <v>0.23914</v>
       </c>
       <c r="L69" s="15">
         <v>0.14199</v>
       </c>
       <c r="M69" s="15">
         <v>0.11957</v>
       </c>
       <c r="N69" s="15">
-        <v>1809</v>
+        <v>1981</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E70" s="15">
         <v>10080070673</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>100</v>
       </c>
       <c r="K70" s="15">
         <v>0.21934</v>
       </c>
       <c r="L70" s="15">
         <v>0.12492</v>
       </c>
       <c r="M70" s="15">
         <v>0.11403</v>
       </c>
       <c r="N70" s="15">
         <v>50</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="E71" s="15">
         <v>10080040569</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>100</v>
       </c>
       <c r="K71" s="15">
         <v>0.12228</v>
       </c>
       <c r="L71" s="15">
         <v>0.08846999999999999</v>
       </c>
       <c r="M71" s="15">
         <v>0.0772</v>
       </c>
       <c r="N71" s="15">
-        <v>1098</v>
+        <v>806</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E72" s="15">
         <v>10000000612</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
         <v>0.14632</v>
       </c>
       <c r="L72" s="15">
         <v>0.10587</v>
       </c>
       <c r="M72" s="15">
         <v>0.09238</v>
       </c>
       <c r="N72" s="15">
-        <v>951</v>
-[...2 lines deleted...]
-      <c r="P72" s="15"/>
+        <v>740</v>
+      </c>
+      <c r="O72" s="15">
+        <v>1220</v>
+      </c>
+      <c r="P72" s="15" t="s">
+        <v>47</v>
+      </c>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="E73" s="15">
         <v>10000002821</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>100</v>
       </c>
       <c r="K73" s="15">
         <v>0.23505</v>
       </c>
       <c r="L73" s="15">
         <v>0.17006</v>
       </c>
       <c r="M73" s="15">
         <v>0.1484</v>
       </c>
       <c r="N73" s="15">
-        <v>1459</v>
+        <v>1099</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="E74" s="15">
         <v>10080053208</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15">
         <v>0.28561</v>
       </c>
       <c r="L74" s="15">
         <v>0.16267</v>
       </c>
       <c r="M74" s="15">
         <v>0.14848</v>
       </c>
       <c r="N74" s="15">
         <v>2</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E75" s="15">
         <v>10080016464</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.24626</v>
       </c>
       <c r="L75" s="15">
         <v>0.14621</v>
       </c>
       <c r="M75" s="15">
         <v>0.12313</v>
       </c>
       <c r="N75" s="15">
         <v>14</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>0.22632</v>
       </c>
       <c r="L76" s="15">
         <v>0.16227</v>
       </c>
       <c r="M76" s="15">
         <v>0.14092</v>
       </c>
       <c r="N76" s="15">
-        <v>1523</v>
+        <v>1278</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="E77" s="15">
         <v>10080057625</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>80</v>
       </c>
       <c r="K77" s="15">
         <v>0.16367</v>
       </c>
       <c r="L77" s="15">
         <v>0.1103</v>
       </c>
       <c r="M77" s="15">
         <v>0.10319</v>
       </c>
       <c r="N77" s="15">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="E78" s="15">
         <v>10000001413</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>80</v>
       </c>
       <c r="K78" s="15">
         <v>0.19343</v>
       </c>
       <c r="L78" s="15">
         <v>0.13035</v>
       </c>
       <c r="M78" s="15">
         <v>0.12195</v>
       </c>
       <c r="N78" s="15">
-        <v>2455</v>
+        <v>2638</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E79" s="15">
         <v>10080010585</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>80</v>
       </c>
       <c r="K79" s="15">
         <v>0.15869</v>
       </c>
       <c r="L79" s="15">
         <v>0.11481</v>
       </c>
       <c r="M79" s="15">
         <v>0.10019</v>
       </c>
       <c r="N79" s="15">
-        <v>3460</v>
+        <v>2524</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E80" s="15">
         <v>10080010586</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>80</v>
       </c>
       <c r="K80" s="15">
         <v>0.18599</v>
       </c>
       <c r="L80" s="15">
         <v>0.13456</v>
       </c>
       <c r="M80" s="15">
         <v>0.11742</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E81" s="15">
         <v>10000001334</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>80</v>
       </c>
       <c r="K81" s="15">
         <v>0.26116</v>
       </c>
       <c r="L81" s="15">
         <v>0.18895</v>
       </c>
       <c r="M81" s="15">
         <v>0.16488</v>
       </c>
       <c r="N81" s="15">
-        <v>289</v>
+        <v>369</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1</v>
       </c>
       <c r="K82" s="15">
         <v>6.28</v>
       </c>
       <c r="L82" s="15">
         <v>5.26</v>
       </c>
       <c r="M82" s="15">
         <v>5.06</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E83" s="15">
         <v>10080070675</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>60</v>
       </c>
       <c r="K83" s="15">
         <v>0.30806</v>
       </c>
       <c r="L83" s="15">
         <v>0.20761</v>
       </c>
       <c r="M83" s="15">
         <v>0.1942</v>
       </c>
       <c r="N83" s="15">
-        <v>531</v>
+        <v>749</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="E84" s="15">
         <v>10000012795</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>60</v>
       </c>
       <c r="K84" s="15">
         <v>0.22119</v>
       </c>
       <c r="L84" s="15">
         <v>0.16003</v>
       </c>
       <c r="M84" s="15">
         <v>0.13964</v>
       </c>
       <c r="N84" s="15">
-        <v>1113</v>
+        <v>1248</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E85" s="15">
         <v>10080010587</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>60</v>
       </c>
       <c r="K85" s="15">
         <v>0.24771</v>
       </c>
       <c r="L85" s="15">
         <v>0.18102</v>
       </c>
       <c r="M85" s="15">
         <v>0.15243</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>60</v>
       </c>
       <c r="K86" s="15">
         <v>0.3355</v>
       </c>
       <c r="L86" s="15">
         <v>0.16775</v>
       </c>
       <c r="M86" s="15">
         <v>0.15248</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E87" s="15">
         <v>10000012796</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>60</v>
       </c>
       <c r="K87" s="15">
         <v>0.37986</v>
       </c>
       <c r="L87" s="15">
         <v>0.27483</v>
       </c>
       <c r="M87" s="15">
         <v>0.23982</v>
       </c>
       <c r="N87" s="15">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>60</v>
       </c>
       <c r="K88" s="15">
         <v>0.67741</v>
       </c>
       <c r="L88" s="15">
         <v>0.35841</v>
       </c>
       <c r="M88" s="15">
         <v>0.33871</v>
       </c>
       <c r="N88" s="15">
-        <v>181</v>
+        <v>146</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E89" s="15">
         <v>10000007793</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>60</v>
       </c>
       <c r="K89" s="15">
         <v>0.43392</v>
       </c>
       <c r="L89" s="15">
         <v>0.24461</v>
       </c>
       <c r="M89" s="15">
         <v>0.22355</v>
       </c>
       <c r="N89" s="15">
-        <v>1220</v>
+        <v>1270</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="E90" s="15">
         <v>10080016465</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>60</v>
       </c>
       <c r="K90" s="15">
         <v>0.8326</v>
       </c>
       <c r="L90" s="15">
         <v>0.16344</v>
       </c>
       <c r="M90" s="15">
         <v>0.16344</v>
       </c>
       <c r="N90" s="15">
-        <v>589</v>
+        <v>457</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>60</v>
       </c>
       <c r="K91" s="15">
         <v>0.8326</v>
       </c>
       <c r="L91" s="15">
         <v>0.51237</v>
       </c>
       <c r="M91" s="15">
         <v>0.4163</v>
       </c>
       <c r="N91" s="15">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="E92" s="15">
         <v>10000014434</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>60</v>
       </c>
       <c r="K92" s="15">
         <v>0.57641</v>
       </c>
       <c r="L92" s="15">
         <v>0.11221</v>
       </c>
       <c r="M92" s="15">
         <v>0.11221</v>
       </c>
       <c r="N92" s="15">
-        <v>567</v>
+        <v>541</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E93" s="15">
         <v>10000014441</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>60</v>
       </c>
       <c r="K93" s="15">
         <v>0.89664</v>
       </c>
       <c r="L93" s="15">
         <v>0.18081</v>
       </c>
       <c r="M93" s="15">
         <v>0.18081</v>
       </c>
       <c r="N93" s="15">
-        <v>226</v>
+        <v>211</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="E94" s="15">
         <v>10080027682</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>39</v>
       </c>
       <c r="K94" s="15">
         <v>0.26175</v>
       </c>
       <c r="L94" s="15">
         <v>0.22685</v>
       </c>
       <c r="M94" s="15">
         <v>0.21813</v>
       </c>
       <c r="N94" s="15">
-        <v>4386</v>
+        <v>3935</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="E95" s="15">
         <v>10080032349</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>34</v>
       </c>
       <c r="K95" s="15">
         <v>0.39883</v>
       </c>
       <c r="L95" s="15">
         <v>0.28856</v>
       </c>
       <c r="M95" s="15">
         <v>0.25179</v>
       </c>
       <c r="N95" s="15">
-        <v>413</v>
+        <v>449</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="E96" s="15">
         <v>10080003773</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>28</v>
       </c>
       <c r="K96" s="15">
         <v>0.39223</v>
       </c>
       <c r="L96" s="15">
         <v>0.28121</v>
       </c>
       <c r="M96" s="15">
         <v>0.24421</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E97" s="15">
         <v>10080052271</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>260</v>
       </c>
       <c r="K97" s="15">
         <v>0.1197</v>
       </c>
       <c r="L97" s="15">
         <v>0.10374</v>
       </c>
       <c r="M97" s="15">
         <v>0.09975000000000001</v>
       </c>
       <c r="N97" s="15">
-        <v>5313</v>
+        <v>4632</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="E98" s="15">
         <v>10000018120</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>29</v>
       </c>
       <c r="K98" s="15">
         <v>0.22034</v>
       </c>
       <c r="L98" s="15">
         <v>0.19096</v>
       </c>
       <c r="M98" s="15">
         <v>0.18361</v>
       </c>
       <c r="N98" s="15">
-        <v>6379</v>
+        <v>5807</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="E99" s="15">
         <v>10080027683</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>23</v>
       </c>
       <c r="K99" s="15">
         <v>0.41339</v>
       </c>
       <c r="L99" s="15">
         <v>0.29909</v>
       </c>
       <c r="M99" s="15">
         <v>0.26099</v>
       </c>
       <c r="N99" s="15">
-        <v>1203</v>
+        <v>847</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="E100" s="15">
         <v>10080065426</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>250</v>
       </c>
       <c r="K100" s="15">
         <v>0.3161</v>
       </c>
       <c r="L100" s="15">
         <v>0.26342</v>
       </c>
       <c r="M100" s="15">
         <v>0.25287</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E101" s="15">
         <v>10000019777</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>21</v>
       </c>
       <c r="K101" s="15">
         <v>0.45571</v>
       </c>
       <c r="L101" s="15">
         <v>0.36457</v>
       </c>
       <c r="M101" s="15">
         <v>0.35349</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E102" s="15">
         <v>10080026903</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>21</v>
       </c>
       <c r="K102" s="15">
         <v>0.44585</v>
       </c>
       <c r="L102" s="15">
         <v>0.32257</v>
       </c>
       <c r="M102" s="15">
         <v>0.28148</v>
       </c>
       <c r="N102" s="15">
-        <v>1958</v>
+        <v>1644</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>21</v>
       </c>
       <c r="K103" s="15">
         <v>0.45571</v>
       </c>
       <c r="L103" s="15">
         <v>0.36457</v>
       </c>
       <c r="M103" s="15">
         <v>0.35349</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>18</v>
       </c>
       <c r="K104" s="15">
         <v>0.47295</v>
       </c>
       <c r="L104" s="15">
         <v>0.44339</v>
       </c>
       <c r="M104" s="15">
         <v>0.42862</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="E105" s="15">
         <v>10080053308</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>160</v>
       </c>
       <c r="K105" s="15">
         <v>0.18619</v>
       </c>
       <c r="L105" s="15">
         <v>0.17433</v>
       </c>
       <c r="M105" s="15">
         <v>0.16246</v>
       </c>
       <c r="N105" s="15">
-        <v>1375</v>
+        <v>1391</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="E106" s="15">
         <v>10000019776</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>250</v>
       </c>
       <c r="K106" s="15">
         <v>0.68733</v>
       </c>
       <c r="L106" s="15">
         <v>0.49729</v>
       </c>
       <c r="M106" s="15">
         <v>0.43394</v>
       </c>
       <c r="N106" s="15">
-        <v>545</v>
+        <v>567</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="E107" s="15">
         <v>10080034674</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>250</v>
       </c>
       <c r="K107" s="15">
         <v>0.90338</v>
       </c>
       <c r="L107" s="15">
         <v>0.59187</v>
       </c>
       <c r="M107" s="15">
         <v>0.53346</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>50</v>
       </c>
       <c r="K108" s="15">
         <v>0.38427</v>
       </c>
       <c r="L108" s="15">
         <v>0.30791</v>
       </c>
       <c r="M108" s="15">
         <v>0.2882</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="E109" s="15">
         <v>10080028550</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>14</v>
       </c>
       <c r="K109" s="15">
         <v>0.60625</v>
       </c>
       <c r="L109" s="15">
         <v>0.43863</v>
       </c>
       <c r="M109" s="15">
         <v>0.38275</v>
       </c>
       <c r="N109" s="15">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="E110" s="15">
         <v>10080053309</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>100</v>
       </c>
       <c r="K110" s="15">
         <v>0.36317</v>
       </c>
       <c r="L110" s="15">
         <v>0.26276</v>
       </c>
       <c r="M110" s="15">
         <v>0.22928</v>
       </c>
       <c r="N110" s="15">
-        <v>196</v>
+        <v>247</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="E111" s="15">
         <v>10080031329</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>13</v>
       </c>
       <c r="K111" s="15">
         <v>0.78</v>
       </c>
       <c r="L111" s="15">
         <v>0.56433</v>
       </c>
       <c r="M111" s="15">
         <v>0.49244</v>
       </c>
-      <c r="N111" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>100</v>
       </c>
       <c r="K112" s="15">
         <v>0.25641</v>
       </c>
       <c r="L112" s="15">
         <v>0.18315</v>
       </c>
       <c r="M112" s="15">
         <v>0.16484</v>
       </c>
-      <c r="N112" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N112" s="15">
+        <v>640</v>
+      </c>
+      <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>100</v>
       </c>
       <c r="K113" s="15">
         <v>0.36703</v>
       </c>
       <c r="L113" s="15">
         <v>0.34486</v>
       </c>
       <c r="M113" s="15">
         <v>0.33255</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="E114" s="15">
         <v>10080040551</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>10</v>
       </c>
       <c r="K114" s="15">
         <v>0.85304</v>
       </c>
       <c r="L114" s="15">
         <v>0.61717</v>
       </c>
       <c r="M114" s="15">
         <v>0.53856</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="E115" s="15">
         <v>10080075269</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.32793</v>
       </c>
       <c r="L115" s="15">
         <v>0.27327</v>
       </c>
       <c r="M115" s="15">
         <v>0.26234</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="E116" s="15">
         <v>10080065490</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.25773</v>
       </c>
       <c r="L116" s="15">
         <v>0.17368</v>
       </c>
       <c r="M116" s="15">
         <v>0.16248</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="E117" s="15">
         <v>10080052213</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>476</v>
       </c>
       <c r="K117" s="15">
         <v>0.31775</v>
       </c>
       <c r="L117" s="15">
         <v>0.2665</v>
       </c>
       <c r="M117" s="15">
         <v>0.25625</v>
       </c>
       <c r="N117" s="15">
-        <v>110</v>
+        <v>134</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="E118" s="15">
         <v>10080017268</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>1</v>
       </c>
       <c r="K118" s="15">
         <v>0.87324</v>
       </c>
       <c r="L118" s="15">
         <v>0.2839</v>
       </c>
       <c r="M118" s="15">
         <v>0.2839</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="E119" s="15">
         <v>10080017269</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>96</v>
       </c>
       <c r="K119" s="15">
         <v>0.24633</v>
       </c>
       <c r="L119" s="15">
         <v>0.20938</v>
       </c>
       <c r="M119" s="15">
         <v>0.17243</v>
       </c>
       <c r="N119" s="15">
-        <v>155</v>
+        <v>204</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15"/>
       <c r="K120" s="15">
         <v>0.9680800000000001</v>
       </c>
       <c r="L120" s="15">
         <v>0.77471</v>
       </c>
       <c r="M120" s="15">
         <v>0.72544</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="E121" s="15">
         <v>10080017278</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>108</v>
       </c>
       <c r="K121" s="15">
         <v>0.24633</v>
       </c>
       <c r="L121" s="15">
         <v>0.20938</v>
       </c>
       <c r="M121" s="15">
         <v>0.17243</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="E122" s="15">
         <v>10080017271</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>108</v>
       </c>
       <c r="K122" s="15">
         <v>0.3695</v>
       </c>
       <c r="L122" s="15">
         <v>0.31408</v>
       </c>
       <c r="M122" s="15">
         <v>0.25865</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="E123" s="15">
         <v>10080017279</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>84</v>
       </c>
       <c r="K123" s="15">
         <v>0.3695</v>
       </c>
       <c r="L123" s="15">
         <v>0.31408</v>
       </c>
       <c r="M123" s="15">
         <v>0.25865</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E124" s="15">
         <v>10080017272</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>72</v>
       </c>
       <c r="K124" s="15">
         <v>0.3695</v>
       </c>
       <c r="L124" s="15">
         <v>0.31408</v>
       </c>
       <c r="M124" s="15">
         <v>0.25865</v>
       </c>
       <c r="N124" s="15">
-        <v>105</v>
+        <v>144</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="E125" s="15">
         <v>10080017280</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>72</v>
       </c>
       <c r="K125" s="15">
         <v>0.3695</v>
       </c>
       <c r="L125" s="15">
         <v>0.31408</v>
       </c>
       <c r="M125" s="15">
         <v>0.25865</v>
       </c>
       <c r="N125" s="15">
-        <v>794</v>
+        <v>554</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="E126" s="15">
         <v>10080017273</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>72</v>
       </c>
       <c r="K126" s="15">
         <v>0.61583</v>
       </c>
       <c r="L126" s="15">
         <v>0.52346</v>
       </c>
       <c r="M126" s="15">
         <v>0.43108</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="E127" s="15">
         <v>10080017281</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>60</v>
       </c>
       <c r="K127" s="15">
         <v>0.49266</v>
       </c>
       <c r="L127" s="15">
         <v>0.41876</v>
       </c>
       <c r="M127" s="15">
         <v>0.34486</v>
       </c>
       <c r="N127" s="15">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="E128" s="15">
         <v>10080017274</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>48</v>
       </c>
       <c r="K128" s="15">
         <v>0.49266</v>
       </c>
       <c r="L128" s="15">
         <v>0.41876</v>
       </c>
       <c r="M128" s="15">
         <v>0.34486</v>
       </c>
       <c r="N128" s="15">
         <v>93</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="E129" s="15">
         <v>10080017282</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>48</v>
       </c>
       <c r="K129" s="15">
         <v>0.49266</v>
       </c>
       <c r="L129" s="15">
         <v>0.41876</v>
       </c>
       <c r="M129" s="15">
         <v>0.34486</v>
       </c>
       <c r="N129" s="15">
-        <v>561</v>
+        <v>687</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="E130" s="15">
         <v>10080017275</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>60</v>
       </c>
       <c r="K130" s="15">
         <v>0.49266</v>
       </c>
       <c r="L130" s="15">
         <v>0.41876</v>
       </c>
       <c r="M130" s="15">
         <v>0.34486</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="E131" s="15">
         <v>10080017283</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>48</v>
       </c>
       <c r="K131" s="15">
         <v>2.42</v>
       </c>
       <c r="L131" s="15">
         <v>0.78517</v>
       </c>
       <c r="M131" s="15">
         <v>0.78517</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="E132" s="15">
         <v>10080017276</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>30</v>
       </c>
       <c r="K132" s="15">
         <v>0.73899</v>
       </c>
       <c r="L132" s="15">
         <v>0.62814</v>
       </c>
       <c r="M132" s="15">
         <v>0.51729</v>
       </c>
       <c r="N132" s="15">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="E133" s="15">
         <v>10080017284</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>30</v>
       </c>
       <c r="K133" s="15">
         <v>0.73899</v>
       </c>
       <c r="L133" s="15">
         <v>0.62814</v>
       </c>
       <c r="M133" s="15">
         <v>0.51729</v>
       </c>
       <c r="N133" s="15">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="E134" s="15">
         <v>10080017277</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>48</v>
       </c>
       <c r="K134" s="15">
         <v>0.73899</v>
       </c>
       <c r="L134" s="15">
         <v>0.62814</v>
       </c>
       <c r="M134" s="15">
         <v>0.51729</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="E135" s="15">
         <v>10080017285</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>36</v>
       </c>
       <c r="K135" s="15">
         <v>0.73899</v>
       </c>
       <c r="L135" s="15">
         <v>0.62814</v>
       </c>
       <c r="M135" s="15">
         <v>0.51729</v>
       </c>
       <c r="N135" s="15">
         <v>48</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15"/>
       <c r="K136" s="15">
         <v>1.23</v>
       </c>
       <c r="L136" s="15">
         <v>0.67741</v>
       </c>
       <c r="M136" s="15">
         <v>0.61583</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="E137" s="15">
         <v>10000014444</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>90</v>
       </c>
       <c r="K137" s="15">
-        <v>0.27882</v>
+        <v>0.24764</v>
       </c>
       <c r="L137" s="15">
-        <v>0.24602</v>
+        <v>0.21462</v>
       </c>
       <c r="M137" s="15">
-        <v>0.22141</v>
+        <v>0.20636</v>
       </c>
       <c r="N137" s="15">
         <v>100</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="E138" s="15">
         <v>10080017286</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>60</v>
       </c>
       <c r="K138" s="15">
         <v>0.22123</v>
       </c>
       <c r="L138" s="15">
         <v>0.21161</v>
       </c>
       <c r="M138" s="15">
         <v>0.20199</v>
       </c>
       <c r="N138" s="15">
-        <v>648</v>
+        <v>612</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="E139" s="15">
         <v>10000014445</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>80</v>
       </c>
       <c r="K139" s="15">
         <v>0.41188</v>
       </c>
       <c r="L139" s="15">
         <v>0.34323</v>
       </c>
       <c r="M139" s="15">
         <v>0.3295</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>80</v>
       </c>
       <c r="K140" s="15">
-        <v>0.5007</v>
+        <v>0.29026</v>
       </c>
       <c r="L140" s="15">
-        <v>0.41725</v>
+        <v>0.29026</v>
       </c>
       <c r="M140" s="15">
-        <v>0.40057</v>
+        <v>0.29026</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E141" s="15">
         <v>10000014446</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>70</v>
       </c>
       <c r="K141" s="15">
-        <v>0.39292</v>
+        <v>0.34904</v>
       </c>
       <c r="L141" s="15">
-        <v>0.3467</v>
+        <v>0.3025</v>
       </c>
       <c r="M141" s="15">
-        <v>0.31203</v>
+        <v>0.29086</v>
       </c>
       <c r="N141" s="15">
         <v>91</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="E142" s="15">
         <v>10080017287</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15"/>
       <c r="K142" s="15">
         <v>0.85107</v>
       </c>
       <c r="L142" s="15">
         <v>0.27675</v>
       </c>
       <c r="M142" s="15">
         <v>0.27675</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>60</v>
       </c>
       <c r="K143" s="15">
         <v>0.76595</v>
       </c>
       <c r="L143" s="15">
         <v>0.55416</v>
       </c>
       <c r="M143" s="15">
         <v>0.48356</v>
       </c>
       <c r="N143" s="15">
-        <v>1114</v>
+        <v>1014</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="E144" s="15">
         <v>10000014448</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>60</v>
       </c>
       <c r="K144" s="15">
         <v>0.76947</v>
       </c>
       <c r="L144" s="15">
         <v>0.50973</v>
       </c>
       <c r="M144" s="15">
         <v>0.4448</v>
       </c>
       <c r="N144" s="15">
-        <v>428</v>
+        <v>540</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="E145" s="15">
         <v>10080017288</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>48</v>
       </c>
       <c r="K145" s="15">
         <v>0.99518</v>
       </c>
       <c r="L145" s="15">
         <v>0.32355</v>
       </c>
       <c r="M145" s="15">
         <v>0.32355</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="E146" s="15">
         <v>10000014449</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>50</v>
       </c>
       <c r="K146" s="15">
         <v>0.24633</v>
       </c>
       <c r="L146" s="15">
         <v>0.20938</v>
       </c>
       <c r="M146" s="15">
         <v>0.17243</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="E147" s="15">
         <v>10000014450</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="K147" s="15">
         <v>0.24633</v>
       </c>
       <c r="L147" s="15">
         <v>0.20938</v>
       </c>
       <c r="M147" s="15">
         <v>0.17243</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="E148" s="15">
         <v>10080017289</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>40</v>
       </c>
       <c r="K148" s="15">
         <v>0.99271</v>
       </c>
       <c r="L148" s="15">
         <v>0.32282</v>
       </c>
       <c r="M148" s="15">
         <v>0.32282</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E149" s="15">
         <v>10000014451</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>40</v>
       </c>
       <c r="K149" s="15">
         <v>1.1</v>
       </c>
       <c r="L149" s="15">
         <v>0.35668</v>
       </c>
       <c r="M149" s="15">
         <v>0.35668</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E150" s="15">
         <v>10080017290</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>40</v>
       </c>
       <c r="K150" s="15">
         <v>1.07</v>
       </c>
       <c r="L150" s="15">
         <v>0.34721</v>
       </c>
       <c r="M150" s="15">
         <v>0.34721</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="E151" s="15">
         <v>10000014452</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>30</v>
       </c>
       <c r="K151" s="15">
         <v>1.05</v>
       </c>
       <c r="L151" s="15">
         <v>0.60795</v>
       </c>
       <c r="M151" s="15">
         <v>0.54715</v>
       </c>
       <c r="N151" s="15">
-        <v>289</v>
+        <v>217</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="E152" s="15">
         <v>10080017291</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>30</v>
       </c>
       <c r="K152" s="15">
         <v>1.37</v>
       </c>
       <c r="L152" s="15">
         <v>0.44635</v>
       </c>
       <c r="M152" s="15">
         <v>0.44635</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="E153" s="15">
         <v>10000014453</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>20</v>
       </c>
       <c r="K153" s="15">
         <v>0.3695</v>
       </c>
       <c r="L153" s="15">
         <v>0.31408</v>
       </c>
       <c r="M153" s="15">
         <v>0.25865</v>
       </c>
       <c r="N153" s="15">
         <v>79</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="E154" s="15">
         <v>10080017292</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>20</v>
       </c>
       <c r="K154" s="15">
         <v>1.56</v>
       </c>
       <c r="L154" s="15">
         <v>0.50597</v>
       </c>
       <c r="M154" s="15">
         <v>0.50597</v>
       </c>
       <c r="N154" s="15">
         <v>65</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="E155" s="15">
         <v>10000014454</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>30</v>
       </c>
       <c r="K155" s="15">
         <v>0.3695</v>
       </c>
       <c r="L155" s="15">
         <v>0.31408</v>
       </c>
       <c r="M155" s="15">
         <v>0.25865</v>
       </c>
       <c r="N155" s="15">
         <v>11</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="E156" s="15">
         <v>10080027474</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>1</v>
       </c>
       <c r="K156" s="15">
         <v>1.81</v>
       </c>
       <c r="L156" s="15">
         <v>0.73653</v>
       </c>
       <c r="M156" s="15">
         <v>0.73653</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="E157" s="15">
         <v>10080075743</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15"/>
       <c r="K157" s="15">
         <v>0.13766</v>
       </c>
       <c r="L157" s="15">
         <v>0.11471</v>
       </c>
       <c r="M157" s="15">
         <v>0.11012</v>
       </c>
       <c r="N157" s="15">
         <v>10</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>12</v>
       </c>
       <c r="K158" s="15">
         <v>0.5007</v>
       </c>
       <c r="L158" s="15">
         <v>0.43394</v>
       </c>
       <c r="M158" s="15">
         <v>0.41725</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>1000</v>
       </c>
       <c r="K159" s="15">
         <v>0.2077</v>
       </c>
       <c r="L159" s="15">
         <v>0.2077</v>
       </c>
       <c r="M159" s="15">
         <v>0.2077</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15">
         <v>5000</v>
       </c>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="E160" s="15" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
         <v>0.15635</v>
       </c>
       <c r="L160" s="15">
         <v>0.15635</v>
       </c>
       <c r="M160" s="15">
         <v>0.15635</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15">
         <v>5000</v>
       </c>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
         <v>0.41529</v>
       </c>
       <c r="L161" s="15">
         <v>0.41529</v>
       </c>
       <c r="M161" s="15">
         <v>0.41529</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15">
         <v>5000</v>
       </c>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
         <v>0.31257</v>
       </c>
       <c r="L162" s="15">
         <v>0.31257</v>
       </c>
       <c r="M162" s="15">
         <v>0.31257</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15">
         <v>5000</v>
       </c>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14"/>
       <c r="C163" s="15"/>
@@ -7918,317 +7948,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>