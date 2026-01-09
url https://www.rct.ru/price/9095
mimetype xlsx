--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="402">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -203,50 +203,53 @@
     <t>CH-254-BH-06P-R-GO-A</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (CH-254-BH-06P-R-GO-A)</t>
   </si>
   <si>
     <t>UT-00118032</t>
   </si>
   <si>
     <t>DS1013-06RSiB-B-0</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (DS1013-06RSiB-B-0)</t>
   </si>
   <si>
     <t>UT-00118039</t>
   </si>
   <si>
     <t>KLS1-202-06-R-B</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (KLS1-202-06-R-B)</t>
   </si>
   <si>
     <t>UT-00118310</t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>BH1S-08GBOOA-L</t>
   </si>
   <si>
     <t>вилка на плату / BH-08 (BH1S-08GBOOA-L)</t>
   </si>
   <si>
     <t>CH-254-BH-08P-S-GO-A</t>
   </si>
   <si>
     <t>вилка на плату / BH-08 (CH-254-BH-08P-S-GO-A)</t>
   </si>
   <si>
     <t>KLS1-202-08-S-B</t>
   </si>
   <si>
     <t>вилка на плату / BH-08 (DS1013-08S) (IDC-08MS) KLS1-202-08-S-B</t>
   </si>
   <si>
     <t>UT-00141394</t>
   </si>
   <si>
     <t xml:space="preserve">BH-08R </t>
   </si>
@@ -2158,144 +2161,144 @@
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10080070672</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>340</v>
       </c>
       <c r="K14" s="15">
-        <v>0.06340999999999999</v>
+        <v>0.04332</v>
       </c>
       <c r="L14" s="15">
-        <v>0.04588</v>
+        <v>0.03754</v>
       </c>
       <c r="M14" s="15">
-        <v>0.04003</v>
+        <v>0.0361</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15">
-        <v>1510</v>
+        <v>1326</v>
       </c>
       <c r="P14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>360</v>
       </c>
       <c r="K15" s="15">
-        <v>0.05151</v>
+        <v>0.05067</v>
       </c>
       <c r="L15" s="15">
-        <v>0.04464</v>
+        <v>0.04391</v>
       </c>
       <c r="M15" s="15">
-        <v>0.04293</v>
+        <v>0.04223</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15">
-        <v>2552</v>
+        <v>2001</v>
       </c>
       <c r="P15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="Q15" s="15">
         <v>8640</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>340</v>
       </c>
       <c r="K16" s="15">
-        <v>0.06132</v>
+        <v>0.04215</v>
       </c>
       <c r="L16" s="15">
-        <v>0.04437</v>
+        <v>0.03653</v>
       </c>
       <c r="M16" s="15">
-        <v>0.03872</v>
+        <v>0.03513</v>
       </c>
       <c r="N16" s="15">
-        <v>2289</v>
+        <v>1434</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="15">
         <v>10080009569</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I17" s="15"/>
@@ -2318,5573 +2321,5605 @@
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>340</v>
       </c>
       <c r="K18" s="15">
-        <v>0.06985</v>
+        <v>0.0483</v>
       </c>
       <c r="L18" s="15">
-        <v>0.05054</v>
+        <v>0.04186</v>
       </c>
       <c r="M18" s="15">
-        <v>0.0441</v>
+        <v>0.04025</v>
       </c>
       <c r="N18" s="15">
-        <v>2132</v>
+        <v>2220</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>360</v>
       </c>
       <c r="K19" s="15">
-        <v>0.11082</v>
+        <v>0.07691000000000001</v>
       </c>
       <c r="L19" s="15">
-        <v>0.08018</v>
+        <v>0.06665</v>
       </c>
       <c r="M19" s="15">
-        <v>0.06997</v>
+        <v>0.06408999999999999</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>1800</v>
+        <v>1400</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>47</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>340</v>
       </c>
       <c r="K20" s="15">
         <v>0.05249</v>
       </c>
       <c r="L20" s="15">
         <v>0.04549</v>
       </c>
       <c r="M20" s="15">
         <v>0.04374</v>
       </c>
       <c r="N20" s="15">
-        <v>1329</v>
-[...2 lines deleted...]
-      <c r="P20" s="15"/>
+        <v>1363</v>
+      </c>
+      <c r="O20" s="15">
+        <v>1640</v>
+      </c>
+      <c r="P20" s="15" t="s">
+        <v>63</v>
+      </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E21" s="15">
         <v>10000014433</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>300</v>
       </c>
       <c r="K21" s="15">
         <v>0.10916</v>
       </c>
       <c r="L21" s="15">
         <v>0.07826</v>
       </c>
       <c r="M21" s="15">
         <v>0.06795</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E22" s="15">
         <v>10080066369</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>300</v>
       </c>
       <c r="K22" s="15">
-        <v>0.06412</v>
+        <v>0.04544</v>
       </c>
       <c r="L22" s="15">
-        <v>0.04639</v>
+        <v>0.03938</v>
       </c>
       <c r="M22" s="15">
-        <v>0.04048</v>
+        <v>0.03786</v>
       </c>
       <c r="N22" s="15">
-        <v>810</v>
+        <v>591</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
-        <v>0.05534</v>
+        <v>0.03807</v>
       </c>
       <c r="L23" s="15">
-        <v>0.04004</v>
+        <v>0.03299</v>
       </c>
       <c r="M23" s="15">
-        <v>0.03494</v>
+        <v>0.03173</v>
       </c>
       <c r="N23" s="15">
-        <v>176</v>
-[...2 lines deleted...]
-      <c r="P23" s="15"/>
+        <v>113</v>
+      </c>
+      <c r="O23" s="15">
+        <v>1420</v>
+      </c>
+      <c r="P23" s="15" t="s">
+        <v>63</v>
+      </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>300</v>
       </c>
       <c r="K24" s="15">
         <v>0.10593</v>
       </c>
       <c r="L24" s="15">
         <v>0.09976</v>
       </c>
       <c r="M24" s="15">
         <v>0.09361</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E25" s="15">
         <v>10080011123</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>300</v>
       </c>
       <c r="K25" s="15">
         <v>0.23906</v>
       </c>
       <c r="L25" s="15">
         <v>0.13475</v>
       </c>
       <c r="M25" s="15">
         <v>0.12317</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>300</v>
       </c>
       <c r="K26" s="15">
-        <v>0.07788</v>
+        <v>0.07679999999999999</v>
       </c>
       <c r="L26" s="15">
-        <v>0.0675</v>
+        <v>0.06655999999999999</v>
       </c>
       <c r="M26" s="15">
-        <v>0.0649</v>
+        <v>0.064</v>
       </c>
       <c r="N26" s="15">
-        <v>1780</v>
+        <v>1658</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E27" s="15">
         <v>10080052266</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J27" s="15">
         <v>260</v>
       </c>
       <c r="K27" s="15">
-        <v>0.05405</v>
+        <v>0.03791</v>
       </c>
       <c r="L27" s="15">
-        <v>0.03911</v>
+        <v>0.03285</v>
       </c>
       <c r="M27" s="15">
-        <v>0.03413</v>
+        <v>0.03159</v>
       </c>
       <c r="N27" s="15">
-        <v>17923</v>
+        <v>14127</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E28" s="15">
         <v>10000000950</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J28" s="15">
         <v>260</v>
       </c>
       <c r="K28" s="15">
-        <v>0.05212</v>
+        <v>0.03597</v>
       </c>
       <c r="L28" s="15">
-        <v>0.03771</v>
+        <v>0.03117</v>
       </c>
       <c r="M28" s="15">
-        <v>0.03291</v>
+        <v>0.02998</v>
       </c>
       <c r="N28" s="15">
-        <v>137319</v>
+        <v>123091</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E29" s="15">
         <v>10080010454</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>260</v>
       </c>
       <c r="K29" s="15">
-        <v>0.0439</v>
+        <v>0.03009</v>
       </c>
       <c r="L29" s="15">
-        <v>0.03176</v>
+        <v>0.02608</v>
       </c>
       <c r="M29" s="15">
-        <v>0.02772</v>
+        <v>0.02508</v>
       </c>
       <c r="N29" s="15">
-        <v>711</v>
+        <v>652</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E30" s="15">
         <v>10080052267</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>260</v>
       </c>
       <c r="K30" s="15">
         <v>0.04457</v>
       </c>
       <c r="L30" s="15">
         <v>0.03862</v>
       </c>
       <c r="M30" s="15">
         <v>0.03714</v>
       </c>
       <c r="N30" s="15">
-        <v>3780</v>
+        <v>4740</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E31" s="15">
         <v>10000002817</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>260</v>
       </c>
       <c r="K31" s="15">
-        <v>0.05226</v>
+        <v>0.05024</v>
       </c>
       <c r="L31" s="15">
-        <v>0.04529</v>
+        <v>0.04354</v>
       </c>
       <c r="M31" s="15">
-        <v>0.04355</v>
+        <v>0.04186</v>
       </c>
       <c r="N31" s="15">
-        <v>56930</v>
+        <v>43125</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E32" s="15">
         <v>10080047937</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>260</v>
       </c>
       <c r="K32" s="15">
-        <v>0.03666</v>
+        <v>0.03692</v>
       </c>
       <c r="L32" s="15">
-        <v>0.03177</v>
+        <v>0.03199</v>
       </c>
       <c r="M32" s="15">
-        <v>0.03055</v>
+        <v>0.03076</v>
       </c>
       <c r="N32" s="15">
-        <v>7211</v>
-[...2 lines deleted...]
-      <c r="P32" s="15"/>
+        <v>7021</v>
+      </c>
+      <c r="O32" s="15">
+        <v>7400</v>
+      </c>
+      <c r="P32" s="15" t="s">
+        <v>63</v>
+      </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E33" s="15">
         <v>10080052268</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J33" s="15">
         <v>220</v>
       </c>
       <c r="K33" s="15">
         <v>0.06802999999999999</v>
       </c>
       <c r="L33" s="15">
         <v>0.04922</v>
       </c>
       <c r="M33" s="15">
         <v>0.04295</v>
       </c>
       <c r="N33" s="15">
-        <v>1005</v>
+        <v>1019</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E34" s="15">
         <v>10080019213</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J34" s="15">
         <v>240</v>
       </c>
       <c r="K34" s="15">
-        <v>0.09071</v>
+        <v>0.06063</v>
       </c>
       <c r="L34" s="15">
-        <v>0.06562999999999999</v>
+        <v>0.05255</v>
       </c>
       <c r="M34" s="15">
-        <v>0.05727</v>
+        <v>0.05053</v>
       </c>
       <c r="N34" s="15">
-        <v>2180</v>
+        <v>2035</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E35" s="15">
         <v>10080001480</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>240</v>
       </c>
       <c r="K35" s="15">
         <v>0.08155999999999999</v>
       </c>
       <c r="L35" s="15">
         <v>0.07068000000000001</v>
       </c>
       <c r="M35" s="15">
         <v>0.06796000000000001</v>
       </c>
       <c r="N35" s="15">
-        <v>951</v>
+        <v>804</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E36" s="15">
         <v>10080052269</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>200</v>
       </c>
       <c r="K36" s="15">
-        <v>0.07152</v>
+        <v>0.05222</v>
       </c>
       <c r="L36" s="15">
-        <v>0.05175</v>
+        <v>0.04525</v>
       </c>
       <c r="M36" s="15">
-        <v>0.04516</v>
+        <v>0.04351</v>
       </c>
       <c r="N36" s="15">
-        <v>122</v>
+        <v>142</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10000001273</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>200</v>
       </c>
       <c r="K37" s="15">
         <v>0.05037</v>
       </c>
       <c r="L37" s="15">
         <v>0.04365</v>
       </c>
       <c r="M37" s="15">
         <v>0.04198</v>
       </c>
       <c r="N37" s="15">
-        <v>57670</v>
+        <v>54603</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E38" s="15">
         <v>10080010455</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>200</v>
       </c>
       <c r="K38" s="15">
-        <v>0.0383</v>
+        <v>0.0387</v>
       </c>
       <c r="L38" s="15">
-        <v>0.03319</v>
+        <v>0.03354</v>
       </c>
       <c r="M38" s="15">
-        <v>0.03191</v>
+        <v>0.03225</v>
       </c>
       <c r="N38" s="15">
-        <v>12917</v>
+        <v>14676</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E39" s="15">
         <v>10080053302</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
-        <v>0.05415</v>
+        <v>0.05268</v>
       </c>
       <c r="L39" s="15">
-        <v>0.04693</v>
+        <v>0.04566</v>
       </c>
       <c r="M39" s="15">
-        <v>0.04513</v>
+        <v>0.0439</v>
       </c>
       <c r="N39" s="15">
-        <v>1200</v>
+        <v>1480</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E40" s="15">
         <v>10000002524</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
         <v>0.06689000000000001</v>
       </c>
       <c r="L40" s="15">
         <v>0.05797</v>
       </c>
       <c r="M40" s="15">
         <v>0.05574</v>
       </c>
       <c r="N40" s="15">
-        <v>3490</v>
+        <v>3835</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E41" s="15">
         <v>10080053303</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>180</v>
       </c>
       <c r="K41" s="15">
-        <v>0.06673</v>
+        <v>0.04676</v>
       </c>
       <c r="L41" s="15">
-        <v>0.04828</v>
+        <v>0.04052</v>
       </c>
       <c r="M41" s="15">
-        <v>0.04213</v>
+        <v>0.03896</v>
       </c>
       <c r="N41" s="15">
-        <v>2244</v>
+        <v>1394</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E42" s="15">
         <v>10000000718</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>180</v>
       </c>
       <c r="K42" s="15">
-        <v>0.07821</v>
+        <v>0.05273</v>
       </c>
       <c r="L42" s="15">
-        <v>0.05658</v>
+        <v>0.0457</v>
       </c>
       <c r="M42" s="15">
-        <v>0.04937</v>
+        <v>0.04394</v>
       </c>
       <c r="N42" s="15">
-        <v>9668</v>
+        <v>13475</v>
       </c>
       <c r="O42" s="15">
-        <v>6100</v>
+        <v>8600</v>
       </c>
       <c r="P42" s="15" t="s">
         <v>47</v>
       </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E43" s="15">
         <v>10080034743</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>180</v>
       </c>
       <c r="K43" s="15">
-        <v>0.04323</v>
+        <v>0.04371</v>
       </c>
       <c r="L43" s="15">
-        <v>0.03747</v>
+        <v>0.03788</v>
       </c>
       <c r="M43" s="15">
-        <v>0.03603</v>
+        <v>0.03643</v>
       </c>
       <c r="N43" s="15">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E44" s="15">
         <v>10000002819</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>180</v>
       </c>
       <c r="K44" s="15">
-        <v>0.10453</v>
+        <v>0.07328</v>
       </c>
       <c r="L44" s="15">
-        <v>0.07563</v>
+        <v>0.06351</v>
       </c>
       <c r="M44" s="15">
-        <v>0.06598999999999999</v>
+        <v>0.06106</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>180</v>
       </c>
       <c r="K45" s="15">
-        <v>0.08606</v>
+        <v>0.05922</v>
       </c>
       <c r="L45" s="15">
-        <v>0.06227</v>
+        <v>0.05132</v>
       </c>
       <c r="M45" s="15">
-        <v>0.05433</v>
+        <v>0.04935</v>
       </c>
       <c r="N45" s="15">
         <v>10</v>
       </c>
-      <c r="O45" s="15"/>
-      <c r="P45" s="15"/>
+      <c r="O45" s="15">
+        <v>660</v>
+      </c>
+      <c r="P45" s="15" t="s">
+        <v>63</v>
+      </c>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E46" s="15">
         <v>10080053304</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>160</v>
       </c>
       <c r="K46" s="15">
-        <v>0.08841</v>
+        <v>0.06254</v>
       </c>
       <c r="L46" s="15">
-        <v>0.06396</v>
+        <v>0.0542</v>
       </c>
       <c r="M46" s="15">
-        <v>0.05581</v>
+        <v>0.05211</v>
       </c>
       <c r="N46" s="15">
-        <v>4138</v>
+        <v>3979</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E47" s="15">
         <v>10000000613</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>160</v>
       </c>
       <c r="K47" s="15">
-        <v>0.09331</v>
+        <v>0.06395000000000001</v>
       </c>
       <c r="L47" s="15">
-        <v>0.06751</v>
+        <v>0.05542</v>
       </c>
       <c r="M47" s="15">
-        <v>0.05891</v>
+        <v>0.05329</v>
       </c>
       <c r="N47" s="15">
-        <v>77806</v>
+        <v>71325</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E48" s="15">
         <v>10080034744</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>160</v>
       </c>
       <c r="K48" s="15">
-        <v>0.08137999999999999</v>
+        <v>0.05576</v>
       </c>
       <c r="L48" s="15">
-        <v>0.05888</v>
+        <v>0.04832</v>
       </c>
       <c r="M48" s="15">
-        <v>0.05138</v>
+        <v>0.04646</v>
       </c>
       <c r="N48" s="15">
-        <v>8265</v>
+        <v>7584</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>160</v>
       </c>
       <c r="K49" s="15">
-        <v>0.14652</v>
+        <v>0.1038</v>
       </c>
       <c r="L49" s="15">
-        <v>0.10601</v>
+        <v>0.08996</v>
       </c>
       <c r="M49" s="15">
-        <v>0.0925</v>
+        <v>0.08649999999999999</v>
       </c>
       <c r="N49" s="15">
-        <v>1932</v>
+        <v>1814</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E50" s="15">
         <v>10000002818</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>160</v>
       </c>
       <c r="K50" s="15">
-        <v>0.11872</v>
+        <v>0.08214</v>
       </c>
       <c r="L50" s="15">
-        <v>0.08588999999999999</v>
+        <v>0.07119</v>
       </c>
       <c r="M50" s="15">
-        <v>0.07495</v>
+        <v>0.06845</v>
       </c>
       <c r="N50" s="15">
-        <v>1871</v>
+        <v>1627</v>
       </c>
       <c r="O50" s="15">
-        <v>1380</v>
+        <v>1200</v>
       </c>
       <c r="P50" s="15" t="s">
         <v>47</v>
       </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E51" s="15">
         <v>10080010459</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>160</v>
       </c>
       <c r="K51" s="15">
-        <v>0.08938</v>
+        <v>0.06137</v>
       </c>
       <c r="L51" s="15">
-        <v>0.06467000000000001</v>
+        <v>0.05318</v>
       </c>
       <c r="M51" s="15">
-        <v>0.05643</v>
+        <v>0.05114</v>
       </c>
       <c r="N51" s="15">
-        <v>3904</v>
-[...2 lines deleted...]
-      <c r="P51" s="15"/>
+        <v>4420</v>
+      </c>
+      <c r="O51" s="15">
+        <v>3080</v>
+      </c>
+      <c r="P51" s="15" t="s">
+        <v>63</v>
+      </c>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E52" s="15">
         <v>10080053305</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>120</v>
       </c>
       <c r="K52" s="15">
         <v>0.14843</v>
       </c>
       <c r="L52" s="15">
         <v>0.10739</v>
       </c>
       <c r="M52" s="15">
         <v>0.09371</v>
       </c>
       <c r="N52" s="15">
-        <v>1930</v>
+        <v>2055</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E53" s="15">
         <v>10000008861</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>140</v>
       </c>
       <c r="K53" s="15">
-        <v>0.14791</v>
+        <v>0.09843</v>
       </c>
       <c r="L53" s="15">
-        <v>0.10701</v>
+        <v>0.08531</v>
       </c>
       <c r="M53" s="15">
-        <v>0.09338</v>
+        <v>0.08203000000000001</v>
       </c>
       <c r="N53" s="15">
-        <v>2146</v>
+        <v>2394</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E54" s="15">
         <v>10080040568</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>140</v>
       </c>
       <c r="K54" s="15">
-        <v>0.11525</v>
+        <v>0.07922999999999999</v>
       </c>
       <c r="L54" s="15">
-        <v>0.08338</v>
+        <v>0.06866999999999999</v>
       </c>
       <c r="M54" s="15">
-        <v>0.07276000000000001</v>
+        <v>0.06603000000000001</v>
       </c>
       <c r="N54" s="15">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="P54" s="15"/>
+        <v>4</v>
+      </c>
+      <c r="O54" s="15">
+        <v>750</v>
+      </c>
+      <c r="P54" s="15" t="s">
+        <v>63</v>
+      </c>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E55" s="15">
         <v>10080053306</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>120</v>
       </c>
       <c r="K55" s="15">
-        <v>0.19966</v>
+        <v>0.10872</v>
       </c>
       <c r="L55" s="15">
-        <v>0.13455</v>
+        <v>0.09422</v>
       </c>
       <c r="M55" s="15">
-        <v>0.12587</v>
+        <v>0.0906</v>
       </c>
       <c r="N55" s="15">
-        <v>1749</v>
+        <v>2253</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E56" s="15">
         <v>10000008846</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>140</v>
       </c>
       <c r="K56" s="15">
-        <v>0.21406</v>
+        <v>0.11288</v>
       </c>
       <c r="L56" s="15">
-        <v>0.14426</v>
+        <v>0.09783</v>
       </c>
       <c r="M56" s="15">
-        <v>0.13496</v>
+        <v>0.09406</v>
       </c>
       <c r="N56" s="15">
-        <v>946</v>
+        <v>794</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E57" s="15">
         <v>10080016462</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>140</v>
       </c>
       <c r="K57" s="15">
-        <v>0.16708</v>
+        <v>0.09932000000000001</v>
       </c>
       <c r="L57" s="15">
-        <v>0.1198</v>
+        <v>0.08606999999999999</v>
       </c>
       <c r="M57" s="15">
-        <v>0.10404</v>
+        <v>0.08276</v>
       </c>
       <c r="N57" s="15">
         <v>37</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E58" s="15">
         <v>10080052270</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>120</v>
       </c>
       <c r="K58" s="15">
         <v>0.06438000000000001</v>
       </c>
       <c r="L58" s="15">
         <v>0.0558</v>
       </c>
       <c r="M58" s="15">
         <v>0.05365</v>
       </c>
       <c r="N58" s="15">
-        <v>1336</v>
+        <v>1208</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E59" s="15">
         <v>10000000717</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>120</v>
       </c>
       <c r="K59" s="15">
-        <v>0.1172</v>
+        <v>0.07920000000000001</v>
       </c>
       <c r="L59" s="15">
-        <v>0.0848</v>
+        <v>0.06864000000000001</v>
       </c>
       <c r="M59" s="15">
-        <v>0.07399</v>
+        <v>0.066</v>
       </c>
       <c r="N59" s="15">
-        <v>26377</v>
+        <v>20171</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E60" s="15">
         <v>10080039079</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>120</v>
       </c>
       <c r="K60" s="15">
         <v>0.0978</v>
       </c>
       <c r="L60" s="15">
         <v>0.07076</v>
       </c>
       <c r="M60" s="15">
         <v>0.06175</v>
       </c>
       <c r="N60" s="15">
-        <v>777</v>
+        <v>851</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E61" s="15">
         <v>10000002820</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>120</v>
       </c>
       <c r="K61" s="15">
         <v>0.22434</v>
       </c>
       <c r="L61" s="15">
         <v>0.12777</v>
       </c>
       <c r="M61" s="15">
         <v>0.11663</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>120</v>
       </c>
       <c r="K62" s="15">
-        <v>0.16877</v>
+        <v>0.1004</v>
       </c>
       <c r="L62" s="15">
-        <v>0.121</v>
+        <v>0.08701</v>
       </c>
       <c r="M62" s="15">
-        <v>0.10509</v>
+        <v>0.08366</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E63" s="15">
         <v>10080027160</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>120</v>
       </c>
       <c r="K63" s="15">
-        <v>0.12955</v>
+        <v>0.08865000000000001</v>
       </c>
       <c r="L63" s="15">
-        <v>0.09372999999999999</v>
+        <v>0.07683</v>
       </c>
       <c r="M63" s="15">
-        <v>0.08179</v>
+        <v>0.07388</v>
       </c>
       <c r="N63" s="15">
-        <v>1459</v>
+        <v>1534</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E64" s="15">
         <v>10080053307</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
-        <v>0.15672</v>
+        <v>0.0857</v>
       </c>
       <c r="L64" s="15">
-        <v>0.10562</v>
+        <v>0.07427</v>
       </c>
       <c r="M64" s="15">
-        <v>0.0988</v>
+        <v>0.07141</v>
       </c>
       <c r="N64" s="15">
-        <v>2996</v>
+        <v>2925</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E65" s="15">
         <v>10000003196</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
         <v>0.09957000000000001</v>
       </c>
       <c r="L65" s="15">
         <v>0.08629000000000001</v>
       </c>
       <c r="M65" s="15">
         <v>0.08298</v>
       </c>
       <c r="N65" s="15">
-        <v>455</v>
+        <v>471</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E66" s="15">
         <v>10080010460</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.12321</v>
       </c>
       <c r="L66" s="15">
         <v>0.08914</v>
       </c>
       <c r="M66" s="15">
         <v>0.07779</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E67" s="15">
         <v>10080070674</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>100</v>
       </c>
       <c r="K67" s="15">
         <v>0.26603</v>
       </c>
       <c r="L67" s="15">
         <v>0.1515</v>
       </c>
       <c r="M67" s="15">
         <v>0.1383</v>
       </c>
       <c r="N67" s="15">
-        <v>1493</v>
+        <v>1078</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E68" s="15">
         <v>10000014440</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>100</v>
       </c>
       <c r="K68" s="15">
         <v>0.26766</v>
       </c>
       <c r="L68" s="15">
         <v>0.15244</v>
       </c>
       <c r="M68" s="15">
         <v>0.13915</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E69" s="15">
         <v>10080016463</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>100</v>
       </c>
       <c r="K69" s="15">
         <v>0.23914</v>
       </c>
       <c r="L69" s="15">
         <v>0.14199</v>
       </c>
       <c r="M69" s="15">
         <v>0.11957</v>
       </c>
       <c r="N69" s="15">
-        <v>1981</v>
+        <v>2441</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E70" s="15">
         <v>10080070673</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>100</v>
       </c>
       <c r="K70" s="15">
         <v>0.21934</v>
       </c>
       <c r="L70" s="15">
         <v>0.12492</v>
       </c>
       <c r="M70" s="15">
         <v>0.11403</v>
       </c>
       <c r="N70" s="15">
         <v>50</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E71" s="15">
         <v>10080040569</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>100</v>
       </c>
       <c r="K71" s="15">
-        <v>0.12228</v>
+        <v>0.08388</v>
       </c>
       <c r="L71" s="15">
-        <v>0.08846999999999999</v>
+        <v>0.0727</v>
       </c>
       <c r="M71" s="15">
-        <v>0.0772</v>
+        <v>0.0699</v>
       </c>
       <c r="N71" s="15">
-        <v>806</v>
+        <v>682</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E72" s="15">
         <v>10000000612</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
-        <v>0.14632</v>
+        <v>0.09773</v>
       </c>
       <c r="L72" s="15">
-        <v>0.10587</v>
+        <v>0.0847</v>
       </c>
       <c r="M72" s="15">
-        <v>0.09238</v>
+        <v>0.08144</v>
       </c>
       <c r="N72" s="15">
-        <v>740</v>
+        <v>1092</v>
       </c>
       <c r="O72" s="15">
-        <v>1220</v>
+        <v>1800</v>
       </c>
       <c r="P72" s="15" t="s">
         <v>47</v>
       </c>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E73" s="15">
         <v>10000002821</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>100</v>
       </c>
       <c r="K73" s="15">
-        <v>0.23505</v>
+        <v>0.16236</v>
       </c>
       <c r="L73" s="15">
-        <v>0.17006</v>
+        <v>0.14071</v>
       </c>
       <c r="M73" s="15">
-        <v>0.1484</v>
+        <v>0.1353</v>
       </c>
       <c r="N73" s="15">
-        <v>1099</v>
+        <v>1261</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E74" s="15">
         <v>10080053208</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15">
         <v>0.28561</v>
       </c>
       <c r="L74" s="15">
         <v>0.16267</v>
       </c>
       <c r="M74" s="15">
         <v>0.14848</v>
       </c>
       <c r="N74" s="15">
         <v>2</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E75" s="15">
         <v>10080016464</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.24626</v>
       </c>
       <c r="L75" s="15">
         <v>0.14621</v>
       </c>
       <c r="M75" s="15">
         <v>0.12313</v>
       </c>
       <c r="N75" s="15">
         <v>14</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
-        <v>0.22632</v>
+        <v>0.13404</v>
       </c>
       <c r="L76" s="15">
-        <v>0.16227</v>
+        <v>0.11617</v>
       </c>
       <c r="M76" s="15">
-        <v>0.14092</v>
+        <v>0.1117</v>
       </c>
       <c r="N76" s="15">
-        <v>1278</v>
+        <v>1400</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E77" s="15">
         <v>10080057625</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>80</v>
       </c>
       <c r="K77" s="15">
         <v>0.16367</v>
       </c>
       <c r="L77" s="15">
         <v>0.1103</v>
       </c>
       <c r="M77" s="15">
         <v>0.10319</v>
       </c>
       <c r="N77" s="15">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E78" s="15">
         <v>10000001413</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>80</v>
       </c>
       <c r="K78" s="15">
-        <v>0.19343</v>
+        <v>0.10586</v>
       </c>
       <c r="L78" s="15">
-        <v>0.13035</v>
+        <v>0.09174</v>
       </c>
       <c r="M78" s="15">
-        <v>0.12195</v>
+        <v>0.08821</v>
       </c>
       <c r="N78" s="15">
-        <v>2638</v>
+        <v>1949</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E79" s="15">
         <v>10080010585</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>80</v>
       </c>
       <c r="K79" s="15">
-        <v>0.15869</v>
+        <v>0.10818</v>
       </c>
       <c r="L79" s="15">
-        <v>0.11481</v>
+        <v>0.09376</v>
       </c>
       <c r="M79" s="15">
-        <v>0.10019</v>
+        <v>0.09014999999999999</v>
       </c>
       <c r="N79" s="15">
-        <v>2524</v>
+        <v>2972</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E80" s="15">
         <v>10080010586</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>80</v>
       </c>
       <c r="K80" s="15">
-        <v>0.18599</v>
+        <v>0.13284</v>
       </c>
       <c r="L80" s="15">
-        <v>0.13456</v>
+        <v>0.11513</v>
       </c>
       <c r="M80" s="15">
-        <v>0.11742</v>
+        <v>0.1107</v>
       </c>
       <c r="N80" s="15"/>
-      <c r="O80" s="15"/>
-      <c r="P80" s="15"/>
+      <c r="O80" s="15">
+        <v>267</v>
+      </c>
+      <c r="P80" s="15" t="s">
+        <v>63</v>
+      </c>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E81" s="15">
         <v>10000001334</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>80</v>
       </c>
       <c r="K81" s="15">
-        <v>0.26116</v>
+        <v>0.17928</v>
       </c>
       <c r="L81" s="15">
-        <v>0.18895</v>
+        <v>0.15538</v>
       </c>
       <c r="M81" s="15">
-        <v>0.16488</v>
+        <v>0.1494</v>
       </c>
       <c r="N81" s="15">
-        <v>369</v>
+        <v>296</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1</v>
       </c>
       <c r="K82" s="15">
         <v>6.28</v>
       </c>
       <c r="L82" s="15">
         <v>5.26</v>
       </c>
       <c r="M82" s="15">
         <v>5.06</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E83" s="15">
         <v>10080070675</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>60</v>
       </c>
       <c r="K83" s="15">
         <v>0.30806</v>
       </c>
       <c r="L83" s="15">
         <v>0.20761</v>
       </c>
       <c r="M83" s="15">
         <v>0.1942</v>
       </c>
       <c r="N83" s="15">
-        <v>749</v>
+        <v>679</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E84" s="15">
         <v>10000012795</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>60</v>
       </c>
       <c r="K84" s="15">
-        <v>0.22119</v>
+        <v>0.15083</v>
       </c>
       <c r="L84" s="15">
-        <v>0.16003</v>
+        <v>0.13072</v>
       </c>
       <c r="M84" s="15">
-        <v>0.13964</v>
+        <v>0.12569</v>
       </c>
       <c r="N84" s="15">
-        <v>1248</v>
+        <v>990</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E85" s="15">
         <v>10080010587</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>60</v>
       </c>
       <c r="K85" s="15">
         <v>0.24771</v>
       </c>
       <c r="L85" s="15">
         <v>0.18102</v>
       </c>
       <c r="M85" s="15">
         <v>0.15243</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>60</v>
       </c>
       <c r="K86" s="15">
         <v>0.3355</v>
       </c>
       <c r="L86" s="15">
         <v>0.16775</v>
       </c>
       <c r="M86" s="15">
         <v>0.15248</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E87" s="15">
         <v>10000012796</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>60</v>
       </c>
       <c r="K87" s="15">
-        <v>0.37986</v>
+        <v>0.26417</v>
       </c>
       <c r="L87" s="15">
-        <v>0.27483</v>
+        <v>0.22894</v>
       </c>
       <c r="M87" s="15">
-        <v>0.23982</v>
+        <v>0.22014</v>
       </c>
       <c r="N87" s="15">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>60</v>
       </c>
       <c r="K88" s="15">
         <v>0.67741</v>
       </c>
       <c r="L88" s="15">
         <v>0.35841</v>
       </c>
       <c r="M88" s="15">
         <v>0.33871</v>
       </c>
       <c r="N88" s="15">
-        <v>146</v>
+        <v>179</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E89" s="15">
         <v>10000007793</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>60</v>
       </c>
       <c r="K89" s="15">
         <v>0.43392</v>
       </c>
       <c r="L89" s="15">
         <v>0.24461</v>
       </c>
       <c r="M89" s="15">
         <v>0.22355</v>
       </c>
       <c r="N89" s="15">
-        <v>1270</v>
+        <v>1287</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E90" s="15">
         <v>10080016465</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>60</v>
       </c>
       <c r="K90" s="15">
         <v>0.8326</v>
       </c>
       <c r="L90" s="15">
         <v>0.16344</v>
       </c>
       <c r="M90" s="15">
         <v>0.16344</v>
       </c>
       <c r="N90" s="15">
-        <v>457</v>
+        <v>490</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>60</v>
       </c>
       <c r="K91" s="15">
         <v>0.8326</v>
       </c>
       <c r="L91" s="15">
         <v>0.51237</v>
       </c>
       <c r="M91" s="15">
         <v>0.4163</v>
       </c>
       <c r="N91" s="15">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E92" s="15">
         <v>10000014434</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>60</v>
       </c>
       <c r="K92" s="15">
         <v>0.57641</v>
       </c>
       <c r="L92" s="15">
         <v>0.11221</v>
       </c>
       <c r="M92" s="15">
         <v>0.11221</v>
       </c>
       <c r="N92" s="15">
-        <v>541</v>
+        <v>561</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E93" s="15">
         <v>10000014441</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>60</v>
       </c>
       <c r="K93" s="15">
         <v>0.89664</v>
       </c>
       <c r="L93" s="15">
         <v>0.18081</v>
       </c>
       <c r="M93" s="15">
         <v>0.18081</v>
       </c>
       <c r="N93" s="15">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E94" s="15">
         <v>10080027682</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>39</v>
       </c>
       <c r="K94" s="15">
         <v>0.26175</v>
       </c>
       <c r="L94" s="15">
         <v>0.22685</v>
       </c>
       <c r="M94" s="15">
         <v>0.21813</v>
       </c>
       <c r="N94" s="15">
-        <v>3935</v>
+        <v>3881</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E95" s="15">
         <v>10080032349</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>34</v>
       </c>
       <c r="K95" s="15">
-        <v>0.39883</v>
+        <v>0.23972</v>
       </c>
       <c r="L95" s="15">
-        <v>0.28856</v>
+        <v>0.20775</v>
       </c>
       <c r="M95" s="15">
-        <v>0.25179</v>
+        <v>0.19976</v>
       </c>
       <c r="N95" s="15">
-        <v>449</v>
+        <v>472</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E96" s="15">
         <v>10080003773</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>28</v>
       </c>
       <c r="K96" s="15">
         <v>0.39223</v>
       </c>
       <c r="L96" s="15">
         <v>0.28121</v>
       </c>
       <c r="M96" s="15">
         <v>0.24421</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E97" s="15">
         <v>10080052271</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>260</v>
       </c>
       <c r="K97" s="15">
         <v>0.1197</v>
       </c>
       <c r="L97" s="15">
         <v>0.10374</v>
       </c>
       <c r="M97" s="15">
         <v>0.09975000000000001</v>
       </c>
       <c r="N97" s="15">
-        <v>4632</v>
+        <v>4567</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E98" s="15">
         <v>10000018120</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>29</v>
       </c>
       <c r="K98" s="15">
         <v>0.22034</v>
       </c>
       <c r="L98" s="15">
         <v>0.19096</v>
       </c>
       <c r="M98" s="15">
         <v>0.18361</v>
       </c>
       <c r="N98" s="15">
-        <v>5807</v>
+        <v>7115</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E99" s="15">
         <v>10080027683</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>23</v>
       </c>
       <c r="K99" s="15">
-        <v>0.41339</v>
+        <v>0.28509</v>
       </c>
       <c r="L99" s="15">
-        <v>0.29909</v>
+        <v>0.24708</v>
       </c>
       <c r="M99" s="15">
-        <v>0.26099</v>
+        <v>0.23758</v>
       </c>
       <c r="N99" s="15">
-        <v>847</v>
+        <v>1161</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E100" s="15">
         <v>10080065426</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>250</v>
       </c>
       <c r="K100" s="15">
         <v>0.3161</v>
       </c>
       <c r="L100" s="15">
         <v>0.26342</v>
       </c>
       <c r="M100" s="15">
         <v>0.25287</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E101" s="15">
         <v>10000019777</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>21</v>
       </c>
       <c r="K101" s="15">
         <v>0.45571</v>
       </c>
       <c r="L101" s="15">
         <v>0.36457</v>
       </c>
       <c r="M101" s="15">
         <v>0.35349</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E102" s="15">
         <v>10080026903</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>21</v>
       </c>
       <c r="K102" s="15">
-        <v>0.44585</v>
+        <v>0.30843</v>
       </c>
       <c r="L102" s="15">
-        <v>0.32257</v>
+        <v>0.26731</v>
       </c>
       <c r="M102" s="15">
-        <v>0.28148</v>
+        <v>0.25703</v>
       </c>
       <c r="N102" s="15">
-        <v>1644</v>
+        <v>1983</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>21</v>
       </c>
       <c r="K103" s="15">
         <v>0.45571</v>
       </c>
       <c r="L103" s="15">
         <v>0.36457</v>
       </c>
       <c r="M103" s="15">
         <v>0.35349</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>18</v>
       </c>
       <c r="K104" s="15">
         <v>0.47295</v>
       </c>
       <c r="L104" s="15">
         <v>0.44339</v>
       </c>
       <c r="M104" s="15">
         <v>0.42862</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E105" s="15">
         <v>10080053308</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>160</v>
       </c>
       <c r="K105" s="15">
-        <v>0.18619</v>
+        <v>0.15453</v>
       </c>
       <c r="L105" s="15">
-        <v>0.17433</v>
+        <v>0.13393</v>
       </c>
       <c r="M105" s="15">
-        <v>0.16246</v>
+        <v>0.12878</v>
       </c>
       <c r="N105" s="15">
-        <v>1391</v>
+        <v>1172</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E106" s="15">
         <v>10000019776</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>250</v>
       </c>
       <c r="K106" s="15">
-        <v>0.68733</v>
+        <v>0.42299</v>
       </c>
       <c r="L106" s="15">
-        <v>0.49729</v>
+        <v>0.36659</v>
       </c>
       <c r="M106" s="15">
-        <v>0.43394</v>
+        <v>0.35249</v>
       </c>
       <c r="N106" s="15">
-        <v>567</v>
+        <v>632</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E107" s="15">
         <v>10080034674</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>250</v>
       </c>
       <c r="K107" s="15">
-        <v>0.90338</v>
+        <v>0.47705</v>
       </c>
       <c r="L107" s="15">
-        <v>0.59187</v>
+        <v>0.41344</v>
       </c>
       <c r="M107" s="15">
-        <v>0.53346</v>
+        <v>0.39754</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>50</v>
       </c>
       <c r="K108" s="15">
         <v>0.38427</v>
       </c>
       <c r="L108" s="15">
         <v>0.30791</v>
       </c>
       <c r="M108" s="15">
         <v>0.2882</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E109" s="15">
         <v>10080028550</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>14</v>
       </c>
       <c r="K109" s="15">
-        <v>0.60625</v>
+        <v>0.41405</v>
       </c>
       <c r="L109" s="15">
-        <v>0.43863</v>
+        <v>0.35884</v>
       </c>
       <c r="M109" s="15">
-        <v>0.38275</v>
+        <v>0.34504</v>
       </c>
       <c r="N109" s="15">
-        <v>271</v>
+        <v>316</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E110" s="15">
         <v>10080053309</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>100</v>
       </c>
       <c r="K110" s="15">
         <v>0.36317</v>
       </c>
       <c r="L110" s="15">
         <v>0.26276</v>
       </c>
       <c r="M110" s="15">
         <v>0.22928</v>
       </c>
       <c r="N110" s="15">
-        <v>247</v>
+        <v>226</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E111" s="15">
         <v>10080031329</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>13</v>
       </c>
       <c r="K111" s="15">
-        <v>0.78</v>
+        <v>0.47022</v>
       </c>
       <c r="L111" s="15">
-        <v>0.56433</v>
+        <v>0.40752</v>
       </c>
       <c r="M111" s="15">
-        <v>0.49244</v>
+        <v>0.39185</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>100</v>
       </c>
       <c r="K112" s="15">
-        <v>0.25641</v>
+        <v>0.17567</v>
       </c>
       <c r="L112" s="15">
-        <v>0.18315</v>
+        <v>0.15224</v>
       </c>
       <c r="M112" s="15">
-        <v>0.16484</v>
+        <v>0.14639</v>
       </c>
       <c r="N112" s="15">
-        <v>640</v>
+        <v>740</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>100</v>
       </c>
       <c r="K113" s="15">
         <v>0.36703</v>
       </c>
       <c r="L113" s="15">
         <v>0.34486</v>
       </c>
       <c r="M113" s="15">
         <v>0.33255</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E114" s="15">
         <v>10080040551</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>10</v>
       </c>
       <c r="K114" s="15">
-        <v>0.85304</v>
+        <v>0.52536</v>
       </c>
       <c r="L114" s="15">
-        <v>0.61717</v>
+        <v>0.45531</v>
       </c>
       <c r="M114" s="15">
-        <v>0.53856</v>
+        <v>0.4378</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E115" s="15">
         <v>10080075269</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.32793</v>
       </c>
       <c r="L115" s="15">
         <v>0.27327</v>
       </c>
       <c r="M115" s="15">
         <v>0.26234</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E116" s="15">
         <v>10080065490</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
-        <v>0.25773</v>
+        <v>0.1361</v>
       </c>
       <c r="L116" s="15">
-        <v>0.17368</v>
+        <v>0.11795</v>
       </c>
       <c r="M116" s="15">
-        <v>0.16248</v>
+        <v>0.11341</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E117" s="15">
         <v>10080052213</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>476</v>
       </c>
       <c r="K117" s="15">
         <v>0.31775</v>
       </c>
       <c r="L117" s="15">
         <v>0.2665</v>
       </c>
       <c r="M117" s="15">
         <v>0.25625</v>
       </c>
       <c r="N117" s="15">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E118" s="15">
         <v>10080017268</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>1</v>
       </c>
       <c r="K118" s="15">
         <v>0.87324</v>
       </c>
       <c r="L118" s="15">
         <v>0.2839</v>
       </c>
       <c r="M118" s="15">
         <v>0.2839</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E119" s="15">
         <v>10080017269</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>96</v>
       </c>
       <c r="K119" s="15">
         <v>0.24633</v>
       </c>
       <c r="L119" s="15">
         <v>0.20938</v>
       </c>
       <c r="M119" s="15">
         <v>0.17243</v>
       </c>
       <c r="N119" s="15">
         <v>204</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15"/>
       <c r="K120" s="15">
         <v>0.9680800000000001</v>
       </c>
       <c r="L120" s="15">
         <v>0.77471</v>
       </c>
       <c r="M120" s="15">
         <v>0.72544</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E121" s="15">
         <v>10080017278</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>108</v>
       </c>
       <c r="K121" s="15">
         <v>0.24633</v>
       </c>
       <c r="L121" s="15">
         <v>0.20938</v>
       </c>
       <c r="M121" s="15">
         <v>0.17243</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E122" s="15">
         <v>10080017271</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>108</v>
       </c>
       <c r="K122" s="15">
         <v>0.3695</v>
       </c>
       <c r="L122" s="15">
         <v>0.31408</v>
       </c>
       <c r="M122" s="15">
         <v>0.25865</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E123" s="15">
         <v>10080017279</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>84</v>
       </c>
       <c r="K123" s="15">
         <v>0.3695</v>
       </c>
       <c r="L123" s="15">
         <v>0.31408</v>
       </c>
       <c r="M123" s="15">
         <v>0.25865</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E124" s="15">
         <v>10080017272</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>72</v>
       </c>
       <c r="K124" s="15">
         <v>0.3695</v>
       </c>
       <c r="L124" s="15">
         <v>0.31408</v>
       </c>
       <c r="M124" s="15">
         <v>0.25865</v>
       </c>
       <c r="N124" s="15">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E125" s="15">
         <v>10080017280</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>72</v>
       </c>
       <c r="K125" s="15">
         <v>0.3695</v>
       </c>
       <c r="L125" s="15">
         <v>0.31408</v>
       </c>
       <c r="M125" s="15">
         <v>0.25865</v>
       </c>
       <c r="N125" s="15">
-        <v>554</v>
+        <v>803</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E126" s="15">
         <v>10080017273</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>72</v>
       </c>
       <c r="K126" s="15">
         <v>0.61583</v>
       </c>
       <c r="L126" s="15">
         <v>0.52346</v>
       </c>
       <c r="M126" s="15">
         <v>0.43108</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E127" s="15">
         <v>10080017281</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>60</v>
       </c>
       <c r="K127" s="15">
         <v>0.49266</v>
       </c>
       <c r="L127" s="15">
         <v>0.41876</v>
       </c>
       <c r="M127" s="15">
         <v>0.34486</v>
       </c>
       <c r="N127" s="15">
-        <v>265</v>
+        <v>341</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E128" s="15">
         <v>10080017274</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>48</v>
       </c>
       <c r="K128" s="15">
         <v>0.49266</v>
       </c>
       <c r="L128" s="15">
         <v>0.41876</v>
       </c>
       <c r="M128" s="15">
         <v>0.34486</v>
       </c>
       <c r="N128" s="15">
         <v>93</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E129" s="15">
         <v>10080017282</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>48</v>
       </c>
       <c r="K129" s="15">
         <v>0.49266</v>
       </c>
       <c r="L129" s="15">
         <v>0.41876</v>
       </c>
       <c r="M129" s="15">
         <v>0.34486</v>
       </c>
       <c r="N129" s="15">
-        <v>687</v>
+        <v>640</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E130" s="15">
         <v>10080017275</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>60</v>
       </c>
       <c r="K130" s="15">
         <v>0.49266</v>
       </c>
       <c r="L130" s="15">
         <v>0.41876</v>
       </c>
       <c r="M130" s="15">
         <v>0.34486</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E131" s="15">
         <v>10080017283</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>48</v>
       </c>
       <c r="K131" s="15">
         <v>2.42</v>
       </c>
       <c r="L131" s="15">
         <v>0.78517</v>
       </c>
       <c r="M131" s="15">
         <v>0.78517</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E132" s="15">
         <v>10080017276</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>30</v>
       </c>
       <c r="K132" s="15">
         <v>0.73899</v>
       </c>
       <c r="L132" s="15">
         <v>0.62814</v>
       </c>
       <c r="M132" s="15">
         <v>0.51729</v>
       </c>
       <c r="N132" s="15">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E133" s="15">
         <v>10080017284</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>30</v>
       </c>
       <c r="K133" s="15">
         <v>0.73899</v>
       </c>
       <c r="L133" s="15">
         <v>0.62814</v>
       </c>
       <c r="M133" s="15">
         <v>0.51729</v>
       </c>
       <c r="N133" s="15">
-        <v>154</v>
+        <v>107</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E134" s="15">
         <v>10080017277</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>48</v>
       </c>
       <c r="K134" s="15">
         <v>0.73899</v>
       </c>
       <c r="L134" s="15">
         <v>0.62814</v>
       </c>
       <c r="M134" s="15">
         <v>0.51729</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E135" s="15">
         <v>10080017285</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>36</v>
       </c>
       <c r="K135" s="15">
         <v>0.73899</v>
       </c>
       <c r="L135" s="15">
         <v>0.62814</v>
       </c>
       <c r="M135" s="15">
         <v>0.51729</v>
       </c>
       <c r="N135" s="15">
         <v>48</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15"/>
       <c r="K136" s="15">
         <v>1.23</v>
       </c>
       <c r="L136" s="15">
         <v>0.67741</v>
       </c>
       <c r="M136" s="15">
         <v>0.61583</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E137" s="15">
         <v>10000014444</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>90</v>
       </c>
       <c r="K137" s="15">
         <v>0.24764</v>
       </c>
       <c r="L137" s="15">
         <v>0.21462</v>
       </c>
       <c r="M137" s="15">
         <v>0.20636</v>
       </c>
       <c r="N137" s="15">
         <v>100</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E138" s="15">
         <v>10080017286</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>60</v>
       </c>
       <c r="K138" s="15">
         <v>0.22123</v>
       </c>
       <c r="L138" s="15">
         <v>0.21161</v>
       </c>
       <c r="M138" s="15">
         <v>0.20199</v>
       </c>
       <c r="N138" s="15">
-        <v>612</v>
+        <v>657</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E139" s="15">
         <v>10000014445</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>80</v>
       </c>
       <c r="K139" s="15">
         <v>0.41188</v>
       </c>
       <c r="L139" s="15">
         <v>0.34323</v>
       </c>
       <c r="M139" s="15">
         <v>0.3295</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>80</v>
       </c>
       <c r="K140" s="15">
         <v>0.29026</v>
       </c>
       <c r="L140" s="15">
         <v>0.29026</v>
       </c>
       <c r="M140" s="15">
         <v>0.29026</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E141" s="15">
         <v>10000014446</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>70</v>
       </c>
       <c r="K141" s="15">
         <v>0.34904</v>
       </c>
       <c r="L141" s="15">
         <v>0.3025</v>
       </c>
       <c r="M141" s="15">
         <v>0.29086</v>
       </c>
       <c r="N141" s="15">
         <v>91</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E142" s="15">
         <v>10080017287</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15"/>
       <c r="K142" s="15">
         <v>0.85107</v>
       </c>
       <c r="L142" s="15">
         <v>0.27675</v>
       </c>
       <c r="M142" s="15">
         <v>0.27675</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>60</v>
       </c>
       <c r="K143" s="15">
-        <v>0.76595</v>
+        <v>0.46709</v>
       </c>
       <c r="L143" s="15">
-        <v>0.55416</v>
+        <v>0.40481</v>
       </c>
       <c r="M143" s="15">
-        <v>0.48356</v>
+        <v>0.38924</v>
       </c>
       <c r="N143" s="15">
-        <v>1014</v>
+        <v>972</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E144" s="15">
         <v>10000014448</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>60</v>
       </c>
       <c r="K144" s="15">
-        <v>0.76947</v>
+        <v>0.41339</v>
       </c>
       <c r="L144" s="15">
-        <v>0.50973</v>
+        <v>0.35827</v>
       </c>
       <c r="M144" s="15">
-        <v>0.4448</v>
+        <v>0.34449</v>
       </c>
       <c r="N144" s="15">
-        <v>540</v>
+        <v>459</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E145" s="15">
         <v>10080017288</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>48</v>
       </c>
       <c r="K145" s="15">
         <v>0.99518</v>
       </c>
       <c r="L145" s="15">
         <v>0.32355</v>
       </c>
       <c r="M145" s="15">
         <v>0.32355</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E146" s="15">
         <v>10000014449</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>50</v>
       </c>
       <c r="K146" s="15">
         <v>0.24633</v>
       </c>
       <c r="L146" s="15">
         <v>0.20938</v>
       </c>
       <c r="M146" s="15">
         <v>0.17243</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E147" s="15">
         <v>10000014450</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>50</v>
       </c>
       <c r="K147" s="15">
         <v>0.24633</v>
       </c>
       <c r="L147" s="15">
         <v>0.20938</v>
       </c>
       <c r="M147" s="15">
         <v>0.17243</v>
       </c>
       <c r="N147" s="15"/>
-      <c r="O147" s="15"/>
-      <c r="P147" s="15"/>
+      <c r="O147" s="15">
+        <v>100</v>
+      </c>
+      <c r="P147" s="15" t="s">
+        <v>63</v>
+      </c>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E148" s="15">
         <v>10080017289</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>40</v>
       </c>
       <c r="K148" s="15">
         <v>0.99271</v>
       </c>
       <c r="L148" s="15">
         <v>0.32282</v>
       </c>
       <c r="M148" s="15">
         <v>0.32282</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E149" s="15">
         <v>10000014451</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>40</v>
       </c>
       <c r="K149" s="15">
         <v>1.1</v>
       </c>
       <c r="L149" s="15">
         <v>0.35668</v>
       </c>
       <c r="M149" s="15">
         <v>0.35668</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E150" s="15">
         <v>10080017290</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>40</v>
       </c>
       <c r="K150" s="15">
         <v>1.07</v>
       </c>
       <c r="L150" s="15">
         <v>0.34721</v>
       </c>
       <c r="M150" s="15">
         <v>0.34721</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E151" s="15">
         <v>10000014452</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>30</v>
       </c>
       <c r="K151" s="15">
         <v>1.05</v>
       </c>
       <c r="L151" s="15">
         <v>0.60795</v>
       </c>
       <c r="M151" s="15">
         <v>0.54715</v>
       </c>
       <c r="N151" s="15">
-        <v>217</v>
+        <v>268</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E152" s="15">
         <v>10080017291</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>30</v>
       </c>
       <c r="K152" s="15">
         <v>1.37</v>
       </c>
       <c r="L152" s="15">
         <v>0.44635</v>
       </c>
       <c r="M152" s="15">
         <v>0.44635</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E153" s="15">
         <v>10000014453</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>20</v>
       </c>
       <c r="K153" s="15">
         <v>0.3695</v>
       </c>
       <c r="L153" s="15">
         <v>0.31408</v>
       </c>
       <c r="M153" s="15">
         <v>0.25865</v>
       </c>
       <c r="N153" s="15">
         <v>79</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E154" s="15">
         <v>10080017292</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>20</v>
       </c>
       <c r="K154" s="15">
         <v>1.56</v>
       </c>
       <c r="L154" s="15">
         <v>0.50597</v>
       </c>
       <c r="M154" s="15">
         <v>0.50597</v>
       </c>
       <c r="N154" s="15">
         <v>65</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E155" s="15">
         <v>10000014454</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>30</v>
       </c>
       <c r="K155" s="15">
         <v>0.3695</v>
       </c>
       <c r="L155" s="15">
         <v>0.31408</v>
       </c>
       <c r="M155" s="15">
         <v>0.25865</v>
       </c>
       <c r="N155" s="15">
         <v>11</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E156" s="15">
         <v>10080027474</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>1</v>
       </c>
       <c r="K156" s="15">
         <v>1.81</v>
       </c>
       <c r="L156" s="15">
         <v>0.73653</v>
       </c>
       <c r="M156" s="15">
         <v>0.73653</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E157" s="15">
         <v>10080075743</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15"/>
       <c r="K157" s="15">
         <v>0.13766</v>
       </c>
       <c r="L157" s="15">
         <v>0.11471</v>
       </c>
       <c r="M157" s="15">
         <v>0.11012</v>
       </c>
       <c r="N157" s="15">
         <v>10</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>12</v>
       </c>
       <c r="K158" s="15">
         <v>0.5007</v>
       </c>
       <c r="L158" s="15">
         <v>0.43394</v>
       </c>
       <c r="M158" s="15">
         <v>0.41725</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>1000</v>
       </c>
       <c r="K159" s="15">
         <v>0.2077</v>
       </c>
       <c r="L159" s="15">
         <v>0.2077</v>
       </c>
       <c r="M159" s="15">
         <v>0.2077</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15">
         <v>5000</v>
       </c>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E160" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
         <v>0.15635</v>
       </c>
       <c r="L160" s="15">
         <v>0.15635</v>
       </c>
       <c r="M160" s="15">
         <v>0.15635</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15">
         <v>5000</v>
       </c>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
         <v>0.41529</v>
       </c>
       <c r="L161" s="15">
         <v>0.41529</v>
       </c>
       <c r="M161" s="15">
         <v>0.41529</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15">
         <v>5000</v>
       </c>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
         <v>0.31257</v>
       </c>
       <c r="L162" s="15">
         <v>0.31257</v>
       </c>
       <c r="M162" s="15">
         <v>0.31257</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15">
         <v>5000</v>
       </c>
@@ -7948,317 +7983,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>