--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -115,141 +115,144 @@
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>BH , IDM (шаг 2,54)</t>
   </si>
   <si>
     <t>74164-0042</t>
   </si>
   <si>
     <t>вилка двухрядная угловая на плату, шаг 2.54мм, 42 конт., с направляющими / 74164-0042</t>
   </si>
   <si>
     <t>UT-00103933</t>
   </si>
   <si>
     <t>Molex</t>
   </si>
   <si>
     <t>вилка двухрядная угловая на плату, шаг 2.54мм, 42 конт., THT, с направляющими / 74164-0042</t>
   </si>
   <si>
     <t>UT-00140030</t>
   </si>
   <si>
+    <t xml:space="preserve">0741640042 Molex, </t>
+  </si>
+  <si>
     <t>UT-00145022</t>
   </si>
   <si>
     <t>вилка двухрядная прямая на плату, шаг 2.54мм, 14 конт., THT / 90130-1214</t>
   </si>
   <si>
     <t>UT-00137453</t>
   </si>
   <si>
     <t>BH1S-06GBOOA-L</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (BH1S-06GBOOA-L)</t>
   </si>
   <si>
     <t>AMTEK</t>
   </si>
   <si>
     <t>CH-254-BH-06P-S-GO-A</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (CH-254-BH-06P-S-GO-A)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
-    <t>21.04.2026</t>
+    <t>29.03.2026</t>
   </si>
   <si>
     <t>DS1013-06SSiB1-B-0</t>
   </si>
   <si>
     <t>вилка на плату / BH-06 (DS1013-06SSiB1-B-0)</t>
   </si>
   <si>
     <t>UT-00096211</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
-    <t>03.05.2026</t>
+    <t>02.04.2026</t>
   </si>
   <si>
     <t>KLS1-202-06-S-B</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (IDC-06MS) (L-KLS1-202-06-S-B)</t>
   </si>
   <si>
     <t>10-00054624</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>BH1R-06GBOOA-L</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (BH1R-06GBOOA-L)</t>
   </si>
   <si>
     <t>CH-254-BH-06P-R-GO-A</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (CH-254-BH-06P-R-GO-A)</t>
   </si>
   <si>
     <t>UT-00118032</t>
   </si>
   <si>
     <t>DS1013-06RSiB-B-0</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (DS1013-06RSiB-B-0)</t>
   </si>
   <si>
     <t>UT-00118039</t>
   </si>
   <si>
     <t>KLS1-202-06-R-B</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (KLS1-202-06-R-B)</t>
   </si>
   <si>
     <t>UT-00118310</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>BH1S-08GBOOA-L</t>
   </si>
   <si>
     <t>вилка на плату / BH-08 (BH1S-08GBOOA-L)</t>
   </si>
   <si>
     <t>CH-254-BH-08P-S-GO-A</t>
   </si>
   <si>
     <t>вилка на плату / BH-08 (CH-254-BH-08P-S-GO-A)</t>
   </si>
   <si>
     <t>KLS1-202-08-S-B</t>
   </si>
   <si>
     <t>вилка на плату / BH-08 (DS1013-08S) (IDC-08MS) KLS1-202-08-S-B</t>
   </si>
   <si>
     <t>UT-00141394</t>
   </si>
   <si>
     <t xml:space="preserve">BH-08R </t>
   </si>
@@ -311,50 +314,62 @@
     <t>вилка на плату прямой угол / BH-10R (DS1013-10RSiB-B-0)</t>
   </si>
   <si>
     <t>KLS1-202-10-R-B</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-10R (KLS1-202-10-R-B)</t>
   </si>
   <si>
     <t>CH-254-BH-12P-S-GO-A</t>
   </si>
   <si>
     <t>вилка на плату / BH-12 (CH-254-BH-12P-S-GO-A)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS1-202-12-S-B KLS, DS1013-12SSIB1-B-0 CONNFLY, </t>
   </si>
   <si>
     <t>DS1013-12SSIB1-B-0</t>
   </si>
   <si>
     <t>вилка на плату / BH-12 (DS1013-12SSIB1-B-0)</t>
   </si>
   <si>
     <t xml:space="preserve">CH-254-BH-12P-S-GO-A SHAINOR, L-KLS1-202-12-S-B KLS, </t>
+  </si>
+  <si>
+    <t>L-KLS1-202-12-S-B</t>
+  </si>
+  <si>
+    <t>вилка на плату / BH-12 (L-KLS1-202-12-S-B)</t>
+  </si>
+  <si>
+    <t>UT-00155533</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH-254-BH-12P-S-GO-A SHAINOR, DS1013-12SSIB1-B-0 CONNFLY, </t>
   </si>
   <si>
     <t>DS1013-12RSiB-B-0</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-12R (DS1013-12RSiB-B-0)</t>
   </si>
   <si>
     <t>CH-254-BH-14P-S-GO-A</t>
   </si>
   <si>
     <t>(вилка на плату) / BH-14 (CH-254-BH-14P-S-GO-A)</t>
   </si>
   <si>
     <t>DS1013-14SSIB1-B-0</t>
   </si>
   <si>
     <t>(вилка на плату) / BH-14 (DS1013-14SSIB1-B-0)</t>
   </si>
   <si>
     <t>KLS1-202-14-S-B</t>
   </si>
   <si>
     <t>вилка на плату / BH-14 (KLS1-202-14-S-B)</t>
   </si>
@@ -1731,51 +1746,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R163"/>
+  <dimension ref="A1:R164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2008,5962 +2023,6005 @@
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15">
         <v>741640042</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I10" s="15"/>
+      <c r="I10" s="15" t="s">
+        <v>33</v>
+      </c>
       <c r="J10" s="15">
         <v>216</v>
       </c>
       <c r="K10" s="15">
         <v>6.42</v>
       </c>
       <c r="L10" s="15">
         <v>5.38</v>
       </c>
       <c r="M10" s="15">
         <v>5.18</v>
       </c>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15">
         <v>741640042</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I11" s="15"/>
+      <c r="I11" s="15" t="s">
+        <v>33</v>
+      </c>
       <c r="J11" s="15">
         <v>8</v>
       </c>
       <c r="K11" s="15">
         <v>6.11</v>
       </c>
       <c r="L11" s="15">
         <v>5.13</v>
       </c>
       <c r="M11" s="15">
         <v>4.93</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15">
         <v>901301214</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>128</v>
       </c>
       <c r="K12" s="15">
         <v>2.14</v>
       </c>
       <c r="L12" s="15">
         <v>2.14</v>
       </c>
       <c r="M12" s="15">
         <v>2.14</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10000014432</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>360</v>
       </c>
       <c r="K13" s="15">
         <v>0.11223</v>
       </c>
       <c r="L13" s="15">
         <v>0.08047</v>
       </c>
       <c r="M13" s="15">
         <v>0.06987</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080070672</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>340</v>
       </c>
       <c r="K14" s="15">
         <v>0.04332</v>
       </c>
       <c r="L14" s="15">
         <v>0.03754</v>
       </c>
       <c r="M14" s="15">
         <v>0.0361</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15">
-        <v>1326</v>
+        <v>1694</v>
       </c>
       <c r="P14" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>360</v>
       </c>
       <c r="K15" s="15">
-        <v>0.05067</v>
+        <v>0.05607</v>
       </c>
       <c r="L15" s="15">
-        <v>0.04391</v>
+        <v>0.04859</v>
       </c>
       <c r="M15" s="15">
-        <v>0.04223</v>
+        <v>0.04673</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15">
-        <v>2001</v>
+        <v>1944</v>
       </c>
       <c r="P15" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Q15" s="15">
         <v>8640</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>340</v>
       </c>
       <c r="K16" s="15">
         <v>0.04215</v>
       </c>
       <c r="L16" s="15">
         <v>0.03653</v>
       </c>
       <c r="M16" s="15">
         <v>0.03513</v>
       </c>
       <c r="N16" s="15">
-        <v>1434</v>
+        <v>96</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080009569</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>360</v>
       </c>
       <c r="K17" s="15">
         <v>0.19582</v>
       </c>
       <c r="L17" s="15">
         <v>0.11037</v>
       </c>
       <c r="M17" s="15">
         <v>0.10089</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>340</v>
       </c>
       <c r="K18" s="15">
         <v>0.0483</v>
       </c>
       <c r="L18" s="15">
         <v>0.04186</v>
       </c>
       <c r="M18" s="15">
         <v>0.04025</v>
       </c>
       <c r="N18" s="15">
-        <v>2220</v>
+        <v>2044</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>360</v>
       </c>
       <c r="K19" s="15">
-        <v>0.07691000000000001</v>
+        <v>0.08450000000000001</v>
       </c>
       <c r="L19" s="15">
-        <v>0.06665</v>
+        <v>0.07323</v>
       </c>
       <c r="M19" s="15">
-        <v>0.06408999999999999</v>
+        <v>0.07041</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>1400</v>
+        <v>1340</v>
       </c>
       <c r="P19" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>340</v>
       </c>
       <c r="K20" s="15">
         <v>0.05249</v>
       </c>
       <c r="L20" s="15">
         <v>0.04549</v>
       </c>
       <c r="M20" s="15">
         <v>0.04374</v>
       </c>
       <c r="N20" s="15">
-        <v>1363</v>
+        <v>1346</v>
       </c>
       <c r="O20" s="15">
-        <v>1640</v>
+        <v>1620</v>
       </c>
       <c r="P20" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E21" s="15">
         <v>10000014433</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>300</v>
       </c>
       <c r="K21" s="15">
         <v>0.10916</v>
       </c>
       <c r="L21" s="15">
         <v>0.07826</v>
       </c>
       <c r="M21" s="15">
         <v>0.06795</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E22" s="15">
         <v>10080066369</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>300</v>
       </c>
       <c r="K22" s="15">
         <v>0.04544</v>
       </c>
       <c r="L22" s="15">
         <v>0.03938</v>
       </c>
       <c r="M22" s="15">
         <v>0.03786</v>
       </c>
       <c r="N22" s="15">
-        <v>591</v>
+        <v>781</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.03807</v>
       </c>
       <c r="L23" s="15">
         <v>0.03299</v>
       </c>
       <c r="M23" s="15">
         <v>0.03173</v>
       </c>
       <c r="N23" s="15">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="O23" s="15">
-        <v>1420</v>
+        <v>1620</v>
       </c>
       <c r="P23" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>300</v>
       </c>
       <c r="K24" s="15">
         <v>0.10593</v>
       </c>
       <c r="L24" s="15">
         <v>0.09976</v>
       </c>
       <c r="M24" s="15">
         <v>0.09361</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E25" s="15">
         <v>10080011123</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>300</v>
       </c>
       <c r="K25" s="15">
         <v>0.23906</v>
       </c>
       <c r="L25" s="15">
         <v>0.13475</v>
       </c>
       <c r="M25" s="15">
         <v>0.12317</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>300</v>
       </c>
       <c r="K26" s="15">
         <v>0.07679999999999999</v>
       </c>
       <c r="L26" s="15">
         <v>0.06655999999999999</v>
       </c>
       <c r="M26" s="15">
         <v>0.064</v>
       </c>
       <c r="N26" s="15">
-        <v>1658</v>
+        <v>1487</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E27" s="15">
         <v>10080052266</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J27" s="15">
         <v>260</v>
       </c>
       <c r="K27" s="15">
         <v>0.03791</v>
       </c>
       <c r="L27" s="15">
         <v>0.03285</v>
       </c>
       <c r="M27" s="15">
         <v>0.03159</v>
       </c>
       <c r="N27" s="15">
         <v>14127</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E28" s="15">
         <v>10000000950</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J28" s="15">
         <v>260</v>
       </c>
       <c r="K28" s="15">
         <v>0.03597</v>
       </c>
       <c r="L28" s="15">
         <v>0.03117</v>
       </c>
       <c r="M28" s="15">
         <v>0.02998</v>
       </c>
       <c r="N28" s="15">
-        <v>123091</v>
+        <v>143048</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E29" s="15">
         <v>10080010454</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>260</v>
       </c>
       <c r="K29" s="15">
         <v>0.03009</v>
       </c>
       <c r="L29" s="15">
         <v>0.02608</v>
       </c>
       <c r="M29" s="15">
         <v>0.02508</v>
       </c>
       <c r="N29" s="15">
-        <v>652</v>
+        <v>534</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E30" s="15">
         <v>10080052267</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>260</v>
       </c>
       <c r="K30" s="15">
         <v>0.04457</v>
       </c>
       <c r="L30" s="15">
         <v>0.03862</v>
       </c>
       <c r="M30" s="15">
         <v>0.03714</v>
       </c>
       <c r="N30" s="15">
-        <v>4740</v>
+        <v>4260</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E31" s="15">
         <v>10000002817</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>260</v>
       </c>
       <c r="K31" s="15">
         <v>0.05024</v>
       </c>
       <c r="L31" s="15">
         <v>0.04354</v>
       </c>
       <c r="M31" s="15">
         <v>0.04186</v>
       </c>
       <c r="N31" s="15">
-        <v>43125</v>
+        <v>26826</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E32" s="15">
         <v>10080047937</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>260</v>
       </c>
       <c r="K32" s="15">
         <v>0.03692</v>
       </c>
       <c r="L32" s="15">
         <v>0.03199</v>
       </c>
       <c r="M32" s="15">
         <v>0.03076</v>
       </c>
       <c r="N32" s="15">
-        <v>7021</v>
+        <v>6357</v>
       </c>
       <c r="O32" s="15">
-        <v>7400</v>
+        <v>6700</v>
       </c>
       <c r="P32" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E33" s="15">
         <v>10080052268</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J33" s="15">
         <v>220</v>
       </c>
       <c r="K33" s="15">
         <v>0.06802999999999999</v>
       </c>
       <c r="L33" s="15">
         <v>0.04922</v>
       </c>
       <c r="M33" s="15">
         <v>0.04295</v>
       </c>
       <c r="N33" s="15">
-        <v>1019</v>
+        <v>1126</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E34" s="15">
         <v>10080019213</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J34" s="15">
         <v>240</v>
       </c>
       <c r="K34" s="15">
         <v>0.06063</v>
       </c>
       <c r="L34" s="15">
         <v>0.05255</v>
       </c>
       <c r="M34" s="15">
         <v>0.05053</v>
       </c>
       <c r="N34" s="15">
-        <v>2035</v>
+        <v>151</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>10080001480</v>
+        <v>101</v>
+      </c>
+      <c r="E35" s="15" t="s">
+        <v>102</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="I35" s="15"/>
+        <v>52</v>
+      </c>
+      <c r="I35" s="15" t="s">
+        <v>103</v>
+      </c>
       <c r="J35" s="15">
-        <v>240</v>
+        <v>220</v>
       </c>
       <c r="K35" s="15">
-        <v>0.08155999999999999</v>
+        <v>0.09191000000000001</v>
       </c>
       <c r="L35" s="15">
-        <v>0.07068000000000001</v>
+        <v>0.07965</v>
       </c>
       <c r="M35" s="15">
-        <v>0.06796000000000001</v>
-[...5 lines deleted...]
-      <c r="P35" s="15"/>
+        <v>0.07659000000000001</v>
+      </c>
+      <c r="N35" s="15"/>
+      <c r="O35" s="15">
+        <v>1680</v>
+      </c>
+      <c r="P35" s="15" t="s">
+        <v>64</v>
+      </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E36" s="15">
-        <v>10080052269</v>
+        <v>10080001480</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="K36" s="15">
-        <v>0.05222</v>
+        <v>0.08155999999999999</v>
       </c>
       <c r="L36" s="15">
-        <v>0.04525</v>
+        <v>0.07068000000000001</v>
       </c>
       <c r="M36" s="15">
-        <v>0.04351</v>
+        <v>0.06796000000000001</v>
       </c>
       <c r="N36" s="15">
-        <v>142</v>
+        <v>892</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E37" s="15">
-        <v>10000001273</v>
+        <v>10080052269</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>200</v>
       </c>
       <c r="K37" s="15">
-        <v>0.05037</v>
+        <v>0.05222</v>
       </c>
       <c r="L37" s="15">
-        <v>0.04365</v>
+        <v>0.04525</v>
       </c>
       <c r="M37" s="15">
-        <v>0.04198</v>
+        <v>0.04351</v>
       </c>
       <c r="N37" s="15">
-        <v>54603</v>
+        <v>113</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E38" s="15">
-        <v>10080010455</v>
+        <v>10000001273</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>200</v>
       </c>
       <c r="K38" s="15">
-        <v>0.0387</v>
+        <v>0.05037</v>
       </c>
       <c r="L38" s="15">
-        <v>0.03354</v>
+        <v>0.04365</v>
       </c>
       <c r="M38" s="15">
-        <v>0.03225</v>
+        <v>0.04198</v>
       </c>
       <c r="N38" s="15">
-        <v>14676</v>
+        <v>49792</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="E39" s="15">
-        <v>10080053302</v>
+        <v>10080010455</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
-        <v>0.05268</v>
+        <v>0.0387</v>
       </c>
       <c r="L39" s="15">
-        <v>0.04566</v>
+        <v>0.03354</v>
       </c>
       <c r="M39" s="15">
-        <v>0.0439</v>
+        <v>0.03225</v>
       </c>
       <c r="N39" s="15">
-        <v>1480</v>
+        <v>13143</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E40" s="15">
-        <v>10000002524</v>
+        <v>10080053302</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
-        <v>0.06689000000000001</v>
+        <v>0.05268</v>
       </c>
       <c r="L40" s="15">
-        <v>0.05797</v>
+        <v>0.04566</v>
       </c>
       <c r="M40" s="15">
-        <v>0.05574</v>
+        <v>0.0439</v>
       </c>
       <c r="N40" s="15">
-        <v>3835</v>
+        <v>1480</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E41" s="15">
-        <v>10080053303</v>
+        <v>10000002524</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="K41" s="15">
-        <v>0.04676</v>
+        <v>0.06689000000000001</v>
       </c>
       <c r="L41" s="15">
-        <v>0.04052</v>
+        <v>0.05797</v>
       </c>
       <c r="M41" s="15">
-        <v>0.03896</v>
+        <v>0.05574</v>
       </c>
       <c r="N41" s="15">
-        <v>1394</v>
+        <v>2628</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E42" s="15">
-        <v>10000000718</v>
+        <v>10080053303</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>180</v>
       </c>
       <c r="K42" s="15">
-        <v>0.05273</v>
+        <v>0.04676</v>
       </c>
       <c r="L42" s="15">
-        <v>0.0457</v>
+        <v>0.04052</v>
       </c>
       <c r="M42" s="15">
-        <v>0.04394</v>
+        <v>0.03896</v>
       </c>
       <c r="N42" s="15">
-        <v>13475</v>
-[...6 lines deleted...]
-      </c>
+        <v>783</v>
+      </c>
+      <c r="O42" s="15"/>
+      <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E43" s="15">
-        <v>10080034743</v>
+        <v>10000000718</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>180</v>
       </c>
       <c r="K43" s="15">
-        <v>0.04371</v>
+        <v>0.05273</v>
       </c>
       <c r="L43" s="15">
-        <v>0.03788</v>
+        <v>0.0457</v>
       </c>
       <c r="M43" s="15">
-        <v>0.03643</v>
+        <v>0.04394</v>
       </c>
       <c r="N43" s="15">
-        <v>84</v>
-[...2 lines deleted...]
-      <c r="P43" s="15"/>
+        <v>7473</v>
+      </c>
+      <c r="O43" s="15">
+        <v>6200</v>
+      </c>
+      <c r="P43" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="E44" s="15">
-        <v>10000002819</v>
+        <v>10080034743</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>180</v>
       </c>
       <c r="K44" s="15">
-        <v>0.07328</v>
+        <v>0.04371</v>
       </c>
       <c r="L44" s="15">
-        <v>0.06351</v>
+        <v>0.03788</v>
       </c>
       <c r="M44" s="15">
-        <v>0.06106</v>
-[...1 lines deleted...]
-      <c r="N44" s="15"/>
+        <v>0.03643</v>
+      </c>
+      <c r="N44" s="15">
+        <v>84</v>
+      </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>123</v>
+      </c>
+      <c r="E45" s="15">
+        <v>10000002819</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>180</v>
       </c>
       <c r="K45" s="15">
-        <v>0.05922</v>
+        <v>0.07328</v>
       </c>
       <c r="L45" s="15">
-        <v>0.05132</v>
+        <v>0.06351</v>
       </c>
       <c r="M45" s="15">
-        <v>0.04935</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.06106</v>
+      </c>
+      <c r="N45" s="15"/>
+      <c r="O45" s="15"/>
+      <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>10080053304</v>
+        <v>125</v>
+      </c>
+      <c r="E46" s="15" t="s">
+        <v>126</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="K46" s="15">
-        <v>0.06254</v>
+        <v>0.05922</v>
       </c>
       <c r="L46" s="15">
-        <v>0.0542</v>
+        <v>0.05132</v>
       </c>
       <c r="M46" s="15">
-        <v>0.05211</v>
-[...5 lines deleted...]
-      <c r="P46" s="15"/>
+        <v>0.04935</v>
+      </c>
+      <c r="N46" s="15"/>
+      <c r="O46" s="15">
+        <v>800</v>
+      </c>
+      <c r="P46" s="15" t="s">
+        <v>64</v>
+      </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E47" s="15">
-        <v>10000000613</v>
+        <v>10080053304</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>160</v>
       </c>
       <c r="K47" s="15">
-        <v>0.06395000000000001</v>
+        <v>0.06254</v>
       </c>
       <c r="L47" s="15">
-        <v>0.05542</v>
+        <v>0.0542</v>
       </c>
       <c r="M47" s="15">
-        <v>0.05329</v>
+        <v>0.05211</v>
       </c>
       <c r="N47" s="15">
-        <v>71325</v>
+        <v>4457</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E48" s="15">
-        <v>10080034744</v>
+        <v>10000000613</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>160</v>
       </c>
       <c r="K48" s="15">
-        <v>0.05576</v>
+        <v>0.06395000000000001</v>
       </c>
       <c r="L48" s="15">
-        <v>0.04832</v>
+        <v>0.05542</v>
       </c>
       <c r="M48" s="15">
-        <v>0.04646</v>
+        <v>0.05329</v>
       </c>
       <c r="N48" s="15">
-        <v>7584</v>
+        <v>67909</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>132</v>
+      </c>
+      <c r="E49" s="15">
+        <v>10080034744</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>160</v>
       </c>
       <c r="K49" s="15">
-        <v>0.1038</v>
+        <v>0.05576</v>
       </c>
       <c r="L49" s="15">
-        <v>0.08996</v>
+        <v>0.04832</v>
       </c>
       <c r="M49" s="15">
-        <v>0.08649999999999999</v>
+        <v>0.04646</v>
       </c>
       <c r="N49" s="15">
-        <v>1814</v>
+        <v>6833</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>10000002818</v>
+        <v>134</v>
+      </c>
+      <c r="E50" s="15" t="s">
+        <v>135</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>160</v>
       </c>
       <c r="K50" s="15">
-        <v>0.08214</v>
+        <v>0.1038</v>
       </c>
       <c r="L50" s="15">
-        <v>0.07119</v>
+        <v>0.08996</v>
       </c>
       <c r="M50" s="15">
-        <v>0.06845</v>
+        <v>0.08649999999999999</v>
       </c>
       <c r="N50" s="15">
-        <v>1627</v>
-[...6 lines deleted...]
-      </c>
+        <v>1555</v>
+      </c>
+      <c r="O50" s="15"/>
+      <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E51" s="15">
-        <v>10080010459</v>
+        <v>10000002818</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>160</v>
       </c>
       <c r="K51" s="15">
-        <v>0.06137</v>
+        <v>0.08214</v>
       </c>
       <c r="L51" s="15">
-        <v>0.05318</v>
+        <v>0.07119</v>
       </c>
       <c r="M51" s="15">
-        <v>0.05114</v>
+        <v>0.06845</v>
       </c>
       <c r="N51" s="15">
-        <v>4420</v>
+        <v>391</v>
       </c>
       <c r="O51" s="15">
-        <v>3080</v>
+        <v>1660</v>
       </c>
       <c r="P51" s="15" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E52" s="15">
-        <v>10080053305</v>
+        <v>10080010459</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="K52" s="15">
-        <v>0.14843</v>
+        <v>0.06137</v>
       </c>
       <c r="L52" s="15">
-        <v>0.10739</v>
+        <v>0.05318</v>
       </c>
       <c r="M52" s="15">
-        <v>0.09371</v>
+        <v>0.05114</v>
       </c>
       <c r="N52" s="15">
-        <v>2055</v>
-[...2 lines deleted...]
-      <c r="P52" s="15"/>
+        <v>3610</v>
+      </c>
+      <c r="O52" s="15">
+        <v>2560</v>
+      </c>
+      <c r="P52" s="15" t="s">
+        <v>64</v>
+      </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E53" s="15">
-        <v>10000008861</v>
+        <v>10080053305</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="K53" s="15">
-        <v>0.09843</v>
+        <v>0.14843</v>
       </c>
       <c r="L53" s="15">
-        <v>0.08531</v>
+        <v>0.10739</v>
       </c>
       <c r="M53" s="15">
-        <v>0.08203000000000001</v>
+        <v>0.09371</v>
       </c>
       <c r="N53" s="15">
-        <v>2394</v>
+        <v>1805</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="E54" s="15">
-        <v>10080040568</v>
+        <v>10000008861</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>140</v>
       </c>
       <c r="K54" s="15">
-        <v>0.07922999999999999</v>
+        <v>0.09843</v>
       </c>
       <c r="L54" s="15">
-        <v>0.06866999999999999</v>
+        <v>0.08531</v>
       </c>
       <c r="M54" s="15">
-        <v>0.06603000000000001</v>
+        <v>0.08203000000000001</v>
       </c>
       <c r="N54" s="15">
-        <v>4</v>
-[...6 lines deleted...]
-      </c>
+        <v>1664</v>
+      </c>
+      <c r="O54" s="15"/>
+      <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="E55" s="15">
-        <v>10080053306</v>
+        <v>10080040568</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="K55" s="15">
-        <v>0.10872</v>
+        <v>0.07352</v>
       </c>
       <c r="L55" s="15">
-        <v>0.09422</v>
+        <v>0.06371</v>
       </c>
       <c r="M55" s="15">
-        <v>0.0906</v>
+        <v>0.06126</v>
       </c>
       <c r="N55" s="15">
-        <v>2253</v>
-[...2 lines deleted...]
-      <c r="P55" s="15"/>
+        <v>4</v>
+      </c>
+      <c r="O55" s="15">
+        <v>710</v>
+      </c>
+      <c r="P55" s="15" t="s">
+        <v>64</v>
+      </c>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E56" s="15">
-        <v>10000008846</v>
+        <v>10080053306</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="K56" s="15">
-        <v>0.11288</v>
+        <v>0.10872</v>
       </c>
       <c r="L56" s="15">
-        <v>0.09783</v>
+        <v>0.09422</v>
       </c>
       <c r="M56" s="15">
-        <v>0.09406</v>
+        <v>0.0906</v>
       </c>
       <c r="N56" s="15">
-        <v>794</v>
+        <v>2120</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E57" s="15">
-        <v>10080016462</v>
+        <v>10000008846</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>140</v>
       </c>
       <c r="K57" s="15">
-        <v>0.09932000000000001</v>
+        <v>0.11288</v>
       </c>
       <c r="L57" s="15">
-        <v>0.08606999999999999</v>
+        <v>0.09783</v>
       </c>
       <c r="M57" s="15">
-        <v>0.08276</v>
+        <v>0.09406</v>
       </c>
       <c r="N57" s="15">
-        <v>37</v>
+        <v>729</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E58" s="15">
-        <v>10080052270</v>
+        <v>10080016462</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="K58" s="15">
-        <v>0.06438000000000001</v>
+        <v>0.09932000000000001</v>
       </c>
       <c r="L58" s="15">
-        <v>0.0558</v>
+        <v>0.08606999999999999</v>
       </c>
       <c r="M58" s="15">
-        <v>0.05365</v>
+        <v>0.08276</v>
       </c>
       <c r="N58" s="15">
-        <v>1208</v>
+        <v>37</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="E59" s="15">
-        <v>10000000717</v>
+        <v>10080052270</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>120</v>
       </c>
       <c r="K59" s="15">
-        <v>0.07920000000000001</v>
+        <v>0.06438000000000001</v>
       </c>
       <c r="L59" s="15">
-        <v>0.06864000000000001</v>
+        <v>0.0558</v>
       </c>
       <c r="M59" s="15">
-        <v>0.066</v>
+        <v>0.05365</v>
       </c>
       <c r="N59" s="15">
-        <v>20171</v>
+        <v>1381</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E60" s="15">
-        <v>10080039079</v>
+        <v>10000000717</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>120</v>
       </c>
       <c r="K60" s="15">
-        <v>0.0978</v>
+        <v>0.07920000000000001</v>
       </c>
       <c r="L60" s="15">
-        <v>0.07076</v>
+        <v>0.06864000000000001</v>
       </c>
       <c r="M60" s="15">
-        <v>0.06175</v>
+        <v>0.066</v>
       </c>
       <c r="N60" s="15">
-        <v>851</v>
+        <v>23565</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E61" s="15">
-        <v>10000002820</v>
+        <v>10080039079</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>120</v>
       </c>
       <c r="K61" s="15">
-        <v>0.22434</v>
+        <v>0.0978</v>
       </c>
       <c r="L61" s="15">
-        <v>0.12777</v>
+        <v>0.07076</v>
       </c>
       <c r="M61" s="15">
-        <v>0.11663</v>
-[...1 lines deleted...]
-      <c r="N61" s="15"/>
+        <v>0.06175</v>
+      </c>
+      <c r="N61" s="15">
+        <v>961</v>
+      </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>159</v>
+      </c>
+      <c r="E62" s="15">
+        <v>10000002820</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>120</v>
       </c>
       <c r="K62" s="15">
-        <v>0.1004</v>
+        <v>0.22434</v>
       </c>
       <c r="L62" s="15">
-        <v>0.08701</v>
+        <v>0.12777</v>
       </c>
       <c r="M62" s="15">
-        <v>0.08366</v>
+        <v>0.11663</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>10080027160</v>
+        <v>161</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>162</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>120</v>
       </c>
       <c r="K63" s="15">
-        <v>0.08865000000000001</v>
+        <v>0.1004</v>
       </c>
       <c r="L63" s="15">
-        <v>0.07683</v>
+        <v>0.08701</v>
       </c>
       <c r="M63" s="15">
-        <v>0.07388</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08366</v>
+      </c>
+      <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E64" s="15">
-        <v>10080053307</v>
+        <v>10080027160</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="K64" s="15">
-        <v>0.0857</v>
+        <v>0.08865000000000001</v>
       </c>
       <c r="L64" s="15">
-        <v>0.07427</v>
+        <v>0.07683</v>
       </c>
       <c r="M64" s="15">
-        <v>0.07141</v>
+        <v>0.07388</v>
       </c>
       <c r="N64" s="15">
-        <v>2925</v>
+        <v>409</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="E65" s="15">
-        <v>10000003196</v>
+        <v>10080053307</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
-        <v>0.09957000000000001</v>
+        <v>0.0857</v>
       </c>
       <c r="L65" s="15">
-        <v>0.08629000000000001</v>
+        <v>0.07427</v>
       </c>
       <c r="M65" s="15">
-        <v>0.08298</v>
+        <v>0.07141</v>
       </c>
       <c r="N65" s="15">
-        <v>471</v>
+        <v>2425</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="E66" s="15">
-        <v>10080010460</v>
+        <v>10000003196</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
-        <v>0.12321</v>
+        <v>0.09957000000000001</v>
       </c>
       <c r="L66" s="15">
-        <v>0.08914</v>
+        <v>0.08629000000000001</v>
       </c>
       <c r="M66" s="15">
-        <v>0.07779</v>
+        <v>0.08298</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E67" s="15">
-        <v>10080070674</v>
+        <v>10080010460</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>100</v>
       </c>
       <c r="K67" s="15">
-        <v>0.26603</v>
+        <v>0.12321</v>
       </c>
       <c r="L67" s="15">
-        <v>0.1515</v>
+        <v>0.08914</v>
       </c>
       <c r="M67" s="15">
-        <v>0.1383</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07779</v>
+      </c>
+      <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E68" s="15">
-        <v>10000014440</v>
+        <v>10080070674</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>100</v>
       </c>
       <c r="K68" s="15">
-        <v>0.26766</v>
+        <v>0.26603</v>
       </c>
       <c r="L68" s="15">
-        <v>0.15244</v>
+        <v>0.1515</v>
       </c>
       <c r="M68" s="15">
-        <v>0.13915</v>
-[...1 lines deleted...]
-      <c r="N68" s="15"/>
+        <v>0.1383</v>
+      </c>
+      <c r="N68" s="15">
+        <v>1078</v>
+      </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="E69" s="15">
-        <v>10080016463</v>
+        <v>10000014440</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>100</v>
       </c>
       <c r="K69" s="15">
-        <v>0.23914</v>
+        <v>0.26766</v>
       </c>
       <c r="L69" s="15">
-        <v>0.14199</v>
+        <v>0.15244</v>
       </c>
       <c r="M69" s="15">
-        <v>0.11957</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13915</v>
+      </c>
+      <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="E70" s="15">
-        <v>10080070673</v>
+        <v>10080016463</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>100</v>
       </c>
       <c r="K70" s="15">
-        <v>0.21934</v>
+        <v>0.23914</v>
       </c>
       <c r="L70" s="15">
-        <v>0.12492</v>
+        <v>0.14199</v>
       </c>
       <c r="M70" s="15">
-        <v>0.11403</v>
+        <v>0.11957</v>
       </c>
       <c r="N70" s="15">
-        <v>50</v>
+        <v>2039</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E71" s="15">
-        <v>10080040569</v>
+        <v>10080070673</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>100</v>
       </c>
       <c r="K71" s="15">
-        <v>0.08388</v>
+        <v>0.21934</v>
       </c>
       <c r="L71" s="15">
-        <v>0.0727</v>
+        <v>0.12492</v>
       </c>
       <c r="M71" s="15">
-        <v>0.0699</v>
+        <v>0.11403</v>
       </c>
       <c r="N71" s="15">
-        <v>682</v>
+        <v>50</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E72" s="15">
-        <v>10000000612</v>
+        <v>10080040569</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
-        <v>0.09773</v>
+        <v>0.08388</v>
       </c>
       <c r="L72" s="15">
-        <v>0.0847</v>
+        <v>0.0727</v>
       </c>
       <c r="M72" s="15">
-        <v>0.08144</v>
+        <v>0.0699</v>
       </c>
       <c r="N72" s="15">
-        <v>1092</v>
-[...6 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="O72" s="15"/>
+      <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E73" s="15">
-        <v>10000002821</v>
+        <v>10000000612</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>100</v>
       </c>
       <c r="K73" s="15">
-        <v>0.16236</v>
+        <v>0.09773</v>
       </c>
       <c r="L73" s="15">
-        <v>0.14071</v>
+        <v>0.0847</v>
       </c>
       <c r="M73" s="15">
-        <v>0.1353</v>
+        <v>0.08144</v>
       </c>
       <c r="N73" s="15">
-        <v>1261</v>
-[...2 lines deleted...]
-      <c r="P73" s="15"/>
+        <v>975</v>
+      </c>
+      <c r="O73" s="15">
+        <v>1640</v>
+      </c>
+      <c r="P73" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E74" s="15">
-        <v>10080053208</v>
+        <v>10000002821</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="I74" s="15"/>
-      <c r="J74" s="15"/>
+      <c r="J74" s="15">
+        <v>100</v>
+      </c>
       <c r="K74" s="15">
-        <v>0.28561</v>
+        <v>0.16236</v>
       </c>
       <c r="L74" s="15">
-        <v>0.16267</v>
+        <v>0.14071</v>
       </c>
       <c r="M74" s="15">
-        <v>0.14848</v>
+        <v>0.1353</v>
       </c>
       <c r="N74" s="15">
-        <v>2</v>
+        <v>1051</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E75" s="15">
-        <v>10080016464</v>
+        <v>10080053208</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="I75" s="15"/>
-      <c r="J75" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J75" s="15"/>
       <c r="K75" s="15">
-        <v>0.24626</v>
+        <v>0.28561</v>
       </c>
       <c r="L75" s="15">
-        <v>0.14621</v>
+        <v>0.16267</v>
       </c>
       <c r="M75" s="15">
-        <v>0.12313</v>
+        <v>0.14848</v>
       </c>
       <c r="N75" s="15">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>187</v>
+      </c>
+      <c r="E76" s="15">
+        <v>10080016464</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
-        <v>0.13404</v>
+        <v>0.24626</v>
       </c>
       <c r="L76" s="15">
-        <v>0.11617</v>
+        <v>0.14621</v>
       </c>
       <c r="M76" s="15">
-        <v>0.1117</v>
+        <v>0.12313</v>
       </c>
       <c r="N76" s="15">
-        <v>1400</v>
+        <v>14</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>10080057625</v>
+        <v>189</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>190</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="K77" s="15">
-        <v>0.16367</v>
+        <v>0.13404</v>
       </c>
       <c r="L77" s="15">
-        <v>0.1103</v>
+        <v>0.11617</v>
       </c>
       <c r="M77" s="15">
-        <v>0.10319</v>
+        <v>0.1117</v>
       </c>
       <c r="N77" s="15">
-        <v>232</v>
+        <v>1190</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E78" s="15">
-        <v>10000001413</v>
+        <v>10080057625</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>80</v>
       </c>
       <c r="K78" s="15">
-        <v>0.10586</v>
+        <v>0.16367</v>
       </c>
       <c r="L78" s="15">
-        <v>0.09174</v>
+        <v>0.1103</v>
       </c>
       <c r="M78" s="15">
-        <v>0.08821</v>
+        <v>0.10319</v>
       </c>
       <c r="N78" s="15">
-        <v>1949</v>
+        <v>224</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E79" s="15">
-        <v>10080010585</v>
+        <v>10000001413</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>80</v>
       </c>
       <c r="K79" s="15">
-        <v>0.10818</v>
+        <v>0.10586</v>
       </c>
       <c r="L79" s="15">
-        <v>0.09376</v>
+        <v>0.09174</v>
       </c>
       <c r="M79" s="15">
-        <v>0.09014999999999999</v>
+        <v>0.08821</v>
       </c>
       <c r="N79" s="15">
-        <v>2972</v>
+        <v>1756</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="E80" s="15">
-        <v>10080010586</v>
+        <v>10080010585</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>80</v>
       </c>
       <c r="K80" s="15">
-        <v>0.13284</v>
+        <v>0.10818</v>
       </c>
       <c r="L80" s="15">
-        <v>0.11513</v>
+        <v>0.09376</v>
       </c>
       <c r="M80" s="15">
-        <v>0.1107</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.09014999999999999</v>
+      </c>
+      <c r="N80" s="15">
+        <v>2269</v>
+      </c>
+      <c r="O80" s="15"/>
+      <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="E81" s="15">
-        <v>10000001334</v>
+        <v>10080010586</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>80</v>
       </c>
       <c r="K81" s="15">
-        <v>0.17928</v>
+        <v>0.12987</v>
       </c>
       <c r="L81" s="15">
-        <v>0.15538</v>
+        <v>0.11255</v>
       </c>
       <c r="M81" s="15">
-        <v>0.1494</v>
-[...5 lines deleted...]
-      <c r="P81" s="15"/>
+        <v>0.10823</v>
+      </c>
+      <c r="N81" s="15"/>
+      <c r="O81" s="15">
+        <v>292</v>
+      </c>
+      <c r="P81" s="15" t="s">
+        <v>64</v>
+      </c>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>200</v>
+      </c>
+      <c r="E82" s="15">
+        <v>10000001334</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="K82" s="15">
-        <v>6.28</v>
+        <v>0.17928</v>
       </c>
       <c r="L82" s="15">
-        <v>5.26</v>
+        <v>0.15538</v>
       </c>
       <c r="M82" s="15">
-        <v>5.06</v>
-[...1 lines deleted...]
-      <c r="N82" s="15"/>
+        <v>0.1494</v>
+      </c>
+      <c r="N82" s="15">
+        <v>255</v>
+      </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>10080070675</v>
+        <v>202</v>
+      </c>
+      <c r="E83" s="15" t="s">
+        <v>203</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="K83" s="15">
-        <v>0.30806</v>
+        <v>6.28</v>
       </c>
       <c r="L83" s="15">
-        <v>0.20761</v>
+        <v>5.26</v>
       </c>
       <c r="M83" s="15">
-        <v>0.1942</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.06</v>
+      </c>
+      <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="E84" s="15">
-        <v>10000012795</v>
+        <v>10080070675</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>60</v>
       </c>
       <c r="K84" s="15">
-        <v>0.15083</v>
+        <v>0.30806</v>
       </c>
       <c r="L84" s="15">
-        <v>0.13072</v>
+        <v>0.20761</v>
       </c>
       <c r="M84" s="15">
-        <v>0.12569</v>
+        <v>0.1942</v>
       </c>
       <c r="N84" s="15">
-        <v>990</v>
+        <v>627</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="E85" s="15">
-        <v>10080010587</v>
+        <v>10000012795</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>60</v>
       </c>
       <c r="K85" s="15">
-        <v>0.24771</v>
+        <v>0.15083</v>
       </c>
       <c r="L85" s="15">
-        <v>0.18102</v>
+        <v>0.13072</v>
       </c>
       <c r="M85" s="15">
-        <v>0.15243</v>
-[...1 lines deleted...]
-      <c r="N85" s="15"/>
+        <v>0.12569</v>
+      </c>
+      <c r="N85" s="15">
+        <v>1135</v>
+      </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="E86" s="15">
+        <v>10080010587</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>60</v>
       </c>
       <c r="K86" s="15">
-        <v>0.3355</v>
+        <v>0.24771</v>
       </c>
       <c r="L86" s="15">
-        <v>0.16775</v>
+        <v>0.18102</v>
       </c>
       <c r="M86" s="15">
-        <v>0.15248</v>
+        <v>0.15243</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>10000012796</v>
+        <v>211</v>
+      </c>
+      <c r="E87" s="15" t="s">
+        <v>212</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>60</v>
       </c>
       <c r="K87" s="15">
-        <v>0.26417</v>
+        <v>0.3355</v>
       </c>
       <c r="L87" s="15">
-        <v>0.22894</v>
+        <v>0.16775</v>
       </c>
       <c r="M87" s="15">
-        <v>0.22014</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.15248</v>
+      </c>
+      <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>214</v>
+      </c>
+      <c r="E88" s="15">
+        <v>10000012796</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>60</v>
       </c>
       <c r="K88" s="15">
-        <v>0.67741</v>
+        <v>0.26417</v>
       </c>
       <c r="L88" s="15">
-        <v>0.35841</v>
+        <v>0.22894</v>
       </c>
       <c r="M88" s="15">
-        <v>0.33871</v>
+        <v>0.22014</v>
       </c>
       <c r="N88" s="15">
-        <v>179</v>
+        <v>48</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>10000007793</v>
+        <v>216</v>
+      </c>
+      <c r="E89" s="15" t="s">
+        <v>217</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>60</v>
       </c>
       <c r="K89" s="15">
-        <v>0.43392</v>
+        <v>0.67741</v>
       </c>
       <c r="L89" s="15">
-        <v>0.24461</v>
+        <v>0.35841</v>
       </c>
       <c r="M89" s="15">
-        <v>0.22355</v>
+        <v>0.33871</v>
       </c>
       <c r="N89" s="15">
-        <v>1287</v>
+        <v>170</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="E90" s="15">
-        <v>10080016465</v>
+        <v>10000007793</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>60</v>
       </c>
       <c r="K90" s="15">
-        <v>0.8326</v>
+        <v>0.43392</v>
       </c>
       <c r="L90" s="15">
-        <v>0.16344</v>
+        <v>0.24461</v>
       </c>
       <c r="M90" s="15">
-        <v>0.16344</v>
+        <v>0.22355</v>
       </c>
       <c r="N90" s="15">
-        <v>490</v>
+        <v>1304</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>221</v>
+      </c>
+      <c r="E91" s="15">
+        <v>10080016465</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>60</v>
       </c>
       <c r="K91" s="15">
         <v>0.8326</v>
       </c>
       <c r="L91" s="15">
-        <v>0.51237</v>
+        <v>0.16344</v>
       </c>
       <c r="M91" s="15">
-        <v>0.4163</v>
+        <v>0.16344</v>
       </c>
       <c r="N91" s="15">
-        <v>144</v>
+        <v>430</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>10000014434</v>
+        <v>223</v>
+      </c>
+      <c r="E92" s="15" t="s">
+        <v>224</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>60</v>
       </c>
       <c r="K92" s="15">
-        <v>0.57641</v>
+        <v>0.8326</v>
       </c>
       <c r="L92" s="15">
-        <v>0.11221</v>
+        <v>0.51237</v>
       </c>
       <c r="M92" s="15">
-        <v>0.11221</v>
+        <v>0.4163</v>
       </c>
       <c r="N92" s="15">
-        <v>561</v>
+        <v>181</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="E93" s="15">
-        <v>10000014441</v>
+        <v>10000014434</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>60</v>
       </c>
       <c r="K93" s="15">
-        <v>0.89664</v>
+        <v>0.57641</v>
       </c>
       <c r="L93" s="15">
-        <v>0.18081</v>
+        <v>0.11221</v>
       </c>
       <c r="M93" s="15">
-        <v>0.18081</v>
+        <v>0.11221</v>
       </c>
       <c r="N93" s="15">
-        <v>214</v>
+        <v>438</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E94" s="15">
-        <v>10080027682</v>
+        <v>10000014441</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="K94" s="15">
-        <v>0.26175</v>
+        <v>0.89664</v>
       </c>
       <c r="L94" s="15">
-        <v>0.22685</v>
+        <v>0.18081</v>
       </c>
       <c r="M94" s="15">
-        <v>0.21813</v>
+        <v>0.18081</v>
       </c>
       <c r="N94" s="15">
-        <v>3881</v>
+        <v>166</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="E95" s="15">
-        <v>10080032349</v>
+        <v>10080027682</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="K95" s="15">
-        <v>0.23972</v>
+        <v>0.26175</v>
       </c>
       <c r="L95" s="15">
-        <v>0.20775</v>
+        <v>0.22685</v>
       </c>
       <c r="M95" s="15">
-        <v>0.19976</v>
+        <v>0.21813</v>
       </c>
       <c r="N95" s="15">
-        <v>472</v>
+        <v>5174</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="E96" s="15">
-        <v>10080003773</v>
+        <v>10080032349</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="K96" s="15">
-        <v>0.39223</v>
+        <v>0.23972</v>
       </c>
       <c r="L96" s="15">
-        <v>0.28121</v>
+        <v>0.20775</v>
       </c>
       <c r="M96" s="15">
-        <v>0.24421</v>
-[...1 lines deleted...]
-      <c r="N96" s="15"/>
+        <v>0.19976</v>
+      </c>
+      <c r="N96" s="15">
+        <v>449</v>
+      </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E97" s="15">
-        <v>10080052271</v>
+        <v>10080003773</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
-        <v>260</v>
+        <v>28</v>
       </c>
       <c r="K97" s="15">
-        <v>0.1197</v>
+        <v>0.39223</v>
       </c>
       <c r="L97" s="15">
-        <v>0.10374</v>
+        <v>0.28121</v>
       </c>
       <c r="M97" s="15">
-        <v>0.09975000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.24421</v>
+      </c>
+      <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E98" s="15">
-        <v>10000018120</v>
+        <v>10080052271</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
-        <v>29</v>
+        <v>260</v>
       </c>
       <c r="K98" s="15">
-        <v>0.22034</v>
+        <v>0.1197</v>
       </c>
       <c r="L98" s="15">
-        <v>0.19096</v>
+        <v>0.10374</v>
       </c>
       <c r="M98" s="15">
-        <v>0.18361</v>
+        <v>0.09975000000000001</v>
       </c>
       <c r="N98" s="15">
-        <v>7115</v>
+        <v>4175</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="E99" s="15">
-        <v>10080027683</v>
+        <v>10000018120</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="K99" s="15">
-        <v>0.28509</v>
+        <v>0.22034</v>
       </c>
       <c r="L99" s="15">
-        <v>0.24708</v>
+        <v>0.19096</v>
       </c>
       <c r="M99" s="15">
-        <v>0.23758</v>
+        <v>0.18361</v>
       </c>
       <c r="N99" s="15">
-        <v>1161</v>
+        <v>2796</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="E100" s="15">
-        <v>10080065426</v>
+        <v>10080027683</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
-        <v>250</v>
+        <v>23</v>
       </c>
       <c r="K100" s="15">
-        <v>0.3161</v>
+        <v>0.28509</v>
       </c>
       <c r="L100" s="15">
-        <v>0.26342</v>
+        <v>0.24708</v>
       </c>
       <c r="M100" s="15">
-        <v>0.25287</v>
-[...1 lines deleted...]
-      <c r="N100" s="15"/>
+        <v>0.23758</v>
+      </c>
+      <c r="N100" s="15">
+        <v>1161</v>
+      </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="E101" s="15">
-        <v>10000019777</v>
+        <v>10080065426</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>21</v>
+        <v>250</v>
       </c>
       <c r="K101" s="15">
-        <v>0.45571</v>
+        <v>0.3161</v>
       </c>
       <c r="L101" s="15">
-        <v>0.36457</v>
+        <v>0.26342</v>
       </c>
       <c r="M101" s="15">
-        <v>0.35349</v>
+        <v>0.25287</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="E102" s="15">
-        <v>10080026903</v>
+        <v>10000019777</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>21</v>
       </c>
       <c r="K102" s="15">
-        <v>0.30843</v>
+        <v>0.45571</v>
       </c>
       <c r="L102" s="15">
-        <v>0.26731</v>
+        <v>0.36457</v>
       </c>
       <c r="M102" s="15">
-        <v>0.25703</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.35349</v>
+      </c>
+      <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>246</v>
+      </c>
+      <c r="E103" s="15">
+        <v>10080026903</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>21</v>
       </c>
       <c r="K103" s="15">
-        <v>0.45571</v>
+        <v>0.30843</v>
       </c>
       <c r="L103" s="15">
-        <v>0.36457</v>
+        <v>0.26731</v>
       </c>
       <c r="M103" s="15">
-        <v>0.35349</v>
-[...1 lines deleted...]
-      <c r="N103" s="15"/>
+        <v>0.25703</v>
+      </c>
+      <c r="N103" s="15">
+        <v>1592</v>
+      </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="K104" s="15">
-        <v>0.47295</v>
+        <v>0.45571</v>
       </c>
       <c r="L104" s="15">
-        <v>0.44339</v>
+        <v>0.36457</v>
       </c>
       <c r="M104" s="15">
-        <v>0.42862</v>
+        <v>0.35349</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>10080053308</v>
+        <v>251</v>
+      </c>
+      <c r="E105" s="15" t="s">
+        <v>252</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>160</v>
+        <v>18</v>
       </c>
       <c r="K105" s="15">
-        <v>0.15453</v>
+        <v>0.47295</v>
       </c>
       <c r="L105" s="15">
-        <v>0.13393</v>
+        <v>0.44339</v>
       </c>
       <c r="M105" s="15">
-        <v>0.12878</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.42862</v>
+      </c>
+      <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="E106" s="15">
-        <v>10000019776</v>
+        <v>10080053308</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="K106" s="15">
-        <v>0.42299</v>
+        <v>0.15453</v>
       </c>
       <c r="L106" s="15">
-        <v>0.36659</v>
+        <v>0.13393</v>
       </c>
       <c r="M106" s="15">
-        <v>0.35249</v>
+        <v>0.12878</v>
       </c>
       <c r="N106" s="15">
-        <v>632</v>
+        <v>377</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="E107" s="15">
-        <v>10080034674</v>
+        <v>10000019776</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>250</v>
       </c>
       <c r="K107" s="15">
-        <v>0.47705</v>
+        <v>0.42299</v>
       </c>
       <c r="L107" s="15">
-        <v>0.41344</v>
+        <v>0.36659</v>
       </c>
       <c r="M107" s="15">
-        <v>0.39754</v>
-[...1 lines deleted...]
-      <c r="N107" s="15"/>
+        <v>0.35249</v>
+      </c>
+      <c r="N107" s="15">
+        <v>396</v>
+      </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>258</v>
+      </c>
+      <c r="E108" s="15">
+        <v>10080034674</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="K108" s="15">
-        <v>0.38427</v>
+        <v>0.47705</v>
       </c>
       <c r="L108" s="15">
-        <v>0.30791</v>
+        <v>0.41344</v>
       </c>
       <c r="M108" s="15">
-        <v>0.2882</v>
+        <v>0.39754</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>10080028550</v>
+        <v>260</v>
+      </c>
+      <c r="E109" s="15" t="s">
+        <v>261</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="K109" s="15">
-        <v>0.41405</v>
+        <v>0.38427</v>
       </c>
       <c r="L109" s="15">
-        <v>0.35884</v>
+        <v>0.30791</v>
       </c>
       <c r="M109" s="15">
-        <v>0.34504</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.2882</v>
+      </c>
+      <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="E110" s="15">
-        <v>10080053309</v>
+        <v>10080028550</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="K110" s="15">
-        <v>0.36317</v>
+        <v>0.41405</v>
       </c>
       <c r="L110" s="15">
-        <v>0.26276</v>
+        <v>0.35884</v>
       </c>
       <c r="M110" s="15">
-        <v>0.22928</v>
+        <v>0.34504</v>
       </c>
       <c r="N110" s="15">
-        <v>226</v>
+        <v>309</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="E111" s="15">
-        <v>10080031329</v>
+        <v>10080053309</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="K111" s="15">
-        <v>0.47022</v>
+        <v>0.36317</v>
       </c>
       <c r="L111" s="15">
-        <v>0.40752</v>
+        <v>0.26276</v>
       </c>
       <c r="M111" s="15">
-        <v>0.39185</v>
-[...1 lines deleted...]
-      <c r="N111" s="15"/>
+        <v>0.22928</v>
+      </c>
+      <c r="N111" s="15">
+        <v>184</v>
+      </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>267</v>
+      </c>
+      <c r="E112" s="15">
+        <v>10080031329</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="K112" s="15">
-        <v>0.17567</v>
+        <v>0.47022</v>
       </c>
       <c r="L112" s="15">
-        <v>0.15224</v>
+        <v>0.40752</v>
       </c>
       <c r="M112" s="15">
-        <v>0.14639</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.39185</v>
+      </c>
+      <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>100</v>
       </c>
       <c r="K113" s="15">
-        <v>0.36703</v>
+        <v>0.17567</v>
       </c>
       <c r="L113" s="15">
-        <v>0.34486</v>
+        <v>0.15224</v>
       </c>
       <c r="M113" s="15">
-        <v>0.33255</v>
-[...1 lines deleted...]
-      <c r="N113" s="15"/>
+        <v>0.14639</v>
+      </c>
+      <c r="N113" s="15">
+        <v>900</v>
+      </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>10080040551</v>
+        <v>272</v>
+      </c>
+      <c r="E114" s="15" t="s">
+        <v>273</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="K114" s="15">
-        <v>0.52536</v>
+        <v>0.36703</v>
       </c>
       <c r="L114" s="15">
-        <v>0.45531</v>
+        <v>0.34486</v>
       </c>
       <c r="M114" s="15">
-        <v>0.4378</v>
+        <v>0.33255</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E115" s="15">
-        <v>10080075269</v>
+        <v>10080040551</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I115" s="15"/>
-      <c r="J115" s="15"/>
+      <c r="J115" s="15">
+        <v>10</v>
+      </c>
       <c r="K115" s="15">
-        <v>0.32793</v>
+        <v>0.52536</v>
       </c>
       <c r="L115" s="15">
-        <v>0.27327</v>
+        <v>0.45531</v>
       </c>
       <c r="M115" s="15">
-        <v>0.26234</v>
+        <v>0.4378</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="E116" s="15">
-        <v>10080065490</v>
+        <v>10080075269</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="I116" s="15"/>
-      <c r="J116" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J116" s="15"/>
       <c r="K116" s="15">
-        <v>0.1361</v>
+        <v>0.32793</v>
       </c>
       <c r="L116" s="15">
-        <v>0.11795</v>
+        <v>0.27327</v>
       </c>
       <c r="M116" s="15">
-        <v>0.11341</v>
+        <v>0.26234</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="E117" s="15">
-        <v>10080052213</v>
+        <v>10080065490</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
-        <v>476</v>
+        <v>1000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.31775</v>
+        <v>0.1361</v>
       </c>
       <c r="L117" s="15">
-        <v>0.2665</v>
+        <v>0.11795</v>
       </c>
       <c r="M117" s="15">
-        <v>0.25625</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11341</v>
+      </c>
+      <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E118" s="15">
-        <v>10080017268</v>
+        <v>10080052213</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>1</v>
+        <v>476</v>
       </c>
       <c r="K118" s="15">
-        <v>0.87324</v>
+        <v>0.31775</v>
       </c>
       <c r="L118" s="15">
-        <v>0.2839</v>
+        <v>0.2665</v>
       </c>
       <c r="M118" s="15">
-        <v>0.2839</v>
-[...1 lines deleted...]
-      <c r="N118" s="15"/>
+        <v>0.25625</v>
+      </c>
+      <c r="N118" s="15">
+        <v>106</v>
+      </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="E119" s="15">
-        <v>10080017269</v>
+        <v>10080017268</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
-        <v>96</v>
+        <v>1</v>
       </c>
       <c r="K119" s="15">
-        <v>0.24633</v>
+        <v>0.87324</v>
       </c>
       <c r="L119" s="15">
-        <v>0.20938</v>
+        <v>0.2839</v>
       </c>
       <c r="M119" s="15">
-        <v>0.17243</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.2839</v>
+      </c>
+      <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>285</v>
+      </c>
+      <c r="E120" s="15">
+        <v>10080017269</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I120" s="15"/>
-      <c r="J120" s="15"/>
+      <c r="J120" s="15">
+        <v>96</v>
+      </c>
       <c r="K120" s="15">
-        <v>0.9680800000000001</v>
+        <v>0.24633</v>
       </c>
       <c r="L120" s="15">
-        <v>0.77471</v>
+        <v>0.20938</v>
       </c>
       <c r="M120" s="15">
-        <v>0.72544</v>
-[...1 lines deleted...]
-      <c r="N120" s="15"/>
+        <v>0.17243</v>
+      </c>
+      <c r="N120" s="15">
+        <v>164</v>
+      </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>10080017278</v>
+        <v>287</v>
+      </c>
+      <c r="E121" s="15" t="s">
+        <v>288</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I121" s="15"/>
-      <c r="J121" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J121" s="15"/>
       <c r="K121" s="15">
-        <v>0.24633</v>
+        <v>0.9680800000000001</v>
       </c>
       <c r="L121" s="15">
-        <v>0.20938</v>
+        <v>0.77471</v>
       </c>
       <c r="M121" s="15">
-        <v>0.17243</v>
+        <v>0.72544</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="E122" s="15">
-        <v>10080017271</v>
+        <v>10080017278</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>108</v>
       </c>
       <c r="K122" s="15">
-        <v>0.3695</v>
+        <v>0.24633</v>
       </c>
       <c r="L122" s="15">
-        <v>0.31408</v>
+        <v>0.20938</v>
       </c>
       <c r="M122" s="15">
-        <v>0.25865</v>
+        <v>0.17243</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E123" s="15">
-        <v>10080017279</v>
+        <v>10080017271</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="K123" s="15">
         <v>0.3695</v>
       </c>
       <c r="L123" s="15">
         <v>0.31408</v>
       </c>
       <c r="M123" s="15">
         <v>0.25865</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="E124" s="15">
-        <v>10080017272</v>
+        <v>10080017279</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="K124" s="15">
         <v>0.3695</v>
       </c>
       <c r="L124" s="15">
         <v>0.31408</v>
       </c>
       <c r="M124" s="15">
         <v>0.25865</v>
       </c>
-      <c r="N124" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="E125" s="15">
-        <v>10080017280</v>
+        <v>10080017272</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>72</v>
       </c>
       <c r="K125" s="15">
         <v>0.3695</v>
       </c>
       <c r="L125" s="15">
         <v>0.31408</v>
       </c>
       <c r="M125" s="15">
         <v>0.25865</v>
       </c>
       <c r="N125" s="15">
-        <v>803</v>
+        <v>131</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="E126" s="15">
-        <v>10080017273</v>
+        <v>10080017280</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>72</v>
       </c>
       <c r="K126" s="15">
-        <v>0.61583</v>
+        <v>0.3695</v>
       </c>
       <c r="L126" s="15">
-        <v>0.52346</v>
+        <v>0.31408</v>
       </c>
       <c r="M126" s="15">
-        <v>0.43108</v>
-[...1 lines deleted...]
-      <c r="N126" s="15"/>
+        <v>0.25865</v>
+      </c>
+      <c r="N126" s="15">
+        <v>741</v>
+      </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="E127" s="15">
-        <v>10080017281</v>
+        <v>10080017273</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="K127" s="15">
-        <v>0.49266</v>
+        <v>0.61583</v>
       </c>
       <c r="L127" s="15">
-        <v>0.41876</v>
+        <v>0.52346</v>
       </c>
       <c r="M127" s="15">
-        <v>0.34486</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.43108</v>
+      </c>
+      <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="E128" s="15">
-        <v>10080017274</v>
+        <v>10080017281</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="K128" s="15">
         <v>0.49266</v>
       </c>
       <c r="L128" s="15">
         <v>0.41876</v>
       </c>
       <c r="M128" s="15">
         <v>0.34486</v>
       </c>
       <c r="N128" s="15">
-        <v>93</v>
+        <v>292</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="E129" s="15">
-        <v>10080017282</v>
+        <v>10080017274</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>48</v>
       </c>
       <c r="K129" s="15">
         <v>0.49266</v>
       </c>
       <c r="L129" s="15">
         <v>0.41876</v>
       </c>
       <c r="M129" s="15">
         <v>0.34486</v>
       </c>
       <c r="N129" s="15">
-        <v>640</v>
+        <v>93</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="E130" s="15">
-        <v>10080017275</v>
+        <v>10080017282</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="K130" s="15">
         <v>0.49266</v>
       </c>
       <c r="L130" s="15">
         <v>0.41876</v>
       </c>
       <c r="M130" s="15">
         <v>0.34486</v>
       </c>
-      <c r="N130" s="15"/>
+      <c r="N130" s="15">
+        <v>655</v>
+      </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="E131" s="15">
-        <v>10080017283</v>
+        <v>10080017275</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="K131" s="15">
-        <v>2.42</v>
+        <v>0.49266</v>
       </c>
       <c r="L131" s="15">
-        <v>0.78517</v>
+        <v>0.41876</v>
       </c>
       <c r="M131" s="15">
-        <v>0.78517</v>
+        <v>0.34486</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="E132" s="15">
-        <v>10080017276</v>
+        <v>10080017283</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="K132" s="15">
-        <v>0.73899</v>
+        <v>2.42</v>
       </c>
       <c r="L132" s="15">
-        <v>0.62814</v>
+        <v>0.78517</v>
       </c>
       <c r="M132" s="15">
-        <v>0.51729</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.78517</v>
+      </c>
+      <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="E133" s="15">
-        <v>10080017284</v>
+        <v>10080017276</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>30</v>
       </c>
       <c r="K133" s="15">
         <v>0.73899</v>
       </c>
       <c r="L133" s="15">
         <v>0.62814</v>
       </c>
       <c r="M133" s="15">
         <v>0.51729</v>
       </c>
       <c r="N133" s="15">
-        <v>107</v>
+        <v>86</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="E134" s="15">
-        <v>10080017277</v>
+        <v>10080017284</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="K134" s="15">
         <v>0.73899</v>
       </c>
       <c r="L134" s="15">
         <v>0.62814</v>
       </c>
       <c r="M134" s="15">
         <v>0.51729</v>
       </c>
-      <c r="N134" s="15"/>
+      <c r="N134" s="15">
+        <v>150</v>
+      </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="E135" s="15">
-        <v>10080017285</v>
+        <v>10080017277</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="K135" s="15">
         <v>0.73899</v>
       </c>
       <c r="L135" s="15">
         <v>0.62814</v>
       </c>
       <c r="M135" s="15">
         <v>0.51729</v>
       </c>
-      <c r="N135" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>318</v>
+      </c>
+      <c r="E136" s="15">
+        <v>10080017285</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I136" s="15"/>
-      <c r="J136" s="15"/>
+      <c r="J136" s="15">
+        <v>36</v>
+      </c>
       <c r="K136" s="15">
-        <v>1.23</v>
+        <v>0.73899</v>
       </c>
       <c r="L136" s="15">
-        <v>0.67741</v>
+        <v>0.62814</v>
       </c>
       <c r="M136" s="15">
-        <v>0.61583</v>
-[...1 lines deleted...]
-      <c r="N136" s="15"/>
+        <v>0.51729</v>
+      </c>
+      <c r="N136" s="15">
+        <v>48</v>
+      </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>10000014444</v>
+        <v>320</v>
+      </c>
+      <c r="E137" s="15" t="s">
+        <v>321</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I137" s="15"/>
-      <c r="J137" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J137" s="15"/>
       <c r="K137" s="15">
-        <v>0.24764</v>
+        <v>1.23</v>
       </c>
       <c r="L137" s="15">
-        <v>0.21462</v>
+        <v>0.67741</v>
       </c>
       <c r="M137" s="15">
-        <v>0.20636</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.61583</v>
+      </c>
+      <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="E138" s="15">
-        <v>10080017286</v>
+        <v>10000014444</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="K138" s="15">
-        <v>0.22123</v>
+        <v>0.24764</v>
       </c>
       <c r="L138" s="15">
-        <v>0.21161</v>
+        <v>0.21462</v>
       </c>
       <c r="M138" s="15">
-        <v>0.20199</v>
+        <v>0.20636</v>
       </c>
       <c r="N138" s="15">
-        <v>657</v>
+        <v>100</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="E139" s="15">
-        <v>10000014445</v>
+        <v>10080017286</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="K139" s="15">
-        <v>0.41188</v>
+        <v>0.22123</v>
       </c>
       <c r="L139" s="15">
-        <v>0.34323</v>
+        <v>0.21161</v>
       </c>
       <c r="M139" s="15">
-        <v>0.3295</v>
-[...1 lines deleted...]
-      <c r="N139" s="15"/>
+        <v>0.20199</v>
+      </c>
+      <c r="N139" s="15">
+        <v>766</v>
+      </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>327</v>
+      </c>
+      <c r="E140" s="15">
+        <v>10000014445</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>80</v>
       </c>
       <c r="K140" s="15">
-        <v>0.29026</v>
+        <v>0.41188</v>
       </c>
       <c r="L140" s="15">
-        <v>0.29026</v>
+        <v>0.34323</v>
       </c>
       <c r="M140" s="15">
-        <v>0.29026</v>
+        <v>0.3295</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>10000014446</v>
+        <v>329</v>
+      </c>
+      <c r="E141" s="15" t="s">
+        <v>330</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="K141" s="15">
-        <v>0.34904</v>
+        <v>0.29026</v>
       </c>
       <c r="L141" s="15">
-        <v>0.3025</v>
+        <v>0.29026</v>
       </c>
       <c r="M141" s="15">
-        <v>0.29086</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.29026</v>
+      </c>
+      <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="E142" s="15">
-        <v>10080017287</v>
+        <v>10000014446</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I142" s="15"/>
-      <c r="J142" s="15"/>
+      <c r="J142" s="15">
+        <v>70</v>
+      </c>
       <c r="K142" s="15">
-        <v>0.85107</v>
+        <v>0.34904</v>
       </c>
       <c r="L142" s="15">
-        <v>0.27675</v>
+        <v>0.3025</v>
       </c>
       <c r="M142" s="15">
-        <v>0.27675</v>
-[...1 lines deleted...]
-      <c r="N142" s="15"/>
+        <v>0.29086</v>
+      </c>
+      <c r="N142" s="15">
+        <v>91</v>
+      </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>332</v>
+        <v>334</v>
+      </c>
+      <c r="E143" s="15">
+        <v>10080017287</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I143" s="15"/>
-      <c r="J143" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J143" s="15"/>
       <c r="K143" s="15">
-        <v>0.46709</v>
+        <v>0.85107</v>
       </c>
       <c r="L143" s="15">
-        <v>0.40481</v>
+        <v>0.27675</v>
       </c>
       <c r="M143" s="15">
-        <v>0.38924</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.27675</v>
+      </c>
+      <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>10000014448</v>
+        <v>336</v>
+      </c>
+      <c r="E144" s="15" t="s">
+        <v>337</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>60</v>
       </c>
       <c r="K144" s="15">
-        <v>0.41339</v>
+        <v>0.46709</v>
       </c>
       <c r="L144" s="15">
-        <v>0.35827</v>
+        <v>0.40481</v>
       </c>
       <c r="M144" s="15">
-        <v>0.34449</v>
+        <v>0.38924</v>
       </c>
       <c r="N144" s="15">
-        <v>459</v>
+        <v>1057</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="E145" s="15">
-        <v>10080017288</v>
+        <v>10000014448</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="K145" s="15">
-        <v>0.99518</v>
+        <v>0.41339</v>
       </c>
       <c r="L145" s="15">
-        <v>0.32355</v>
+        <v>0.35827</v>
       </c>
       <c r="M145" s="15">
-        <v>0.32355</v>
-[...1 lines deleted...]
-      <c r="N145" s="15"/>
+        <v>0.34449</v>
+      </c>
+      <c r="N145" s="15">
+        <v>392</v>
+      </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="E146" s="15">
-        <v>10000014449</v>
+        <v>10080017288</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K146" s="15">
-        <v>0.24633</v>
+        <v>0.99518</v>
       </c>
       <c r="L146" s="15">
-        <v>0.20938</v>
+        <v>0.32355</v>
       </c>
       <c r="M146" s="15">
-        <v>0.17243</v>
+        <v>0.32355</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="E147" s="15">
-        <v>10000014450</v>
+        <v>10000014449</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>50</v>
       </c>
       <c r="K147" s="15">
         <v>0.24633</v>
       </c>
       <c r="L147" s="15">
         <v>0.20938</v>
       </c>
       <c r="M147" s="15">
         <v>0.17243</v>
       </c>
       <c r="N147" s="15"/>
-      <c r="O147" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O147" s="15"/>
+      <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="E148" s="15">
-        <v>10080017289</v>
+        <v>10000014450</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K148" s="15">
-        <v>0.99271</v>
+        <v>0.49449</v>
       </c>
       <c r="L148" s="15">
-        <v>0.32282</v>
+        <v>0.42856</v>
       </c>
       <c r="M148" s="15">
-        <v>0.32282</v>
+        <v>0.41208</v>
       </c>
       <c r="N148" s="15"/>
-      <c r="O148" s="15"/>
-      <c r="P148" s="15"/>
+      <c r="O148" s="15">
+        <v>100</v>
+      </c>
+      <c r="P148" s="15" t="s">
+        <v>64</v>
+      </c>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="E149" s="15">
-        <v>10000014451</v>
+        <v>10080017289</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>40</v>
       </c>
       <c r="K149" s="15">
-        <v>1.1</v>
+        <v>0.99271</v>
       </c>
       <c r="L149" s="15">
-        <v>0.35668</v>
+        <v>0.32282</v>
       </c>
       <c r="M149" s="15">
-        <v>0.35668</v>
+        <v>0.32282</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E150" s="15">
-        <v>10080017290</v>
+        <v>10000014451</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>40</v>
       </c>
       <c r="K150" s="15">
-        <v>1.07</v>
+        <v>1.1</v>
       </c>
       <c r="L150" s="15">
-        <v>0.34721</v>
+        <v>0.35668</v>
       </c>
       <c r="M150" s="15">
-        <v>0.34721</v>
+        <v>0.35668</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="E151" s="15">
-        <v>10000014452</v>
+        <v>10080017290</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K151" s="15">
-        <v>1.05</v>
+        <v>1.07</v>
       </c>
       <c r="L151" s="15">
-        <v>0.60795</v>
+        <v>0.34721</v>
       </c>
       <c r="M151" s="15">
-        <v>0.54715</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.34721</v>
+      </c>
+      <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="E152" s="15">
-        <v>10080017291</v>
+        <v>10000014452</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>30</v>
       </c>
       <c r="K152" s="15">
-        <v>1.37</v>
+        <v>1.05</v>
       </c>
       <c r="L152" s="15">
-        <v>0.44635</v>
+        <v>0.60795</v>
       </c>
       <c r="M152" s="15">
-        <v>0.44635</v>
-[...1 lines deleted...]
-      <c r="N152" s="15"/>
+        <v>0.54715</v>
+      </c>
+      <c r="N152" s="15">
+        <v>292</v>
+      </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E153" s="15">
-        <v>10000014453</v>
+        <v>10080017291</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K153" s="15">
-        <v>0.3695</v>
+        <v>1.37</v>
       </c>
       <c r="L153" s="15">
-        <v>0.31408</v>
+        <v>0.44635</v>
       </c>
       <c r="M153" s="15">
-        <v>0.25865</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.44635</v>
+      </c>
+      <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="E154" s="15">
-        <v>10080017292</v>
+        <v>10000014453</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>20</v>
       </c>
       <c r="K154" s="15">
-        <v>1.56</v>
+        <v>0.3695</v>
       </c>
       <c r="L154" s="15">
-        <v>0.50597</v>
+        <v>0.31408</v>
       </c>
       <c r="M154" s="15">
-        <v>0.50597</v>
+        <v>0.25865</v>
       </c>
       <c r="N154" s="15">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="E155" s="15">
-        <v>10000014454</v>
+        <v>10080017292</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K155" s="15">
-        <v>0.3695</v>
+        <v>1.56</v>
       </c>
       <c r="L155" s="15">
-        <v>0.31408</v>
+        <v>0.50597</v>
       </c>
       <c r="M155" s="15">
-        <v>0.25865</v>
+        <v>0.50597</v>
       </c>
       <c r="N155" s="15">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="E156" s="15">
-        <v>10080027474</v>
+        <v>10000014454</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="K156" s="15">
-        <v>1.81</v>
+        <v>0.3695</v>
       </c>
       <c r="L156" s="15">
-        <v>0.73653</v>
+        <v>0.31408</v>
       </c>
       <c r="M156" s="15">
-        <v>0.73653</v>
-[...1 lines deleted...]
-      <c r="N156" s="15"/>
+        <v>0.25865</v>
+      </c>
+      <c r="N156" s="15">
+        <v>11</v>
+      </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="E157" s="15">
-        <v>10080075743</v>
+        <v>10080027474</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I157" s="15"/>
-      <c r="J157" s="15"/>
+      <c r="J157" s="15">
+        <v>1</v>
+      </c>
       <c r="K157" s="15">
-        <v>0.13766</v>
+        <v>1.81</v>
       </c>
       <c r="L157" s="15">
-        <v>0.11471</v>
+        <v>0.73653</v>
       </c>
       <c r="M157" s="15">
-        <v>0.11012</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.73653</v>
+      </c>
+      <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>365</v>
+      </c>
+      <c r="E158" s="15">
+        <v>10080075743</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I158" s="15"/>
-      <c r="J158" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J158" s="15"/>
       <c r="K158" s="15">
-        <v>0.5007</v>
+        <v>0.13766</v>
       </c>
       <c r="L158" s="15">
-        <v>0.43394</v>
+        <v>0.11471</v>
       </c>
       <c r="M158" s="15">
-        <v>0.41725</v>
-[...1 lines deleted...]
-      <c r="N158" s="15"/>
+        <v>0.11012</v>
+      </c>
+      <c r="N158" s="15">
+        <v>10</v>
+      </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
-        <v>1000</v>
+        <v>12</v>
       </c>
       <c r="K159" s="15">
-        <v>0.2077</v>
+        <v>0.5007</v>
       </c>
       <c r="L159" s="15">
-        <v>0.2077</v>
+        <v>0.43394</v>
       </c>
       <c r="M159" s="15">
-        <v>0.2077</v>
+        <v>0.41725</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
-      <c r="Q159" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="E160" s="15" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
-        <v>0.15635</v>
+        <v>0.2077</v>
       </c>
       <c r="L160" s="15">
-        <v>0.15635</v>
+        <v>0.2077</v>
       </c>
       <c r="M160" s="15">
-        <v>0.15635</v>
+        <v>0.2077</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15">
         <v>5000</v>
       </c>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
-        <v>0.41529</v>
+        <v>0.15635</v>
       </c>
       <c r="L161" s="15">
-        <v>0.41529</v>
+        <v>0.15635</v>
       </c>
       <c r="M161" s="15">
-        <v>0.41529</v>
+        <v>0.15635</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15">
         <v>5000</v>
       </c>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
-        <v>0.31257</v>
+        <v>0.41529</v>
       </c>
       <c r="L162" s="15">
-        <v>0.31257</v>
+        <v>0.41529</v>
       </c>
       <c r="M162" s="15">
-        <v>0.31257</v>
+        <v>0.41529</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15">
         <v>5000</v>
       </c>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
-      <c r="B163" s="14"/>
-[...2 lines deleted...]
-      <c r="E163" s="15"/>
+      <c r="B163" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C163" s="15" t="s">
+        <v>378</v>
+      </c>
+      <c r="D163" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="E163" s="15" t="s">
+        <v>380</v>
+      </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
-      <c r="H163" s="15"/>
+      <c r="H163" s="15" t="s">
+        <v>52</v>
+      </c>
       <c r="I163" s="15"/>
-      <c r="J163" s="15"/>
-[...2 lines deleted...]
-      <c r="M163" s="15"/>
+      <c r="J163" s="15">
+        <v>1000</v>
+      </c>
+      <c r="K163" s="15">
+        <v>0.31257</v>
+      </c>
+      <c r="L163" s="15">
+        <v>0.31257</v>
+      </c>
+      <c r="M163" s="15">
+        <v>0.31257</v>
+      </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
-      <c r="Q163" s="15"/>
+      <c r="Q163" s="15">
+        <v>5000</v>
+      </c>
+      <c r="R163"/>
+    </row>
+    <row r="164" spans="1:18">
+      <c r="B164" s="14"/>
+      <c r="C164" s="15"/>
+      <c r="D164" s="15"/>
+      <c r="E164" s="15"/>
+      <c r="F164" s="15"/>
+      <c r="G164" s="15"/>
+      <c r="H164" s="15"/>
+      <c r="I164" s="15"/>
+      <c r="J164" s="15"/>
+      <c r="K164" s="15"/>
+      <c r="L164" s="15"/>
+      <c r="M164" s="15"/>
+      <c r="N164" s="15"/>
+      <c r="O164" s="15"/>
+      <c r="P164" s="15"/>
+      <c r="Q164" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -7983,317 +8041,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>