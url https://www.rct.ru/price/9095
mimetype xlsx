--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="407">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -158,53 +158,50 @@
     <t>AMTEK</t>
   </si>
   <si>
     <t>CH-254-BH-06P-S-GO-A</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (CH-254-BH-06P-S-GO-A)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
     <t>29.03.2026</t>
   </si>
   <si>
     <t>DS1013-06SSiB1-B-0</t>
   </si>
   <si>
     <t>вилка на плату / BH-06 (DS1013-06SSiB1-B-0)</t>
   </si>
   <si>
     <t>UT-00096211</t>
   </si>
   <si>
     <t>CONNFLY</t>
-  </si>
-[...1 lines deleted...]
-    <t>02.04.2026</t>
   </si>
   <si>
     <t>KLS1-202-06-S-B</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (IDC-06MS) (L-KLS1-202-06-S-B)</t>
   </si>
   <si>
     <t>10-00054624</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>BH1R-06GBOOA-L</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (BH1R-06GBOOA-L)</t>
   </si>
   <si>
     <t>CH-254-BH-06P-R-GO-A</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (CH-254-BH-06P-R-GO-A)</t>
   </si>
@@ -2231,5758 +2228,5748 @@
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>360</v>
       </c>
       <c r="K15" s="15">
         <v>0.05607</v>
       </c>
       <c r="L15" s="15">
         <v>0.04859</v>
       </c>
       <c r="M15" s="15">
         <v>0.04673</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15">
-        <v>1944</v>
-[...3 lines deleted...]
-      </c>
+        <v>1914</v>
+      </c>
+      <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>8640</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="E16" s="15" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>340</v>
       </c>
       <c r="K16" s="15">
         <v>0.04215</v>
       </c>
       <c r="L16" s="15">
         <v>0.03653</v>
       </c>
       <c r="M16" s="15">
         <v>0.03513</v>
       </c>
       <c r="N16" s="15">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080009569</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>360</v>
       </c>
       <c r="K17" s="15">
         <v>0.19582</v>
       </c>
       <c r="L17" s="15">
         <v>0.11037</v>
       </c>
       <c r="M17" s="15">
         <v>0.10089</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="D18" s="15" t="s">
+      <c r="E18" s="15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>340</v>
       </c>
       <c r="K18" s="15">
         <v>0.0483</v>
       </c>
       <c r="L18" s="15">
         <v>0.04186</v>
       </c>
       <c r="M18" s="15">
         <v>0.04025</v>
       </c>
       <c r="N18" s="15">
-        <v>2044</v>
+        <v>1811</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D19" s="15" t="s">
+      <c r="E19" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>360</v>
       </c>
       <c r="K19" s="15">
         <v>0.08450000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.07323</v>
       </c>
       <c r="M19" s="15">
         <v>0.07041</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>1340</v>
-[...3 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="D20" s="15" t="s">
+      <c r="E20" s="15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>340</v>
       </c>
       <c r="K20" s="15">
         <v>0.05249</v>
       </c>
       <c r="L20" s="15">
         <v>0.04549</v>
       </c>
       <c r="M20" s="15">
         <v>0.04374</v>
       </c>
       <c r="N20" s="15">
-        <v>1346</v>
+        <v>1230</v>
       </c>
       <c r="O20" s="15">
-        <v>1620</v>
+        <v>1480</v>
       </c>
       <c r="P20" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E21" s="15">
         <v>10000014433</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>300</v>
       </c>
       <c r="K21" s="15">
         <v>0.10916</v>
       </c>
       <c r="L21" s="15">
         <v>0.07826</v>
       </c>
       <c r="M21" s="15">
         <v>0.06795</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E22" s="15">
         <v>10080066369</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>300</v>
       </c>
       <c r="K22" s="15">
         <v>0.04544</v>
       </c>
       <c r="L22" s="15">
         <v>0.03938</v>
       </c>
       <c r="M22" s="15">
         <v>0.03786</v>
       </c>
       <c r="N22" s="15">
-        <v>781</v>
+        <v>2</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.03807</v>
       </c>
       <c r="L23" s="15">
         <v>0.03299</v>
       </c>
       <c r="M23" s="15">
         <v>0.03173</v>
       </c>
       <c r="N23" s="15">
-        <v>128</v>
+        <v>8</v>
       </c>
       <c r="O23" s="15">
-        <v>1620</v>
+        <v>1560</v>
       </c>
       <c r="P23" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>300</v>
       </c>
       <c r="K24" s="15">
         <v>0.10593</v>
       </c>
       <c r="L24" s="15">
         <v>0.09976</v>
       </c>
       <c r="M24" s="15">
         <v>0.09361</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E25" s="15">
         <v>10080011123</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>300</v>
       </c>
       <c r="K25" s="15">
         <v>0.23906</v>
       </c>
       <c r="L25" s="15">
         <v>0.13475</v>
       </c>
       <c r="M25" s="15">
         <v>0.12317</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>77</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>300</v>
       </c>
       <c r="K26" s="15">
         <v>0.07679999999999999</v>
       </c>
       <c r="L26" s="15">
         <v>0.06655999999999999</v>
       </c>
       <c r="M26" s="15">
         <v>0.064</v>
       </c>
       <c r="N26" s="15">
-        <v>1487</v>
+        <v>1877</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E27" s="15">
         <v>10080052266</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J27" s="15">
         <v>260</v>
       </c>
       <c r="K27" s="15">
         <v>0.03791</v>
       </c>
       <c r="L27" s="15">
         <v>0.03285</v>
       </c>
       <c r="M27" s="15">
         <v>0.03159</v>
       </c>
       <c r="N27" s="15">
-        <v>14127</v>
+        <v>16236</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E28" s="15">
         <v>10000000950</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J28" s="15">
         <v>260</v>
       </c>
       <c r="K28" s="15">
         <v>0.03597</v>
       </c>
       <c r="L28" s="15">
         <v>0.03117</v>
       </c>
       <c r="M28" s="15">
         <v>0.02998</v>
       </c>
       <c r="N28" s="15">
-        <v>143048</v>
+        <v>101639</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E29" s="15">
         <v>10080010454</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>260</v>
       </c>
       <c r="K29" s="15">
         <v>0.03009</v>
       </c>
       <c r="L29" s="15">
         <v>0.02608</v>
       </c>
       <c r="M29" s="15">
         <v>0.02508</v>
       </c>
       <c r="N29" s="15">
-        <v>534</v>
+        <v>432</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E30" s="15">
         <v>10080052267</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>260</v>
       </c>
       <c r="K30" s="15">
         <v>0.04457</v>
       </c>
       <c r="L30" s="15">
         <v>0.03862</v>
       </c>
       <c r="M30" s="15">
         <v>0.03714</v>
       </c>
       <c r="N30" s="15">
-        <v>4260</v>
+        <v>3840</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E31" s="15">
         <v>10000002817</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>260</v>
       </c>
       <c r="K31" s="15">
         <v>0.05024</v>
       </c>
       <c r="L31" s="15">
         <v>0.04354</v>
       </c>
       <c r="M31" s="15">
         <v>0.04186</v>
       </c>
       <c r="N31" s="15">
-        <v>26826</v>
+        <v>21134</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E32" s="15">
         <v>10080047937</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>260</v>
       </c>
       <c r="K32" s="15">
         <v>0.03692</v>
       </c>
       <c r="L32" s="15">
         <v>0.03199</v>
       </c>
       <c r="M32" s="15">
         <v>0.03076</v>
       </c>
       <c r="N32" s="15">
-        <v>6357</v>
+        <v>7211</v>
       </c>
       <c r="O32" s="15">
-        <v>6700</v>
+        <v>7600</v>
       </c>
       <c r="P32" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E33" s="15">
         <v>10080052268</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J33" s="15">
         <v>220</v>
       </c>
       <c r="K33" s="15">
         <v>0.06802999999999999</v>
       </c>
       <c r="L33" s="15">
         <v>0.04922</v>
       </c>
       <c r="M33" s="15">
         <v>0.04295</v>
       </c>
       <c r="N33" s="15">
-        <v>1126</v>
+        <v>1032</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E34" s="15">
         <v>10080019213</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J34" s="15">
         <v>240</v>
       </c>
       <c r="K34" s="15">
         <v>0.06063</v>
       </c>
       <c r="L34" s="15">
         <v>0.05255</v>
       </c>
       <c r="M34" s="15">
         <v>0.05053</v>
       </c>
       <c r="N34" s="15">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J35" s="15">
         <v>220</v>
       </c>
       <c r="K35" s="15">
         <v>0.09191000000000001</v>
       </c>
       <c r="L35" s="15">
         <v>0.07965</v>
       </c>
       <c r="M35" s="15">
         <v>0.07659000000000001</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15">
-        <v>1680</v>
+        <v>1400</v>
       </c>
       <c r="P35" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E36" s="15">
         <v>10080001480</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>240</v>
       </c>
       <c r="K36" s="15">
         <v>0.08155999999999999</v>
       </c>
       <c r="L36" s="15">
         <v>0.07068000000000001</v>
       </c>
       <c r="M36" s="15">
         <v>0.06796000000000001</v>
       </c>
       <c r="N36" s="15">
-        <v>892</v>
+        <v>722</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E37" s="15">
         <v>10080052269</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>200</v>
       </c>
       <c r="K37" s="15">
         <v>0.05222</v>
       </c>
       <c r="L37" s="15">
         <v>0.04525</v>
       </c>
       <c r="M37" s="15">
         <v>0.04351</v>
       </c>
       <c r="N37" s="15">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E38" s="15">
         <v>10000001273</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>200</v>
       </c>
       <c r="K38" s="15">
         <v>0.05037</v>
       </c>
       <c r="L38" s="15">
         <v>0.04365</v>
       </c>
       <c r="M38" s="15">
         <v>0.04198</v>
       </c>
       <c r="N38" s="15">
-        <v>49792</v>
+        <v>59840</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E39" s="15">
         <v>10080010455</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.0387</v>
       </c>
       <c r="L39" s="15">
         <v>0.03354</v>
       </c>
       <c r="M39" s="15">
         <v>0.03225</v>
       </c>
       <c r="N39" s="15">
-        <v>13143</v>
+        <v>14968</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080053302</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
         <v>0.05268</v>
       </c>
       <c r="L40" s="15">
         <v>0.04566</v>
       </c>
       <c r="M40" s="15">
         <v>0.0439</v>
       </c>
       <c r="N40" s="15">
-        <v>1480</v>
+        <v>1500</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E41" s="15">
         <v>10000002524</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>200</v>
       </c>
       <c r="K41" s="15">
         <v>0.06689000000000001</v>
       </c>
       <c r="L41" s="15">
         <v>0.05797</v>
       </c>
       <c r="M41" s="15">
         <v>0.05574</v>
       </c>
       <c r="N41" s="15">
-        <v>2628</v>
+        <v>3835</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E42" s="15">
         <v>10080053303</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>180</v>
       </c>
       <c r="K42" s="15">
         <v>0.04676</v>
       </c>
       <c r="L42" s="15">
         <v>0.04052</v>
       </c>
       <c r="M42" s="15">
         <v>0.03896</v>
       </c>
       <c r="N42" s="15">
-        <v>783</v>
+        <v>99</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E43" s="15">
         <v>10000000718</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>180</v>
       </c>
       <c r="K43" s="15">
         <v>0.05273</v>
       </c>
       <c r="L43" s="15">
         <v>0.0457</v>
       </c>
       <c r="M43" s="15">
         <v>0.04394</v>
       </c>
       <c r="N43" s="15">
-        <v>7473</v>
+        <v>6309</v>
       </c>
       <c r="O43" s="15">
-        <v>6200</v>
-[...3 lines deleted...]
-      </c>
+        <v>6600</v>
+      </c>
+      <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E44" s="15">
         <v>10080034743</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>180</v>
       </c>
       <c r="K44" s="15">
         <v>0.04371</v>
       </c>
       <c r="L44" s="15">
         <v>0.03788</v>
       </c>
       <c r="M44" s="15">
         <v>0.03643</v>
       </c>
       <c r="N44" s="15">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E45" s="15">
         <v>10000002819</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>180</v>
       </c>
       <c r="K45" s="15">
         <v>0.07328</v>
       </c>
       <c r="L45" s="15">
         <v>0.06351</v>
       </c>
       <c r="M45" s="15">
         <v>0.06106</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>180</v>
       </c>
       <c r="K46" s="15">
         <v>0.05922</v>
       </c>
       <c r="L46" s="15">
         <v>0.05132</v>
       </c>
       <c r="M46" s="15">
         <v>0.04935</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>800</v>
+        <v>640</v>
       </c>
       <c r="P46" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E47" s="15">
         <v>10080053304</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>160</v>
       </c>
       <c r="K47" s="15">
         <v>0.06254</v>
       </c>
       <c r="L47" s="15">
         <v>0.0542</v>
       </c>
       <c r="M47" s="15">
         <v>0.05211</v>
       </c>
       <c r="N47" s="15">
-        <v>4457</v>
+        <v>3290</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E48" s="15">
         <v>10000000613</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>160</v>
       </c>
       <c r="K48" s="15">
         <v>0.06395000000000001</v>
       </c>
       <c r="L48" s="15">
         <v>0.05542</v>
       </c>
       <c r="M48" s="15">
         <v>0.05329</v>
       </c>
       <c r="N48" s="15">
-        <v>67909</v>
+        <v>61665</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E49" s="15">
         <v>10080034744</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>160</v>
       </c>
       <c r="K49" s="15">
         <v>0.05576</v>
       </c>
       <c r="L49" s="15">
         <v>0.04832</v>
       </c>
       <c r="M49" s="15">
         <v>0.04646</v>
       </c>
       <c r="N49" s="15">
-        <v>6833</v>
+        <v>6038</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>133</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>160</v>
       </c>
       <c r="K50" s="15">
         <v>0.1038</v>
       </c>
       <c r="L50" s="15">
         <v>0.08996</v>
       </c>
       <c r="M50" s="15">
         <v>0.08649999999999999</v>
       </c>
       <c r="N50" s="15">
-        <v>1555</v>
+        <v>2049</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E51" s="15">
         <v>10000002818</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>160</v>
       </c>
       <c r="K51" s="15">
         <v>0.08214</v>
       </c>
       <c r="L51" s="15">
         <v>0.07119</v>
       </c>
       <c r="M51" s="15">
         <v>0.06845</v>
       </c>
       <c r="N51" s="15">
-        <v>391</v>
+        <v>190</v>
       </c>
       <c r="O51" s="15">
-        <v>1660</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E52" s="15">
         <v>10080010459</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>160</v>
       </c>
       <c r="K52" s="15">
         <v>0.06137</v>
       </c>
       <c r="L52" s="15">
         <v>0.05318</v>
       </c>
       <c r="M52" s="15">
         <v>0.05114</v>
       </c>
       <c r="N52" s="15">
-        <v>3610</v>
+        <v>3441</v>
       </c>
       <c r="O52" s="15">
-        <v>2560</v>
+        <v>2440</v>
       </c>
       <c r="P52" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E53" s="15">
         <v>10080053305</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>120</v>
       </c>
       <c r="K53" s="15">
         <v>0.14843</v>
       </c>
       <c r="L53" s="15">
         <v>0.10739</v>
       </c>
       <c r="M53" s="15">
         <v>0.09371</v>
       </c>
       <c r="N53" s="15">
-        <v>1805</v>
+        <v>1680</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E54" s="15">
         <v>10000008861</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>140</v>
       </c>
       <c r="K54" s="15">
         <v>0.09843</v>
       </c>
       <c r="L54" s="15">
         <v>0.08531</v>
       </c>
       <c r="M54" s="15">
         <v>0.08203000000000001</v>
       </c>
       <c r="N54" s="15">
-        <v>1664</v>
+        <v>1586</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E55" s="15">
         <v>10080040568</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>140</v>
       </c>
       <c r="K55" s="15">
         <v>0.07352</v>
       </c>
       <c r="L55" s="15">
         <v>0.06371</v>
       </c>
       <c r="M55" s="15">
         <v>0.06126</v>
       </c>
       <c r="N55" s="15">
         <v>4</v>
       </c>
       <c r="O55" s="15">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="P55" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E56" s="15">
         <v>10080053306</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>120</v>
       </c>
       <c r="K56" s="15">
         <v>0.10872</v>
       </c>
       <c r="L56" s="15">
         <v>0.09422</v>
       </c>
       <c r="M56" s="15">
         <v>0.0906</v>
       </c>
       <c r="N56" s="15">
-        <v>2120</v>
+        <v>1776</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E57" s="15">
         <v>10000008846</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>140</v>
       </c>
       <c r="K57" s="15">
         <v>0.11288</v>
       </c>
       <c r="L57" s="15">
         <v>0.09783</v>
       </c>
       <c r="M57" s="15">
         <v>0.09406</v>
       </c>
       <c r="N57" s="15">
-        <v>729</v>
+        <v>881</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E58" s="15">
         <v>10080016462</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>140</v>
       </c>
       <c r="K58" s="15">
         <v>0.09932000000000001</v>
       </c>
       <c r="L58" s="15">
         <v>0.08606999999999999</v>
       </c>
       <c r="M58" s="15">
         <v>0.08276</v>
       </c>
       <c r="N58" s="15">
         <v>37</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E59" s="15">
         <v>10080052270</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>120</v>
       </c>
       <c r="K59" s="15">
         <v>0.06438000000000001</v>
       </c>
       <c r="L59" s="15">
         <v>0.0558</v>
       </c>
       <c r="M59" s="15">
         <v>0.05365</v>
       </c>
       <c r="N59" s="15">
-        <v>1381</v>
+        <v>1229</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10000000717</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>120</v>
       </c>
       <c r="K60" s="15">
         <v>0.07920000000000001</v>
       </c>
       <c r="L60" s="15">
         <v>0.06864000000000001</v>
       </c>
       <c r="M60" s="15">
         <v>0.066</v>
       </c>
       <c r="N60" s="15">
-        <v>23565</v>
+        <v>24116</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E61" s="15">
         <v>10080039079</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>120</v>
       </c>
       <c r="K61" s="15">
         <v>0.0978</v>
       </c>
       <c r="L61" s="15">
         <v>0.07076</v>
       </c>
       <c r="M61" s="15">
         <v>0.06175</v>
       </c>
       <c r="N61" s="15">
-        <v>961</v>
+        <v>1085</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E62" s="15">
         <v>10000002820</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>120</v>
       </c>
       <c r="K62" s="15">
         <v>0.22434</v>
       </c>
       <c r="L62" s="15">
         <v>0.12777</v>
       </c>
       <c r="M62" s="15">
         <v>0.11663</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>120</v>
       </c>
       <c r="K63" s="15">
         <v>0.1004</v>
       </c>
       <c r="L63" s="15">
         <v>0.08701</v>
       </c>
       <c r="M63" s="15">
         <v>0.08366</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E64" s="15">
         <v>10080027160</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>120</v>
       </c>
       <c r="K64" s="15">
         <v>0.08865000000000001</v>
       </c>
       <c r="L64" s="15">
         <v>0.07683</v>
       </c>
       <c r="M64" s="15">
         <v>0.07388</v>
       </c>
       <c r="N64" s="15">
-        <v>409</v>
+        <v>607</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="E65" s="15">
         <v>10080053307</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
         <v>0.0857</v>
       </c>
       <c r="L65" s="15">
         <v>0.07427</v>
       </c>
       <c r="M65" s="15">
         <v>0.07141</v>
       </c>
       <c r="N65" s="15">
-        <v>2425</v>
+        <v>2354</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E66" s="15">
         <v>10000003196</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.09957000000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.08629000000000001</v>
       </c>
       <c r="M66" s="15">
         <v>0.08298</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E67" s="15">
         <v>10080010460</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>100</v>
       </c>
       <c r="K67" s="15">
         <v>0.12321</v>
       </c>
       <c r="L67" s="15">
         <v>0.08914</v>
       </c>
       <c r="M67" s="15">
         <v>0.07779</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E68" s="15">
         <v>10080070674</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>100</v>
       </c>
       <c r="K68" s="15">
         <v>0.26603</v>
       </c>
       <c r="L68" s="15">
         <v>0.1515</v>
       </c>
       <c r="M68" s="15">
         <v>0.1383</v>
       </c>
       <c r="N68" s="15">
-        <v>1078</v>
+        <v>1443</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E69" s="15">
         <v>10000014440</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>100</v>
       </c>
       <c r="K69" s="15">
         <v>0.26766</v>
       </c>
       <c r="L69" s="15">
         <v>0.15244</v>
       </c>
       <c r="M69" s="15">
         <v>0.13915</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E70" s="15">
         <v>10080016463</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>100</v>
       </c>
       <c r="K70" s="15">
         <v>0.23914</v>
       </c>
       <c r="L70" s="15">
         <v>0.14199</v>
       </c>
       <c r="M70" s="15">
         <v>0.11957</v>
       </c>
       <c r="N70" s="15">
-        <v>2039</v>
+        <v>2240</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E71" s="15">
         <v>10080070673</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>100</v>
       </c>
       <c r="K71" s="15">
         <v>0.21934</v>
       </c>
       <c r="L71" s="15">
         <v>0.12492</v>
       </c>
       <c r="M71" s="15">
         <v>0.11403</v>
       </c>
       <c r="N71" s="15">
         <v>50</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E72" s="15">
         <v>10080040569</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
         <v>0.08388</v>
       </c>
       <c r="L72" s="15">
         <v>0.0727</v>
       </c>
       <c r="M72" s="15">
         <v>0.0699</v>
       </c>
       <c r="N72" s="15">
-        <v>721</v>
+        <v>559</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E73" s="15">
         <v>10000000612</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>100</v>
       </c>
       <c r="K73" s="15">
         <v>0.09773</v>
       </c>
       <c r="L73" s="15">
         <v>0.0847</v>
       </c>
       <c r="M73" s="15">
         <v>0.08144</v>
       </c>
       <c r="N73" s="15">
-        <v>975</v>
+        <v>820</v>
       </c>
       <c r="O73" s="15">
-        <v>1640</v>
-[...3 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E74" s="15">
         <v>10000002821</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>100</v>
       </c>
       <c r="K74" s="15">
         <v>0.16236</v>
       </c>
       <c r="L74" s="15">
         <v>0.14071</v>
       </c>
       <c r="M74" s="15">
         <v>0.1353</v>
       </c>
       <c r="N74" s="15">
-        <v>1051</v>
+        <v>1209</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E75" s="15">
         <v>10080053208</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
         <v>0.28561</v>
       </c>
       <c r="L75" s="15">
         <v>0.16267</v>
       </c>
       <c r="M75" s="15">
         <v>0.14848</v>
       </c>
       <c r="N75" s="15">
         <v>2</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E76" s="15">
         <v>10080016464</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>0.24626</v>
       </c>
       <c r="L76" s="15">
         <v>0.14621</v>
       </c>
       <c r="M76" s="15">
         <v>0.12313</v>
       </c>
       <c r="N76" s="15">
         <v>14</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.13404</v>
       </c>
       <c r="L77" s="15">
         <v>0.11617</v>
       </c>
       <c r="M77" s="15">
         <v>0.1117</v>
       </c>
       <c r="N77" s="15">
-        <v>1190</v>
+        <v>1260</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="E78" s="15">
         <v>10080057625</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>80</v>
       </c>
       <c r="K78" s="15">
         <v>0.16367</v>
       </c>
       <c r="L78" s="15">
         <v>0.1103</v>
       </c>
       <c r="M78" s="15">
         <v>0.10319</v>
       </c>
       <c r="N78" s="15">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E79" s="15">
         <v>10000001413</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>80</v>
       </c>
       <c r="K79" s="15">
         <v>0.10586</v>
       </c>
       <c r="L79" s="15">
         <v>0.09174</v>
       </c>
       <c r="M79" s="15">
         <v>0.08821</v>
       </c>
       <c r="N79" s="15">
-        <v>1756</v>
+        <v>1543</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="E80" s="15">
         <v>10080010585</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>80</v>
       </c>
       <c r="K80" s="15">
         <v>0.10818</v>
       </c>
       <c r="L80" s="15">
         <v>0.09376</v>
       </c>
       <c r="M80" s="15">
         <v>0.09014999999999999</v>
       </c>
       <c r="N80" s="15">
-        <v>2269</v>
+        <v>2548</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E81" s="15">
         <v>10080010586</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>80</v>
       </c>
       <c r="K81" s="15">
         <v>0.12987</v>
       </c>
       <c r="L81" s="15">
         <v>0.11255</v>
       </c>
       <c r="M81" s="15">
         <v>0.10823</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="P81" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E82" s="15">
         <v>10000001334</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>80</v>
       </c>
       <c r="K82" s="15">
         <v>0.17928</v>
       </c>
       <c r="L82" s="15">
         <v>0.15538</v>
       </c>
       <c r="M82" s="15">
         <v>0.1494</v>
       </c>
       <c r="N82" s="15">
-        <v>255</v>
+        <v>292</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1</v>
       </c>
       <c r="K83" s="15">
         <v>6.28</v>
       </c>
       <c r="L83" s="15">
         <v>5.26</v>
       </c>
       <c r="M83" s="15">
         <v>5.06</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E84" s="15">
         <v>10080070675</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>60</v>
       </c>
       <c r="K84" s="15">
         <v>0.30806</v>
       </c>
       <c r="L84" s="15">
         <v>0.20761</v>
       </c>
       <c r="M84" s="15">
         <v>0.1942</v>
       </c>
       <c r="N84" s="15">
-        <v>627</v>
+        <v>775</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E85" s="15">
         <v>10000012795</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>60</v>
       </c>
       <c r="K85" s="15">
         <v>0.15083</v>
       </c>
       <c r="L85" s="15">
         <v>0.13072</v>
       </c>
       <c r="M85" s="15">
         <v>0.12569</v>
       </c>
       <c r="N85" s="15">
-        <v>1135</v>
+        <v>928</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="E86" s="15">
         <v>10080010587</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>60</v>
       </c>
       <c r="K86" s="15">
         <v>0.24771</v>
       </c>
       <c r="L86" s="15">
         <v>0.18102</v>
       </c>
       <c r="M86" s="15">
         <v>0.15243</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>60</v>
       </c>
       <c r="K87" s="15">
         <v>0.3355</v>
       </c>
       <c r="L87" s="15">
         <v>0.16775</v>
       </c>
       <c r="M87" s="15">
         <v>0.15248</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="E88" s="15">
         <v>10000012796</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>60</v>
       </c>
       <c r="K88" s="15">
         <v>0.26417</v>
       </c>
       <c r="L88" s="15">
         <v>0.22894</v>
       </c>
       <c r="M88" s="15">
         <v>0.22014</v>
       </c>
       <c r="N88" s="15">
         <v>48</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>60</v>
       </c>
       <c r="K89" s="15">
         <v>0.67741</v>
       </c>
       <c r="L89" s="15">
         <v>0.35841</v>
       </c>
       <c r="M89" s="15">
         <v>0.33871</v>
       </c>
       <c r="N89" s="15">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E90" s="15">
         <v>10000007793</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>60</v>
       </c>
       <c r="K90" s="15">
         <v>0.43392</v>
       </c>
       <c r="L90" s="15">
         <v>0.24461</v>
       </c>
       <c r="M90" s="15">
         <v>0.22355</v>
       </c>
       <c r="N90" s="15">
-        <v>1304</v>
+        <v>1287</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="E91" s="15">
         <v>10080016465</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>60</v>
       </c>
       <c r="K91" s="15">
         <v>0.8326</v>
       </c>
       <c r="L91" s="15">
         <v>0.16344</v>
       </c>
       <c r="M91" s="15">
         <v>0.16344</v>
       </c>
       <c r="N91" s="15">
-        <v>430</v>
+        <v>490</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>222</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>60</v>
       </c>
       <c r="K92" s="15">
         <v>0.8326</v>
       </c>
       <c r="L92" s="15">
         <v>0.51237</v>
       </c>
       <c r="M92" s="15">
         <v>0.4163</v>
       </c>
       <c r="N92" s="15">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E93" s="15">
         <v>10000014434</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>60</v>
       </c>
       <c r="K93" s="15">
         <v>0.57641</v>
       </c>
       <c r="L93" s="15">
         <v>0.11221</v>
       </c>
       <c r="M93" s="15">
         <v>0.11221</v>
       </c>
       <c r="N93" s="15">
-        <v>438</v>
+        <v>561</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="E94" s="15">
         <v>10000014441</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>60</v>
       </c>
       <c r="K94" s="15">
         <v>0.89664</v>
       </c>
       <c r="L94" s="15">
         <v>0.18081</v>
       </c>
       <c r="M94" s="15">
         <v>0.18081</v>
       </c>
       <c r="N94" s="15">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E95" s="15">
         <v>10080027682</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>39</v>
       </c>
       <c r="K95" s="15">
         <v>0.26175</v>
       </c>
       <c r="L95" s="15">
         <v>0.22685</v>
       </c>
       <c r="M95" s="15">
         <v>0.21813</v>
       </c>
       <c r="N95" s="15">
-        <v>5174</v>
+        <v>3998</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E96" s="15">
         <v>10080032349</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>34</v>
       </c>
       <c r="K96" s="15">
         <v>0.23972</v>
       </c>
       <c r="L96" s="15">
         <v>0.20775</v>
       </c>
       <c r="M96" s="15">
         <v>0.19976</v>
       </c>
       <c r="N96" s="15">
-        <v>449</v>
+        <v>378</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="E97" s="15">
         <v>10080003773</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>28</v>
       </c>
       <c r="K97" s="15">
         <v>0.39223</v>
       </c>
       <c r="L97" s="15">
         <v>0.28121</v>
       </c>
       <c r="M97" s="15">
         <v>0.24421</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="E98" s="15">
         <v>10080052271</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>260</v>
       </c>
       <c r="K98" s="15">
         <v>0.1197</v>
       </c>
       <c r="L98" s="15">
         <v>0.10374</v>
       </c>
       <c r="M98" s="15">
         <v>0.09975000000000001</v>
       </c>
       <c r="N98" s="15">
-        <v>4175</v>
+        <v>4306</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="E99" s="15">
         <v>10000018120</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>29</v>
       </c>
       <c r="K99" s="15">
         <v>0.22034</v>
       </c>
       <c r="L99" s="15">
         <v>0.19096</v>
       </c>
       <c r="M99" s="15">
         <v>0.18361</v>
       </c>
       <c r="N99" s="15">
-        <v>2796</v>
+        <v>2778</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="E100" s="15">
         <v>10080027683</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>23</v>
       </c>
       <c r="K100" s="15">
         <v>0.28509</v>
       </c>
       <c r="L100" s="15">
         <v>0.24708</v>
       </c>
       <c r="M100" s="15">
         <v>0.23758</v>
       </c>
       <c r="N100" s="15">
         <v>1161</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E101" s="15">
         <v>10080065426</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>250</v>
       </c>
       <c r="K101" s="15">
         <v>0.3161</v>
       </c>
       <c r="L101" s="15">
         <v>0.26342</v>
       </c>
       <c r="M101" s="15">
         <v>0.25287</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="E102" s="15">
         <v>10000019777</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>21</v>
       </c>
       <c r="K102" s="15">
         <v>0.45571</v>
       </c>
       <c r="L102" s="15">
         <v>0.36457</v>
       </c>
       <c r="M102" s="15">
         <v>0.35349</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E103" s="15">
         <v>10080026903</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>21</v>
       </c>
       <c r="K103" s="15">
         <v>0.30843</v>
       </c>
       <c r="L103" s="15">
         <v>0.26731</v>
       </c>
       <c r="M103" s="15">
         <v>0.25703</v>
       </c>
       <c r="N103" s="15">
-        <v>1592</v>
+        <v>1566</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>21</v>
       </c>
       <c r="K104" s="15">
         <v>0.45571</v>
       </c>
       <c r="L104" s="15">
         <v>0.36457</v>
       </c>
       <c r="M104" s="15">
         <v>0.35349</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>18</v>
       </c>
       <c r="K105" s="15">
         <v>0.47295</v>
       </c>
       <c r="L105" s="15">
         <v>0.44339</v>
       </c>
       <c r="M105" s="15">
         <v>0.42862</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="E106" s="15">
         <v>10080053308</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>160</v>
       </c>
       <c r="K106" s="15">
         <v>0.15453</v>
       </c>
       <c r="L106" s="15">
         <v>0.13393</v>
       </c>
       <c r="M106" s="15">
         <v>0.12878</v>
       </c>
       <c r="N106" s="15">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="E107" s="15">
         <v>10000019776</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>250</v>
       </c>
       <c r="K107" s="15">
         <v>0.42299</v>
       </c>
       <c r="L107" s="15">
         <v>0.36659</v>
       </c>
       <c r="M107" s="15">
         <v>0.35249</v>
       </c>
       <c r="N107" s="15">
-        <v>396</v>
+        <v>382</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E108" s="15">
         <v>10080034674</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>250</v>
       </c>
       <c r="K108" s="15">
         <v>0.47705</v>
       </c>
       <c r="L108" s="15">
         <v>0.41344</v>
       </c>
       <c r="M108" s="15">
         <v>0.39754</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>50</v>
       </c>
       <c r="K109" s="15">
         <v>0.38427</v>
       </c>
       <c r="L109" s="15">
         <v>0.30791</v>
       </c>
       <c r="M109" s="15">
         <v>0.2882</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E110" s="15">
         <v>10080028550</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>14</v>
       </c>
       <c r="K110" s="15">
         <v>0.41405</v>
       </c>
       <c r="L110" s="15">
         <v>0.35884</v>
       </c>
       <c r="M110" s="15">
         <v>0.34504</v>
       </c>
       <c r="N110" s="15">
-        <v>309</v>
+        <v>256</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="E111" s="15">
         <v>10080053309</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
         <v>0.36317</v>
       </c>
       <c r="L111" s="15">
         <v>0.26276</v>
       </c>
       <c r="M111" s="15">
         <v>0.22928</v>
       </c>
       <c r="N111" s="15">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E112" s="15">
         <v>10080031329</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>13</v>
       </c>
       <c r="K112" s="15">
         <v>0.47022</v>
       </c>
       <c r="L112" s="15">
         <v>0.40752</v>
       </c>
       <c r="M112" s="15">
         <v>0.39185</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>268</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>100</v>
       </c>
       <c r="K113" s="15">
         <v>0.17567</v>
       </c>
       <c r="L113" s="15">
         <v>0.15224</v>
       </c>
       <c r="M113" s="15">
         <v>0.14639</v>
       </c>
       <c r="N113" s="15">
-        <v>900</v>
+        <v>650</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>271</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>100</v>
       </c>
       <c r="K114" s="15">
         <v>0.36703</v>
       </c>
       <c r="L114" s="15">
         <v>0.34486</v>
       </c>
       <c r="M114" s="15">
         <v>0.33255</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="E115" s="15">
         <v>10080040551</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>10</v>
       </c>
       <c r="K115" s="15">
         <v>0.52536</v>
       </c>
       <c r="L115" s="15">
         <v>0.45531</v>
       </c>
       <c r="M115" s="15">
         <v>0.4378</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="E116" s="15">
         <v>10080075269</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.32793</v>
       </c>
       <c r="L116" s="15">
         <v>0.27327</v>
       </c>
       <c r="M116" s="15">
         <v>0.26234</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E117" s="15">
         <v>10080065490</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>1000</v>
       </c>
       <c r="K117" s="15">
         <v>0.1361</v>
       </c>
       <c r="L117" s="15">
         <v>0.11795</v>
       </c>
       <c r="M117" s="15">
         <v>0.11341</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="E118" s="15">
         <v>10080052213</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>476</v>
       </c>
       <c r="K118" s="15">
         <v>0.31775</v>
       </c>
       <c r="L118" s="15">
         <v>0.2665</v>
       </c>
       <c r="M118" s="15">
         <v>0.25625</v>
       </c>
       <c r="N118" s="15">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="E119" s="15">
         <v>10080017268</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1</v>
       </c>
       <c r="K119" s="15">
         <v>0.87324</v>
       </c>
       <c r="L119" s="15">
         <v>0.2839</v>
       </c>
       <c r="M119" s="15">
         <v>0.2839</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="E120" s="15">
         <v>10080017269</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>96</v>
       </c>
       <c r="K120" s="15">
         <v>0.24633</v>
       </c>
       <c r="L120" s="15">
         <v>0.20938</v>
       </c>
       <c r="M120" s="15">
         <v>0.17243</v>
       </c>
       <c r="N120" s="15">
-        <v>164</v>
+        <v>202</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>286</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15"/>
       <c r="K121" s="15">
         <v>0.9680800000000001</v>
       </c>
       <c r="L121" s="15">
         <v>0.77471</v>
       </c>
       <c r="M121" s="15">
         <v>0.72544</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="E122" s="15">
         <v>10080017278</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>108</v>
       </c>
       <c r="K122" s="15">
         <v>0.24633</v>
       </c>
       <c r="L122" s="15">
         <v>0.20938</v>
       </c>
       <c r="M122" s="15">
         <v>0.17243</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="E123" s="15">
         <v>10080017271</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>108</v>
       </c>
       <c r="K123" s="15">
         <v>0.3695</v>
       </c>
       <c r="L123" s="15">
         <v>0.31408</v>
       </c>
       <c r="M123" s="15">
         <v>0.25865</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="E124" s="15">
         <v>10080017279</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>84</v>
       </c>
       <c r="K124" s="15">
         <v>0.3695</v>
       </c>
       <c r="L124" s="15">
         <v>0.31408</v>
       </c>
       <c r="M124" s="15">
         <v>0.25865</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="E125" s="15">
         <v>10080017272</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>72</v>
       </c>
       <c r="K125" s="15">
         <v>0.3695</v>
       </c>
       <c r="L125" s="15">
         <v>0.31408</v>
       </c>
       <c r="M125" s="15">
         <v>0.25865</v>
       </c>
       <c r="N125" s="15">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="E126" s="15">
         <v>10080017280</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>72</v>
       </c>
       <c r="K126" s="15">
         <v>0.3695</v>
       </c>
       <c r="L126" s="15">
         <v>0.31408</v>
       </c>
       <c r="M126" s="15">
         <v>0.25865</v>
       </c>
       <c r="N126" s="15">
-        <v>741</v>
+        <v>732</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="E127" s="15">
         <v>10080017273</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>72</v>
       </c>
       <c r="K127" s="15">
         <v>0.61583</v>
       </c>
       <c r="L127" s="15">
         <v>0.52346</v>
       </c>
       <c r="M127" s="15">
         <v>0.43108</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="E128" s="15">
         <v>10080017281</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>60</v>
       </c>
       <c r="K128" s="15">
         <v>0.49266</v>
       </c>
       <c r="L128" s="15">
         <v>0.41876</v>
       </c>
       <c r="M128" s="15">
         <v>0.34486</v>
       </c>
       <c r="N128" s="15">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="E129" s="15">
         <v>10080017274</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>48</v>
       </c>
       <c r="K129" s="15">
         <v>0.49266</v>
       </c>
       <c r="L129" s="15">
         <v>0.41876</v>
       </c>
       <c r="M129" s="15">
         <v>0.34486</v>
       </c>
       <c r="N129" s="15">
         <v>93</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="E130" s="15">
         <v>10080017282</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>48</v>
       </c>
       <c r="K130" s="15">
         <v>0.49266</v>
       </c>
       <c r="L130" s="15">
         <v>0.41876</v>
       </c>
       <c r="M130" s="15">
         <v>0.34486</v>
       </c>
       <c r="N130" s="15">
-        <v>655</v>
+        <v>521</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="E131" s="15">
         <v>10080017275</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>60</v>
       </c>
       <c r="K131" s="15">
         <v>0.49266</v>
       </c>
       <c r="L131" s="15">
         <v>0.41876</v>
       </c>
       <c r="M131" s="15">
         <v>0.34486</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>308</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="E132" s="15">
         <v>10080017283</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>48</v>
       </c>
       <c r="K132" s="15">
         <v>2.42</v>
       </c>
       <c r="L132" s="15">
         <v>0.78517</v>
       </c>
       <c r="M132" s="15">
         <v>0.78517</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="E133" s="15">
         <v>10080017276</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>30</v>
       </c>
       <c r="K133" s="15">
         <v>0.73899</v>
       </c>
       <c r="L133" s="15">
         <v>0.62814</v>
       </c>
       <c r="M133" s="15">
         <v>0.51729</v>
       </c>
       <c r="N133" s="15">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="E134" s="15">
         <v>10080017284</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>30</v>
       </c>
       <c r="K134" s="15">
         <v>0.73899</v>
       </c>
       <c r="L134" s="15">
         <v>0.62814</v>
       </c>
       <c r="M134" s="15">
         <v>0.51729</v>
       </c>
       <c r="N134" s="15">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="E135" s="15">
         <v>10080017277</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>48</v>
       </c>
       <c r="K135" s="15">
         <v>0.73899</v>
       </c>
       <c r="L135" s="15">
         <v>0.62814</v>
       </c>
       <c r="M135" s="15">
         <v>0.51729</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="E136" s="15">
         <v>10080017285</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>36</v>
       </c>
       <c r="K136" s="15">
         <v>0.73899</v>
       </c>
       <c r="L136" s="15">
         <v>0.62814</v>
       </c>
       <c r="M136" s="15">
         <v>0.51729</v>
       </c>
       <c r="N136" s="15">
         <v>48</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>319</v>
       </c>
-      <c r="D137" s="15" t="s">
+      <c r="E137" s="15" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15"/>
       <c r="K137" s="15">
         <v>1.23</v>
       </c>
       <c r="L137" s="15">
         <v>0.67741</v>
       </c>
       <c r="M137" s="15">
         <v>0.61583</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="E138" s="15">
         <v>10000014444</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>90</v>
       </c>
       <c r="K138" s="15">
         <v>0.24764</v>
       </c>
       <c r="L138" s="15">
         <v>0.21462</v>
       </c>
       <c r="M138" s="15">
         <v>0.20636</v>
       </c>
       <c r="N138" s="15">
         <v>100</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>323</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="E139" s="15">
         <v>10080017286</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>60</v>
       </c>
       <c r="K139" s="15">
         <v>0.22123</v>
       </c>
       <c r="L139" s="15">
         <v>0.21161</v>
       </c>
       <c r="M139" s="15">
         <v>0.20199</v>
       </c>
       <c r="N139" s="15">
         <v>766</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="E140" s="15">
         <v>10000014445</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>80</v>
       </c>
       <c r="K140" s="15">
         <v>0.41188</v>
       </c>
       <c r="L140" s="15">
         <v>0.34323</v>
       </c>
       <c r="M140" s="15">
         <v>0.3295</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>327</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>328</v>
       </c>
-      <c r="D141" s="15" t="s">
+      <c r="E141" s="15" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>80</v>
       </c>
       <c r="K141" s="15">
         <v>0.29026</v>
       </c>
       <c r="L141" s="15">
         <v>0.29026</v>
       </c>
       <c r="M141" s="15">
         <v>0.29026</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="E142" s="15">
         <v>10000014446</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>70</v>
       </c>
       <c r="K142" s="15">
         <v>0.34904</v>
       </c>
       <c r="L142" s="15">
         <v>0.3025</v>
       </c>
       <c r="M142" s="15">
         <v>0.29086</v>
       </c>
       <c r="N142" s="15">
         <v>91</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E143" s="15">
         <v>10080017287</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15"/>
       <c r="K143" s="15">
         <v>0.85107</v>
       </c>
       <c r="L143" s="15">
         <v>0.27675</v>
       </c>
       <c r="M143" s="15">
         <v>0.27675</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>335</v>
       </c>
-      <c r="D144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>60</v>
       </c>
       <c r="K144" s="15">
         <v>0.46709</v>
       </c>
       <c r="L144" s="15">
         <v>0.40481</v>
       </c>
       <c r="M144" s="15">
         <v>0.38924</v>
       </c>
       <c r="N144" s="15">
-        <v>1057</v>
+        <v>1114</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="E145" s="15">
         <v>10000014448</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>60</v>
       </c>
       <c r="K145" s="15">
         <v>0.41339</v>
       </c>
       <c r="L145" s="15">
         <v>0.35827</v>
       </c>
       <c r="M145" s="15">
         <v>0.34449</v>
       </c>
       <c r="N145" s="15">
-        <v>392</v>
+        <v>465</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>339</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="E146" s="15">
         <v>10080017288</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>48</v>
       </c>
       <c r="K146" s="15">
         <v>0.99518</v>
       </c>
       <c r="L146" s="15">
         <v>0.32355</v>
       </c>
       <c r="M146" s="15">
         <v>0.32355</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E147" s="15">
         <v>10000014449</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>50</v>
       </c>
       <c r="K147" s="15">
         <v>0.24633</v>
       </c>
       <c r="L147" s="15">
         <v>0.20938</v>
       </c>
       <c r="M147" s="15">
         <v>0.17243</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="E148" s="15">
         <v>10000014450</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>50</v>
       </c>
       <c r="K148" s="15">
         <v>0.49449</v>
       </c>
       <c r="L148" s="15">
         <v>0.42856</v>
       </c>
       <c r="M148" s="15">
         <v>0.41208</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15">
         <v>100</v>
       </c>
       <c r="P148" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>345</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="E149" s="15">
         <v>10080017289</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>40</v>
       </c>
       <c r="K149" s="15">
         <v>0.99271</v>
       </c>
       <c r="L149" s="15">
         <v>0.32282</v>
       </c>
       <c r="M149" s="15">
         <v>0.32282</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="E150" s="15">
         <v>10000014451</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>40</v>
       </c>
       <c r="K150" s="15">
         <v>1.1</v>
       </c>
       <c r="L150" s="15">
         <v>0.35668</v>
       </c>
       <c r="M150" s="15">
         <v>0.35668</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="E151" s="15">
         <v>10080017290</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>40</v>
       </c>
       <c r="K151" s="15">
         <v>1.07</v>
       </c>
       <c r="L151" s="15">
         <v>0.34721</v>
       </c>
       <c r="M151" s="15">
         <v>0.34721</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="E152" s="15">
         <v>10000014452</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>30</v>
       </c>
       <c r="K152" s="15">
         <v>1.05</v>
       </c>
       <c r="L152" s="15">
         <v>0.60795</v>
       </c>
       <c r="M152" s="15">
         <v>0.54715</v>
       </c>
       <c r="N152" s="15">
-        <v>292</v>
+        <v>247</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="E153" s="15">
         <v>10080017291</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>30</v>
       </c>
       <c r="K153" s="15">
         <v>1.37</v>
       </c>
       <c r="L153" s="15">
         <v>0.44635</v>
       </c>
       <c r="M153" s="15">
         <v>0.44635</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="E154" s="15">
         <v>10000014453</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>20</v>
       </c>
       <c r="K154" s="15">
         <v>0.3695</v>
       </c>
       <c r="L154" s="15">
         <v>0.31408</v>
       </c>
       <c r="M154" s="15">
         <v>0.25865</v>
       </c>
       <c r="N154" s="15">
         <v>79</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="E155" s="15">
         <v>10080017292</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>20</v>
       </c>
       <c r="K155" s="15">
         <v>1.56</v>
       </c>
       <c r="L155" s="15">
         <v>0.50597</v>
       </c>
       <c r="M155" s="15">
         <v>0.50597</v>
       </c>
       <c r="N155" s="15">
         <v>65</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="E156" s="15">
         <v>10000014454</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>30</v>
       </c>
       <c r="K156" s="15">
         <v>0.3695</v>
       </c>
       <c r="L156" s="15">
         <v>0.31408</v>
       </c>
       <c r="M156" s="15">
         <v>0.25865</v>
       </c>
       <c r="N156" s="15">
         <v>11</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>361</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="E157" s="15">
         <v>10080027474</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>1</v>
       </c>
       <c r="K157" s="15">
         <v>1.81</v>
       </c>
       <c r="L157" s="15">
         <v>0.73653</v>
       </c>
       <c r="M157" s="15">
         <v>0.73653</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="E158" s="15">
         <v>10080075743</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>0.13766</v>
       </c>
       <c r="L158" s="15">
         <v>0.11471</v>
       </c>
       <c r="M158" s="15">
         <v>0.11012</v>
       </c>
       <c r="N158" s="15">
         <v>10</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>366</v>
       </c>
-      <c r="D159" s="15" t="s">
+      <c r="E159" s="15" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>12</v>
       </c>
       <c r="K159" s="15">
         <v>0.5007</v>
       </c>
       <c r="L159" s="15">
         <v>0.43394</v>
       </c>
       <c r="M159" s="15">
         <v>0.41725</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>369</v>
       </c>
-      <c r="D160" s="15" t="s">
+      <c r="E160" s="15" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
         <v>0.2077</v>
       </c>
       <c r="L160" s="15">
         <v>0.2077</v>
       </c>
       <c r="M160" s="15">
         <v>0.2077</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15">
         <v>5000</v>
       </c>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>372</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
         <v>0.15635</v>
       </c>
       <c r="L161" s="15">
         <v>0.15635</v>
       </c>
       <c r="M161" s="15">
         <v>0.15635</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15">
         <v>5000</v>
       </c>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>375</v>
       </c>
-      <c r="D162" s="15" t="s">
+      <c r="E162" s="15" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
         <v>0.41529</v>
       </c>
       <c r="L162" s="15">
         <v>0.41529</v>
       </c>
       <c r="M162" s="15">
         <v>0.41529</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15">
         <v>5000</v>
       </c>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>378</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>1000</v>
       </c>
       <c r="K163" s="15">
         <v>0.31257</v>
       </c>
       <c r="L163" s="15">
         <v>0.31257</v>
       </c>
       <c r="M163" s="15">
         <v>0.31257</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15">
         <v>5000</v>
       </c>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14"/>
       <c r="C164" s="15"/>
@@ -8041,317 +8028,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>389</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>