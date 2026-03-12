--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="407">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -145,53 +145,50 @@
   <si>
     <t>вилка двухрядная прямая на плату, шаг 2.54мм, 14 конт., THT / 90130-1214</t>
   </si>
   <si>
     <t>UT-00137453</t>
   </si>
   <si>
     <t>BH1S-06GBOOA-L</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (BH1S-06GBOOA-L)</t>
   </si>
   <si>
     <t>AMTEK</t>
   </si>
   <si>
     <t>CH-254-BH-06P-S-GO-A</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (CH-254-BH-06P-S-GO-A)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
-    <t>29.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DS1013-06SSiB1-B-0</t>
   </si>
   <si>
     <t>вилка на плату / BH-06 (DS1013-06SSiB1-B-0)</t>
   </si>
   <si>
     <t>UT-00096211</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>KLS1-202-06-S-B</t>
   </si>
   <si>
     <t>вилка к IDC на плату / BH-06 (IDC-06MS) (L-KLS1-202-06-S-B)</t>
   </si>
   <si>
     <t>10-00054624</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>BH1R-06GBOOA-L</t>
@@ -205,53 +202,50 @@
   <si>
     <t>вилка на плату прямой угол / BH-06R (CH-254-BH-06P-R-GO-A)</t>
   </si>
   <si>
     <t>UT-00118032</t>
   </si>
   <si>
     <t>DS1013-06RSiB-B-0</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (DS1013-06RSiB-B-0)</t>
   </si>
   <si>
     <t>UT-00118039</t>
   </si>
   <si>
     <t>KLS1-202-06-R-B</t>
   </si>
   <si>
     <t>вилка на плату прямой угол / BH-06R (KLS1-202-06-R-B)</t>
   </si>
   <si>
     <t>UT-00118310</t>
   </si>
   <si>
-    <t>07.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>BH1S-08GBOOA-L</t>
   </si>
   <si>
     <t>вилка на плату / BH-08 (BH1S-08GBOOA-L)</t>
   </si>
   <si>
     <t>CH-254-BH-08P-S-GO-A</t>
   </si>
   <si>
     <t>вилка на плату / BH-08 (CH-254-BH-08P-S-GO-A)</t>
   </si>
   <si>
     <t>KLS1-202-08-S-B</t>
   </si>
   <si>
     <t>вилка на плату / BH-08 (DS1013-08S) (IDC-08MS) KLS1-202-08-S-B</t>
   </si>
   <si>
     <t>UT-00141394</t>
   </si>
   <si>
     <t xml:space="preserve">BH-08R </t>
   </si>
   <si>
     <t xml:space="preserve">вилка на плату прямой угол / BH-08R </t>
@@ -776,50 +770,53 @@
     <t>вилка на плату SMD монтаж с установочной площадкой / BHS-16 (DS1013-16MSISA-B)</t>
   </si>
   <si>
     <t>KLS1-202-16-T with install board</t>
   </si>
   <si>
     <t>вилка на плату SMD монтаж с установочной площадкой / BHS-16 (KLS1-202-16-T with install board)</t>
   </si>
   <si>
     <t>10-00054608</t>
   </si>
   <si>
     <t>BHS-20</t>
   </si>
   <si>
     <t>вилка на плату SMD без установочной площадки / BHS-20</t>
   </si>
   <si>
     <t>10-00054672</t>
   </si>
   <si>
     <t>CH-254-BH-20P-M-GO-B-GZ</t>
   </si>
   <si>
     <t>вилка на плату SMD монтаж с установочной площадкой / BHS-20 (CH-254-BH-20P-M-GO-B-GZ)</t>
+  </si>
+  <si>
+    <t>29.06.2026</t>
   </si>
   <si>
     <t>DS1013-20MSISR-B</t>
   </si>
   <si>
     <t>вилка на плату SMD монтаж с установочной площадкой / BHS-20 (DS1013-20MSISR-B)</t>
   </si>
   <si>
     <t>DS1013-24MSISR-B</t>
   </si>
   <si>
     <t>вилка на плату SMD / BHS-24 (DS1013-24MSISR-B)</t>
   </si>
   <si>
     <t>BHS-26</t>
   </si>
   <si>
     <t>вилка на плату SMD монтаж с установочной площадкой / BHS-26</t>
   </si>
   <si>
     <t>10-00054616</t>
   </si>
   <si>
     <t>DS1013-26MSISA-B</t>
   </si>
@@ -2187,5789 +2184,5767 @@
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080070672</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>340</v>
       </c>
       <c r="K14" s="15">
         <v>0.04332</v>
       </c>
       <c r="L14" s="15">
         <v>0.03754</v>
       </c>
       <c r="M14" s="15">
         <v>0.0361</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15">
-        <v>1694</v>
-[...3 lines deleted...]
-      </c>
+        <v>1306</v>
+      </c>
+      <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="D15" s="15" t="s">
+      <c r="E15" s="15" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>360</v>
       </c>
       <c r="K15" s="15">
         <v>0.05607</v>
       </c>
       <c r="L15" s="15">
         <v>0.04859</v>
       </c>
       <c r="M15" s="15">
         <v>0.04673</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15">
-        <v>1914</v>
+        <v>2088</v>
       </c>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>8640</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="E16" s="15" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>340</v>
       </c>
       <c r="K16" s="15">
         <v>0.04215</v>
       </c>
       <c r="L16" s="15">
         <v>0.03653</v>
       </c>
       <c r="M16" s="15">
         <v>0.03513</v>
       </c>
       <c r="N16" s="15">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="E17" s="15">
         <v>10080009569</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>360</v>
       </c>
       <c r="K17" s="15">
         <v>0.19582</v>
       </c>
       <c r="L17" s="15">
         <v>0.11037</v>
       </c>
       <c r="M17" s="15">
         <v>0.10089</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="D18" s="15" t="s">
+      <c r="E18" s="15" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>340</v>
       </c>
       <c r="K18" s="15">
         <v>0.0483</v>
       </c>
       <c r="L18" s="15">
         <v>0.04186</v>
       </c>
       <c r="M18" s="15">
         <v>0.04025</v>
       </c>
       <c r="N18" s="15">
-        <v>1811</v>
+        <v>1898</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>57</v>
       </c>
-      <c r="D19" s="15" t="s">
+      <c r="E19" s="15" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>360</v>
       </c>
       <c r="K19" s="15">
         <v>0.08450000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.07323</v>
       </c>
       <c r="M19" s="15">
         <v>0.07041</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>1380</v>
+        <v>1640</v>
       </c>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="D20" s="15" t="s">
+      <c r="E20" s="15" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>340</v>
       </c>
       <c r="K20" s="15">
         <v>0.05249</v>
       </c>
       <c r="L20" s="15">
         <v>0.04549</v>
       </c>
       <c r="M20" s="15">
         <v>0.04374</v>
       </c>
       <c r="N20" s="15">
-        <v>1230</v>
+        <v>1446</v>
       </c>
       <c r="O20" s="15">
-        <v>1480</v>
-[...3 lines deleted...]
-      </c>
+        <v>1740</v>
+      </c>
+      <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10000014433</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>300</v>
       </c>
       <c r="K21" s="15">
         <v>0.10916</v>
       </c>
       <c r="L21" s="15">
         <v>0.07826</v>
       </c>
       <c r="M21" s="15">
         <v>0.06795</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080066369</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>300</v>
       </c>
       <c r="K22" s="15">
         <v>0.04544</v>
       </c>
       <c r="L22" s="15">
         <v>0.03938</v>
       </c>
       <c r="M22" s="15">
         <v>0.03786</v>
       </c>
       <c r="N22" s="15">
         <v>2</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" s="15" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.03807</v>
       </c>
       <c r="L23" s="15">
         <v>0.03299</v>
       </c>
       <c r="M23" s="15">
         <v>0.03173</v>
       </c>
       <c r="N23" s="15">
         <v>8</v>
       </c>
       <c r="O23" s="15">
-        <v>1560</v>
-[...3 lines deleted...]
-      </c>
+        <v>1420</v>
+      </c>
+      <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="E24" s="15" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>300</v>
       </c>
       <c r="K24" s="15">
         <v>0.10593</v>
       </c>
       <c r="L24" s="15">
         <v>0.09976</v>
       </c>
       <c r="M24" s="15">
         <v>0.09361</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E25" s="15">
         <v>10080011123</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>300</v>
       </c>
       <c r="K25" s="15">
         <v>0.23906</v>
       </c>
       <c r="L25" s="15">
         <v>0.13475</v>
       </c>
       <c r="M25" s="15">
         <v>0.12317</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="E26" s="15" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>300</v>
       </c>
       <c r="K26" s="15">
         <v>0.07679999999999999</v>
       </c>
       <c r="L26" s="15">
         <v>0.06655999999999999</v>
       </c>
       <c r="M26" s="15">
         <v>0.064</v>
       </c>
       <c r="N26" s="15">
-        <v>1877</v>
+        <v>1609</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E27" s="15">
         <v>10080052266</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="J27" s="15">
         <v>260</v>
       </c>
       <c r="K27" s="15">
         <v>0.03791</v>
       </c>
       <c r="L27" s="15">
         <v>0.03285</v>
       </c>
       <c r="M27" s="15">
         <v>0.03159</v>
       </c>
       <c r="N27" s="15">
-        <v>16236</v>
+        <v>16658</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E28" s="15">
         <v>10000000950</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="J28" s="15">
         <v>260</v>
       </c>
       <c r="K28" s="15">
         <v>0.03597</v>
       </c>
       <c r="L28" s="15">
         <v>0.03117</v>
       </c>
       <c r="M28" s="15">
         <v>0.02998</v>
       </c>
       <c r="N28" s="15">
-        <v>101639</v>
+        <v>101476</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E29" s="15">
         <v>10080010454</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>260</v>
       </c>
       <c r="K29" s="15">
         <v>0.03009</v>
       </c>
       <c r="L29" s="15">
         <v>0.02608</v>
       </c>
       <c r="M29" s="15">
         <v>0.02508</v>
       </c>
       <c r="N29" s="15">
-        <v>432</v>
+        <v>402</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E30" s="15">
         <v>10080052267</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>260</v>
       </c>
       <c r="K30" s="15">
         <v>0.04457</v>
       </c>
       <c r="L30" s="15">
         <v>0.03862</v>
       </c>
       <c r="M30" s="15">
         <v>0.03714</v>
       </c>
       <c r="N30" s="15">
-        <v>3840</v>
+        <v>4140</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="E31" s="15">
         <v>10000002817</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>260</v>
       </c>
       <c r="K31" s="15">
         <v>0.05024</v>
       </c>
       <c r="L31" s="15">
         <v>0.04354</v>
       </c>
       <c r="M31" s="15">
         <v>0.04186</v>
       </c>
       <c r="N31" s="15">
-        <v>21134</v>
+        <v>19772</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E32" s="15">
         <v>10080047937</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>260</v>
       </c>
       <c r="K32" s="15">
         <v>0.03692</v>
       </c>
       <c r="L32" s="15">
         <v>0.03199</v>
       </c>
       <c r="M32" s="15">
         <v>0.03076</v>
       </c>
       <c r="N32" s="15">
-        <v>7211</v>
+        <v>7780</v>
       </c>
       <c r="O32" s="15">
-        <v>7600</v>
-[...3 lines deleted...]
-      </c>
+        <v>8200</v>
+      </c>
+      <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E33" s="15">
         <v>10080052268</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="J33" s="15">
         <v>220</v>
       </c>
       <c r="K33" s="15">
-        <v>0.06802999999999999</v>
+        <v>0.04082</v>
       </c>
       <c r="L33" s="15">
-        <v>0.04922</v>
+        <v>0.03537</v>
       </c>
       <c r="M33" s="15">
-        <v>0.04295</v>
+        <v>0.03401</v>
       </c>
       <c r="N33" s="15">
-        <v>1032</v>
+        <v>1059</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E34" s="15">
         <v>10080019213</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="J34" s="15">
         <v>240</v>
       </c>
       <c r="K34" s="15">
         <v>0.06063</v>
       </c>
       <c r="L34" s="15">
         <v>0.05255</v>
       </c>
       <c r="M34" s="15">
         <v>0.05053</v>
       </c>
       <c r="N34" s="15">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E35" s="15" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="J35" s="15">
         <v>220</v>
       </c>
       <c r="K35" s="15">
         <v>0.09191000000000001</v>
       </c>
       <c r="L35" s="15">
         <v>0.07965</v>
       </c>
       <c r="M35" s="15">
         <v>0.07659000000000001</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15">
-        <v>1400</v>
-[...3 lines deleted...]
-      </c>
+        <v>1280</v>
+      </c>
+      <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E36" s="15">
         <v>10080001480</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>240</v>
       </c>
       <c r="K36" s="15">
         <v>0.08155999999999999</v>
       </c>
       <c r="L36" s="15">
         <v>0.07068000000000001</v>
       </c>
       <c r="M36" s="15">
         <v>0.06796000000000001</v>
       </c>
       <c r="N36" s="15">
-        <v>722</v>
+        <v>846</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10080052269</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>200</v>
       </c>
       <c r="K37" s="15">
-        <v>0.05222</v>
+        <v>0.04308</v>
       </c>
       <c r="L37" s="15">
-        <v>0.04525</v>
+        <v>0.03734</v>
       </c>
       <c r="M37" s="15">
-        <v>0.04351</v>
+        <v>0.0359</v>
       </c>
       <c r="N37" s="15">
-        <v>138</v>
+        <v>105</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="E38" s="15">
         <v>10000001273</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>200</v>
       </c>
       <c r="K38" s="15">
         <v>0.05037</v>
       </c>
       <c r="L38" s="15">
         <v>0.04365</v>
       </c>
       <c r="M38" s="15">
         <v>0.04198</v>
       </c>
       <c r="N38" s="15">
-        <v>59840</v>
+        <v>56658</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E39" s="15">
         <v>10080010455</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.0387</v>
       </c>
       <c r="L39" s="15">
         <v>0.03354</v>
       </c>
       <c r="M39" s="15">
         <v>0.03225</v>
       </c>
       <c r="N39" s="15">
-        <v>14968</v>
+        <v>13690</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E40" s="15">
         <v>10080053302</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
         <v>0.05268</v>
       </c>
       <c r="L40" s="15">
         <v>0.04566</v>
       </c>
       <c r="M40" s="15">
         <v>0.0439</v>
       </c>
       <c r="N40" s="15">
-        <v>1500</v>
+        <v>1482</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E41" s="15">
         <v>10000002524</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>200</v>
       </c>
       <c r="K41" s="15">
         <v>0.06689000000000001</v>
       </c>
       <c r="L41" s="15">
         <v>0.05797</v>
       </c>
       <c r="M41" s="15">
         <v>0.05574</v>
       </c>
       <c r="N41" s="15">
-        <v>3835</v>
+        <v>3400</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E42" s="15">
         <v>10080053303</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>180</v>
       </c>
       <c r="K42" s="15">
         <v>0.04676</v>
       </c>
       <c r="L42" s="15">
         <v>0.04052</v>
       </c>
       <c r="M42" s="15">
         <v>0.03896</v>
       </c>
-      <c r="N42" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E43" s="15">
         <v>10000000718</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>180</v>
       </c>
       <c r="K43" s="15">
         <v>0.05273</v>
       </c>
       <c r="L43" s="15">
         <v>0.0457</v>
       </c>
       <c r="M43" s="15">
         <v>0.04394</v>
       </c>
       <c r="N43" s="15">
-        <v>6309</v>
+        <v>3154</v>
       </c>
       <c r="O43" s="15">
-        <v>6600</v>
+        <v>6700</v>
       </c>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E44" s="15">
         <v>10080034743</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>180</v>
       </c>
       <c r="K44" s="15">
         <v>0.04371</v>
       </c>
       <c r="L44" s="15">
         <v>0.03788</v>
       </c>
       <c r="M44" s="15">
         <v>0.03643</v>
       </c>
       <c r="N44" s="15">
-        <v>86</v>
+        <v>41</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E45" s="15">
         <v>10000002819</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>180</v>
       </c>
       <c r="K45" s="15">
         <v>0.07328</v>
       </c>
       <c r="L45" s="15">
         <v>0.06351</v>
       </c>
       <c r="M45" s="15">
         <v>0.06106</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D46" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="E46" s="15" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>180</v>
       </c>
       <c r="K46" s="15">
         <v>0.05922</v>
       </c>
       <c r="L46" s="15">
         <v>0.05132</v>
       </c>
       <c r="M46" s="15">
         <v>0.04935</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>640</v>
-[...3 lines deleted...]
-      </c>
+        <v>760</v>
+      </c>
+      <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E47" s="15">
         <v>10080053304</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>160</v>
       </c>
       <c r="K47" s="15">
         <v>0.06254</v>
       </c>
       <c r="L47" s="15">
         <v>0.0542</v>
       </c>
       <c r="M47" s="15">
         <v>0.05211</v>
       </c>
       <c r="N47" s="15">
-        <v>3290</v>
+        <v>4563</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E48" s="15">
         <v>10000000613</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>160</v>
       </c>
       <c r="K48" s="15">
         <v>0.06395000000000001</v>
       </c>
       <c r="L48" s="15">
         <v>0.05542</v>
       </c>
       <c r="M48" s="15">
         <v>0.05329</v>
       </c>
       <c r="N48" s="15">
-        <v>61665</v>
+        <v>80271</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="E49" s="15">
         <v>10080034744</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>160</v>
       </c>
       <c r="K49" s="15">
         <v>0.05576</v>
       </c>
       <c r="L49" s="15">
         <v>0.04832</v>
       </c>
       <c r="M49" s="15">
         <v>0.04646</v>
       </c>
       <c r="N49" s="15">
-        <v>6038</v>
+        <v>6317</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D50" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="E50" s="15" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>160</v>
       </c>
       <c r="K50" s="15">
         <v>0.1038</v>
       </c>
       <c r="L50" s="15">
         <v>0.08996</v>
       </c>
       <c r="M50" s="15">
         <v>0.08649999999999999</v>
       </c>
       <c r="N50" s="15">
-        <v>2049</v>
+        <v>1743</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E51" s="15">
         <v>10000002818</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>160</v>
       </c>
       <c r="K51" s="15">
         <v>0.08214</v>
       </c>
       <c r="L51" s="15">
         <v>0.07119</v>
       </c>
       <c r="M51" s="15">
         <v>0.06845</v>
       </c>
       <c r="N51" s="15">
-        <v>190</v>
+        <v>229</v>
       </c>
       <c r="O51" s="15">
-        <v>1220</v>
+        <v>1520</v>
       </c>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="E52" s="15">
         <v>10080010459</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>160</v>
       </c>
       <c r="K52" s="15">
         <v>0.06137</v>
       </c>
       <c r="L52" s="15">
         <v>0.05318</v>
       </c>
       <c r="M52" s="15">
         <v>0.05114</v>
       </c>
       <c r="N52" s="15">
-        <v>3441</v>
+        <v>3779</v>
       </c>
       <c r="O52" s="15">
-        <v>2440</v>
-[...3 lines deleted...]
-      </c>
+        <v>2680</v>
+      </c>
+      <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="E53" s="15">
         <v>10080053305</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>120</v>
       </c>
       <c r="K53" s="15">
-        <v>0.14843</v>
+        <v>0.09018</v>
       </c>
       <c r="L53" s="15">
-        <v>0.10739</v>
+        <v>0.07815999999999999</v>
       </c>
       <c r="M53" s="15">
-        <v>0.09371</v>
+        <v>0.07514999999999999</v>
       </c>
       <c r="N53" s="15">
-        <v>1680</v>
+        <v>1980</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="E54" s="15">
         <v>10000008861</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>140</v>
       </c>
       <c r="K54" s="15">
         <v>0.09843</v>
       </c>
       <c r="L54" s="15">
         <v>0.08531</v>
       </c>
       <c r="M54" s="15">
         <v>0.08203000000000001</v>
       </c>
       <c r="N54" s="15">
-        <v>1586</v>
+        <v>1650</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="E55" s="15">
         <v>10080040568</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>140</v>
       </c>
       <c r="K55" s="15">
         <v>0.07352</v>
       </c>
       <c r="L55" s="15">
         <v>0.06371</v>
       </c>
       <c r="M55" s="15">
         <v>0.06126</v>
       </c>
       <c r="N55" s="15">
         <v>4</v>
       </c>
       <c r="O55" s="15">
-        <v>720</v>
-[...3 lines deleted...]
-      </c>
+        <v>870</v>
+      </c>
+      <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E56" s="15">
         <v>10080053306</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>120</v>
       </c>
       <c r="K56" s="15">
         <v>0.10872</v>
       </c>
       <c r="L56" s="15">
         <v>0.09422</v>
       </c>
       <c r="M56" s="15">
         <v>0.0906</v>
       </c>
       <c r="N56" s="15">
-        <v>1776</v>
+        <v>2385</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="E57" s="15">
         <v>10000008846</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>140</v>
       </c>
       <c r="K57" s="15">
         <v>0.11288</v>
       </c>
       <c r="L57" s="15">
         <v>0.09783</v>
       </c>
       <c r="M57" s="15">
         <v>0.09406</v>
       </c>
       <c r="N57" s="15">
-        <v>881</v>
+        <v>859</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E58" s="15">
         <v>10080016462</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>140</v>
       </c>
       <c r="K58" s="15">
         <v>0.09932000000000001</v>
       </c>
       <c r="L58" s="15">
         <v>0.08606999999999999</v>
       </c>
       <c r="M58" s="15">
         <v>0.08276</v>
       </c>
       <c r="N58" s="15">
         <v>37</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="E59" s="15">
         <v>10080052270</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>120</v>
       </c>
       <c r="K59" s="15">
         <v>0.06438000000000001</v>
       </c>
       <c r="L59" s="15">
         <v>0.0558</v>
       </c>
       <c r="M59" s="15">
         <v>0.05365</v>
       </c>
       <c r="N59" s="15">
-        <v>1229</v>
+        <v>1184</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="E60" s="15">
         <v>10000000717</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>120</v>
       </c>
       <c r="K60" s="15">
         <v>0.07920000000000001</v>
       </c>
       <c r="L60" s="15">
         <v>0.06864000000000001</v>
       </c>
       <c r="M60" s="15">
         <v>0.066</v>
       </c>
       <c r="N60" s="15">
-        <v>24116</v>
+        <v>19842</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E61" s="15">
         <v>10080039079</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>120</v>
       </c>
       <c r="K61" s="15">
         <v>0.0978</v>
       </c>
       <c r="L61" s="15">
         <v>0.07076</v>
       </c>
       <c r="M61" s="15">
         <v>0.06175</v>
       </c>
       <c r="N61" s="15">
-        <v>1085</v>
+        <v>801</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E62" s="15">
         <v>10000002820</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>120</v>
       </c>
       <c r="K62" s="15">
         <v>0.22434</v>
       </c>
       <c r="L62" s="15">
         <v>0.12777</v>
       </c>
       <c r="M62" s="15">
         <v>0.11663</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="E63" s="15" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>120</v>
       </c>
       <c r="K63" s="15">
         <v>0.1004</v>
       </c>
       <c r="L63" s="15">
         <v>0.08701</v>
       </c>
       <c r="M63" s="15">
         <v>0.08366</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E64" s="15">
         <v>10080027160</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>120</v>
       </c>
       <c r="K64" s="15">
         <v>0.08865000000000001</v>
       </c>
       <c r="L64" s="15">
         <v>0.07683</v>
       </c>
       <c r="M64" s="15">
         <v>0.07388</v>
       </c>
       <c r="N64" s="15">
-        <v>607</v>
+        <v>573</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="E65" s="15">
         <v>10080053307</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
         <v>0.0857</v>
       </c>
       <c r="L65" s="15">
         <v>0.07427</v>
       </c>
       <c r="M65" s="15">
         <v>0.07141</v>
       </c>
       <c r="N65" s="15">
-        <v>2354</v>
+        <v>2301</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E66" s="15">
         <v>10000003196</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.09957000000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.08629000000000001</v>
       </c>
       <c r="M66" s="15">
         <v>0.08298</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="E67" s="15">
         <v>10080010460</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>100</v>
       </c>
       <c r="K67" s="15">
         <v>0.12321</v>
       </c>
       <c r="L67" s="15">
         <v>0.08914</v>
       </c>
       <c r="M67" s="15">
         <v>0.07779</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E68" s="15">
         <v>10080070674</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>100</v>
       </c>
       <c r="K68" s="15">
         <v>0.26603</v>
       </c>
       <c r="L68" s="15">
         <v>0.1515</v>
       </c>
       <c r="M68" s="15">
         <v>0.1383</v>
       </c>
       <c r="N68" s="15">
-        <v>1443</v>
+        <v>1460</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E69" s="15">
         <v>10000014440</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>100</v>
       </c>
       <c r="K69" s="15">
         <v>0.26766</v>
       </c>
       <c r="L69" s="15">
         <v>0.15244</v>
       </c>
       <c r="M69" s="15">
         <v>0.13915</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E70" s="15">
         <v>10080016463</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>100</v>
       </c>
       <c r="K70" s="15">
         <v>0.23914</v>
       </c>
       <c r="L70" s="15">
         <v>0.14199</v>
       </c>
       <c r="M70" s="15">
         <v>0.11957</v>
       </c>
       <c r="N70" s="15">
-        <v>2240</v>
+        <v>2125</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E71" s="15">
         <v>10080070673</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>100</v>
       </c>
       <c r="K71" s="15">
         <v>0.21934</v>
       </c>
       <c r="L71" s="15">
         <v>0.12492</v>
       </c>
       <c r="M71" s="15">
         <v>0.11403</v>
       </c>
       <c r="N71" s="15">
         <v>50</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="E72" s="15">
         <v>10080040569</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
         <v>0.08388</v>
       </c>
       <c r="L72" s="15">
         <v>0.0727</v>
       </c>
       <c r="M72" s="15">
         <v>0.0699</v>
       </c>
       <c r="N72" s="15">
-        <v>559</v>
+        <v>658</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E73" s="15">
         <v>10000000612</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>100</v>
       </c>
       <c r="K73" s="15">
         <v>0.09773</v>
       </c>
       <c r="L73" s="15">
         <v>0.0847</v>
       </c>
       <c r="M73" s="15">
         <v>0.08144</v>
       </c>
       <c r="N73" s="15">
-        <v>820</v>
+        <v>951</v>
       </c>
       <c r="O73" s="15">
-        <v>1380</v>
+        <v>1600</v>
       </c>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E74" s="15">
         <v>10000002821</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>100</v>
       </c>
       <c r="K74" s="15">
         <v>0.16236</v>
       </c>
       <c r="L74" s="15">
         <v>0.14071</v>
       </c>
       <c r="M74" s="15">
         <v>0.1353</v>
       </c>
       <c r="N74" s="15">
-        <v>1209</v>
+        <v>1191</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="E75" s="15">
         <v>10080053208</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
         <v>0.28561</v>
       </c>
       <c r="L75" s="15">
         <v>0.16267</v>
       </c>
       <c r="M75" s="15">
         <v>0.14848</v>
       </c>
       <c r="N75" s="15">
         <v>2</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E76" s="15">
         <v>10080016464</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>0.24626</v>
       </c>
       <c r="L76" s="15">
         <v>0.14621</v>
       </c>
       <c r="M76" s="15">
         <v>0.12313</v>
       </c>
       <c r="N76" s="15">
         <v>14</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D77" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="E77" s="15" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.13404</v>
       </c>
       <c r="L77" s="15">
         <v>0.11617</v>
       </c>
       <c r="M77" s="15">
         <v>0.1117</v>
       </c>
       <c r="N77" s="15">
-        <v>1260</v>
+        <v>1190</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="E78" s="15">
         <v>10080057625</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>80</v>
       </c>
       <c r="K78" s="15">
         <v>0.16367</v>
       </c>
       <c r="L78" s="15">
         <v>0.1103</v>
       </c>
       <c r="M78" s="15">
         <v>0.10319</v>
       </c>
       <c r="N78" s="15">
-        <v>218</v>
+        <v>240</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="E79" s="15">
         <v>10000001413</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>80</v>
       </c>
       <c r="K79" s="15">
         <v>0.10586</v>
       </c>
       <c r="L79" s="15">
         <v>0.09174</v>
       </c>
       <c r="M79" s="15">
         <v>0.08821</v>
       </c>
       <c r="N79" s="15">
-        <v>1543</v>
+        <v>1214</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="E80" s="15">
         <v>10080010585</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>80</v>
       </c>
       <c r="K80" s="15">
         <v>0.10818</v>
       </c>
       <c r="L80" s="15">
         <v>0.09376</v>
       </c>
       <c r="M80" s="15">
         <v>0.09014999999999999</v>
       </c>
       <c r="N80" s="15">
-        <v>2548</v>
+        <v>3072</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="E81" s="15">
         <v>10080010586</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>80</v>
       </c>
       <c r="K81" s="15">
         <v>0.12987</v>
       </c>
       <c r="L81" s="15">
         <v>0.11255</v>
       </c>
       <c r="M81" s="15">
         <v>0.10823</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="E82" s="15">
         <v>10000001334</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>80</v>
       </c>
       <c r="K82" s="15">
         <v>0.17928</v>
       </c>
       <c r="L82" s="15">
         <v>0.15538</v>
       </c>
       <c r="M82" s="15">
         <v>0.1494</v>
       </c>
       <c r="N82" s="15">
         <v>292</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D83" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="E83" s="15" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1</v>
       </c>
       <c r="K83" s="15">
         <v>6.28</v>
       </c>
       <c r="L83" s="15">
         <v>5.26</v>
       </c>
       <c r="M83" s="15">
         <v>5.06</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="E84" s="15">
         <v>10080070675</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>60</v>
       </c>
       <c r="K84" s="15">
         <v>0.30806</v>
       </c>
       <c r="L84" s="15">
         <v>0.20761</v>
       </c>
       <c r="M84" s="15">
         <v>0.1942</v>
       </c>
       <c r="N84" s="15">
-        <v>775</v>
+        <v>723</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="E85" s="15">
         <v>10000012795</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>60</v>
       </c>
       <c r="K85" s="15">
         <v>0.15083</v>
       </c>
       <c r="L85" s="15">
         <v>0.13072</v>
       </c>
       <c r="M85" s="15">
         <v>0.12569</v>
       </c>
       <c r="N85" s="15">
-        <v>928</v>
+        <v>1025</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E86" s="15">
         <v>10080010587</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>60</v>
       </c>
       <c r="K86" s="15">
         <v>0.24771</v>
       </c>
       <c r="L86" s="15">
         <v>0.18102</v>
       </c>
       <c r="M86" s="15">
         <v>0.15243</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D87" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="E87" s="15" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>60</v>
       </c>
       <c r="K87" s="15">
         <v>0.3355</v>
       </c>
       <c r="L87" s="15">
         <v>0.16775</v>
       </c>
       <c r="M87" s="15">
         <v>0.15248</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="E88" s="15">
         <v>10000012796</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>60</v>
       </c>
       <c r="K88" s="15">
         <v>0.26417</v>
       </c>
       <c r="L88" s="15">
         <v>0.22894</v>
       </c>
       <c r="M88" s="15">
         <v>0.22014</v>
       </c>
       <c r="N88" s="15">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D89" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="E89" s="15" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>60</v>
       </c>
       <c r="K89" s="15">
         <v>0.67741</v>
       </c>
       <c r="L89" s="15">
         <v>0.35841</v>
       </c>
       <c r="M89" s="15">
         <v>0.33871</v>
       </c>
       <c r="N89" s="15">
-        <v>205</v>
+        <v>149</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E90" s="15">
         <v>10000007793</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>60</v>
       </c>
       <c r="K90" s="15">
         <v>0.43392</v>
       </c>
       <c r="L90" s="15">
         <v>0.24461</v>
       </c>
       <c r="M90" s="15">
         <v>0.22355</v>
       </c>
       <c r="N90" s="15">
-        <v>1287</v>
+        <v>1304</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E91" s="15">
         <v>10080016465</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>60</v>
       </c>
       <c r="K91" s="15">
         <v>0.8326</v>
       </c>
       <c r="L91" s="15">
         <v>0.16344</v>
       </c>
       <c r="M91" s="15">
         <v>0.16344</v>
       </c>
       <c r="N91" s="15">
         <v>490</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="E92" s="15" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>60</v>
       </c>
       <c r="K92" s="15">
         <v>0.8326</v>
       </c>
       <c r="L92" s="15">
         <v>0.51237</v>
       </c>
       <c r="M92" s="15">
         <v>0.4163</v>
       </c>
       <c r="N92" s="15">
-        <v>173</v>
+        <v>160</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="E93" s="15">
         <v>10000014434</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>60</v>
       </c>
       <c r="K93" s="15">
         <v>0.57641</v>
       </c>
       <c r="L93" s="15">
         <v>0.11221</v>
       </c>
       <c r="M93" s="15">
         <v>0.11221</v>
       </c>
       <c r="N93" s="15">
-        <v>561</v>
+        <v>548</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E94" s="15">
         <v>10000014441</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>60</v>
       </c>
       <c r="K94" s="15">
         <v>0.89664</v>
       </c>
       <c r="L94" s="15">
         <v>0.18081</v>
       </c>
       <c r="M94" s="15">
         <v>0.18081</v>
       </c>
       <c r="N94" s="15">
-        <v>154</v>
+        <v>169</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="E95" s="15">
         <v>10080027682</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>39</v>
       </c>
       <c r="K95" s="15">
         <v>0.26175</v>
       </c>
       <c r="L95" s="15">
         <v>0.22685</v>
       </c>
       <c r="M95" s="15">
         <v>0.21813</v>
       </c>
       <c r="N95" s="15">
-        <v>3998</v>
+        <v>4095</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="E96" s="15">
         <v>10080032349</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>34</v>
       </c>
       <c r="K96" s="15">
         <v>0.23972</v>
       </c>
       <c r="L96" s="15">
         <v>0.20775</v>
       </c>
       <c r="M96" s="15">
         <v>0.19976</v>
       </c>
       <c r="N96" s="15">
-        <v>378</v>
+        <v>354</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="E97" s="15">
         <v>10080003773</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>28</v>
       </c>
       <c r="K97" s="15">
         <v>0.39223</v>
       </c>
       <c r="L97" s="15">
         <v>0.28121</v>
       </c>
       <c r="M97" s="15">
         <v>0.24421</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="E98" s="15">
         <v>10080052271</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>260</v>
       </c>
       <c r="K98" s="15">
         <v>0.1197</v>
       </c>
       <c r="L98" s="15">
         <v>0.10374</v>
       </c>
       <c r="M98" s="15">
         <v>0.09975000000000001</v>
       </c>
       <c r="N98" s="15">
-        <v>4306</v>
+        <v>5741</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="E99" s="15">
         <v>10000018120</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>29</v>
       </c>
       <c r="K99" s="15">
         <v>0.22034</v>
       </c>
       <c r="L99" s="15">
         <v>0.19096</v>
       </c>
       <c r="M99" s="15">
         <v>0.18361</v>
       </c>
       <c r="N99" s="15">
-        <v>2778</v>
+        <v>2141</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="E100" s="15">
         <v>10080027683</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>23</v>
       </c>
       <c r="K100" s="15">
         <v>0.28509</v>
       </c>
       <c r="L100" s="15">
         <v>0.24708</v>
       </c>
       <c r="M100" s="15">
         <v>0.23758</v>
       </c>
       <c r="N100" s="15">
-        <v>1161</v>
+        <v>819</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E101" s="15">
         <v>10080065426</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>250</v>
       </c>
       <c r="K101" s="15">
         <v>0.3161</v>
       </c>
       <c r="L101" s="15">
         <v>0.26342</v>
       </c>
       <c r="M101" s="15">
         <v>0.25287</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="E102" s="15">
         <v>10000019777</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>21</v>
       </c>
       <c r="K102" s="15">
         <v>0.45571</v>
       </c>
       <c r="L102" s="15">
         <v>0.36457</v>
       </c>
       <c r="M102" s="15">
         <v>0.35349</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E103" s="15">
         <v>10080026903</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>21</v>
       </c>
       <c r="K103" s="15">
         <v>0.30843</v>
       </c>
       <c r="L103" s="15">
         <v>0.26731</v>
       </c>
       <c r="M103" s="15">
         <v>0.25703</v>
       </c>
       <c r="N103" s="15">
-        <v>1566</v>
+        <v>1435</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D104" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="E104" s="15" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>21</v>
       </c>
       <c r="K104" s="15">
         <v>0.45571</v>
       </c>
       <c r="L104" s="15">
         <v>0.36457</v>
       </c>
       <c r="M104" s="15">
         <v>0.35349</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D105" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="E105" s="15" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>18</v>
       </c>
       <c r="K105" s="15">
         <v>0.47295</v>
       </c>
       <c r="L105" s="15">
         <v>0.44339</v>
       </c>
       <c r="M105" s="15">
         <v>0.42862</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="E106" s="15">
         <v>10080053308</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>160</v>
       </c>
       <c r="K106" s="15">
         <v>0.15453</v>
       </c>
       <c r="L106" s="15">
         <v>0.13393</v>
       </c>
       <c r="M106" s="15">
         <v>0.12878</v>
       </c>
-      <c r="N106" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N106" s="15"/>
       <c r="O106" s="15"/>
-      <c r="P106" s="15"/>
+      <c r="P106" s="15" t="s">
+        <v>252</v>
+      </c>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="E107" s="15">
         <v>10000019776</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>250</v>
       </c>
       <c r="K107" s="15">
         <v>0.42299</v>
       </c>
       <c r="L107" s="15">
         <v>0.36659</v>
       </c>
       <c r="M107" s="15">
         <v>0.35249</v>
       </c>
       <c r="N107" s="15">
-        <v>382</v>
+        <v>324</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E108" s="15">
         <v>10080034674</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>250</v>
       </c>
       <c r="K108" s="15">
         <v>0.47705</v>
       </c>
       <c r="L108" s="15">
         <v>0.41344</v>
       </c>
       <c r="M108" s="15">
         <v>0.39754</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>258</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>50</v>
       </c>
       <c r="K109" s="15">
         <v>0.38427</v>
       </c>
       <c r="L109" s="15">
         <v>0.30791</v>
       </c>
       <c r="M109" s="15">
         <v>0.2882</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E110" s="15">
         <v>10080028550</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>14</v>
       </c>
       <c r="K110" s="15">
         <v>0.41405</v>
       </c>
       <c r="L110" s="15">
         <v>0.35884</v>
       </c>
       <c r="M110" s="15">
         <v>0.34504</v>
       </c>
       <c r="N110" s="15">
-        <v>256</v>
+        <v>230</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E111" s="15">
         <v>10080053309</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
-        <v>0.36317</v>
+        <v>0.23034</v>
       </c>
       <c r="L111" s="15">
-        <v>0.26276</v>
+        <v>0.19963</v>
       </c>
       <c r="M111" s="15">
-        <v>0.22928</v>
+        <v>0.19195</v>
       </c>
       <c r="N111" s="15">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="E112" s="15">
         <v>10080031329</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>13</v>
       </c>
       <c r="K112" s="15">
         <v>0.47022</v>
       </c>
       <c r="L112" s="15">
         <v>0.40752</v>
       </c>
       <c r="M112" s="15">
         <v>0.39185</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>267</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>100</v>
       </c>
       <c r="K113" s="15">
         <v>0.17567</v>
       </c>
       <c r="L113" s="15">
         <v>0.15224</v>
       </c>
       <c r="M113" s="15">
         <v>0.14639</v>
       </c>
       <c r="N113" s="15">
-        <v>650</v>
+        <v>630</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>270</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>100</v>
       </c>
       <c r="K114" s="15">
         <v>0.36703</v>
       </c>
       <c r="L114" s="15">
         <v>0.34486</v>
       </c>
       <c r="M114" s="15">
         <v>0.33255</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E115" s="15">
         <v>10080040551</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>10</v>
       </c>
       <c r="K115" s="15">
         <v>0.52536</v>
       </c>
       <c r="L115" s="15">
         <v>0.45531</v>
       </c>
       <c r="M115" s="15">
         <v>0.4378</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="E116" s="15">
         <v>10080075269</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.32793</v>
       </c>
       <c r="L116" s="15">
         <v>0.27327</v>
       </c>
       <c r="M116" s="15">
         <v>0.26234</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="E117" s="15">
         <v>10080065490</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>1000</v>
       </c>
       <c r="K117" s="15">
         <v>0.1361</v>
       </c>
       <c r="L117" s="15">
         <v>0.11795</v>
       </c>
       <c r="M117" s="15">
         <v>0.11341</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="E118" s="15">
         <v>10080052213</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>476</v>
       </c>
       <c r="K118" s="15">
         <v>0.31775</v>
       </c>
       <c r="L118" s="15">
         <v>0.2665</v>
       </c>
       <c r="M118" s="15">
         <v>0.25625</v>
       </c>
       <c r="N118" s="15">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="E119" s="15">
         <v>10080017268</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1</v>
       </c>
       <c r="K119" s="15">
         <v>0.87324</v>
       </c>
       <c r="L119" s="15">
         <v>0.2839</v>
       </c>
       <c r="M119" s="15">
         <v>0.2839</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E120" s="15">
         <v>10080017269</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>96</v>
       </c>
       <c r="K120" s="15">
         <v>0.24633</v>
       </c>
       <c r="L120" s="15">
         <v>0.20938</v>
       </c>
       <c r="M120" s="15">
         <v>0.17243</v>
       </c>
       <c r="N120" s="15">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15"/>
       <c r="K121" s="15">
         <v>0.9680800000000001</v>
       </c>
       <c r="L121" s="15">
         <v>0.77471</v>
       </c>
       <c r="M121" s="15">
         <v>0.72544</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E122" s="15">
         <v>10080017278</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>108</v>
       </c>
       <c r="K122" s="15">
         <v>0.24633</v>
       </c>
       <c r="L122" s="15">
         <v>0.20938</v>
       </c>
       <c r="M122" s="15">
         <v>0.17243</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="E123" s="15">
         <v>10080017271</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>108</v>
       </c>
       <c r="K123" s="15">
         <v>0.3695</v>
       </c>
       <c r="L123" s="15">
         <v>0.31408</v>
       </c>
       <c r="M123" s="15">
         <v>0.25865</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="E124" s="15">
         <v>10080017279</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>84</v>
       </c>
       <c r="K124" s="15">
         <v>0.3695</v>
       </c>
       <c r="L124" s="15">
         <v>0.31408</v>
       </c>
       <c r="M124" s="15">
         <v>0.25865</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="E125" s="15">
         <v>10080017272</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>72</v>
       </c>
       <c r="K125" s="15">
         <v>0.3695</v>
       </c>
       <c r="L125" s="15">
         <v>0.31408</v>
       </c>
       <c r="M125" s="15">
         <v>0.25865</v>
       </c>
       <c r="N125" s="15">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="E126" s="15">
         <v>10080017280</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>72</v>
       </c>
       <c r="K126" s="15">
         <v>0.3695</v>
       </c>
       <c r="L126" s="15">
         <v>0.31408</v>
       </c>
       <c r="M126" s="15">
         <v>0.25865</v>
       </c>
       <c r="N126" s="15">
-        <v>732</v>
+        <v>589</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>297</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="E127" s="15">
         <v>10080017273</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>72</v>
       </c>
       <c r="K127" s="15">
         <v>0.61583</v>
       </c>
       <c r="L127" s="15">
         <v>0.52346</v>
       </c>
       <c r="M127" s="15">
         <v>0.43108</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="E128" s="15">
         <v>10080017281</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>60</v>
       </c>
       <c r="K128" s="15">
         <v>0.49266</v>
       </c>
       <c r="L128" s="15">
         <v>0.41876</v>
       </c>
       <c r="M128" s="15">
         <v>0.34486</v>
       </c>
       <c r="N128" s="15">
-        <v>295</v>
+        <v>269</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="E129" s="15">
         <v>10080017274</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>48</v>
       </c>
       <c r="K129" s="15">
         <v>0.49266</v>
       </c>
       <c r="L129" s="15">
         <v>0.41876</v>
       </c>
       <c r="M129" s="15">
         <v>0.34486</v>
       </c>
       <c r="N129" s="15">
         <v>93</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E130" s="15">
         <v>10080017282</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>48</v>
       </c>
       <c r="K130" s="15">
         <v>0.49266</v>
       </c>
       <c r="L130" s="15">
         <v>0.41876</v>
       </c>
       <c r="M130" s="15">
         <v>0.34486</v>
       </c>
       <c r="N130" s="15">
-        <v>521</v>
+        <v>505</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>305</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="E131" s="15">
         <v>10080017275</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>60</v>
       </c>
       <c r="K131" s="15">
         <v>0.49266</v>
       </c>
       <c r="L131" s="15">
         <v>0.41876</v>
       </c>
       <c r="M131" s="15">
         <v>0.34486</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E132" s="15">
         <v>10080017283</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>48</v>
       </c>
       <c r="K132" s="15">
         <v>2.42</v>
       </c>
       <c r="L132" s="15">
         <v>0.78517</v>
       </c>
       <c r="M132" s="15">
         <v>0.78517</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="E133" s="15">
         <v>10080017276</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>30</v>
       </c>
       <c r="K133" s="15">
         <v>0.73899</v>
       </c>
       <c r="L133" s="15">
         <v>0.62814</v>
       </c>
       <c r="M133" s="15">
         <v>0.51729</v>
       </c>
       <c r="N133" s="15">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E134" s="15">
         <v>10080017284</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>30</v>
       </c>
       <c r="K134" s="15">
         <v>0.73899</v>
       </c>
       <c r="L134" s="15">
         <v>0.62814</v>
       </c>
       <c r="M134" s="15">
         <v>0.51729</v>
       </c>
       <c r="N134" s="15">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="E135" s="15">
         <v>10080017277</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>48</v>
       </c>
       <c r="K135" s="15">
         <v>0.73899</v>
       </c>
       <c r="L135" s="15">
         <v>0.62814</v>
       </c>
       <c r="M135" s="15">
         <v>0.51729</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="E136" s="15">
         <v>10080017285</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>36</v>
       </c>
       <c r="K136" s="15">
         <v>0.73899</v>
       </c>
       <c r="L136" s="15">
         <v>0.62814</v>
       </c>
       <c r="M136" s="15">
         <v>0.51729</v>
       </c>
       <c r="N136" s="15">
         <v>48</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>317</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>318</v>
       </c>
-      <c r="D137" s="15" t="s">
+      <c r="E137" s="15" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15"/>
       <c r="K137" s="15">
         <v>1.23</v>
       </c>
       <c r="L137" s="15">
         <v>0.67741</v>
       </c>
       <c r="M137" s="15">
         <v>0.61583</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="E138" s="15">
         <v>10000014444</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>90</v>
       </c>
       <c r="K138" s="15">
         <v>0.24764</v>
       </c>
       <c r="L138" s="15">
         <v>0.21462</v>
       </c>
       <c r="M138" s="15">
         <v>0.20636</v>
       </c>
       <c r="N138" s="15">
         <v>100</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="E139" s="15">
         <v>10080017286</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>60</v>
       </c>
       <c r="K139" s="15">
         <v>0.22123</v>
       </c>
       <c r="L139" s="15">
         <v>0.21161</v>
       </c>
       <c r="M139" s="15">
         <v>0.20199</v>
       </c>
       <c r="N139" s="15">
-        <v>766</v>
+        <v>552</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="E140" s="15">
         <v>10000014445</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>80</v>
       </c>
       <c r="K140" s="15">
         <v>0.41188</v>
       </c>
       <c r="L140" s="15">
         <v>0.34323</v>
       </c>
       <c r="M140" s="15">
         <v>0.3295</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>327</v>
       </c>
-      <c r="D141" s="15" t="s">
+      <c r="E141" s="15" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>80</v>
       </c>
       <c r="K141" s="15">
         <v>0.29026</v>
       </c>
       <c r="L141" s="15">
         <v>0.29026</v>
       </c>
       <c r="M141" s="15">
         <v>0.29026</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="E142" s="15">
         <v>10000014446</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>70</v>
       </c>
       <c r="K142" s="15">
         <v>0.34904</v>
       </c>
       <c r="L142" s="15">
         <v>0.3025</v>
       </c>
       <c r="M142" s="15">
         <v>0.29086</v>
       </c>
       <c r="N142" s="15">
         <v>91</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>331</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="E143" s="15">
         <v>10080017287</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15"/>
       <c r="K143" s="15">
         <v>0.85107</v>
       </c>
       <c r="L143" s="15">
         <v>0.27675</v>
       </c>
       <c r="M143" s="15">
         <v>0.27675</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>334</v>
       </c>
-      <c r="D144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>60</v>
       </c>
       <c r="K144" s="15">
         <v>0.46709</v>
       </c>
       <c r="L144" s="15">
         <v>0.40481</v>
       </c>
       <c r="M144" s="15">
         <v>0.38924</v>
       </c>
       <c r="N144" s="15">
-        <v>1114</v>
+        <v>1086</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E145" s="15">
         <v>10000014448</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>60</v>
       </c>
       <c r="K145" s="15">
         <v>0.41339</v>
       </c>
       <c r="L145" s="15">
         <v>0.35827</v>
       </c>
       <c r="M145" s="15">
         <v>0.34449</v>
       </c>
       <c r="N145" s="15">
-        <v>465</v>
+        <v>454</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="E146" s="15">
         <v>10080017288</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>48</v>
       </c>
       <c r="K146" s="15">
         <v>0.99518</v>
       </c>
       <c r="L146" s="15">
         <v>0.32355</v>
       </c>
       <c r="M146" s="15">
         <v>0.32355</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E147" s="15">
         <v>10000014449</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>50</v>
       </c>
       <c r="K147" s="15">
         <v>0.24633</v>
       </c>
       <c r="L147" s="15">
         <v>0.20938</v>
       </c>
       <c r="M147" s="15">
         <v>0.17243</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="E148" s="15">
         <v>10000014450</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>50</v>
       </c>
       <c r="K148" s="15">
         <v>0.49449</v>
       </c>
       <c r="L148" s="15">
         <v>0.42856</v>
       </c>
       <c r="M148" s="15">
         <v>0.41208</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15">
         <v>100</v>
       </c>
-      <c r="P148" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="E149" s="15">
         <v>10080017289</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>40</v>
       </c>
       <c r="K149" s="15">
         <v>0.99271</v>
       </c>
       <c r="L149" s="15">
         <v>0.32282</v>
       </c>
       <c r="M149" s="15">
         <v>0.32282</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="E150" s="15">
         <v>10000014451</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>40</v>
       </c>
       <c r="K150" s="15">
         <v>1.1</v>
       </c>
       <c r="L150" s="15">
         <v>0.35668</v>
       </c>
       <c r="M150" s="15">
         <v>0.35668</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="E151" s="15">
         <v>10080017290</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>40</v>
       </c>
       <c r="K151" s="15">
         <v>1.07</v>
       </c>
       <c r="L151" s="15">
         <v>0.34721</v>
       </c>
       <c r="M151" s="15">
         <v>0.34721</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="E152" s="15">
         <v>10000014452</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>30</v>
       </c>
       <c r="K152" s="15">
         <v>1.05</v>
       </c>
       <c r="L152" s="15">
         <v>0.60795</v>
       </c>
       <c r="M152" s="15">
         <v>0.54715</v>
       </c>
       <c r="N152" s="15">
-        <v>247</v>
+        <v>282</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="E153" s="15">
         <v>10080017291</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>30</v>
       </c>
       <c r="K153" s="15">
         <v>1.37</v>
       </c>
       <c r="L153" s="15">
         <v>0.44635</v>
       </c>
       <c r="M153" s="15">
         <v>0.44635</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="E154" s="15">
         <v>10000014453</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>20</v>
       </c>
       <c r="K154" s="15">
         <v>0.3695</v>
       </c>
       <c r="L154" s="15">
         <v>0.31408</v>
       </c>
       <c r="M154" s="15">
         <v>0.25865</v>
       </c>
       <c r="N154" s="15">
         <v>79</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>356</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="E155" s="15">
         <v>10080017292</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>20</v>
       </c>
       <c r="K155" s="15">
         <v>1.56</v>
       </c>
       <c r="L155" s="15">
         <v>0.50597</v>
       </c>
       <c r="M155" s="15">
         <v>0.50597</v>
       </c>
       <c r="N155" s="15">
         <v>65</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="E156" s="15">
         <v>10000014454</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>30</v>
       </c>
       <c r="K156" s="15">
         <v>0.3695</v>
       </c>
       <c r="L156" s="15">
         <v>0.31408</v>
       </c>
       <c r="M156" s="15">
         <v>0.25865</v>
       </c>
       <c r="N156" s="15">
         <v>11</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>360</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E157" s="15">
         <v>10080027474</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>1</v>
       </c>
       <c r="K157" s="15">
         <v>1.81</v>
       </c>
       <c r="L157" s="15">
         <v>0.73653</v>
       </c>
       <c r="M157" s="15">
         <v>0.73653</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="E158" s="15">
         <v>10080075743</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>0.13766</v>
       </c>
       <c r="L158" s="15">
         <v>0.11471</v>
       </c>
       <c r="M158" s="15">
         <v>0.11012</v>
       </c>
       <c r="N158" s="15">
         <v>10</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>364</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>365</v>
       </c>
-      <c r="D159" s="15" t="s">
+      <c r="E159" s="15" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>12</v>
       </c>
       <c r="K159" s="15">
         <v>0.5007</v>
       </c>
       <c r="L159" s="15">
         <v>0.43394</v>
       </c>
       <c r="M159" s="15">
         <v>0.41725</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>368</v>
       </c>
-      <c r="D160" s="15" t="s">
+      <c r="E160" s="15" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
         <v>0.2077</v>
       </c>
       <c r="L160" s="15">
         <v>0.2077</v>
       </c>
       <c r="M160" s="15">
         <v>0.2077</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15">
         <v>5000</v>
       </c>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>370</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>371</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
         <v>0.15635</v>
       </c>
       <c r="L161" s="15">
         <v>0.15635</v>
       </c>
       <c r="M161" s="15">
         <v>0.15635</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15">
         <v>5000</v>
       </c>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>374</v>
       </c>
-      <c r="D162" s="15" t="s">
+      <c r="E162" s="15" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
         <v>0.41529</v>
       </c>
       <c r="L162" s="15">
         <v>0.41529</v>
       </c>
       <c r="M162" s="15">
         <v>0.41529</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15">
         <v>5000</v>
       </c>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>377</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>1000</v>
       </c>
       <c r="K163" s="15">
         <v>0.31257</v>
       </c>
       <c r="L163" s="15">
         <v>0.31257</v>
       </c>
       <c r="M163" s="15">
         <v>0.31257</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15">
         <v>5000</v>
       </c>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14"/>
       <c r="C164" s="15"/>
@@ -8028,317 +8003,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>388</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>