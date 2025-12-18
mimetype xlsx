--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1462,60 +1462,60 @@
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="15">
         <v>50</v>
       </c>
       <c r="K14" s="15">
-        <v>8.92</v>
+        <v>6.47</v>
       </c>
       <c r="L14" s="15">
-        <v>6.37</v>
+        <v>5.61</v>
       </c>
       <c r="M14" s="15">
-        <v>5.74</v>
+        <v>5.39</v>
       </c>
       <c r="N14" s="15">
-        <v>360</v>
+        <v>428</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>200</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
@@ -1587,139 +1587,139 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J17" s="15">
         <v>50</v>
       </c>
       <c r="K17" s="15">
-        <v>6.56</v>
+        <v>4.66</v>
       </c>
       <c r="L17" s="15">
-        <v>4.68</v>
+        <v>4.04</v>
       </c>
       <c r="M17" s="15">
-        <v>4.21</v>
+        <v>3.88</v>
       </c>
       <c r="N17" s="15">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J18" s="15">
         <v>50</v>
       </c>
       <c r="K18" s="15">
-        <v>17.48</v>
+        <v>11.26</v>
       </c>
       <c r="L18" s="15">
-        <v>12.6</v>
+        <v>9.76</v>
       </c>
       <c r="M18" s="15">
-        <v>10.97</v>
+        <v>9.380000000000001</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>200</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J19" s="15">
         <v>50</v>
       </c>
       <c r="K19" s="15">
-        <v>18.91</v>
+        <v>12.18</v>
       </c>
       <c r="L19" s="15">
-        <v>13.63</v>
+        <v>10.56</v>
       </c>
       <c r="M19" s="15">
-        <v>11.87</v>
+        <v>10.15</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15">
         <v>200</v>
       </c>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
@@ -1936,139 +1936,139 @@
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>10</v>
       </c>
       <c r="K26" s="15">
-        <v>7.54</v>
+        <v>4.92</v>
       </c>
       <c r="L26" s="15">
-        <v>5.26</v>
+        <v>4.26</v>
       </c>
       <c r="M26" s="15">
-        <v>4.74</v>
+        <v>4.1</v>
       </c>
       <c r="N26" s="15">
         <v>100</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>200</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>10</v>
       </c>
       <c r="K27" s="15">
-        <v>10.06</v>
+        <v>6.56</v>
       </c>
       <c r="L27" s="15">
-        <v>7.02</v>
+        <v>5.69</v>
       </c>
       <c r="M27" s="15">
-        <v>6.32</v>
+        <v>5.47</v>
       </c>
       <c r="N27" s="15">
         <v>100</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15">
         <v>200</v>
       </c>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>10</v>
       </c>
       <c r="K28" s="15">
-        <v>14.21</v>
+        <v>9.26</v>
       </c>
       <c r="L28" s="15">
-        <v>9.91</v>
+        <v>8.029999999999999</v>
       </c>
       <c r="M28" s="15">
-        <v>8.92</v>
+        <v>7.72</v>
       </c>
       <c r="N28" s="15">
         <v>100</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15">
         <v>200</v>
       </c>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F29" s="15"/>
@@ -2404,53 +2404,51 @@
       </c>
       <c r="D38" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>2.34</v>
       </c>
       <c r="L38" s="15">
         <v>1.87</v>
       </c>
       <c r="M38" s="15">
         <v>1.64</v>
       </c>
-      <c r="N38" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>