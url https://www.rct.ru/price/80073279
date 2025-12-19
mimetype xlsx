--- v1 (2025-12-18)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1471,51 +1471,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="15">
         <v>50</v>
       </c>
       <c r="K14" s="15">
         <v>6.47</v>
       </c>
       <c r="L14" s="15">
         <v>5.61</v>
       </c>
       <c r="M14" s="15">
         <v>5.39</v>
       </c>
       <c r="N14" s="15">
-        <v>428</v>
+        <v>297</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>200</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
@@ -1596,51 +1596,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J17" s="15">
         <v>50</v>
       </c>
       <c r="K17" s="15">
         <v>4.66</v>
       </c>
       <c r="L17" s="15">
         <v>4.04</v>
       </c>
       <c r="M17" s="15">
         <v>3.88</v>
       </c>
       <c r="N17" s="15">
-        <v>121</v>
+        <v>167</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15" t="s">