--- v2 (2025-12-19)
+++ v3 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1471,51 +1471,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="15">
         <v>50</v>
       </c>
       <c r="K14" s="15">
         <v>6.47</v>
       </c>
       <c r="L14" s="15">
         <v>5.61</v>
       </c>
       <c r="M14" s="15">
         <v>5.39</v>
       </c>
       <c r="N14" s="15">
-        <v>297</v>
+        <v>370</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>200</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
@@ -1596,51 +1596,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J17" s="15">
         <v>50</v>
       </c>
       <c r="K17" s="15">
         <v>4.66</v>
       </c>
       <c r="L17" s="15">
         <v>4.04</v>
       </c>
       <c r="M17" s="15">
         <v>3.88</v>
       </c>
       <c r="N17" s="15">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15" t="s">
@@ -2404,51 +2404,53 @@
       </c>
       <c r="D38" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>2.34</v>
       </c>
       <c r="L38" s="15">
         <v>1.87</v>
       </c>
       <c r="M38" s="15">
         <v>1.64</v>
       </c>
-      <c r="N38" s="15"/>
+      <c r="N38" s="15">
+        <v>1</v>
+      </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>