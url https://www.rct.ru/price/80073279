--- v3 (2026-01-10)
+++ v4 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1471,51 +1471,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="15">
         <v>50</v>
       </c>
       <c r="K14" s="15">
         <v>6.47</v>
       </c>
       <c r="L14" s="15">
         <v>5.61</v>
       </c>
       <c r="M14" s="15">
         <v>5.39</v>
       </c>
       <c r="N14" s="15">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>200</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
@@ -1596,51 +1596,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J17" s="15">
         <v>50</v>
       </c>
       <c r="K17" s="15">
         <v>4.66</v>
       </c>
       <c r="L17" s="15">
         <v>4.04</v>
       </c>
       <c r="M17" s="15">
         <v>3.88</v>
       </c>
       <c r="N17" s="15">
-        <v>179</v>
+        <v>163</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15" t="s">