--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1471,51 +1471,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="15">
         <v>50</v>
       </c>
       <c r="K14" s="15">
         <v>6.47</v>
       </c>
       <c r="L14" s="15">
         <v>5.61</v>
       </c>
       <c r="M14" s="15">
         <v>5.39</v>
       </c>
       <c r="N14" s="15">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>200</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
@@ -1596,51 +1596,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J17" s="15">
         <v>50</v>
       </c>
       <c r="K17" s="15">
         <v>4.66</v>
       </c>
       <c r="L17" s="15">
         <v>4.04</v>
       </c>
       <c r="M17" s="15">
         <v>3.88</v>
       </c>
       <c r="N17" s="15">
-        <v>163</v>
+        <v>111</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15" t="s">