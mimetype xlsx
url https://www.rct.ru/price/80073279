--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1471,51 +1471,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="15">
         <v>50</v>
       </c>
       <c r="K14" s="15">
         <v>6.47</v>
       </c>
       <c r="L14" s="15">
         <v>5.61</v>
       </c>
       <c r="M14" s="15">
         <v>5.39</v>
       </c>
       <c r="N14" s="15">
-        <v>367</v>
+        <v>337</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>200</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
@@ -1596,51 +1596,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J17" s="15">
         <v>50</v>
       </c>
       <c r="K17" s="15">
         <v>4.66</v>
       </c>
       <c r="L17" s="15">
         <v>4.04</v>
       </c>
       <c r="M17" s="15">
         <v>3.88</v>
       </c>
       <c r="N17" s="15">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15" t="s">