--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1001,332 +1001,332 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
-        <v>0.09946000000000001</v>
+        <v>0.06144</v>
       </c>
       <c r="L9" s="15">
-        <v>0.0717</v>
+        <v>0.05325</v>
       </c>
       <c r="M9" s="15">
-        <v>0.06246</v>
+        <v>0.0512</v>
       </c>
       <c r="N9" s="15">
-        <v>183</v>
+        <v>212</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
-        <v>0.10489</v>
+        <v>0.06618</v>
       </c>
       <c r="L10" s="15">
-        <v>0.07562000000000001</v>
+        <v>0.05736</v>
       </c>
       <c r="M10" s="15">
-        <v>0.06586</v>
+        <v>0.05515</v>
       </c>
       <c r="N10" s="15">
-        <v>740</v>
+        <v>700</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
-        <v>0.1016</v>
+        <v>0.06534</v>
       </c>
       <c r="L11" s="15">
-        <v>0.07324</v>
+        <v>0.05663</v>
       </c>
       <c r="M11" s="15">
-        <v>0.06379</v>
+        <v>0.05445</v>
       </c>
       <c r="N11" s="15">
-        <v>2610</v>
+        <v>1920</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15">
         <v>12000</v>
       </c>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
-        <v>0.09841</v>
+        <v>0.0624</v>
       </c>
       <c r="L12" s="15">
-        <v>0.07094</v>
+        <v>0.05408</v>
       </c>
       <c r="M12" s="15">
-        <v>0.06179</v>
+        <v>0.052</v>
       </c>
       <c r="N12" s="15">
-        <v>464</v>
+        <v>498</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>12000</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
-        <v>0.14549</v>
+        <v>0.09371</v>
       </c>
       <c r="L13" s="15">
-        <v>0.10489</v>
+        <v>0.08121</v>
       </c>
       <c r="M13" s="15">
-        <v>0.09135</v>
+        <v>0.07809000000000001</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1600</v>
       </c>
       <c r="K14" s="15">
-        <v>0.19658</v>
+        <v>0.12663</v>
       </c>
       <c r="L14" s="15">
-        <v>0.14172</v>
+        <v>0.10975</v>
       </c>
       <c r="M14" s="15">
-        <v>0.12344</v>
+        <v>0.10553</v>
       </c>
       <c r="N14" s="15">
-        <v>360</v>
+        <v>401</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>6400</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.6333299999999999</v>
       </c>
       <c r="L15" s="15">
         <v>0.42204</v>
       </c>
       <c r="M15" s="15">
         <v>0.38383</v>
       </c>
       <c r="N15" s="15">
-        <v>720</v>
+        <v>666</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080055440</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>450</v>
       </c>
       <c r="K16" s="15">
-        <v>1.11</v>
+        <v>0.36692</v>
       </c>
       <c r="L16" s="15">
-        <v>0.59833</v>
+        <v>0.36692</v>
       </c>
       <c r="M16" s="15">
-        <v>0.5196</v>
+        <v>0.36692</v>
       </c>
       <c r="N16" s="15">
         <v>1647</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>