--- v1 (2025-12-14)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1010,170 +1010,170 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.06144</v>
       </c>
       <c r="L9" s="15">
         <v>0.05325</v>
       </c>
       <c r="M9" s="15">
         <v>0.0512</v>
       </c>
       <c r="N9" s="15">
-        <v>212</v>
+        <v>259</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.06618</v>
       </c>
       <c r="L10" s="15">
         <v>0.05736</v>
       </c>
       <c r="M10" s="15">
         <v>0.05515</v>
       </c>
       <c r="N10" s="15">
-        <v>700</v>
+        <v>870</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.06534</v>
       </c>
       <c r="L11" s="15">
         <v>0.05663</v>
       </c>
       <c r="M11" s="15">
         <v>0.05445</v>
       </c>
       <c r="N11" s="15">
-        <v>1920</v>
+        <v>2670</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15">
         <v>12000</v>
       </c>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
         <v>0.0624</v>
       </c>
       <c r="L12" s="15">
         <v>0.05408</v>
       </c>
       <c r="M12" s="15">
         <v>0.052</v>
       </c>
       <c r="N12" s="15">
-        <v>498</v>
+        <v>371</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>12000</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
@@ -1207,51 +1207,51 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1600</v>
       </c>
       <c r="K14" s="15">
         <v>0.12663</v>
       </c>
       <c r="L14" s="15">
         <v>0.10975</v>
       </c>
       <c r="M14" s="15">
         <v>0.10553</v>
       </c>
       <c r="N14" s="15">
-        <v>401</v>
+        <v>356</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>6400</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -1285,51 +1285,51 @@
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080055440</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>450</v>
       </c>
       <c r="K16" s="15">
         <v>0.36692</v>
       </c>
       <c r="L16" s="15">
         <v>0.36692</v>
       </c>
       <c r="M16" s="15">
         <v>0.36692</v>
       </c>
       <c r="N16" s="15">
-        <v>1647</v>
+        <v>1620</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
     </row>
   </sheetData>