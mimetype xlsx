--- v2 (2025-12-18)
+++ v3 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1010,129 +1010,129 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.06144</v>
       </c>
       <c r="L9" s="15">
         <v>0.05325</v>
       </c>
       <c r="M9" s="15">
         <v>0.0512</v>
       </c>
       <c r="N9" s="15">
-        <v>259</v>
+        <v>221</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.06618</v>
       </c>
       <c r="L10" s="15">
         <v>0.05736</v>
       </c>
       <c r="M10" s="15">
         <v>0.05515</v>
       </c>
       <c r="N10" s="15">
-        <v>870</v>
+        <v>620</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.06534</v>
       </c>
       <c r="L11" s="15">
         <v>0.05663</v>
       </c>
       <c r="M11" s="15">
         <v>0.05445</v>
       </c>
       <c r="N11" s="15">
-        <v>2670</v>
+        <v>1920</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15">
         <v>12000</v>
       </c>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
@@ -1207,129 +1207,129 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1600</v>
       </c>
       <c r="K14" s="15">
         <v>0.12663</v>
       </c>
       <c r="L14" s="15">
         <v>0.10975</v>
       </c>
       <c r="M14" s="15">
         <v>0.10553</v>
       </c>
       <c r="N14" s="15">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>6400</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.6333299999999999</v>
       </c>
       <c r="L15" s="15">
         <v>0.42204</v>
       </c>
       <c r="M15" s="15">
         <v>0.38383</v>
       </c>
       <c r="N15" s="15">
-        <v>666</v>
+        <v>585</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080055440</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>450</v>
       </c>
       <c r="K16" s="15">
         <v>0.36692</v>
       </c>
       <c r="L16" s="15">
         <v>0.36692</v>
       </c>
       <c r="M16" s="15">
         <v>0.36692</v>
       </c>
       <c r="N16" s="15">
-        <v>1620</v>
+        <v>2214</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
     </row>
   </sheetData>