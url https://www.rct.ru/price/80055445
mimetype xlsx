--- v3 (2026-01-11)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1010,170 +1010,170 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.06144</v>
       </c>
       <c r="L9" s="15">
         <v>0.05325</v>
       </c>
       <c r="M9" s="15">
         <v>0.0512</v>
       </c>
       <c r="N9" s="15">
-        <v>221</v>
+        <v>183</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.06618</v>
       </c>
       <c r="L10" s="15">
         <v>0.05736</v>
       </c>
       <c r="M10" s="15">
         <v>0.05515</v>
       </c>
       <c r="N10" s="15">
-        <v>620</v>
+        <v>750</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.06534</v>
       </c>
       <c r="L11" s="15">
         <v>0.05663</v>
       </c>
       <c r="M11" s="15">
         <v>0.05445</v>
       </c>
       <c r="N11" s="15">
-        <v>1920</v>
+        <v>2550</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15">
         <v>12000</v>
       </c>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
         <v>0.0624</v>
       </c>
       <c r="L12" s="15">
         <v>0.05408</v>
       </c>
       <c r="M12" s="15">
         <v>0.052</v>
       </c>
       <c r="N12" s="15">
-        <v>371</v>
+        <v>423</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>12000</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
@@ -1246,90 +1246,90 @@
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.6333299999999999</v>
       </c>
       <c r="L15" s="15">
         <v>0.42204</v>
       </c>
       <c r="M15" s="15">
         <v>0.38383</v>
       </c>
       <c r="N15" s="15">
-        <v>585</v>
+        <v>684</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080055440</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>450</v>
       </c>
       <c r="K16" s="15">
         <v>0.36692</v>
       </c>
       <c r="L16" s="15">
         <v>0.36692</v>
       </c>
       <c r="M16" s="15">
         <v>0.36692</v>
       </c>
       <c r="N16" s="15">
-        <v>2214</v>
+        <v>2349</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
     </row>
   </sheetData>