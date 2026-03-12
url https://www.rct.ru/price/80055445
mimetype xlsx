--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1010,170 +1010,170 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.06144</v>
       </c>
       <c r="L9" s="15">
         <v>0.05325</v>
       </c>
       <c r="M9" s="15">
         <v>0.0512</v>
       </c>
       <c r="N9" s="15">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.06618</v>
       </c>
       <c r="L10" s="15">
         <v>0.05736</v>
       </c>
       <c r="M10" s="15">
         <v>0.05515</v>
       </c>
       <c r="N10" s="15">
-        <v>750</v>
+        <v>660</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.06534</v>
       </c>
       <c r="L11" s="15">
         <v>0.05663</v>
       </c>
       <c r="M11" s="15">
         <v>0.05445</v>
       </c>
       <c r="N11" s="15">
-        <v>2550</v>
+        <v>2041</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15">
         <v>12000</v>
       </c>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
         <v>0.0624</v>
       </c>
       <c r="L12" s="15">
         <v>0.05408</v>
       </c>
       <c r="M12" s="15">
         <v>0.052</v>
       </c>
       <c r="N12" s="15">
-        <v>423</v>
+        <v>522</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>12000</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
@@ -1207,129 +1207,129 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1600</v>
       </c>
       <c r="K14" s="15">
         <v>0.12663</v>
       </c>
       <c r="L14" s="15">
         <v>0.10975</v>
       </c>
       <c r="M14" s="15">
         <v>0.10553</v>
       </c>
       <c r="N14" s="15">
-        <v>347</v>
+        <v>374</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>6400</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.6333299999999999</v>
       </c>
       <c r="L15" s="15">
         <v>0.42204</v>
       </c>
       <c r="M15" s="15">
         <v>0.38383</v>
       </c>
       <c r="N15" s="15">
-        <v>684</v>
+        <v>675</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080055440</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>450</v>
       </c>
       <c r="K16" s="15">
         <v>0.36692</v>
       </c>
       <c r="L16" s="15">
         <v>0.36692</v>
       </c>
       <c r="M16" s="15">
         <v>0.36692</v>
       </c>
       <c r="N16" s="15">
-        <v>2349</v>
+        <v>1837</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
     </row>
   </sheetData>