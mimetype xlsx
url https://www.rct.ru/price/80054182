--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>