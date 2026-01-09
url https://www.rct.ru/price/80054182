--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>