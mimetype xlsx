--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -146,50 +146,53 @@
     <t>CONV DIP 55x45</t>
   </si>
   <si>
     <t>Источники питания AC/DC + DC/DC / TOPPOWER / DC/DC CONVERTORS</t>
   </si>
   <si>
     <t>TP20DC24S12W</t>
   </si>
   <si>
     <t>вход: 24VDC (9-36VDC); выход: 12VDC 1.7A; изол. 1500VDC / TP20DC24S12W</t>
   </si>
   <si>
     <t>UT-00096660</t>
   </si>
   <si>
     <t>TPET2405X</t>
   </si>
   <si>
     <t>вход: 24VDC; выход: 5VDC 200mA; изол. 3000VDC; SMD (no pin 5, 10, 15) / TPET2405X</t>
   </si>
   <si>
     <t>UT-00096659</t>
   </si>
   <si>
     <t>CONV SMD 13.7x8.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TPET2405X TopPower, TPET2405X TopPower, </t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
@@ -1094,51 +1097,53 @@
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I12" s="15"/>
+      <c r="I12" s="15" t="s">
+        <v>44</v>
+      </c>
       <c r="J12" s="15">
         <v>35</v>
       </c>
       <c r="K12" s="15">
         <v>3.97</v>
       </c>
       <c r="L12" s="15">
         <v>3.33</v>
       </c>
       <c r="M12" s="15">
         <v>3.2</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14"/>
       <c r="C13" s="15"/>
       <c r="D13" s="15"/>
       <c r="E13" s="15"/>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
@@ -1193,317 +1198,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>