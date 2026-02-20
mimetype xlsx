--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>