--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>