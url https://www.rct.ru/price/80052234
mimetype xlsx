--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1093,51 +1093,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2500</v>
       </c>
       <c r="K9" s="15">
         <v>0.078</v>
       </c>
       <c r="L9" s="15">
         <v>0.078</v>
       </c>
       <c r="M9" s="15">
         <v>0.078</v>
       </c>
       <c r="N9" s="15">
-        <v>3366</v>
+        <v>3122</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
@@ -1173,51 +1173,51 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.1083</v>
       </c>
       <c r="L11" s="15">
         <v>0.09082999999999999</v>
       </c>
       <c r="M11" s="15">
         <v>0.08734</v>
       </c>
       <c r="N11" s="15">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15">
         <v>10080007499</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>41</v>
@@ -1292,51 +1292,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.078</v>
       </c>
       <c r="L14" s="15">
         <v>0.078</v>
       </c>
       <c r="M14" s="15">
         <v>0.078</v>
       </c>
       <c r="N14" s="15">
-        <v>4800</v>
+        <v>3900</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>52</v>
@@ -1400,57 +1400,57 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>2500</v>
       </c>
       <c r="K17" s="15">
-        <v>0.15897</v>
+        <v>0.16074</v>
       </c>
       <c r="L17" s="15">
-        <v>0.13333</v>
+        <v>0.13481</v>
       </c>
       <c r="M17" s="15">
-        <v>0.1282</v>
+        <v>0.12963</v>
       </c>
       <c r="N17" s="15">
         <v>49</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
@@ -1487,51 +1487,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2500</v>
       </c>
       <c r="K19" s="15">
         <v>0.15</v>
       </c>
       <c r="L19" s="15">
         <v>0.15</v>
       </c>
       <c r="M19" s="15">
         <v>0.15</v>
       </c>
       <c r="N19" s="15">
-        <v>1816</v>
+        <v>1708</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>52</v>