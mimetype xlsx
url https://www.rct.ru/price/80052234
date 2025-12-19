--- v1 (2025-12-18)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1093,51 +1093,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2500</v>
       </c>
       <c r="K9" s="15">
         <v>0.078</v>
       </c>
       <c r="L9" s="15">
         <v>0.078</v>
       </c>
       <c r="M9" s="15">
         <v>0.078</v>
       </c>
       <c r="N9" s="15">
-        <v>3122</v>
+        <v>4244</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
@@ -1173,51 +1173,51 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.1083</v>
       </c>
       <c r="L11" s="15">
         <v>0.09082999999999999</v>
       </c>
       <c r="M11" s="15">
         <v>0.08734</v>
       </c>
       <c r="N11" s="15">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15">
         <v>10080007499</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>41</v>
@@ -1292,51 +1292,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.078</v>
       </c>
       <c r="L14" s="15">
         <v>0.078</v>
       </c>
       <c r="M14" s="15">
         <v>0.078</v>
       </c>
       <c r="N14" s="15">
-        <v>3900</v>
+        <v>5040</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>52</v>
@@ -1400,57 +1400,57 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>2500</v>
       </c>
       <c r="K17" s="15">
-        <v>0.16074</v>
+        <v>0.15884</v>
       </c>
       <c r="L17" s="15">
-        <v>0.13481</v>
+        <v>0.13322</v>
       </c>
       <c r="M17" s="15">
-        <v>0.12963</v>
+        <v>0.12809</v>
       </c>
       <c r="N17" s="15">
         <v>49</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
@@ -1487,51 +1487,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2500</v>
       </c>
       <c r="K19" s="15">
         <v>0.15</v>
       </c>
       <c r="L19" s="15">
         <v>0.15</v>
       </c>
       <c r="M19" s="15">
         <v>0.15</v>
       </c>
       <c r="N19" s="15">
-        <v>1708</v>
+        <v>1897</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>52</v>