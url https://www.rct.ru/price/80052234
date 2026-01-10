--- v2 (2025-12-19)
+++ v3 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1093,51 +1093,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2500</v>
       </c>
       <c r="K9" s="15">
         <v>0.078</v>
       </c>
       <c r="L9" s="15">
         <v>0.078</v>
       </c>
       <c r="M9" s="15">
         <v>0.078</v>
       </c>
       <c r="N9" s="15">
-        <v>4244</v>
+        <v>4098</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
@@ -1173,51 +1173,51 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.1083</v>
       </c>
       <c r="L11" s="15">
         <v>0.09082999999999999</v>
       </c>
       <c r="M11" s="15">
         <v>0.08734</v>
       </c>
       <c r="N11" s="15">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15">
         <v>10080007499</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>41</v>
@@ -1292,51 +1292,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.078</v>
       </c>
       <c r="L14" s="15">
         <v>0.078</v>
       </c>
       <c r="M14" s="15">
         <v>0.078</v>
       </c>
       <c r="N14" s="15">
-        <v>5040</v>
+        <v>4860</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>52</v>
@@ -1400,57 +1400,57 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>2500</v>
       </c>
       <c r="K17" s="15">
-        <v>0.15884</v>
+        <v>0.12821</v>
       </c>
       <c r="L17" s="15">
-        <v>0.13322</v>
+        <v>0.11111</v>
       </c>
       <c r="M17" s="15">
-        <v>0.12809</v>
+        <v>0.10684</v>
       </c>
       <c r="N17" s="15">
         <v>49</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
@@ -1487,51 +1487,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2500</v>
       </c>
       <c r="K19" s="15">
         <v>0.15</v>
       </c>
       <c r="L19" s="15">
         <v>0.15</v>
       </c>
       <c r="M19" s="15">
         <v>0.15</v>
       </c>
       <c r="N19" s="15">
-        <v>1897</v>
+        <v>2358</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>52</v>