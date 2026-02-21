--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1093,51 +1093,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2500</v>
       </c>
       <c r="K9" s="15">
         <v>0.078</v>
       </c>
       <c r="L9" s="15">
         <v>0.078</v>
       </c>
       <c r="M9" s="15">
         <v>0.078</v>
       </c>
       <c r="N9" s="15">
-        <v>4098</v>
+        <v>3447</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
@@ -1173,51 +1173,51 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.1083</v>
       </c>
       <c r="L11" s="15">
         <v>0.09082999999999999</v>
       </c>
       <c r="M11" s="15">
         <v>0.08734</v>
       </c>
       <c r="N11" s="15">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15">
         <v>10080007499</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>41</v>
@@ -1292,51 +1292,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.078</v>
       </c>
       <c r="L14" s="15">
         <v>0.078</v>
       </c>
       <c r="M14" s="15">
         <v>0.078</v>
       </c>
       <c r="N14" s="15">
-        <v>4860</v>
+        <v>4980</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>52</v>
@@ -1487,51 +1487,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2500</v>
       </c>
       <c r="K19" s="15">
         <v>0.15</v>
       </c>
       <c r="L19" s="15">
         <v>0.15</v>
       </c>
       <c r="M19" s="15">
         <v>0.15</v>
       </c>
       <c r="N19" s="15">
-        <v>2358</v>
+        <v>2196</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>52</v>