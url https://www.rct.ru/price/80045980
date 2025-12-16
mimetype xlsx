--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1508,51 +1508,51 @@
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080018189</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
       </c>
       <c r="K19" s="15">
         <v>2.81</v>
       </c>
       <c r="L19" s="15">
         <v>2.11</v>
       </c>
       <c r="M19" s="15">
         <v>1.97</v>
       </c>
       <c r="N19" s="15">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
@@ -1703,90 +1703,90 @@
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15">
         <v>10080019482</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1</v>
       </c>
       <c r="K24" s="15">
         <v>0.47329</v>
       </c>
       <c r="L24" s="15">
         <v>0.35496</v>
       </c>
       <c r="M24" s="15">
         <v>0.33131</v>
       </c>
       <c r="N24" s="15">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080019483</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.77</v>
       </c>
       <c r="L25" s="15">
         <v>0.77</v>
       </c>
       <c r="M25" s="15">
         <v>0.77</v>
       </c>
       <c r="N25" s="15">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="15">
         <v>10080019484</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>