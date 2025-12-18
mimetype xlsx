--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1508,51 +1508,51 @@
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080018189</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
       </c>
       <c r="K19" s="15">
         <v>2.81</v>
       </c>
       <c r="L19" s="15">
         <v>2.11</v>
       </c>
       <c r="M19" s="15">
         <v>1.97</v>
       </c>
       <c r="N19" s="15">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
@@ -1703,90 +1703,90 @@
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15">
         <v>10080019482</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1</v>
       </c>
       <c r="K24" s="15">
         <v>0.47329</v>
       </c>
       <c r="L24" s="15">
         <v>0.35496</v>
       </c>
       <c r="M24" s="15">
         <v>0.33131</v>
       </c>
       <c r="N24" s="15">
-        <v>120</v>
+        <v>105</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080019483</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.77</v>
       </c>
       <c r="L25" s="15">
         <v>0.77</v>
       </c>
       <c r="M25" s="15">
         <v>0.77</v>
       </c>
       <c r="N25" s="15">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="15">
         <v>10080019484</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>