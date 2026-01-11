--- v2 (2025-12-18)
+++ v3 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1508,51 +1508,51 @@
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080018189</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
       </c>
       <c r="K19" s="15">
         <v>2.81</v>
       </c>
       <c r="L19" s="15">
         <v>2.11</v>
       </c>
       <c r="M19" s="15">
         <v>1.97</v>
       </c>
       <c r="N19" s="15">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
@@ -1703,90 +1703,90 @@
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15">
         <v>10080019482</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1</v>
       </c>
       <c r="K24" s="15">
         <v>0.47329</v>
       </c>
       <c r="L24" s="15">
         <v>0.35496</v>
       </c>
       <c r="M24" s="15">
         <v>0.33131</v>
       </c>
       <c r="N24" s="15">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080019483</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.77</v>
       </c>
       <c r="L25" s="15">
         <v>0.77</v>
       </c>
       <c r="M25" s="15">
         <v>0.77</v>
       </c>
       <c r="N25" s="15">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="15">
         <v>10080019484</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>