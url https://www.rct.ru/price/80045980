--- v3 (2026-01-11)
+++ v4 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1703,90 +1703,90 @@
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15">
         <v>10080019482</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1</v>
       </c>
       <c r="K24" s="15">
         <v>0.47329</v>
       </c>
       <c r="L24" s="15">
         <v>0.35496</v>
       </c>
       <c r="M24" s="15">
         <v>0.33131</v>
       </c>
       <c r="N24" s="15">
-        <v>108</v>
+        <v>134</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080019483</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.77</v>
       </c>
       <c r="L25" s="15">
         <v>0.77</v>
       </c>
       <c r="M25" s="15">
         <v>0.77</v>
       </c>
       <c r="N25" s="15">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="15">
         <v>10080019484</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>