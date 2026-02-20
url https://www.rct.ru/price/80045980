--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1508,51 +1508,51 @@
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080018189</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
       </c>
       <c r="K19" s="15">
         <v>2.81</v>
       </c>
       <c r="L19" s="15">
         <v>2.11</v>
       </c>
       <c r="M19" s="15">
         <v>1.97</v>
       </c>
       <c r="N19" s="15">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
@@ -1703,90 +1703,90 @@
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15">
         <v>10080019482</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1</v>
       </c>
       <c r="K24" s="15">
         <v>0.47329</v>
       </c>
       <c r="L24" s="15">
         <v>0.35496</v>
       </c>
       <c r="M24" s="15">
         <v>0.33131</v>
       </c>
       <c r="N24" s="15">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080019483</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.77</v>
       </c>
       <c r="L25" s="15">
         <v>0.77</v>
       </c>
       <c r="M25" s="15">
         <v>0.77</v>
       </c>
       <c r="N25" s="15">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="15">
         <v>10080019484</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>