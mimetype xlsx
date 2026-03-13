--- v5 (2026-02-20)
+++ v6 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1508,51 +1508,51 @@
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080018189</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
       </c>
       <c r="K19" s="15">
         <v>2.81</v>
       </c>
       <c r="L19" s="15">
         <v>2.11</v>
       </c>
       <c r="M19" s="15">
         <v>1.97</v>
       </c>
       <c r="N19" s="15">
-        <v>124</v>
+        <v>94</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
@@ -1703,90 +1703,90 @@
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15">
         <v>10080019482</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1</v>
       </c>
       <c r="K24" s="15">
         <v>0.47329</v>
       </c>
       <c r="L24" s="15">
         <v>0.35496</v>
       </c>
       <c r="M24" s="15">
         <v>0.33131</v>
       </c>
       <c r="N24" s="15">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080019483</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.77</v>
       </c>
       <c r="L25" s="15">
         <v>0.77</v>
       </c>
       <c r="M25" s="15">
         <v>0.77</v>
       </c>
       <c r="N25" s="15">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="15">
         <v>10080019484</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>