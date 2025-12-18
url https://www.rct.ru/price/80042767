--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1440,53 +1440,51 @@
       <c r="E12" s="15">
         <v>10080065149</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>15000</v>
       </c>
       <c r="K12" s="15">
         <v>0.00129</v>
       </c>
       <c r="L12" s="15">
         <v>0.00086</v>
       </c>
       <c r="M12" s="15">
         <v>0.00086</v>
       </c>
-      <c r="N12" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15">
         <v>10080042769</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="15" t="s">