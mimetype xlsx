--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1690,57 +1690,57 @@
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J18" s="15">
         <v>15000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.00267</v>
+        <v>0.00161</v>
       </c>
       <c r="L18" s="15">
-        <v>0.00193</v>
+        <v>0.00139</v>
       </c>
       <c r="M18" s="15">
-        <v>0.00169</v>
+        <v>0.00134</v>
       </c>
       <c r="N18" s="15">
         <v>30000</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="15"/>
@@ -2212,57 +2212,57 @@
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>103</v>
       </c>
       <c r="J30" s="15">
         <v>15000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.00227</v>
+        <v>0.00137</v>
       </c>
       <c r="L30" s="15">
-        <v>0.00164</v>
+        <v>0.00118</v>
       </c>
       <c r="M30" s="15">
-        <v>0.00144</v>
+        <v>0.00114</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>30</v>