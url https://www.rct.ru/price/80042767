--- v2 (2026-01-10)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1568,51 +1568,51 @@
         <v>10080048518</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J15" s="15">
         <v>15000</v>
       </c>
       <c r="K15" s="15">
         <v>0.00069</v>
       </c>
       <c r="L15" s="15">
         <v>0.0005</v>
       </c>
       <c r="M15" s="15">
         <v>0.00044</v>
       </c>
       <c r="N15" s="15">
-        <v>90000</v>
+        <v>75000</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080058074</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
@@ -2049,51 +2049,51 @@
         <v>10080074163</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J26" s="15">
         <v>15000</v>
       </c>
       <c r="K26" s="15">
         <v>0.00361</v>
       </c>
       <c r="L26" s="15">
         <v>0.003</v>
       </c>
       <c r="M26" s="15">
         <v>0.00289</v>
       </c>
       <c r="N26" s="15">
-        <v>30000</v>
+        <v>15000</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E27" s="15">
         <v>10080066229</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>