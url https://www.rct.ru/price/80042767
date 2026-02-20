--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -452,59 +452,50 @@
     <t>CC0201KRX5R6BB103</t>
   </si>
   <si>
     <t>0201-X7R-10V- 10nF (0.01uF) 10% CC0201KRX5R6BB103</t>
   </si>
   <si>
     <t>10-00024514</t>
   </si>
   <si>
     <t xml:space="preserve">0201B103K100NT FENGHUA, GRM033R71A103KA01D MURATA, C0603B103K100NT HOTTECH, </t>
   </si>
   <si>
     <t>GRM033R71A103KA01D</t>
   </si>
   <si>
     <t>0201-X7R-10V- 10nF (0.01uF) 10% GRM033R71A103KA01D</t>
   </si>
   <si>
     <t xml:space="preserve">0201B103K100NT FENGHUA, CC0201KRX5R6BB103 YAGEO, C0603B103K100NT HOTTECH, </t>
   </si>
   <si>
     <t>0201B222K160NT</t>
   </si>
   <si>
     <t>0201-X7R-16V- 2.2nF (2200 pF) 10% 0201B222K160NT</t>
-  </si>
-[...7 lines deleted...]
-    <t>UT-00090851</t>
   </si>
   <si>
     <t>0201B103K250NT</t>
   </si>
   <si>
     <t>0201-X7R-25V- 10nF (0.01uF) 10% 0201B103K250NT</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
@@ -1056,51 +1047,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R47"/>
+  <dimension ref="A1:R46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1568,51 +1559,51 @@
         <v>10080048518</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J15" s="15">
         <v>15000</v>
       </c>
       <c r="K15" s="15">
         <v>0.00069</v>
       </c>
       <c r="L15" s="15">
         <v>0.0005</v>
       </c>
       <c r="M15" s="15">
         <v>0.00044</v>
       </c>
       <c r="N15" s="15">
-        <v>75000</v>
+        <v>60000</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080058074</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
@@ -2264,51 +2255,51 @@
         <v>106</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="J31" s="15">
         <v>15000</v>
       </c>
       <c r="K31" s="15">
         <v>0.0008</v>
       </c>
       <c r="L31" s="15">
         <v>0.00066</v>
       </c>
       <c r="M31" s="15">
         <v>0.0005999999999999999</v>
       </c>
       <c r="N31" s="15">
-        <v>75000</v>
+        <v>90000</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E32" s="15">
         <v>10080058023</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>30</v>
       </c>
@@ -2836,141 +2827,98 @@
       </c>
       <c r="L44" s="15">
         <v>0.00362</v>
       </c>
       <c r="M44" s="15">
         <v>0.00316</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="E45" s="15" t="s">
-        <v>148</v>
+      <c r="E45" s="15">
+        <v>10080051285</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>15000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.00756</v>
+        <v>0.00551</v>
       </c>
       <c r="L45" s="15">
-        <v>0.00629</v>
+        <v>0.00316</v>
       </c>
       <c r="M45" s="15">
-        <v>0.00605</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0029</v>
+      </c>
+      <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="46" spans="1:18">
-      <c r="B46" s="14" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B46" s="14"/>
+      <c r="C46" s="15"/>
+      <c r="D46" s="15"/>
+      <c r="E46" s="15"/>
       <c r="F46" s="15"/>
-      <c r="G46" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G46" s="15"/>
+      <c r="H46" s="15"/>
       <c r="I46" s="15"/>
-      <c r="J46" s="15">
-[...10 lines deleted...]
-      </c>
+      <c r="J46" s="15"/>
+      <c r="K46" s="15"/>
+      <c r="L46" s="15"/>
+      <c r="M46" s="15"/>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
-      <c r="R46" t="s">
-[...19 lines deleted...]
-      <c r="Q47" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -2990,317 +2938,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>