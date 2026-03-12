--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1559,51 +1559,51 @@
         <v>10080048518</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J15" s="15">
         <v>15000</v>
       </c>
       <c r="K15" s="15">
         <v>0.00069</v>
       </c>
       <c r="L15" s="15">
         <v>0.0005</v>
       </c>
       <c r="M15" s="15">
         <v>0.00044</v>
       </c>
       <c r="N15" s="15">
-        <v>60000</v>
+        <v>90000</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080058074</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>