--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -193,51 +193,51 @@
   <si>
     <t xml:space="preserve">YSM10-2400230 YINGJIAO, </t>
   </si>
   <si>
     <t>IRM-05-5</t>
   </si>
   <si>
     <t>вход: 85~305 VAC; выход: 5.0VDC 1.0A 5.0W; DIP / IRM-05-5</t>
   </si>
   <si>
     <t xml:space="preserve">YSM10-0501000 YINGJIAO, </t>
   </si>
   <si>
     <t>IRM-10-12</t>
   </si>
   <si>
     <t>вход: 85~305 VAC; выход: 12VDC 0.85A 10.2W; DIP / IRM-10-12</t>
   </si>
   <si>
     <t>10-00010373</t>
   </si>
   <si>
     <t xml:space="preserve">YSM10-1200850 YINGJIAO, </t>
   </si>
   <si>
-    <t>24.02.2026</t>
+    <t>12.02.2026</t>
   </si>
   <si>
     <t>IRM-20-12</t>
   </si>
   <si>
     <t>вход: 85~305 VAC; выход: 12VDC 1.8A 21.6W; DIP / IRM-20-12</t>
   </si>
   <si>
     <t>10-00010384</t>
   </si>
   <si>
     <t xml:space="preserve">YSM20-1201800 YINGJIAO, </t>
   </si>
   <si>
     <t>IRM-20-24</t>
   </si>
   <si>
     <t>вход: 85~305 VAC; выход: 24VDC 0.9A 21.6W; DIP / IRM-20-24</t>
   </si>
   <si>
     <t>10-00010375</t>
   </si>
   <si>
     <t xml:space="preserve">YSM20-2400900 YINGJIAO, </t>
   </si>