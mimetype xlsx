--- v1 (2025-12-18)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1484,51 +1484,51 @@
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J18" s="15">
         <v>45</v>
       </c>
       <c r="K18" s="15">
         <v>6.28</v>
       </c>
       <c r="L18" s="15">
         <v>4.48</v>
       </c>
       <c r="M18" s="15">
         <v>3.94</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15">
-        <v>18500</v>
+        <v>16250</v>
       </c>
       <c r="P18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="Q18" s="15">
         <v>270</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">