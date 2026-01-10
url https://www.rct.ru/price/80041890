--- v2 (2025-12-19)
+++ v3 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -191,53 +191,50 @@
     <t>10-00010406</t>
   </si>
   <si>
     <t xml:space="preserve">YSM10-2400230 YINGJIAO, </t>
   </si>
   <si>
     <t>IRM-05-5</t>
   </si>
   <si>
     <t>вход: 85~305 VAC; выход: 5.0VDC 1.0A 5.0W; DIP / IRM-05-5</t>
   </si>
   <si>
     <t xml:space="preserve">YSM10-0501000 YINGJIAO, </t>
   </si>
   <si>
     <t>IRM-10-12</t>
   </si>
   <si>
     <t>вход: 85~305 VAC; выход: 12VDC 0.85A 10.2W; DIP / IRM-10-12</t>
   </si>
   <si>
     <t>10-00010373</t>
   </si>
   <si>
     <t xml:space="preserve">YSM10-1200850 YINGJIAO, </t>
-  </si>
-[...1 lines deleted...]
-    <t>12.02.2026</t>
   </si>
   <si>
     <t>IRM-20-12</t>
   </si>
   <si>
     <t>вход: 85~305 VAC; выход: 12VDC 1.8A 21.6W; DIP / IRM-20-12</t>
   </si>
   <si>
     <t>10-00010384</t>
   </si>
   <si>
     <t xml:space="preserve">YSM20-1201800 YINGJIAO, </t>
   </si>
   <si>
     <t>IRM-20-24</t>
   </si>
   <si>
     <t>вход: 85~305 VAC; выход: 24VDC 0.9A 21.6W; DIP / IRM-20-24</t>
   </si>
   <si>
     <t>10-00010375</t>
   </si>
   <si>
     <t xml:space="preserve">YSM20-2400900 YINGJIAO, </t>
   </si>
@@ -1474,398 +1471,396 @@
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J18" s="15">
         <v>45</v>
       </c>
       <c r="K18" s="15">
-        <v>6.28</v>
+        <v>4.48</v>
       </c>
       <c r="L18" s="15">
-        <v>4.48</v>
+        <v>3.88</v>
       </c>
       <c r="M18" s="15">
-        <v>3.94</v>
+        <v>3.74</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15">
-        <v>16250</v>
-[...3 lines deleted...]
-      </c>
+        <v>15250</v>
+      </c>
+      <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>270</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="D19" s="15" t="s">
+      <c r="E19" s="15" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J19" s="15">
         <v>240</v>
       </c>
       <c r="K19" s="15">
-        <v>7.37</v>
+        <v>5.27</v>
       </c>
       <c r="L19" s="15">
-        <v>5.27</v>
+        <v>4.56</v>
       </c>
       <c r="M19" s="15">
-        <v>4.63</v>
+        <v>4.39</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D20" s="15" t="s">
+      <c r="E20" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J20" s="15">
         <v>240</v>
       </c>
       <c r="K20" s="15">
         <v>6.74</v>
       </c>
       <c r="L20" s="15">
         <v>6.74</v>
       </c>
       <c r="M20" s="15">
         <v>6.74</v>
       </c>
       <c r="N20" s="15">
         <v>52</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E21" s="15">
         <v>10080059090</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J21" s="15">
         <v>120</v>
       </c>
       <c r="K21" s="15">
         <v>24.06</v>
       </c>
       <c r="L21" s="15">
         <v>20.05</v>
       </c>
       <c r="M21" s="15">
         <v>19.25</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="D22" s="15" t="s">
+      <c r="E22" s="15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J22" s="15">
         <v>144</v>
       </c>
       <c r="K22" s="15">
         <v>23.17</v>
       </c>
       <c r="L22" s="15">
         <v>19.43</v>
       </c>
       <c r="M22" s="15">
         <v>18.68</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E23" s="15">
         <v>10080055522</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J23" s="15">
         <v>120</v>
       </c>
       <c r="K23" s="15">
         <v>26.52</v>
       </c>
       <c r="L23" s="15">
         <v>22.1</v>
       </c>
       <c r="M23" s="15">
         <v>21.21</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>78</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>48</v>
       </c>
       <c r="K24" s="15">
         <v>4.97</v>
       </c>
       <c r="L24" s="15">
         <v>4.07</v>
       </c>
       <c r="M24" s="15">
         <v>3.91</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>10.35</v>
       </c>
       <c r="L25" s="15">
         <v>6.08</v>
       </c>
       <c r="M25" s="15">
         <v>5.43</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J26" s="15"/>
       <c r="K26" s="15">
         <v>4.58</v>
       </c>
       <c r="L26" s="15">
         <v>3.76</v>
       </c>
       <c r="M26" s="15">
         <v>3.6</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J27" s="15"/>
       <c r="K27" s="15">
         <v>5.21</v>
       </c>
       <c r="L27" s="15">
         <v>5.21</v>
       </c>
       <c r="M27" s="15">
         <v>5.21</v>
       </c>
       <c r="N27" s="15">
         <v>1</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14"/>
       <c r="C28" s="15"/>
       <c r="D28" s="15"/>
       <c r="E28" s="15"/>
       <c r="F28" s="15"/>
@@ -1921,317 +1916,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>101</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>