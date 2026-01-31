--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1481,51 +1481,51 @@
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J18" s="15">
         <v>45</v>
       </c>
       <c r="K18" s="15">
         <v>4.48</v>
       </c>
       <c r="L18" s="15">
         <v>3.88</v>
       </c>
       <c r="M18" s="15">
         <v>3.74</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15">
-        <v>15250</v>
+        <v>17000</v>
       </c>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>270</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>