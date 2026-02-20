--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1471,62 +1471,62 @@
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J18" s="15">
         <v>45</v>
       </c>
       <c r="K18" s="15">
-        <v>4.48</v>
+        <v>7.17</v>
       </c>
       <c r="L18" s="15">
-        <v>3.88</v>
+        <v>6.33</v>
       </c>
       <c r="M18" s="15">
-        <v>3.74</v>
-[...4 lines deleted...]
-      </c>
+        <v>5.69</v>
+      </c>
+      <c r="N18" s="15">
+        <v>10950</v>
+      </c>
+      <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>270</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">