--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1480,51 +1480,51 @@
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J18" s="15">
         <v>45</v>
       </c>
       <c r="K18" s="15">
         <v>7.17</v>
       </c>
       <c r="L18" s="15">
         <v>6.33</v>
       </c>
       <c r="M18" s="15">
         <v>5.69</v>
       </c>
       <c r="N18" s="15">
-        <v>10950</v>
+        <v>12750</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>270</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>