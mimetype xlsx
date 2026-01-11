--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -169,51 +169,51 @@
   <si>
     <t>0201 - 10 Ом 5% RC-01W100JT</t>
   </si>
   <si>
     <t>RI0201L100JT</t>
   </si>
   <si>
     <t>0201 - 10 Ом 5% RI0201L100JT</t>
   </si>
   <si>
     <t>CR-01JL6--024R</t>
   </si>
   <si>
     <t>0201 - 24 Ом 5% (CR-01JL6--024R)</t>
   </si>
   <si>
     <t>RC-01W240JT</t>
   </si>
   <si>
     <t>0201 - 24 Ом 5% (RC-01W240JT)</t>
   </si>
   <si>
     <t>UT-00100568</t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>23.01.2026</t>
   </si>
   <si>
     <t>CR-01JL6--033R</t>
   </si>
   <si>
     <t>0201 - 33 Ом 5% CR-01JL6--033R</t>
   </si>
   <si>
     <t>10-00066148</t>
   </si>
   <si>
     <t>RC-01W330JT</t>
   </si>
   <si>
     <t>0201 - 33 Ом 5% RC-01W330JT</t>
   </si>
   <si>
     <t>RI0201L330JT</t>
   </si>
   <si>
     <t>0201 - 33 Ом 5% RI0201L330JT</t>
   </si>
   <si>
     <t>RC-01W510JT</t>
   </si>
@@ -1203,60 +1203,60 @@
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15">
         <v>10080051698</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>15000</v>
       </c>
       <c r="K10" s="15">
-        <v>0.00061</v>
+        <v>0.00042</v>
       </c>
       <c r="L10" s="15">
-        <v>0.00044</v>
+        <v>0.00036</v>
       </c>
       <c r="M10" s="15">
-        <v>0.00038</v>
+        <v>0.00035</v>
       </c>
       <c r="N10" s="15">
-        <v>30000</v>
+        <v>45000</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10080057791</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
@@ -1371,60 +1371,60 @@
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080061171</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>15000</v>
       </c>
       <c r="K14" s="15">
-        <v>0.00058</v>
+        <v>0.00051</v>
       </c>
       <c r="L14" s="15">
-        <v>0.00051</v>
+        <v>0.00044</v>
       </c>
       <c r="M14" s="15">
-        <v>0.00045</v>
+        <v>0.00043</v>
       </c>
       <c r="N14" s="15">
-        <v>105000</v>
+        <v>75000</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080065575</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
@@ -1582,57 +1582,57 @@
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10080048524</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>10000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.00102</v>
+        <v>0.00062</v>
       </c>
       <c r="L19" s="15">
-        <v>0.00074</v>
+        <v>0.00053</v>
       </c>
       <c r="M19" s="15">
-        <v>0.0006400000000000001</v>
+        <v>0.00051</v>
       </c>
       <c r="N19" s="15">
         <v>20000</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080065576</v>
       </c>
       <c r="F20" s="15"/>
@@ -1666,57 +1666,57 @@
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>15000</v>
       </c>
       <c r="K21" s="15">
-        <v>0.00048</v>
+        <v>0.00039</v>
       </c>
       <c r="L21" s="15">
-        <v>0.00042</v>
+        <v>0.00034</v>
       </c>
       <c r="M21" s="15">
-        <v>0.00037</v>
+        <v>0.00033</v>
       </c>
       <c r="N21" s="15">
         <v>15000</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="15">
         <v>10080036503</v>
       </c>
       <c r="F22" s="15"/>
@@ -1750,57 +1750,57 @@
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>15000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.00083</v>
+        <v>0.0005</v>
       </c>
       <c r="L23" s="15">
-        <v>0.0005999999999999999</v>
+        <v>0.00043</v>
       </c>
       <c r="M23" s="15">
-        <v>0.00052</v>
+        <v>0.00041</v>
       </c>
       <c r="N23" s="15">
         <v>15000</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080036490</v>
       </c>
       <c r="F24" s="15"/>
@@ -1875,60 +1875,60 @@
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080050682</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>10000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.00087</v>
+        <v>0.00051</v>
       </c>
       <c r="L26" s="15">
-        <v>0.00063</v>
+        <v>0.00044</v>
       </c>
       <c r="M26" s="15">
-        <v>0.00054</v>
+        <v>0.00043</v>
       </c>
       <c r="N26" s="15">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
@@ -2002,57 +2002,57 @@
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E29" s="15">
         <v>10080060582</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>15000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.00083</v>
+        <v>0.0005</v>
       </c>
       <c r="L29" s="15">
-        <v>0.0005999999999999999</v>
+        <v>0.00043</v>
       </c>
       <c r="M29" s="15">
-        <v>0.00052</v>
+        <v>0.00041</v>
       </c>
       <c r="N29" s="15">
         <v>30000</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="15">
         <v>10080048491</v>
       </c>
       <c r="F30" s="15"/>
@@ -2127,60 +2127,60 @@
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E32" s="15">
         <v>10080037223</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>10000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.00102</v>
+        <v>0.00062</v>
       </c>
       <c r="L32" s="15">
-        <v>0.00074</v>
+        <v>0.00053</v>
       </c>
       <c r="M32" s="15">
-        <v>0.0006400000000000001</v>
+        <v>0.00051</v>
       </c>
       <c r="N32" s="15">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E33" s="15">
         <v>10080065578</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>29</v>
       </c>
@@ -2211,57 +2211,57 @@
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="15">
         <v>10080061170</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>15000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.00061</v>
+        <v>0.00042</v>
       </c>
       <c r="L34" s="15">
-        <v>0.00044</v>
+        <v>0.00036</v>
       </c>
       <c r="M34" s="15">
-        <v>0.00038</v>
+        <v>0.00035</v>
       </c>
       <c r="N34" s="15">
         <v>45000</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E35" s="15">
         <v>10080065579</v>
       </c>
       <c r="F35" s="15"/>
@@ -2422,100 +2422,100 @@
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E39" s="15">
         <v>10080048492</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>10000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.00102</v>
+        <v>0.00062</v>
       </c>
       <c r="L39" s="15">
-        <v>0.00074</v>
+        <v>0.00053</v>
       </c>
       <c r="M39" s="15">
-        <v>0.0006400000000000001</v>
+        <v>0.00051</v>
       </c>
       <c r="N39" s="15">
         <v>10000</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>15000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.00043</v>
+        <v>0.00026</v>
       </c>
       <c r="L40" s="15">
-        <v>0.00031</v>
+        <v>0.00022</v>
       </c>
       <c r="M40" s="15">
-        <v>0.00029</v>
+        <v>0.00021</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="15">
         <v>10080057790</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>29</v>