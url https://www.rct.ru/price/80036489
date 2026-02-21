--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -169,53 +169,50 @@
   <si>
     <t>0201 - 10 Ом 5% RC-01W100JT</t>
   </si>
   <si>
     <t>RI0201L100JT</t>
   </si>
   <si>
     <t>0201 - 10 Ом 5% RI0201L100JT</t>
   </si>
   <si>
     <t>CR-01JL6--024R</t>
   </si>
   <si>
     <t>0201 - 24 Ом 5% (CR-01JL6--024R)</t>
   </si>
   <si>
     <t>RC-01W240JT</t>
   </si>
   <si>
     <t>0201 - 24 Ом 5% (RC-01W240JT)</t>
   </si>
   <si>
     <t>UT-00100568</t>
   </si>
   <si>
-    <t>23.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>CR-01JL6--033R</t>
   </si>
   <si>
     <t>0201 - 33 Ом 5% CR-01JL6--033R</t>
   </si>
   <si>
     <t>10-00066148</t>
   </si>
   <si>
     <t>RC-01W330JT</t>
   </si>
   <si>
     <t>0201 - 33 Ом 5% RC-01W330JT</t>
   </si>
   <si>
     <t>RI0201L330JT</t>
   </si>
   <si>
     <t>0201 - 33 Ом 5% RI0201L330JT</t>
   </si>
   <si>
     <t>RC-01W510JT</t>
   </si>
   <si>
     <t>0201 - 51 Ом 5% (RC-01W510JT)</t>
@@ -317,50 +314,53 @@
     <t>RC-01W332JT</t>
   </si>
   <si>
     <t>0201 - 3.3 kOм 5% RC-01W332JT</t>
   </si>
   <si>
     <t>RI0201L332JT</t>
   </si>
   <si>
     <t>0201 - 3.3 kOм 5% RI0201L332JT</t>
   </si>
   <si>
     <t>CR-01JL0---4K7</t>
   </si>
   <si>
     <t>0201 - 4.7 kОм 5% CR-01JL0---4K7</t>
   </si>
   <si>
     <t>UT-00132407</t>
   </si>
   <si>
     <t>RC-01W472JT</t>
   </si>
   <si>
     <t>0201 - 4.7 kОм 5% RC-01W472JT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RC-01W472JT FENGHUA, </t>
   </si>
   <si>
     <t>UT-00134355</t>
   </si>
   <si>
     <t>RI0201L472JT</t>
   </si>
   <si>
     <t>0201 - 4.7 kОм 5% RI0201L472JT</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -1380,51 +1380,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080061171</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>15000</v>
       </c>
       <c r="K14" s="15">
         <v>0.00051</v>
       </c>
       <c r="L14" s="15">
         <v>0.00044</v>
       </c>
       <c r="M14" s="15">
         <v>0.00043</v>
       </c>
       <c r="N14" s="15">
-        <v>75000</v>
+        <v>90000</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080065575</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
@@ -1504,1007 +1504,1009 @@
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>15000</v>
       </c>
       <c r="K17" s="15">
         <v>0.00051</v>
       </c>
       <c r="L17" s="15">
         <v>0.00044</v>
       </c>
       <c r="M17" s="15">
         <v>0.00043</v>
       </c>
-      <c r="N17" s="15"/>
-      <c r="O17" s="15">
+      <c r="N17" s="15">
         <v>15000</v>
       </c>
-      <c r="P17" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O17" s="15"/>
+      <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="D18" s="15" t="s">
+      <c r="E18" s="15" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>10000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.00046</v>
       </c>
       <c r="M18" s="15">
         <v>0.0004</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10080048524</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>10000</v>
       </c>
       <c r="K19" s="15">
         <v>0.00062</v>
       </c>
       <c r="L19" s="15">
         <v>0.00053</v>
       </c>
       <c r="M19" s="15">
         <v>0.00051</v>
       </c>
       <c r="N19" s="15">
         <v>20000</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080065576</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>10000</v>
       </c>
       <c r="K20" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L20" s="15">
         <v>0.00046</v>
       </c>
       <c r="M20" s="15">
         <v>0.0004</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>59</v>
       </c>
-      <c r="D21" s="15" t="s">
+      <c r="E21" s="15" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>15000</v>
       </c>
       <c r="K21" s="15">
         <v>0.00039</v>
       </c>
       <c r="L21" s="15">
         <v>0.00034</v>
       </c>
       <c r="M21" s="15">
         <v>0.00033</v>
       </c>
       <c r="N21" s="15">
         <v>15000</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E22" s="15">
         <v>10080036503</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>10000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L22" s="15">
         <v>0.00046</v>
       </c>
       <c r="M22" s="15">
         <v>0.0004</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>15000</v>
       </c>
       <c r="K23" s="15">
         <v>0.0005</v>
       </c>
       <c r="L23" s="15">
         <v>0.00043</v>
       </c>
       <c r="M23" s="15">
         <v>0.00041</v>
       </c>
       <c r="N23" s="15">
         <v>15000</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080036490</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>10000</v>
       </c>
       <c r="K24" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L24" s="15">
         <v>0.00046</v>
       </c>
       <c r="M24" s="15">
         <v>0.0004</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10080036502</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>10000</v>
       </c>
       <c r="K25" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L25" s="15">
         <v>0.00046</v>
       </c>
       <c r="M25" s="15">
         <v>0.0004</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080050682</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>10000</v>
       </c>
       <c r="K26" s="15">
         <v>0.00051</v>
       </c>
       <c r="L26" s="15">
         <v>0.00044</v>
       </c>
       <c r="M26" s="15">
         <v>0.00043</v>
       </c>
       <c r="N26" s="15">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>15000</v>
       </c>
       <c r="K27" s="15">
         <v>0.00056</v>
       </c>
       <c r="L27" s="15">
         <v>0.00041</v>
       </c>
       <c r="M27" s="15">
         <v>0.00036</v>
       </c>
       <c r="N27" s="15">
         <v>30000</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E28" s="15">
         <v>10080057786</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>10000</v>
       </c>
       <c r="K28" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L28" s="15">
         <v>0.00046</v>
       </c>
       <c r="M28" s="15">
         <v>0.0004</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E29" s="15">
         <v>10080060582</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>15000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0005</v>
       </c>
       <c r="L29" s="15">
         <v>0.00043</v>
       </c>
       <c r="M29" s="15">
         <v>0.00041</v>
       </c>
       <c r="N29" s="15">
         <v>30000</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E30" s="15">
         <v>10080048491</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>10000</v>
       </c>
       <c r="K30" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.00046</v>
       </c>
       <c r="M30" s="15">
         <v>0.0004</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E31" s="15">
         <v>10080065577</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>10000</v>
       </c>
       <c r="K31" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L31" s="15">
         <v>0.00046</v>
       </c>
       <c r="M31" s="15">
         <v>0.0004</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E32" s="15">
         <v>10080037223</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>10000</v>
       </c>
       <c r="K32" s="15">
         <v>0.00062</v>
       </c>
       <c r="L32" s="15">
         <v>0.00053</v>
       </c>
       <c r="M32" s="15">
         <v>0.00051</v>
       </c>
       <c r="N32" s="15">
         <v>30000</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E33" s="15">
         <v>10080065578</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>10000</v>
       </c>
       <c r="K33" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L33" s="15">
         <v>0.00046</v>
       </c>
       <c r="M33" s="15">
         <v>0.0004</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E34" s="15">
         <v>10080061170</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>15000</v>
       </c>
       <c r="K34" s="15">
         <v>0.00042</v>
       </c>
       <c r="L34" s="15">
         <v>0.00036</v>
       </c>
       <c r="M34" s="15">
         <v>0.00035</v>
       </c>
       <c r="N34" s="15">
-        <v>45000</v>
+        <v>30000</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E35" s="15">
         <v>10080065579</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>10000</v>
       </c>
       <c r="K35" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L35" s="15">
         <v>0.00046</v>
       </c>
       <c r="M35" s="15">
         <v>0.0004</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E36" s="15">
         <v>10080061973</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>10000</v>
       </c>
       <c r="K36" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L36" s="15">
         <v>0.00046</v>
       </c>
       <c r="M36" s="15">
         <v>0.0004</v>
       </c>
       <c r="N36" s="15">
         <v>10000</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080065580</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>10000</v>
       </c>
       <c r="K37" s="15">
         <v>0.0006400000000000001</v>
       </c>
       <c r="L37" s="15">
         <v>0.00046</v>
       </c>
       <c r="M37" s="15">
         <v>0.0004</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>15000</v>
       </c>
       <c r="K38" s="15">
         <v>0.0005</v>
       </c>
       <c r="L38" s="15">
         <v>0.00038</v>
       </c>
       <c r="M38" s="15">
         <v>0.00034</v>
       </c>
       <c r="N38" s="15">
         <v>15000</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E39" s="15">
         <v>10080048492</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="I39" s="15"/>
+      <c r="I39" s="15" t="s">
+        <v>100</v>
+      </c>
       <c r="J39" s="15">
         <v>10000</v>
       </c>
       <c r="K39" s="15">
         <v>0.00062</v>
       </c>
       <c r="L39" s="15">
         <v>0.00053</v>
       </c>
       <c r="M39" s="15">
         <v>0.00051</v>
       </c>
       <c r="N39" s="15">
         <v>10000</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="I40" s="15"/>
+      <c r="I40" s="15" t="s">
+        <v>100</v>
+      </c>
       <c r="J40" s="15">
         <v>15000</v>
       </c>
       <c r="K40" s="15">
         <v>0.00026</v>
       </c>
       <c r="L40" s="15">
         <v>0.00022</v>
       </c>
       <c r="M40" s="15">
         <v>0.00021</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">