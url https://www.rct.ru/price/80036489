--- v2 (2026-02-21)
+++ v3 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1882,51 +1882,51 @@
       </c>
       <c r="E26" s="15">
         <v>10080050682</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>10000</v>
       </c>
       <c r="K26" s="15">
         <v>0.00051</v>
       </c>
       <c r="L26" s="15">
         <v>0.00044</v>
       </c>
       <c r="M26" s="15">
         <v>0.00043</v>
       </c>
       <c r="N26" s="15">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>