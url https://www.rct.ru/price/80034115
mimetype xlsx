--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -984,51 +984,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.35406</v>
       </c>
       <c r="L9" s="15">
         <v>0.25616</v>
       </c>
       <c r="M9" s="15">
         <v>0.22354</v>
       </c>
       <c r="N9" s="15">
-        <v>1240</v>
+        <v>1440</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080019237</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
@@ -1058,51 +1058,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03</v>
       </c>
       <c r="L11" s="15">
         <v>0.025</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>64405</v>
+        <v>43419</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15"/>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
@@ -1134,51 +1134,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.046</v>
       </c>
       <c r="L13" s="15">
         <v>0.046</v>
       </c>
       <c r="M13" s="15">
         <v>0.046</v>
       </c>
       <c r="N13" s="15">
-        <v>411</v>
+        <v>389</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14"/>
       <c r="C14" s="15"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15"/>
       <c r="L14" s="15"/>
       <c r="M14" s="15"/>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
     </row>
   </sheetData>