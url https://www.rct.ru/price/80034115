--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -984,51 +984,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.35406</v>
       </c>
       <c r="L9" s="15">
         <v>0.25616</v>
       </c>
       <c r="M9" s="15">
         <v>0.22354</v>
       </c>
       <c r="N9" s="15">
-        <v>1440</v>
+        <v>1500</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080019237</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
@@ -1058,51 +1058,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03</v>
       </c>
       <c r="L11" s="15">
         <v>0.025</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>43419</v>
+        <v>46314</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15"/>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
@@ -1134,51 +1134,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.046</v>
       </c>
       <c r="L13" s="15">
         <v>0.046</v>
       </c>
       <c r="M13" s="15">
         <v>0.046</v>
       </c>
       <c r="N13" s="15">
-        <v>389</v>
+        <v>346</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14"/>
       <c r="C14" s="15"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15"/>
       <c r="L14" s="15"/>
       <c r="M14" s="15"/>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
     </row>
   </sheetData>