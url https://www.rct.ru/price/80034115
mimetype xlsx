--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -984,51 +984,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.35406</v>
       </c>
       <c r="L9" s="15">
         <v>0.25616</v>
       </c>
       <c r="M9" s="15">
         <v>0.22354</v>
       </c>
       <c r="N9" s="15">
-        <v>1500</v>
+        <v>1540</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080019237</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
@@ -1058,51 +1058,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03</v>
       </c>
       <c r="L11" s="15">
         <v>0.025</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>46314</v>
+        <v>45590</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15"/>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
@@ -1134,51 +1134,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.046</v>
       </c>
       <c r="L13" s="15">
         <v>0.046</v>
       </c>
       <c r="M13" s="15">
         <v>0.046</v>
       </c>
       <c r="N13" s="15">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14"/>
       <c r="C14" s="15"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15"/>
       <c r="L14" s="15"/>
       <c r="M14" s="15"/>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
     </row>
   </sheetData>