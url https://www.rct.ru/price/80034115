--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -984,51 +984,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.35406</v>
       </c>
       <c r="L9" s="15">
         <v>0.25616</v>
       </c>
       <c r="M9" s="15">
         <v>0.22354</v>
       </c>
       <c r="N9" s="15">
-        <v>1540</v>
+        <v>1780</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080019237</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
@@ -1058,51 +1058,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03</v>
       </c>
       <c r="L11" s="15">
         <v>0.025</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>45590</v>
+        <v>43419</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15"/>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
@@ -1134,51 +1134,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.046</v>
       </c>
       <c r="L13" s="15">
         <v>0.046</v>
       </c>
       <c r="M13" s="15">
         <v>0.046</v>
       </c>
       <c r="N13" s="15">
-        <v>351</v>
+        <v>432</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14"/>
       <c r="C14" s="15"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15"/>
       <c r="L14" s="15"/>
       <c r="M14" s="15"/>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
     </row>
   </sheetData>