--- v4 (2026-02-21)
+++ v5 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -984,51 +984,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.35406</v>
       </c>
       <c r="L9" s="15">
         <v>0.25616</v>
       </c>
       <c r="M9" s="15">
         <v>0.22354</v>
       </c>
       <c r="N9" s="15">
-        <v>1780</v>
+        <v>1760</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080019237</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
@@ -1058,51 +1058,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03</v>
       </c>
       <c r="L11" s="15">
         <v>0.025</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>43419</v>
+        <v>44867</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15"/>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
@@ -1134,51 +1134,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.046</v>
       </c>
       <c r="L13" s="15">
         <v>0.046</v>
       </c>
       <c r="M13" s="15">
         <v>0.046</v>
       </c>
       <c r="N13" s="15">
-        <v>432</v>
+        <v>395</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14"/>
       <c r="C14" s="15"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15"/>
       <c r="L14" s="15"/>
       <c r="M14" s="15"/>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
     </row>
   </sheetData>