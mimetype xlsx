--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1168,51 +1168,51 @@
   <si>
     <t>L-KLS5-GDTH8060-2R500L</t>
   </si>
   <si>
     <t>8.0x6.0мм, 20kA, 500V, с проволочными выводами / L-KLS5-GDTH8060-2R500L</t>
   </si>
   <si>
     <t>UT-00096328</t>
   </si>
   <si>
     <t xml:space="preserve">2RP470L-8D1 BRIGHTKING, 2RP470L-8/B BRIGHTKING, </t>
   </si>
   <si>
     <t>L-KLS5-GDTH8060-2R600L</t>
   </si>
   <si>
     <t>8.0x6.0мм, 20kA, 600V, с проволочными выводами / L-KLS5-GDTH8060-2R600L</t>
   </si>
   <si>
     <t>UT-00096329</t>
   </si>
   <si>
     <t xml:space="preserve">2RP600L-8/B BRIGHTKING, </t>
   </si>
   <si>
-    <t>24.03.2026</t>
+    <t>02.03.2026</t>
   </si>
   <si>
     <t>L-KLS5-GDTM6080-3R350L</t>
   </si>
   <si>
     <t>GDT 350V 20% 15kA/10A 1.5pF 3P (6*6*8mm) THT Radial / L-KLS5-GDTM6080-3R350L</t>
   </si>
   <si>
     <t>UT-00141001</t>
   </si>
   <si>
     <t>L-KLS5-GDTM8010-3R420BF</t>
   </si>
   <si>
     <t>8.0x10.0мм, 25kA, 420V, с защитой, с проволочными выводами / L-KLS5-GDTM8010-3R420BF</t>
   </si>
   <si>
     <t>UT-00143184</t>
   </si>
   <si>
     <t>SC3E8-420HMF</t>
   </si>
   <si>
     <t>GDT 420V 20% 20kA/20A 1.5pF Fail-Safe 3P (8*10mm) THT Radial / SC3E8-420HMF</t>
   </si>
@@ -2503,51 +2503,51 @@
       <c r="D21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="15">
         <v>10080056250</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>900</v>
       </c>
       <c r="K21" s="15">
         <v>0.1803</v>
       </c>
       <c r="L21" s="15">
         <v>0.15122</v>
       </c>
       <c r="M21" s="15">
         <v>0.1454</v>
       </c>
       <c r="N21" s="15">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I22" s="15"/>
@@ -2875,51 +2875,51 @@
       <c r="D31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="15">
         <v>10080071830</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>900</v>
       </c>
       <c r="K31" s="15">
         <v>0.21179</v>
       </c>
       <c r="L31" s="15">
         <v>0.17763</v>
       </c>
       <c r="M31" s="15">
         <v>0.1708</v>
       </c>
       <c r="N31" s="15">
-        <v>1281</v>
+        <v>1127</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I32" s="15"/>
@@ -2951,90 +2951,90 @@
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15">
         <v>10080064053</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.54</v>
       </c>
       <c r="L33" s="15">
         <v>0.39</v>
       </c>
       <c r="M33" s="15">
         <v>0.35</v>
       </c>
       <c r="N33" s="15">
-        <v>4500</v>
+        <v>4250</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.5</v>
       </c>
       <c r="L34" s="15">
         <v>0.39</v>
       </c>
       <c r="M34" s="15">
         <v>0.35</v>
       </c>
       <c r="N34" s="15">
-        <v>7300</v>
+        <v>7700</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I35" s="15"/>
@@ -3066,90 +3066,90 @@
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15">
         <v>10080056731</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44</v>
       </c>
       <c r="L36" s="15">
         <v>0.34</v>
       </c>
       <c r="M36" s="15">
         <v>0.31</v>
       </c>
       <c r="N36" s="15">
-        <v>6031</v>
+        <v>5938</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15">
         <v>10080033997</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.21626</v>
       </c>
       <c r="L37" s="15">
         <v>0.21626</v>
       </c>
       <c r="M37" s="15">
         <v>0.21626</v>
       </c>
       <c r="N37" s="15">
-        <v>1848</v>
+        <v>1575</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I38" s="15"/>
@@ -3403,51 +3403,51 @@
       <c r="D45" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E45" s="15">
         <v>10080075745</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.27</v>
       </c>
       <c r="L45" s="15">
         <v>0.27</v>
       </c>
       <c r="M45" s="15">
         <v>0.27</v>
       </c>
       <c r="N45" s="15">
-        <v>890</v>
+        <v>840</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E46" s="15">
         <v>10080034016</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I46" s="15"/>
@@ -3481,90 +3481,90 @@
       <c r="D47" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>100</v>
       </c>
       <c r="K47" s="15">
         <v>0.24912</v>
       </c>
       <c r="L47" s="15">
         <v>0.23829</v>
       </c>
       <c r="M47" s="15">
         <v>0.22746</v>
       </c>
       <c r="N47" s="15">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E48" s="15">
         <v>10080029198</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>100</v>
       </c>
       <c r="K48" s="15">
         <v>0.26096</v>
       </c>
       <c r="L48" s="15">
         <v>0.26096</v>
       </c>
       <c r="M48" s="15">
         <v>0.26096</v>
       </c>
       <c r="N48" s="15">
-        <v>310</v>
+        <v>270</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I49" s="15"/>
@@ -3703,92 +3703,92 @@
       <c r="D53" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E53" s="15">
         <v>10080034023</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>100</v>
       </c>
       <c r="K53" s="15">
         <v>0.36428</v>
       </c>
       <c r="L53" s="15">
         <v>0.30553</v>
       </c>
       <c r="M53" s="15">
         <v>0.29378</v>
       </c>
       <c r="N53" s="15">
-        <v>4969</v>
+        <v>5711</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E54" s="15">
         <v>10080034021</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.43518</v>
       </c>
       <c r="L54" s="15">
         <v>0.43518</v>
       </c>
       <c r="M54" s="15">
         <v>0.43518</v>
       </c>
       <c r="N54" s="15">
-        <v>720</v>
+        <v>560</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I55" s="15"/>
@@ -3820,51 +3820,51 @@
       <c r="D56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E56" s="15">
         <v>10080034025</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>100</v>
       </c>
       <c r="K56" s="15">
         <v>0.37</v>
       </c>
       <c r="L56" s="15">
         <v>0.29</v>
       </c>
       <c r="M56" s="15">
         <v>0.26</v>
       </c>
       <c r="N56" s="15">
-        <v>3700</v>
+        <v>4200</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I57" s="15"/>
@@ -4052,92 +4052,92 @@
       </c>
       <c r="E62" s="15">
         <v>10080034833</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>177</v>
       </c>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.33</v>
       </c>
       <c r="L62" s="15">
         <v>0.33</v>
       </c>
       <c r="M62" s="15">
         <v>0.33</v>
       </c>
       <c r="N62" s="15">
-        <v>5508</v>
+        <v>5644</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E63" s="15">
         <v>10080044838</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.24295</v>
       </c>
       <c r="L63" s="15">
         <v>0.24295</v>
       </c>
       <c r="M63" s="15">
         <v>0.24295</v>
       </c>
       <c r="N63" s="15">
-        <v>261</v>
+        <v>198</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E64" s="15">
         <v>10080049420</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I64" s="15" t="s">
@@ -4557,51 +4557,51 @@
       </c>
       <c r="E75" s="15">
         <v>10080032763</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>220</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.55</v>
       </c>
       <c r="L75" s="15">
         <v>0.55</v>
       </c>
       <c r="M75" s="15">
         <v>0.55</v>
       </c>
       <c r="N75" s="15">
-        <v>5130</v>
+        <v>4564</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I76" s="15"/>
@@ -4785,51 +4785,51 @@
       <c r="D81" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E81" s="15">
         <v>10080033750</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>100</v>
       </c>
       <c r="K81" s="15">
         <v>0.5093</v>
       </c>
       <c r="L81" s="15">
         <v>0.5</v>
       </c>
       <c r="M81" s="15">
         <v>0.5</v>
       </c>
       <c r="N81" s="15">
-        <v>326</v>
+        <v>383</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I82" s="15" t="s">
@@ -5054,51 +5054,51 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>263</v>
       </c>
       <c r="J88" s="15">
         <v>100</v>
       </c>
       <c r="K88" s="15">
         <v>0.55516</v>
       </c>
       <c r="L88" s="15">
         <v>0.46562</v>
       </c>
       <c r="M88" s="15">
         <v>0.44771</v>
       </c>
       <c r="N88" s="15">
-        <v>592</v>
+        <v>624</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I89" s="15"/>
@@ -5286,51 +5286,51 @@
       <c r="D94" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>281</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.66</v>
       </c>
       <c r="L94" s="15">
         <v>0.66</v>
       </c>
       <c r="M94" s="15">
         <v>0.66</v>
       </c>
       <c r="N94" s="15">
-        <v>376</v>
+        <v>334</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>500</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>55</v>
@@ -5559,51 +5559,51 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I101" s="15" t="s">
         <v>307</v>
       </c>
       <c r="J101" s="15">
         <v>100</v>
       </c>
       <c r="K101" s="15">
         <v>0.50298</v>
       </c>
       <c r="L101" s="15">
         <v>0.42185</v>
       </c>
       <c r="M101" s="15">
         <v>0.40563</v>
       </c>
       <c r="N101" s="15">
-        <v>646</v>
+        <v>697</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>308</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>309</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>310</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I102" s="15" t="s">
@@ -6379,95 +6379,95 @@
       </c>
       <c r="E123" s="15" t="s">
         <v>378</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>375</v>
       </c>
       <c r="I123" s="15" t="s">
         <v>379</v>
       </c>
       <c r="J123" s="15">
         <v>100</v>
       </c>
       <c r="K123" s="15">
         <v>0.28992</v>
       </c>
       <c r="L123" s="15">
         <v>0.25126</v>
       </c>
       <c r="M123" s="15">
         <v>0.2416</v>
       </c>
       <c r="N123" s="15">
-        <v>4881</v>
+        <v>4597</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>380</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>381</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>382</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>375</v>
       </c>
       <c r="I124" s="15" t="s">
         <v>383</v>
       </c>
       <c r="J124" s="15">
         <v>100</v>
       </c>
       <c r="K124" s="15">
-        <v>0.33647</v>
+        <v>0.28082</v>
       </c>
       <c r="L124" s="15">
-        <v>0.2822</v>
+        <v>0.24337</v>
       </c>
       <c r="M124" s="15">
-        <v>0.27135</v>
+        <v>0.23401</v>
       </c>
       <c r="N124" s="15">
         <v>45</v>
       </c>
       <c r="O124" s="15">
-        <v>1830</v>
+        <v>2430</v>
       </c>
       <c r="P124" s="15" t="s">
         <v>384</v>
       </c>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>385</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>386</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>387</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>375</v>
       </c>