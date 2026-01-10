--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1168,51 +1168,51 @@
   <si>
     <t>L-KLS5-GDTH8060-2R500L</t>
   </si>
   <si>
     <t>8.0x6.0мм, 20kA, 500V, с проволочными выводами / L-KLS5-GDTH8060-2R500L</t>
   </si>
   <si>
     <t>UT-00096328</t>
   </si>
   <si>
     <t xml:space="preserve">2RP470L-8D1 BRIGHTKING, 2RP470L-8/B BRIGHTKING, </t>
   </si>
   <si>
     <t>L-KLS5-GDTH8060-2R600L</t>
   </si>
   <si>
     <t>8.0x6.0мм, 20kA, 600V, с проволочными выводами / L-KLS5-GDTH8060-2R600L</t>
   </si>
   <si>
     <t>UT-00096329</t>
   </si>
   <si>
     <t xml:space="preserve">2RP600L-8/B BRIGHTKING, </t>
   </si>
   <si>
-    <t>02.03.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>L-KLS5-GDTM6080-3R350L</t>
   </si>
   <si>
     <t>GDT 350V 20% 15kA/10A 1.5pF 3P (6*6*8mm) THT Radial / L-KLS5-GDTM6080-3R350L</t>
   </si>
   <si>
     <t>UT-00141001</t>
   </si>
   <si>
     <t>L-KLS5-GDTM8010-3R420BF</t>
   </si>
   <si>
     <t>8.0x10.0мм, 25kA, 420V, с защитой, с проволочными выводами / L-KLS5-GDTM8010-3R420BF</t>
   </si>
   <si>
     <t>UT-00143184</t>
   </si>
   <si>
     <t>SC3E8-420HMF</t>
   </si>
   <si>
     <t>GDT 420V 20% 20kA/20A 1.5pF Fail-Safe 3P (8*10mm) THT Radial / SC3E8-420HMF</t>
   </si>
@@ -2503,51 +2503,51 @@
       <c r="D21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="15">
         <v>10080056250</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>900</v>
       </c>
       <c r="K21" s="15">
         <v>0.1803</v>
       </c>
       <c r="L21" s="15">
         <v>0.15122</v>
       </c>
       <c r="M21" s="15">
         <v>0.1454</v>
       </c>
       <c r="N21" s="15">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I22" s="15"/>
@@ -2875,51 +2875,51 @@
       <c r="D31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="15">
         <v>10080071830</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>900</v>
       </c>
       <c r="K31" s="15">
         <v>0.21179</v>
       </c>
       <c r="L31" s="15">
         <v>0.17763</v>
       </c>
       <c r="M31" s="15">
         <v>0.1708</v>
       </c>
       <c r="N31" s="15">
-        <v>1127</v>
+        <v>926</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I32" s="15"/>
@@ -2951,90 +2951,90 @@
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15">
         <v>10080064053</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.54</v>
       </c>
       <c r="L33" s="15">
         <v>0.39</v>
       </c>
       <c r="M33" s="15">
         <v>0.35</v>
       </c>
       <c r="N33" s="15">
-        <v>4250</v>
+        <v>1340</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.5</v>
       </c>
       <c r="L34" s="15">
         <v>0.39</v>
       </c>
       <c r="M34" s="15">
         <v>0.35</v>
       </c>
       <c r="N34" s="15">
-        <v>7700</v>
+        <v>7000</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I35" s="15"/>
@@ -3066,90 +3066,90 @@
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15">
         <v>10080056731</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44</v>
       </c>
       <c r="L36" s="15">
         <v>0.34</v>
       </c>
       <c r="M36" s="15">
         <v>0.31</v>
       </c>
       <c r="N36" s="15">
-        <v>5938</v>
+        <v>7701</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15">
         <v>10080033997</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.21626</v>
       </c>
       <c r="L37" s="15">
         <v>0.21626</v>
       </c>
       <c r="M37" s="15">
         <v>0.21626</v>
       </c>
       <c r="N37" s="15">
-        <v>1575</v>
+        <v>1491</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I38" s="15"/>
@@ -3403,51 +3403,51 @@
       <c r="D45" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E45" s="15">
         <v>10080075745</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.27</v>
       </c>
       <c r="L45" s="15">
         <v>0.27</v>
       </c>
       <c r="M45" s="15">
         <v>0.27</v>
       </c>
       <c r="N45" s="15">
-        <v>840</v>
+        <v>630</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E46" s="15">
         <v>10080034016</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I46" s="15"/>
@@ -3481,90 +3481,90 @@
       <c r="D47" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>100</v>
       </c>
       <c r="K47" s="15">
         <v>0.24912</v>
       </c>
       <c r="L47" s="15">
         <v>0.23829</v>
       </c>
       <c r="M47" s="15">
         <v>0.22746</v>
       </c>
       <c r="N47" s="15">
-        <v>186</v>
+        <v>237</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E48" s="15">
         <v>10080029198</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>100</v>
       </c>
       <c r="K48" s="15">
         <v>0.26096</v>
       </c>
       <c r="L48" s="15">
         <v>0.26096</v>
       </c>
       <c r="M48" s="15">
         <v>0.26096</v>
       </c>
       <c r="N48" s="15">
-        <v>270</v>
+        <v>286</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I49" s="15"/>
@@ -3703,92 +3703,92 @@
       <c r="D53" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E53" s="15">
         <v>10080034023</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>100</v>
       </c>
       <c r="K53" s="15">
         <v>0.36428</v>
       </c>
       <c r="L53" s="15">
         <v>0.30553</v>
       </c>
       <c r="M53" s="15">
         <v>0.29378</v>
       </c>
       <c r="N53" s="15">
-        <v>5711</v>
+        <v>6304</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E54" s="15">
         <v>10080034021</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.43518</v>
       </c>
       <c r="L54" s="15">
         <v>0.43518</v>
       </c>
       <c r="M54" s="15">
         <v>0.43518</v>
       </c>
       <c r="N54" s="15">
-        <v>560</v>
+        <v>504</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I55" s="15"/>
@@ -3820,51 +3820,51 @@
       <c r="D56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E56" s="15">
         <v>10080034025</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>100</v>
       </c>
       <c r="K56" s="15">
         <v>0.37</v>
       </c>
       <c r="L56" s="15">
         <v>0.29</v>
       </c>
       <c r="M56" s="15">
         <v>0.26</v>
       </c>
       <c r="N56" s="15">
-        <v>4200</v>
+        <v>3350</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I57" s="15"/>
@@ -3937,51 +3937,51 @@
       </c>
       <c r="E59" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.27788</v>
       </c>
       <c r="L59" s="15">
         <v>0.23306</v>
       </c>
       <c r="M59" s="15">
         <v>0.2241</v>
       </c>
       <c r="N59" s="15">
-        <v>2277</v>
+        <v>2346</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I60" s="15"/>
@@ -4052,92 +4052,92 @@
       </c>
       <c r="E62" s="15">
         <v>10080034833</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>177</v>
       </c>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.33</v>
       </c>
       <c r="L62" s="15">
         <v>0.33</v>
       </c>
       <c r="M62" s="15">
         <v>0.33</v>
       </c>
       <c r="N62" s="15">
-        <v>5644</v>
+        <v>4828</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E63" s="15">
         <v>10080044838</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.24295</v>
       </c>
       <c r="L63" s="15">
         <v>0.24295</v>
       </c>
       <c r="M63" s="15">
         <v>0.24295</v>
       </c>
       <c r="N63" s="15">
-        <v>198</v>
+        <v>222</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E64" s="15">
         <v>10080049420</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I64" s="15" t="s">
@@ -4557,51 +4557,51 @@
       </c>
       <c r="E75" s="15">
         <v>10080032763</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>220</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.55</v>
       </c>
       <c r="L75" s="15">
         <v>0.55</v>
       </c>
       <c r="M75" s="15">
         <v>0.55</v>
       </c>
       <c r="N75" s="15">
-        <v>4564</v>
+        <v>3721</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I76" s="15"/>
@@ -4785,51 +4785,51 @@
       <c r="D81" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E81" s="15">
         <v>10080033750</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>100</v>
       </c>
       <c r="K81" s="15">
         <v>0.5093</v>
       </c>
       <c r="L81" s="15">
         <v>0.5</v>
       </c>
       <c r="M81" s="15">
         <v>0.5</v>
       </c>
       <c r="N81" s="15">
-        <v>383</v>
+        <v>286</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I82" s="15" t="s">
@@ -5054,51 +5054,51 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>263</v>
       </c>
       <c r="J88" s="15">
         <v>100</v>
       </c>
       <c r="K88" s="15">
         <v>0.55516</v>
       </c>
       <c r="L88" s="15">
         <v>0.46562</v>
       </c>
       <c r="M88" s="15">
         <v>0.44771</v>
       </c>
       <c r="N88" s="15">
-        <v>624</v>
+        <v>712</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I89" s="15"/>
@@ -5286,51 +5286,51 @@
       <c r="D94" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>281</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.66</v>
       </c>
       <c r="L94" s="15">
         <v>0.66</v>
       </c>
       <c r="M94" s="15">
         <v>0.66</v>
       </c>
       <c r="N94" s="15">
-        <v>334</v>
+        <v>282</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>500</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>55</v>
@@ -5559,51 +5559,51 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I101" s="15" t="s">
         <v>307</v>
       </c>
       <c r="J101" s="15">
         <v>100</v>
       </c>
       <c r="K101" s="15">
         <v>0.50298</v>
       </c>
       <c r="L101" s="15">
         <v>0.42185</v>
       </c>
       <c r="M101" s="15">
         <v>0.40563</v>
       </c>
       <c r="N101" s="15">
-        <v>697</v>
+        <v>731</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>308</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>309</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>310</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I102" s="15" t="s">
@@ -6379,95 +6379,95 @@
       </c>
       <c r="E123" s="15" t="s">
         <v>378</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>375</v>
       </c>
       <c r="I123" s="15" t="s">
         <v>379</v>
       </c>
       <c r="J123" s="15">
         <v>100</v>
       </c>
       <c r="K123" s="15">
         <v>0.28992</v>
       </c>
       <c r="L123" s="15">
         <v>0.25126</v>
       </c>
       <c r="M123" s="15">
         <v>0.2416</v>
       </c>
       <c r="N123" s="15">
-        <v>4597</v>
+        <v>4200</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>380</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>381</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>382</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>375</v>
       </c>
       <c r="I124" s="15" t="s">
         <v>383</v>
       </c>
       <c r="J124" s="15">
         <v>100</v>
       </c>
       <c r="K124" s="15">
         <v>0.28082</v>
       </c>
       <c r="L124" s="15">
         <v>0.24337</v>
       </c>
       <c r="M124" s="15">
         <v>0.23401</v>
       </c>
       <c r="N124" s="15">
         <v>45</v>
       </c>
       <c r="O124" s="15">
-        <v>2430</v>
+        <v>2490</v>
       </c>
       <c r="P124" s="15" t="s">
         <v>384</v>
       </c>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>385</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>386</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>387</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>375</v>
       </c>