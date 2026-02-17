--- v2 (2026-01-10)
+++ v3 (2026-02-17)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>17.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1069,50 +1069,62 @@
   <si>
     <t>(2KA, 350V) / 4532-351-LF</t>
   </si>
   <si>
     <t>10-00000159</t>
   </si>
   <si>
     <t>4532-401-LF</t>
   </si>
   <si>
     <t>(2KA, 400V) / 4532-401-LF</t>
   </si>
   <si>
     <t>10-00000161</t>
   </si>
   <si>
     <t>4532-421-LF</t>
   </si>
   <si>
     <t>(2KA, 420V) / 4532-421-LF</t>
   </si>
   <si>
     <t>10-00000164</t>
   </si>
   <si>
+    <t>4532-471-LF</t>
+  </si>
+  <si>
+    <t>(2KA, 470V) / 4532-471-LF</t>
+  </si>
+  <si>
+    <t>UT-00156278</t>
+  </si>
+  <si>
+    <t>23.02.2026</t>
+  </si>
+  <si>
     <t>4532-501-LF</t>
   </si>
   <si>
     <t>(2KA, 500V) / 4532-501-LF</t>
   </si>
   <si>
     <t>10-00000166</t>
   </si>
   <si>
     <t>4532-601-LF</t>
   </si>
   <si>
     <t>2KA, 600V SMD / 4532-601-LF</t>
   </si>
   <si>
     <t>B88069X2271B502</t>
   </si>
   <si>
     <t>10kA 20% 90V 3-выводной / B88069X2271B502</t>
   </si>
   <si>
     <t>UT-00128479</t>
   </si>
   <si>
     <t>TDK</t>
@@ -1120,99 +1132,99 @@
   <si>
     <t>BA401N-D</t>
   </si>
   <si>
     <t>GDT 400V 30% 1A / 1kA SMT 4.5*3.2*2.7mm / BA401N-D</t>
   </si>
   <si>
     <t>UT-00146060</t>
   </si>
   <si>
     <t>Semitehelec</t>
   </si>
   <si>
     <t>BM091M-2</t>
   </si>
   <si>
     <t>8.3×8.3×6mm 20 kA 90V 20% 2 вывода SMD / BM091M-2</t>
   </si>
   <si>
     <t>UT-00146490</t>
   </si>
   <si>
     <t>Bencent</t>
   </si>
   <si>
+    <t>21.02.2026</t>
+  </si>
+  <si>
     <t>GDTN2RS3-90</t>
   </si>
   <si>
     <t>2kA 90V SMD 4.5x3.2x2.7мм / GDTN2RS3-90</t>
   </si>
   <si>
     <t>UT-00103711</t>
   </si>
   <si>
     <t>WAYON</t>
   </si>
   <si>
     <t>L-KLS5-GDT1206-090</t>
   </si>
   <si>
     <t>GDT 90V 30% 0.5kA 0.6pF 2P (1.6*1.6*3.2mm) SMT / L-KLS5-GDT1206-090</t>
   </si>
   <si>
     <t>UT-00141000</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>L-KLS5-GDTH8060-2R500L</t>
   </si>
   <si>
     <t>8.0x6.0мм, 20kA, 500V, с проволочными выводами / L-KLS5-GDTH8060-2R500L</t>
   </si>
   <si>
     <t>UT-00096328</t>
   </si>
   <si>
     <t xml:space="preserve">2RP470L-8D1 BRIGHTKING, 2RP470L-8/B BRIGHTKING, </t>
   </si>
   <si>
     <t>L-KLS5-GDTH8060-2R600L</t>
   </si>
   <si>
     <t>8.0x6.0мм, 20kA, 600V, с проволочными выводами / L-KLS5-GDTH8060-2R600L</t>
   </si>
   <si>
     <t>UT-00096329</t>
   </si>
   <si>
     <t xml:space="preserve">2RP600L-8/B BRIGHTKING, </t>
-  </si>
-[...1 lines deleted...]
-    <t>19.02.2026</t>
   </si>
   <si>
     <t>L-KLS5-GDTM6080-3R350L</t>
   </si>
   <si>
     <t>GDT 350V 20% 15kA/10A 1.5pF 3P (6*6*8mm) THT Radial / L-KLS5-GDTM6080-3R350L</t>
   </si>
   <si>
     <t>UT-00141001</t>
   </si>
   <si>
     <t>L-KLS5-GDTM8010-3R420BF</t>
   </si>
   <si>
     <t>8.0x10.0мм, 25kA, 420V, с защитой, с проволочными выводами / L-KLS5-GDTM8010-3R420BF</t>
   </si>
   <si>
     <t>UT-00143184</t>
   </si>
   <si>
     <t>SC3E8-420HMF</t>
   </si>
   <si>
     <t>GDT 420V 20% 20kA/20A 1.5pF Fail-Safe 3P (8*10mm) THT Radial / SC3E8-420HMF</t>
   </si>
@@ -1809,51 +1821,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R130"/>
+  <dimension ref="A1:R131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2875,51 +2887,51 @@
       <c r="D31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="15">
         <v>10080071830</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>900</v>
       </c>
       <c r="K31" s="15">
         <v>0.21179</v>
       </c>
       <c r="L31" s="15">
         <v>0.17763</v>
       </c>
       <c r="M31" s="15">
         <v>0.1708</v>
       </c>
       <c r="N31" s="15">
-        <v>926</v>
+        <v>1034</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I32" s="15"/>
@@ -2951,90 +2963,90 @@
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15">
         <v>10080064053</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.54</v>
       </c>
       <c r="L33" s="15">
         <v>0.39</v>
       </c>
       <c r="M33" s="15">
         <v>0.35</v>
       </c>
       <c r="N33" s="15">
-        <v>1340</v>
+        <v>1700</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.5</v>
       </c>
       <c r="L34" s="15">
         <v>0.39</v>
       </c>
       <c r="M34" s="15">
         <v>0.35</v>
       </c>
       <c r="N34" s="15">
-        <v>7000</v>
+        <v>7900</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I35" s="15"/>
@@ -3066,90 +3078,90 @@
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15">
         <v>10080056731</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44</v>
       </c>
       <c r="L36" s="15">
         <v>0.34</v>
       </c>
       <c r="M36" s="15">
         <v>0.31</v>
       </c>
       <c r="N36" s="15">
-        <v>7701</v>
+        <v>5651</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15">
         <v>10080033997</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.21626</v>
       </c>
       <c r="L37" s="15">
         <v>0.21626</v>
       </c>
       <c r="M37" s="15">
         <v>0.21626</v>
       </c>
       <c r="N37" s="15">
-        <v>1491</v>
+        <v>1722</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I38" s="15"/>
@@ -3403,51 +3415,51 @@
       <c r="D45" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E45" s="15">
         <v>10080075745</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.27</v>
       </c>
       <c r="L45" s="15">
         <v>0.27</v>
       </c>
       <c r="M45" s="15">
         <v>0.27</v>
       </c>
       <c r="N45" s="15">
-        <v>630</v>
+        <v>610</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E46" s="15">
         <v>10080034016</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I46" s="15"/>
@@ -3481,90 +3493,90 @@
       <c r="D47" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>100</v>
       </c>
       <c r="K47" s="15">
         <v>0.24912</v>
       </c>
       <c r="L47" s="15">
         <v>0.23829</v>
       </c>
       <c r="M47" s="15">
         <v>0.22746</v>
       </c>
       <c r="N47" s="15">
-        <v>237</v>
+        <v>219</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E48" s="15">
         <v>10080029198</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>100</v>
       </c>
       <c r="K48" s="15">
         <v>0.26096</v>
       </c>
       <c r="L48" s="15">
         <v>0.26096</v>
       </c>
       <c r="M48" s="15">
         <v>0.26096</v>
       </c>
       <c r="N48" s="15">
-        <v>286</v>
+        <v>97</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I49" s="15"/>
@@ -3703,92 +3715,92 @@
       <c r="D53" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E53" s="15">
         <v>10080034023</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>100</v>
       </c>
       <c r="K53" s="15">
         <v>0.36428</v>
       </c>
       <c r="L53" s="15">
         <v>0.30553</v>
       </c>
       <c r="M53" s="15">
         <v>0.29378</v>
       </c>
       <c r="N53" s="15">
-        <v>6304</v>
+        <v>6378</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E54" s="15">
         <v>10080034021</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.43518</v>
       </c>
       <c r="L54" s="15">
         <v>0.43518</v>
       </c>
       <c r="M54" s="15">
         <v>0.43518</v>
       </c>
       <c r="N54" s="15">
-        <v>504</v>
+        <v>448</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I55" s="15"/>
@@ -3820,51 +3832,51 @@
       <c r="D56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E56" s="15">
         <v>10080034025</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>100</v>
       </c>
       <c r="K56" s="15">
         <v>0.37</v>
       </c>
       <c r="L56" s="15">
         <v>0.29</v>
       </c>
       <c r="M56" s="15">
         <v>0.26</v>
       </c>
       <c r="N56" s="15">
-        <v>3350</v>
+        <v>3600</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I57" s="15"/>
@@ -3937,51 +3949,51 @@
       </c>
       <c r="E59" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.27788</v>
       </c>
       <c r="L59" s="15">
         <v>0.23306</v>
       </c>
       <c r="M59" s="15">
         <v>0.2241</v>
       </c>
       <c r="N59" s="15">
-        <v>2346</v>
+        <v>2331</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I60" s="15"/>
@@ -4052,92 +4064,92 @@
       </c>
       <c r="E62" s="15">
         <v>10080034833</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>177</v>
       </c>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.33</v>
       </c>
       <c r="L62" s="15">
         <v>0.33</v>
       </c>
       <c r="M62" s="15">
         <v>0.33</v>
       </c>
       <c r="N62" s="15">
-        <v>4828</v>
+        <v>4080</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E63" s="15">
         <v>10080044838</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.24295</v>
       </c>
       <c r="L63" s="15">
         <v>0.24295</v>
       </c>
       <c r="M63" s="15">
         <v>0.24295</v>
       </c>
       <c r="N63" s="15">
-        <v>222</v>
+        <v>258</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E64" s="15">
         <v>10080049420</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I64" s="15" t="s">
@@ -4557,51 +4569,51 @@
       </c>
       <c r="E75" s="15">
         <v>10080032763</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>220</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.55</v>
       </c>
       <c r="L75" s="15">
         <v>0.55</v>
       </c>
       <c r="M75" s="15">
         <v>0.55</v>
       </c>
       <c r="N75" s="15">
-        <v>3721</v>
+        <v>4275</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I76" s="15"/>
@@ -4785,51 +4797,51 @@
       <c r="D81" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E81" s="15">
         <v>10080033750</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>100</v>
       </c>
       <c r="K81" s="15">
         <v>0.5093</v>
       </c>
       <c r="L81" s="15">
         <v>0.5</v>
       </c>
       <c r="M81" s="15">
         <v>0.5</v>
       </c>
       <c r="N81" s="15">
-        <v>286</v>
+        <v>366</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I82" s="15" t="s">
@@ -5054,51 +5066,51 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>263</v>
       </c>
       <c r="J88" s="15">
         <v>100</v>
       </c>
       <c r="K88" s="15">
         <v>0.55516</v>
       </c>
       <c r="L88" s="15">
         <v>0.46562</v>
       </c>
       <c r="M88" s="15">
         <v>0.44771</v>
       </c>
       <c r="N88" s="15">
-        <v>712</v>
+        <v>552</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I89" s="15"/>
@@ -5207,53 +5219,51 @@
         <v>273</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>274</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I92" s="15" t="s">
         <v>275</v>
       </c>
       <c r="J92" s="15">
         <v>100</v>
       </c>
       <c r="K92" s="15">
         <v>0.50262</v>
       </c>
       <c r="L92" s="15">
         <v>0.42155</v>
       </c>
       <c r="M92" s="15">
         <v>0.40534</v>
       </c>
-      <c r="N92" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>276</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E93" s="15">
         <v>10080029197</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I93" s="15" t="s">
         <v>278</v>
@@ -5286,51 +5296,51 @@
       <c r="D94" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>281</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.66</v>
       </c>
       <c r="L94" s="15">
         <v>0.66</v>
       </c>
       <c r="M94" s="15">
         <v>0.66</v>
       </c>
       <c r="N94" s="15">
-        <v>282</v>
+        <v>395</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>500</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>55</v>
@@ -5559,51 +5569,51 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I101" s="15" t="s">
         <v>307</v>
       </c>
       <c r="J101" s="15">
         <v>100</v>
       </c>
       <c r="K101" s="15">
         <v>0.50298</v>
       </c>
       <c r="L101" s="15">
         <v>0.42185</v>
       </c>
       <c r="M101" s="15">
         <v>0.40563</v>
       </c>
       <c r="N101" s="15">
-        <v>731</v>
+        <v>655</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>308</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>309</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>310</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I102" s="15" t="s">
@@ -6109,574 +6119,611 @@
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>351</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>352</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>353</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2500</v>
       </c>
       <c r="K116" s="15">
-        <v>0.34851</v>
+        <v>0.18653</v>
       </c>
       <c r="L116" s="15">
-        <v>0.24395</v>
+        <v>0.16166</v>
       </c>
       <c r="M116" s="15">
-        <v>0.22653</v>
+        <v>0.15544</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
-      <c r="P116" s="15"/>
+      <c r="P116" s="15" t="s">
+        <v>354</v>
+      </c>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>10080066793</v>
+        <v>356</v>
+      </c>
+      <c r="E117" s="15" t="s">
+        <v>357</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
-        <v>0.1441</v>
+        <v>0.34851</v>
       </c>
       <c r="L117" s="15">
-        <v>0.12007</v>
+        <v>0.24395</v>
       </c>
       <c r="M117" s="15">
-        <v>0.11526</v>
+        <v>0.22653</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>359</v>
+      </c>
+      <c r="E118" s="15">
+        <v>10080066793</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>359</v>
+        <v>55</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>500</v>
+        <v>2500</v>
       </c>
       <c r="K118" s="15">
-        <v>1.14</v>
+        <v>0.1441</v>
       </c>
       <c r="L118" s="15">
-        <v>0.95627</v>
+        <v>0.12007</v>
       </c>
       <c r="M118" s="15">
-        <v>0.91949</v>
+        <v>0.11526</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>360</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>361</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>362</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>363</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="K119" s="15">
-        <v>0.12691</v>
+        <v>1.14</v>
       </c>
       <c r="L119" s="15">
-        <v>0.10644</v>
+        <v>0.95627</v>
       </c>
       <c r="M119" s="15">
-        <v>0.10235</v>
+        <v>0.91949</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>364</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>365</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>366</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>367</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K120" s="15">
-        <v>0.90199</v>
+        <v>0.12691</v>
       </c>
       <c r="L120" s="15">
-        <v>0.90199</v>
+        <v>0.10644</v>
       </c>
       <c r="M120" s="15">
-        <v>0.90199</v>
+        <v>0.10235</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>368</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>369</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>370</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>371</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="K121" s="15">
-        <v>0.12362</v>
+        <v>0.90199</v>
       </c>
       <c r="L121" s="15">
-        <v>0.12362</v>
+        <v>0.90199</v>
       </c>
       <c r="M121" s="15">
-        <v>0.12362</v>
+        <v>0.90199</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
-      <c r="P121" s="15"/>
+      <c r="P121" s="15" t="s">
+        <v>372</v>
+      </c>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="K122" s="15">
-        <v>0.11881</v>
+        <v>0.12362</v>
       </c>
       <c r="L122" s="15">
-        <v>0.09965</v>
+        <v>0.12362</v>
       </c>
       <c r="M122" s="15">
-        <v>0.09581000000000001</v>
+        <v>0.12362</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="I123" s="15"/>
       <c r="J123" s="15">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="K123" s="15">
-        <v>0.28992</v>
+        <v>0.11881</v>
       </c>
       <c r="L123" s="15">
-        <v>0.25126</v>
+        <v>0.09965</v>
       </c>
       <c r="M123" s="15">
-        <v>0.2416</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09581000000000001</v>
+      </c>
+      <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J124" s="15">
         <v>100</v>
       </c>
       <c r="K124" s="15">
-        <v>0.28082</v>
+        <v>0.28992</v>
       </c>
       <c r="L124" s="15">
-        <v>0.24337</v>
+        <v>0.25126</v>
       </c>
       <c r="M124" s="15">
-        <v>0.23401</v>
+        <v>0.2416</v>
       </c>
       <c r="N124" s="15">
-        <v>45</v>
-[...6 lines deleted...]
-      </c>
+        <v>2060</v>
+      </c>
+      <c r="O124" s="15"/>
+      <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>385</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>386</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>387</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="I125" s="15"/>
+        <v>380</v>
+      </c>
+      <c r="I125" s="15" t="s">
+        <v>388</v>
+      </c>
       <c r="J125" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K125" s="15">
-        <v>0.50079</v>
+        <v>0.28082</v>
       </c>
       <c r="L125" s="15">
-        <v>0.42002</v>
+        <v>0.24337</v>
       </c>
       <c r="M125" s="15">
-        <v>0.40386</v>
-[...1 lines deleted...]
-      <c r="N125" s="15"/>
+        <v>0.23401</v>
+      </c>
+      <c r="N125" s="15">
+        <v>1757</v>
+      </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>500</v>
       </c>
       <c r="K126" s="15">
-        <v>0.77949</v>
+        <v>0.50079</v>
       </c>
       <c r="L126" s="15">
-        <v>0.67556</v>
+        <v>0.42002</v>
       </c>
       <c r="M126" s="15">
-        <v>0.64958</v>
+        <v>0.40386</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>394</v>
+        <v>380</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K127" s="15">
-        <v>0.66976</v>
+        <v>0.77949</v>
       </c>
       <c r="L127" s="15">
-        <v>0.56173</v>
+        <v>0.67556</v>
       </c>
       <c r="M127" s="15">
-        <v>0.54013</v>
+        <v>0.64958</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>395</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>396</v>
       </c>
-      <c r="E128" s="15">
-        <v>10080066930</v>
+      <c r="E128" s="15" t="s">
+        <v>397</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="K128" s="15">
-        <v>0.67503</v>
+        <v>0.66976</v>
       </c>
       <c r="L128" s="15">
-        <v>0.56616</v>
+        <v>0.56173</v>
       </c>
       <c r="M128" s="15">
-        <v>0.54438</v>
+        <v>0.54013</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E129" s="15">
-        <v>10080007448</v>
+        <v>10080066930</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="I129" s="15" t="s">
         <v>401</v>
       </c>
-      <c r="J129" s="15"/>
+      <c r="I129" s="15"/>
+      <c r="J129" s="15">
+        <v>2000</v>
+      </c>
       <c r="K129" s="15">
-        <v>0.80808</v>
+        <v>0.67503</v>
       </c>
       <c r="L129" s="15">
-        <v>0.75045</v>
+        <v>0.56616</v>
       </c>
       <c r="M129" s="15">
-        <v>0.72162</v>
+        <v>0.54438</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
-      <c r="B130" s="14"/>
-[...2 lines deleted...]
-      <c r="E130" s="15"/>
+      <c r="B130" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C130" s="15" t="s">
+        <v>402</v>
+      </c>
+      <c r="D130" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="E130" s="15">
+        <v>10080007448</v>
+      </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
-      <c r="H130" s="15"/>
-      <c r="I130" s="15"/>
+      <c r="H130" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="I130" s="15" t="s">
+        <v>405</v>
+      </c>
       <c r="J130" s="15"/>
-      <c r="K130" s="15"/>
-[...1 lines deleted...]
-      <c r="M130" s="15"/>
+      <c r="K130" s="15">
+        <v>0.80808</v>
+      </c>
+      <c r="L130" s="15">
+        <v>0.75045</v>
+      </c>
+      <c r="M130" s="15">
+        <v>0.72162</v>
+      </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
+      <c r="R130"/>
+    </row>
+    <row r="131" spans="1:18">
+      <c r="B131" s="14"/>
+      <c r="C131" s="15"/>
+      <c r="D131" s="15"/>
+      <c r="E131" s="15"/>
+      <c r="F131" s="15"/>
+      <c r="G131" s="15"/>
+      <c r="H131" s="15"/>
+      <c r="I131" s="15"/>
+      <c r="J131" s="15"/>
+      <c r="K131" s="15"/>
+      <c r="L131" s="15"/>
+      <c r="M131" s="15"/>
+      <c r="N131" s="15"/>
+      <c r="O131" s="15"/>
+      <c r="P131" s="15"/>
+      <c r="Q131" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6696,317 +6743,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>