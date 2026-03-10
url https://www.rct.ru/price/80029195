--- v3 (2026-02-17)
+++ v4 (2026-03-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="434">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>17.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1078,105 +1078,108 @@
   <si>
     <t>(2KA, 400V) / 4532-401-LF</t>
   </si>
   <si>
     <t>10-00000161</t>
   </si>
   <si>
     <t>4532-421-LF</t>
   </si>
   <si>
     <t>(2KA, 420V) / 4532-421-LF</t>
   </si>
   <si>
     <t>10-00000164</t>
   </si>
   <si>
     <t>4532-471-LF</t>
   </si>
   <si>
     <t>(2KA, 470V) / 4532-471-LF</t>
   </si>
   <si>
     <t>UT-00156278</t>
   </si>
   <si>
-    <t>23.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>4532-501-LF</t>
   </si>
   <si>
     <t>(2KA, 500V) / 4532-501-LF</t>
   </si>
   <si>
     <t>10-00000166</t>
   </si>
   <si>
     <t>4532-601-LF</t>
   </si>
   <si>
     <t>2KA, 600V SMD / 4532-601-LF</t>
   </si>
   <si>
     <t>B88069X2271B502</t>
   </si>
   <si>
     <t>10kA 20% 90V 3-выводной / B88069X2271B502</t>
   </si>
   <si>
     <t>UT-00128479</t>
   </si>
   <si>
     <t>TDK</t>
   </si>
   <si>
     <t>BA401N-D</t>
   </si>
   <si>
     <t>GDT 400V 30% 1A / 1kA SMT 4.5*3.2*2.7mm / BA401N-D</t>
   </si>
   <si>
     <t>UT-00146060</t>
   </si>
   <si>
     <t>Semitehelec</t>
   </si>
   <si>
+    <t>BD122-2</t>
+  </si>
+  <si>
+    <t>7.6×5×5.8mm 20 kA 90V 6 выводов SMD / BD122-2</t>
+  </si>
+  <si>
+    <t>UT-00150864</t>
+  </si>
+  <si>
+    <t>Bencent</t>
+  </si>
+  <si>
     <t>BM091M-2</t>
   </si>
   <si>
     <t>8.3×8.3×6mm 20 kA 90V 20% 2 вывода SMD / BM091M-2</t>
   </si>
   <si>
     <t>UT-00146490</t>
-  </si>
-[...4 lines deleted...]
-    <t>21.02.2026</t>
   </si>
   <si>
     <t>GDTN2RS3-90</t>
   </si>
   <si>
     <t>2kA 90V SMD 4.5x3.2x2.7мм / GDTN2RS3-90</t>
   </si>
   <si>
     <t>UT-00103711</t>
   </si>
   <si>
     <t>WAYON</t>
   </si>
   <si>
     <t>L-KLS5-GDT1206-090</t>
   </si>
   <si>
     <t>GDT 90V 30% 0.5kA 0.6pF 2P (1.6*1.6*3.2mm) SMT / L-KLS5-GDT1206-090</t>
   </si>
   <si>
     <t>UT-00141000</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
@@ -1821,51 +1824,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R131"/>
+  <dimension ref="A1:R132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2515,51 +2518,51 @@
       <c r="D21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="15">
         <v>10080056250</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>900</v>
       </c>
       <c r="K21" s="15">
         <v>0.1803</v>
       </c>
       <c r="L21" s="15">
         <v>0.15122</v>
       </c>
       <c r="M21" s="15">
         <v>0.1454</v>
       </c>
       <c r="N21" s="15">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I22" s="15"/>
@@ -2887,51 +2890,51 @@
       <c r="D31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="15">
         <v>10080071830</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>900</v>
       </c>
       <c r="K31" s="15">
         <v>0.21179</v>
       </c>
       <c r="L31" s="15">
         <v>0.17763</v>
       </c>
       <c r="M31" s="15">
         <v>0.1708</v>
       </c>
       <c r="N31" s="15">
-        <v>1034</v>
+        <v>1003</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I32" s="15"/>
@@ -2963,90 +2966,90 @@
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15">
         <v>10080064053</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.54</v>
       </c>
       <c r="L33" s="15">
         <v>0.39</v>
       </c>
       <c r="M33" s="15">
         <v>0.35</v>
       </c>
       <c r="N33" s="15">
-        <v>1700</v>
+        <v>1760</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.5</v>
       </c>
       <c r="L34" s="15">
         <v>0.39</v>
       </c>
       <c r="M34" s="15">
         <v>0.35</v>
       </c>
       <c r="N34" s="15">
-        <v>7900</v>
+        <v>7700</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I35" s="15"/>
@@ -3078,90 +3081,90 @@
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15">
         <v>10080056731</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44</v>
       </c>
       <c r="L36" s="15">
         <v>0.34</v>
       </c>
       <c r="M36" s="15">
         <v>0.31</v>
       </c>
       <c r="N36" s="15">
-        <v>5651</v>
+        <v>4328</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15">
         <v>10080033997</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.21626</v>
       </c>
       <c r="L37" s="15">
         <v>0.21626</v>
       </c>
       <c r="M37" s="15">
         <v>0.21626</v>
       </c>
       <c r="N37" s="15">
-        <v>1722</v>
+        <v>1764</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I38" s="15"/>
@@ -3415,51 +3418,51 @@
       <c r="D45" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E45" s="15">
         <v>10080075745</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.27</v>
       </c>
       <c r="L45" s="15">
         <v>0.27</v>
       </c>
       <c r="M45" s="15">
         <v>0.27</v>
       </c>
       <c r="N45" s="15">
-        <v>610</v>
+        <v>830</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E46" s="15">
         <v>10080034016</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I46" s="15"/>
@@ -3493,90 +3496,90 @@
       <c r="D47" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>100</v>
       </c>
       <c r="K47" s="15">
         <v>0.24912</v>
       </c>
       <c r="L47" s="15">
         <v>0.23829</v>
       </c>
       <c r="M47" s="15">
         <v>0.22746</v>
       </c>
       <c r="N47" s="15">
-        <v>219</v>
+        <v>201</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E48" s="15">
         <v>10080029198</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>100</v>
       </c>
       <c r="K48" s="15">
         <v>0.26096</v>
       </c>
       <c r="L48" s="15">
         <v>0.26096</v>
       </c>
       <c r="M48" s="15">
         <v>0.26096</v>
       </c>
       <c r="N48" s="15">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I49" s="15"/>
@@ -3715,92 +3718,92 @@
       <c r="D53" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E53" s="15">
         <v>10080034023</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>100</v>
       </c>
       <c r="K53" s="15">
         <v>0.36428</v>
       </c>
       <c r="L53" s="15">
         <v>0.30553</v>
       </c>
       <c r="M53" s="15">
         <v>0.29378</v>
       </c>
       <c r="N53" s="15">
-        <v>6378</v>
+        <v>4524</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E54" s="15">
         <v>10080034021</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.43518</v>
       </c>
       <c r="L54" s="15">
         <v>0.43518</v>
       </c>
       <c r="M54" s="15">
         <v>0.43518</v>
       </c>
       <c r="N54" s="15">
-        <v>448</v>
+        <v>602</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I55" s="15"/>
@@ -3832,51 +3835,51 @@
       <c r="D56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E56" s="15">
         <v>10080034025</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>100</v>
       </c>
       <c r="K56" s="15">
         <v>0.37</v>
       </c>
       <c r="L56" s="15">
         <v>0.29</v>
       </c>
       <c r="M56" s="15">
         <v>0.26</v>
       </c>
       <c r="N56" s="15">
-        <v>3600</v>
+        <v>3450</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I57" s="15"/>
@@ -3949,51 +3952,51 @@
       </c>
       <c r="E59" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.27788</v>
       </c>
       <c r="L59" s="15">
         <v>0.23306</v>
       </c>
       <c r="M59" s="15">
         <v>0.2241</v>
       </c>
       <c r="N59" s="15">
-        <v>2331</v>
+        <v>1248</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I60" s="15"/>
@@ -4064,92 +4067,92 @@
       </c>
       <c r="E62" s="15">
         <v>10080034833</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>177</v>
       </c>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.33</v>
       </c>
       <c r="L62" s="15">
         <v>0.33</v>
       </c>
       <c r="M62" s="15">
         <v>0.33</v>
       </c>
       <c r="N62" s="15">
-        <v>4080</v>
+        <v>5372</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E63" s="15">
         <v>10080044838</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.24295</v>
       </c>
       <c r="L63" s="15">
         <v>0.24295</v>
       </c>
       <c r="M63" s="15">
         <v>0.24295</v>
       </c>
       <c r="N63" s="15">
-        <v>258</v>
+        <v>216</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E64" s="15">
         <v>10080049420</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I64" s="15" t="s">
@@ -4569,51 +4572,51 @@
       </c>
       <c r="E75" s="15">
         <v>10080032763</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>220</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.55</v>
       </c>
       <c r="L75" s="15">
         <v>0.55</v>
       </c>
       <c r="M75" s="15">
         <v>0.55</v>
       </c>
       <c r="N75" s="15">
-        <v>4275</v>
+        <v>5270</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I76" s="15"/>
@@ -4797,51 +4800,51 @@
       <c r="D81" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E81" s="15">
         <v>10080033750</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>100</v>
       </c>
       <c r="K81" s="15">
         <v>0.5093</v>
       </c>
       <c r="L81" s="15">
         <v>0.5</v>
       </c>
       <c r="M81" s="15">
         <v>0.5</v>
       </c>
       <c r="N81" s="15">
-        <v>366</v>
+        <v>313</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I82" s="15" t="s">
@@ -5066,51 +5069,51 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>263</v>
       </c>
       <c r="J88" s="15">
         <v>100</v>
       </c>
       <c r="K88" s="15">
         <v>0.55516</v>
       </c>
       <c r="L88" s="15">
         <v>0.46562</v>
       </c>
       <c r="M88" s="15">
         <v>0.44771</v>
       </c>
       <c r="N88" s="15">
-        <v>552</v>
+        <v>720</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I89" s="15"/>
@@ -5296,51 +5299,51 @@
       <c r="D94" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>281</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.66</v>
       </c>
       <c r="L94" s="15">
         <v>0.66</v>
       </c>
       <c r="M94" s="15">
         <v>0.66</v>
       </c>
       <c r="N94" s="15">
-        <v>395</v>
+        <v>339</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>500</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>55</v>
@@ -5569,51 +5572,51 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I101" s="15" t="s">
         <v>307</v>
       </c>
       <c r="J101" s="15">
         <v>100</v>
       </c>
       <c r="K101" s="15">
         <v>0.50298</v>
       </c>
       <c r="L101" s="15">
         <v>0.42185</v>
       </c>
       <c r="M101" s="15">
         <v>0.40563</v>
       </c>
       <c r="N101" s="15">
-        <v>655</v>
+        <v>595</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>308</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>309</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>310</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I102" s="15" t="s">
@@ -6119,611 +6122,646 @@
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>351</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>352</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>353</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2500</v>
       </c>
       <c r="K116" s="15">
-        <v>0.18653</v>
+        <v>0.19068</v>
       </c>
       <c r="L116" s="15">
-        <v>0.16166</v>
+        <v>0.16526</v>
       </c>
       <c r="M116" s="15">
-        <v>0.15544</v>
+        <v>0.1589</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
-      <c r="P116" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>355</v>
       </c>
-      <c r="D117" s="15" t="s">
+      <c r="E117" s="15" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
         <v>0.34851</v>
       </c>
       <c r="L117" s="15">
         <v>0.24395</v>
       </c>
       <c r="M117" s="15">
         <v>0.22653</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="E118" s="15">
         <v>10080066793</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>2500</v>
       </c>
       <c r="K118" s="15">
         <v>0.1441</v>
       </c>
       <c r="L118" s="15">
         <v>0.12007</v>
       </c>
       <c r="M118" s="15">
         <v>0.11526</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>360</v>
       </c>
-      <c r="D119" s="15" t="s">
+      <c r="E119" s="15" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>1.14</v>
       </c>
       <c r="L119" s="15">
         <v>0.95627</v>
       </c>
       <c r="M119" s="15">
         <v>0.91949</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>364</v>
       </c>
-      <c r="D120" s="15" t="s">
+      <c r="E120" s="15" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>2000</v>
       </c>
       <c r="K120" s="15">
         <v>0.12691</v>
       </c>
       <c r="L120" s="15">
         <v>0.10644</v>
       </c>
       <c r="M120" s="15">
         <v>0.10235</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>368</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="K121" s="15">
-        <v>0.90199</v>
+        <v>5.69</v>
       </c>
       <c r="L121" s="15">
-        <v>0.90199</v>
+        <v>4.93</v>
       </c>
       <c r="M121" s="15">
-        <v>0.90199</v>
+        <v>4.74</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
-      <c r="P121" s="15" t="s">
-[...2 lines deleted...]
-      <c r="Q121" s="15"/>
+      <c r="P121" s="15"/>
+      <c r="Q121" s="15">
+        <v>1200</v>
+      </c>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="D122" s="15" t="s">
+        <v>372</v>
+      </c>
+      <c r="E122" s="15" t="s">
         <v>373</v>
-      </c>
-[...4 lines deleted...]
-        <v>375</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="K122" s="15">
-        <v>0.12362</v>
+        <v>4.06</v>
       </c>
       <c r="L122" s="15">
-        <v>0.12362</v>
+        <v>3.52</v>
       </c>
       <c r="M122" s="15">
-        <v>0.12362</v>
+        <v>3.39</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="K123" s="15">
-        <v>0.11881</v>
+        <v>0.12362</v>
       </c>
       <c r="L123" s="15">
-        <v>0.09965</v>
+        <v>0.12362</v>
       </c>
       <c r="M123" s="15">
-        <v>0.09581000000000001</v>
+        <v>0.12362</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="I124" s="15"/>
       <c r="J124" s="15">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="K124" s="15">
-        <v>0.28992</v>
+        <v>0.11881</v>
       </c>
       <c r="L124" s="15">
-        <v>0.25126</v>
+        <v>0.09965</v>
       </c>
       <c r="M124" s="15">
-        <v>0.2416</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09581000000000001</v>
+      </c>
+      <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="J125" s="15">
         <v>100</v>
       </c>
       <c r="K125" s="15">
-        <v>0.28082</v>
+        <v>0.28992</v>
       </c>
       <c r="L125" s="15">
-        <v>0.24337</v>
+        <v>0.25126</v>
       </c>
       <c r="M125" s="15">
-        <v>0.23401</v>
+        <v>0.2416</v>
       </c>
       <c r="N125" s="15">
-        <v>1757</v>
+        <v>1766</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="I126" s="15"/>
+        <v>381</v>
+      </c>
+      <c r="I126" s="15" t="s">
+        <v>389</v>
+      </c>
       <c r="J126" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K126" s="15">
-        <v>0.50079</v>
+        <v>0.28082</v>
       </c>
       <c r="L126" s="15">
-        <v>0.42002</v>
+        <v>0.24337</v>
       </c>
       <c r="M126" s="15">
-        <v>0.40386</v>
-[...1 lines deleted...]
-      <c r="N126" s="15"/>
+        <v>0.23401</v>
+      </c>
+      <c r="N126" s="15">
+        <v>1785</v>
+      </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="D127" s="15" t="s">
+        <v>391</v>
+      </c>
+      <c r="E127" s="15" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>500</v>
       </c>
       <c r="K127" s="15">
-        <v>0.77949</v>
+        <v>0.50079</v>
       </c>
       <c r="L127" s="15">
-        <v>0.67556</v>
+        <v>0.42002</v>
       </c>
       <c r="M127" s="15">
-        <v>0.64958</v>
+        <v>0.40386</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>393</v>
+      </c>
+      <c r="D128" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="E128" s="15" t="s">
         <v>395</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>398</v>
+        <v>381</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K128" s="15">
-        <v>0.66976</v>
+        <v>0.77949</v>
       </c>
       <c r="L128" s="15">
-        <v>0.56173</v>
+        <v>0.67556</v>
       </c>
       <c r="M128" s="15">
-        <v>0.54013</v>
+        <v>0.64958</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>10080066930</v>
+        <v>397</v>
+      </c>
+      <c r="E129" s="15" t="s">
+        <v>398</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="K129" s="15">
-        <v>0.67503</v>
+        <v>0.66976</v>
       </c>
       <c r="L129" s="15">
-        <v>0.56616</v>
+        <v>0.56173</v>
       </c>
       <c r="M129" s="15">
-        <v>0.54438</v>
+        <v>0.54013</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="E130" s="15">
-        <v>10080007448</v>
+        <v>10080066930</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>404</v>
-[...4 lines deleted...]
-      <c r="J130" s="15"/>
+        <v>402</v>
+      </c>
+      <c r="I130" s="15"/>
+      <c r="J130" s="15">
+        <v>2000</v>
+      </c>
       <c r="K130" s="15">
-        <v>0.80808</v>
+        <v>0.67503</v>
       </c>
       <c r="L130" s="15">
-        <v>0.75045</v>
+        <v>0.56616</v>
       </c>
       <c r="M130" s="15">
-        <v>0.72162</v>
+        <v>0.54438</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
-      <c r="B131" s="14"/>
-[...2 lines deleted...]
-      <c r="E131" s="15"/>
+      <c r="B131" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C131" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="D131" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="E131" s="15">
+        <v>10080007448</v>
+      </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
-      <c r="H131" s="15"/>
-      <c r="I131" s="15"/>
+      <c r="H131" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="I131" s="15" t="s">
+        <v>406</v>
+      </c>
       <c r="J131" s="15"/>
-      <c r="K131" s="15"/>
-[...1 lines deleted...]
-      <c r="M131" s="15"/>
+      <c r="K131" s="15">
+        <v>0.80808</v>
+      </c>
+      <c r="L131" s="15">
+        <v>0.75045</v>
+      </c>
+      <c r="M131" s="15">
+        <v>0.72162</v>
+      </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
+      <c r="R131"/>
+    </row>
+    <row r="132" spans="1:18">
+      <c r="B132" s="14"/>
+      <c r="C132" s="15"/>
+      <c r="D132" s="15"/>
+      <c r="E132" s="15"/>
+      <c r="F132" s="15"/>
+      <c r="G132" s="15"/>
+      <c r="H132" s="15"/>
+      <c r="I132" s="15"/>
+      <c r="J132" s="15"/>
+      <c r="K132" s="15"/>
+      <c r="L132" s="15"/>
+      <c r="M132" s="15"/>
+      <c r="N132" s="15"/>
+      <c r="O132" s="15"/>
+      <c r="P132" s="15"/>
+      <c r="Q132" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6743,317 +6781,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>