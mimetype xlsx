--- v4 (2026-03-10)
+++ v5 (2026-03-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="434">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -842,50 +842,53 @@
     <t>3RM400L-8</t>
   </si>
   <si>
     <t>(10KA, 400V) / 3RM400L-8</t>
   </si>
   <si>
     <t>3RM470L-8</t>
   </si>
   <si>
     <t>(10KA, 470V) / 3RM470L-8</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS5-GDTM8010-3R470B KLS, 3RM470L-8/B BRIGHTKING, </t>
   </si>
   <si>
     <t>3RM470L-8/B</t>
   </si>
   <si>
     <t>(10KA, 470V) / 3RM470L-8/B</t>
   </si>
   <si>
     <t>UT-00141060</t>
   </si>
   <si>
     <t xml:space="preserve">3RM470L-8 BRIGHTKING, L-KLS5-GDTM8010-3R470B KLS, </t>
+  </si>
+  <si>
+    <t>06.04.2026</t>
   </si>
   <si>
     <t>3RM600L-8</t>
   </si>
   <si>
     <t>8.0x10.0мм, 10kA, 600V, с проволочными выводами / 3RM600L-8</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS5-GDTM8010-3R600B KLS, </t>
   </si>
   <si>
     <t>3RM600L-8/B</t>
   </si>
   <si>
     <t>8.0x10.0мм, 10kA, 600V, с проволочными выводами / 3RM600L-8/B</t>
   </si>
   <si>
     <t>UT-00103671</t>
   </si>
   <si>
     <t>3RM800L-8</t>
   </si>
   <si>
     <t>(10KA, 800V) / 3RM800L-8</t>
   </si>
@@ -2518,51 +2521,51 @@
       <c r="D21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="15">
         <v>10080056250</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>900</v>
       </c>
       <c r="K21" s="15">
         <v>0.1803</v>
       </c>
       <c r="L21" s="15">
         <v>0.15122</v>
       </c>
       <c r="M21" s="15">
         <v>0.1454</v>
       </c>
       <c r="N21" s="15">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I22" s="15"/>
@@ -2890,51 +2893,51 @@
       <c r="D31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="15">
         <v>10080071830</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>900</v>
       </c>
       <c r="K31" s="15">
         <v>0.21179</v>
       </c>
       <c r="L31" s="15">
         <v>0.17763</v>
       </c>
       <c r="M31" s="15">
         <v>0.1708</v>
       </c>
       <c r="N31" s="15">
-        <v>1003</v>
+        <v>1204</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I32" s="15"/>
@@ -2966,90 +2969,90 @@
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15">
         <v>10080064053</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.54</v>
       </c>
       <c r="L33" s="15">
         <v>0.39</v>
       </c>
       <c r="M33" s="15">
         <v>0.35</v>
       </c>
       <c r="N33" s="15">
-        <v>1760</v>
+        <v>1597</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.5</v>
       </c>
       <c r="L34" s="15">
         <v>0.39</v>
       </c>
       <c r="M34" s="15">
         <v>0.35</v>
       </c>
       <c r="N34" s="15">
-        <v>7700</v>
+        <v>7000</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I35" s="15"/>
@@ -3081,90 +3084,90 @@
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15">
         <v>10080056731</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44</v>
       </c>
       <c r="L36" s="15">
         <v>0.34</v>
       </c>
       <c r="M36" s="15">
         <v>0.31</v>
       </c>
       <c r="N36" s="15">
-        <v>4328</v>
+        <v>2688</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15">
         <v>10080033997</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.21626</v>
       </c>
       <c r="L37" s="15">
         <v>0.21626</v>
       </c>
       <c r="M37" s="15">
         <v>0.21626</v>
       </c>
       <c r="N37" s="15">
-        <v>1764</v>
+        <v>1638</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I38" s="15"/>
@@ -3418,51 +3421,51 @@
       <c r="D45" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E45" s="15">
         <v>10080075745</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.27</v>
       </c>
       <c r="L45" s="15">
         <v>0.27</v>
       </c>
       <c r="M45" s="15">
         <v>0.27</v>
       </c>
       <c r="N45" s="15">
-        <v>830</v>
+        <v>690</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E46" s="15">
         <v>10080034016</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I46" s="15"/>
@@ -3496,51 +3499,51 @@
       <c r="D47" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>100</v>
       </c>
       <c r="K47" s="15">
         <v>0.24912</v>
       </c>
       <c r="L47" s="15">
         <v>0.23829</v>
       </c>
       <c r="M47" s="15">
         <v>0.22746</v>
       </c>
       <c r="N47" s="15">
-        <v>201</v>
+        <v>246</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E48" s="15">
         <v>10080029198</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I48" s="15"/>
@@ -3718,92 +3721,92 @@
       <c r="D53" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E53" s="15">
         <v>10080034023</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>100</v>
       </c>
       <c r="K53" s="15">
         <v>0.36428</v>
       </c>
       <c r="L53" s="15">
         <v>0.30553</v>
       </c>
       <c r="M53" s="15">
         <v>0.29378</v>
       </c>
       <c r="N53" s="15">
-        <v>4524</v>
+        <v>5711</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E54" s="15">
         <v>10080034021</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.43518</v>
       </c>
       <c r="L54" s="15">
         <v>0.43518</v>
       </c>
       <c r="M54" s="15">
         <v>0.43518</v>
       </c>
       <c r="N54" s="15">
-        <v>602</v>
+        <v>427</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I55" s="15"/>
@@ -3835,51 +3838,51 @@
       <c r="D56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E56" s="15">
         <v>10080034025</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>100</v>
       </c>
       <c r="K56" s="15">
         <v>0.37</v>
       </c>
       <c r="L56" s="15">
         <v>0.29</v>
       </c>
       <c r="M56" s="15">
         <v>0.26</v>
       </c>
       <c r="N56" s="15">
-        <v>3450</v>
+        <v>4500</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I57" s="15"/>
@@ -3952,51 +3955,51 @@
       </c>
       <c r="E59" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.27788</v>
       </c>
       <c r="L59" s="15">
         <v>0.23306</v>
       </c>
       <c r="M59" s="15">
         <v>0.2241</v>
       </c>
       <c r="N59" s="15">
-        <v>1248</v>
+        <v>1658</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I60" s="15"/>
@@ -4067,92 +4070,92 @@
       </c>
       <c r="E62" s="15">
         <v>10080034833</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>177</v>
       </c>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.33</v>
       </c>
       <c r="L62" s="15">
         <v>0.33</v>
       </c>
       <c r="M62" s="15">
         <v>0.33</v>
       </c>
       <c r="N62" s="15">
-        <v>5372</v>
+        <v>4760</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E63" s="15">
         <v>10080044838</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.24295</v>
       </c>
       <c r="L63" s="15">
         <v>0.24295</v>
       </c>
       <c r="M63" s="15">
         <v>0.24295</v>
       </c>
       <c r="N63" s="15">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E64" s="15">
         <v>10080049420</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I64" s="15" t="s">
@@ -4572,51 +4575,51 @@
       </c>
       <c r="E75" s="15">
         <v>10080032763</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>220</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.55</v>
       </c>
       <c r="L75" s="15">
         <v>0.55</v>
       </c>
       <c r="M75" s="15">
         <v>0.55</v>
       </c>
       <c r="N75" s="15">
-        <v>5270</v>
+        <v>4736</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I76" s="15"/>
@@ -4800,51 +4803,51 @@
       <c r="D81" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E81" s="15">
         <v>10080033750</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>100</v>
       </c>
       <c r="K81" s="15">
         <v>0.5093</v>
       </c>
       <c r="L81" s="15">
         <v>0.5</v>
       </c>
       <c r="M81" s="15">
         <v>0.5</v>
       </c>
       <c r="N81" s="15">
-        <v>313</v>
+        <v>361</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I82" s="15" t="s">
@@ -5069,51 +5072,51 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>263</v>
       </c>
       <c r="J88" s="15">
         <v>100</v>
       </c>
       <c r="K88" s="15">
         <v>0.55516</v>
       </c>
       <c r="L88" s="15">
         <v>0.46562</v>
       </c>
       <c r="M88" s="15">
         <v>0.44771</v>
       </c>
       <c r="N88" s="15">
-        <v>720</v>
+        <v>680</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I89" s="15"/>
@@ -5224,1510 +5227,1512 @@
       <c r="E92" s="15" t="s">
         <v>274</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I92" s="15" t="s">
         <v>275</v>
       </c>
       <c r="J92" s="15">
         <v>100</v>
       </c>
       <c r="K92" s="15">
         <v>0.50262</v>
       </c>
       <c r="L92" s="15">
         <v>0.42155</v>
       </c>
       <c r="M92" s="15">
         <v>0.40534</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
-      <c r="P92" s="15"/>
+      <c r="P92" s="15" t="s">
+        <v>276</v>
+      </c>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E93" s="15">
         <v>10080029197</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.56909</v>
       </c>
       <c r="L93" s="15">
         <v>0.56909</v>
       </c>
       <c r="M93" s="15">
         <v>0.56909</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.66</v>
       </c>
       <c r="L94" s="15">
         <v>0.66</v>
       </c>
       <c r="M94" s="15">
         <v>0.66</v>
       </c>
       <c r="N94" s="15">
-        <v>339</v>
+        <v>409</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>500</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>100</v>
       </c>
       <c r="K95" s="15">
         <v>0.97917</v>
       </c>
       <c r="L95" s="15">
         <v>0.68541</v>
       </c>
       <c r="M95" s="15">
         <v>0.63646</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>100</v>
       </c>
       <c r="K96" s="15">
         <v>0.97917</v>
       </c>
       <c r="L96" s="15">
         <v>0.68541</v>
       </c>
       <c r="M96" s="15">
         <v>0.63646</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J97" s="15">
         <v>100</v>
       </c>
       <c r="K97" s="15">
         <v>0.97917</v>
       </c>
       <c r="L97" s="15">
         <v>0.68541</v>
       </c>
       <c r="M97" s="15">
         <v>0.63646</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J98" s="15">
         <v>100</v>
       </c>
       <c r="K98" s="15">
         <v>0.97917</v>
       </c>
       <c r="L98" s="15">
         <v>0.68541</v>
       </c>
       <c r="M98" s="15">
         <v>0.63646</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J99" s="15">
         <v>100</v>
       </c>
       <c r="K99" s="15">
         <v>0.97917</v>
       </c>
       <c r="L99" s="15">
         <v>0.68541</v>
       </c>
       <c r="M99" s="15">
         <v>0.63646</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.97917</v>
       </c>
       <c r="L100" s="15">
         <v>0.68541</v>
       </c>
       <c r="M100" s="15">
         <v>0.63646</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J101" s="15">
         <v>100</v>
       </c>
       <c r="K101" s="15">
         <v>0.50298</v>
       </c>
       <c r="L101" s="15">
         <v>0.42185</v>
       </c>
       <c r="M101" s="15">
         <v>0.40563</v>
       </c>
       <c r="N101" s="15">
-        <v>595</v>
+        <v>50</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="J102" s="15">
         <v>300</v>
       </c>
       <c r="K102" s="15">
         <v>1</v>
       </c>
       <c r="L102" s="15">
         <v>0.70266</v>
       </c>
       <c r="M102" s="15">
         <v>0.6524799999999999</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>100</v>
       </c>
       <c r="K103" s="15">
         <v>0.97917</v>
       </c>
       <c r="L103" s="15">
         <v>0.68541</v>
       </c>
       <c r="M103" s="15">
         <v>0.63646</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>100</v>
       </c>
       <c r="K104" s="15">
         <v>0.97917</v>
       </c>
       <c r="L104" s="15">
         <v>0.68541</v>
       </c>
       <c r="M104" s="15">
         <v>0.63646</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>100</v>
       </c>
       <c r="K105" s="15">
         <v>0.97917</v>
       </c>
       <c r="L105" s="15">
         <v>0.68541</v>
       </c>
       <c r="M105" s="15">
         <v>0.63646</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.97917</v>
       </c>
       <c r="L106" s="15">
         <v>0.68541</v>
       </c>
       <c r="M106" s="15">
         <v>0.63646</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>100</v>
       </c>
       <c r="K107" s="15">
         <v>0.97917</v>
       </c>
       <c r="L107" s="15">
         <v>0.68541</v>
       </c>
       <c r="M107" s="15">
         <v>0.63646</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>2500</v>
       </c>
       <c r="K108" s="15">
         <v>0.34851</v>
       </c>
       <c r="L108" s="15">
         <v>0.24395</v>
       </c>
       <c r="M108" s="15">
         <v>0.22653</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>2500</v>
       </c>
       <c r="K109" s="15">
         <v>0.34851</v>
       </c>
       <c r="L109" s="15">
         <v>0.24395</v>
       </c>
       <c r="M109" s="15">
         <v>0.22653</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>2500</v>
       </c>
       <c r="K110" s="15">
         <v>0.34851</v>
       </c>
       <c r="L110" s="15">
         <v>0.24395</v>
       </c>
       <c r="M110" s="15">
         <v>0.22653</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>2500</v>
       </c>
       <c r="K111" s="15">
         <v>0.34851</v>
       </c>
       <c r="L111" s="15">
         <v>0.24395</v>
       </c>
       <c r="M111" s="15">
         <v>0.22653</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>2500</v>
       </c>
       <c r="K112" s="15">
         <v>0.34851</v>
       </c>
       <c r="L112" s="15">
         <v>0.24395</v>
       </c>
       <c r="M112" s="15">
         <v>0.22653</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>2500</v>
       </c>
       <c r="K113" s="15">
         <v>0.34851</v>
       </c>
       <c r="L113" s="15">
         <v>0.24395</v>
       </c>
       <c r="M113" s="15">
         <v>0.22653</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>2500</v>
       </c>
       <c r="K114" s="15">
         <v>0.34851</v>
       </c>
       <c r="L114" s="15">
         <v>0.24395</v>
       </c>
       <c r="M114" s="15">
         <v>0.22653</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>2500</v>
       </c>
       <c r="K115" s="15">
         <v>0.34851</v>
       </c>
       <c r="L115" s="15">
         <v>0.24395</v>
       </c>
       <c r="M115" s="15">
         <v>0.22653</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2500</v>
       </c>
       <c r="K116" s="15">
         <v>0.19068</v>
       </c>
       <c r="L116" s="15">
         <v>0.16526</v>
       </c>
       <c r="M116" s="15">
         <v>0.1589</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
         <v>0.34851</v>
       </c>
       <c r="L117" s="15">
         <v>0.24395</v>
       </c>
       <c r="M117" s="15">
         <v>0.22653</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E118" s="15">
         <v>10080066793</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>55</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>2500</v>
       </c>
       <c r="K118" s="15">
         <v>0.1441</v>
       </c>
       <c r="L118" s="15">
         <v>0.12007</v>
       </c>
       <c r="M118" s="15">
         <v>0.11526</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>1.14</v>
       </c>
       <c r="L119" s="15">
         <v>0.95627</v>
       </c>
       <c r="M119" s="15">
         <v>0.91949</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>2000</v>
       </c>
       <c r="K120" s="15">
         <v>0.12691</v>
       </c>
       <c r="L120" s="15">
         <v>0.10644</v>
       </c>
       <c r="M120" s="15">
         <v>0.10235</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>300</v>
       </c>
       <c r="K121" s="15">
         <v>5.69</v>
       </c>
       <c r="L121" s="15">
         <v>4.93</v>
       </c>
       <c r="M121" s="15">
         <v>4.74</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15">
         <v>1200</v>
       </c>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>500</v>
       </c>
       <c r="K122" s="15">
         <v>4.06</v>
       </c>
       <c r="L122" s="15">
         <v>3.52</v>
       </c>
       <c r="M122" s="15">
         <v>3.39</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2500</v>
       </c>
       <c r="K123" s="15">
         <v>0.12362</v>
       </c>
       <c r="L123" s="15">
         <v>0.12362</v>
       </c>
       <c r="M123" s="15">
         <v>0.12362</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>2000</v>
       </c>
       <c r="K124" s="15">
         <v>0.11881</v>
       </c>
       <c r="L124" s="15">
         <v>0.09965</v>
       </c>
       <c r="M124" s="15">
         <v>0.09581000000000001</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J125" s="15">
         <v>100</v>
       </c>
       <c r="K125" s="15">
         <v>0.28992</v>
       </c>
       <c r="L125" s="15">
         <v>0.25126</v>
       </c>
       <c r="M125" s="15">
         <v>0.2416</v>
       </c>
       <c r="N125" s="15">
-        <v>1766</v>
+        <v>1926</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="J126" s="15">
         <v>100</v>
       </c>
       <c r="K126" s="15">
         <v>0.28082</v>
       </c>
       <c r="L126" s="15">
         <v>0.24337</v>
       </c>
       <c r="M126" s="15">
         <v>0.23401</v>
       </c>
       <c r="N126" s="15">
-        <v>1785</v>
+        <v>2169</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>500</v>
       </c>
       <c r="K127" s="15">
         <v>0.50079</v>
       </c>
       <c r="L127" s="15">
         <v>0.42002</v>
       </c>
       <c r="M127" s="15">
         <v>0.40386</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E128" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>500</v>
       </c>
       <c r="K128" s="15">
         <v>0.77949</v>
       </c>
       <c r="L128" s="15">
         <v>0.67556</v>
       </c>
       <c r="M128" s="15">
         <v>0.64958</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>100</v>
       </c>
       <c r="K129" s="15">
         <v>0.66976</v>
       </c>
       <c r="L129" s="15">
         <v>0.56173</v>
       </c>
       <c r="M129" s="15">
         <v>0.54013</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E130" s="15">
         <v>10080066930</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
         <v>0.67503</v>
       </c>
       <c r="L130" s="15">
         <v>0.56616</v>
       </c>
       <c r="M130" s="15">
         <v>0.54438</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E131" s="15">
         <v>10080007448</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J131" s="15"/>
       <c r="K131" s="15">
         <v>0.80808</v>
       </c>
       <c r="L131" s="15">
         <v>0.75045</v>
       </c>
       <c r="M131" s="15">
         <v>0.72162</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14"/>
       <c r="C132" s="15"/>
       <c r="D132" s="15"/>
       <c r="E132" s="15"/>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15"/>
@@ -6781,317 +6786,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>