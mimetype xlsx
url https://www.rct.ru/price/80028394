--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -92,50 +92,233 @@
     <t>Норма отгрузки</t>
   </si>
   <si>
     <t>Розница</t>
   </si>
   <si>
     <t>Мелкий опт</t>
   </si>
   <si>
     <t>Опт</t>
   </si>
   <si>
     <t>Свободный остаток</t>
   </si>
   <si>
     <t>Ожидается</t>
   </si>
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
+  </si>
+  <si>
+    <t>шаг 10.16 mm</t>
+  </si>
+  <si>
+    <t>DG135T-10.16-02P-13-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG135T-10.16-02P-13-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113303</t>
+  </si>
+  <si>
+    <t>DEGSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT135T-10.16-02P-13-00 GOLTEN, TL800-02P-KC Tianli, L-KLS2-148-10.16-02P-4C KLS, </t>
+  </si>
+  <si>
+    <t>DG135T-10.16-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG135T-10.16-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG135T-10.16-02P-14-00Z(H) DEGSON, GT135T-10.16-02P-14-00  GOLTEN, L-KLS2-148-10.16-02P-4C KLS, </t>
+  </si>
+  <si>
+    <t>DG135T-10.16-02P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG135T-10.16-02P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00115478</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT135T-10.16-02P-14-00  GOLTEN, L-KLS2-148-10.16-02P-4C KLS, DG135T-10.16-02P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>DG135T-10.16-03P-13-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG135T-10.16-03P-13-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00115479</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT135T-10.16-03P-14-00A(H GOLTEN, DG135T-10.16-03P-14-00Z(H) DEGSON, GT135T-10.16-03P-13-00 GOLTEN, GT135T-10.16-03P-14-00 GOLTEN, TL800-03P-KC Tianli, </t>
+  </si>
+  <si>
+    <t>DG135T-10.16-03P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG135T-10.16-03P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT135T-10.16-03P-14-00A(H GOLTEN, DG135T-10.16-03P-13-00Z(H) DEGSON, GT135T-10.16-03P-13-00 GOLTEN, GT135T-10.16-03P-14-00 GOLTEN, TL800-03P-KC Tianli, </t>
+  </si>
+  <si>
+    <t>DG136HT-10.16-01P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG136HT-10.16-01P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00106874</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT136HT-10.16-01P-14-00 GOLTEN, TL802H-01P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>19.02.2026</t>
+  </si>
+  <si>
+    <t>DG136HT-10.16-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG136HT-10.16-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>DG136HT-10.16-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG136HT-10.16-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>DG136T-10.16-02P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG136T-10.16-02P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00114014</t>
+  </si>
+  <si>
+    <t>DG136T-10.16-03P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG136T-10.16-03P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00114015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TL802-03P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>DG136T-10.16-04P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG136T-10.16-04P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00115487</t>
+  </si>
+  <si>
+    <t>DG138T-10.16-05P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG138T-10.16-05P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00117540</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT135T-10.16-02P-14-00 </t>
+  </si>
+  <si>
+    <t>Клеммник GT135T-10.16-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140330</t>
+  </si>
+  <si>
+    <t>GOLTEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG135T-10.16-02P-14-00Z(H) DEGSON, L-KLS2-148-10.16-02P-4C KLS, DG135T-10.16-02P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT135T-10.16-03P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT135T-10.16-03P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00139866</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT135T-10.16-03P-14-00A(H GOLTEN, DG135T-10.16-03P-14-00Z(H) DEGSON, DG135T-10.16-03P-13-00Z(H) DEGSON, GT135T-10.16-03P-13-00 GOLTEN, TL800-03P-KC Tianli, </t>
+  </si>
+  <si>
+    <t>GT135T-10.16-03P-14-00A(H</t>
+  </si>
+  <si>
+    <t>GT135T-10.16-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>10-00016344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG135T-10.16-03P-14-00Z(H) DEGSON, DG135T-10.16-03P-13-00Z(H) DEGSON, GT135T-10.16-03P-13-00 GOLTEN, GT135T-10.16-03P-14-00 GOLTEN, TL800-03P-KC Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-148-10.16-02P-4C</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-148-10.16-02P-4C</t>
+  </si>
+  <si>
+    <t>UT-00146561</t>
+  </si>
+  <si>
+    <t>KLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG135T-10.16-02P-13-00Z(H) DEGSON, DG135T-10.16-02P-14-00Z(H) DEGSON, GT135T-10.16-02P-14-00  GOLTEN, DG135T-10.16-02P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
@@ -681,51 +864,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R9"/>
+  <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -904,66 +1087,714 @@
         <v>18</v>
       </c>
       <c r="L7" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>20</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>22</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>24</v>
       </c>
       <c r="R7" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:18">
-      <c r="B9" s="14"/>
-[...2 lines deleted...]
-      <c r="E9" s="15"/>
+      <c r="B9" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E9" s="15" t="s">
+        <v>29</v>
+      </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
-      <c r="H9" s="15"/>
-[...5 lines deleted...]
-      <c r="N9" s="15"/>
+      <c r="H9" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I9" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="J9" s="15">
+        <v>1200</v>
+      </c>
+      <c r="K9" s="15">
+        <v>0.56967</v>
+      </c>
+      <c r="L9" s="15">
+        <v>0.49371</v>
+      </c>
+      <c r="M9" s="15">
+        <v>0.47473</v>
+      </c>
+      <c r="N9" s="15">
+        <v>7</v>
+      </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
+      <c r="R9"/>
+    </row>
+    <row r="10" spans="1:18">
+      <c r="B10" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" s="15">
+        <v>10080015013</v>
+      </c>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I10" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="J10" s="15">
+        <v>100</v>
+      </c>
+      <c r="K10" s="15">
+        <v>0.55038</v>
+      </c>
+      <c r="L10" s="15">
+        <v>0.477</v>
+      </c>
+      <c r="M10" s="15">
+        <v>0.45865</v>
+      </c>
+      <c r="N10" s="15">
+        <v>15</v>
+      </c>
+      <c r="O10" s="15"/>
+      <c r="P10" s="15"/>
+      <c r="Q10" s="15"/>
+      <c r="R10"/>
+    </row>
+    <row r="11" spans="1:18">
+      <c r="B11" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D11" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="E11" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" s="15"/>
+      <c r="G11" s="15"/>
+      <c r="H11" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I11" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="J11" s="15">
+        <v>100</v>
+      </c>
+      <c r="K11" s="15">
+        <v>0.63048</v>
+      </c>
+      <c r="L11" s="15">
+        <v>0.54642</v>
+      </c>
+      <c r="M11" s="15">
+        <v>0.5254</v>
+      </c>
+      <c r="N11" s="15">
+        <v>246</v>
+      </c>
+      <c r="O11" s="15"/>
+      <c r="P11" s="15"/>
+      <c r="Q11" s="15"/>
+      <c r="R11"/>
+    </row>
+    <row r="12" spans="1:18">
+      <c r="B12" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" s="15"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I12" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="J12" s="15">
+        <v>70</v>
+      </c>
+      <c r="K12" s="15">
+        <v>0.7940700000000001</v>
+      </c>
+      <c r="L12" s="15">
+        <v>0.68819</v>
+      </c>
+      <c r="M12" s="15">
+        <v>0.66173</v>
+      </c>
+      <c r="N12" s="15"/>
+      <c r="O12" s="15"/>
+      <c r="P12" s="15"/>
+      <c r="Q12" s="15"/>
+      <c r="R12"/>
+    </row>
+    <row r="13" spans="1:18">
+      <c r="B13" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="15"/>
+      <c r="G13" s="15"/>
+      <c r="H13" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I13" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="J13" s="15">
+        <v>70</v>
+      </c>
+      <c r="K13" s="15">
+        <v>0.76478</v>
+      </c>
+      <c r="L13" s="15">
+        <v>0.66281</v>
+      </c>
+      <c r="M13" s="15">
+        <v>0.63731</v>
+      </c>
+      <c r="N13" s="15"/>
+      <c r="O13" s="15"/>
+      <c r="P13" s="15"/>
+      <c r="Q13" s="15"/>
+      <c r="R13"/>
+    </row>
+    <row r="14" spans="1:18">
+      <c r="B14" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D14" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" s="15"/>
+      <c r="G14" s="15"/>
+      <c r="H14" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I14" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="J14" s="15">
+        <v>500</v>
+      </c>
+      <c r="K14" s="15">
+        <v>0.37902</v>
+      </c>
+      <c r="L14" s="15">
+        <v>0.32848</v>
+      </c>
+      <c r="M14" s="15">
+        <v>0.31585</v>
+      </c>
+      <c r="N14" s="15"/>
+      <c r="O14" s="15">
+        <v>2041</v>
+      </c>
+      <c r="P14" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q14" s="15">
+        <v>2000</v>
+      </c>
+      <c r="R14"/>
+    </row>
+    <row r="15" spans="1:18">
+      <c r="B15" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" s="15">
+        <v>10080009958</v>
+      </c>
+      <c r="F15" s="15"/>
+      <c r="G15" s="15"/>
+      <c r="H15" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I15" s="15"/>
+      <c r="J15" s="15">
+        <v>110</v>
+      </c>
+      <c r="K15" s="15">
+        <v>0.68843</v>
+      </c>
+      <c r="L15" s="15">
+        <v>0.5966399999999999</v>
+      </c>
+      <c r="M15" s="15">
+        <v>0.57369</v>
+      </c>
+      <c r="N15" s="15">
+        <v>2205</v>
+      </c>
+      <c r="O15" s="15"/>
+      <c r="P15" s="15"/>
+      <c r="Q15" s="15"/>
+      <c r="R15"/>
+    </row>
+    <row r="16" spans="1:18">
+      <c r="B16" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="E16" s="15">
+        <v>10080009959</v>
+      </c>
+      <c r="F16" s="15"/>
+      <c r="G16" s="15"/>
+      <c r="H16" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I16" s="15"/>
+      <c r="J16" s="15">
+        <v>130</v>
+      </c>
+      <c r="K16" s="15">
+        <v>1.02</v>
+      </c>
+      <c r="L16" s="15">
+        <v>0.88179</v>
+      </c>
+      <c r="M16" s="15">
+        <v>0.84788</v>
+      </c>
+      <c r="N16" s="15">
+        <v>30</v>
+      </c>
+      <c r="O16" s="15"/>
+      <c r="P16" s="15"/>
+      <c r="Q16" s="15"/>
+      <c r="R16"/>
+    </row>
+    <row r="17" spans="1:18">
+      <c r="B17" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D17" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" s="15"/>
+      <c r="G17" s="15"/>
+      <c r="H17" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I17" s="15"/>
+      <c r="J17" s="15">
+        <v>100</v>
+      </c>
+      <c r="K17" s="15">
+        <v>0.70094</v>
+      </c>
+      <c r="L17" s="15">
+        <v>0.60748</v>
+      </c>
+      <c r="M17" s="15">
+        <v>0.58411</v>
+      </c>
+      <c r="N17" s="15">
+        <v>611</v>
+      </c>
+      <c r="O17" s="15">
+        <v>830</v>
+      </c>
+      <c r="P17" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q17" s="15"/>
+      <c r="R17"/>
+    </row>
+    <row r="18" spans="1:18">
+      <c r="B18" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" s="15"/>
+      <c r="G18" s="15"/>
+      <c r="H18" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I18" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="J18" s="15">
+        <v>70</v>
+      </c>
+      <c r="K18" s="15">
+        <v>1.19</v>
+      </c>
+      <c r="L18" s="15">
+        <v>1.04</v>
+      </c>
+      <c r="M18" s="15">
+        <v>0.99531</v>
+      </c>
+      <c r="N18" s="15"/>
+      <c r="O18" s="15"/>
+      <c r="P18" s="15"/>
+      <c r="Q18" s="15"/>
+      <c r="R18"/>
+    </row>
+    <row r="19" spans="1:18">
+      <c r="B19" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D19" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="F19" s="15"/>
+      <c r="G19" s="15"/>
+      <c r="H19" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I19" s="15"/>
+      <c r="J19" s="15">
+        <v>175</v>
+      </c>
+      <c r="K19" s="15">
+        <v>1.27</v>
+      </c>
+      <c r="L19" s="15">
+        <v>1.1</v>
+      </c>
+      <c r="M19" s="15">
+        <v>1.06</v>
+      </c>
+      <c r="N19" s="15">
+        <v>60</v>
+      </c>
+      <c r="O19" s="15"/>
+      <c r="P19" s="15"/>
+      <c r="Q19" s="15">
+        <v>350</v>
+      </c>
+      <c r="R19"/>
+    </row>
+    <row r="20" spans="1:18">
+      <c r="B20" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E20" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F20" s="15"/>
+      <c r="G20" s="15"/>
+      <c r="H20" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I20" s="15"/>
+      <c r="J20" s="15">
+        <v>150</v>
+      </c>
+      <c r="K20" s="15">
+        <v>1.74</v>
+      </c>
+      <c r="L20" s="15">
+        <v>1.51</v>
+      </c>
+      <c r="M20" s="15">
+        <v>1.45</v>
+      </c>
+      <c r="N20" s="15">
+        <v>629</v>
+      </c>
+      <c r="O20" s="15"/>
+      <c r="P20" s="15"/>
+      <c r="Q20" s="15">
+        <v>600</v>
+      </c>
+      <c r="R20"/>
+    </row>
+    <row r="21" spans="1:18">
+      <c r="B21" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D21" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="E21" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="F21" s="15"/>
+      <c r="G21" s="15"/>
+      <c r="H21" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="I21" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="J21" s="15">
+        <v>50</v>
+      </c>
+      <c r="K21" s="15">
+        <v>0.54731</v>
+      </c>
+      <c r="L21" s="15">
+        <v>0.49257</v>
+      </c>
+      <c r="M21" s="15">
+        <v>0.45609</v>
+      </c>
+      <c r="N21" s="15">
+        <v>1591</v>
+      </c>
+      <c r="O21" s="15"/>
+      <c r="P21" s="15"/>
+      <c r="Q21" s="15"/>
+      <c r="R21"/>
+    </row>
+    <row r="22" spans="1:18">
+      <c r="B22" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F22" s="15"/>
+      <c r="G22" s="15"/>
+      <c r="H22" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="I22" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="J22" s="15">
+        <v>252</v>
+      </c>
+      <c r="K22" s="15">
+        <v>0.80133</v>
+      </c>
+      <c r="L22" s="15">
+        <v>0.7212</v>
+      </c>
+      <c r="M22" s="15">
+        <v>0.66778</v>
+      </c>
+      <c r="N22" s="15">
+        <v>3598</v>
+      </c>
+      <c r="O22" s="15"/>
+      <c r="P22" s="15"/>
+      <c r="Q22" s="15"/>
+      <c r="R22"/>
+    </row>
+    <row r="23" spans="1:18">
+      <c r="B23" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="E23" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F23" s="15"/>
+      <c r="G23" s="15"/>
+      <c r="H23" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="I23" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="J23" s="15"/>
+      <c r="K23" s="15">
+        <v>0.90548</v>
+      </c>
+      <c r="L23" s="15">
+        <v>0.6112</v>
+      </c>
+      <c r="M23" s="15">
+        <v>0.5546</v>
+      </c>
+      <c r="N23" s="15"/>
+      <c r="O23" s="15"/>
+      <c r="P23" s="15"/>
+      <c r="Q23" s="15"/>
+      <c r="R23"/>
+    </row>
+    <row r="24" spans="1:18">
+      <c r="B24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C24" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D24" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E24" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F24" s="15"/>
+      <c r="G24" s="15"/>
+      <c r="H24" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="I24" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="J24" s="15">
+        <v>50</v>
+      </c>
+      <c r="K24" s="15">
+        <v>0.5253</v>
+      </c>
+      <c r="L24" s="15">
+        <v>0.45526</v>
+      </c>
+      <c r="M24" s="15">
+        <v>0.43775</v>
+      </c>
+      <c r="N24" s="15">
+        <v>511</v>
+      </c>
+      <c r="O24" s="15"/>
+      <c r="P24" s="15"/>
+      <c r="Q24" s="15"/>
+      <c r="R24"/>
+    </row>
+    <row r="25" spans="1:18">
+      <c r="B25" s="14"/>
+      <c r="C25" s="15"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="15"/>
+      <c r="F25" s="15"/>
+      <c r="G25" s="15"/>
+      <c r="H25" s="15"/>
+      <c r="I25" s="15"/>
+      <c r="J25" s="15"/>
+      <c r="K25" s="15"/>
+      <c r="L25" s="15"/>
+      <c r="M25" s="15"/>
+      <c r="N25" s="15"/>
+      <c r="O25" s="15"/>
+      <c r="P25" s="15"/>
+      <c r="Q25" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -983,317 +1814,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>39</v>
+        <v>100</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>40</v>
+        <v>101</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>41</v>
+        <v>102</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>44</v>
+        <v>105</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>46</v>
+        <v>107</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>49</v>
+        <v>110</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>50</v>
+        <v>111</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>51</v>
+        <v>112</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>