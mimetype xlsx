--- v2 (2026-01-10)
+++ v3 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -92,233 +92,50 @@
     <t>Норма отгрузки</t>
   </si>
   <si>
     <t>Розница</t>
   </si>
   <si>
     <t>Мелкий опт</t>
   </si>
   <si>
     <t>Опт</t>
   </si>
   <si>
     <t>Свободный остаток</t>
   </si>
   <si>
     <t>Ожидается</t>
   </si>
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
-  </si>
-[...181 lines deleted...]
-    <t xml:space="preserve">DG135T-10.16-02P-13-00Z(H) DEGSON, DG135T-10.16-02P-14-00Z(H) DEGSON, GT135T-10.16-02P-14-00  GOLTEN, DG135T-10.16-02P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
@@ -864,51 +681,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R25"/>
+  <dimension ref="A1:R9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1087,714 +904,66 @@
         <v>18</v>
       </c>
       <c r="L7" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>20</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>22</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>24</v>
       </c>
       <c r="R7" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:18">
-      <c r="B9" s="14" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B9" s="14"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="15"/>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
-      <c r="H9" s="15" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H9" s="15"/>
+      <c r="I9" s="15"/>
+      <c r="J9" s="15"/>
+      <c r="K9" s="15"/>
+      <c r="L9" s="15"/>
+      <c r="M9" s="15"/>
+      <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
-      <c r="R9"/>
-[...624 lines deleted...]
-      <c r="Q25" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -1814,317 +983,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>91</v>
+        <v>30</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>94</v>
+        <v>33</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>98</v>
+        <v>37</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>99</v>
+        <v>38</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>100</v>
+        <v>39</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>101</v>
+        <v>40</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>102</v>
+        <v>41</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>104</v>
+        <v>43</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>107</v>
+        <v>46</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>110</v>
+        <v>49</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>111</v>
+        <v>50</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>