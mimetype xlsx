--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1112,99 +1112,99 @@
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1600</v>
       </c>
       <c r="K10" s="15">
-        <v>0.12567</v>
+        <v>0.07983</v>
       </c>
       <c r="L10" s="15">
-        <v>0.0906</v>
+        <v>0.06919</v>
       </c>
       <c r="M10" s="15">
-        <v>0.07890999999999999</v>
+        <v>0.06653000000000001</v>
       </c>
       <c r="N10" s="15">
-        <v>1136</v>
+        <v>1088</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1200</v>
       </c>
       <c r="K11" s="15">
-        <v>0.18928</v>
+        <v>0.11738</v>
       </c>
       <c r="L11" s="15">
-        <v>0.13206</v>
+        <v>0.10173</v>
       </c>
       <c r="M11" s="15">
-        <v>0.11886</v>
+        <v>0.09780999999999999</v>
       </c>
       <c r="N11" s="15">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080027584</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
@@ -1229,57 +1229,57 @@
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>900</v>
       </c>
       <c r="K13" s="15">
-        <v>0.2513</v>
+        <v>0.15971</v>
       </c>
       <c r="L13" s="15">
-        <v>0.18117</v>
+        <v>0.13841</v>
       </c>
       <c r="M13" s="15">
-        <v>0.15779</v>
+        <v>0.13309</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080047670</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
@@ -1305,57 +1305,57 @@
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
-        <v>0.35838</v>
+        <v>0.23052</v>
       </c>
       <c r="L15" s="15">
-        <v>0.25835</v>
+        <v>0.19978</v>
       </c>
       <c r="M15" s="15">
-        <v>0.22502</v>
+        <v>0.1921</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>4000</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080047671</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
@@ -1385,101 +1385,101 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
-        <v>0.73471</v>
+        <v>0.54423</v>
       </c>
       <c r="L17" s="15">
-        <v>0.52479</v>
+        <v>0.47167</v>
       </c>
       <c r="M17" s="15">
-        <v>0.47231</v>
+        <v>0.45353</v>
       </c>
       <c r="N17" s="15">
-        <v>824</v>
+        <v>1107</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.21443</v>
+        <v>0.12903</v>
       </c>
       <c r="L18" s="15">
-        <v>0.15459</v>
+        <v>0.11183</v>
       </c>
       <c r="M18" s="15">
-        <v>0.13465</v>
+        <v>0.10753</v>
       </c>
       <c r="N18" s="15">
-        <v>300</v>
+        <v>390</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>4000</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10080010176</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
@@ -1506,60 +1506,60 @@
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>740</v>
       </c>
       <c r="K20" s="15">
-        <v>0.35948</v>
+        <v>0.23349</v>
       </c>
       <c r="L20" s="15">
-        <v>0.25915</v>
+        <v>0.20236</v>
       </c>
       <c r="M20" s="15">
-        <v>0.22572</v>
+        <v>0.19458</v>
       </c>
       <c r="N20" s="15">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>2960</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E21" s="15">
         <v>10080010174</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
@@ -1664,139 +1664,141 @@
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
-        <v>0.20525</v>
+        <v>0.1334</v>
       </c>
       <c r="L24" s="15">
-        <v>0.14797</v>
+        <v>0.11561</v>
       </c>
       <c r="M24" s="15">
-        <v>0.12888</v>
+        <v>0.11116</v>
       </c>
       <c r="N24" s="15">
-        <v>309</v>
+        <v>360</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>4000</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="15">
         <v>10080010178</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.43921</v>
       </c>
       <c r="L25" s="15">
         <v>0.2353</v>
       </c>
       <c r="M25" s="15">
         <v>0.21176</v>
       </c>
       <c r="N25" s="15">
-        <v>835</v>
+        <v>978</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>465</v>
       </c>
       <c r="K26" s="15">
-        <v>0.40149</v>
+        <v>0.25743</v>
       </c>
       <c r="L26" s="15">
-        <v>0.28944</v>
+        <v>0.22311</v>
       </c>
       <c r="M26" s="15">
-        <v>0.2521</v>
-[...1 lines deleted...]
-      <c r="N26" s="15"/>
+        <v>0.21453</v>
+      </c>
+      <c r="N26" s="15">
+        <v>20</v>
+      </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>1860</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15"/>
       <c r="L27" s="15"/>
       <c r="M27" s="15"/>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
     </row>