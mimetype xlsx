--- v1 (2025-12-18)
+++ v2 (2026-01-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>12.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1121,90 +1121,90 @@
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1600</v>
       </c>
       <c r="K10" s="15">
         <v>0.07983</v>
       </c>
       <c r="L10" s="15">
         <v>0.06919</v>
       </c>
       <c r="M10" s="15">
         <v>0.06653000000000001</v>
       </c>
       <c r="N10" s="15">
-        <v>1088</v>
+        <v>1264</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1200</v>
       </c>
       <c r="K11" s="15">
         <v>0.11738</v>
       </c>
       <c r="L11" s="15">
         <v>0.10173</v>
       </c>
       <c r="M11" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="N11" s="15">
-        <v>706</v>
+        <v>735</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080027584</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
@@ -1394,92 +1394,92 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.54423</v>
       </c>
       <c r="L17" s="15">
         <v>0.47167</v>
       </c>
       <c r="M17" s="15">
         <v>0.45353</v>
       </c>
       <c r="N17" s="15">
-        <v>1107</v>
+        <v>891</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.12903</v>
       </c>
       <c r="L18" s="15">
         <v>0.11183</v>
       </c>
       <c r="M18" s="15">
         <v>0.10753</v>
       </c>
       <c r="N18" s="15">
-        <v>390</v>
+        <v>425</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>4000</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10080010176</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
@@ -1515,51 +1515,51 @@
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>740</v>
       </c>
       <c r="K20" s="15">
         <v>0.23349</v>
       </c>
       <c r="L20" s="15">
         <v>0.20236</v>
       </c>
       <c r="M20" s="15">
         <v>0.19458</v>
       </c>
       <c r="N20" s="15">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>2960</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E21" s="15">
         <v>10080010174</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
@@ -1673,92 +1673,92 @@
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.1334</v>
       </c>
       <c r="L24" s="15">
         <v>0.11561</v>
       </c>
       <c r="M24" s="15">
         <v>0.11116</v>
       </c>
       <c r="N24" s="15">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>4000</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="15">
         <v>10080010178</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.43921</v>
       </c>
       <c r="L25" s="15">
         <v>0.2353</v>
       </c>
       <c r="M25" s="15">
         <v>0.21176</v>
       </c>
       <c r="N25" s="15">
-        <v>978</v>
+        <v>763</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>