--- v2 (2026-01-12)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1160,51 +1160,51 @@
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1200</v>
       </c>
       <c r="K11" s="15">
         <v>0.11738</v>
       </c>
       <c r="L11" s="15">
         <v>0.10173</v>
       </c>
       <c r="M11" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="N11" s="15">
-        <v>735</v>
+        <v>588</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080027584</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
@@ -1394,92 +1394,92 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.54423</v>
       </c>
       <c r="L17" s="15">
         <v>0.47167</v>
       </c>
       <c r="M17" s="15">
         <v>0.45353</v>
       </c>
       <c r="N17" s="15">
-        <v>891</v>
+        <v>945</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.12903</v>
       </c>
       <c r="L18" s="15">
         <v>0.11183</v>
       </c>
       <c r="M18" s="15">
         <v>0.10753</v>
       </c>
       <c r="N18" s="15">
-        <v>425</v>
+        <v>325</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>4000</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10080010176</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
@@ -1515,51 +1515,51 @@
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>740</v>
       </c>
       <c r="K20" s="15">
         <v>0.23349</v>
       </c>
       <c r="L20" s="15">
         <v>0.20236</v>
       </c>
       <c r="M20" s="15">
         <v>0.19458</v>
       </c>
       <c r="N20" s="15">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>2960</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E21" s="15">
         <v>10080010174</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
@@ -1673,92 +1673,92 @@
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.1334</v>
       </c>
       <c r="L24" s="15">
         <v>0.11561</v>
       </c>
       <c r="M24" s="15">
         <v>0.11116</v>
       </c>
       <c r="N24" s="15">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>4000</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="15">
         <v>10080010178</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.43921</v>
       </c>
       <c r="L25" s="15">
         <v>0.2353</v>
       </c>
       <c r="M25" s="15">
         <v>0.21176</v>
       </c>
       <c r="N25" s="15">
-        <v>763</v>
+        <v>978</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>