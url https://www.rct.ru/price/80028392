--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1121,130 +1121,128 @@
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1600</v>
       </c>
       <c r="K10" s="15">
         <v>0.07983</v>
       </c>
       <c r="L10" s="15">
         <v>0.06919</v>
       </c>
       <c r="M10" s="15">
         <v>0.06653000000000001</v>
       </c>
       <c r="N10" s="15">
-        <v>1264</v>
+        <v>1408</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1200</v>
       </c>
       <c r="K11" s="15">
         <v>0.11738</v>
       </c>
       <c r="L11" s="15">
         <v>0.10173</v>
       </c>
       <c r="M11" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="N11" s="15">
-        <v>588</v>
+        <v>863</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080027584</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>900</v>
       </c>
       <c r="K12" s="15">
         <v>0.31981</v>
       </c>
       <c r="L12" s="15">
         <v>0.17239</v>
       </c>
       <c r="M12" s="15">
         <v>0.1497</v>
       </c>
-      <c r="N12" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
@@ -1394,92 +1392,92 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.54423</v>
       </c>
       <c r="L17" s="15">
         <v>0.47167</v>
       </c>
       <c r="M17" s="15">
         <v>0.45353</v>
       </c>
       <c r="N17" s="15">
-        <v>945</v>
+        <v>905</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.12903</v>
       </c>
       <c r="L18" s="15">
         <v>0.11183</v>
       </c>
       <c r="M18" s="15">
         <v>0.10753</v>
       </c>
       <c r="N18" s="15">
-        <v>325</v>
+        <v>375</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>4000</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10080010176</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
@@ -1515,51 +1513,51 @@
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>740</v>
       </c>
       <c r="K20" s="15">
         <v>0.23349</v>
       </c>
       <c r="L20" s="15">
         <v>0.20236</v>
       </c>
       <c r="M20" s="15">
         <v>0.19458</v>
       </c>
       <c r="N20" s="15">
-        <v>124</v>
+        <v>105</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>2960</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E21" s="15">
         <v>10080010174</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
@@ -1673,92 +1671,92 @@
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.1334</v>
       </c>
       <c r="L24" s="15">
         <v>0.11561</v>
       </c>
       <c r="M24" s="15">
         <v>0.11116</v>
       </c>
       <c r="N24" s="15">
-        <v>305</v>
+        <v>415</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>4000</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="15">
         <v>10080010178</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.43921</v>
       </c>
       <c r="L25" s="15">
         <v>0.2353</v>
       </c>
       <c r="M25" s="15">
         <v>0.21176</v>
       </c>
       <c r="N25" s="15">
-        <v>978</v>
+        <v>787</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>