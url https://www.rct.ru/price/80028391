--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1428,51 +1428,51 @@
       <c r="D14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10080043044</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>880</v>
       </c>
       <c r="K14" s="15">
         <v>0.61605</v>
       </c>
       <c r="L14" s="15">
         <v>0.33206</v>
       </c>
       <c r="M14" s="15">
         <v>0.28838</v>
       </c>
       <c r="N14" s="15">
-        <v>813</v>
+        <v>774</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15">
         <v>10080043045</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
@@ -1506,51 +1506,51 @@
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10080048827</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>480</v>
       </c>
       <c r="K16" s="15">
         <v>1.23</v>
       </c>
       <c r="L16" s="15">
         <v>0.66279</v>
       </c>
       <c r="M16" s="15">
         <v>0.57559</v>
       </c>
       <c r="N16" s="15">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15">
         <v>10080048828</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
@@ -1614,60 +1614,60 @@
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15">
         <v>10080048829</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>280</v>
       </c>
       <c r="K19" s="15">
-        <v>1.93</v>
+        <v>0.73682</v>
       </c>
       <c r="L19" s="15">
-        <v>1.03</v>
+        <v>0.63857</v>
       </c>
       <c r="M19" s="15">
-        <v>0.96334</v>
+        <v>0.6140099999999999</v>
       </c>
       <c r="N19" s="15">
-        <v>256</v>
+        <v>280</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="15">
         <v>10080043048</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
@@ -1887,60 +1887,60 @@
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>575</v>
       </c>
       <c r="K26" s="15">
-        <v>0.64888</v>
+        <v>0.41765</v>
       </c>
       <c r="L26" s="15">
-        <v>0.46779</v>
+        <v>0.36196</v>
       </c>
       <c r="M26" s="15">
-        <v>0.40743</v>
+        <v>0.34804</v>
       </c>
       <c r="N26" s="15">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080010104</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
@@ -1965,138 +1965,138 @@
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>250</v>
       </c>
       <c r="K28" s="15">
-        <v>1.38</v>
+        <v>0.89109</v>
       </c>
       <c r="L28" s="15">
-        <v>0.99509</v>
+        <v>0.77228</v>
       </c>
       <c r="M28" s="15">
-        <v>0.86669</v>
+        <v>0.74258</v>
       </c>
       <c r="N28" s="15">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15">
         <v>1000</v>
       </c>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
-        <v>0.68841</v>
+        <v>0.44213</v>
       </c>
       <c r="L29" s="15">
-        <v>0.49629</v>
+        <v>0.38318</v>
       </c>
       <c r="M29" s="15">
-        <v>0.43225</v>
+        <v>0.36844</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J30" s="15">
         <v>280</v>
       </c>
       <c r="K30" s="15">
         <v>1.38</v>
       </c>
       <c r="L30" s="15">
         <v>0.91957</v>
       </c>
       <c r="M30" s="15">
         <v>0.83477</v>
       </c>
       <c r="N30" s="15">
-        <v>424</v>
+        <v>359</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10080010097</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
@@ -2119,173 +2119,173 @@
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
-        <v>1.15</v>
+        <v>0.73727</v>
       </c>
       <c r="L32" s="15">
-        <v>0.82781</v>
+        <v>0.63896</v>
       </c>
       <c r="M32" s="15">
-        <v>0.721</v>
+        <v>0.61439</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="15">
         <v>10080034187</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>165</v>
       </c>
       <c r="K33" s="15">
         <v>2.57</v>
       </c>
       <c r="L33" s="15">
         <v>1.38</v>
       </c>
       <c r="M33" s="15">
         <v>1.24</v>
       </c>
       <c r="N33" s="15">
-        <v>921</v>
+        <v>1040</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>165</v>
       </c>
       <c r="K34" s="15">
-        <v>1.62</v>
+        <v>1.04</v>
       </c>
       <c r="L34" s="15">
-        <v>1.17</v>
+        <v>0.90403</v>
       </c>
       <c r="M34" s="15">
-        <v>1.02</v>
+        <v>0.86926</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15">
         <v>660</v>
       </c>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
-        <v>1.11</v>
+        <v>0.72135</v>
       </c>
       <c r="L35" s="15">
-        <v>0.7956800000000001</v>
+        <v>0.62517</v>
       </c>
       <c r="M35" s="15">
-        <v>0.71613</v>
+        <v>0.6011300000000001</v>
       </c>
       <c r="N35" s="15">
-        <v>330</v>
+        <v>440</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="15">
         <v>10080044385</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
@@ -2395,330 +2395,330 @@
       <c r="D39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E39" s="15">
         <v>10080027749</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>400</v>
       </c>
       <c r="K39" s="15">
         <v>0.64216</v>
       </c>
       <c r="L39" s="15">
         <v>0.34612</v>
       </c>
       <c r="M39" s="15">
         <v>0.3006</v>
       </c>
       <c r="N39" s="15">
-        <v>273</v>
+        <v>219</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
-        <v>0.47297</v>
+        <v>0.30513</v>
       </c>
       <c r="L40" s="15">
-        <v>0.34097</v>
+        <v>0.26445</v>
       </c>
       <c r="M40" s="15">
-        <v>0.29697</v>
+        <v>0.25428</v>
       </c>
       <c r="N40" s="15">
         <v>100</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="15">
         <v>10080063899</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>450</v>
       </c>
       <c r="K41" s="15">
         <v>0.96999</v>
       </c>
       <c r="L41" s="15">
         <v>0.52283</v>
       </c>
       <c r="M41" s="15">
         <v>0.45403</v>
       </c>
       <c r="N41" s="15">
-        <v>372</v>
+        <v>531</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E42" s="15">
         <v>10080010099</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>975</v>
       </c>
       <c r="K42" s="15">
         <v>1.6</v>
       </c>
       <c r="L42" s="15">
         <v>0.86366</v>
       </c>
       <c r="M42" s="15">
         <v>0.75002</v>
       </c>
       <c r="N42" s="15">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>280</v>
       </c>
       <c r="K43" s="15">
-        <v>1.24</v>
+        <v>0.78461</v>
       </c>
       <c r="L43" s="15">
-        <v>0.89554</v>
+        <v>0.67999</v>
       </c>
       <c r="M43" s="15">
-        <v>0.77999</v>
+        <v>0.65384</v>
       </c>
       <c r="N43" s="15">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>1120</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>175</v>
       </c>
       <c r="K44" s="15">
-        <v>1.5</v>
+        <v>0.9464399999999999</v>
       </c>
       <c r="L44" s="15">
-        <v>1.08</v>
+        <v>0.82025</v>
       </c>
       <c r="M44" s="15">
-        <v>0.94064</v>
+        <v>0.7887</v>
       </c>
       <c r="N44" s="15">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>700</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>198</v>
       </c>
       <c r="K45" s="15">
-        <v>1.79</v>
+        <v>1.13</v>
       </c>
       <c r="L45" s="15">
-        <v>1.29</v>
+        <v>0.98002</v>
       </c>
       <c r="M45" s="15">
-        <v>1.12</v>
+        <v>0.94233</v>
       </c>
       <c r="N45" s="15">
-        <v>95</v>
+        <v>122</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>780</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>225</v>
       </c>
       <c r="K46" s="15">
-        <v>1.98</v>
+        <v>1.25</v>
       </c>
       <c r="L46" s="15">
-        <v>1.43</v>
+        <v>1.08</v>
       </c>
       <c r="M46" s="15">
-        <v>1.24</v>
+        <v>1.04</v>
       </c>
       <c r="N46" s="15">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15">
         <v>900</v>
       </c>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="15">
         <v>10080044386</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
@@ -2745,98 +2745,98 @@
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>355</v>
       </c>
       <c r="K48" s="15">
-        <v>1.03</v>
+        <v>0.66632</v>
       </c>
       <c r="L48" s="15">
-        <v>0.74577</v>
+        <v>0.57747</v>
       </c>
       <c r="M48" s="15">
-        <v>0.64954</v>
+        <v>0.55526</v>
       </c>
       <c r="N48" s="15">
-        <v>102</v>
+        <v>77</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>1420</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>575</v>
       </c>
       <c r="K49" s="15">
-        <v>1.29</v>
+        <v>0.83313</v>
       </c>
       <c r="L49" s="15">
-        <v>0.93221</v>
+        <v>0.72205</v>
       </c>
       <c r="M49" s="15">
-        <v>0.81192</v>
+        <v>0.69428</v>
       </c>
       <c r="N49" s="15">
         <v>41</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>