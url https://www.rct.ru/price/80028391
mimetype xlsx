--- v1 (2025-12-18)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1428,129 +1428,129 @@
       <c r="D14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10080043044</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>880</v>
       </c>
       <c r="K14" s="15">
         <v>0.61605</v>
       </c>
       <c r="L14" s="15">
         <v>0.33206</v>
       </c>
       <c r="M14" s="15">
         <v>0.28838</v>
       </c>
       <c r="N14" s="15">
-        <v>774</v>
+        <v>686</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15">
         <v>10080043045</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>650</v>
       </c>
       <c r="K15" s="15">
         <v>0.92918</v>
       </c>
       <c r="L15" s="15">
         <v>0.50085</v>
       </c>
       <c r="M15" s="15">
         <v>0.43494</v>
       </c>
       <c r="N15" s="15">
-        <v>699</v>
+        <v>741</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10080048827</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>480</v>
       </c>
       <c r="K16" s="15">
         <v>1.23</v>
       </c>
       <c r="L16" s="15">
         <v>0.66279</v>
       </c>
       <c r="M16" s="15">
         <v>0.57559</v>
       </c>
       <c r="N16" s="15">
-        <v>160</v>
+        <v>213</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15">
         <v>10080048828</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
@@ -1623,51 +1623,51 @@
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15">
         <v>10080048829</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>280</v>
       </c>
       <c r="K19" s="15">
         <v>0.73682</v>
       </c>
       <c r="L19" s="15">
         <v>0.63857</v>
       </c>
       <c r="M19" s="15">
         <v>0.6140099999999999</v>
       </c>
       <c r="N19" s="15">
-        <v>280</v>
+        <v>244</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="15">
         <v>10080043048</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
@@ -1896,51 +1896,51 @@
       <c r="D26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>575</v>
       </c>
       <c r="K26" s="15">
         <v>0.41765</v>
       </c>
       <c r="L26" s="15">
         <v>0.36196</v>
       </c>
       <c r="M26" s="15">
         <v>0.34804</v>
       </c>
       <c r="N26" s="15">
-        <v>122</v>
+        <v>174</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080010104</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
@@ -2052,51 +2052,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J30" s="15">
         <v>280</v>
       </c>
       <c r="K30" s="15">
         <v>1.38</v>
       </c>
       <c r="L30" s="15">
         <v>0.91957</v>
       </c>
       <c r="M30" s="15">
         <v>0.83477</v>
       </c>
       <c r="N30" s="15">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10080010097</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
@@ -2165,51 +2165,51 @@
       <c r="D33" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="15">
         <v>10080034187</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>165</v>
       </c>
       <c r="K33" s="15">
         <v>2.57</v>
       </c>
       <c r="L33" s="15">
         <v>1.38</v>
       </c>
       <c r="M33" s="15">
         <v>1.24</v>
       </c>
       <c r="N33" s="15">
-        <v>1040</v>
+        <v>1052</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
@@ -2241,51 +2241,51 @@
         <v>88</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.72135</v>
       </c>
       <c r="L35" s="15">
         <v>0.62517</v>
       </c>
       <c r="M35" s="15">
         <v>0.6011300000000001</v>
       </c>
       <c r="N35" s="15">
-        <v>440</v>
+        <v>370</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="15">
         <v>10080044385</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
@@ -2395,51 +2395,51 @@
       <c r="D39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E39" s="15">
         <v>10080027749</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>400</v>
       </c>
       <c r="K39" s="15">
         <v>0.64216</v>
       </c>
       <c r="L39" s="15">
         <v>0.34612</v>
       </c>
       <c r="M39" s="15">
         <v>0.3006</v>
       </c>
       <c r="N39" s="15">
-        <v>219</v>
+        <v>234</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
@@ -2473,252 +2473,252 @@
       <c r="D41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="15">
         <v>10080063899</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>450</v>
       </c>
       <c r="K41" s="15">
         <v>0.96999</v>
       </c>
       <c r="L41" s="15">
         <v>0.52283</v>
       </c>
       <c r="M41" s="15">
         <v>0.45403</v>
       </c>
       <c r="N41" s="15">
-        <v>531</v>
+        <v>496</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E42" s="15">
         <v>10080010099</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>975</v>
       </c>
       <c r="K42" s="15">
         <v>1.6</v>
       </c>
       <c r="L42" s="15">
         <v>0.86366</v>
       </c>
       <c r="M42" s="15">
         <v>0.75002</v>
       </c>
       <c r="N42" s="15">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>280</v>
       </c>
       <c r="K43" s="15">
         <v>0.78461</v>
       </c>
       <c r="L43" s="15">
         <v>0.67999</v>
       </c>
       <c r="M43" s="15">
         <v>0.65384</v>
       </c>
       <c r="N43" s="15">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>1120</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>175</v>
       </c>
       <c r="K44" s="15">
         <v>0.9464399999999999</v>
       </c>
       <c r="L44" s="15">
         <v>0.82025</v>
       </c>
       <c r="M44" s="15">
         <v>0.7887</v>
       </c>
       <c r="N44" s="15">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>700</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>198</v>
       </c>
       <c r="K45" s="15">
         <v>1.13</v>
       </c>
       <c r="L45" s="15">
         <v>0.98002</v>
       </c>
       <c r="M45" s="15">
         <v>0.94233</v>
       </c>
       <c r="N45" s="15">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>780</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>225</v>
       </c>
       <c r="K46" s="15">
         <v>1.25</v>
       </c>
       <c r="L46" s="15">
         <v>1.08</v>
       </c>
       <c r="M46" s="15">
         <v>1.04</v>
       </c>
       <c r="N46" s="15">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15">
         <v>900</v>
       </c>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="15">
         <v>10080044386</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
@@ -2754,51 +2754,51 @@
       <c r="D48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>355</v>
       </c>
       <c r="K48" s="15">
         <v>0.66632</v>
       </c>
       <c r="L48" s="15">
         <v>0.57747</v>
       </c>
       <c r="M48" s="15">
         <v>0.55526</v>
       </c>
       <c r="N48" s="15">
-        <v>77</v>
+        <v>101</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>1420</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>