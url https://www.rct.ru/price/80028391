--- v2 (2025-12-19)
+++ v3 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1428,129 +1428,129 @@
       <c r="D14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10080043044</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>880</v>
       </c>
       <c r="K14" s="15">
         <v>0.61605</v>
       </c>
       <c r="L14" s="15">
         <v>0.33206</v>
       </c>
       <c r="M14" s="15">
         <v>0.28838</v>
       </c>
       <c r="N14" s="15">
-        <v>686</v>
+        <v>725</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15">
         <v>10080043045</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>650</v>
       </c>
       <c r="K15" s="15">
         <v>0.92918</v>
       </c>
       <c r="L15" s="15">
         <v>0.50085</v>
       </c>
       <c r="M15" s="15">
         <v>0.43494</v>
       </c>
       <c r="N15" s="15">
-        <v>741</v>
+        <v>608</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10080048827</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>480</v>
       </c>
       <c r="K16" s="15">
         <v>1.23</v>
       </c>
       <c r="L16" s="15">
         <v>0.66279</v>
       </c>
       <c r="M16" s="15">
         <v>0.57559</v>
       </c>
       <c r="N16" s="15">
-        <v>213</v>
+        <v>179</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15">
         <v>10080048828</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
@@ -1623,51 +1623,51 @@
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15">
         <v>10080048829</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>280</v>
       </c>
       <c r="K19" s="15">
         <v>0.73682</v>
       </c>
       <c r="L19" s="15">
         <v>0.63857</v>
       </c>
       <c r="M19" s="15">
         <v>0.6140099999999999</v>
       </c>
       <c r="N19" s="15">
-        <v>244</v>
+        <v>284</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="15">
         <v>10080043048</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
@@ -1896,51 +1896,51 @@
       <c r="D26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>575</v>
       </c>
       <c r="K26" s="15">
         <v>0.41765</v>
       </c>
       <c r="L26" s="15">
         <v>0.36196</v>
       </c>
       <c r="M26" s="15">
         <v>0.34804</v>
       </c>
       <c r="N26" s="15">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080010104</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
@@ -2052,51 +2052,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J30" s="15">
         <v>280</v>
       </c>
       <c r="K30" s="15">
         <v>1.38</v>
       </c>
       <c r="L30" s="15">
         <v>0.91957</v>
       </c>
       <c r="M30" s="15">
         <v>0.83477</v>
       </c>
       <c r="N30" s="15">
-        <v>364</v>
+        <v>444</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10080010097</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
@@ -2165,51 +2165,51 @@
       <c r="D33" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="15">
         <v>10080034187</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>165</v>
       </c>
       <c r="K33" s="15">
         <v>2.57</v>
       </c>
       <c r="L33" s="15">
         <v>1.38</v>
       </c>
       <c r="M33" s="15">
         <v>1.24</v>
       </c>
       <c r="N33" s="15">
-        <v>1052</v>
+        <v>753</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
@@ -2241,51 +2241,51 @@
         <v>88</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.72135</v>
       </c>
       <c r="L35" s="15">
         <v>0.62517</v>
       </c>
       <c r="M35" s="15">
         <v>0.6011300000000001</v>
       </c>
       <c r="N35" s="15">
-        <v>370</v>
+        <v>450</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="15">
         <v>10080044385</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
@@ -2395,51 +2395,51 @@
       <c r="D39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E39" s="15">
         <v>10080027749</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>400</v>
       </c>
       <c r="K39" s="15">
         <v>0.64216</v>
       </c>
       <c r="L39" s="15">
         <v>0.34612</v>
       </c>
       <c r="M39" s="15">
         <v>0.3006</v>
       </c>
       <c r="N39" s="15">
-        <v>234</v>
+        <v>188</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
@@ -2473,252 +2473,252 @@
       <c r="D41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="15">
         <v>10080063899</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>450</v>
       </c>
       <c r="K41" s="15">
         <v>0.96999</v>
       </c>
       <c r="L41" s="15">
         <v>0.52283</v>
       </c>
       <c r="M41" s="15">
         <v>0.45403</v>
       </c>
       <c r="N41" s="15">
-        <v>496</v>
+        <v>520</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E42" s="15">
         <v>10080010099</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>975</v>
       </c>
       <c r="K42" s="15">
         <v>1.6</v>
       </c>
       <c r="L42" s="15">
         <v>0.86366</v>
       </c>
       <c r="M42" s="15">
         <v>0.75002</v>
       </c>
       <c r="N42" s="15">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>280</v>
       </c>
       <c r="K43" s="15">
         <v>0.78461</v>
       </c>
       <c r="L43" s="15">
         <v>0.67999</v>
       </c>
       <c r="M43" s="15">
         <v>0.65384</v>
       </c>
       <c r="N43" s="15">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>1120</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>175</v>
       </c>
       <c r="K44" s="15">
         <v>0.9464399999999999</v>
       </c>
       <c r="L44" s="15">
         <v>0.82025</v>
       </c>
       <c r="M44" s="15">
         <v>0.7887</v>
       </c>
       <c r="N44" s="15">
-        <v>134</v>
+        <v>113</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>700</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>198</v>
       </c>
       <c r="K45" s="15">
         <v>1.13</v>
       </c>
       <c r="L45" s="15">
         <v>0.98002</v>
       </c>
       <c r="M45" s="15">
         <v>0.94233</v>
       </c>
       <c r="N45" s="15">
-        <v>123</v>
+        <v>93</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>780</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>225</v>
       </c>
       <c r="K46" s="15">
         <v>1.25</v>
       </c>
       <c r="L46" s="15">
         <v>1.08</v>
       </c>
       <c r="M46" s="15">
         <v>1.04</v>
       </c>
       <c r="N46" s="15">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15">
         <v>900</v>
       </c>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="15">
         <v>10080044386</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
@@ -2754,51 +2754,51 @@
       <c r="D48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>355</v>
       </c>
       <c r="K48" s="15">
         <v>0.66632</v>
       </c>
       <c r="L48" s="15">
         <v>0.57747</v>
       </c>
       <c r="M48" s="15">
         <v>0.55526</v>
       </c>
       <c r="N48" s="15">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>1420</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>