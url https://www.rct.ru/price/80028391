--- v3 (2026-01-11)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1428,129 +1428,129 @@
       <c r="D14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10080043044</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>880</v>
       </c>
       <c r="K14" s="15">
         <v>0.61605</v>
       </c>
       <c r="L14" s="15">
         <v>0.33206</v>
       </c>
       <c r="M14" s="15">
         <v>0.28838</v>
       </c>
       <c r="N14" s="15">
-        <v>725</v>
+        <v>696</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15">
         <v>10080043045</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>650</v>
       </c>
       <c r="K15" s="15">
         <v>0.92918</v>
       </c>
       <c r="L15" s="15">
         <v>0.50085</v>
       </c>
       <c r="M15" s="15">
         <v>0.43494</v>
       </c>
       <c r="N15" s="15">
-        <v>608</v>
+        <v>699</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10080048827</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>480</v>
       </c>
       <c r="K16" s="15">
         <v>1.23</v>
       </c>
       <c r="L16" s="15">
         <v>0.66279</v>
       </c>
       <c r="M16" s="15">
         <v>0.57559</v>
       </c>
       <c r="N16" s="15">
-        <v>179</v>
+        <v>228</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15">
         <v>10080048828</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
@@ -1623,51 +1623,51 @@
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15">
         <v>10080048829</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>280</v>
       </c>
       <c r="K19" s="15">
         <v>0.73682</v>
       </c>
       <c r="L19" s="15">
         <v>0.63857</v>
       </c>
       <c r="M19" s="15">
         <v>0.6140099999999999</v>
       </c>
       <c r="N19" s="15">
-        <v>284</v>
+        <v>356</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="15">
         <v>10080043048</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
@@ -1896,51 +1896,51 @@
       <c r="D26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>575</v>
       </c>
       <c r="K26" s="15">
         <v>0.41765</v>
       </c>
       <c r="L26" s="15">
         <v>0.36196</v>
       </c>
       <c r="M26" s="15">
         <v>0.34804</v>
       </c>
       <c r="N26" s="15">
-        <v>170</v>
+        <v>126</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080010104</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
@@ -2052,51 +2052,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J30" s="15">
         <v>280</v>
       </c>
       <c r="K30" s="15">
         <v>1.38</v>
       </c>
       <c r="L30" s="15">
         <v>0.91957</v>
       </c>
       <c r="M30" s="15">
         <v>0.83477</v>
       </c>
       <c r="N30" s="15">
-        <v>444</v>
+        <v>364</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10080010097</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
@@ -2165,51 +2165,51 @@
       <c r="D33" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="15">
         <v>10080034187</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>165</v>
       </c>
       <c r="K33" s="15">
         <v>2.57</v>
       </c>
       <c r="L33" s="15">
         <v>1.38</v>
       </c>
       <c r="M33" s="15">
         <v>1.24</v>
       </c>
       <c r="N33" s="15">
-        <v>753</v>
+        <v>1064</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
@@ -2241,51 +2241,51 @@
         <v>88</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.72135</v>
       </c>
       <c r="L35" s="15">
         <v>0.62517</v>
       </c>
       <c r="M35" s="15">
         <v>0.6011300000000001</v>
       </c>
       <c r="N35" s="15">
-        <v>450</v>
+        <v>320</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="15">
         <v>10080044385</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
@@ -2395,51 +2395,51 @@
       <c r="D39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E39" s="15">
         <v>10080027749</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>400</v>
       </c>
       <c r="K39" s="15">
         <v>0.64216</v>
       </c>
       <c r="L39" s="15">
         <v>0.34612</v>
       </c>
       <c r="M39" s="15">
         <v>0.3006</v>
       </c>
       <c r="N39" s="15">
-        <v>188</v>
+        <v>273</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
@@ -2473,129 +2473,129 @@
       <c r="D41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="15">
         <v>10080063899</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>450</v>
       </c>
       <c r="K41" s="15">
         <v>0.96999</v>
       </c>
       <c r="L41" s="15">
         <v>0.52283</v>
       </c>
       <c r="M41" s="15">
         <v>0.45403</v>
       </c>
       <c r="N41" s="15">
-        <v>520</v>
+        <v>478</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E42" s="15">
         <v>10080010099</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>975</v>
       </c>
       <c r="K42" s="15">
         <v>1.6</v>
       </c>
       <c r="L42" s="15">
         <v>0.86366</v>
       </c>
       <c r="M42" s="15">
         <v>0.75002</v>
       </c>
       <c r="N42" s="15">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>280</v>
       </c>
       <c r="K43" s="15">
         <v>0.78461</v>
       </c>
       <c r="L43" s="15">
         <v>0.67999</v>
       </c>
       <c r="M43" s="15">
         <v>0.65384</v>
       </c>
       <c r="N43" s="15">
-        <v>128</v>
+        <v>90</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>1120</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
@@ -2633,92 +2633,92 @@
       <c r="D45" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>198</v>
       </c>
       <c r="K45" s="15">
         <v>1.13</v>
       </c>
       <c r="L45" s="15">
         <v>0.98002</v>
       </c>
       <c r="M45" s="15">
         <v>0.94233</v>
       </c>
       <c r="N45" s="15">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>780</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>225</v>
       </c>
       <c r="K46" s="15">
         <v>1.25</v>
       </c>
       <c r="L46" s="15">
         <v>1.08</v>
       </c>
       <c r="M46" s="15">
         <v>1.04</v>
       </c>
       <c r="N46" s="15">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15">
         <v>900</v>
       </c>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="15">
         <v>10080044386</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
@@ -2754,51 +2754,51 @@
       <c r="D48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>355</v>
       </c>
       <c r="K48" s="15">
         <v>0.66632</v>
       </c>
       <c r="L48" s="15">
         <v>0.57747</v>
       </c>
       <c r="M48" s="15">
         <v>0.55526</v>
       </c>
       <c r="N48" s="15">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>1420</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>