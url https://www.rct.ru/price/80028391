--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1428,129 +1428,129 @@
       <c r="D14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10080043044</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>880</v>
       </c>
       <c r="K14" s="15">
         <v>0.61605</v>
       </c>
       <c r="L14" s="15">
         <v>0.33206</v>
       </c>
       <c r="M14" s="15">
         <v>0.28838</v>
       </c>
       <c r="N14" s="15">
-        <v>696</v>
+        <v>627</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15">
         <v>10080043045</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>650</v>
       </c>
       <c r="K15" s="15">
         <v>0.92918</v>
       </c>
       <c r="L15" s="15">
         <v>0.50085</v>
       </c>
       <c r="M15" s="15">
         <v>0.43494</v>
       </c>
       <c r="N15" s="15">
-        <v>699</v>
+        <v>591</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10080048827</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>480</v>
       </c>
       <c r="K16" s="15">
         <v>1.23</v>
       </c>
       <c r="L16" s="15">
         <v>0.66279</v>
       </c>
       <c r="M16" s="15">
         <v>0.57559</v>
       </c>
       <c r="N16" s="15">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15">
         <v>10080048828</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
@@ -1623,51 +1623,51 @@
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15">
         <v>10080048829</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>280</v>
       </c>
       <c r="K19" s="15">
         <v>0.73682</v>
       </c>
       <c r="L19" s="15">
         <v>0.63857</v>
       </c>
       <c r="M19" s="15">
         <v>0.6140099999999999</v>
       </c>
       <c r="N19" s="15">
-        <v>356</v>
+        <v>308</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="15">
         <v>10080043048</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
@@ -1896,51 +1896,51 @@
       <c r="D26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>575</v>
       </c>
       <c r="K26" s="15">
         <v>0.41765</v>
       </c>
       <c r="L26" s="15">
         <v>0.36196</v>
       </c>
       <c r="M26" s="15">
         <v>0.34804</v>
       </c>
       <c r="N26" s="15">
-        <v>126</v>
+        <v>153</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080010104</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
@@ -2052,51 +2052,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J30" s="15">
         <v>280</v>
       </c>
       <c r="K30" s="15">
         <v>1.38</v>
       </c>
       <c r="L30" s="15">
         <v>0.91957</v>
       </c>
       <c r="M30" s="15">
         <v>0.83477</v>
       </c>
       <c r="N30" s="15">
-        <v>364</v>
+        <v>389</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10080010097</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
@@ -2165,51 +2165,51 @@
       <c r="D33" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="15">
         <v>10080034187</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>165</v>
       </c>
       <c r="K33" s="15">
         <v>2.57</v>
       </c>
       <c r="L33" s="15">
         <v>1.38</v>
       </c>
       <c r="M33" s="15">
         <v>1.24</v>
       </c>
       <c r="N33" s="15">
-        <v>1064</v>
+        <v>1028</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
@@ -2241,51 +2241,51 @@
         <v>88</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.72135</v>
       </c>
       <c r="L35" s="15">
         <v>0.62517</v>
       </c>
       <c r="M35" s="15">
         <v>0.6011300000000001</v>
       </c>
       <c r="N35" s="15">
-        <v>320</v>
+        <v>410</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="15">
         <v>10080044385</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
@@ -2395,51 +2395,51 @@
       <c r="D39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E39" s="15">
         <v>10080027749</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>400</v>
       </c>
       <c r="K39" s="15">
         <v>0.64216</v>
       </c>
       <c r="L39" s="15">
         <v>0.34612</v>
       </c>
       <c r="M39" s="15">
         <v>0.3006</v>
       </c>
       <c r="N39" s="15">
-        <v>273</v>
+        <v>249</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
@@ -2473,51 +2473,51 @@
       <c r="D41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="15">
         <v>10080063899</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>450</v>
       </c>
       <c r="K41" s="15">
         <v>0.96999</v>
       </c>
       <c r="L41" s="15">
         <v>0.52283</v>
       </c>
       <c r="M41" s="15">
         <v>0.45403</v>
       </c>
       <c r="N41" s="15">
-        <v>478</v>
+        <v>396</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E42" s="15">
         <v>10080010099</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
@@ -2551,174 +2551,174 @@
       <c r="D43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>280</v>
       </c>
       <c r="K43" s="15">
         <v>0.78461</v>
       </c>
       <c r="L43" s="15">
         <v>0.67999</v>
       </c>
       <c r="M43" s="15">
         <v>0.65384</v>
       </c>
       <c r="N43" s="15">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>1120</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>175</v>
       </c>
       <c r="K44" s="15">
         <v>0.9464399999999999</v>
       </c>
       <c r="L44" s="15">
         <v>0.82025</v>
       </c>
       <c r="M44" s="15">
         <v>0.7887</v>
       </c>
       <c r="N44" s="15">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>700</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>198</v>
       </c>
       <c r="K45" s="15">
         <v>1.13</v>
       </c>
       <c r="L45" s="15">
         <v>0.98002</v>
       </c>
       <c r="M45" s="15">
         <v>0.94233</v>
       </c>
       <c r="N45" s="15">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>780</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>225</v>
       </c>
       <c r="K46" s="15">
         <v>1.25</v>
       </c>
       <c r="L46" s="15">
         <v>1.08</v>
       </c>
       <c r="M46" s="15">
         <v>1.04</v>
       </c>
       <c r="N46" s="15">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15">
         <v>900</v>
       </c>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="15">
         <v>10080044386</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
@@ -2754,51 +2754,51 @@
       <c r="D48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>355</v>
       </c>
       <c r="K48" s="15">
         <v>0.66632</v>
       </c>
       <c r="L48" s="15">
         <v>0.57747</v>
       </c>
       <c r="M48" s="15">
         <v>0.55526</v>
       </c>
       <c r="N48" s="15">
-        <v>103</v>
+        <v>87</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>1420</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>