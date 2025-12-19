--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1040,60 +1040,60 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1600</v>
       </c>
       <c r="K9" s="15">
-        <v>0.1103</v>
+        <v>0.07106999999999999</v>
       </c>
       <c r="L9" s="15">
-        <v>0.07951</v>
+        <v>0.06159</v>
       </c>
       <c r="M9" s="15">
-        <v>0.06925000000000001</v>
+        <v>0.05923</v>
       </c>
       <c r="N9" s="15">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080043058</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1279,206 +1279,206 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080057236</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1360</v>
       </c>
       <c r="K15" s="15">
         <v>0.47252</v>
       </c>
       <c r="L15" s="15">
         <v>0.25469</v>
       </c>
       <c r="M15" s="15">
         <v>0.22118</v>
       </c>
       <c r="N15" s="15">
-        <v>149</v>
+        <v>124</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080057237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1040</v>
       </c>
       <c r="K16" s="15">
         <v>0.62993</v>
       </c>
       <c r="L16" s="15">
         <v>0.33953</v>
       </c>
       <c r="M16" s="15">
         <v>0.29486</v>
       </c>
       <c r="N16" s="15">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1600</v>
       </c>
       <c r="K17" s="15">
-        <v>0.12476</v>
+        <v>0.06969</v>
       </c>
       <c r="L17" s="15">
-        <v>0.08994000000000001</v>
+        <v>0.0604</v>
       </c>
       <c r="M17" s="15">
-        <v>0.07835</v>
+        <v>0.05808</v>
       </c>
       <c r="N17" s="15">
         <v>2</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1200</v>
       </c>
       <c r="K18" s="15">
-        <v>0.1871</v>
+        <v>0.11559</v>
       </c>
       <c r="L18" s="15">
-        <v>0.13488</v>
+        <v>0.10018</v>
       </c>
       <c r="M18" s="15">
-        <v>0.11748</v>
+        <v>0.09633</v>
       </c>
       <c r="N18" s="15">
-        <v>690</v>
+        <v>740</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>4800</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
-        <v>0.24389</v>
+        <v>0.15713</v>
       </c>
       <c r="L19" s="15">
-        <v>0.17583</v>
+        <v>0.13618</v>
       </c>
       <c r="M19" s="15">
-        <v>0.15314</v>
+        <v>0.13094</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080044393</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
@@ -1513,87 +1513,87 @@
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080027756</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1030</v>
       </c>
       <c r="K21" s="15">
         <v>0.47252</v>
       </c>
       <c r="L21" s="15">
         <v>0.25469</v>
       </c>
       <c r="M21" s="15">
         <v>0.22118</v>
       </c>
       <c r="N21" s="15">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>770</v>
       </c>
       <c r="K22" s="15">
-        <v>0.48816</v>
+        <v>0.31485</v>
       </c>
       <c r="L22" s="15">
-        <v>0.35193</v>
+        <v>0.27287</v>
       </c>
       <c r="M22" s="15">
-        <v>0.30652</v>
+        <v>0.26238</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>3080</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14"/>
       <c r="C23" s="15"/>
       <c r="D23" s="15"/>
       <c r="E23" s="15"/>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15"/>
       <c r="L23" s="15"/>
       <c r="M23" s="15"/>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>