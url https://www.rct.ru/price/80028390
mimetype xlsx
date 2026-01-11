--- v1 (2025-12-19)
+++ v2 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1049,90 +1049,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1600</v>
       </c>
       <c r="K9" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L9" s="15">
         <v>0.06159</v>
       </c>
       <c r="M9" s="15">
         <v>0.05923</v>
       </c>
       <c r="N9" s="15">
-        <v>96</v>
+        <v>126</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080043058</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.31504</v>
       </c>
       <c r="L10" s="15">
         <v>0.16981</v>
       </c>
       <c r="M10" s="15">
         <v>0.14746</v>
       </c>
       <c r="N10" s="15">
-        <v>124</v>
+        <v>101</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
@@ -1279,90 +1279,90 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080057236</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1360</v>
       </c>
       <c r="K15" s="15">
         <v>0.47252</v>
       </c>
       <c r="L15" s="15">
         <v>0.25469</v>
       </c>
       <c r="M15" s="15">
         <v>0.22118</v>
       </c>
       <c r="N15" s="15">
-        <v>124</v>
+        <v>145</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080057237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1040</v>
       </c>
       <c r="K16" s="15">
         <v>0.62993</v>
       </c>
       <c r="L16" s="15">
         <v>0.33953</v>
       </c>
       <c r="M16" s="15">
         <v>0.29486</v>
       </c>
       <c r="N16" s="15">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -1396,51 +1396,51 @@
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1200</v>
       </c>
       <c r="K18" s="15">
         <v>0.11559</v>
       </c>
       <c r="L18" s="15">
         <v>0.10018</v>
       </c>
       <c r="M18" s="15">
         <v>0.09633</v>
       </c>
       <c r="N18" s="15">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>4800</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
@@ -1513,51 +1513,51 @@
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080027756</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1030</v>
       </c>
       <c r="K21" s="15">
         <v>0.47252</v>
       </c>
       <c r="L21" s="15">
         <v>0.25469</v>
       </c>
       <c r="M21" s="15">
         <v>0.22118</v>
       </c>
       <c r="N21" s="15">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>