--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1049,90 +1049,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1600</v>
       </c>
       <c r="K9" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L9" s="15">
         <v>0.06159</v>
       </c>
       <c r="M9" s="15">
         <v>0.05923</v>
       </c>
       <c r="N9" s="15">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080043058</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.31504</v>
       </c>
       <c r="L10" s="15">
         <v>0.16981</v>
       </c>
       <c r="M10" s="15">
         <v>0.14746</v>
       </c>
       <c r="N10" s="15">
-        <v>101</v>
+        <v>135</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
@@ -1279,90 +1279,90 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080057236</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1360</v>
       </c>
       <c r="K15" s="15">
         <v>0.47252</v>
       </c>
       <c r="L15" s="15">
         <v>0.25469</v>
       </c>
       <c r="M15" s="15">
         <v>0.22118</v>
       </c>
       <c r="N15" s="15">
-        <v>145</v>
+        <v>114</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080057237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1040</v>
       </c>
       <c r="K16" s="15">
         <v>0.62993</v>
       </c>
       <c r="L16" s="15">
         <v>0.33953</v>
       </c>
       <c r="M16" s="15">
         <v>0.29486</v>
       </c>
       <c r="N16" s="15">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -1396,51 +1396,51 @@
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1200</v>
       </c>
       <c r="K18" s="15">
         <v>0.11559</v>
       </c>
       <c r="L18" s="15">
         <v>0.10018</v>
       </c>
       <c r="M18" s="15">
         <v>0.09633</v>
       </c>
       <c r="N18" s="15">
-        <v>770</v>
+        <v>710</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>4800</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
@@ -1513,51 +1513,51 @@
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080027756</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1030</v>
       </c>
       <c r="K21" s="15">
         <v>0.47252</v>
       </c>
       <c r="L21" s="15">
         <v>0.25469</v>
       </c>
       <c r="M21" s="15">
         <v>0.22118</v>
       </c>
       <c r="N21" s="15">
-        <v>144</v>
+        <v>172</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>