--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1049,90 +1049,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1600</v>
       </c>
       <c r="K9" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L9" s="15">
         <v>0.06159</v>
       </c>
       <c r="M9" s="15">
         <v>0.05923</v>
       </c>
       <c r="N9" s="15">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080043058</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.31504</v>
       </c>
       <c r="L10" s="15">
         <v>0.16981</v>
       </c>
       <c r="M10" s="15">
         <v>0.14746</v>
       </c>
       <c r="N10" s="15">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
@@ -1318,51 +1318,51 @@
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080057237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1040</v>
       </c>
       <c r="K16" s="15">
         <v>0.62993</v>
       </c>
       <c r="L16" s="15">
         <v>0.33953</v>
       </c>
       <c r="M16" s="15">
         <v>0.29486</v>
       </c>
       <c r="N16" s="15">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -1396,51 +1396,51 @@
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1200</v>
       </c>
       <c r="K18" s="15">
         <v>0.11559</v>
       </c>
       <c r="L18" s="15">
         <v>0.10018</v>
       </c>
       <c r="M18" s="15">
         <v>0.09633</v>
       </c>
       <c r="N18" s="15">
-        <v>710</v>
+        <v>740</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>4800</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
@@ -1513,51 +1513,51 @@
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080027756</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1030</v>
       </c>
       <c r="K21" s="15">
         <v>0.47252</v>
       </c>
       <c r="L21" s="15">
         <v>0.25469</v>
       </c>
       <c r="M21" s="15">
         <v>0.22118</v>
       </c>
       <c r="N21" s="15">
-        <v>172</v>
+        <v>134</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>