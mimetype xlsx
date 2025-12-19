--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1175,486 +1175,486 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
-        <v>0.11725</v>
+        <v>0.07395</v>
       </c>
       <c r="L9" s="15">
-        <v>0.08452</v>
+        <v>0.06408999999999999</v>
       </c>
       <c r="M9" s="15">
-        <v>0.07362</v>
+        <v>0.06163</v>
       </c>
       <c r="N9" s="15">
-        <v>625</v>
+        <v>445</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
-        <v>0.11786</v>
+        <v>0.07587000000000001</v>
       </c>
       <c r="L10" s="15">
-        <v>0.08498</v>
+        <v>0.06575</v>
       </c>
       <c r="M10" s="15">
-        <v>0.07401000000000001</v>
+        <v>0.06322999999999999</v>
       </c>
       <c r="N10" s="15">
-        <v>7260</v>
+        <v>9130</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080037716</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1200</v>
       </c>
       <c r="K11" s="15">
-        <v>0.15177</v>
+        <v>0.09585</v>
       </c>
       <c r="L11" s="15">
-        <v>0.10942</v>
+        <v>0.08307</v>
       </c>
       <c r="M11" s="15">
-        <v>0.09529</v>
+        <v>0.07988000000000001</v>
       </c>
       <c r="N11" s="15">
-        <v>588</v>
+        <v>646</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1200</v>
       </c>
       <c r="K12" s="15">
-        <v>0.14691</v>
+        <v>0.09455</v>
       </c>
       <c r="L12" s="15">
-        <v>0.10592</v>
+        <v>0.08194</v>
       </c>
       <c r="M12" s="15">
-        <v>0.09225999999999999</v>
+        <v>0.07879</v>
       </c>
       <c r="N12" s="15">
-        <v>780</v>
+        <v>660</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080010170</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1600</v>
       </c>
       <c r="K13" s="15">
-        <v>0.26525</v>
+        <v>0.18809</v>
       </c>
       <c r="L13" s="15">
-        <v>0.18947</v>
+        <v>0.16301</v>
       </c>
       <c r="M13" s="15">
-        <v>0.17052</v>
+        <v>0.15674</v>
       </c>
       <c r="N13" s="15">
-        <v>378</v>
+        <v>462</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1600</v>
       </c>
       <c r="K14" s="15">
-        <v>0.1971</v>
+        <v>0.12713</v>
       </c>
       <c r="L14" s="15">
-        <v>0.1421</v>
+        <v>0.11018</v>
       </c>
       <c r="M14" s="15">
-        <v>0.12376</v>
+        <v>0.10594</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080044389</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1200</v>
       </c>
       <c r="K15" s="15">
-        <v>0.25959</v>
+        <v>0.16421</v>
       </c>
       <c r="L15" s="15">
-        <v>0.18716</v>
+        <v>0.14231</v>
       </c>
       <c r="M15" s="15">
-        <v>0.163</v>
+        <v>0.13684</v>
       </c>
       <c r="N15" s="15">
-        <v>257</v>
+        <v>309</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080055439</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>150</v>
       </c>
       <c r="K16" s="15">
-        <v>0.29896</v>
+        <v>0.18876</v>
       </c>
       <c r="L16" s="15">
-        <v>0.21553</v>
+        <v>0.16359</v>
       </c>
       <c r="M16" s="15">
-        <v>0.18773</v>
+        <v>0.1573</v>
       </c>
       <c r="N16" s="15">
         <v>2246</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>150</v>
       </c>
       <c r="K17" s="15">
-        <v>0.28941</v>
+        <v>0.18626</v>
       </c>
       <c r="L17" s="15">
-        <v>0.20864</v>
+        <v>0.16142</v>
       </c>
       <c r="M17" s="15">
-        <v>0.18172</v>
+        <v>0.15521</v>
       </c>
       <c r="N17" s="15">
-        <v>2125</v>
+        <v>2200</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
-        <v>0.36522</v>
+        <v>0.231</v>
       </c>
       <c r="L18" s="15">
-        <v>0.26329</v>
+        <v>0.2002</v>
       </c>
       <c r="M18" s="15">
-        <v>0.22933</v>
+        <v>0.1925</v>
       </c>
       <c r="N18" s="15">
-        <v>185</v>
+        <v>215</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>3200</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15">
         <v>10080037717</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1490</v>
       </c>
       <c r="K19" s="15">
-        <v>0.39468</v>
+        <v>0.24906</v>
       </c>
       <c r="L19" s="15">
-        <v>0.28453</v>
+        <v>0.21585</v>
       </c>
       <c r="M19" s="15">
-        <v>0.24783</v>
+        <v>0.20755</v>
       </c>
       <c r="N19" s="15">
-        <v>821</v>
+        <v>775</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1370</v>
       </c>
       <c r="K20" s="15">
-        <v>0.47032</v>
+        <v>0.29741</v>
       </c>
       <c r="L20" s="15">
-        <v>0.33907</v>
+        <v>0.25775</v>
       </c>
       <c r="M20" s="15">
-        <v>0.29532</v>
+        <v>0.24784</v>
       </c>
       <c r="N20" s="15">
         <v>964</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>5480</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080065194</v>
       </c>
       <c r="F21" s="15"/>
@@ -1684,176 +1684,176 @@
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1260</v>
       </c>
       <c r="K22" s="15">
-        <v>0.48722</v>
+        <v>0.31395</v>
       </c>
       <c r="L22" s="15">
-        <v>0.35126</v>
+        <v>0.27209</v>
       </c>
       <c r="M22" s="15">
-        <v>0.30593</v>
+        <v>0.26163</v>
       </c>
       <c r="N22" s="15">
         <v>48</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>5040</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15">
         <v>10080065195</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1040</v>
       </c>
       <c r="K23" s="15">
-        <v>0.62424</v>
+        <v>0.39372</v>
       </c>
       <c r="L23" s="15">
-        <v>0.45002</v>
+        <v>0.34122</v>
       </c>
       <c r="M23" s="15">
-        <v>0.39196</v>
+        <v>0.3281</v>
       </c>
       <c r="N23" s="15">
-        <v>370</v>
+        <v>361</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1040</v>
       </c>
       <c r="K24" s="15">
-        <v>0.60481</v>
+        <v>0.38885</v>
       </c>
       <c r="L24" s="15">
-        <v>0.43603</v>
+        <v>0.337</v>
       </c>
       <c r="M24" s="15">
-        <v>0.37976</v>
+        <v>0.32404</v>
       </c>
       <c r="N24" s="15">
-        <v>375</v>
+        <v>305</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10080034460</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>780</v>
       </c>
       <c r="K25" s="15">
-        <v>0.68452</v>
+        <v>0.42269</v>
       </c>
       <c r="L25" s="15">
-        <v>0.49349</v>
+        <v>0.36633</v>
       </c>
       <c r="M25" s="15">
-        <v>0.42982</v>
+        <v>0.35224</v>
       </c>
       <c r="N25" s="15">
         <v>100</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080027755</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
@@ -1890,485 +1890,487 @@
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15">
         <v>10080039242</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>200</v>
       </c>
       <c r="K27" s="15">
         <v>3.33</v>
       </c>
       <c r="L27" s="15">
         <v>1.78</v>
       </c>
       <c r="M27" s="15">
         <v>1.61</v>
       </c>
       <c r="N27" s="15">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>250</v>
       </c>
       <c r="K28" s="15">
-        <v>1.32</v>
+        <v>0.84903</v>
       </c>
       <c r="L28" s="15">
-        <v>0.95006</v>
+        <v>0.73583</v>
       </c>
       <c r="M28" s="15">
-        <v>0.82748</v>
+        <v>0.70753</v>
       </c>
       <c r="N28" s="15">
         <v>40</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
-        <v>1.88</v>
+        <v>1.31</v>
       </c>
       <c r="L29" s="15">
-        <v>1.35</v>
+        <v>1.13</v>
       </c>
       <c r="M29" s="15">
-        <v>1.21</v>
+        <v>1.09</v>
       </c>
       <c r="N29" s="15">
         <v>100</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>170</v>
       </c>
       <c r="K30" s="15">
-        <v>2.26</v>
+        <v>1.57</v>
       </c>
       <c r="L30" s="15">
-        <v>1.62</v>
+        <v>1.36</v>
       </c>
       <c r="M30" s="15">
-        <v>1.45</v>
+        <v>1.31</v>
       </c>
       <c r="N30" s="15">
         <v>100</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15">
         <v>680</v>
       </c>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>3000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.12352</v>
+        <v>0.07818</v>
       </c>
       <c r="L31" s="15">
-        <v>0.08905</v>
+        <v>0.06776</v>
       </c>
       <c r="M31" s="15">
-        <v>0.07758</v>
+        <v>0.06515</v>
       </c>
       <c r="N31" s="15">
         <v>6</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J32" s="15">
         <v>3000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.10573</v>
+        <v>0.06875000000000001</v>
       </c>
       <c r="L32" s="15">
-        <v>0.07623000000000001</v>
+        <v>0.05958</v>
       </c>
       <c r="M32" s="15">
-        <v>0.06639</v>
+        <v>0.05729</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E33" s="15">
         <v>10080010169</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
-        <v>0.19102</v>
+        <v>0.11804</v>
       </c>
       <c r="L33" s="15">
-        <v>0.13772</v>
+        <v>0.1023</v>
       </c>
       <c r="M33" s="15">
-        <v>0.11995</v>
+        <v>0.09836</v>
       </c>
       <c r="N33" s="15">
-        <v>2125</v>
+        <v>1868</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1200</v>
       </c>
       <c r="K34" s="15">
-        <v>0.24639</v>
+        <v>0.15573</v>
       </c>
       <c r="L34" s="15">
-        <v>0.17763</v>
+        <v>0.13497</v>
       </c>
       <c r="M34" s="15">
-        <v>0.15471</v>
+        <v>0.12978</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080044392</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>900</v>
       </c>
       <c r="K35" s="15">
-        <v>0.3121</v>
+        <v>0.19739</v>
       </c>
       <c r="L35" s="15">
-        <v>0.22501</v>
+        <v>0.17107</v>
       </c>
       <c r="M35" s="15">
-        <v>0.19597</v>
+        <v>0.16449</v>
       </c>
       <c r="N35" s="15">
-        <v>616</v>
+        <v>807</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>800</v>
       </c>
       <c r="K36" s="15">
-        <v>0.36484</v>
+        <v>0.23069</v>
       </c>
       <c r="L36" s="15">
-        <v>0.26304</v>
+        <v>0.19993</v>
       </c>
       <c r="M36" s="15">
-        <v>0.22909</v>
+        <v>0.19224</v>
       </c>
       <c r="N36" s="15">
-        <v>1185</v>
+        <v>976</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>3200</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1250</v>
       </c>
       <c r="K37" s="15">
-        <v>0.47</v>
+        <v>0.29712</v>
       </c>
       <c r="L37" s="15">
-        <v>0.33883</v>
+        <v>0.2575</v>
       </c>
       <c r="M37" s="15">
-        <v>0.29512</v>
+        <v>0.2476</v>
       </c>
       <c r="N37" s="15">
-        <v>987</v>
+        <v>1030</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>5000</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>910</v>
       </c>
       <c r="K38" s="15">
-        <v>0.5400199999999999</v>
+        <v>0.33438</v>
       </c>
       <c r="L38" s="15">
-        <v>0.37676</v>
+        <v>0.2898</v>
       </c>
       <c r="M38" s="15">
-        <v>0.33908</v>
-[...1 lines deleted...]
-      <c r="N38" s="15"/>
+        <v>0.27865</v>
+      </c>
+      <c r="N38" s="15">
+        <v>35</v>
+      </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14"/>
       <c r="C39" s="15"/>
       <c r="D39" s="15"/>
       <c r="E39" s="15"/>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15"/>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15"/>
       <c r="L39" s="15"/>
       <c r="M39" s="15"/>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>