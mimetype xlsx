--- v1 (2025-12-19)
+++ v2 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1184,207 +1184,207 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.07395</v>
       </c>
       <c r="L9" s="15">
         <v>0.06408999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.06163</v>
       </c>
       <c r="N9" s="15">
-        <v>445</v>
+        <v>625</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.07587000000000001</v>
       </c>
       <c r="L10" s="15">
         <v>0.06575</v>
       </c>
       <c r="M10" s="15">
         <v>0.06322999999999999</v>
       </c>
       <c r="N10" s="15">
-        <v>9130</v>
+        <v>6710</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080037716</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1200</v>
       </c>
       <c r="K11" s="15">
         <v>0.09585</v>
       </c>
       <c r="L11" s="15">
         <v>0.08307</v>
       </c>
       <c r="M11" s="15">
         <v>0.07988000000000001</v>
       </c>
       <c r="N11" s="15">
-        <v>646</v>
+        <v>721</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1200</v>
       </c>
       <c r="K12" s="15">
         <v>0.09455</v>
       </c>
       <c r="L12" s="15">
         <v>0.08194</v>
       </c>
       <c r="M12" s="15">
         <v>0.07879</v>
       </c>
       <c r="N12" s="15">
-        <v>660</v>
+        <v>810</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080010170</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1600</v>
       </c>
       <c r="K13" s="15">
         <v>0.18809</v>
       </c>
       <c r="L13" s="15">
         <v>0.16301</v>
       </c>
       <c r="M13" s="15">
         <v>0.15674</v>
       </c>
       <c r="N13" s="15">
-        <v>462</v>
+        <v>492</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1416,248 +1416,248 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080044389</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1200</v>
       </c>
       <c r="K15" s="15">
         <v>0.16421</v>
       </c>
       <c r="L15" s="15">
         <v>0.14231</v>
       </c>
       <c r="M15" s="15">
         <v>0.13684</v>
       </c>
       <c r="N15" s="15">
-        <v>309</v>
+        <v>249</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080055439</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>150</v>
       </c>
       <c r="K16" s="15">
         <v>0.18876</v>
       </c>
       <c r="L16" s="15">
         <v>0.16359</v>
       </c>
       <c r="M16" s="15">
         <v>0.1573</v>
       </c>
       <c r="N16" s="15">
-        <v>2246</v>
+        <v>2483</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>150</v>
       </c>
       <c r="K17" s="15">
         <v>0.18626</v>
       </c>
       <c r="L17" s="15">
         <v>0.16142</v>
       </c>
       <c r="M17" s="15">
         <v>0.15521</v>
       </c>
       <c r="N17" s="15">
-        <v>2200</v>
+        <v>2075</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.231</v>
       </c>
       <c r="L18" s="15">
         <v>0.2002</v>
       </c>
       <c r="M18" s="15">
         <v>0.1925</v>
       </c>
       <c r="N18" s="15">
-        <v>215</v>
+        <v>163</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>3200</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15">
         <v>10080037717</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1490</v>
       </c>
       <c r="K19" s="15">
         <v>0.24906</v>
       </c>
       <c r="L19" s="15">
         <v>0.21585</v>
       </c>
       <c r="M19" s="15">
         <v>0.20755</v>
       </c>
       <c r="N19" s="15">
-        <v>775</v>
+        <v>664</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1370</v>
       </c>
       <c r="K20" s="15">
         <v>0.29741</v>
       </c>
       <c r="L20" s="15">
         <v>0.25775</v>
       </c>
       <c r="M20" s="15">
         <v>0.24784</v>
       </c>
       <c r="N20" s="15">
-        <v>964</v>
+        <v>1125</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>5480</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080065194</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
@@ -1734,90 +1734,90 @@
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15">
         <v>10080065195</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1040</v>
       </c>
       <c r="K23" s="15">
         <v>0.39372</v>
       </c>
       <c r="L23" s="15">
         <v>0.34122</v>
       </c>
       <c r="M23" s="15">
         <v>0.3281</v>
       </c>
       <c r="N23" s="15">
-        <v>361</v>
+        <v>321</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1040</v>
       </c>
       <c r="K24" s="15">
         <v>0.38885</v>
       </c>
       <c r="L24" s="15">
         <v>0.337</v>
       </c>
       <c r="M24" s="15">
         <v>0.32404</v>
       </c>
       <c r="N24" s="15">
-        <v>305</v>
+        <v>350</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10080034460</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1890,51 +1890,51 @@
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15">
         <v>10080039242</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>200</v>
       </c>
       <c r="K27" s="15">
         <v>3.33</v>
       </c>
       <c r="L27" s="15">
         <v>1.78</v>
       </c>
       <c r="M27" s="15">
         <v>1.61</v>
       </c>
       <c r="N27" s="15">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2128,51 +2128,51 @@
       </c>
       <c r="E33" s="15">
         <v>10080010169</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>0.11804</v>
       </c>
       <c r="L33" s="15">
         <v>0.1023</v>
       </c>
       <c r="M33" s="15">
         <v>0.09836</v>
       </c>
       <c r="N33" s="15">
-        <v>1868</v>
+        <v>2215</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
@@ -2204,131 +2204,131 @@
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080044392</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>900</v>
       </c>
       <c r="K35" s="15">
         <v>0.19739</v>
       </c>
       <c r="L35" s="15">
         <v>0.17107</v>
       </c>
       <c r="M35" s="15">
         <v>0.16449</v>
       </c>
       <c r="N35" s="15">
-        <v>807</v>
+        <v>926</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>800</v>
       </c>
       <c r="K36" s="15">
         <v>0.23069</v>
       </c>
       <c r="L36" s="15">
         <v>0.19993</v>
       </c>
       <c r="M36" s="15">
         <v>0.19224</v>
       </c>
       <c r="N36" s="15">
-        <v>976</v>
+        <v>1143</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>3200</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1250</v>
       </c>
       <c r="K37" s="15">
         <v>0.29712</v>
       </c>
       <c r="L37" s="15">
         <v>0.2575</v>
       </c>
       <c r="M37" s="15">
         <v>0.2476</v>
       </c>
       <c r="N37" s="15">
-        <v>1030</v>
+        <v>1131</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>5000</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>