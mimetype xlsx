--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1184,207 +1184,207 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.07395</v>
       </c>
       <c r="L9" s="15">
         <v>0.06408999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.06163</v>
       </c>
       <c r="N9" s="15">
-        <v>625</v>
+        <v>507</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.07587000000000001</v>
       </c>
       <c r="L10" s="15">
         <v>0.06575</v>
       </c>
       <c r="M10" s="15">
         <v>0.06322999999999999</v>
       </c>
       <c r="N10" s="15">
-        <v>6710</v>
+        <v>9460</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080037716</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1200</v>
       </c>
       <c r="K11" s="15">
         <v>0.09585</v>
       </c>
       <c r="L11" s="15">
         <v>0.08307</v>
       </c>
       <c r="M11" s="15">
         <v>0.07988000000000001</v>
       </c>
       <c r="N11" s="15">
-        <v>721</v>
+        <v>655</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1200</v>
       </c>
       <c r="K12" s="15">
         <v>0.09455</v>
       </c>
       <c r="L12" s="15">
         <v>0.08194</v>
       </c>
       <c r="M12" s="15">
         <v>0.07879</v>
       </c>
       <c r="N12" s="15">
-        <v>810</v>
+        <v>780</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080010170</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1600</v>
       </c>
       <c r="K13" s="15">
         <v>0.18809</v>
       </c>
       <c r="L13" s="15">
         <v>0.16301</v>
       </c>
       <c r="M13" s="15">
         <v>0.15674</v>
       </c>
       <c r="N13" s="15">
-        <v>492</v>
+        <v>438</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1416,248 +1416,248 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080044389</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1200</v>
       </c>
       <c r="K15" s="15">
         <v>0.16421</v>
       </c>
       <c r="L15" s="15">
         <v>0.14231</v>
       </c>
       <c r="M15" s="15">
         <v>0.13684</v>
       </c>
       <c r="N15" s="15">
-        <v>249</v>
+        <v>317</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080055439</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>150</v>
       </c>
       <c r="K16" s="15">
         <v>0.18876</v>
       </c>
       <c r="L16" s="15">
         <v>0.16359</v>
       </c>
       <c r="M16" s="15">
         <v>0.1573</v>
       </c>
       <c r="N16" s="15">
-        <v>2483</v>
+        <v>2630</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>150</v>
       </c>
       <c r="K17" s="15">
         <v>0.18626</v>
       </c>
       <c r="L17" s="15">
         <v>0.16142</v>
       </c>
       <c r="M17" s="15">
         <v>0.15521</v>
       </c>
       <c r="N17" s="15">
-        <v>2075</v>
+        <v>2175</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.231</v>
       </c>
       <c r="L18" s="15">
         <v>0.2002</v>
       </c>
       <c r="M18" s="15">
         <v>0.1925</v>
       </c>
       <c r="N18" s="15">
-        <v>163</v>
+        <v>198</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>3200</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15">
         <v>10080037717</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1490</v>
       </c>
       <c r="K19" s="15">
         <v>0.24906</v>
       </c>
       <c r="L19" s="15">
         <v>0.21585</v>
       </c>
       <c r="M19" s="15">
         <v>0.20755</v>
       </c>
       <c r="N19" s="15">
-        <v>664</v>
+        <v>757</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1370</v>
       </c>
       <c r="K20" s="15">
         <v>0.29741</v>
       </c>
       <c r="L20" s="15">
         <v>0.25775</v>
       </c>
       <c r="M20" s="15">
         <v>0.24784</v>
       </c>
       <c r="N20" s="15">
-        <v>1125</v>
+        <v>1285</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>5480</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080065194</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
@@ -1734,90 +1734,90 @@
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15">
         <v>10080065195</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1040</v>
       </c>
       <c r="K23" s="15">
         <v>0.39372</v>
       </c>
       <c r="L23" s="15">
         <v>0.34122</v>
       </c>
       <c r="M23" s="15">
         <v>0.3281</v>
       </c>
       <c r="N23" s="15">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1040</v>
       </c>
       <c r="K24" s="15">
         <v>0.38885</v>
       </c>
       <c r="L24" s="15">
         <v>0.337</v>
       </c>
       <c r="M24" s="15">
         <v>0.32404</v>
       </c>
       <c r="N24" s="15">
-        <v>350</v>
+        <v>395</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10080034460</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1890,91 +1890,89 @@
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15">
         <v>10080039242</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>200</v>
       </c>
       <c r="K27" s="15">
         <v>3.33</v>
       </c>
       <c r="L27" s="15">
         <v>1.78</v>
       </c>
       <c r="M27" s="15">
         <v>1.61</v>
       </c>
       <c r="N27" s="15">
-        <v>159</v>
+        <v>141</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>250</v>
       </c>
       <c r="K28" s="15">
         <v>0.84903</v>
       </c>
       <c r="L28" s="15">
         <v>0.73583</v>
       </c>
       <c r="M28" s="15">
         <v>0.70753</v>
       </c>
-      <c r="N28" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>81</v>
@@ -2128,51 +2126,51 @@
       </c>
       <c r="E33" s="15">
         <v>10080010169</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>0.11804</v>
       </c>
       <c r="L33" s="15">
         <v>0.1023</v>
       </c>
       <c r="M33" s="15">
         <v>0.09836</v>
       </c>
       <c r="N33" s="15">
-        <v>2215</v>
+        <v>1708</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
@@ -2204,131 +2202,131 @@
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080044392</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>900</v>
       </c>
       <c r="K35" s="15">
         <v>0.19739</v>
       </c>
       <c r="L35" s="15">
         <v>0.17107</v>
       </c>
       <c r="M35" s="15">
         <v>0.16449</v>
       </c>
       <c r="N35" s="15">
-        <v>926</v>
+        <v>818</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>800</v>
       </c>
       <c r="K36" s="15">
         <v>0.23069</v>
       </c>
       <c r="L36" s="15">
         <v>0.19993</v>
       </c>
       <c r="M36" s="15">
         <v>0.19224</v>
       </c>
       <c r="N36" s="15">
-        <v>1143</v>
+        <v>1087</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>3200</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1250</v>
       </c>
       <c r="K37" s="15">
         <v>0.29712</v>
       </c>
       <c r="L37" s="15">
         <v>0.2575</v>
       </c>
       <c r="M37" s="15">
         <v>0.2476</v>
       </c>
       <c r="N37" s="15">
-        <v>1131</v>
+        <v>1088</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>5000</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>