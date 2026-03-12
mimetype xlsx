--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1184,207 +1184,207 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.07395</v>
       </c>
       <c r="L9" s="15">
         <v>0.06408999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.06163</v>
       </c>
       <c r="N9" s="15">
-        <v>507</v>
+        <v>431</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.07587000000000001</v>
       </c>
       <c r="L10" s="15">
         <v>0.06575</v>
       </c>
       <c r="M10" s="15">
         <v>0.06322999999999999</v>
       </c>
       <c r="N10" s="15">
-        <v>9460</v>
+        <v>9240</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080037716</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1200</v>
       </c>
       <c r="K11" s="15">
         <v>0.09585</v>
       </c>
       <c r="L11" s="15">
         <v>0.08307</v>
       </c>
       <c r="M11" s="15">
         <v>0.07988000000000001</v>
       </c>
       <c r="N11" s="15">
-        <v>655</v>
+        <v>605</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1200</v>
       </c>
       <c r="K12" s="15">
         <v>0.09455</v>
       </c>
       <c r="L12" s="15">
         <v>0.08194</v>
       </c>
       <c r="M12" s="15">
         <v>0.07879</v>
       </c>
       <c r="N12" s="15">
-        <v>780</v>
+        <v>900</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080010170</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1600</v>
       </c>
       <c r="K13" s="15">
         <v>0.18809</v>
       </c>
       <c r="L13" s="15">
         <v>0.16301</v>
       </c>
       <c r="M13" s="15">
         <v>0.15674</v>
       </c>
       <c r="N13" s="15">
-        <v>438</v>
+        <v>414</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1416,248 +1416,248 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080044389</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1200</v>
       </c>
       <c r="K15" s="15">
         <v>0.16421</v>
       </c>
       <c r="L15" s="15">
         <v>0.14231</v>
       </c>
       <c r="M15" s="15">
         <v>0.13684</v>
       </c>
       <c r="N15" s="15">
-        <v>317</v>
+        <v>305</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080055439</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>150</v>
       </c>
       <c r="K16" s="15">
         <v>0.18876</v>
       </c>
       <c r="L16" s="15">
         <v>0.16359</v>
       </c>
       <c r="M16" s="15">
         <v>0.1573</v>
       </c>
       <c r="N16" s="15">
-        <v>2630</v>
+        <v>1803</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>150</v>
       </c>
       <c r="K17" s="15">
         <v>0.18626</v>
       </c>
       <c r="L17" s="15">
         <v>0.16142</v>
       </c>
       <c r="M17" s="15">
         <v>0.15521</v>
       </c>
       <c r="N17" s="15">
-        <v>2175</v>
+        <v>1750</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.231</v>
       </c>
       <c r="L18" s="15">
         <v>0.2002</v>
       </c>
       <c r="M18" s="15">
         <v>0.1925</v>
       </c>
       <c r="N18" s="15">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>3200</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15">
         <v>10080037717</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1490</v>
       </c>
       <c r="K19" s="15">
         <v>0.24906</v>
       </c>
       <c r="L19" s="15">
         <v>0.21585</v>
       </c>
       <c r="M19" s="15">
         <v>0.20755</v>
       </c>
       <c r="N19" s="15">
-        <v>757</v>
+        <v>701</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1370</v>
       </c>
       <c r="K20" s="15">
         <v>0.29741</v>
       </c>
       <c r="L20" s="15">
         <v>0.25775</v>
       </c>
       <c r="M20" s="15">
         <v>0.24784</v>
       </c>
       <c r="N20" s="15">
-        <v>1285</v>
+        <v>876</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>5480</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080065194</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
@@ -1734,90 +1734,90 @@
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15">
         <v>10080065195</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1040</v>
       </c>
       <c r="K23" s="15">
         <v>0.39372</v>
       </c>
       <c r="L23" s="15">
         <v>0.34122</v>
       </c>
       <c r="M23" s="15">
         <v>0.3281</v>
       </c>
       <c r="N23" s="15">
-        <v>325</v>
+        <v>267</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1040</v>
       </c>
       <c r="K24" s="15">
         <v>0.38885</v>
       </c>
       <c r="L24" s="15">
         <v>0.337</v>
       </c>
       <c r="M24" s="15">
         <v>0.32404</v>
       </c>
       <c r="N24" s="15">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10080034460</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1890,51 +1890,51 @@
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15">
         <v>10080039242</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>200</v>
       </c>
       <c r="K27" s="15">
         <v>3.33</v>
       </c>
       <c r="L27" s="15">
         <v>1.78</v>
       </c>
       <c r="M27" s="15">
         <v>1.61</v>
       </c>
       <c r="N27" s="15">
-        <v>141</v>
+        <v>162</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2126,51 +2126,51 @@
       </c>
       <c r="E33" s="15">
         <v>10080010169</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>0.11804</v>
       </c>
       <c r="L33" s="15">
         <v>0.1023</v>
       </c>
       <c r="M33" s="15">
         <v>0.09836</v>
       </c>
       <c r="N33" s="15">
-        <v>1708</v>
+        <v>2295</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
@@ -2202,131 +2202,131 @@
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080044392</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>900</v>
       </c>
       <c r="K35" s="15">
         <v>0.19739</v>
       </c>
       <c r="L35" s="15">
         <v>0.17107</v>
       </c>
       <c r="M35" s="15">
         <v>0.16449</v>
       </c>
       <c r="N35" s="15">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>800</v>
       </c>
       <c r="K36" s="15">
         <v>0.23069</v>
       </c>
       <c r="L36" s="15">
         <v>0.19993</v>
       </c>
       <c r="M36" s="15">
         <v>0.19224</v>
       </c>
       <c r="N36" s="15">
-        <v>1087</v>
+        <v>1073</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>3200</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1250</v>
       </c>
       <c r="K37" s="15">
         <v>0.29712</v>
       </c>
       <c r="L37" s="15">
         <v>0.2575</v>
       </c>
       <c r="M37" s="15">
         <v>0.2476</v>
       </c>
       <c r="N37" s="15">
-        <v>1088</v>
+        <v>870</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>5000</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>