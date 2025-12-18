--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1265,454 +1265,454 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
-        <v>0.40446</v>
+        <v>0.25536</v>
       </c>
       <c r="L9" s="15">
-        <v>0.2916</v>
+        <v>0.22131</v>
       </c>
       <c r="M9" s="15">
-        <v>0.25396</v>
+        <v>0.2128</v>
       </c>
       <c r="N9" s="15">
-        <v>758</v>
+        <v>620</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>600</v>
       </c>
       <c r="K10" s="15">
-        <v>0.80968</v>
+        <v>0.57831</v>
       </c>
       <c r="L10" s="15">
-        <v>0.57834</v>
+        <v>0.5012</v>
       </c>
       <c r="M10" s="15">
-        <v>0.52051</v>
+        <v>0.48193</v>
       </c>
       <c r="N10" s="15">
-        <v>298</v>
+        <v>462</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080034842</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
-        <v>1.08</v>
+        <v>0.67983</v>
       </c>
       <c r="L11" s="15">
-        <v>0.77703</v>
+        <v>0.58919</v>
       </c>
       <c r="M11" s="15">
-        <v>0.67676</v>
+        <v>0.56653</v>
       </c>
       <c r="N11" s="15">
-        <v>811</v>
+        <v>765</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1025</v>
       </c>
       <c r="K12" s="15">
-        <v>0.9978399999999999</v>
+        <v>0.65063</v>
       </c>
       <c r="L12" s="15">
-        <v>0.69617</v>
+        <v>0.56388</v>
       </c>
       <c r="M12" s="15">
-        <v>0.6265500000000001</v>
+        <v>0.5421899999999999</v>
       </c>
       <c r="N12" s="15">
-        <v>1280</v>
+        <v>1344</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>4100</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10000030173</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>850</v>
       </c>
       <c r="K13" s="15">
-        <v>1.3</v>
+        <v>0.81782</v>
       </c>
       <c r="L13" s="15">
-        <v>0.93476</v>
+        <v>0.70877</v>
       </c>
       <c r="M13" s="15">
-        <v>0.81415</v>
+        <v>0.6815099999999999</v>
       </c>
       <c r="N13" s="15">
-        <v>1313</v>
+        <v>1425</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>850</v>
       </c>
       <c r="K14" s="15">
-        <v>1.26</v>
+        <v>0.8076</v>
       </c>
       <c r="L14" s="15">
-        <v>0.90584</v>
+        <v>0.69992</v>
       </c>
       <c r="M14" s="15">
-        <v>0.78895</v>
+        <v>0.673</v>
       </c>
       <c r="N14" s="15">
-        <v>1271</v>
+        <v>1297</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="15">
         <v>700</v>
       </c>
       <c r="K15" s="15">
-        <v>1.51</v>
+        <v>0.9546</v>
       </c>
       <c r="L15" s="15">
-        <v>1.09</v>
+        <v>0.8273200000000001</v>
       </c>
       <c r="M15" s="15">
-        <v>0.94824</v>
+        <v>0.7955</v>
       </c>
       <c r="N15" s="15">
-        <v>682</v>
+        <v>730</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J16" s="15">
         <v>650</v>
       </c>
       <c r="K16" s="15">
-        <v>1.65</v>
+        <v>1.18</v>
       </c>
       <c r="L16" s="15">
-        <v>1.18</v>
+        <v>1.02</v>
       </c>
       <c r="M16" s="15">
-        <v>1.06</v>
+        <v>0.98305</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>550</v>
       </c>
       <c r="K17" s="15">
-        <v>1.94</v>
+        <v>1.22</v>
       </c>
       <c r="L17" s="15">
-        <v>1.4</v>
+        <v>1.06</v>
       </c>
       <c r="M17" s="15">
-        <v>1.22</v>
+        <v>1.02</v>
       </c>
       <c r="N17" s="15">
-        <v>1595</v>
+        <v>1876</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>450</v>
       </c>
       <c r="K18" s="15">
-        <v>2.59</v>
+        <v>1.63</v>
       </c>
       <c r="L18" s="15">
-        <v>1.87</v>
+        <v>1.42</v>
       </c>
       <c r="M18" s="15">
-        <v>1.63</v>
+        <v>1.36</v>
       </c>
       <c r="N18" s="15">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>450</v>
       </c>
       <c r="K19" s="15">
-        <v>2.51</v>
+        <v>1.61</v>
       </c>
       <c r="L19" s="15">
-        <v>1.81</v>
+        <v>1.4</v>
       </c>
       <c r="M19" s="15">
-        <v>1.58</v>
+        <v>1.35</v>
       </c>
       <c r="N19" s="15">
-        <v>360</v>
+        <v>435</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080053386</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
@@ -1737,1030 +1737,1030 @@
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
-        <v>0.60849</v>
+        <v>0.39149</v>
       </c>
       <c r="L21" s="15">
-        <v>0.43869</v>
+        <v>0.33929</v>
       </c>
       <c r="M21" s="15">
-        <v>0.38208</v>
+        <v>0.32624</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>300</v>
       </c>
       <c r="K22" s="15">
-        <v>2.25</v>
+        <v>1.39</v>
       </c>
       <c r="L22" s="15">
-        <v>1.57</v>
+        <v>1.2</v>
       </c>
       <c r="M22" s="15">
-        <v>1.41</v>
+        <v>1.16</v>
       </c>
       <c r="N22" s="15">
-        <v>750</v>
+        <v>575</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15">
         <v>10080055994</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>240</v>
       </c>
       <c r="K23" s="15">
         <v>3.56</v>
       </c>
       <c r="L23" s="15">
         <v>2.55</v>
       </c>
       <c r="M23" s="15">
         <v>2.22</v>
       </c>
       <c r="N23" s="15">
-        <v>711</v>
+        <v>596</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>600</v>
       </c>
       <c r="K24" s="15">
-        <v>0.81253</v>
+        <v>0.52272</v>
       </c>
       <c r="L24" s="15">
-        <v>0.58577</v>
+        <v>0.45302</v>
       </c>
       <c r="M24" s="15">
-        <v>0.51019</v>
+        <v>0.4356</v>
       </c>
       <c r="N24" s="15">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>2400</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>975</v>
       </c>
       <c r="K25" s="15">
-        <v>1.04</v>
+        <v>0.64176</v>
       </c>
       <c r="L25" s="15">
-        <v>0.72488</v>
+        <v>0.55619</v>
       </c>
       <c r="M25" s="15">
-        <v>0.65239</v>
+        <v>0.5348000000000001</v>
       </c>
       <c r="N25" s="15">
-        <v>2883</v>
+        <v>1483</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
-        <v>1.22</v>
+        <v>0.77805</v>
       </c>
       <c r="L26" s="15">
-        <v>0.87744</v>
+        <v>0.67431</v>
       </c>
       <c r="M26" s="15">
-        <v>0.76423</v>
+        <v>0.64838</v>
       </c>
       <c r="N26" s="15">
-        <v>133</v>
+        <v>153</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>2000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>975</v>
       </c>
       <c r="K27" s="15">
         <v>1</v>
       </c>
       <c r="L27" s="15">
         <v>0.9029700000000001</v>
       </c>
       <c r="M27" s="15">
         <v>0.83609</v>
       </c>
       <c r="N27" s="15">
-        <v>249</v>
+        <v>210</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>490</v>
       </c>
       <c r="K28" s="15">
-        <v>1.62</v>
+        <v>1.04</v>
       </c>
       <c r="L28" s="15">
-        <v>1.17</v>
+        <v>0.90177</v>
       </c>
       <c r="M28" s="15">
-        <v>1.02</v>
+        <v>0.86709</v>
       </c>
       <c r="N28" s="15">
         <v>5</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15">
         <v>1960</v>
       </c>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
-        <v>1.83</v>
+        <v>1.17</v>
       </c>
       <c r="L29" s="15">
-        <v>1.32</v>
+        <v>1.02</v>
       </c>
       <c r="M29" s="15">
-        <v>1.15</v>
+        <v>0.9782999999999999</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J30" s="15"/>
       <c r="K30" s="15">
-        <v>2.18</v>
+        <v>1.51</v>
       </c>
       <c r="L30" s="15">
-        <v>1.56</v>
+        <v>1.31</v>
       </c>
       <c r="M30" s="15">
-        <v>1.4</v>
+        <v>1.26</v>
       </c>
       <c r="N30" s="15">
         <v>100</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>140</v>
       </c>
       <c r="K31" s="15">
-        <v>2.13</v>
+        <v>1.43</v>
       </c>
       <c r="L31" s="15">
-        <v>1.52</v>
+        <v>1.24</v>
       </c>
       <c r="M31" s="15">
-        <v>1.37</v>
+        <v>1.19</v>
       </c>
       <c r="N31" s="15">
-        <v>367</v>
+        <v>441</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15">
         <v>10080065193</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>325</v>
       </c>
       <c r="K32" s="15">
-        <v>2.91</v>
+        <v>2.03</v>
       </c>
       <c r="L32" s="15">
-        <v>2.08</v>
+        <v>1.76</v>
       </c>
       <c r="M32" s="15">
-        <v>1.87</v>
+        <v>1.7</v>
       </c>
       <c r="N32" s="15">
         <v>90</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>230</v>
       </c>
       <c r="K33" s="15">
-        <v>3.85</v>
+        <v>2.48</v>
       </c>
       <c r="L33" s="15">
-        <v>2.78</v>
+        <v>2.15</v>
       </c>
       <c r="M33" s="15">
-        <v>2.42</v>
+        <v>2.06</v>
       </c>
       <c r="N33" s="15">
         <v>5</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>920</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
-        <v>1.01</v>
+        <v>0.65196</v>
       </c>
       <c r="L34" s="15">
-        <v>0.7301299999999999</v>
+        <v>0.56503</v>
       </c>
       <c r="M34" s="15">
-        <v>0.63592</v>
+        <v>0.5433</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>2.71</v>
       </c>
       <c r="L35" s="15">
         <v>1.81</v>
       </c>
       <c r="M35" s="15">
         <v>1.64</v>
       </c>
       <c r="N35" s="15">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>800</v>
       </c>
       <c r="K36" s="15">
-        <v>0.43606</v>
+        <v>0.28068</v>
       </c>
       <c r="L36" s="15">
-        <v>0.31438</v>
+        <v>0.24326</v>
       </c>
       <c r="M36" s="15">
-        <v>0.27381</v>
+        <v>0.2339</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>600</v>
       </c>
       <c r="K37" s="15">
-        <v>0.65202</v>
+        <v>0.41661</v>
       </c>
       <c r="L37" s="15">
-        <v>0.47006</v>
+        <v>0.36106</v>
       </c>
       <c r="M37" s="15">
-        <v>0.4094</v>
+        <v>0.34718</v>
       </c>
       <c r="N37" s="15">
-        <v>474</v>
+        <v>538</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>2400</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15">
         <v>10080044341</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>600</v>
       </c>
       <c r="K38" s="15">
-        <v>0.9245</v>
+        <v>0.58313</v>
       </c>
       <c r="L38" s="15">
-        <v>0.66649</v>
+        <v>0.5053800000000001</v>
       </c>
       <c r="M38" s="15">
-        <v>0.58051</v>
+        <v>0.48594</v>
       </c>
       <c r="N38" s="15">
         <v>10</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>600</v>
       </c>
       <c r="K39" s="15">
-        <v>0.86795</v>
+        <v>0.55857</v>
       </c>
       <c r="L39" s="15">
-        <v>0.62573</v>
+        <v>0.48409</v>
       </c>
       <c r="M39" s="15">
-        <v>0.545</v>
+        <v>0.46548</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>600</v>
       </c>
       <c r="K40" s="15">
-        <v>1.09</v>
+        <v>0.69987</v>
       </c>
       <c r="L40" s="15">
-        <v>0.7841399999999999</v>
+        <v>0.60655</v>
       </c>
       <c r="M40" s="15">
-        <v>0.6829499999999999</v>
+        <v>0.58323</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>2400</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
-        <v>2.44</v>
+        <v>1.74</v>
       </c>
       <c r="L41" s="15">
-        <v>1.74</v>
+        <v>1.51</v>
       </c>
       <c r="M41" s="15">
-        <v>1.57</v>
+        <v>1.45</v>
       </c>
       <c r="N41" s="15">
-        <v>300</v>
+        <v>360</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>380</v>
       </c>
       <c r="K42" s="15">
-        <v>1.91</v>
+        <v>1.22</v>
       </c>
       <c r="L42" s="15">
-        <v>1.38</v>
+        <v>1.06</v>
       </c>
       <c r="M42" s="15">
-        <v>1.2</v>
+        <v>1.02</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15">
         <v>1520</v>
       </c>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>360</v>
       </c>
       <c r="K43" s="15">
-        <v>2.15</v>
+        <v>1.38</v>
       </c>
       <c r="L43" s="15">
-        <v>1.55</v>
+        <v>1.2</v>
       </c>
       <c r="M43" s="15">
-        <v>1.35</v>
+        <v>1.15</v>
       </c>
       <c r="N43" s="15">
-        <v>222</v>
+        <v>164</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>1440</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>315</v>
       </c>
       <c r="K44" s="15">
-        <v>2.49</v>
+        <v>1.69</v>
       </c>
       <c r="L44" s="15">
-        <v>1.78</v>
+        <v>1.47</v>
       </c>
       <c r="M44" s="15">
-        <v>1.6</v>
+        <v>1.41</v>
       </c>
       <c r="N44" s="15">
-        <v>1440</v>
+        <v>951</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>260</v>
       </c>
       <c r="K45" s="15">
-        <v>3.11</v>
+        <v>2</v>
       </c>
       <c r="L45" s="15">
-        <v>2.24</v>
+        <v>1.73</v>
       </c>
       <c r="M45" s="15">
-        <v>1.95</v>
+        <v>1.67</v>
       </c>
       <c r="N45" s="15">
         <v>5</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>1040</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>190</v>
       </c>
       <c r="K46" s="15">
-        <v>4.59</v>
+        <v>2.95</v>
       </c>
       <c r="L46" s="15">
-        <v>3.31</v>
+        <v>2.56</v>
       </c>
       <c r="M46" s="15">
-        <v>2.88</v>
+        <v>2.46</v>
       </c>
       <c r="N46" s="15">
         <v>5</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15">
         <v>760</v>
       </c>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14"/>
       <c r="C47" s="15"/>
       <c r="D47" s="15"/>
       <c r="E47" s="15"/>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>