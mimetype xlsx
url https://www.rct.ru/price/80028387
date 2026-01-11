--- v1 (2025-12-18)
+++ v2 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1274,289 +1274,289 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.25536</v>
       </c>
       <c r="L9" s="15">
         <v>0.22131</v>
       </c>
       <c r="M9" s="15">
         <v>0.2128</v>
       </c>
       <c r="N9" s="15">
-        <v>620</v>
+        <v>555</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>600</v>
       </c>
       <c r="K10" s="15">
         <v>0.57831</v>
       </c>
       <c r="L10" s="15">
         <v>0.5012</v>
       </c>
       <c r="M10" s="15">
         <v>0.48193</v>
       </c>
       <c r="N10" s="15">
-        <v>462</v>
+        <v>432</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080034842</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.67983</v>
       </c>
       <c r="L11" s="15">
         <v>0.58919</v>
       </c>
       <c r="M11" s="15">
         <v>0.56653</v>
       </c>
       <c r="N11" s="15">
-        <v>765</v>
+        <v>592</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1025</v>
       </c>
       <c r="K12" s="15">
         <v>0.65063</v>
       </c>
       <c r="L12" s="15">
         <v>0.56388</v>
       </c>
       <c r="M12" s="15">
         <v>0.5421899999999999</v>
       </c>
       <c r="N12" s="15">
-        <v>1344</v>
+        <v>992</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>4100</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10000030173</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>850</v>
       </c>
       <c r="K13" s="15">
         <v>0.81782</v>
       </c>
       <c r="L13" s="15">
         <v>0.70877</v>
       </c>
       <c r="M13" s="15">
         <v>0.6815099999999999</v>
       </c>
       <c r="N13" s="15">
-        <v>1425</v>
+        <v>1388</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>850</v>
       </c>
       <c r="K14" s="15">
         <v>0.8076</v>
       </c>
       <c r="L14" s="15">
         <v>0.69992</v>
       </c>
       <c r="M14" s="15">
         <v>0.673</v>
       </c>
       <c r="N14" s="15">
-        <v>1297</v>
+        <v>1776</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="15">
         <v>700</v>
       </c>
       <c r="K15" s="15">
         <v>0.9546</v>
       </c>
       <c r="L15" s="15">
         <v>0.8273200000000001</v>
       </c>
       <c r="M15" s="15">
         <v>0.7955</v>
       </c>
       <c r="N15" s="15">
-        <v>730</v>
+        <v>694</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
@@ -1590,90 +1590,90 @@
       <c r="D17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>550</v>
       </c>
       <c r="K17" s="15">
         <v>1.22</v>
       </c>
       <c r="L17" s="15">
         <v>1.06</v>
       </c>
       <c r="M17" s="15">
         <v>1.02</v>
       </c>
       <c r="N17" s="15">
-        <v>1876</v>
+        <v>1482</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>450</v>
       </c>
       <c r="K18" s="15">
         <v>1.63</v>
       </c>
       <c r="L18" s="15">
         <v>1.42</v>
       </c>
       <c r="M18" s="15">
         <v>1.36</v>
       </c>
       <c r="N18" s="15">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
@@ -1707,51 +1707,51 @@
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080053386</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>330</v>
       </c>
       <c r="K20" s="15">
         <v>3.28</v>
       </c>
       <c r="L20" s="15">
         <v>2.35</v>
       </c>
       <c r="M20" s="15">
         <v>2.04</v>
       </c>
       <c r="N20" s="15">
-        <v>911</v>
+        <v>885</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
@@ -1783,250 +1783,250 @@
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>300</v>
       </c>
       <c r="K22" s="15">
         <v>1.39</v>
       </c>
       <c r="L22" s="15">
         <v>1.2</v>
       </c>
       <c r="M22" s="15">
         <v>1.16</v>
       </c>
       <c r="N22" s="15">
-        <v>575</v>
+        <v>700</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15">
         <v>10080055994</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>240</v>
       </c>
       <c r="K23" s="15">
         <v>3.56</v>
       </c>
       <c r="L23" s="15">
         <v>2.55</v>
       </c>
       <c r="M23" s="15">
         <v>2.22</v>
       </c>
       <c r="N23" s="15">
-        <v>596</v>
+        <v>615</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>600</v>
       </c>
       <c r="K24" s="15">
         <v>0.52272</v>
       </c>
       <c r="L24" s="15">
         <v>0.45302</v>
       </c>
       <c r="M24" s="15">
         <v>0.4356</v>
       </c>
       <c r="N24" s="15">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>2400</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>975</v>
       </c>
       <c r="K25" s="15">
         <v>0.64176</v>
       </c>
       <c r="L25" s="15">
         <v>0.55619</v>
       </c>
       <c r="M25" s="15">
         <v>0.5348000000000001</v>
       </c>
       <c r="N25" s="15">
-        <v>1483</v>
+        <v>1568</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.77805</v>
       </c>
       <c r="L26" s="15">
         <v>0.67431</v>
       </c>
       <c r="M26" s="15">
         <v>0.64838</v>
       </c>
       <c r="N26" s="15">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>2000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>975</v>
       </c>
       <c r="K27" s="15">
         <v>1</v>
       </c>
       <c r="L27" s="15">
         <v>0.9029700000000001</v>
       </c>
       <c r="M27" s="15">
         <v>0.83609</v>
       </c>
       <c r="N27" s="15">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2138,51 +2138,51 @@
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>140</v>
       </c>
       <c r="K31" s="15">
         <v>1.43</v>
       </c>
       <c r="L31" s="15">
         <v>1.24</v>
       </c>
       <c r="M31" s="15">
         <v>1.19</v>
       </c>
       <c r="N31" s="15">
-        <v>441</v>
+        <v>297</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15">
         <v>10080065193</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
@@ -2290,51 +2290,51 @@
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>2.71</v>
       </c>
       <c r="L35" s="15">
         <v>1.81</v>
       </c>
       <c r="M35" s="15">
         <v>1.64</v>
       </c>
       <c r="N35" s="15">
-        <v>182</v>
+        <v>211</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2366,51 +2366,51 @@
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>600</v>
       </c>
       <c r="K37" s="15">
         <v>0.41661</v>
       </c>
       <c r="L37" s="15">
         <v>0.36106</v>
       </c>
       <c r="M37" s="15">
         <v>0.34718</v>
       </c>
       <c r="N37" s="15">
-        <v>538</v>
+        <v>454</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>2400</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15">
         <v>10080044341</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
@@ -2520,51 +2520,51 @@
         <v>121</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>1.74</v>
       </c>
       <c r="L41" s="15">
         <v>1.51</v>
       </c>
       <c r="M41" s="15">
         <v>1.45</v>
       </c>
       <c r="N41" s="15">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
@@ -2598,92 +2598,92 @@
       <c r="D43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>360</v>
       </c>
       <c r="K43" s="15">
         <v>1.38</v>
       </c>
       <c r="L43" s="15">
         <v>1.2</v>
       </c>
       <c r="M43" s="15">
         <v>1.15</v>
       </c>
       <c r="N43" s="15">
-        <v>164</v>
+        <v>225</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>1440</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>315</v>
       </c>
       <c r="K44" s="15">
         <v>1.69</v>
       </c>
       <c r="L44" s="15">
         <v>1.47</v>
       </c>
       <c r="M44" s="15">
         <v>1.41</v>
       </c>
       <c r="N44" s="15">
-        <v>951</v>
+        <v>1480</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>