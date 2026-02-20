--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1274,289 +1274,289 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.25536</v>
       </c>
       <c r="L9" s="15">
         <v>0.22131</v>
       </c>
       <c r="M9" s="15">
         <v>0.2128</v>
       </c>
       <c r="N9" s="15">
-        <v>555</v>
+        <v>786</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>600</v>
       </c>
       <c r="K10" s="15">
         <v>0.57831</v>
       </c>
       <c r="L10" s="15">
         <v>0.5012</v>
       </c>
       <c r="M10" s="15">
         <v>0.48193</v>
       </c>
       <c r="N10" s="15">
-        <v>432</v>
+        <v>498</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080034842</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.67983</v>
       </c>
       <c r="L11" s="15">
         <v>0.58919</v>
       </c>
       <c r="M11" s="15">
         <v>0.56653</v>
       </c>
       <c r="N11" s="15">
-        <v>592</v>
+        <v>707</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1025</v>
       </c>
       <c r="K12" s="15">
         <v>0.65063</v>
       </c>
       <c r="L12" s="15">
         <v>0.56388</v>
       </c>
       <c r="M12" s="15">
         <v>0.5421899999999999</v>
       </c>
       <c r="N12" s="15">
-        <v>992</v>
+        <v>1040</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>4100</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10000030173</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>850</v>
       </c>
       <c r="K13" s="15">
         <v>0.81782</v>
       </c>
       <c r="L13" s="15">
         <v>0.70877</v>
       </c>
       <c r="M13" s="15">
         <v>0.6815099999999999</v>
       </c>
       <c r="N13" s="15">
-        <v>1388</v>
+        <v>1332</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>850</v>
       </c>
       <c r="K14" s="15">
         <v>0.8076</v>
       </c>
       <c r="L14" s="15">
         <v>0.69992</v>
       </c>
       <c r="M14" s="15">
         <v>0.673</v>
       </c>
       <c r="N14" s="15">
-        <v>1776</v>
+        <v>1656</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="15">
         <v>700</v>
       </c>
       <c r="K15" s="15">
         <v>0.9546</v>
       </c>
       <c r="L15" s="15">
         <v>0.8273200000000001</v>
       </c>
       <c r="M15" s="15">
         <v>0.7955</v>
       </c>
       <c r="N15" s="15">
-        <v>694</v>
+        <v>785</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
@@ -1590,168 +1590,168 @@
       <c r="D17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>550</v>
       </c>
       <c r="K17" s="15">
         <v>1.22</v>
       </c>
       <c r="L17" s="15">
         <v>1.06</v>
       </c>
       <c r="M17" s="15">
         <v>1.02</v>
       </c>
       <c r="N17" s="15">
-        <v>1482</v>
+        <v>1737</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>450</v>
       </c>
       <c r="K18" s="15">
         <v>1.63</v>
       </c>
       <c r="L18" s="15">
         <v>1.42</v>
       </c>
       <c r="M18" s="15">
         <v>1.36</v>
       </c>
       <c r="N18" s="15">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>450</v>
       </c>
       <c r="K19" s="15">
         <v>1.61</v>
       </c>
       <c r="L19" s="15">
         <v>1.4</v>
       </c>
       <c r="M19" s="15">
         <v>1.35</v>
       </c>
       <c r="N19" s="15">
-        <v>435</v>
+        <v>331</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080053386</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>330</v>
       </c>
       <c r="K20" s="15">
         <v>3.28</v>
       </c>
       <c r="L20" s="15">
         <v>2.35</v>
       </c>
       <c r="M20" s="15">
         <v>2.04</v>
       </c>
       <c r="N20" s="15">
-        <v>885</v>
+        <v>858</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
@@ -1783,250 +1783,248 @@
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>300</v>
       </c>
       <c r="K22" s="15">
         <v>1.39</v>
       </c>
       <c r="L22" s="15">
         <v>1.2</v>
       </c>
       <c r="M22" s="15">
         <v>1.16</v>
       </c>
       <c r="N22" s="15">
-        <v>700</v>
+        <v>493</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15">
         <v>10080055994</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>240</v>
       </c>
       <c r="K23" s="15">
         <v>3.56</v>
       </c>
       <c r="L23" s="15">
         <v>2.55</v>
       </c>
       <c r="M23" s="15">
         <v>2.22</v>
       </c>
       <c r="N23" s="15">
-        <v>615</v>
+        <v>720</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>600</v>
       </c>
       <c r="K24" s="15">
         <v>0.52272</v>
       </c>
       <c r="L24" s="15">
         <v>0.45302</v>
       </c>
       <c r="M24" s="15">
         <v>0.4356</v>
       </c>
-      <c r="N24" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>2400</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>975</v>
       </c>
       <c r="K25" s="15">
         <v>0.64176</v>
       </c>
       <c r="L25" s="15">
         <v>0.55619</v>
       </c>
       <c r="M25" s="15">
         <v>0.5348000000000001</v>
       </c>
       <c r="N25" s="15">
-        <v>1568</v>
+        <v>1255</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.77805</v>
       </c>
       <c r="L26" s="15">
         <v>0.67431</v>
       </c>
       <c r="M26" s="15">
         <v>0.64838</v>
       </c>
       <c r="N26" s="15">
-        <v>168</v>
+        <v>149</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>2000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>975</v>
       </c>
       <c r="K27" s="15">
         <v>1</v>
       </c>
       <c r="L27" s="15">
         <v>0.9029700000000001</v>
       </c>
       <c r="M27" s="15">
         <v>0.83609</v>
       </c>
       <c r="N27" s="15">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2138,90 +2136,90 @@
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>140</v>
       </c>
       <c r="K31" s="15">
         <v>1.43</v>
       </c>
       <c r="L31" s="15">
         <v>1.24</v>
       </c>
       <c r="M31" s="15">
         <v>1.19</v>
       </c>
       <c r="N31" s="15">
-        <v>297</v>
+        <v>377</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15">
         <v>10080065193</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>325</v>
       </c>
       <c r="K32" s="15">
         <v>2.03</v>
       </c>
       <c r="L32" s="15">
         <v>1.76</v>
       </c>
       <c r="M32" s="15">
         <v>1.7</v>
       </c>
       <c r="N32" s="15">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2290,51 +2288,51 @@
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>2.71</v>
       </c>
       <c r="L35" s="15">
         <v>1.81</v>
       </c>
       <c r="M35" s="15">
         <v>1.64</v>
       </c>
       <c r="N35" s="15">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2366,51 +2364,51 @@
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>600</v>
       </c>
       <c r="K37" s="15">
         <v>0.41661</v>
       </c>
       <c r="L37" s="15">
         <v>0.36106</v>
       </c>
       <c r="M37" s="15">
         <v>0.34718</v>
       </c>
       <c r="N37" s="15">
-        <v>454</v>
+        <v>435</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>2400</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15">
         <v>10080044341</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
@@ -2520,51 +2518,51 @@
         <v>121</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>1.74</v>
       </c>
       <c r="L41" s="15">
         <v>1.51</v>
       </c>
       <c r="M41" s="15">
         <v>1.45</v>
       </c>
       <c r="N41" s="15">
-        <v>365</v>
+        <v>435</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
@@ -2598,92 +2596,92 @@
       <c r="D43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>360</v>
       </c>
       <c r="K43" s="15">
         <v>1.38</v>
       </c>
       <c r="L43" s="15">
         <v>1.2</v>
       </c>
       <c r="M43" s="15">
         <v>1.15</v>
       </c>
       <c r="N43" s="15">
-        <v>225</v>
+        <v>171</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>1440</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>315</v>
       </c>
       <c r="K44" s="15">
         <v>1.69</v>
       </c>
       <c r="L44" s="15">
         <v>1.47</v>
       </c>
       <c r="M44" s="15">
         <v>1.41</v>
       </c>
       <c r="N44" s="15">
-        <v>1480</v>
+        <v>697</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>