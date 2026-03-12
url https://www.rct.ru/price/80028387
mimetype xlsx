--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1274,289 +1274,289 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.25536</v>
       </c>
       <c r="L9" s="15">
         <v>0.22131</v>
       </c>
       <c r="M9" s="15">
         <v>0.2128</v>
       </c>
       <c r="N9" s="15">
-        <v>786</v>
+        <v>693</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>600</v>
       </c>
       <c r="K10" s="15">
         <v>0.57831</v>
       </c>
       <c r="L10" s="15">
         <v>0.5012</v>
       </c>
       <c r="M10" s="15">
         <v>0.48193</v>
       </c>
       <c r="N10" s="15">
-        <v>498</v>
+        <v>366</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080034842</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.67983</v>
       </c>
       <c r="L11" s="15">
         <v>0.58919</v>
       </c>
       <c r="M11" s="15">
         <v>0.56653</v>
       </c>
       <c r="N11" s="15">
-        <v>707</v>
+        <v>739</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1025</v>
       </c>
       <c r="K12" s="15">
         <v>0.65063</v>
       </c>
       <c r="L12" s="15">
         <v>0.56388</v>
       </c>
       <c r="M12" s="15">
         <v>0.5421899999999999</v>
       </c>
       <c r="N12" s="15">
-        <v>1040</v>
+        <v>992</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>4100</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10000030173</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>850</v>
       </c>
       <c r="K13" s="15">
         <v>0.81782</v>
       </c>
       <c r="L13" s="15">
         <v>0.70877</v>
       </c>
       <c r="M13" s="15">
         <v>0.6815099999999999</v>
       </c>
       <c r="N13" s="15">
-        <v>1332</v>
+        <v>1575</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>850</v>
       </c>
       <c r="K14" s="15">
         <v>0.8076</v>
       </c>
       <c r="L14" s="15">
         <v>0.69992</v>
       </c>
       <c r="M14" s="15">
         <v>0.673</v>
       </c>
       <c r="N14" s="15">
-        <v>1656</v>
+        <v>1736</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="15">
         <v>700</v>
       </c>
       <c r="K15" s="15">
         <v>0.9546</v>
       </c>
       <c r="L15" s="15">
         <v>0.8273200000000001</v>
       </c>
       <c r="M15" s="15">
         <v>0.7955</v>
       </c>
       <c r="N15" s="15">
-        <v>785</v>
+        <v>739</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
@@ -1590,168 +1590,168 @@
       <c r="D17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>550</v>
       </c>
       <c r="K17" s="15">
         <v>1.22</v>
       </c>
       <c r="L17" s="15">
         <v>1.06</v>
       </c>
       <c r="M17" s="15">
         <v>1.02</v>
       </c>
       <c r="N17" s="15">
-        <v>1737</v>
+        <v>2038</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>450</v>
       </c>
       <c r="K18" s="15">
         <v>1.63</v>
       </c>
       <c r="L18" s="15">
         <v>1.42</v>
       </c>
       <c r="M18" s="15">
         <v>1.36</v>
       </c>
       <c r="N18" s="15">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>450</v>
       </c>
       <c r="K19" s="15">
         <v>1.61</v>
       </c>
       <c r="L19" s="15">
         <v>1.4</v>
       </c>
       <c r="M19" s="15">
         <v>1.35</v>
       </c>
       <c r="N19" s="15">
-        <v>331</v>
+        <v>430</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080053386</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>330</v>
       </c>
       <c r="K20" s="15">
         <v>3.28</v>
       </c>
       <c r="L20" s="15">
         <v>2.35</v>
       </c>
       <c r="M20" s="15">
         <v>2.04</v>
       </c>
       <c r="N20" s="15">
-        <v>858</v>
+        <v>1043</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
@@ -1783,90 +1783,90 @@
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>300</v>
       </c>
       <c r="K22" s="15">
         <v>1.39</v>
       </c>
       <c r="L22" s="15">
         <v>1.2</v>
       </c>
       <c r="M22" s="15">
         <v>1.16</v>
       </c>
       <c r="N22" s="15">
-        <v>493</v>
+        <v>679</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15">
         <v>10080055994</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>240</v>
       </c>
       <c r="K23" s="15">
         <v>3.56</v>
       </c>
       <c r="L23" s="15">
         <v>2.55</v>
       </c>
       <c r="M23" s="15">
         <v>2.22</v>
       </c>
       <c r="N23" s="15">
-        <v>720</v>
+        <v>816</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
@@ -1900,131 +1900,131 @@
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>975</v>
       </c>
       <c r="K25" s="15">
         <v>0.64176</v>
       </c>
       <c r="L25" s="15">
         <v>0.55619</v>
       </c>
       <c r="M25" s="15">
         <v>0.5348000000000001</v>
       </c>
       <c r="N25" s="15">
-        <v>1255</v>
+        <v>1031</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.77805</v>
       </c>
       <c r="L26" s="15">
         <v>0.67431</v>
       </c>
       <c r="M26" s="15">
         <v>0.64838</v>
       </c>
       <c r="N26" s="15">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>2000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>975</v>
       </c>
       <c r="K27" s="15">
         <v>1</v>
       </c>
       <c r="L27" s="15">
         <v>0.9029700000000001</v>
       </c>
       <c r="M27" s="15">
         <v>0.83609</v>
       </c>
       <c r="N27" s="15">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2136,51 +2136,51 @@
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>140</v>
       </c>
       <c r="K31" s="15">
         <v>1.43</v>
       </c>
       <c r="L31" s="15">
         <v>1.24</v>
       </c>
       <c r="M31" s="15">
         <v>1.19</v>
       </c>
       <c r="N31" s="15">
-        <v>377</v>
+        <v>416</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15">
         <v>10080065193</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
@@ -2288,51 +2288,51 @@
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>2.71</v>
       </c>
       <c r="L35" s="15">
         <v>1.81</v>
       </c>
       <c r="M35" s="15">
         <v>1.64</v>
       </c>
       <c r="N35" s="15">
-        <v>214</v>
+        <v>159</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2364,51 +2364,51 @@
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>600</v>
       </c>
       <c r="K37" s="15">
         <v>0.41661</v>
       </c>
       <c r="L37" s="15">
         <v>0.36106</v>
       </c>
       <c r="M37" s="15">
         <v>0.34718</v>
       </c>
       <c r="N37" s="15">
-        <v>435</v>
+        <v>512</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>2400</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15">
         <v>10080044341</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
@@ -2518,51 +2518,51 @@
         <v>121</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>1.74</v>
       </c>
       <c r="L41" s="15">
         <v>1.51</v>
       </c>
       <c r="M41" s="15">
         <v>1.45</v>
       </c>
       <c r="N41" s="15">
-        <v>435</v>
+        <v>420</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
@@ -2596,92 +2596,92 @@
       <c r="D43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>360</v>
       </c>
       <c r="K43" s="15">
         <v>1.38</v>
       </c>
       <c r="L43" s="15">
         <v>1.2</v>
       </c>
       <c r="M43" s="15">
         <v>1.15</v>
       </c>
       <c r="N43" s="15">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>1440</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>315</v>
       </c>
       <c r="K44" s="15">
         <v>1.69</v>
       </c>
       <c r="L44" s="15">
         <v>1.47</v>
       </c>
       <c r="M44" s="15">
         <v>1.41</v>
       </c>
       <c r="N44" s="15">
-        <v>697</v>
+        <v>774</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>