--- v0 (2025-12-05)
+++ v1 (2026-01-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1611,129 +1611,129 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080043044</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>880</v>
       </c>
       <c r="K15" s="15">
         <v>0.61605</v>
       </c>
       <c r="L15" s="15">
         <v>0.33206</v>
       </c>
       <c r="M15" s="15">
         <v>0.28838</v>
       </c>
       <c r="N15" s="15">
-        <v>813</v>
+        <v>842</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080043045</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>650</v>
       </c>
       <c r="K16" s="15">
         <v>0.92918</v>
       </c>
       <c r="L16" s="15">
         <v>0.50085</v>
       </c>
       <c r="M16" s="15">
         <v>0.43494</v>
       </c>
       <c r="N16" s="15">
-        <v>699</v>
+        <v>500</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10080048827</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>480</v>
       </c>
       <c r="K17" s="15">
         <v>1.23</v>
       </c>
       <c r="L17" s="15">
         <v>0.66279</v>
       </c>
       <c r="M17" s="15">
         <v>0.57559</v>
       </c>
       <c r="N17" s="15">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080048828</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
@@ -1797,60 +1797,60 @@
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080048829</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>280</v>
       </c>
       <c r="K20" s="15">
-        <v>1.93</v>
+        <v>0.73682</v>
       </c>
       <c r="L20" s="15">
-        <v>1.03</v>
+        <v>0.63857</v>
       </c>
       <c r="M20" s="15">
-        <v>0.96334</v>
+        <v>0.6140099999999999</v>
       </c>
       <c r="N20" s="15">
-        <v>256</v>
+        <v>356</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080043048</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -2070,60 +2070,60 @@
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>575</v>
       </c>
       <c r="K27" s="15">
-        <v>0.64888</v>
+        <v>0.41765</v>
       </c>
       <c r="L27" s="15">
-        <v>0.46779</v>
+        <v>0.36196</v>
       </c>
       <c r="M27" s="15">
-        <v>0.40743</v>
+        <v>0.34804</v>
       </c>
       <c r="N27" s="15">
-        <v>120</v>
+        <v>155</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="15">
         <v>10080010104</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
@@ -2148,138 +2148,138 @@
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>250</v>
       </c>
       <c r="K29" s="15">
-        <v>1.38</v>
+        <v>0.89109</v>
       </c>
       <c r="L29" s="15">
-        <v>0.99509</v>
+        <v>0.77228</v>
       </c>
       <c r="M29" s="15">
-        <v>0.86669</v>
+        <v>0.74258</v>
       </c>
       <c r="N29" s="15">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15">
         <v>1000</v>
       </c>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15"/>
       <c r="K30" s="15">
-        <v>0.68841</v>
+        <v>0.44213</v>
       </c>
       <c r="L30" s="15">
-        <v>0.49629</v>
+        <v>0.38318</v>
       </c>
       <c r="M30" s="15">
-        <v>0.43225</v>
+        <v>0.36844</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J31" s="15">
         <v>280</v>
       </c>
       <c r="K31" s="15">
         <v>1.38</v>
       </c>
       <c r="L31" s="15">
         <v>0.91957</v>
       </c>
       <c r="M31" s="15">
         <v>0.83477</v>
       </c>
       <c r="N31" s="15">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="15">
         <v>10080010097</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
@@ -2302,173 +2302,173 @@
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
-        <v>1.15</v>
+        <v>0.73727</v>
       </c>
       <c r="L33" s="15">
-        <v>0.82781</v>
+        <v>0.63896</v>
       </c>
       <c r="M33" s="15">
-        <v>0.721</v>
+        <v>0.61439</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E34" s="15">
         <v>10080034187</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>165</v>
       </c>
       <c r="K34" s="15">
         <v>2.57</v>
       </c>
       <c r="L34" s="15">
         <v>1.38</v>
       </c>
       <c r="M34" s="15">
         <v>1.24</v>
       </c>
       <c r="N34" s="15">
-        <v>921</v>
+        <v>945</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>165</v>
       </c>
       <c r="K35" s="15">
-        <v>1.62</v>
+        <v>1.04</v>
       </c>
       <c r="L35" s="15">
-        <v>1.17</v>
+        <v>0.90403</v>
       </c>
       <c r="M35" s="15">
-        <v>1.02</v>
+        <v>0.86926</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15">
         <v>660</v>
       </c>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
-        <v>1.11</v>
+        <v>0.72135</v>
       </c>
       <c r="L36" s="15">
-        <v>0.7956800000000001</v>
+        <v>0.62517</v>
       </c>
       <c r="M36" s="15">
-        <v>0.71613</v>
+        <v>0.6011300000000001</v>
       </c>
       <c r="N36" s="15">
-        <v>330</v>
+        <v>305</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080044385</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="15"/>
@@ -2578,330 +2578,330 @@
       <c r="D40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E40" s="15">
         <v>10080027749</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.64216</v>
       </c>
       <c r="L40" s="15">
         <v>0.34612</v>
       </c>
       <c r="M40" s="15">
         <v>0.3006</v>
       </c>
       <c r="N40" s="15">
-        <v>273</v>
+        <v>246</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
-        <v>0.47297</v>
+        <v>0.30513</v>
       </c>
       <c r="L41" s="15">
-        <v>0.34097</v>
+        <v>0.26445</v>
       </c>
       <c r="M41" s="15">
-        <v>0.29697</v>
+        <v>0.25428</v>
       </c>
       <c r="N41" s="15">
         <v>100</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E42" s="15">
         <v>10080063899</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>450</v>
       </c>
       <c r="K42" s="15">
         <v>0.96999</v>
       </c>
       <c r="L42" s="15">
         <v>0.52283</v>
       </c>
       <c r="M42" s="15">
         <v>0.45403</v>
       </c>
       <c r="N42" s="15">
-        <v>372</v>
+        <v>431</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E43" s="15">
         <v>10080010099</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>975</v>
       </c>
       <c r="K43" s="15">
         <v>1.6</v>
       </c>
       <c r="L43" s="15">
         <v>0.86366</v>
       </c>
       <c r="M43" s="15">
         <v>0.75002</v>
       </c>
       <c r="N43" s="15">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>280</v>
       </c>
       <c r="K44" s="15">
-        <v>1.24</v>
+        <v>0.78461</v>
       </c>
       <c r="L44" s="15">
-        <v>0.89554</v>
+        <v>0.67999</v>
       </c>
       <c r="M44" s="15">
-        <v>0.77999</v>
+        <v>0.65384</v>
       </c>
       <c r="N44" s="15">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>1120</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>175</v>
       </c>
       <c r="K45" s="15">
-        <v>1.5</v>
+        <v>0.9464399999999999</v>
       </c>
       <c r="L45" s="15">
-        <v>1.08</v>
+        <v>0.82025</v>
       </c>
       <c r="M45" s="15">
-        <v>0.94064</v>
+        <v>0.7887</v>
       </c>
       <c r="N45" s="15">
-        <v>120</v>
+        <v>95</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>700</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>198</v>
       </c>
       <c r="K46" s="15">
-        <v>1.79</v>
+        <v>1.13</v>
       </c>
       <c r="L46" s="15">
-        <v>1.29</v>
+        <v>0.98002</v>
       </c>
       <c r="M46" s="15">
-        <v>1.12</v>
+        <v>0.94233</v>
       </c>
       <c r="N46" s="15">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15">
         <v>780</v>
       </c>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>225</v>
       </c>
       <c r="K47" s="15">
-        <v>1.98</v>
+        <v>1.25</v>
       </c>
       <c r="L47" s="15">
-        <v>1.43</v>
+        <v>1.08</v>
       </c>
       <c r="M47" s="15">
-        <v>1.24</v>
+        <v>1.04</v>
       </c>
       <c r="N47" s="15">
-        <v>129</v>
+        <v>101</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>900</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10080044386</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
@@ -2928,179 +2928,179 @@
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>355</v>
       </c>
       <c r="K49" s="15">
-        <v>1.03</v>
+        <v>0.66632</v>
       </c>
       <c r="L49" s="15">
-        <v>0.74577</v>
+        <v>0.57747</v>
       </c>
       <c r="M49" s="15">
-        <v>0.64954</v>
+        <v>0.55526</v>
       </c>
       <c r="N49" s="15">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>1420</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>575</v>
       </c>
       <c r="K50" s="15">
-        <v>1.29</v>
+        <v>0.83313</v>
       </c>
       <c r="L50" s="15">
-        <v>0.93221</v>
+        <v>0.72205</v>
       </c>
       <c r="M50" s="15">
-        <v>0.81192</v>
+        <v>0.69428</v>
       </c>
       <c r="N50" s="15">
         <v>41</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1600</v>
       </c>
       <c r="K51" s="15">
-        <v>0.12567</v>
+        <v>0.07983</v>
       </c>
       <c r="L51" s="15">
-        <v>0.0906</v>
+        <v>0.06919</v>
       </c>
       <c r="M51" s="15">
-        <v>0.07890999999999999</v>
+        <v>0.06653000000000001</v>
       </c>
       <c r="N51" s="15">
-        <v>1136</v>
+        <v>1264</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1200</v>
       </c>
       <c r="K52" s="15">
-        <v>0.18928</v>
+        <v>0.11738</v>
       </c>
       <c r="L52" s="15">
-        <v>0.13206</v>
+        <v>0.10173</v>
       </c>
       <c r="M52" s="15">
-        <v>0.11886</v>
+        <v>0.09780999999999999</v>
       </c>
       <c r="N52" s="15">
-        <v>696</v>
+        <v>735</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E53" s="15">
         <v>10080027584</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="15"/>
@@ -3125,57 +3125,57 @@
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>900</v>
       </c>
       <c r="K54" s="15">
-        <v>0.2513</v>
+        <v>0.15971</v>
       </c>
       <c r="L54" s="15">
-        <v>0.18117</v>
+        <v>0.13841</v>
       </c>
       <c r="M54" s="15">
-        <v>0.15779</v>
+        <v>0.13309</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E55" s="15">
         <v>10080047670</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>29</v>
       </c>
@@ -3201,57 +3201,57 @@
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.35838</v>
+        <v>0.23052</v>
       </c>
       <c r="L56" s="15">
-        <v>0.25835</v>
+        <v>0.19978</v>
       </c>
       <c r="M56" s="15">
-        <v>0.22502</v>
+        <v>0.1921</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15">
         <v>4000</v>
       </c>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E57" s="15">
         <v>10080047671</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
@@ -3281,101 +3281,101 @@
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
-        <v>0.73471</v>
+        <v>0.54423</v>
       </c>
       <c r="L58" s="15">
-        <v>0.52479</v>
+        <v>0.47167</v>
       </c>
       <c r="M58" s="15">
-        <v>0.47231</v>
+        <v>0.45353</v>
       </c>
       <c r="N58" s="15">
-        <v>824</v>
+        <v>891</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.21443</v>
+        <v>0.12903</v>
       </c>
       <c r="L59" s="15">
-        <v>0.15459</v>
+        <v>0.11183</v>
       </c>
       <c r="M59" s="15">
-        <v>0.13465</v>
+        <v>0.10753</v>
       </c>
       <c r="N59" s="15">
-        <v>300</v>
+        <v>425</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>4000</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E60" s="15">
         <v>10080010176</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
@@ -3402,60 +3402,60 @@
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>740</v>
       </c>
       <c r="K61" s="15">
-        <v>0.35948</v>
+        <v>0.23349</v>
       </c>
       <c r="L61" s="15">
-        <v>0.25915</v>
+        <v>0.20236</v>
       </c>
       <c r="M61" s="15">
-        <v>0.22572</v>
+        <v>0.19458</v>
       </c>
       <c r="N61" s="15">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15">
         <v>2960</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080010174</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
@@ -3560,139 +3560,141 @@
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.20525</v>
+        <v>0.1334</v>
       </c>
       <c r="L65" s="15">
-        <v>0.14797</v>
+        <v>0.11561</v>
       </c>
       <c r="M65" s="15">
-        <v>0.12888</v>
+        <v>0.11116</v>
       </c>
       <c r="N65" s="15">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15">
         <v>4000</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E66" s="15">
         <v>10080010178</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1</v>
       </c>
       <c r="K66" s="15">
         <v>0.43921</v>
       </c>
       <c r="L66" s="15">
         <v>0.2353</v>
       </c>
       <c r="M66" s="15">
         <v>0.21176</v>
       </c>
       <c r="N66" s="15">
-        <v>835</v>
+        <v>763</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>465</v>
       </c>
       <c r="K67" s="15">
-        <v>0.40149</v>
+        <v>0.25743</v>
       </c>
       <c r="L67" s="15">
-        <v>0.28944</v>
+        <v>0.22311</v>
       </c>
       <c r="M67" s="15">
-        <v>0.2521</v>
-[...1 lines deleted...]
-      <c r="N67" s="15"/>
+        <v>0.21453</v>
+      </c>
+      <c r="N67" s="15">
+        <v>20</v>
+      </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>1860</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14"/>
       <c r="C68" s="15"/>
       <c r="D68" s="15"/>
       <c r="E68" s="15"/>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15"/>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15"/>
       <c r="L68" s="15"/>
       <c r="M68" s="15"/>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
     </row>