--- v1 (2026-01-12)
+++ v2 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1611,129 +1611,129 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080043044</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>880</v>
       </c>
       <c r="K15" s="15">
         <v>0.61605</v>
       </c>
       <c r="L15" s="15">
         <v>0.33206</v>
       </c>
       <c r="M15" s="15">
         <v>0.28838</v>
       </c>
       <c r="N15" s="15">
-        <v>842</v>
+        <v>696</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080043045</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>650</v>
       </c>
       <c r="K16" s="15">
         <v>0.92918</v>
       </c>
       <c r="L16" s="15">
         <v>0.50085</v>
       </c>
       <c r="M16" s="15">
         <v>0.43494</v>
       </c>
       <c r="N16" s="15">
-        <v>500</v>
+        <v>699</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10080048827</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>480</v>
       </c>
       <c r="K17" s="15">
         <v>1.23</v>
       </c>
       <c r="L17" s="15">
         <v>0.66279</v>
       </c>
       <c r="M17" s="15">
         <v>0.57559</v>
       </c>
       <c r="N17" s="15">
-        <v>173</v>
+        <v>228</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080048828</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
@@ -2079,51 +2079,51 @@
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>575</v>
       </c>
       <c r="K27" s="15">
         <v>0.41765</v>
       </c>
       <c r="L27" s="15">
         <v>0.36196</v>
       </c>
       <c r="M27" s="15">
         <v>0.34804</v>
       </c>
       <c r="N27" s="15">
-        <v>155</v>
+        <v>126</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="15">
         <v>10080010104</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
@@ -2235,51 +2235,51 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J31" s="15">
         <v>280</v>
       </c>
       <c r="K31" s="15">
         <v>1.38</v>
       </c>
       <c r="L31" s="15">
         <v>0.91957</v>
       </c>
       <c r="M31" s="15">
         <v>0.83477</v>
       </c>
       <c r="N31" s="15">
-        <v>419</v>
+        <v>364</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="15">
         <v>10080010097</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
@@ -2348,51 +2348,51 @@
       <c r="D34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E34" s="15">
         <v>10080034187</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>165</v>
       </c>
       <c r="K34" s="15">
         <v>2.57</v>
       </c>
       <c r="L34" s="15">
         <v>1.38</v>
       </c>
       <c r="M34" s="15">
         <v>1.24</v>
       </c>
       <c r="N34" s="15">
-        <v>945</v>
+        <v>1064</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
@@ -2424,51 +2424,51 @@
         <v>91</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.72135</v>
       </c>
       <c r="L36" s="15">
         <v>0.62517</v>
       </c>
       <c r="M36" s="15">
         <v>0.6011300000000001</v>
       </c>
       <c r="N36" s="15">
-        <v>305</v>
+        <v>320</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080044385</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="15"/>
@@ -2578,51 +2578,51 @@
       <c r="D40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E40" s="15">
         <v>10080027749</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.64216</v>
       </c>
       <c r="L40" s="15">
         <v>0.34612</v>
       </c>
       <c r="M40" s="15">
         <v>0.3006</v>
       </c>
       <c r="N40" s="15">
-        <v>246</v>
+        <v>273</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
@@ -2656,252 +2656,252 @@
       <c r="D42" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E42" s="15">
         <v>10080063899</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>450</v>
       </c>
       <c r="K42" s="15">
         <v>0.96999</v>
       </c>
       <c r="L42" s="15">
         <v>0.52283</v>
       </c>
       <c r="M42" s="15">
         <v>0.45403</v>
       </c>
       <c r="N42" s="15">
-        <v>431</v>
+        <v>478</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E43" s="15">
         <v>10080010099</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>975</v>
       </c>
       <c r="K43" s="15">
         <v>1.6</v>
       </c>
       <c r="L43" s="15">
         <v>0.86366</v>
       </c>
       <c r="M43" s="15">
         <v>0.75002</v>
       </c>
       <c r="N43" s="15">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>280</v>
       </c>
       <c r="K44" s="15">
         <v>0.78461</v>
       </c>
       <c r="L44" s="15">
         <v>0.67999</v>
       </c>
       <c r="M44" s="15">
         <v>0.65384</v>
       </c>
       <c r="N44" s="15">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>1120</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>175</v>
       </c>
       <c r="K45" s="15">
         <v>0.9464399999999999</v>
       </c>
       <c r="L45" s="15">
         <v>0.82025</v>
       </c>
       <c r="M45" s="15">
         <v>0.7887</v>
       </c>
       <c r="N45" s="15">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>700</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>198</v>
       </c>
       <c r="K46" s="15">
         <v>1.13</v>
       </c>
       <c r="L46" s="15">
         <v>0.98002</v>
       </c>
       <c r="M46" s="15">
         <v>0.94233</v>
       </c>
       <c r="N46" s="15">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15">
         <v>780</v>
       </c>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>225</v>
       </c>
       <c r="K47" s="15">
         <v>1.25</v>
       </c>
       <c r="L47" s="15">
         <v>1.08</v>
       </c>
       <c r="M47" s="15">
         <v>1.04</v>
       </c>
       <c r="N47" s="15">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>900</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10080044386</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
@@ -2937,51 +2937,51 @@
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>355</v>
       </c>
       <c r="K49" s="15">
         <v>0.66632</v>
       </c>
       <c r="L49" s="15">
         <v>0.57747</v>
       </c>
       <c r="M49" s="15">
         <v>0.55526</v>
       </c>
       <c r="N49" s="15">
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>1420</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
@@ -3056,51 +3056,51 @@
       <c r="D52" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1200</v>
       </c>
       <c r="K52" s="15">
         <v>0.11738</v>
       </c>
       <c r="L52" s="15">
         <v>0.10173</v>
       </c>
       <c r="M52" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="N52" s="15">
-        <v>735</v>
+        <v>588</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E53" s="15">
         <v>10080027584</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="15"/>
@@ -3290,92 +3290,92 @@
       </c>
       <c r="E58" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.54423</v>
       </c>
       <c r="L58" s="15">
         <v>0.47167</v>
       </c>
       <c r="M58" s="15">
         <v>0.45353</v>
       </c>
       <c r="N58" s="15">
-        <v>891</v>
+        <v>945</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.12903</v>
       </c>
       <c r="L59" s="15">
         <v>0.11183</v>
       </c>
       <c r="M59" s="15">
         <v>0.10753</v>
       </c>
       <c r="N59" s="15">
-        <v>425</v>
+        <v>325</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>4000</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E60" s="15">
         <v>10080010176</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
@@ -3411,51 +3411,51 @@
       <c r="D61" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>740</v>
       </c>
       <c r="K61" s="15">
         <v>0.23349</v>
       </c>
       <c r="L61" s="15">
         <v>0.20236</v>
       </c>
       <c r="M61" s="15">
         <v>0.19458</v>
       </c>
       <c r="N61" s="15">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15">
         <v>2960</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080010174</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
@@ -3569,92 +3569,92 @@
       <c r="D65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.1334</v>
       </c>
       <c r="L65" s="15">
         <v>0.11561</v>
       </c>
       <c r="M65" s="15">
         <v>0.11116</v>
       </c>
       <c r="N65" s="15">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15">
         <v>4000</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E66" s="15">
         <v>10080010178</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1</v>
       </c>
       <c r="K66" s="15">
         <v>0.43921</v>
       </c>
       <c r="L66" s="15">
         <v>0.2353</v>
       </c>
       <c r="M66" s="15">
         <v>0.21176</v>
       </c>
       <c r="N66" s="15">
-        <v>763</v>
+        <v>978</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>