--- v2 (2026-02-20)
+++ v3 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1611,129 +1611,129 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080043044</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>880</v>
       </c>
       <c r="K15" s="15">
         <v>0.61605</v>
       </c>
       <c r="L15" s="15">
         <v>0.33206</v>
       </c>
       <c r="M15" s="15">
         <v>0.28838</v>
       </c>
       <c r="N15" s="15">
-        <v>696</v>
+        <v>627</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080043045</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>650</v>
       </c>
       <c r="K16" s="15">
         <v>0.92918</v>
       </c>
       <c r="L16" s="15">
         <v>0.50085</v>
       </c>
       <c r="M16" s="15">
         <v>0.43494</v>
       </c>
       <c r="N16" s="15">
-        <v>699</v>
+        <v>591</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10080048827</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>480</v>
       </c>
       <c r="K17" s="15">
         <v>1.23</v>
       </c>
       <c r="L17" s="15">
         <v>0.66279</v>
       </c>
       <c r="M17" s="15">
         <v>0.57559</v>
       </c>
       <c r="N17" s="15">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080048828</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
@@ -1806,51 +1806,51 @@
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080048829</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>280</v>
       </c>
       <c r="K20" s="15">
         <v>0.73682</v>
       </c>
       <c r="L20" s="15">
         <v>0.63857</v>
       </c>
       <c r="M20" s="15">
         <v>0.6140099999999999</v>
       </c>
       <c r="N20" s="15">
-        <v>356</v>
+        <v>308</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080043048</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -2079,51 +2079,51 @@
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>575</v>
       </c>
       <c r="K27" s="15">
         <v>0.41765</v>
       </c>
       <c r="L27" s="15">
         <v>0.36196</v>
       </c>
       <c r="M27" s="15">
         <v>0.34804</v>
       </c>
       <c r="N27" s="15">
-        <v>126</v>
+        <v>153</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="15">
         <v>10080010104</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
@@ -2235,51 +2235,51 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J31" s="15">
         <v>280</v>
       </c>
       <c r="K31" s="15">
         <v>1.38</v>
       </c>
       <c r="L31" s="15">
         <v>0.91957</v>
       </c>
       <c r="M31" s="15">
         <v>0.83477</v>
       </c>
       <c r="N31" s="15">
-        <v>364</v>
+        <v>389</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="15">
         <v>10080010097</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
@@ -2348,51 +2348,51 @@
       <c r="D34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E34" s="15">
         <v>10080034187</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>165</v>
       </c>
       <c r="K34" s="15">
         <v>2.57</v>
       </c>
       <c r="L34" s="15">
         <v>1.38</v>
       </c>
       <c r="M34" s="15">
         <v>1.24</v>
       </c>
       <c r="N34" s="15">
-        <v>1064</v>
+        <v>1028</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
@@ -2424,51 +2424,51 @@
         <v>91</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.72135</v>
       </c>
       <c r="L36" s="15">
         <v>0.62517</v>
       </c>
       <c r="M36" s="15">
         <v>0.6011300000000001</v>
       </c>
       <c r="N36" s="15">
-        <v>320</v>
+        <v>410</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080044385</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="15"/>
@@ -2578,51 +2578,51 @@
       <c r="D40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E40" s="15">
         <v>10080027749</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.64216</v>
       </c>
       <c r="L40" s="15">
         <v>0.34612</v>
       </c>
       <c r="M40" s="15">
         <v>0.3006</v>
       </c>
       <c r="N40" s="15">
-        <v>273</v>
+        <v>249</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
@@ -2656,51 +2656,51 @@
       <c r="D42" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E42" s="15">
         <v>10080063899</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>450</v>
       </c>
       <c r="K42" s="15">
         <v>0.96999</v>
       </c>
       <c r="L42" s="15">
         <v>0.52283</v>
       </c>
       <c r="M42" s="15">
         <v>0.45403</v>
       </c>
       <c r="N42" s="15">
-        <v>478</v>
+        <v>396</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E43" s="15">
         <v>10080010099</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
@@ -2734,174 +2734,174 @@
       <c r="D44" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>280</v>
       </c>
       <c r="K44" s="15">
         <v>0.78461</v>
       </c>
       <c r="L44" s="15">
         <v>0.67999</v>
       </c>
       <c r="M44" s="15">
         <v>0.65384</v>
       </c>
       <c r="N44" s="15">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>1120</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>175</v>
       </c>
       <c r="K45" s="15">
         <v>0.9464399999999999</v>
       </c>
       <c r="L45" s="15">
         <v>0.82025</v>
       </c>
       <c r="M45" s="15">
         <v>0.7887</v>
       </c>
       <c r="N45" s="15">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>700</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>198</v>
       </c>
       <c r="K46" s="15">
         <v>1.13</v>
       </c>
       <c r="L46" s="15">
         <v>0.98002</v>
       </c>
       <c r="M46" s="15">
         <v>0.94233</v>
       </c>
       <c r="N46" s="15">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15">
         <v>780</v>
       </c>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>225</v>
       </c>
       <c r="K47" s="15">
         <v>1.25</v>
       </c>
       <c r="L47" s="15">
         <v>1.08</v>
       </c>
       <c r="M47" s="15">
         <v>1.04</v>
       </c>
       <c r="N47" s="15">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>900</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10080044386</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
@@ -2937,51 +2937,51 @@
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>355</v>
       </c>
       <c r="K49" s="15">
         <v>0.66632</v>
       </c>
       <c r="L49" s="15">
         <v>0.57747</v>
       </c>
       <c r="M49" s="15">
         <v>0.55526</v>
       </c>
       <c r="N49" s="15">
-        <v>103</v>
+        <v>87</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>1420</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
@@ -3017,130 +3017,128 @@
       <c r="D51" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1600</v>
       </c>
       <c r="K51" s="15">
         <v>0.07983</v>
       </c>
       <c r="L51" s="15">
         <v>0.06919</v>
       </c>
       <c r="M51" s="15">
         <v>0.06653000000000001</v>
       </c>
       <c r="N51" s="15">
-        <v>1264</v>
+        <v>1408</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1200</v>
       </c>
       <c r="K52" s="15">
         <v>0.11738</v>
       </c>
       <c r="L52" s="15">
         <v>0.10173</v>
       </c>
       <c r="M52" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="N52" s="15">
-        <v>588</v>
+        <v>863</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E53" s="15">
         <v>10080027584</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>900</v>
       </c>
       <c r="K53" s="15">
         <v>0.31981</v>
       </c>
       <c r="L53" s="15">
         <v>0.17239</v>
       </c>
       <c r="M53" s="15">
         <v>0.1497</v>
       </c>
-      <c r="N53" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
@@ -3290,92 +3288,92 @@
       </c>
       <c r="E58" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.54423</v>
       </c>
       <c r="L58" s="15">
         <v>0.47167</v>
       </c>
       <c r="M58" s="15">
         <v>0.45353</v>
       </c>
       <c r="N58" s="15">
-        <v>945</v>
+        <v>905</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.12903</v>
       </c>
       <c r="L59" s="15">
         <v>0.11183</v>
       </c>
       <c r="M59" s="15">
         <v>0.10753</v>
       </c>
       <c r="N59" s="15">
-        <v>325</v>
+        <v>375</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>4000</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E60" s="15">
         <v>10080010176</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
@@ -3411,51 +3409,51 @@
       <c r="D61" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>740</v>
       </c>
       <c r="K61" s="15">
         <v>0.23349</v>
       </c>
       <c r="L61" s="15">
         <v>0.20236</v>
       </c>
       <c r="M61" s="15">
         <v>0.19458</v>
       </c>
       <c r="N61" s="15">
-        <v>124</v>
+        <v>105</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15">
         <v>2960</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080010174</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
@@ -3569,92 +3567,92 @@
       <c r="D65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.1334</v>
       </c>
       <c r="L65" s="15">
         <v>0.11561</v>
       </c>
       <c r="M65" s="15">
         <v>0.11116</v>
       </c>
       <c r="N65" s="15">
-        <v>305</v>
+        <v>415</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15">
         <v>4000</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E66" s="15">
         <v>10080010178</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1</v>
       </c>
       <c r="K66" s="15">
         <v>0.43921</v>
       </c>
       <c r="L66" s="15">
         <v>0.2353</v>
       </c>
       <c r="M66" s="15">
         <v>0.21176</v>
       </c>
       <c r="N66" s="15">
-        <v>978</v>
+        <v>787</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>