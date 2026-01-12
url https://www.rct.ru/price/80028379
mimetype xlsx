--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1013,90 +1013,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080047033</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>240</v>
       </c>
       <c r="K9" s="15">
         <v>1.25</v>
       </c>
       <c r="L9" s="15">
         <v>1.08</v>
       </c>
       <c r="M9" s="15">
         <v>1.04</v>
       </c>
       <c r="N9" s="15">
-        <v>175</v>
+        <v>156</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080008963</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>480</v>
       </c>
       <c r="K10" s="15">
         <v>3.11</v>
       </c>
       <c r="L10" s="15">
         <v>2.7</v>
       </c>
       <c r="M10" s="15">
         <v>2.6</v>
       </c>
       <c r="N10" s="15">
-        <v>101</v>
+        <v>89</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1126,51 +1126,51 @@
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080028626</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>2.82</v>
       </c>
       <c r="L12" s="15">
         <v>2.45</v>
       </c>
       <c r="M12" s="15">
         <v>2.35</v>
       </c>
       <c r="N12" s="15">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080028627</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
@@ -1245,92 +1245,92 @@
       </c>
       <c r="E15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="15">
         <v>108</v>
       </c>
       <c r="K15" s="15">
         <v>2.6</v>
       </c>
       <c r="L15" s="15">
         <v>2.25</v>
       </c>
       <c r="M15" s="15">
         <v>2.17</v>
       </c>
       <c r="N15" s="15">
-        <v>332</v>
+        <v>356</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>432</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>5.17</v>
       </c>
       <c r="L16" s="15">
         <v>4.48</v>
       </c>
       <c r="M16" s="15">
         <v>4.31</v>
       </c>
       <c r="N16" s="15">
-        <v>248</v>
+        <v>328</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
     </row>
   </sheetData>