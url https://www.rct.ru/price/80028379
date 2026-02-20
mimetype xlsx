--- v1 (2026-01-12)
+++ v2 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1013,90 +1013,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080047033</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>240</v>
       </c>
       <c r="K9" s="15">
         <v>1.25</v>
       </c>
       <c r="L9" s="15">
         <v>1.08</v>
       </c>
       <c r="M9" s="15">
         <v>1.04</v>
       </c>
       <c r="N9" s="15">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080008963</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>480</v>
       </c>
       <c r="K10" s="15">
         <v>3.11</v>
       </c>
       <c r="L10" s="15">
         <v>2.7</v>
       </c>
       <c r="M10" s="15">
         <v>2.6</v>
       </c>
       <c r="N10" s="15">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1126,51 +1126,51 @@
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080028626</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>2.82</v>
       </c>
       <c r="L12" s="15">
         <v>2.45</v>
       </c>
       <c r="M12" s="15">
         <v>2.35</v>
       </c>
       <c r="N12" s="15">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080028627</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
@@ -1245,92 +1245,92 @@
       </c>
       <c r="E15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="15">
         <v>108</v>
       </c>
       <c r="K15" s="15">
         <v>2.6</v>
       </c>
       <c r="L15" s="15">
         <v>2.25</v>
       </c>
       <c r="M15" s="15">
         <v>2.17</v>
       </c>
       <c r="N15" s="15">
-        <v>356</v>
+        <v>304</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>432</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>5.17</v>
       </c>
       <c r="L16" s="15">
         <v>4.48</v>
       </c>
       <c r="M16" s="15">
         <v>4.31</v>
       </c>
       <c r="N16" s="15">
-        <v>328</v>
+        <v>260</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
     </row>
   </sheetData>