--- v2 (2026-02-20)
+++ v3 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1013,51 +1013,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080047033</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>240</v>
       </c>
       <c r="K9" s="15">
         <v>1.25</v>
       </c>
       <c r="L9" s="15">
         <v>1.08</v>
       </c>
       <c r="M9" s="15">
         <v>1.04</v>
       </c>
       <c r="N9" s="15">
-        <v>136</v>
+        <v>86</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080008963</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
@@ -1126,51 +1126,51 @@
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080028626</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>2.82</v>
       </c>
       <c r="L12" s="15">
         <v>2.45</v>
       </c>
       <c r="M12" s="15">
         <v>2.35</v>
       </c>
       <c r="N12" s="15">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080028627</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
@@ -1245,92 +1245,92 @@
       </c>
       <c r="E15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="15">
         <v>108</v>
       </c>
       <c r="K15" s="15">
         <v>2.6</v>
       </c>
       <c r="L15" s="15">
         <v>2.25</v>
       </c>
       <c r="M15" s="15">
         <v>2.17</v>
       </c>
       <c r="N15" s="15">
-        <v>304</v>
+        <v>344</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>432</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>5.17</v>
       </c>
       <c r="L16" s="15">
         <v>4.48</v>
       </c>
       <c r="M16" s="15">
         <v>4.31</v>
       </c>
       <c r="N16" s="15">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
     </row>
   </sheetData>