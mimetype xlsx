--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -148,53 +148,50 @@
   <si>
     <t>2EDGK-7.62-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>на кабель шаг 7.62 / 2EDGK-7.62-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113792</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 4-ST-7.62 PHOENIX CONTACT, 3ESDV-04P DINKLE, BLZ 7.62/04/180 WEIDMUELLER, TJ0401500000G ANYTEK, MC100-76204 DECA, 2EDGK-7.62-04P-14-1000Z(H) DEGSON, 2EGTK-7.62-04P-14-100 GOLTEN, TLPS-500V-04P-G12S Tianli, 2EGTK-7.62-04P-14-00 GOLTEN, L-KLS2-EDK-7.62-04P-4S KLS, </t>
   </si>
   <si>
     <t>2EDGK-7.62-04P-14-1000Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGK-7.62-04P-14-1000Z(H)</t>
   </si>
   <si>
     <t>UT-00124804</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 4-ST-7.62 PHOENIX CONTACT, 3ESDV-04P DINKLE, BLZ 7.62/04/180 WEIDMUELLER, TJ0401500000G ANYTEK, MC100-76204 DECA, 2EDGK-7.62-04P-14-00Z(H) DEGSON, 2EGTK-7.62-04P-14-100 GOLTEN, TLPS-500V-04P-G12S Tianli, 2EGTK-7.62-04P-14-00 GOLTEN, L-KLS2-EDK-7.62-04P-4S KLS, </t>
   </si>
   <si>
-    <t>14.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>2EDGK-7.62-05P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGK-7.62-05P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 5-ST-7.62 PHOENIX CONTACT, TJ0501500000G ANYTEK, BLZ 7.62/05/180 WEIDMUELLER, 3ESDV-05P DINKLE, MC100-76205 DECA, 2EDGK-7.62-05P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>2EDGK-7.62-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGK-7.62-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114529</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 6-ST-7.62 PHOENIX CONTACT, BLZ 7.62/06/180 WEIDMUELLER, 3ESDV-06P DINKLE, TJ0601500000G ANYTEK, MC100-76206 DECA, </t>
   </si>
   <si>
     <t>2EDGK-7.62-07P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGK-7.62-07P-14-00A(H)</t>
@@ -487,50 +484,53 @@
   <si>
     <t>2EDGKM-7.62-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKM-7.62-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109583</t>
   </si>
   <si>
     <t xml:space="preserve">BLZ 7.62/02/180B WEIDMUELLER, GMSTB 2.5/ 2-STF-7.62 PHOENIX CONTACT, 3ESDVM-02P DINKLE, TJ02015200000G ANYTEK, MC101-76202 DECA, 2EDGKM-7.62-02P-14-00A(H) DEGSON, TLPSW-500V-02P-G12S(M3) Tianli, </t>
   </si>
   <si>
     <t>2EDGKM-7.62-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKM-7.62-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109584</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 3-STF-7.62 PHOENIX CONTACT, BLZ 7.62/03/180B WEIDMUELLER, 3ESDVM-03P DINKLE, TJ03015200000G ANYTEK, MC101-76203 DECA, 2EDGKM-7.62-03P-14-1000Z(H) DEGSON, L-KLS2-EDCKM-7.62-03P-4S KLS, TLPSW-500V-03P-G12S(M3) Tianli, </t>
   </si>
   <si>
+    <t>20.04.2026</t>
+  </si>
+  <si>
     <t>2EDGKM-7.62-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKM-7.62-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109586</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 5-STF-7.62 PHOENIX CONTACT, BLZ 7.62/05/180B WEIDMUELLER, 3ESDVM-05P DINKLE, TJ05015200000G ANYTEK, MC101-76205 DECA, </t>
   </si>
   <si>
     <t>2EDGKR-7.62-02P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-02P-13-00A(H)</t>
   </si>
   <si>
     <t>2EDGKR-7.62-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108260</t>
@@ -641,53 +641,50 @@
     <t xml:space="preserve">GMSTB 2.5/ 4-ST-7.62 PHOENIX CONTACT, 3ESDV-04P DINKLE, BLZ 7.62/04/180 WEIDMUELLER, TJ0401500000G ANYTEK, MC100-76204 DECA, 2EDGK-7.62-04P-14-00Z(H) DEGSON, 2EDGK-7.62-04P-14-1000Z(H) DEGSON, TLPS-500V-04P-G12S Tianli, 2EGTK-7.62-04P-14-00 GOLTEN, L-KLS2-EDK-7.62-04P-4S KLS, </t>
   </si>
   <si>
     <t>2EGTK-7.62-08P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTK-7.62-08P-14-100</t>
   </si>
   <si>
     <t>UT-00142812</t>
   </si>
   <si>
     <t xml:space="preserve">2EDGK-7.62-08P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>2EGTKA-7.62-02P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-02P-14-100</t>
   </si>
   <si>
     <t>UT-00140198</t>
   </si>
   <si>
     <t xml:space="preserve">GMVSTBR 2.5/ 2-ST-7.62 PHOENIX CONTACT, BLZ 7.62/02/90 WEIDMUELLER, 3ESDP-02P DINKLE, TS02015A0000G ANYTEK, 2EDGKA-7.62-02P-14-00Z(H) DEGSON, TLPS-500R-02P-G12S Tianli, </t>
-  </si>
-[...1 lines deleted...]
-    <t>21.01.2026</t>
   </si>
   <si>
     <t>2EGTKA-7.62-03P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-03P-14-100</t>
   </si>
   <si>
     <t>UT-00149180</t>
   </si>
   <si>
     <t xml:space="preserve">3ESDP-03P DINKLE, GMVSTBR 2.5/ 3-ST-7.62 PHOENIX CONTACT, BLZ 7.62/03/90 WEIDMUELLER, TS03015A0000G ANYTEK, 2EDGKA-7.62-03P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>17.02.2026</t>
   </si>
   <si>
     <t>2EGTKA-7.62-05P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-05P-14-100</t>
   </si>
   <si>
     <t>UT-00140199</t>
   </si>
@@ -1741,1610 +1738,1606 @@
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>800</v>
       </c>
       <c r="K9" s="15">
-        <v>0.35465</v>
+        <v>0.25094</v>
       </c>
       <c r="L9" s="15">
-        <v>0.25332</v>
+        <v>0.21748</v>
       </c>
       <c r="M9" s="15">
-        <v>0.22799</v>
+        <v>0.20911</v>
       </c>
       <c r="N9" s="15">
-        <v>2008</v>
+        <v>2064</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
-        <v>0.52582</v>
+        <v>0.37173</v>
       </c>
       <c r="L10" s="15">
-        <v>0.37559</v>
+        <v>0.32217</v>
       </c>
       <c r="M10" s="15">
-        <v>0.33803</v>
+        <v>0.30978</v>
       </c>
       <c r="N10" s="15">
-        <v>2449</v>
+        <v>3002</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
-        <v>0.64952</v>
+        <v>0.41817</v>
       </c>
       <c r="L11" s="15">
-        <v>0.46825</v>
+        <v>0.36241</v>
       </c>
       <c r="M11" s="15">
-        <v>0.40784</v>
+        <v>0.34848</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.506</v>
       </c>
       <c r="L12" s="15">
         <v>0.43853</v>
       </c>
       <c r="M12" s="15">
         <v>0.42166</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15">
-        <v>1968</v>
-[...3 lines deleted...]
-      </c>
+        <v>2040</v>
+      </c>
+      <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" s="15" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E13" s="15">
         <v>10080014000</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.80799</v>
       </c>
       <c r="L13" s="15">
         <v>0.57714</v>
       </c>
       <c r="M13" s="15">
         <v>0.50018</v>
       </c>
       <c r="N13" s="15">
-        <v>201</v>
+        <v>226</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="D14" s="15" t="s">
+      <c r="E14" s="15" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J14" s="15">
         <v>500</v>
       </c>
       <c r="K14" s="15">
         <v>0.8662300000000001</v>
       </c>
       <c r="L14" s="15">
         <v>0.6043500000000001</v>
       </c>
       <c r="M14" s="15">
         <v>0.54391</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="D15" s="15" t="s">
+      <c r="E15" s="15" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
-        <v>2.01</v>
+        <v>0.70853</v>
       </c>
       <c r="L15" s="15">
-        <v>1.01</v>
+        <v>0.6140600000000001</v>
       </c>
       <c r="M15" s="15">
-        <v>0.91588</v>
+        <v>0.59044</v>
       </c>
       <c r="N15" s="15">
         <v>8</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="E16" s="15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="J16" s="15">
         <v>350</v>
       </c>
       <c r="K16" s="15">
-        <v>1.26</v>
+        <v>0.80751</v>
       </c>
       <c r="L16" s="15">
-        <v>0.90586</v>
+        <v>0.69984</v>
       </c>
       <c r="M16" s="15">
-        <v>0.78896</v>
+        <v>0.67293</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E17" s="15">
         <v>10080014004</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>300</v>
       </c>
       <c r="K17" s="15">
-        <v>2.04</v>
+        <v>0.91064</v>
       </c>
       <c r="L17" s="15">
-        <v>1.1</v>
+        <v>0.78922</v>
       </c>
       <c r="M17" s="15">
-        <v>0.95352</v>
+        <v>0.75886</v>
       </c>
       <c r="N17" s="15">
-        <v>353</v>
+        <v>391</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="D18" s="15" t="s">
+      <c r="E18" s="15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>275</v>
       </c>
       <c r="K18" s="15">
         <v>2.93</v>
       </c>
       <c r="L18" s="15">
         <v>1.96</v>
       </c>
       <c r="M18" s="15">
         <v>1.78</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D19" s="15" t="s">
+      <c r="E19" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>215</v>
       </c>
       <c r="K19" s="15">
         <v>3.59</v>
       </c>
       <c r="L19" s="15">
         <v>2.39</v>
       </c>
       <c r="M19" s="15">
         <v>2.17</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15">
         <v>860</v>
       </c>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>67</v>
       </c>
-      <c r="D20" s="15" t="s">
+      <c r="E20" s="15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J20" s="15">
         <v>100</v>
       </c>
       <c r="K20" s="15">
         <v>0.24548</v>
       </c>
       <c r="L20" s="15">
         <v>0.21275</v>
       </c>
       <c r="M20" s="15">
         <v>0.20456</v>
       </c>
       <c r="N20" s="15">
-        <v>692</v>
+        <v>630</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="D21" s="15" t="s">
+      <c r="E21" s="15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J21" s="15">
         <v>100</v>
       </c>
       <c r="K21" s="15">
-        <v>0.56689</v>
+        <v>0.39186</v>
       </c>
       <c r="L21" s="15">
-        <v>0.41015</v>
+        <v>0.33961</v>
       </c>
       <c r="M21" s="15">
-        <v>0.3579</v>
+        <v>0.32655</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>75</v>
       </c>
-      <c r="D22" s="15" t="s">
+      <c r="E22" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.49877</v>
       </c>
       <c r="L22" s="15">
         <v>0.44889</v>
       </c>
       <c r="M22" s="15">
         <v>0.41564</v>
       </c>
-      <c r="N22" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>79</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J23" s="15">
         <v>305</v>
       </c>
       <c r="K23" s="15">
-        <v>0.85462</v>
+        <v>0.63842</v>
       </c>
       <c r="L23" s="15">
-        <v>0.61044</v>
+        <v>0.5532899999999999</v>
       </c>
       <c r="M23" s="15">
-        <v>0.5494</v>
+        <v>0.53201</v>
       </c>
       <c r="N23" s="15">
-        <v>1586</v>
+        <v>1208</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J24" s="15">
         <v>330</v>
       </c>
       <c r="K24" s="15">
-        <v>1.1</v>
+        <v>0.71072</v>
       </c>
       <c r="L24" s="15">
-        <v>0.79333</v>
+        <v>0.61595</v>
       </c>
       <c r="M24" s="15">
-        <v>0.69097</v>
+        <v>0.59226</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J25" s="15">
         <v>195</v>
       </c>
       <c r="K25" s="15">
         <v>1.15</v>
       </c>
       <c r="L25" s="15">
         <v>1</v>
       </c>
       <c r="M25" s="15">
         <v>0.9618</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J26" s="15"/>
       <c r="K26" s="15">
         <v>0.235</v>
       </c>
       <c r="L26" s="15">
         <v>0.235</v>
       </c>
       <c r="M26" s="15">
         <v>0.235</v>
       </c>
       <c r="N26" s="15">
         <v>2</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D27" s="15"/>
       <c r="E27" s="15">
         <v>10080010017</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
-        <v>0.6715100000000001</v>
+        <v>0.41513</v>
       </c>
       <c r="L27" s="15">
-        <v>0.48412</v>
+        <v>0.35978</v>
       </c>
       <c r="M27" s="15">
-        <v>0.42165</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.34594</v>
+      </c>
+      <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
-        <v>0.37299</v>
+        <v>0.23703</v>
       </c>
       <c r="L28" s="15">
-        <v>0.2689</v>
+        <v>0.20543</v>
       </c>
       <c r="M28" s="15">
-        <v>0.2342</v>
+        <v>0.19753</v>
       </c>
       <c r="N28" s="15">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D29" s="15" t="s">
+      <c r="E29" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.9188499999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.4595</v>
       </c>
       <c r="M29" s="15">
         <v>0.41773</v>
       </c>
       <c r="N29" s="15">
         <v>1</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J30" s="15">
         <v>125</v>
       </c>
       <c r="K30" s="15">
-        <v>0.8269</v>
+        <v>0.59916</v>
       </c>
       <c r="L30" s="15">
-        <v>0.5906400000000001</v>
+        <v>0.51927</v>
       </c>
       <c r="M30" s="15">
-        <v>0.5315800000000001</v>
+        <v>0.4993</v>
       </c>
       <c r="N30" s="15">
-        <v>222</v>
+        <v>267</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>108</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
-        <v>0.96305</v>
+        <v>0.61986</v>
       </c>
       <c r="L31" s="15">
-        <v>0.69429</v>
+        <v>0.53721</v>
       </c>
       <c r="M31" s="15">
-        <v>0.6047</v>
+        <v>0.51655</v>
       </c>
       <c r="N31" s="15">
         <v>19</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>112</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>335</v>
       </c>
       <c r="K32" s="15">
-        <v>1.2</v>
+        <v>0.77408</v>
       </c>
       <c r="L32" s="15">
-        <v>0.8678900000000001</v>
+        <v>0.67087</v>
       </c>
       <c r="M32" s="15">
-        <v>0.7559</v>
+        <v>0.64506</v>
       </c>
       <c r="N32" s="15">
         <v>5</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15">
         <v>1340</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
-        <v>0.73775</v>
+        <v>0.52193</v>
       </c>
       <c r="L33" s="15">
-        <v>0.52697</v>
+        <v>0.45234</v>
       </c>
       <c r="M33" s="15">
-        <v>0.47427</v>
+        <v>0.43494</v>
       </c>
       <c r="N33" s="15">
-        <v>1920</v>
+        <v>2580</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J34" s="15">
         <v>300</v>
       </c>
       <c r="K34" s="15">
-        <v>0.9801299999999999</v>
+        <v>0.69338</v>
       </c>
       <c r="L34" s="15">
-        <v>0.7000999999999999</v>
+        <v>0.60093</v>
       </c>
       <c r="M34" s="15">
-        <v>0.63009</v>
+        <v>0.57781</v>
       </c>
       <c r="N34" s="15">
-        <v>1448</v>
+        <v>1641</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.74382</v>
       </c>
       <c r="L35" s="15">
         <v>0.66944</v>
       </c>
       <c r="M35" s="15">
         <v>0.61985</v>
       </c>
       <c r="N35" s="15">
-        <v>2552</v>
+        <v>2748</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J36" s="15">
         <v>220</v>
       </c>
       <c r="K36" s="15">
         <v>0.8</v>
       </c>
       <c r="L36" s="15">
         <v>0.8</v>
       </c>
       <c r="M36" s="15">
         <v>0.8</v>
       </c>
       <c r="N36" s="15">
-        <v>1205</v>
+        <v>1028</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>880</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J37" s="15">
         <v>155</v>
       </c>
       <c r="K37" s="15">
-        <v>2.22</v>
+        <v>1.57</v>
       </c>
       <c r="L37" s="15">
-        <v>1.59</v>
+        <v>1.36</v>
       </c>
       <c r="M37" s="15">
-        <v>1.43</v>
+        <v>1.31</v>
       </c>
       <c r="N37" s="15">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>620</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J38" s="15">
         <v>135</v>
       </c>
       <c r="K38" s="15">
-        <v>3.03</v>
+        <v>2.25</v>
       </c>
       <c r="L38" s="15">
-        <v>2.17</v>
+        <v>1.95</v>
       </c>
       <c r="M38" s="15">
-        <v>1.95</v>
+        <v>1.87</v>
       </c>
       <c r="N38" s="15">
-        <v>496</v>
+        <v>555</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15">
         <v>540</v>
       </c>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>100</v>
       </c>
       <c r="K39" s="15">
-        <v>3.74</v>
+        <v>2.39</v>
       </c>
       <c r="L39" s="15">
-        <v>2.69</v>
+        <v>2.07</v>
       </c>
       <c r="M39" s="15">
-        <v>2.35</v>
+        <v>1.99</v>
       </c>
       <c r="N39" s="15">
-        <v>553</v>
+        <v>588</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15">
         <v>400</v>
       </c>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>100</v>
       </c>
       <c r="K40" s="15">
-        <v>3.45</v>
+        <v>2.17</v>
       </c>
       <c r="L40" s="15">
-        <v>2.49</v>
+        <v>1.88</v>
       </c>
       <c r="M40" s="15">
-        <v>2.17</v>
+        <v>1.81</v>
       </c>
       <c r="N40" s="15">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>400</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>145</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
-        <v>0.5269200000000001</v>
+        <v>0.33372</v>
       </c>
       <c r="L41" s="15">
-        <v>0.37987</v>
+        <v>0.28922</v>
       </c>
       <c r="M41" s="15">
-        <v>0.33085</v>
+        <v>0.2781</v>
       </c>
       <c r="N41" s="15">
         <v>5</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>149</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J42" s="15"/>
       <c r="K42" s="15">
-        <v>0.48911</v>
+        <v>0.31472</v>
       </c>
       <c r="L42" s="15">
-        <v>0.35261</v>
+        <v>0.27275</v>
       </c>
       <c r="M42" s="15">
-        <v>0.30712</v>
+        <v>0.26226</v>
       </c>
       <c r="N42" s="15">
         <v>43</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J43" s="15">
         <v>400</v>
       </c>
       <c r="K43" s="15">
-        <v>0.61929</v>
+        <v>0.40245</v>
       </c>
       <c r="L43" s="15">
-        <v>0.44647</v>
+        <v>0.34879</v>
       </c>
       <c r="M43" s="15">
-        <v>0.38886</v>
-[...5 lines deleted...]
-      <c r="P43" s="15"/>
+        <v>0.33538</v>
+      </c>
+      <c r="N43" s="15"/>
+      <c r="O43" s="15">
+        <v>288</v>
+      </c>
+      <c r="P43" s="15" t="s">
+        <v>156</v>
+      </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J44" s="15">
         <v>420</v>
       </c>
       <c r="K44" s="15">
-        <v>1.12</v>
+        <v>0.82548</v>
       </c>
       <c r="L44" s="15">
-        <v>0.80124</v>
+        <v>0.7154199999999999</v>
       </c>
       <c r="M44" s="15">
-        <v>0.72112</v>
+        <v>0.6879</v>
       </c>
       <c r="N44" s="15">
-        <v>936</v>
+        <v>923</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>1680</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E45" s="15">
         <v>10080064658</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>800</v>
       </c>
       <c r="K45" s="15">
         <v>0.68962</v>
       </c>
       <c r="L45" s="15">
         <v>0.37171</v>
       </c>
       <c r="M45" s="15">
         <v>0.3228</v>
       </c>
       <c r="N45" s="15">
-        <v>122</v>
+        <v>135</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>800</v>
       </c>
       <c r="K46" s="15">
-        <v>0.47213</v>
+        <v>0.29819</v>
       </c>
       <c r="L46" s="15">
-        <v>0.34038</v>
+        <v>0.25843</v>
       </c>
       <c r="M46" s="15">
-        <v>0.29645</v>
+        <v>0.24849</v>
       </c>
       <c r="N46" s="15">
-        <v>690</v>
+        <v>850</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E47" s="15">
         <v>10080037884</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>800</v>
       </c>
       <c r="K47" s="15">
         <v>0.59977</v>
       </c>
       <c r="L47" s="15">
         <v>0.32328</v>
       </c>
       <c r="M47" s="15">
         <v>0.28075</v>
       </c>
       <c r="N47" s="15">
-        <v>735</v>
+        <v>702</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E48" s="15">
         <v>10080047351</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>485</v>
       </c>
       <c r="K48" s="15">
-        <v>0.81494</v>
+        <v>0.50447</v>
       </c>
       <c r="L48" s="15">
-        <v>0.58753</v>
+        <v>0.4372</v>
       </c>
       <c r="M48" s="15">
-        <v>0.51171</v>
+        <v>0.42039</v>
       </c>
       <c r="N48" s="15">
         <v>51</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E49" s="15">
         <v>10080047352</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
@@ -3370,1270 +3363,1266 @@
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>325</v>
       </c>
       <c r="K50" s="15">
-        <v>1.17</v>
+        <v>1.03</v>
       </c>
       <c r="L50" s="15">
-        <v>1.03</v>
+        <v>0.894</v>
       </c>
       <c r="M50" s="15">
-        <v>0.89097</v>
+        <v>0.85961</v>
       </c>
       <c r="N50" s="15">
-        <v>311</v>
+        <v>351</v>
       </c>
       <c r="O50" s="15">
-        <v>897</v>
+        <v>1014</v>
       </c>
       <c r="P50" s="15" t="s">
         <v>175</v>
       </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>178</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>485</v>
       </c>
       <c r="K51" s="15">
-        <v>1.17</v>
+        <v>0.73536</v>
       </c>
       <c r="L51" s="15">
-        <v>0.84037</v>
+        <v>0.63731</v>
       </c>
       <c r="M51" s="15">
-        <v>0.73193</v>
+        <v>0.6128</v>
       </c>
       <c r="N51" s="15">
-        <v>374</v>
+        <v>403</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15">
         <v>1940</v>
       </c>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>390</v>
       </c>
       <c r="K52" s="15">
-        <v>1.3</v>
+        <v>0.81857</v>
       </c>
       <c r="L52" s="15">
-        <v>0.93515</v>
+        <v>0.7094200000000001</v>
       </c>
       <c r="M52" s="15">
-        <v>0.81449</v>
+        <v>0.68214</v>
       </c>
       <c r="N52" s="15">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>290</v>
       </c>
       <c r="K53" s="15">
-        <v>2.33</v>
+        <v>1.47</v>
       </c>
       <c r="L53" s="15">
-        <v>1.68</v>
+        <v>1.27</v>
       </c>
       <c r="M53" s="15">
-        <v>1.46</v>
+        <v>1.22</v>
       </c>
       <c r="N53" s="15">
-        <v>183</v>
+        <v>227</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15">
         <v>1160</v>
       </c>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>205</v>
       </c>
       <c r="K54" s="15">
-        <v>3.49</v>
+        <v>2.2</v>
       </c>
       <c r="L54" s="15">
-        <v>2.52</v>
+        <v>1.91</v>
       </c>
       <c r="M54" s="15">
-        <v>2.19</v>
+        <v>1.84</v>
       </c>
       <c r="N54" s="15">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>820</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.17455</v>
       </c>
       <c r="L55" s="15">
         <v>0.15202</v>
       </c>
       <c r="M55" s="15">
         <v>0.14076</v>
       </c>
       <c r="N55" s="15">
-        <v>844</v>
+        <v>693</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>196</v>
       </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.25374</v>
       </c>
       <c r="L56" s="15">
         <v>0.22837</v>
       </c>
       <c r="M56" s="15">
         <v>0.21145</v>
       </c>
       <c r="N56" s="15">
-        <v>861</v>
+        <v>797</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>200</v>
       </c>
       <c r="J57" s="15">
         <v>400</v>
       </c>
       <c r="K57" s="15">
         <v>0.33855</v>
       </c>
       <c r="L57" s="15">
         <v>0.3047</v>
       </c>
       <c r="M57" s="15">
         <v>0.28213</v>
       </c>
       <c r="N57" s="15">
-        <v>529</v>
+        <v>388</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15">
         <v>1600</v>
       </c>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>203</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>204</v>
       </c>
       <c r="J58" s="15">
         <v>348</v>
       </c>
       <c r="K58" s="15">
         <v>0.6763400000000001</v>
       </c>
       <c r="L58" s="15">
         <v>0.6087</v>
       </c>
       <c r="M58" s="15">
         <v>0.5636100000000001</v>
       </c>
       <c r="N58" s="15">
-        <v>1429</v>
+        <v>1898</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>1392</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>208</v>
       </c>
       <c r="J59" s="15">
         <v>150</v>
       </c>
       <c r="K59" s="15">
         <v>0.25914</v>
       </c>
       <c r="L59" s="15">
         <v>0.22459</v>
       </c>
       <c r="M59" s="15">
         <v>0.21595</v>
       </c>
       <c r="N59" s="15">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="O59" s="15">
-        <v>710</v>
-[...3 lines deleted...]
-      </c>
+        <v>630</v>
+      </c>
+      <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J60" s="15"/>
       <c r="K60" s="15">
         <v>0.37733</v>
       </c>
       <c r="L60" s="15">
         <v>0.33959</v>
       </c>
       <c r="M60" s="15">
         <v>0.31444</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15">
-        <v>345</v>
+        <v>492</v>
       </c>
       <c r="P60" s="15" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J61" s="15">
         <v>250</v>
       </c>
       <c r="K61" s="15">
         <v>0.60542</v>
       </c>
       <c r="L61" s="15">
         <v>0.52469</v>
       </c>
       <c r="M61" s="15">
         <v>0.50451</v>
       </c>
-      <c r="N61" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15">
         <v>1000</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>219</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>1.14</v>
       </c>
       <c r="L62" s="15">
         <v>1.02</v>
       </c>
       <c r="M62" s="15">
         <v>0.9478799999999999</v>
       </c>
       <c r="N62" s="15">
         <v>100</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>223</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
         <v>0.5343599999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.46541</v>
       </c>
       <c r="M63" s="15">
         <v>0.43094</v>
       </c>
       <c r="N63" s="15">
-        <v>1780</v>
+        <v>1420</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>227</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J64" s="15">
         <v>250</v>
       </c>
       <c r="K64" s="15">
         <v>0.71815</v>
       </c>
       <c r="L64" s="15">
         <v>0.62548</v>
       </c>
       <c r="M64" s="15">
         <v>0.5791500000000001</v>
       </c>
       <c r="N64" s="15">
-        <v>1700</v>
+        <v>1400</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>1000</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>231</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>0.89063</v>
       </c>
       <c r="L65" s="15">
         <v>0.77571</v>
       </c>
       <c r="M65" s="15">
         <v>0.7182500000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>900</v>
+        <v>860</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>235</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="J66" s="15"/>
       <c r="K66" s="15">
         <v>1.25</v>
       </c>
       <c r="L66" s="15">
         <v>1.09</v>
       </c>
       <c r="M66" s="15">
         <v>1.01</v>
       </c>
       <c r="N66" s="15">
-        <v>1620</v>
+        <v>1440</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>239</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>191</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J67" s="15">
         <v>600</v>
       </c>
       <c r="K67" s="15">
         <v>0.25077</v>
       </c>
       <c r="L67" s="15">
         <v>0.22569</v>
       </c>
       <c r="M67" s="15">
         <v>0.20898</v>
       </c>
       <c r="N67" s="15">
-        <v>1518</v>
+        <v>1892</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>2400</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>243</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="I68" s="15" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.19424</v>
       </c>
       <c r="L68" s="15">
         <v>0.14053</v>
       </c>
       <c r="M68" s="15">
         <v>0.12263</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>248</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.29223</v>
       </c>
       <c r="L69" s="15">
         <v>0.21143</v>
       </c>
       <c r="M69" s="15">
         <v>0.1845</v>
       </c>
       <c r="N69" s="15">
-        <v>828</v>
+        <v>659</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J70" s="15"/>
       <c r="K70" s="15">
         <v>0.58738</v>
       </c>
       <c r="L70" s="15">
         <v>0.42497</v>
       </c>
       <c r="M70" s="15">
         <v>0.37083</v>
       </c>
       <c r="N70" s="15">
-        <v>1440</v>
+        <v>1720</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>256</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.79667</v>
       </c>
       <c r="L71" s="15">
         <v>0.57639</v>
       </c>
       <c r="M71" s="15">
         <v>0.50297</v>
       </c>
       <c r="N71" s="15">
-        <v>1480</v>
+        <v>1460</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>260</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>1.51</v>
       </c>
       <c r="L72" s="15">
         <v>1.09</v>
       </c>
       <c r="M72" s="15">
         <v>0.95063</v>
       </c>
       <c r="N72" s="15">
         <v>1780</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>264</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="I73" s="15" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="J73" s="15">
         <v>100</v>
       </c>
       <c r="K73" s="15">
         <v>0.24436</v>
       </c>
       <c r="L73" s="15">
         <v>0.21283</v>
       </c>
       <c r="M73" s="15">
         <v>0.19706</v>
       </c>
       <c r="N73" s="15">
-        <v>520</v>
+        <v>478</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>269</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="J74" s="15"/>
       <c r="K74" s="15">
         <v>0.6099599999999999</v>
       </c>
       <c r="L74" s="15">
         <v>0.53125</v>
       </c>
       <c r="M74" s="15">
         <v>0.4919</v>
       </c>
       <c r="N74" s="15">
-        <v>425</v>
+        <v>365</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>273</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.19479</v>
       </c>
       <c r="L75" s="15">
         <v>0.17531</v>
       </c>
       <c r="M75" s="15">
         <v>0.16233</v>
       </c>
       <c r="N75" s="15">
-        <v>800</v>
+        <v>670</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>277</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.30852</v>
       </c>
       <c r="L76" s="15">
         <v>0.26738</v>
       </c>
       <c r="M76" s="15">
         <v>0.2571</v>
       </c>
       <c r="N76" s="15">
-        <v>630</v>
+        <v>770</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>281</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
         <v>0.42411</v>
       </c>
       <c r="L77" s="15">
         <v>0.36939</v>
       </c>
       <c r="M77" s="15">
         <v>0.34203</v>
       </c>
       <c r="N77" s="15">
-        <v>790</v>
+        <v>850</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
         <v>0.48045</v>
       </c>
       <c r="L78" s="15">
         <v>0.41639</v>
       </c>
       <c r="M78" s="15">
         <v>0.40038</v>
       </c>
       <c r="N78" s="15">
-        <v>1220</v>
+        <v>1580</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>289</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.66267</v>
       </c>
       <c r="L79" s="15">
         <v>0.57431</v>
       </c>
       <c r="M79" s="15">
         <v>0.55223</v>
       </c>
       <c r="N79" s="15">
-        <v>1460</v>
+        <v>1500</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>293</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
         <v>1.21</v>
       </c>
       <c r="L80" s="15">
         <v>1.05</v>
       </c>
       <c r="M80" s="15">
         <v>1.01</v>
       </c>
       <c r="N80" s="15">
-        <v>1720</v>
+        <v>1680</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14"/>
       <c r="C81" s="15"/>
       <c r="D81" s="15"/>
       <c r="E81" s="15"/>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15"/>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15"/>
       <c r="L81" s="15"/>
       <c r="M81" s="15"/>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
     </row>
   </sheetData>
@@ -4676,317 +4665,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>305</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>