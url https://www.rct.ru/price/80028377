--- v1 (2025-12-19)
+++ v2 (2026-01-11)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -526,68 +526,77 @@
   <si>
     <t>Клеммник 2EDGKR-7.62-02P-13-00A(H)</t>
   </si>
   <si>
     <t>2EDGKR-7.62-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108260</t>
   </si>
   <si>
     <t>2EDGKR-7.62-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-02P-14-00A(H)</t>
   </si>
   <si>
     <t>2EDGKR-7.62-04P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-04P-14-00A(H)</t>
   </si>
   <si>
+    <t>2EDGKR-7.62-04P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 2EDGKR-7.62-04P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110626</t>
+  </si>
+  <si>
+    <t>19.02.2026</t>
+  </si>
+  <si>
     <t>2EDGKR-7.62-06P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-06P-14-00A(H)</t>
   </si>
   <si>
     <t>2EDGKR-7.62-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00110627</t>
   </si>
   <si>
-    <t>08.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>2EDGKRM-7.62-03P-14-00A(H)</t>
   </si>
   <si>
     <t>на кабель / 2EDGKRM-7.62-03P-14-00A(H)</t>
   </si>
   <si>
     <t>UT-00101097</t>
   </si>
   <si>
     <t>2EDGKRM-7.62-04P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">на кабель / 2EDGKRM-7.62-04P-14-00A(H) </t>
   </si>
   <si>
     <t>UT-00096699</t>
   </si>
   <si>
     <t>2EDGKRM-7.62-06P-14-00A(H)</t>
   </si>
   <si>
     <t>на кабель / 2EDGKRM-7.62-06P-14-00A(H)</t>
   </si>
   <si>
     <t>UT-00101098</t>
@@ -653,53 +662,50 @@
     <t xml:space="preserve">2EDGK-7.62-08P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>2EGTKA-7.62-02P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-02P-14-100</t>
   </si>
   <si>
     <t>UT-00140198</t>
   </si>
   <si>
     <t xml:space="preserve">GMVSTBR 2.5/ 2-ST-7.62 PHOENIX CONTACT, BLZ 7.62/02/90 WEIDMUELLER, 3ESDP-02P DINKLE, TS02015A0000G ANYTEK, 2EDGKA-7.62-02P-14-00Z(H) DEGSON, TLPS-500R-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>2EGTKA-7.62-03P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-03P-14-100</t>
   </si>
   <si>
     <t>UT-00149180</t>
   </si>
   <si>
     <t xml:space="preserve">3ESDP-03P DINKLE, GMVSTBR 2.5/ 3-ST-7.62 PHOENIX CONTACT, BLZ 7.62/03/90 WEIDMUELLER, TS03015A0000G ANYTEK, 2EDGKA-7.62-03P-14-00Z(H) DEGSON, </t>
-  </si>
-[...1 lines deleted...]
-    <t>17.02.2026</t>
   </si>
   <si>
     <t>2EGTKA-7.62-05P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-05P-14-100</t>
   </si>
   <si>
     <t>UT-00140199</t>
   </si>
   <si>
     <t xml:space="preserve">GMVSTBR 2.5/ 5-ST-7.62 PHOENIX CONTACT, BLZ 7.62/05/90 WEIDMUELLER, 3ESDP-05P DINKLE, TS05015A0000G ANYTEK, 2EDGKA-7.62-05P-14-00Z(H) DEGSON, TLPS-500R-05P-G12S Tianli, </t>
   </si>
   <si>
     <t>2EGTKA-7.62-09P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-09P-14-100</t>
   </si>
   <si>
     <t>UT-00149181</t>
   </si>
   <si>
     <t xml:space="preserve">TS09015A0000G ANYTEK, GMVSTBR 2.5/ 9-ST-7.62 PHOENIX CONTACT, 3ESDP-09P DINKLE, 2EDGKA-7.62-09P-14-1000Z(H) DEGSON, </t>
   </si>
@@ -1491,51 +1497,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R81"/>
+  <dimension ref="A1:R82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1747,92 +1753,92 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>800</v>
       </c>
       <c r="K9" s="15">
         <v>0.25094</v>
       </c>
       <c r="L9" s="15">
         <v>0.21748</v>
       </c>
       <c r="M9" s="15">
         <v>0.20911</v>
       </c>
       <c r="N9" s="15">
-        <v>2064</v>
+        <v>2045</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.37173</v>
       </c>
       <c r="L10" s="15">
         <v>0.32217</v>
       </c>
       <c r="M10" s="15">
         <v>0.30978</v>
       </c>
       <c r="N10" s="15">
-        <v>3002</v>
+        <v>3397</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1867,89 +1873,89 @@
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.506</v>
       </c>
       <c r="L12" s="15">
         <v>0.43853</v>
       </c>
       <c r="M12" s="15">
         <v>0.42166</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15">
-        <v>2040</v>
+        <v>1656</v>
       </c>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15">
         <v>10080014000</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.80799</v>
       </c>
       <c r="L13" s="15">
         <v>0.57714</v>
       </c>
       <c r="M13" s="15">
         <v>0.50018</v>
       </c>
       <c r="N13" s="15">
-        <v>226</v>
+        <v>271</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -2059,51 +2065,51 @@
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15">
         <v>10080014004</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>300</v>
       </c>
       <c r="K17" s="15">
         <v>0.91064</v>
       </c>
       <c r="L17" s="15">
         <v>0.78922</v>
       </c>
       <c r="M17" s="15">
         <v>0.75886</v>
       </c>
       <c r="N17" s="15">
-        <v>391</v>
+        <v>334</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -2176,51 +2182,51 @@
       </c>
       <c r="E20" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J20" s="15">
         <v>100</v>
       </c>
       <c r="K20" s="15">
         <v>0.24548</v>
       </c>
       <c r="L20" s="15">
         <v>0.21275</v>
       </c>
       <c r="M20" s="15">
         <v>0.20456</v>
       </c>
       <c r="N20" s="15">
-        <v>630</v>
+        <v>587</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
@@ -2293,51 +2299,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J23" s="15">
         <v>305</v>
       </c>
       <c r="K23" s="15">
         <v>0.63842</v>
       </c>
       <c r="L23" s="15">
         <v>0.5532899999999999</v>
       </c>
       <c r="M23" s="15">
         <v>0.53201</v>
       </c>
       <c r="N23" s="15">
-        <v>1208</v>
+        <v>1586</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
@@ -2484,51 +2490,51 @@
       <c r="D28" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.23703</v>
       </c>
       <c r="L28" s="15">
         <v>0.20543</v>
       </c>
       <c r="M28" s="15">
         <v>0.19753</v>
       </c>
       <c r="N28" s="15">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
@@ -2564,51 +2570,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="J30" s="15">
         <v>125</v>
       </c>
       <c r="K30" s="15">
         <v>0.59916</v>
       </c>
       <c r="L30" s="15">
         <v>0.51927</v>
       </c>
       <c r="M30" s="15">
         <v>0.4993</v>
       </c>
       <c r="N30" s="15">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2683,342 +2689,342 @@
       <c r="D33" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>0.52193</v>
       </c>
       <c r="L33" s="15">
         <v>0.45234</v>
       </c>
       <c r="M33" s="15">
         <v>0.43494</v>
       </c>
       <c r="N33" s="15">
-        <v>2580</v>
+        <v>1980</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J34" s="15">
         <v>300</v>
       </c>
       <c r="K34" s="15">
         <v>0.69338</v>
       </c>
       <c r="L34" s="15">
         <v>0.60093</v>
       </c>
       <c r="M34" s="15">
         <v>0.57781</v>
       </c>
       <c r="N34" s="15">
-        <v>1641</v>
+        <v>1429</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.74382</v>
       </c>
       <c r="L35" s="15">
         <v>0.66944</v>
       </c>
       <c r="M35" s="15">
         <v>0.61985</v>
       </c>
       <c r="N35" s="15">
-        <v>2748</v>
+        <v>3219</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>129</v>
       </c>
       <c r="J36" s="15">
         <v>220</v>
       </c>
       <c r="K36" s="15">
         <v>0.8</v>
       </c>
       <c r="L36" s="15">
         <v>0.8</v>
       </c>
       <c r="M36" s="15">
         <v>0.8</v>
       </c>
       <c r="N36" s="15">
-        <v>1028</v>
+        <v>996</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>880</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J37" s="15">
         <v>155</v>
       </c>
       <c r="K37" s="15">
         <v>1.57</v>
       </c>
       <c r="L37" s="15">
         <v>1.36</v>
       </c>
       <c r="M37" s="15">
         <v>1.31</v>
       </c>
       <c r="N37" s="15">
-        <v>292</v>
+        <v>353</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>620</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J38" s="15">
         <v>135</v>
       </c>
       <c r="K38" s="15">
         <v>2.25</v>
       </c>
       <c r="L38" s="15">
         <v>1.95</v>
       </c>
       <c r="M38" s="15">
         <v>1.87</v>
       </c>
       <c r="N38" s="15">
-        <v>555</v>
+        <v>614</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15">
         <v>540</v>
       </c>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>100</v>
       </c>
       <c r="K39" s="15">
         <v>2.39</v>
       </c>
       <c r="L39" s="15">
         <v>2.07</v>
       </c>
       <c r="M39" s="15">
         <v>1.99</v>
       </c>
       <c r="N39" s="15">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15">
         <v>400</v>
       </c>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>100</v>
       </c>
       <c r="K40" s="15">
         <v>2.17</v>
       </c>
       <c r="L40" s="15">
         <v>1.88</v>
       </c>
       <c r="M40" s="15">
         <v>1.81</v>
       </c>
       <c r="N40" s="15">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>400</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
@@ -3094,214 +3100,216 @@
         <v>153</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J43" s="15">
         <v>400</v>
       </c>
       <c r="K43" s="15">
         <v>0.40245</v>
       </c>
       <c r="L43" s="15">
         <v>0.34879</v>
       </c>
       <c r="M43" s="15">
         <v>0.33538</v>
       </c>
-      <c r="N43" s="15"/>
+      <c r="N43" s="15">
+        <v>61</v>
+      </c>
       <c r="O43" s="15">
-        <v>288</v>
+        <v>256</v>
       </c>
       <c r="P43" s="15" t="s">
         <v>156</v>
       </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J44" s="15">
         <v>420</v>
       </c>
       <c r="K44" s="15">
         <v>0.82548</v>
       </c>
       <c r="L44" s="15">
         <v>0.7154199999999999</v>
       </c>
       <c r="M44" s="15">
         <v>0.6879</v>
       </c>
       <c r="N44" s="15">
-        <v>923</v>
+        <v>858</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>1680</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E45" s="15">
         <v>10080064658</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>800</v>
       </c>
       <c r="K45" s="15">
         <v>0.68962</v>
       </c>
       <c r="L45" s="15">
         <v>0.37171</v>
       </c>
       <c r="M45" s="15">
         <v>0.3228</v>
       </c>
       <c r="N45" s="15">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>800</v>
       </c>
       <c r="K46" s="15">
         <v>0.29819</v>
       </c>
       <c r="L46" s="15">
         <v>0.25843</v>
       </c>
       <c r="M46" s="15">
         <v>0.24849</v>
       </c>
       <c r="N46" s="15">
-        <v>850</v>
+        <v>870</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E47" s="15">
         <v>10080037884</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>800</v>
       </c>
       <c r="K47" s="15">
         <v>0.59977</v>
       </c>
       <c r="L47" s="15">
         <v>0.32328</v>
       </c>
       <c r="M47" s="15">
         <v>0.28075</v>
       </c>
       <c r="N47" s="15">
-        <v>702</v>
+        <v>918</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E48" s="15">
         <v>10080047351</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
@@ -3313,1339 +3321,1378 @@
       </c>
       <c r="L48" s="15">
         <v>0.4372</v>
       </c>
       <c r="M48" s="15">
         <v>0.42039</v>
       </c>
       <c r="N48" s="15">
         <v>51</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="E49" s="15">
-        <v>10080047352</v>
+      <c r="E49" s="15" t="s">
+        <v>172</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
-        <v>325</v>
+        <v>485</v>
       </c>
       <c r="K49" s="15">
-        <v>1.22</v>
+        <v>0.6545299999999999</v>
       </c>
       <c r="L49" s="15">
-        <v>0.88091</v>
+        <v>0.56726</v>
       </c>
       <c r="M49" s="15">
-        <v>0.76725</v>
+        <v>0.54544</v>
       </c>
       <c r="N49" s="15"/>
-      <c r="O49" s="15"/>
-      <c r="P49" s="15"/>
+      <c r="O49" s="15">
+        <v>888</v>
+      </c>
+      <c r="P49" s="15" t="s">
+        <v>173</v>
+      </c>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>175</v>
+      </c>
+      <c r="E50" s="15">
+        <v>10080047352</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>325</v>
       </c>
       <c r="K50" s="15">
-        <v>1.03</v>
+        <v>1.22</v>
       </c>
       <c r="L50" s="15">
-        <v>0.894</v>
+        <v>0.88091</v>
       </c>
       <c r="M50" s="15">
-        <v>0.85961</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.76725</v>
+      </c>
+      <c r="N50" s="15"/>
+      <c r="O50" s="15"/>
+      <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>178</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
-        <v>485</v>
+        <v>325</v>
       </c>
       <c r="K51" s="15">
-        <v>0.73536</v>
+        <v>0.98168</v>
       </c>
       <c r="L51" s="15">
-        <v>0.63731</v>
+        <v>0.85079</v>
       </c>
       <c r="M51" s="15">
-        <v>0.6128</v>
+        <v>0.81806</v>
       </c>
       <c r="N51" s="15">
-        <v>403</v>
-[...5 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="O51" s="15">
+        <v>1092</v>
+      </c>
+      <c r="P51" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
-        <v>390</v>
+        <v>485</v>
       </c>
       <c r="K52" s="15">
-        <v>0.81857</v>
+        <v>0.73536</v>
       </c>
       <c r="L52" s="15">
-        <v>0.7094200000000001</v>
+        <v>0.63731</v>
       </c>
       <c r="M52" s="15">
-        <v>0.68214</v>
+        <v>0.6128</v>
       </c>
       <c r="N52" s="15">
-        <v>164</v>
+        <v>355</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
-      <c r="Q52" s="15"/>
+      <c r="Q52" s="15">
+        <v>1940</v>
+      </c>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
-        <v>290</v>
+        <v>390</v>
       </c>
       <c r="K53" s="15">
-        <v>1.47</v>
+        <v>0.81857</v>
       </c>
       <c r="L53" s="15">
-        <v>1.27</v>
+        <v>0.7094200000000001</v>
       </c>
       <c r="M53" s="15">
-        <v>1.22</v>
+        <v>0.68214</v>
       </c>
       <c r="N53" s="15">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
-      <c r="Q53" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
-        <v>205</v>
+        <v>290</v>
       </c>
       <c r="K54" s="15">
-        <v>2.2</v>
+        <v>1.47</v>
       </c>
       <c r="L54" s="15">
-        <v>1.91</v>
+        <v>1.27</v>
       </c>
       <c r="M54" s="15">
-        <v>1.84</v>
+        <v>1.22</v>
       </c>
       <c r="N54" s="15">
-        <v>146</v>
+        <v>186</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
-        <v>820</v>
+        <v>1160</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-      <c r="J55" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I55" s="15"/>
+      <c r="J55" s="15">
+        <v>205</v>
+      </c>
       <c r="K55" s="15">
-        <v>0.17455</v>
+        <v>2.2</v>
       </c>
       <c r="L55" s="15">
-        <v>0.15202</v>
+        <v>1.91</v>
       </c>
       <c r="M55" s="15">
-        <v>0.14076</v>
+        <v>1.84</v>
       </c>
       <c r="N55" s="15">
-        <v>693</v>
+        <v>160</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
-      <c r="Q55" s="15"/>
+      <c r="Q55" s="15">
+        <v>820</v>
+      </c>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D56" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="E56" s="15" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
-        <v>0.25374</v>
+        <v>0.17455</v>
       </c>
       <c r="L56" s="15">
-        <v>0.22837</v>
+        <v>0.15202</v>
       </c>
       <c r="M56" s="15">
-        <v>0.21145</v>
+        <v>0.14076</v>
       </c>
       <c r="N56" s="15">
-        <v>797</v>
+        <v>693</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="J57" s="15"/>
       <c r="K57" s="15">
-        <v>0.33855</v>
+        <v>0.25374</v>
       </c>
       <c r="L57" s="15">
-        <v>0.3047</v>
+        <v>0.22837</v>
       </c>
       <c r="M57" s="15">
-        <v>0.28213</v>
+        <v>0.21145</v>
       </c>
       <c r="N57" s="15">
-        <v>388</v>
+        <v>1003</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
-      <c r="Q57" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J58" s="15">
-        <v>348</v>
+        <v>400</v>
       </c>
       <c r="K58" s="15">
-        <v>0.6763400000000001</v>
+        <v>0.33855</v>
       </c>
       <c r="L58" s="15">
-        <v>0.6087</v>
+        <v>0.3047</v>
       </c>
       <c r="M58" s="15">
-        <v>0.5636100000000001</v>
+        <v>0.28213</v>
       </c>
       <c r="N58" s="15">
-        <v>1898</v>
+        <v>267</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
-        <v>1392</v>
+        <v>1600</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>205</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J59" s="15">
-        <v>150</v>
+        <v>348</v>
       </c>
       <c r="K59" s="15">
-        <v>0.25914</v>
+        <v>0.6763400000000001</v>
       </c>
       <c r="L59" s="15">
-        <v>0.22459</v>
+        <v>0.6087</v>
       </c>
       <c r="M59" s="15">
-        <v>0.21595</v>
+        <v>0.5636100000000001</v>
       </c>
       <c r="N59" s="15">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>1813</v>
+      </c>
+      <c r="O59" s="15"/>
       <c r="P59" s="15"/>
-      <c r="Q59" s="15"/>
+      <c r="Q59" s="15">
+        <v>1392</v>
+      </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>209</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="J60" s="15"/>
+        <v>211</v>
+      </c>
+      <c r="J60" s="15">
+        <v>150</v>
+      </c>
       <c r="K60" s="15">
-        <v>0.37733</v>
+        <v>0.25914</v>
       </c>
       <c r="L60" s="15">
-        <v>0.33959</v>
+        <v>0.22459</v>
       </c>
       <c r="M60" s="15">
-        <v>0.31444</v>
+        <v>0.21595</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="E61" s="15" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="J61" s="15"/>
       <c r="K61" s="15">
-        <v>0.60542</v>
+        <v>0.37733</v>
       </c>
       <c r="L61" s="15">
-        <v>0.52469</v>
+        <v>0.33959</v>
       </c>
       <c r="M61" s="15">
-        <v>0.50451</v>
+        <v>0.31444</v>
       </c>
       <c r="N61" s="15"/>
-      <c r="O61" s="15"/>
+      <c r="O61" s="15">
+        <v>468</v>
+      </c>
       <c r="P61" s="15"/>
-      <c r="Q61" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D62" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E62" s="15" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="J62" s="15"/>
+        <v>219</v>
+      </c>
+      <c r="J62" s="15">
+        <v>250</v>
+      </c>
       <c r="K62" s="15">
-        <v>1.14</v>
+        <v>0.60542</v>
       </c>
       <c r="L62" s="15">
-        <v>1.02</v>
+        <v>0.52469</v>
       </c>
       <c r="M62" s="15">
-        <v>0.9478799999999999</v>
-[...4 lines deleted...]
-      <c r="O62" s="15"/>
+        <v>0.50451</v>
+      </c>
+      <c r="N62" s="15"/>
+      <c r="O62" s="15">
+        <v>1400</v>
+      </c>
       <c r="P62" s="15"/>
-      <c r="Q62" s="15"/>
+      <c r="Q62" s="15">
+        <v>1000</v>
+      </c>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="E63" s="15" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
-        <v>0.5343599999999999</v>
+        <v>1.14</v>
       </c>
       <c r="L63" s="15">
-        <v>0.46541</v>
+        <v>1.02</v>
       </c>
       <c r="M63" s="15">
-        <v>0.43094</v>
+        <v>0.9478799999999999</v>
       </c>
       <c r="N63" s="15">
-        <v>1420</v>
+        <v>100</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="E64" s="15" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="J64" s="15"/>
       <c r="K64" s="15">
-        <v>0.71815</v>
+        <v>0.5343599999999999</v>
       </c>
       <c r="L64" s="15">
-        <v>0.62548</v>
+        <v>0.46541</v>
       </c>
       <c r="M64" s="15">
-        <v>0.5791500000000001</v>
+        <v>0.43094</v>
       </c>
       <c r="N64" s="15">
-        <v>1400</v>
+        <v>1800</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
-      <c r="Q64" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="E65" s="15" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="J65" s="15"/>
+        <v>231</v>
+      </c>
+      <c r="J65" s="15">
+        <v>250</v>
+      </c>
       <c r="K65" s="15">
-        <v>0.89063</v>
+        <v>0.71815</v>
       </c>
       <c r="L65" s="15">
-        <v>0.77571</v>
+        <v>0.62548</v>
       </c>
       <c r="M65" s="15">
-        <v>0.7182500000000001</v>
+        <v>0.5791500000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>860</v>
+        <v>1800</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
-      <c r="Q65" s="15"/>
+      <c r="Q65" s="15">
+        <v>1000</v>
+      </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="E66" s="15" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="J66" s="15"/>
       <c r="K66" s="15">
-        <v>1.25</v>
+        <v>0.89063</v>
       </c>
       <c r="L66" s="15">
-        <v>1.09</v>
+        <v>0.77571</v>
       </c>
       <c r="M66" s="15">
-        <v>1.01</v>
+        <v>0.7182500000000001</v>
       </c>
       <c r="N66" s="15">
-        <v>1440</v>
+        <v>780</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D67" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="E67" s="15" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="J67" s="15"/>
       <c r="K67" s="15">
-        <v>0.25077</v>
+        <v>1.25</v>
       </c>
       <c r="L67" s="15">
-        <v>0.22569</v>
+        <v>1.09</v>
       </c>
       <c r="M67" s="15">
-        <v>0.20898</v>
+        <v>1.01</v>
       </c>
       <c r="N67" s="15">
-        <v>1892</v>
+        <v>1740</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
-      <c r="Q67" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D68" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="E68" s="15" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>245</v>
+        <v>194</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="J68" s="15"/>
+        <v>243</v>
+      </c>
+      <c r="J68" s="15">
+        <v>600</v>
+      </c>
       <c r="K68" s="15">
-        <v>0.19424</v>
+        <v>0.25077</v>
       </c>
       <c r="L68" s="15">
-        <v>0.14053</v>
+        <v>0.22569</v>
       </c>
       <c r="M68" s="15">
-        <v>0.12263</v>
-[...1 lines deleted...]
-      <c r="N68" s="15"/>
+        <v>0.20898</v>
+      </c>
+      <c r="N68" s="15">
+        <v>1496</v>
+      </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
-      <c r="Q68" s="15"/>
+      <c r="Q68" s="15">
+        <v>2400</v>
+      </c>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
-        <v>0.29223</v>
+        <v>0.13838</v>
       </c>
       <c r="L69" s="15">
-        <v>0.21143</v>
+        <v>0.11993</v>
       </c>
       <c r="M69" s="15">
-        <v>0.1845</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11531</v>
+      </c>
+      <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D70" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="E70" s="15" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="J70" s="15"/>
       <c r="K70" s="15">
-        <v>0.58738</v>
+        <v>0.20822</v>
       </c>
       <c r="L70" s="15">
-        <v>0.42497</v>
+        <v>0.18045</v>
       </c>
       <c r="M70" s="15">
-        <v>0.37083</v>
+        <v>0.17351</v>
       </c>
       <c r="N70" s="15">
-        <v>1720</v>
+        <v>748</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D71" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="E71" s="15" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
-        <v>0.79667</v>
+        <v>0.4058</v>
       </c>
       <c r="L71" s="15">
-        <v>0.57639</v>
+        <v>0.35169</v>
       </c>
       <c r="M71" s="15">
-        <v>0.50297</v>
+        <v>0.33816</v>
       </c>
       <c r="N71" s="15">
-        <v>1460</v>
+        <v>1640</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="E72" s="15" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
-        <v>1.51</v>
+        <v>0.56609</v>
       </c>
       <c r="L72" s="15">
-        <v>1.09</v>
+        <v>0.49061</v>
       </c>
       <c r="M72" s="15">
-        <v>0.95063</v>
+        <v>0.47174</v>
       </c>
       <c r="N72" s="15">
-        <v>1780</v>
+        <v>1720</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D73" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="E73" s="15" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>266</v>
+        <v>247</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="J73" s="15"/>
       <c r="K73" s="15">
-        <v>0.24436</v>
+        <v>1.07</v>
       </c>
       <c r="L73" s="15">
-        <v>0.21283</v>
+        <v>0.92755</v>
       </c>
       <c r="M73" s="15">
-        <v>0.19706</v>
+        <v>0.89188</v>
       </c>
       <c r="N73" s="15">
-        <v>478</v>
+        <v>1560</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="J74" s="15"/>
+        <v>269</v>
+      </c>
+      <c r="J74" s="15">
+        <v>100</v>
+      </c>
       <c r="K74" s="15">
-        <v>0.6099599999999999</v>
+        <v>0.24436</v>
       </c>
       <c r="L74" s="15">
-        <v>0.53125</v>
+        <v>0.21283</v>
       </c>
       <c r="M74" s="15">
-        <v>0.4919</v>
+        <v>0.19706</v>
       </c>
       <c r="N74" s="15">
-        <v>365</v>
+        <v>472</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D75" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="E75" s="15" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="J75" s="15"/>
       <c r="K75" s="15">
-        <v>0.19479</v>
+        <v>0.6099599999999999</v>
       </c>
       <c r="L75" s="15">
-        <v>0.17531</v>
+        <v>0.53125</v>
       </c>
       <c r="M75" s="15">
-        <v>0.16233</v>
+        <v>0.4919</v>
       </c>
       <c r="N75" s="15">
-        <v>670</v>
+        <v>340</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D76" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="E76" s="15" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="J76" s="15"/>
+        <v>277</v>
+      </c>
+      <c r="J76" s="15">
+        <v>100</v>
+      </c>
       <c r="K76" s="15">
-        <v>0.30852</v>
+        <v>0.19479</v>
       </c>
       <c r="L76" s="15">
-        <v>0.26738</v>
+        <v>0.17531</v>
       </c>
       <c r="M76" s="15">
-        <v>0.2571</v>
+        <v>0.16233</v>
       </c>
       <c r="N76" s="15">
-        <v>770</v>
+        <v>680</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D77" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="E77" s="15" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
-        <v>0.42411</v>
+        <v>0.30852</v>
       </c>
       <c r="L77" s="15">
-        <v>0.36939</v>
+        <v>0.26738</v>
       </c>
       <c r="M77" s="15">
-        <v>0.34203</v>
+        <v>0.2571</v>
       </c>
       <c r="N77" s="15">
-        <v>850</v>
+        <v>610</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D78" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="E78" s="15" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
-        <v>0.48045</v>
+        <v>0.42411</v>
       </c>
       <c r="L78" s="15">
-        <v>0.41639</v>
+        <v>0.36939</v>
       </c>
       <c r="M78" s="15">
-        <v>0.40038</v>
+        <v>0.34203</v>
       </c>
       <c r="N78" s="15">
-        <v>1580</v>
+        <v>600</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>286</v>
+      </c>
+      <c r="D79" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="E79" s="15" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
-        <v>0.66267</v>
+        <v>0.48045</v>
       </c>
       <c r="L79" s="15">
-        <v>0.57431</v>
+        <v>0.41639</v>
       </c>
       <c r="M79" s="15">
-        <v>0.55223</v>
+        <v>0.40038</v>
       </c>
       <c r="N79" s="15">
-        <v>1500</v>
+        <v>1660</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D80" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="E80" s="15" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
-        <v>1.21</v>
+        <v>0.66267</v>
       </c>
       <c r="L80" s="15">
-        <v>1.05</v>
+        <v>0.57431</v>
       </c>
       <c r="M80" s="15">
-        <v>1.01</v>
+        <v>0.55223</v>
       </c>
       <c r="N80" s="15">
         <v>1680</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
-      <c r="B81" s="14"/>
-[...2 lines deleted...]
-      <c r="E81" s="15"/>
+      <c r="B81" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D81" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="E81" s="15" t="s">
+        <v>296</v>
+      </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
-      <c r="H81" s="15"/>
-      <c r="I81" s="15"/>
+      <c r="H81" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="I81" s="15" t="s">
+        <v>297</v>
+      </c>
       <c r="J81" s="15"/>
-      <c r="K81" s="15"/>
-[...2 lines deleted...]
-      <c r="N81" s="15"/>
+      <c r="K81" s="15">
+        <v>1.21</v>
+      </c>
+      <c r="L81" s="15">
+        <v>1.05</v>
+      </c>
+      <c r="M81" s="15">
+        <v>1.01</v>
+      </c>
+      <c r="N81" s="15">
+        <v>1480</v>
+      </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
+      <c r="R81"/>
+    </row>
+    <row r="82" spans="1:18">
+      <c r="B82" s="14"/>
+      <c r="C82" s="15"/>
+      <c r="D82" s="15"/>
+      <c r="E82" s="15"/>
+      <c r="F82" s="15"/>
+      <c r="G82" s="15"/>
+      <c r="H82" s="15"/>
+      <c r="I82" s="15"/>
+      <c r="J82" s="15"/>
+      <c r="K82" s="15"/>
+      <c r="L82" s="15"/>
+      <c r="M82" s="15"/>
+      <c r="N82" s="15"/>
+      <c r="O82" s="15"/>
+      <c r="P82" s="15"/>
+      <c r="Q82" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -4665,317 +4712,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>