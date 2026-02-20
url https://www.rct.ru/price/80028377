--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -112,50 +112,53 @@
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>на кабель</t>
   </si>
   <si>
     <t>2EDGK-7.62-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGK-7.62-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109022</t>
   </si>
   <si>
     <t>DEGSON</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 2-ST-7.62 PHOENIX CONTACT, 3ESDV-02P DINKLE, BLZ 7.62/02/180 WEIDMUELLER, TJ0201500000G ANYTEK, MC100-76202 DECA, 2EGTK-7.62-02P-14-100 GOLTEN, TLPS-500V-02P-G12S(M3) Tianli, L-KLS2-EDK-7.62-02P-4S KLS, </t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>2EDGK-7.62-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGK-7.62-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109023</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 3-ST-7.62 PHOENIX CONTACT, BLZ 7.62/03/180 WEIDMUELLER, 3ESDV-03P DINKLE, TJ0301500000G ANYTEK, MC100-76203 DECA, 2EGTK-7.62-03P-14-100 GOLTEN, TLPS-500V-03P-G12S(M3) Tianli, L-KLS2-EDK-7.62-03P-4S KLS, </t>
   </si>
   <si>
     <t>2EDGK-7.62-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>на кабель шаг 7.62 / 2EDGK-7.62-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113792</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 4-ST-7.62 PHOENIX CONTACT, 3ESDV-04P DINKLE, BLZ 7.62/04/180 WEIDMUELLER, TJ0401500000G ANYTEK, MC100-76204 DECA, 2EDGK-7.62-04P-14-1000Z(H) DEGSON, 2EGTK-7.62-04P-14-100 GOLTEN, TLPS-500V-04P-G12S Tianli, 2EGTK-7.62-04P-14-00 GOLTEN, L-KLS2-EDK-7.62-04P-4S KLS, </t>
   </si>
   <si>
     <t>2EDGK-7.62-04P-14-1000Z(H)</t>
@@ -484,110 +487,101 @@
   <si>
     <t>2EDGKM-7.62-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKM-7.62-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109583</t>
   </si>
   <si>
     <t xml:space="preserve">BLZ 7.62/02/180B WEIDMUELLER, GMSTB 2.5/ 2-STF-7.62 PHOENIX CONTACT, 3ESDVM-02P DINKLE, TJ02015200000G ANYTEK, MC101-76202 DECA, 2EDGKM-7.62-02P-14-00A(H) DEGSON, TLPSW-500V-02P-G12S(M3) Tianli, </t>
   </si>
   <si>
     <t>2EDGKM-7.62-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKM-7.62-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109584</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 3-STF-7.62 PHOENIX CONTACT, BLZ 7.62/03/180B WEIDMUELLER, 3ESDVM-03P DINKLE, TJ03015200000G ANYTEK, MC101-76203 DECA, 2EDGKM-7.62-03P-14-1000Z(H) DEGSON, L-KLS2-EDCKM-7.62-03P-4S KLS, TLPSW-500V-03P-G12S(M3) Tianli, </t>
   </si>
   <si>
-    <t>20.04.2026</t>
+    <t>29.03.2026</t>
   </si>
   <si>
     <t>2EDGKM-7.62-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKM-7.62-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109586</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 5-STF-7.62 PHOENIX CONTACT, BLZ 7.62/05/180B WEIDMUELLER, 3ESDVM-05P DINKLE, TJ05015200000G ANYTEK, MC101-76205 DECA, </t>
   </si>
   <si>
     <t>2EDGKR-7.62-02P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-02P-13-00A(H)</t>
   </si>
   <si>
     <t>2EDGKR-7.62-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108260</t>
   </si>
   <si>
     <t>2EDGKR-7.62-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-02P-14-00A(H)</t>
   </si>
   <si>
     <t>2EDGKR-7.62-04P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-04P-14-00A(H)</t>
   </si>
   <si>
     <t>2EDGKR-7.62-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00110626</t>
   </si>
   <si>
-    <t>19.02.2026</t>
-[...7 lines deleted...]
-  <si>
     <t>2EDGKR-7.62-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00110627</t>
   </si>
   <si>
     <t>2EDGKRM-7.62-03P-14-00A(H)</t>
   </si>
   <si>
     <t>на кабель / 2EDGKRM-7.62-03P-14-00A(H)</t>
   </si>
   <si>
     <t>UT-00101097</t>
   </si>
   <si>
     <t>2EDGKRM-7.62-04P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">на кабель / 2EDGKRM-7.62-04P-14-00A(H) </t>
   </si>
   <si>
     <t>UT-00096699</t>
@@ -628,96 +622,102 @@
   <si>
     <t>2EGTK-7.62-03P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTK-7.62-03P-14-100</t>
   </si>
   <si>
     <t>UT-00142579</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 3-ST-7.62 PHOENIX CONTACT, BLZ 7.62/03/180 WEIDMUELLER, 3ESDV-03P DINKLE, TJ0301500000G ANYTEK, MC100-76203 DECA, 2EDGK-7.62-03P-14-00Z(H) DEGSON, TLPS-500V-03P-G12S(M3) Tianli, L-KLS2-EDK-7.62-03P-4S KLS, </t>
   </si>
   <si>
     <t>2EGTK-7.62-04P-14-100</t>
   </si>
   <si>
     <t>на кабель шаг 7.62 / 2EGTK-7.62-04P-14-100</t>
   </si>
   <si>
     <t>UT-00140197</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 4-ST-7.62 PHOENIX CONTACT, 3ESDV-04P DINKLE, BLZ 7.62/04/180 WEIDMUELLER, TJ0401500000G ANYTEK, MC100-76204 DECA, 2EDGK-7.62-04P-14-00Z(H) DEGSON, 2EDGK-7.62-04P-14-1000Z(H) DEGSON, TLPS-500V-04P-G12S Tianli, 2EGTK-7.62-04P-14-00 GOLTEN, L-KLS2-EDK-7.62-04P-4S KLS, </t>
   </si>
   <si>
+    <t>11.06.2026</t>
+  </si>
+  <si>
     <t>2EGTK-7.62-08P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTK-7.62-08P-14-100</t>
   </si>
   <si>
     <t>UT-00142812</t>
   </si>
   <si>
     <t xml:space="preserve">2EDGK-7.62-08P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>2EGTKA-7.62-02P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-02P-14-100</t>
   </si>
   <si>
     <t>UT-00140198</t>
   </si>
   <si>
     <t xml:space="preserve">GMVSTBR 2.5/ 2-ST-7.62 PHOENIX CONTACT, BLZ 7.62/02/90 WEIDMUELLER, 3ESDP-02P DINKLE, TS02015A0000G ANYTEK, 2EDGKA-7.62-02P-14-00Z(H) DEGSON, TLPS-500R-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>2EGTKA-7.62-03P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-03P-14-100</t>
   </si>
   <si>
     <t>UT-00149180</t>
   </si>
   <si>
     <t xml:space="preserve">3ESDP-03P DINKLE, GMVSTBR 2.5/ 3-ST-7.62 PHOENIX CONTACT, BLZ 7.62/03/90 WEIDMUELLER, TS03015A0000G ANYTEK, 2EDGKA-7.62-03P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>2EGTKA-7.62-05P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-05P-14-100</t>
   </si>
   <si>
     <t>UT-00140199</t>
   </si>
   <si>
     <t xml:space="preserve">GMVSTBR 2.5/ 5-ST-7.62 PHOENIX CONTACT, BLZ 7.62/05/90 WEIDMUELLER, 3ESDP-05P DINKLE, TS05015A0000G ANYTEK, 2EDGKA-7.62-05P-14-00Z(H) DEGSON, TLPS-500R-05P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>05.04.2026</t>
   </si>
   <si>
     <t>2EGTKA-7.62-09P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-09P-14-100</t>
   </si>
   <si>
     <t>UT-00149181</t>
   </si>
   <si>
     <t xml:space="preserve">TS09015A0000G ANYTEK, GMVSTBR 2.5/ 9-ST-7.62 PHOENIX CONTACT, 3ESDP-09P DINKLE, 2EDGKA-7.62-09P-14-1000Z(H) DEGSON, </t>
   </si>
   <si>
     <t>2EGTKDM-7.62-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 2EGTKDM-7.62-02P-14-00</t>
   </si>
   <si>
     <t>UT-00143877</t>
   </si>
   <si>
     <t xml:space="preserve">2EDGKDM-7.62-02P-14-00Z(H) DEGSON, L-KLS2-EDKEM-7.62-02P-4 KLS, TLPSW-506V-02P-G12 Tianli, </t>
   </si>
@@ -1497,51 +1497,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R82"/>
+  <dimension ref="A1:R81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1753,2946 +1753,2927 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>800</v>
       </c>
       <c r="K9" s="15">
         <v>0.25094</v>
       </c>
       <c r="L9" s="15">
         <v>0.21748</v>
       </c>
       <c r="M9" s="15">
         <v>0.20911</v>
       </c>
       <c r="N9" s="15">
-        <v>2045</v>
-[...2 lines deleted...]
-      <c r="P9" s="15"/>
+        <v>2140</v>
+      </c>
+      <c r="O9" s="15">
+        <v>1376</v>
+      </c>
+      <c r="P9" s="15" t="s">
+        <v>32</v>
+      </c>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.37173</v>
       </c>
       <c r="L10" s="15">
         <v>0.32217</v>
       </c>
       <c r="M10" s="15">
         <v>0.30978</v>
       </c>
       <c r="N10" s="15">
-        <v>3397</v>
+        <v>3347</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
         <v>0.41817</v>
       </c>
       <c r="L11" s="15">
         <v>0.36241</v>
       </c>
       <c r="M11" s="15">
         <v>0.34848</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
-        <v>0.506</v>
+        <v>0.48512</v>
       </c>
       <c r="L12" s="15">
-        <v>0.43853</v>
+        <v>0.42043</v>
       </c>
       <c r="M12" s="15">
-        <v>0.42166</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.40426</v>
+      </c>
+      <c r="N12" s="15">
+        <v>427</v>
+      </c>
+      <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E13" s="15">
         <v>10080014000</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.80799</v>
       </c>
       <c r="L13" s="15">
         <v>0.57714</v>
       </c>
       <c r="M13" s="15">
         <v>0.50018</v>
       </c>
       <c r="N13" s="15">
-        <v>271</v>
+        <v>217</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J14" s="15">
         <v>500</v>
       </c>
       <c r="K14" s="15">
         <v>0.8662300000000001</v>
       </c>
       <c r="L14" s="15">
         <v>0.6043500000000001</v>
       </c>
       <c r="M14" s="15">
         <v>0.54391</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.70853</v>
       </c>
       <c r="L15" s="15">
         <v>0.6140600000000001</v>
       </c>
       <c r="M15" s="15">
         <v>0.59044</v>
       </c>
       <c r="N15" s="15">
         <v>8</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J16" s="15">
         <v>350</v>
       </c>
       <c r="K16" s="15">
         <v>0.80751</v>
       </c>
       <c r="L16" s="15">
         <v>0.69984</v>
       </c>
       <c r="M16" s="15">
         <v>0.67293</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E17" s="15">
         <v>10080014004</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>300</v>
       </c>
       <c r="K17" s="15">
         <v>0.91064</v>
       </c>
       <c r="L17" s="15">
         <v>0.78922</v>
       </c>
       <c r="M17" s="15">
         <v>0.75886</v>
       </c>
       <c r="N17" s="15">
-        <v>334</v>
+        <v>395</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>275</v>
       </c>
       <c r="K18" s="15">
         <v>2.93</v>
       </c>
       <c r="L18" s="15">
         <v>1.96</v>
       </c>
       <c r="M18" s="15">
         <v>1.78</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>215</v>
       </c>
       <c r="K19" s="15">
         <v>3.59</v>
       </c>
       <c r="L19" s="15">
         <v>2.39</v>
       </c>
       <c r="M19" s="15">
         <v>2.17</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15">
         <v>860</v>
       </c>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J20" s="15">
         <v>100</v>
       </c>
       <c r="K20" s="15">
         <v>0.24548</v>
       </c>
       <c r="L20" s="15">
         <v>0.21275</v>
       </c>
       <c r="M20" s="15">
         <v>0.20456</v>
       </c>
       <c r="N20" s="15">
-        <v>587</v>
+        <v>233</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J21" s="15">
         <v>100</v>
       </c>
       <c r="K21" s="15">
         <v>0.39186</v>
       </c>
       <c r="L21" s="15">
         <v>0.33961</v>
       </c>
       <c r="M21" s="15">
         <v>0.32655</v>
       </c>
       <c r="N21" s="15"/>
-      <c r="O21" s="15"/>
-      <c r="P21" s="15"/>
+      <c r="O21" s="15">
+        <v>340</v>
+      </c>
+      <c r="P21" s="15" t="s">
+        <v>32</v>
+      </c>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.49877</v>
       </c>
       <c r="L22" s="15">
         <v>0.44889</v>
       </c>
       <c r="M22" s="15">
         <v>0.41564</v>
       </c>
       <c r="N22" s="15"/>
-      <c r="O22" s="15"/>
-      <c r="P22" s="15"/>
+      <c r="O22" s="15">
+        <v>453</v>
+      </c>
+      <c r="P22" s="15" t="s">
+        <v>32</v>
+      </c>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J23" s="15">
         <v>305</v>
       </c>
       <c r="K23" s="15">
         <v>0.63842</v>
       </c>
       <c r="L23" s="15">
         <v>0.5532899999999999</v>
       </c>
       <c r="M23" s="15">
         <v>0.53201</v>
       </c>
       <c r="N23" s="15">
-        <v>1586</v>
+        <v>1246</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J24" s="15">
         <v>330</v>
       </c>
       <c r="K24" s="15">
         <v>0.71072</v>
       </c>
       <c r="L24" s="15">
         <v>0.61595</v>
       </c>
       <c r="M24" s="15">
         <v>0.59226</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J25" s="15">
         <v>195</v>
       </c>
       <c r="K25" s="15">
         <v>1.15</v>
       </c>
       <c r="L25" s="15">
         <v>1</v>
       </c>
       <c r="M25" s="15">
         <v>0.9618</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J26" s="15"/>
       <c r="K26" s="15">
         <v>0.235</v>
       </c>
       <c r="L26" s="15">
         <v>0.235</v>
       </c>
       <c r="M26" s="15">
         <v>0.235</v>
       </c>
       <c r="N26" s="15">
         <v>2</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D27" s="15"/>
       <c r="E27" s="15">
         <v>10080010017</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.41513</v>
       </c>
       <c r="L27" s="15">
         <v>0.35978</v>
       </c>
       <c r="M27" s="15">
         <v>0.34594</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.23703</v>
       </c>
       <c r="L28" s="15">
         <v>0.20543</v>
       </c>
       <c r="M28" s="15">
         <v>0.19753</v>
       </c>
       <c r="N28" s="15">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.9188499999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.4595</v>
       </c>
       <c r="M29" s="15">
         <v>0.41773</v>
       </c>
       <c r="N29" s="15">
         <v>1</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J30" s="15">
         <v>125</v>
       </c>
       <c r="K30" s="15">
         <v>0.59916</v>
       </c>
       <c r="L30" s="15">
         <v>0.51927</v>
       </c>
       <c r="M30" s="15">
         <v>0.4993</v>
       </c>
       <c r="N30" s="15">
-        <v>255</v>
+        <v>201</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>0.61986</v>
       </c>
       <c r="L31" s="15">
         <v>0.53721</v>
       </c>
       <c r="M31" s="15">
         <v>0.51655</v>
       </c>
       <c r="N31" s="15">
         <v>19</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>335</v>
       </c>
       <c r="K32" s="15">
         <v>0.77408</v>
       </c>
       <c r="L32" s="15">
         <v>0.67087</v>
       </c>
       <c r="M32" s="15">
         <v>0.64506</v>
       </c>
       <c r="N32" s="15">
         <v>5</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15">
         <v>1340</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>0.52193</v>
       </c>
       <c r="L33" s="15">
         <v>0.45234</v>
       </c>
       <c r="M33" s="15">
         <v>0.43494</v>
       </c>
       <c r="N33" s="15">
-        <v>1980</v>
+        <v>2610</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J34" s="15">
         <v>300</v>
       </c>
       <c r="K34" s="15">
         <v>0.69338</v>
       </c>
       <c r="L34" s="15">
         <v>0.60093</v>
       </c>
       <c r="M34" s="15">
         <v>0.57781</v>
       </c>
       <c r="N34" s="15">
-        <v>1429</v>
+        <v>1197</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.74382</v>
       </c>
       <c r="L35" s="15">
         <v>0.66944</v>
       </c>
       <c r="M35" s="15">
         <v>0.61985</v>
       </c>
       <c r="N35" s="15">
-        <v>3219</v>
+        <v>3043</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J36" s="15">
         <v>220</v>
       </c>
       <c r="K36" s="15">
         <v>0.8</v>
       </c>
       <c r="L36" s="15">
         <v>0.8</v>
       </c>
       <c r="M36" s="15">
         <v>0.8</v>
       </c>
       <c r="N36" s="15">
-        <v>996</v>
+        <v>1157</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>880</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J37" s="15">
         <v>155</v>
       </c>
       <c r="K37" s="15">
         <v>1.57</v>
       </c>
       <c r="L37" s="15">
         <v>1.36</v>
       </c>
       <c r="M37" s="15">
         <v>1.31</v>
       </c>
       <c r="N37" s="15">
-        <v>353</v>
+        <v>271</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>620</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J38" s="15">
         <v>135</v>
       </c>
       <c r="K38" s="15">
         <v>2.25</v>
       </c>
       <c r="L38" s="15">
         <v>1.95</v>
       </c>
       <c r="M38" s="15">
         <v>1.87</v>
       </c>
       <c r="N38" s="15">
-        <v>614</v>
+        <v>599</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15">
         <v>540</v>
       </c>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>100</v>
       </c>
       <c r="K39" s="15">
         <v>2.39</v>
       </c>
       <c r="L39" s="15">
         <v>2.07</v>
       </c>
       <c r="M39" s="15">
         <v>1.99</v>
       </c>
       <c r="N39" s="15">
-        <v>581</v>
+        <v>630</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15">
         <v>400</v>
       </c>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>100</v>
       </c>
       <c r="K40" s="15">
         <v>2.17</v>
       </c>
       <c r="L40" s="15">
         <v>1.88</v>
       </c>
       <c r="M40" s="15">
         <v>1.81</v>
       </c>
       <c r="N40" s="15">
-        <v>850</v>
+        <v>600</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>400</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>0.33372</v>
       </c>
       <c r="L41" s="15">
         <v>0.28922</v>
       </c>
       <c r="M41" s="15">
         <v>0.2781</v>
       </c>
       <c r="N41" s="15">
         <v>5</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J42" s="15"/>
       <c r="K42" s="15">
         <v>0.31472</v>
       </c>
       <c r="L42" s="15">
         <v>0.27275</v>
       </c>
       <c r="M42" s="15">
         <v>0.26226</v>
       </c>
       <c r="N42" s="15">
         <v>43</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J43" s="15">
         <v>400</v>
       </c>
       <c r="K43" s="15">
         <v>0.40245</v>
       </c>
       <c r="L43" s="15">
         <v>0.34879</v>
       </c>
       <c r="M43" s="15">
         <v>0.33538</v>
       </c>
       <c r="N43" s="15">
         <v>61</v>
       </c>
       <c r="O43" s="15">
-        <v>256</v>
+        <v>300</v>
       </c>
       <c r="P43" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J44" s="15">
         <v>420</v>
       </c>
       <c r="K44" s="15">
         <v>0.82548</v>
       </c>
       <c r="L44" s="15">
         <v>0.7154199999999999</v>
       </c>
       <c r="M44" s="15">
         <v>0.6879</v>
       </c>
       <c r="N44" s="15">
-        <v>858</v>
+        <v>1144</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>1680</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E45" s="15">
         <v>10080064658</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>800</v>
       </c>
       <c r="K45" s="15">
         <v>0.68962</v>
       </c>
       <c r="L45" s="15">
         <v>0.37171</v>
       </c>
       <c r="M45" s="15">
         <v>0.3228</v>
       </c>
       <c r="N45" s="15">
-        <v>141</v>
+        <v>155</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>800</v>
       </c>
       <c r="K46" s="15">
         <v>0.29819</v>
       </c>
       <c r="L46" s="15">
         <v>0.25843</v>
       </c>
       <c r="M46" s="15">
         <v>0.24849</v>
       </c>
       <c r="N46" s="15">
-        <v>870</v>
+        <v>760</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E47" s="15">
         <v>10080037884</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>800</v>
       </c>
       <c r="K47" s="15">
         <v>0.59977</v>
       </c>
       <c r="L47" s="15">
         <v>0.32328</v>
       </c>
       <c r="M47" s="15">
         <v>0.28075</v>
       </c>
       <c r="N47" s="15">
-        <v>918</v>
+        <v>886</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E48" s="15">
         <v>10080047351</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>485</v>
       </c>
       <c r="K48" s="15">
         <v>0.50447</v>
       </c>
       <c r="L48" s="15">
         <v>0.4372</v>
       </c>
       <c r="M48" s="15">
         <v>0.42039</v>
       </c>
       <c r="N48" s="15">
         <v>51</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>485</v>
       </c>
       <c r="K49" s="15">
         <v>0.6545299999999999</v>
       </c>
       <c r="L49" s="15">
         <v>0.56726</v>
       </c>
       <c r="M49" s="15">
         <v>0.54544</v>
       </c>
-      <c r="N49" s="15"/>
-[...5 lines deleted...]
-      </c>
+      <c r="N49" s="15">
+        <v>901</v>
+      </c>
+      <c r="O49" s="15"/>
+      <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="E50" s="15">
-        <v>10080047352</v>
+      <c r="E50" s="15" t="s">
+        <v>176</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>325</v>
       </c>
       <c r="K50" s="15">
-        <v>1.22</v>
+        <v>0.98168</v>
       </c>
       <c r="L50" s="15">
-        <v>0.88091</v>
+        <v>0.85079</v>
       </c>
       <c r="M50" s="15">
-        <v>0.76725</v>
-[...1 lines deleted...]
-      <c r="N50" s="15"/>
+        <v>0.81806</v>
+      </c>
+      <c r="N50" s="15">
+        <v>957</v>
+      </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
-        <v>325</v>
+        <v>485</v>
       </c>
       <c r="K51" s="15">
-        <v>0.98168</v>
+        <v>0.73536</v>
       </c>
       <c r="L51" s="15">
-        <v>0.85079</v>
+        <v>0.63731</v>
       </c>
       <c r="M51" s="15">
-        <v>0.81806</v>
+        <v>0.6128</v>
       </c>
       <c r="N51" s="15">
-        <v>378</v>
-[...7 lines deleted...]
-      <c r="Q51" s="15"/>
+        <v>321</v>
+      </c>
+      <c r="O51" s="15"/>
+      <c r="P51" s="15"/>
+      <c r="Q51" s="15">
+        <v>1940</v>
+      </c>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
-        <v>485</v>
+        <v>390</v>
       </c>
       <c r="K52" s="15">
-        <v>0.73536</v>
+        <v>0.81857</v>
       </c>
       <c r="L52" s="15">
-        <v>0.63731</v>
+        <v>0.7094200000000001</v>
       </c>
       <c r="M52" s="15">
-        <v>0.6128</v>
+        <v>0.68214</v>
       </c>
       <c r="N52" s="15">
-        <v>355</v>
+        <v>179</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
-      <c r="Q52" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
-        <v>390</v>
+        <v>290</v>
       </c>
       <c r="K53" s="15">
-        <v>0.81857</v>
+        <v>1.47</v>
       </c>
       <c r="L53" s="15">
-        <v>0.7094200000000001</v>
+        <v>1.27</v>
       </c>
       <c r="M53" s="15">
-        <v>0.68214</v>
+        <v>1.22</v>
       </c>
       <c r="N53" s="15">
-        <v>221</v>
+        <v>192</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
-      <c r="Q53" s="15"/>
+      <c r="Q53" s="15">
+        <v>1160</v>
+      </c>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
-        <v>290</v>
+        <v>205</v>
       </c>
       <c r="K54" s="15">
-        <v>1.47</v>
+        <v>2.2</v>
       </c>
       <c r="L54" s="15">
-        <v>1.27</v>
+        <v>1.91</v>
       </c>
       <c r="M54" s="15">
-        <v>1.22</v>
+        <v>1.84</v>
       </c>
       <c r="N54" s="15">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
-        <v>1160</v>
+        <v>820</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="I55" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="J55" s="15"/>
       <c r="K55" s="15">
-        <v>2.2</v>
+        <v>0.17455</v>
       </c>
       <c r="L55" s="15">
-        <v>1.91</v>
+        <v>0.15202</v>
       </c>
       <c r="M55" s="15">
-        <v>1.84</v>
+        <v>0.14076</v>
       </c>
       <c r="N55" s="15">
-        <v>160</v>
+        <v>814</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
-      <c r="Q55" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
-        <v>0.17455</v>
+        <v>0.25374</v>
       </c>
       <c r="L56" s="15">
-        <v>0.15202</v>
+        <v>0.22837</v>
       </c>
       <c r="M56" s="15">
-        <v>0.14076</v>
+        <v>0.21145</v>
       </c>
       <c r="N56" s="15">
-        <v>693</v>
+        <v>810</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="J57" s="15"/>
+        <v>201</v>
+      </c>
+      <c r="J57" s="15">
+        <v>400</v>
+      </c>
       <c r="K57" s="15">
-        <v>0.25374</v>
+        <v>0.33855</v>
       </c>
       <c r="L57" s="15">
-        <v>0.22837</v>
+        <v>0.3047</v>
       </c>
       <c r="M57" s="15">
-        <v>0.21145</v>
+        <v>0.28213</v>
       </c>
       <c r="N57" s="15">
-        <v>1003</v>
-[...3 lines deleted...]
-      <c r="Q57" s="15"/>
+        <v>243</v>
+      </c>
+      <c r="O57" s="15">
+        <v>288</v>
+      </c>
+      <c r="P57" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q57" s="15">
+        <v>1600</v>
+      </c>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="J58" s="15">
-        <v>400</v>
+        <v>348</v>
       </c>
       <c r="K58" s="15">
-        <v>0.33855</v>
+        <v>0.6763400000000001</v>
       </c>
       <c r="L58" s="15">
-        <v>0.3047</v>
+        <v>0.6087</v>
       </c>
       <c r="M58" s="15">
-        <v>0.28213</v>
+        <v>0.5636100000000001</v>
       </c>
       <c r="N58" s="15">
-        <v>267</v>
+        <v>1322</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
-        <v>1600</v>
+        <v>1392</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="J59" s="15">
-        <v>348</v>
+        <v>150</v>
       </c>
       <c r="K59" s="15">
-        <v>0.6763400000000001</v>
+        <v>0.25376</v>
       </c>
       <c r="L59" s="15">
-        <v>0.6087</v>
+        <v>0.21992</v>
       </c>
       <c r="M59" s="15">
-        <v>0.5636100000000001</v>
+        <v>0.21146</v>
       </c>
       <c r="N59" s="15">
-        <v>1813</v>
-[...5 lines deleted...]
-      </c>
+        <v>546</v>
+      </c>
+      <c r="O59" s="15">
+        <v>1680</v>
+      </c>
+      <c r="P59" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="J60" s="15"/>
       <c r="K60" s="15">
-        <v>0.25914</v>
+        <v>0.4223</v>
       </c>
       <c r="L60" s="15">
-        <v>0.22459</v>
+        <v>0.36599</v>
       </c>
       <c r="M60" s="15">
-        <v>0.21595</v>
-[...1 lines deleted...]
-      <c r="N60" s="15"/>
+        <v>0.35191</v>
+      </c>
+      <c r="N60" s="15">
+        <v>440</v>
+      </c>
       <c r="O60" s="15">
-        <v>403</v>
-[...1 lines deleted...]
-      <c r="P60" s="15"/>
+        <v>880</v>
+      </c>
+      <c r="P60" s="15" t="s">
+        <v>202</v>
+      </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="J61" s="15"/>
+        <v>218</v>
+      </c>
+      <c r="J61" s="15">
+        <v>250</v>
+      </c>
       <c r="K61" s="15">
-        <v>0.37733</v>
+        <v>0.60542</v>
       </c>
       <c r="L61" s="15">
-        <v>0.33959</v>
+        <v>0.52469</v>
       </c>
       <c r="M61" s="15">
-        <v>0.31444</v>
+        <v>0.50451</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15">
-        <v>468</v>
-[...2 lines deleted...]
-      <c r="Q61" s="15"/>
+        <v>305</v>
+      </c>
+      <c r="P61" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q61" s="15">
+        <v>1000</v>
+      </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="J62" s="15"/>
       <c r="K62" s="15">
-        <v>0.60542</v>
+        <v>1.14</v>
       </c>
       <c r="L62" s="15">
-        <v>0.52469</v>
+        <v>1.02</v>
       </c>
       <c r="M62" s="15">
-        <v>0.50451</v>
+        <v>0.9478799999999999</v>
       </c>
       <c r="N62" s="15"/>
-      <c r="O62" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O62" s="15"/>
       <c r="P62" s="15"/>
-      <c r="Q62" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
-        <v>1.14</v>
+        <v>0.5343599999999999</v>
       </c>
       <c r="L63" s="15">
-        <v>1.02</v>
+        <v>0.46541</v>
       </c>
       <c r="M63" s="15">
-        <v>0.9478799999999999</v>
+        <v>0.43094</v>
       </c>
       <c r="N63" s="15">
-        <v>100</v>
+        <v>1620</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="J64" s="15"/>
+        <v>231</v>
+      </c>
+      <c r="J64" s="15">
+        <v>250</v>
+      </c>
       <c r="K64" s="15">
-        <v>0.5343599999999999</v>
+        <v>0.71815</v>
       </c>
       <c r="L64" s="15">
-        <v>0.46541</v>
+        <v>0.62548</v>
       </c>
       <c r="M64" s="15">
-        <v>0.43094</v>
+        <v>0.5791500000000001</v>
       </c>
       <c r="N64" s="15">
-        <v>1800</v>
+        <v>1700</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
-      <c r="Q64" s="15"/>
+      <c r="Q64" s="15">
+        <v>1000</v>
+      </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>231</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="J65" s="15"/>
       <c r="K65" s="15">
-        <v>0.71815</v>
+        <v>0.89063</v>
       </c>
       <c r="L65" s="15">
-        <v>0.62548</v>
+        <v>0.77571</v>
       </c>
       <c r="M65" s="15">
-        <v>0.5791500000000001</v>
+        <v>0.7182500000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>1800</v>
+        <v>780</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
-      <c r="Q65" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="J66" s="15"/>
       <c r="K66" s="15">
-        <v>0.89063</v>
+        <v>1.25</v>
       </c>
       <c r="L66" s="15">
-        <v>0.77571</v>
+        <v>1.09</v>
       </c>
       <c r="M66" s="15">
-        <v>0.7182500000000001</v>
+        <v>1.01</v>
       </c>
       <c r="N66" s="15">
-        <v>780</v>
+        <v>1440</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="J67" s="15"/>
+        <v>243</v>
+      </c>
+      <c r="J67" s="15">
+        <v>600</v>
+      </c>
       <c r="K67" s="15">
-        <v>1.25</v>
+        <v>0.25077</v>
       </c>
       <c r="L67" s="15">
-        <v>1.09</v>
+        <v>0.22569</v>
       </c>
       <c r="M67" s="15">
-        <v>1.01</v>
+        <v>0.20898</v>
       </c>
       <c r="N67" s="15">
-        <v>1740</v>
+        <v>1936</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
-      <c r="Q67" s="15"/>
+      <c r="Q67" s="15">
+        <v>2400</v>
+      </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>194</v>
+        <v>247</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="J68" s="15"/>
       <c r="K68" s="15">
-        <v>0.25077</v>
+        <v>0.13838</v>
       </c>
       <c r="L68" s="15">
-        <v>0.22569</v>
+        <v>0.11993</v>
       </c>
       <c r="M68" s="15">
-        <v>0.20898</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11531</v>
+      </c>
+      <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
-      <c r="Q68" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>247</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
-        <v>0.13838</v>
+        <v>0.20822</v>
       </c>
       <c r="L69" s="15">
-        <v>0.11993</v>
+        <v>0.18045</v>
       </c>
       <c r="M69" s="15">
-        <v>0.11531</v>
-[...1 lines deleted...]
-      <c r="N69" s="15"/>
+        <v>0.17351</v>
+      </c>
+      <c r="N69" s="15">
+        <v>668</v>
+      </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>247</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="J70" s="15"/>
       <c r="K70" s="15">
-        <v>0.20822</v>
+        <v>0.4058</v>
       </c>
       <c r="L70" s="15">
-        <v>0.18045</v>
+        <v>0.35169</v>
       </c>
       <c r="M70" s="15">
-        <v>0.17351</v>
+        <v>0.33816</v>
       </c>
       <c r="N70" s="15">
-        <v>748</v>
+        <v>1420</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>247</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
-        <v>0.4058</v>
+        <v>0.56609</v>
       </c>
       <c r="L71" s="15">
-        <v>0.35169</v>
+        <v>0.49061</v>
       </c>
       <c r="M71" s="15">
-        <v>0.33816</v>
+        <v>0.47174</v>
       </c>
       <c r="N71" s="15">
         <v>1640</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>247</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
-        <v>0.56609</v>
+        <v>1.07</v>
       </c>
       <c r="L72" s="15">
-        <v>0.49061</v>
+        <v>0.92755</v>
       </c>
       <c r="M72" s="15">
-        <v>0.47174</v>
+        <v>0.89188</v>
       </c>
       <c r="N72" s="15">
-        <v>1720</v>
+        <v>1760</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="J73" s="15"/>
+        <v>269</v>
+      </c>
+      <c r="J73" s="15">
+        <v>100</v>
+      </c>
       <c r="K73" s="15">
-        <v>1.07</v>
+        <v>0.24436</v>
       </c>
       <c r="L73" s="15">
-        <v>0.92755</v>
+        <v>0.21283</v>
       </c>
       <c r="M73" s="15">
-        <v>0.89188</v>
+        <v>0.19706</v>
       </c>
       <c r="N73" s="15">
-        <v>1560</v>
+        <v>430</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="J74" s="15"/>
       <c r="K74" s="15">
-        <v>0.24436</v>
+        <v>0.6099599999999999</v>
       </c>
       <c r="L74" s="15">
-        <v>0.21283</v>
+        <v>0.53125</v>
       </c>
       <c r="M74" s="15">
-        <v>0.19706</v>
+        <v>0.4919</v>
       </c>
       <c r="N74" s="15">
-        <v>472</v>
+        <v>305</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="J75" s="15"/>
+        <v>277</v>
+      </c>
+      <c r="J75" s="15">
+        <v>100</v>
+      </c>
       <c r="K75" s="15">
-        <v>0.6099599999999999</v>
+        <v>0.19479</v>
       </c>
       <c r="L75" s="15">
-        <v>0.53125</v>
+        <v>0.17531</v>
       </c>
       <c r="M75" s="15">
-        <v>0.4919</v>
+        <v>0.16233</v>
       </c>
       <c r="N75" s="15">
-        <v>340</v>
+        <v>600</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="J76" s="15"/>
       <c r="K76" s="15">
-        <v>0.19479</v>
+        <v>0.30852</v>
       </c>
       <c r="L76" s="15">
-        <v>0.17531</v>
+        <v>0.26738</v>
       </c>
       <c r="M76" s="15">
-        <v>0.16233</v>
+        <v>0.2571</v>
       </c>
       <c r="N76" s="15">
-        <v>680</v>
+        <v>880</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
-        <v>0.30852</v>
+        <v>0.42411</v>
       </c>
       <c r="L77" s="15">
-        <v>0.26738</v>
+        <v>0.36939</v>
       </c>
       <c r="M77" s="15">
-        <v>0.2571</v>
+        <v>0.34203</v>
       </c>
       <c r="N77" s="15">
-        <v>610</v>
+        <v>780</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
-        <v>0.42411</v>
+        <v>0.48045</v>
       </c>
       <c r="L78" s="15">
-        <v>0.36939</v>
+        <v>0.41639</v>
       </c>
       <c r="M78" s="15">
-        <v>0.34203</v>
+        <v>0.40038</v>
       </c>
       <c r="N78" s="15">
-        <v>600</v>
+        <v>1600</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
-        <v>0.48045</v>
+        <v>0.66267</v>
       </c>
       <c r="L79" s="15">
-        <v>0.41639</v>
+        <v>0.57431</v>
       </c>
       <c r="M79" s="15">
-        <v>0.40038</v>
+        <v>0.55223</v>
       </c>
       <c r="N79" s="15">
-        <v>1660</v>
+        <v>1800</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
-        <v>0.66267</v>
+        <v>1.21</v>
       </c>
       <c r="L80" s="15">
-        <v>0.57431</v>
+        <v>1.05</v>
       </c>
       <c r="M80" s="15">
-        <v>0.55223</v>
+        <v>1.01</v>
       </c>
       <c r="N80" s="15">
-        <v>1680</v>
+        <v>1420</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
-      <c r="B81" s="14" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B81" s="14"/>
+      <c r="C81" s="15"/>
+      <c r="D81" s="15"/>
+      <c r="E81" s="15"/>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
-      <c r="H81" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H81" s="15"/>
+      <c r="I81" s="15"/>
       <c r="J81" s="15"/>
-      <c r="K81" s="15">
-[...10 lines deleted...]
-      </c>
+      <c r="K81" s="15"/>
+      <c r="L81" s="15"/>
+      <c r="M81" s="15"/>
+      <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
-      <c r="R81"/>
-[...17 lines deleted...]
-      <c r="Q82" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>