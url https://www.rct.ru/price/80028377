--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -487,53 +487,50 @@
   <si>
     <t>2EDGKM-7.62-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKM-7.62-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109583</t>
   </si>
   <si>
     <t xml:space="preserve">BLZ 7.62/02/180B WEIDMUELLER, GMSTB 2.5/ 2-STF-7.62 PHOENIX CONTACT, 3ESDVM-02P DINKLE, TJ02015200000G ANYTEK, MC101-76202 DECA, 2EDGKM-7.62-02P-14-00A(H) DEGSON, TLPSW-500V-02P-G12S(M3) Tianli, </t>
   </si>
   <si>
     <t>2EDGKM-7.62-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKM-7.62-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109584</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 3-STF-7.62 PHOENIX CONTACT, BLZ 7.62/03/180B WEIDMUELLER, 3ESDVM-03P DINKLE, TJ03015200000G ANYTEK, MC101-76203 DECA, 2EDGKM-7.62-03P-14-1000Z(H) DEGSON, L-KLS2-EDCKM-7.62-03P-4S KLS, TLPSW-500V-03P-G12S(M3) Tianli, </t>
   </si>
   <si>
-    <t>29.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>2EDGKM-7.62-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKM-7.62-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109586</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 5-STF-7.62 PHOENIX CONTACT, BLZ 7.62/05/180B WEIDMUELLER, 3ESDVM-05P DINKLE, TJ05015200000G ANYTEK, MC101-76205 DECA, </t>
   </si>
   <si>
     <t>2EDGKR-7.62-02P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-02P-13-00A(H)</t>
   </si>
   <si>
     <t>2EDGKR-7.62-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 2EDGKR-7.62-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108260</t>
@@ -622,102 +619,99 @@
   <si>
     <t>2EGTK-7.62-03P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTK-7.62-03P-14-100</t>
   </si>
   <si>
     <t>UT-00142579</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 3-ST-7.62 PHOENIX CONTACT, BLZ 7.62/03/180 WEIDMUELLER, 3ESDV-03P DINKLE, TJ0301500000G ANYTEK, MC100-76203 DECA, 2EDGK-7.62-03P-14-00Z(H) DEGSON, TLPS-500V-03P-G12S(M3) Tianli, L-KLS2-EDK-7.62-03P-4S KLS, </t>
   </si>
   <si>
     <t>2EGTK-7.62-04P-14-100</t>
   </si>
   <si>
     <t>на кабель шаг 7.62 / 2EGTK-7.62-04P-14-100</t>
   </si>
   <si>
     <t>UT-00140197</t>
   </si>
   <si>
     <t xml:space="preserve">GMSTB 2.5/ 4-ST-7.62 PHOENIX CONTACT, 3ESDV-04P DINKLE, BLZ 7.62/04/180 WEIDMUELLER, TJ0401500000G ANYTEK, MC100-76204 DECA, 2EDGK-7.62-04P-14-00Z(H) DEGSON, 2EDGK-7.62-04P-14-1000Z(H) DEGSON, TLPS-500V-04P-G12S Tianli, 2EGTK-7.62-04P-14-00 GOLTEN, L-KLS2-EDK-7.62-04P-4S KLS, </t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>22.06.2026</t>
   </si>
   <si>
     <t>2EGTK-7.62-08P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTK-7.62-08P-14-100</t>
   </si>
   <si>
     <t>UT-00142812</t>
   </si>
   <si>
     <t xml:space="preserve">2EDGK-7.62-08P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>2EGTKA-7.62-02P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-02P-14-100</t>
   </si>
   <si>
     <t>UT-00140198</t>
   </si>
   <si>
     <t xml:space="preserve">GMVSTBR 2.5/ 2-ST-7.62 PHOENIX CONTACT, BLZ 7.62/02/90 WEIDMUELLER, 3ESDP-02P DINKLE, TS02015A0000G ANYTEK, 2EDGKA-7.62-02P-14-00Z(H) DEGSON, TLPS-500R-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>2EGTKA-7.62-03P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-03P-14-100</t>
   </si>
   <si>
     <t>UT-00149180</t>
   </si>
   <si>
     <t xml:space="preserve">3ESDP-03P DINKLE, GMVSTBR 2.5/ 3-ST-7.62 PHOENIX CONTACT, BLZ 7.62/03/90 WEIDMUELLER, TS03015A0000G ANYTEK, 2EDGKA-7.62-03P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>2EGTKA-7.62-05P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-05P-14-100</t>
   </si>
   <si>
     <t>UT-00140199</t>
   </si>
   <si>
     <t xml:space="preserve">GMVSTBR 2.5/ 5-ST-7.62 PHOENIX CONTACT, BLZ 7.62/05/90 WEIDMUELLER, 3ESDP-05P DINKLE, TS05015A0000G ANYTEK, 2EDGKA-7.62-05P-14-00Z(H) DEGSON, TLPS-500R-05P-G12S Tianli, </t>
-  </si>
-[...1 lines deleted...]
-    <t>05.04.2026</t>
   </si>
   <si>
     <t>2EGTKA-7.62-09P-14-100</t>
   </si>
   <si>
     <t>Клеммник 2EGTKA-7.62-09P-14-100</t>
   </si>
   <si>
     <t>UT-00149181</t>
   </si>
   <si>
     <t xml:space="preserve">TS09015A0000G ANYTEK, GMVSTBR 2.5/ 9-ST-7.62 PHOENIX CONTACT, 3ESDP-09P DINKLE, 2EDGKA-7.62-09P-14-1000Z(H) DEGSON, </t>
   </si>
   <si>
     <t>2EGTKDM-7.62-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 2EGTKDM-7.62-02P-14-00</t>
   </si>
   <si>
     <t>UT-00143877</t>
   </si>
   <si>
     <t xml:space="preserve">2EDGKDM-7.62-02P-14-00Z(H) DEGSON, L-KLS2-EDKEM-7.62-02P-4 KLS, TLPSW-506V-02P-G12 Tianli, </t>
   </si>
@@ -1753,96 +1747,96 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>800</v>
       </c>
       <c r="K9" s="15">
         <v>0.25094</v>
       </c>
       <c r="L9" s="15">
         <v>0.21748</v>
       </c>
       <c r="M9" s="15">
         <v>0.20911</v>
       </c>
       <c r="N9" s="15">
-        <v>2140</v>
+        <v>1489</v>
       </c>
       <c r="O9" s="15">
-        <v>1376</v>
+        <v>976</v>
       </c>
       <c r="P9" s="15" t="s">
         <v>32</v>
       </c>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.37173</v>
       </c>
       <c r="L10" s="15">
         <v>0.32217</v>
       </c>
       <c r="M10" s="15">
         <v>0.30978</v>
       </c>
       <c r="N10" s="15">
-        <v>3347</v>
+        <v>2436</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1876,90 +1870,90 @@
       <c r="D12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.48512</v>
       </c>
       <c r="L12" s="15">
         <v>0.42043</v>
       </c>
       <c r="M12" s="15">
         <v>0.40426</v>
       </c>
       <c r="N12" s="15">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15">
         <v>10080014000</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.80799</v>
       </c>
       <c r="L13" s="15">
         <v>0.57714</v>
       </c>
       <c r="M13" s="15">
         <v>0.50018</v>
       </c>
       <c r="N13" s="15">
-        <v>217</v>
+        <v>258</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -2069,51 +2063,51 @@
       <c r="D17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E17" s="15">
         <v>10080014004</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>300</v>
       </c>
       <c r="K17" s="15">
         <v>0.91064</v>
       </c>
       <c r="L17" s="15">
         <v>0.78922</v>
       </c>
       <c r="M17" s="15">
         <v>0.75886</v>
       </c>
       <c r="N17" s="15">
-        <v>395</v>
+        <v>367</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -2186,176 +2180,176 @@
       </c>
       <c r="E20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J20" s="15">
         <v>100</v>
       </c>
       <c r="K20" s="15">
         <v>0.24548</v>
       </c>
       <c r="L20" s="15">
         <v>0.21275</v>
       </c>
       <c r="M20" s="15">
         <v>0.20456</v>
       </c>
       <c r="N20" s="15">
-        <v>233</v>
+        <v>270</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="J21" s="15">
         <v>100</v>
       </c>
       <c r="K21" s="15">
         <v>0.39186</v>
       </c>
       <c r="L21" s="15">
         <v>0.33961</v>
       </c>
       <c r="M21" s="15">
         <v>0.32655</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15">
-        <v>340</v>
+        <v>252</v>
       </c>
       <c r="P21" s="15" t="s">
         <v>32</v>
       </c>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.49877</v>
       </c>
       <c r="L22" s="15">
         <v>0.44889</v>
       </c>
       <c r="M22" s="15">
         <v>0.41564</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15">
-        <v>453</v>
+        <v>354</v>
       </c>
       <c r="P22" s="15" t="s">
         <v>32</v>
       </c>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J23" s="15">
         <v>305</v>
       </c>
       <c r="K23" s="15">
         <v>0.63842</v>
       </c>
       <c r="L23" s="15">
         <v>0.5532899999999999</v>
       </c>
       <c r="M23" s="15">
         <v>0.53201</v>
       </c>
       <c r="N23" s="15">
-        <v>1246</v>
+        <v>1642</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
@@ -2502,51 +2496,51 @@
       <c r="D28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.23703</v>
       </c>
       <c r="L28" s="15">
         <v>0.20543</v>
       </c>
       <c r="M28" s="15">
         <v>0.19753</v>
       </c>
       <c r="N28" s="15">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
@@ -2582,51 +2576,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="J30" s="15">
         <v>125</v>
       </c>
       <c r="K30" s="15">
         <v>0.59916</v>
       </c>
       <c r="L30" s="15">
         <v>0.51927</v>
       </c>
       <c r="M30" s="15">
         <v>0.4993</v>
       </c>
       <c r="N30" s="15">
-        <v>201</v>
+        <v>249</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2701,342 +2695,342 @@
       <c r="D33" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>118</v>
       </c>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>0.52193</v>
       </c>
       <c r="L33" s="15">
         <v>0.45234</v>
       </c>
       <c r="M33" s="15">
         <v>0.43494</v>
       </c>
       <c r="N33" s="15">
-        <v>2610</v>
+        <v>2160</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>121</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>122</v>
       </c>
       <c r="J34" s="15">
         <v>300</v>
       </c>
       <c r="K34" s="15">
         <v>0.69338</v>
       </c>
       <c r="L34" s="15">
         <v>0.60093</v>
       </c>
       <c r="M34" s="15">
         <v>0.57781</v>
       </c>
       <c r="N34" s="15">
-        <v>1197</v>
+        <v>1622</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>126</v>
       </c>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.74382</v>
       </c>
       <c r="L35" s="15">
         <v>0.66944</v>
       </c>
       <c r="M35" s="15">
         <v>0.61985</v>
       </c>
       <c r="N35" s="15">
-        <v>3043</v>
+        <v>2614</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>130</v>
       </c>
       <c r="J36" s="15">
         <v>220</v>
       </c>
       <c r="K36" s="15">
         <v>0.8</v>
       </c>
       <c r="L36" s="15">
         <v>0.8</v>
       </c>
       <c r="M36" s="15">
         <v>0.8</v>
       </c>
       <c r="N36" s="15">
-        <v>1157</v>
+        <v>1285</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>880</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>134</v>
       </c>
       <c r="J37" s="15">
         <v>155</v>
       </c>
       <c r="K37" s="15">
         <v>1.57</v>
       </c>
       <c r="L37" s="15">
         <v>1.36</v>
       </c>
       <c r="M37" s="15">
         <v>1.31</v>
       </c>
       <c r="N37" s="15">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>620</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>138</v>
       </c>
       <c r="J38" s="15">
         <v>135</v>
       </c>
       <c r="K38" s="15">
         <v>2.25</v>
       </c>
       <c r="L38" s="15">
         <v>1.95</v>
       </c>
       <c r="M38" s="15">
         <v>1.87</v>
       </c>
       <c r="N38" s="15">
-        <v>599</v>
+        <v>651</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15">
         <v>540</v>
       </c>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>100</v>
       </c>
       <c r="K39" s="15">
         <v>2.39</v>
       </c>
       <c r="L39" s="15">
         <v>2.07</v>
       </c>
       <c r="M39" s="15">
         <v>1.99</v>
       </c>
       <c r="N39" s="15">
-        <v>630</v>
+        <v>490</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15">
         <v>400</v>
       </c>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>100</v>
       </c>
       <c r="K40" s="15">
         <v>2.17</v>
       </c>
       <c r="L40" s="15">
         <v>1.88</v>
       </c>
       <c r="M40" s="15">
         <v>1.81</v>
       </c>
       <c r="N40" s="15">
-        <v>600</v>
+        <v>700</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>400</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
@@ -3113,1544 +3107,1540 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J43" s="15">
         <v>400</v>
       </c>
       <c r="K43" s="15">
         <v>0.40245</v>
       </c>
       <c r="L43" s="15">
         <v>0.34879</v>
       </c>
       <c r="M43" s="15">
         <v>0.33538</v>
       </c>
       <c r="N43" s="15">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="O43" s="15">
-        <v>300</v>
-[...3 lines deleted...]
-      </c>
+        <v>344</v>
+      </c>
+      <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>158</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="J44" s="15">
         <v>420</v>
       </c>
       <c r="K44" s="15">
         <v>0.82548</v>
       </c>
       <c r="L44" s="15">
         <v>0.7154199999999999</v>
       </c>
       <c r="M44" s="15">
         <v>0.6879</v>
       </c>
       <c r="N44" s="15">
-        <v>1144</v>
+        <v>1118</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>1680</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E45" s="15">
         <v>10080064658</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>800</v>
       </c>
       <c r="K45" s="15">
         <v>0.68962</v>
       </c>
       <c r="L45" s="15">
         <v>0.37171</v>
       </c>
       <c r="M45" s="15">
         <v>0.3228</v>
       </c>
       <c r="N45" s="15">
-        <v>155</v>
+        <v>112</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>800</v>
       </c>
       <c r="K46" s="15">
         <v>0.29819</v>
       </c>
       <c r="L46" s="15">
         <v>0.25843</v>
       </c>
       <c r="M46" s="15">
         <v>0.24849</v>
       </c>
       <c r="N46" s="15">
-        <v>760</v>
+        <v>900</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E47" s="15">
         <v>10080037884</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>800</v>
       </c>
       <c r="K47" s="15">
         <v>0.59977</v>
       </c>
       <c r="L47" s="15">
         <v>0.32328</v>
       </c>
       <c r="M47" s="15">
         <v>0.28075</v>
       </c>
       <c r="N47" s="15">
-        <v>886</v>
+        <v>821</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E48" s="15">
         <v>10080047351</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>485</v>
       </c>
       <c r="K48" s="15">
         <v>0.50447</v>
       </c>
       <c r="L48" s="15">
         <v>0.4372</v>
       </c>
       <c r="M48" s="15">
         <v>0.42039</v>
       </c>
       <c r="N48" s="15">
         <v>51</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="D49" s="15" t="s">
+      <c r="E49" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>485</v>
       </c>
       <c r="K49" s="15">
         <v>0.6545299999999999</v>
       </c>
       <c r="L49" s="15">
         <v>0.56726</v>
       </c>
       <c r="M49" s="15">
         <v>0.54544</v>
       </c>
       <c r="N49" s="15">
-        <v>901</v>
+        <v>740</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>174</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>325</v>
       </c>
       <c r="K50" s="15">
         <v>0.98168</v>
       </c>
       <c r="L50" s="15">
         <v>0.85079</v>
       </c>
       <c r="M50" s="15">
         <v>0.81806</v>
       </c>
       <c r="N50" s="15">
-        <v>957</v>
+        <v>1088</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>177</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>485</v>
       </c>
       <c r="K51" s="15">
         <v>0.73536</v>
       </c>
       <c r="L51" s="15">
         <v>0.63731</v>
       </c>
       <c r="M51" s="15">
         <v>0.6128</v>
       </c>
       <c r="N51" s="15">
         <v>321</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15">
         <v>1940</v>
       </c>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>390</v>
       </c>
       <c r="K52" s="15">
         <v>0.81857</v>
       </c>
       <c r="L52" s="15">
         <v>0.7094200000000001</v>
       </c>
       <c r="M52" s="15">
         <v>0.68214</v>
       </c>
       <c r="N52" s="15">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="D53" s="15" t="s">
+      <c r="E53" s="15" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>290</v>
       </c>
       <c r="K53" s="15">
         <v>1.47</v>
       </c>
       <c r="L53" s="15">
         <v>1.27</v>
       </c>
       <c r="M53" s="15">
         <v>1.22</v>
       </c>
       <c r="N53" s="15">
-        <v>192</v>
+        <v>253</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15">
         <v>1160</v>
       </c>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>186</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>205</v>
       </c>
       <c r="K54" s="15">
         <v>2.2</v>
       </c>
       <c r="L54" s="15">
         <v>1.91</v>
       </c>
       <c r="M54" s="15">
         <v>1.84</v>
       </c>
       <c r="N54" s="15">
-        <v>177</v>
+        <v>146</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>820</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="I55" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.17455</v>
       </c>
       <c r="L55" s="15">
         <v>0.15202</v>
       </c>
       <c r="M55" s="15">
         <v>0.14076</v>
       </c>
       <c r="N55" s="15">
-        <v>814</v>
+        <v>4</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>194</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.25374</v>
       </c>
       <c r="L56" s="15">
         <v>0.22837</v>
       </c>
       <c r="M56" s="15">
         <v>0.21145</v>
       </c>
       <c r="N56" s="15">
-        <v>810</v>
+        <v>913</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>198</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J57" s="15">
         <v>400</v>
       </c>
       <c r="K57" s="15">
         <v>0.33855</v>
       </c>
       <c r="L57" s="15">
         <v>0.3047</v>
       </c>
       <c r="M57" s="15">
         <v>0.28213</v>
       </c>
       <c r="N57" s="15">
-        <v>243</v>
+        <v>203</v>
       </c>
       <c r="O57" s="15">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="P57" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="Q57" s="15">
         <v>1600</v>
       </c>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>203</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J58" s="15">
         <v>348</v>
       </c>
       <c r="K58" s="15">
         <v>0.6763400000000001</v>
       </c>
       <c r="L58" s="15">
         <v>0.6087</v>
       </c>
       <c r="M58" s="15">
         <v>0.5636100000000001</v>
       </c>
       <c r="N58" s="15">
-        <v>1322</v>
+        <v>1663</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>1392</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="J59" s="15">
         <v>150</v>
       </c>
       <c r="K59" s="15">
         <v>0.25376</v>
       </c>
       <c r="L59" s="15">
         <v>0.21992</v>
       </c>
       <c r="M59" s="15">
         <v>0.21146</v>
       </c>
       <c r="N59" s="15">
-        <v>546</v>
+        <v>533</v>
       </c>
       <c r="O59" s="15">
-        <v>1680</v>
+        <v>1640</v>
       </c>
       <c r="P59" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="J60" s="15"/>
       <c r="K60" s="15">
         <v>0.4223</v>
       </c>
       <c r="L60" s="15">
         <v>0.36599</v>
       </c>
       <c r="M60" s="15">
         <v>0.35191</v>
       </c>
       <c r="N60" s="15">
-        <v>440</v>
+        <v>325</v>
       </c>
       <c r="O60" s="15">
-        <v>880</v>
+        <v>650</v>
       </c>
       <c r="P60" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J61" s="15">
         <v>250</v>
       </c>
       <c r="K61" s="15">
         <v>0.60542</v>
       </c>
       <c r="L61" s="15">
         <v>0.52469</v>
       </c>
       <c r="M61" s="15">
         <v>0.50451</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15">
-        <v>305</v>
+        <v>4692</v>
       </c>
       <c r="P61" s="15" t="s">
-        <v>219</v>
+        <v>201</v>
       </c>
       <c r="Q61" s="15">
         <v>1000</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D62" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="E62" s="15" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>1.14</v>
       </c>
       <c r="L62" s="15">
         <v>1.02</v>
       </c>
       <c r="M62" s="15">
         <v>0.9478799999999999</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="E63" s="15" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
         <v>0.5343599999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.46541</v>
       </c>
       <c r="M63" s="15">
         <v>0.43094</v>
       </c>
       <c r="N63" s="15">
-        <v>1620</v>
+        <v>1300</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="E64" s="15" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="J64" s="15">
         <v>250</v>
       </c>
       <c r="K64" s="15">
         <v>0.71815</v>
       </c>
       <c r="L64" s="15">
         <v>0.62548</v>
       </c>
       <c r="M64" s="15">
         <v>0.5791500000000001</v>
       </c>
       <c r="N64" s="15">
-        <v>1700</v>
+        <v>1740</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>1000</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="E65" s="15" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>0.89063</v>
       </c>
       <c r="L65" s="15">
         <v>0.77571</v>
       </c>
       <c r="M65" s="15">
         <v>0.7182500000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>780</v>
+        <v>640</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="E66" s="15" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>238</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="J66" s="15"/>
       <c r="K66" s="15">
         <v>1.25</v>
       </c>
       <c r="L66" s="15">
         <v>1.09</v>
       </c>
       <c r="M66" s="15">
         <v>1.01</v>
       </c>
       <c r="N66" s="15">
-        <v>1440</v>
+        <v>1340</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D67" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="E67" s="15" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="J67" s="15">
         <v>600</v>
       </c>
       <c r="K67" s="15">
         <v>0.25077</v>
       </c>
       <c r="L67" s="15">
         <v>0.22569</v>
       </c>
       <c r="M67" s="15">
         <v>0.20898</v>
       </c>
       <c r="N67" s="15">
-        <v>1936</v>
+        <v>1826</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>2400</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D68" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="E68" s="15" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.13838</v>
       </c>
       <c r="L68" s="15">
         <v>0.11993</v>
       </c>
       <c r="M68" s="15">
         <v>0.11531</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D69" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="E69" s="15" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.20822</v>
       </c>
       <c r="L69" s="15">
         <v>0.18045</v>
       </c>
       <c r="M69" s="15">
         <v>0.17351</v>
       </c>
       <c r="N69" s="15">
-        <v>668</v>
+        <v>778</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D70" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="E70" s="15" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="J70" s="15"/>
       <c r="K70" s="15">
         <v>0.4058</v>
       </c>
       <c r="L70" s="15">
         <v>0.35169</v>
       </c>
       <c r="M70" s="15">
         <v>0.33816</v>
       </c>
       <c r="N70" s="15">
-        <v>1420</v>
+        <v>1460</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D71" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="E71" s="15" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.56609</v>
       </c>
       <c r="L71" s="15">
         <v>0.49061</v>
       </c>
       <c r="M71" s="15">
         <v>0.47174</v>
       </c>
       <c r="N71" s="15">
-        <v>1640</v>
+        <v>1560</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="E72" s="15" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>1.07</v>
       </c>
       <c r="L72" s="15">
         <v>0.92755</v>
       </c>
       <c r="M72" s="15">
         <v>0.89188</v>
       </c>
       <c r="N72" s="15">
-        <v>1760</v>
+        <v>1460</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="D73" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="E73" s="15" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="J73" s="15">
         <v>100</v>
       </c>
       <c r="K73" s="15">
         <v>0.24436</v>
       </c>
       <c r="L73" s="15">
         <v>0.21283</v>
       </c>
       <c r="M73" s="15">
         <v>0.19706</v>
       </c>
       <c r="N73" s="15">
-        <v>430</v>
+        <v>454</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D74" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="E74" s="15" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="J74" s="15"/>
       <c r="K74" s="15">
         <v>0.6099599999999999</v>
       </c>
       <c r="L74" s="15">
         <v>0.53125</v>
       </c>
       <c r="M74" s="15">
         <v>0.4919</v>
       </c>
       <c r="N74" s="15">
-        <v>305</v>
+        <v>400</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D75" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="E75" s="15" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.19479</v>
       </c>
       <c r="L75" s="15">
         <v>0.17531</v>
       </c>
       <c r="M75" s="15">
         <v>0.16233</v>
       </c>
-      <c r="N75" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D76" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="E76" s="15" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.30852</v>
       </c>
       <c r="L76" s="15">
         <v>0.26738</v>
       </c>
       <c r="M76" s="15">
         <v>0.2571</v>
       </c>
       <c r="N76" s="15">
-        <v>880</v>
+        <v>820</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D77" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="E77" s="15" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
         <v>0.42411</v>
       </c>
       <c r="L77" s="15">
         <v>0.36939</v>
       </c>
       <c r="M77" s="15">
         <v>0.34203</v>
       </c>
       <c r="N77" s="15">
-        <v>780</v>
+        <v>700</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D78" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="E78" s="15" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
         <v>0.48045</v>
       </c>
       <c r="L78" s="15">
         <v>0.41639</v>
       </c>
       <c r="M78" s="15">
         <v>0.40038</v>
       </c>
       <c r="N78" s="15">
-        <v>1600</v>
+        <v>1200</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D79" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="E79" s="15" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.66267</v>
       </c>
       <c r="L79" s="15">
         <v>0.57431</v>
       </c>
       <c r="M79" s="15">
         <v>0.55223</v>
       </c>
       <c r="N79" s="15">
-        <v>1800</v>
+        <v>1420</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D80" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="E80" s="15" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
         <v>1.21</v>
       </c>
       <c r="L80" s="15">
         <v>1.05</v>
       </c>
       <c r="M80" s="15">
         <v>1.01</v>
       </c>
       <c r="N80" s="15">
-        <v>1420</v>
+        <v>1780</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14"/>
       <c r="C81" s="15"/>
       <c r="D81" s="15"/>
       <c r="E81" s="15"/>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15"/>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15"/>
       <c r="L81" s="15"/>
       <c r="M81" s="15"/>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
     </row>
   </sheetData>
@@ -4693,317 +4683,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>