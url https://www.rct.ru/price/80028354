--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1424,790 +1424,790 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>400</v>
       </c>
       <c r="K9" s="15">
-        <v>0.22032</v>
+        <v>0.14366</v>
       </c>
       <c r="L9" s="15">
-        <v>0.15372</v>
+        <v>0.1245</v>
       </c>
       <c r="M9" s="15">
-        <v>0.13834</v>
+        <v>0.11971</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15">
         <v>1600</v>
       </c>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>210</v>
       </c>
       <c r="K10" s="15">
-        <v>0.48115</v>
+        <v>0.31373</v>
       </c>
       <c r="L10" s="15">
-        <v>0.33569</v>
+        <v>0.2719</v>
       </c>
       <c r="M10" s="15">
-        <v>0.30211</v>
+        <v>0.26144</v>
       </c>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15">
         <v>840</v>
       </c>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="15">
         <v>180</v>
       </c>
       <c r="K11" s="15">
-        <v>0.81298</v>
+        <v>0.53009</v>
       </c>
       <c r="L11" s="15">
-        <v>0.5672</v>
+        <v>0.45941</v>
       </c>
       <c r="M11" s="15">
-        <v>0.51048</v>
+        <v>0.44174</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15">
         <v>720</v>
       </c>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>150</v>
       </c>
       <c r="K12" s="15">
-        <v>0.87305</v>
+        <v>0.5594</v>
       </c>
       <c r="L12" s="15">
-        <v>0.62941</v>
+        <v>0.48481</v>
       </c>
       <c r="M12" s="15">
-        <v>0.54819</v>
+        <v>0.46616</v>
       </c>
       <c r="N12" s="15">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>600</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="15">
         <v>150</v>
       </c>
       <c r="K13" s="15">
-        <v>0.86919</v>
+        <v>0.55722</v>
       </c>
       <c r="L13" s="15">
-        <v>0.62662</v>
+        <v>0.48292</v>
       </c>
       <c r="M13" s="15">
-        <v>0.54577</v>
+        <v>0.46435</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="Q13" s="15">
         <v>600</v>
       </c>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="J14" s="15">
         <v>120</v>
       </c>
       <c r="K14" s="15">
-        <v>0.89917</v>
+        <v>0.57674</v>
       </c>
       <c r="L14" s="15">
-        <v>0.64824</v>
+        <v>0.49984</v>
       </c>
       <c r="M14" s="15">
-        <v>0.56459</v>
+        <v>0.48061</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>480</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J15" s="15">
         <v>105</v>
       </c>
       <c r="K15" s="15">
-        <v>0.82744</v>
+        <v>0.53952</v>
       </c>
       <c r="L15" s="15">
-        <v>0.57729</v>
+        <v>0.46758</v>
       </c>
       <c r="M15" s="15">
-        <v>0.51956</v>
+        <v>0.4496</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="Q15" s="15">
         <v>420</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>90</v>
       </c>
       <c r="K16" s="15">
-        <v>0.77843</v>
+        <v>0.50756</v>
       </c>
       <c r="L16" s="15">
-        <v>0.54309</v>
+        <v>0.43988</v>
       </c>
       <c r="M16" s="15">
-        <v>0.48878</v>
+        <v>0.42296</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15">
         <v>360</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>75</v>
       </c>
       <c r="K17" s="15">
-        <v>0.7976</v>
+        <v>0.51111</v>
       </c>
       <c r="L17" s="15">
-        <v>0.57501</v>
+        <v>0.44296</v>
       </c>
       <c r="M17" s="15">
-        <v>0.50081</v>
+        <v>0.42593</v>
       </c>
       <c r="N17" s="15">
-        <v>158</v>
+        <v>136</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15">
         <v>300</v>
       </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J18" s="15">
         <v>75</v>
       </c>
       <c r="K18" s="15">
-        <v>1.19</v>
+        <v>0.76115</v>
       </c>
       <c r="L18" s="15">
-        <v>0.85507</v>
+        <v>0.65966</v>
       </c>
       <c r="M18" s="15">
-        <v>0.74474</v>
+        <v>0.63429</v>
       </c>
       <c r="N18" s="15">
-        <v>295</v>
+        <v>274</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>300</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
       </c>
       <c r="K19" s="15">
-        <v>0.48691</v>
+        <v>0.34425</v>
       </c>
       <c r="L19" s="15">
-        <v>0.34779</v>
+        <v>0.29835</v>
       </c>
       <c r="M19" s="15">
-        <v>0.31301</v>
+        <v>0.28688</v>
       </c>
       <c r="N19" s="15">
-        <v>513</v>
+        <v>337</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J20" s="15">
         <v>460</v>
       </c>
       <c r="K20" s="15">
-        <v>0.71379</v>
+        <v>0.5044999999999999</v>
       </c>
       <c r="L20" s="15">
-        <v>0.50985</v>
+        <v>0.43723</v>
       </c>
       <c r="M20" s="15">
-        <v>0.45887</v>
+        <v>0.42041</v>
       </c>
       <c r="N20" s="15">
         <v>100</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J21" s="15">
         <v>275</v>
       </c>
       <c r="K21" s="15">
-        <v>0.95997</v>
+        <v>0.67914</v>
       </c>
       <c r="L21" s="15">
-        <v>0.6857</v>
+        <v>0.5885899999999999</v>
       </c>
       <c r="M21" s="15">
-        <v>0.61713</v>
+        <v>0.56595</v>
       </c>
       <c r="N21" s="15">
-        <v>429</v>
+        <v>287</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J22" s="15">
         <v>240</v>
       </c>
       <c r="K22" s="15">
-        <v>0.92846</v>
+        <v>0.59424</v>
       </c>
       <c r="L22" s="15">
-        <v>0.66935</v>
+        <v>0.51501</v>
       </c>
       <c r="M22" s="15">
-        <v>0.5829800000000001</v>
+        <v>0.4952</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J23" s="15">
         <v>225</v>
       </c>
       <c r="K23" s="15">
-        <v>1.43</v>
+        <v>1.01</v>
       </c>
       <c r="L23" s="15">
-        <v>1.02</v>
+        <v>0.87629</v>
       </c>
       <c r="M23" s="15">
-        <v>0.91882</v>
+        <v>0.84259</v>
       </c>
       <c r="N23" s="15">
-        <v>1494</v>
+        <v>1608</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>190</v>
       </c>
       <c r="K24" s="15">
-        <v>1.3</v>
+        <v>0.81747</v>
       </c>
       <c r="L24" s="15">
-        <v>0.93412</v>
+        <v>0.70847</v>
       </c>
       <c r="M24" s="15">
-        <v>0.8136</v>
+        <v>0.68123</v>
       </c>
       <c r="N24" s="15">
-        <v>3018</v>
+        <v>3641</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="J25" s="15">
         <v>260</v>
       </c>
       <c r="K25" s="15">
         <v>1.42</v>
       </c>
       <c r="L25" s="15">
         <v>1.23</v>
       </c>
       <c r="M25" s="15">
         <v>1.19</v>
       </c>
       <c r="N25" s="15">
-        <v>640</v>
+        <v>602</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>160</v>
       </c>
       <c r="K26" s="15">
-        <v>1.71</v>
+        <v>1.05</v>
       </c>
       <c r="L26" s="15">
-        <v>1.23</v>
+        <v>0.91398</v>
       </c>
       <c r="M26" s="15">
-        <v>1.07</v>
+        <v>0.87883</v>
       </c>
       <c r="N26" s="15">
         <v>3</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>150</v>
       </c>
       <c r="K27" s="15">
         <v>1.65</v>
       </c>
       <c r="L27" s="15">
         <v>1.49</v>
       </c>
       <c r="M27" s="15">
         <v>1.38</v>
       </c>
       <c r="N27" s="15">
-        <v>454</v>
+        <v>650</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15">
         <v>10080049888</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2232,209 +2232,209 @@
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>190</v>
       </c>
       <c r="K29" s="15">
-        <v>3.32</v>
+        <v>2.26</v>
       </c>
       <c r="L29" s="15">
-        <v>2.21</v>
+        <v>1.96</v>
       </c>
       <c r="M29" s="15">
-        <v>1.99</v>
+        <v>1.89</v>
       </c>
       <c r="N29" s="15">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>90</v>
       </c>
       <c r="K30" s="15">
-        <v>3.34</v>
+        <v>2.15</v>
       </c>
       <c r="L30" s="15">
-        <v>2.41</v>
+        <v>1.86</v>
       </c>
       <c r="M30" s="15">
-        <v>2.1</v>
+        <v>1.79</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>295</v>
       </c>
       <c r="K31" s="15">
-        <v>0.39186</v>
+        <v>0.28253</v>
       </c>
       <c r="L31" s="15">
-        <v>0.2799</v>
+        <v>0.24486</v>
       </c>
       <c r="M31" s="15">
-        <v>0.25191</v>
+        <v>0.23544</v>
       </c>
       <c r="N31" s="15">
-        <v>3090</v>
+        <v>3411</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E32" s="15">
         <v>10080059022</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>725</v>
       </c>
       <c r="K32" s="15">
         <v>0.9019</v>
       </c>
       <c r="L32" s="15">
         <v>0.48612</v>
       </c>
       <c r="M32" s="15">
         <v>0.42216</v>
       </c>
       <c r="N32" s="15">
-        <v>2057</v>
+        <v>2260</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
-        <v>0.9382200000000001</v>
+        <v>0.64854</v>
       </c>
       <c r="L33" s="15">
-        <v>0.67881</v>
+        <v>0.56207</v>
       </c>
       <c r="M33" s="15">
-        <v>0.59233</v>
+        <v>0.54045</v>
       </c>
       <c r="N33" s="15">
         <v>43</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E34" s="15">
         <v>10080058340</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
@@ -2471,87 +2471,87 @@
       <c r="D35" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>295</v>
       </c>
       <c r="K35" s="15">
         <v>0.76169</v>
       </c>
       <c r="L35" s="15">
         <v>0.66013</v>
       </c>
       <c r="M35" s="15">
         <v>0.63474</v>
       </c>
       <c r="N35" s="15">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>270</v>
       </c>
       <c r="K36" s="15">
-        <v>1.38</v>
+        <v>0.88497</v>
       </c>
       <c r="L36" s="15">
-        <v>0.9926</v>
+        <v>0.76697</v>
       </c>
       <c r="M36" s="15">
-        <v>0.86453</v>
+        <v>0.73748</v>
       </c>
       <c r="N36" s="15">
         <v>50</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>1080</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E37" s="15">
         <v>10080035393</v>
       </c>
       <c r="F37" s="15"/>
@@ -2590,87 +2590,87 @@
       <c r="D38" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E38" s="15">
         <v>10080059023</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>725</v>
       </c>
       <c r="K38" s="15">
         <v>2.1</v>
       </c>
       <c r="L38" s="15">
         <v>1.13</v>
       </c>
       <c r="M38" s="15">
         <v>0.98241</v>
       </c>
       <c r="N38" s="15">
-        <v>4496</v>
+        <v>5313</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>175</v>
       </c>
       <c r="K39" s="15">
-        <v>1.85</v>
+        <v>1.19</v>
       </c>
       <c r="L39" s="15">
-        <v>1.34</v>
+        <v>1.03</v>
       </c>
       <c r="M39" s="15">
-        <v>1.16</v>
+        <v>0.98995</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E40" s="15">
         <v>10080035394</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
@@ -2696,138 +2696,138 @@
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E41" s="15">
         <v>10080060782</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>305</v>
       </c>
       <c r="K41" s="15">
-        <v>0.61022</v>
+        <v>0.3857</v>
       </c>
       <c r="L41" s="15">
-        <v>0.59802</v>
+        <v>0.33427</v>
       </c>
       <c r="M41" s="15">
-        <v>0.59802</v>
+        <v>0.32141</v>
       </c>
       <c r="N41" s="15">
         <v>38</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>305</v>
       </c>
       <c r="K42" s="15">
-        <v>0.62173</v>
+        <v>0.38385</v>
       </c>
       <c r="L42" s="15">
-        <v>0.44823</v>
+        <v>0.33267</v>
       </c>
       <c r="M42" s="15">
-        <v>0.39039</v>
+        <v>0.31988</v>
       </c>
       <c r="N42" s="15">
-        <v>234</v>
+        <v>215</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>260</v>
       </c>
       <c r="K43" s="15">
-        <v>0.72895</v>
+        <v>0.47048</v>
       </c>
       <c r="L43" s="15">
-        <v>0.52552</v>
+        <v>0.40775</v>
       </c>
       <c r="M43" s="15">
-        <v>0.45771</v>
+        <v>0.39206</v>
       </c>
       <c r="N43" s="15">
-        <v>308</v>
+        <v>358</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E44" s="15">
         <v>10080054164</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
@@ -2850,251 +2850,251 @@
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>230</v>
       </c>
       <c r="K45" s="15">
-        <v>0.85099</v>
+        <v>0.54917</v>
       </c>
       <c r="L45" s="15">
-        <v>0.61352</v>
+        <v>0.47594</v>
       </c>
       <c r="M45" s="15">
-        <v>0.53435</v>
+        <v>0.45764</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E46" s="15">
         <v>10080054949</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>210</v>
       </c>
       <c r="K46" s="15">
-        <v>1.04</v>
+        <v>0.65439</v>
       </c>
       <c r="L46" s="15">
-        <v>0.74761</v>
+        <v>0.56714</v>
       </c>
       <c r="M46" s="15">
-        <v>0.65115</v>
+        <v>0.54533</v>
       </c>
       <c r="N46" s="15">
-        <v>1433</v>
+        <v>1560</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E47" s="15">
         <v>10080054948</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>800</v>
       </c>
       <c r="K47" s="15">
         <v>1.34</v>
       </c>
       <c r="L47" s="15">
         <v>0.72846</v>
       </c>
       <c r="M47" s="15">
         <v>0.63259</v>
       </c>
       <c r="N47" s="15">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>185</v>
       </c>
       <c r="K48" s="15">
-        <v>1.22</v>
+        <v>0.8401999999999999</v>
       </c>
       <c r="L48" s="15">
-        <v>0.87942</v>
+        <v>0.72817</v>
       </c>
       <c r="M48" s="15">
-        <v>0.76739</v>
+        <v>0.70016</v>
       </c>
       <c r="N48" s="15">
         <v>48</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>500</v>
       </c>
       <c r="K49" s="15">
-        <v>1.2</v>
+        <v>0.86034</v>
       </c>
       <c r="L49" s="15">
-        <v>0.85463</v>
+        <v>0.74563</v>
       </c>
       <c r="M49" s="15">
-        <v>0.76916</v>
+        <v>0.71695</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E50" s="15">
         <v>10080066296</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>500</v>
       </c>
       <c r="K50" s="15">
         <v>1.79</v>
       </c>
       <c r="L50" s="15">
         <v>0.97318</v>
       </c>
       <c r="M50" s="15">
         <v>0.84513</v>
       </c>
       <c r="N50" s="15">
-        <v>105</v>
+        <v>81</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E51" s="15">
         <v>10080060785</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3130,330 +3130,332 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>161</v>
       </c>
       <c r="J52" s="15">
         <v>320</v>
       </c>
       <c r="K52" s="15">
         <v>0.34359</v>
       </c>
       <c r="L52" s="15">
         <v>0.29925</v>
       </c>
       <c r="M52" s="15">
         <v>0.27709</v>
       </c>
       <c r="N52" s="15">
-        <v>384</v>
+        <v>264</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15">
         <v>1920</v>
       </c>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>165</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.42982</v>
       </c>
       <c r="L53" s="15">
         <v>0.37436</v>
       </c>
       <c r="M53" s="15">
         <v>0.34663</v>
       </c>
       <c r="N53" s="15">
-        <v>672</v>
+        <v>761</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J54" s="15">
         <v>200</v>
       </c>
       <c r="K54" s="15">
         <v>0.58347</v>
       </c>
       <c r="L54" s="15">
         <v>0.52512</v>
       </c>
       <c r="M54" s="15">
         <v>0.48623</v>
       </c>
       <c r="N54" s="15">
-        <v>2125</v>
+        <v>2152</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>800</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J55" s="15">
         <v>150</v>
       </c>
       <c r="K55" s="15">
         <v>0.74648</v>
       </c>
       <c r="L55" s="15">
         <v>0.67183</v>
       </c>
       <c r="M55" s="15">
         <v>0.6220599999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>682</v>
+        <v>870</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>177</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="J56" s="15"/>
+      <c r="J56" s="15">
+        <v>100</v>
+      </c>
       <c r="K56" s="15">
         <v>0.43617</v>
       </c>
       <c r="L56" s="15">
         <v>0.31557</v>
       </c>
       <c r="M56" s="15">
         <v>0.27537</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>177</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>182</v>
       </c>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.68307</v>
       </c>
       <c r="L57" s="15">
         <v>0.4942</v>
       </c>
       <c r="M57" s="15">
         <v>0.43125</v>
       </c>
       <c r="N57" s="15">
-        <v>629</v>
+        <v>668</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>186</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>187</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.35633</v>
       </c>
       <c r="L58" s="15">
         <v>0.30882</v>
       </c>
       <c r="M58" s="15">
         <v>0.29694</v>
       </c>
       <c r="N58" s="15">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>186</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>191</v>
       </c>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.44282</v>
       </c>
       <c r="L59" s="15">
         <v>0.38377</v>
       </c>
       <c r="M59" s="15">
         <v>0.36901</v>
       </c>
       <c r="N59" s="15">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14"/>
       <c r="C60" s="15"/>
       <c r="D60" s="15"/>
       <c r="E60" s="15"/>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15"/>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15"/>
       <c r="L60" s="15"/>
       <c r="M60" s="15"/>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
     </row>
   </sheetData>