--- v1 (2025-12-18)
+++ v2 (2026-01-11)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -551,50 +551,53 @@
     <t>2EGTVC-5.08-08P-CB-14-00</t>
   </si>
   <si>
     <t>на панель шаг 5.08 / 2EGTVC-5.08-08P-CB-14-00</t>
   </si>
   <si>
     <t>UT-00139987</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-08P-14-00Z(H) DEGSON, 2CDGB-5.08-08P-14-200Z(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-EDGM-5.08-03P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDGM-5.08-03P-4</t>
   </si>
   <si>
     <t>UT-00144454</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-03P-14-00Z(H) DEGSON, 2CDGB-5.08-03P-14-200Z(H) DEGSON, 2EGTVC-5.08-03P-CB-14-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-EDGM-5.08-04P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDGM-5.08-04P-4</t>
   </si>
   <si>
     <t>UT-00144455</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-04P-14-00Z(H) DEGSON, 2CDGB-5.08-04P-14-200Z(H) DEGSON, 2EGTVC-5.08-04P-CB-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>TLPHW-306-03P-G12</t>
   </si>
   <si>
     <t>Клеммник TLPHW-306-03P-G12</t>
   </si>
   <si>
     <t>UT-00144225</t>
   </si>
   <si>
     <t>Tianli</t>
   </si>
@@ -1552,51 +1555,51 @@
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>150</v>
       </c>
       <c r="K12" s="15">
         <v>0.5594</v>
       </c>
       <c r="L12" s="15">
         <v>0.48481</v>
       </c>
       <c r="M12" s="15">
         <v>0.46616</v>
       </c>
       <c r="N12" s="15">
-        <v>121</v>
+        <v>162</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>600</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
@@ -1759,217 +1762,217 @@
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>75</v>
       </c>
       <c r="K17" s="15">
         <v>0.51111</v>
       </c>
       <c r="L17" s="15">
         <v>0.44296</v>
       </c>
       <c r="M17" s="15">
         <v>0.42593</v>
       </c>
       <c r="N17" s="15">
-        <v>136</v>
+        <v>154</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15">
         <v>300</v>
       </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J18" s="15">
         <v>75</v>
       </c>
       <c r="K18" s="15">
         <v>0.76115</v>
       </c>
       <c r="L18" s="15">
         <v>0.65966</v>
       </c>
       <c r="M18" s="15">
         <v>0.63429</v>
       </c>
       <c r="N18" s="15">
-        <v>274</v>
+        <v>230</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>300</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
       </c>
       <c r="K19" s="15">
         <v>0.34425</v>
       </c>
       <c r="L19" s="15">
         <v>0.29835</v>
       </c>
       <c r="M19" s="15">
         <v>0.28688</v>
       </c>
       <c r="N19" s="15">
-        <v>337</v>
+        <v>216</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J20" s="15">
         <v>460</v>
       </c>
       <c r="K20" s="15">
         <v>0.5044999999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.43723</v>
       </c>
       <c r="M20" s="15">
         <v>0.42041</v>
       </c>
       <c r="N20" s="15">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J21" s="15">
         <v>275</v>
       </c>
       <c r="K21" s="15">
         <v>0.67914</v>
       </c>
       <c r="L21" s="15">
         <v>0.5885899999999999</v>
       </c>
       <c r="M21" s="15">
         <v>0.56595</v>
       </c>
       <c r="N21" s="15">
-        <v>287</v>
+        <v>266</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -2005,131 +2008,131 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J23" s="15">
         <v>225</v>
       </c>
       <c r="K23" s="15">
         <v>1.01</v>
       </c>
       <c r="L23" s="15">
         <v>0.87629</v>
       </c>
       <c r="M23" s="15">
         <v>0.84259</v>
       </c>
       <c r="N23" s="15">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>190</v>
       </c>
       <c r="K24" s="15">
         <v>0.81747</v>
       </c>
       <c r="L24" s="15">
         <v>0.70847</v>
       </c>
       <c r="M24" s="15">
         <v>0.68123</v>
       </c>
       <c r="N24" s="15">
-        <v>3641</v>
+        <v>3127</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="J25" s="15">
         <v>260</v>
       </c>
       <c r="K25" s="15">
         <v>1.42</v>
       </c>
       <c r="L25" s="15">
         <v>1.23</v>
       </c>
       <c r="M25" s="15">
         <v>1.19</v>
       </c>
       <c r="N25" s="15">
-        <v>602</v>
+        <v>614</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
@@ -2163,51 +2166,51 @@
       <c r="D27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>150</v>
       </c>
       <c r="K27" s="15">
         <v>1.65</v>
       </c>
       <c r="L27" s="15">
         <v>1.49</v>
       </c>
       <c r="M27" s="15">
         <v>1.38</v>
       </c>
       <c r="N27" s="15">
-        <v>650</v>
+        <v>490</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15">
         <v>10080049888</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2241,51 +2244,51 @@
       <c r="D29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>190</v>
       </c>
       <c r="K29" s="15">
         <v>2.26</v>
       </c>
       <c r="L29" s="15">
         <v>1.96</v>
       </c>
       <c r="M29" s="15">
         <v>1.89</v>
       </c>
       <c r="N29" s="15">
-        <v>286</v>
+        <v>266</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
@@ -2317,90 +2320,90 @@
       <c r="D31" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>295</v>
       </c>
       <c r="K31" s="15">
         <v>0.28253</v>
       </c>
       <c r="L31" s="15">
         <v>0.24486</v>
       </c>
       <c r="M31" s="15">
         <v>0.23544</v>
       </c>
       <c r="N31" s="15">
-        <v>3411</v>
+        <v>3616</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E32" s="15">
         <v>10080059022</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>725</v>
       </c>
       <c r="K32" s="15">
         <v>0.9019</v>
       </c>
       <c r="L32" s="15">
         <v>0.48612</v>
       </c>
       <c r="M32" s="15">
         <v>0.42216</v>
       </c>
       <c r="N32" s="15">
-        <v>2260</v>
+        <v>2116</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2471,51 +2474,51 @@
       <c r="D35" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>295</v>
       </c>
       <c r="K35" s="15">
         <v>0.76169</v>
       </c>
       <c r="L35" s="15">
         <v>0.66013</v>
       </c>
       <c r="M35" s="15">
         <v>0.63474</v>
       </c>
       <c r="N35" s="15">
-        <v>192</v>
+        <v>236</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2590,51 +2593,51 @@
       <c r="D38" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E38" s="15">
         <v>10080059023</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>725</v>
       </c>
       <c r="K38" s="15">
         <v>2.1</v>
       </c>
       <c r="L38" s="15">
         <v>1.13</v>
       </c>
       <c r="M38" s="15">
         <v>0.98241</v>
       </c>
       <c r="N38" s="15">
-        <v>5313</v>
+        <v>4155</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
@@ -2744,90 +2747,90 @@
       <c r="D42" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>305</v>
       </c>
       <c r="K42" s="15">
         <v>0.38385</v>
       </c>
       <c r="L42" s="15">
         <v>0.33267</v>
       </c>
       <c r="M42" s="15">
         <v>0.31988</v>
       </c>
       <c r="N42" s="15">
-        <v>215</v>
+        <v>160</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>260</v>
       </c>
       <c r="K43" s="15">
         <v>0.47048</v>
       </c>
       <c r="L43" s="15">
         <v>0.40775</v>
       </c>
       <c r="M43" s="15">
         <v>0.39206</v>
       </c>
       <c r="N43" s="15">
-        <v>358</v>
+        <v>419</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E44" s="15">
         <v>10080054164</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
@@ -2896,90 +2899,90 @@
       <c r="D46" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E46" s="15">
         <v>10080054949</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>210</v>
       </c>
       <c r="K46" s="15">
         <v>0.65439</v>
       </c>
       <c r="L46" s="15">
         <v>0.56714</v>
       </c>
       <c r="M46" s="15">
         <v>0.54533</v>
       </c>
       <c r="N46" s="15">
-        <v>1560</v>
+        <v>1791</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E47" s="15">
         <v>10080054948</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>800</v>
       </c>
       <c r="K47" s="15">
         <v>1.34</v>
       </c>
       <c r="L47" s="15">
         <v>0.72846</v>
       </c>
       <c r="M47" s="15">
         <v>0.63259</v>
       </c>
       <c r="N47" s="15">
-        <v>160</v>
+        <v>124</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
@@ -3050,51 +3053,51 @@
       <c r="D50" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E50" s="15">
         <v>10080066296</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>500</v>
       </c>
       <c r="K50" s="15">
         <v>1.79</v>
       </c>
       <c r="L50" s="15">
         <v>0.97318</v>
       </c>
       <c r="M50" s="15">
         <v>0.84513</v>
       </c>
       <c r="N50" s="15">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E51" s="15">
         <v>10080060785</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3130,51 +3133,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>161</v>
       </c>
       <c r="J52" s="15">
         <v>320</v>
       </c>
       <c r="K52" s="15">
         <v>0.34359</v>
       </c>
       <c r="L52" s="15">
         <v>0.29925</v>
       </c>
       <c r="M52" s="15">
         <v>0.27709</v>
       </c>
       <c r="N52" s="15">
-        <v>264</v>
+        <v>286</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15">
         <v>1920</v>
       </c>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>160</v>
@@ -3212,250 +3215,254 @@
       </c>
       <c r="E54" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J54" s="15">
         <v>200</v>
       </c>
       <c r="K54" s="15">
         <v>0.58347</v>
       </c>
       <c r="L54" s="15">
         <v>0.52512</v>
       </c>
       <c r="M54" s="15">
         <v>0.48623</v>
       </c>
       <c r="N54" s="15">
-        <v>2152</v>
+        <v>1679</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>800</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J55" s="15">
         <v>150</v>
       </c>
       <c r="K55" s="15">
         <v>0.74648</v>
       </c>
       <c r="L55" s="15">
         <v>0.67183</v>
       </c>
       <c r="M55" s="15">
         <v>0.6220599999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>870</v>
+        <v>672</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>177</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>178</v>
       </c>
       <c r="J56" s="15">
         <v>100</v>
       </c>
       <c r="K56" s="15">
-        <v>0.43617</v>
+        <v>0.31019</v>
       </c>
       <c r="L56" s="15">
-        <v>0.31557</v>
+        <v>0.26883</v>
       </c>
       <c r="M56" s="15">
-        <v>0.27537</v>
+        <v>0.25849</v>
       </c>
       <c r="N56" s="15"/>
-      <c r="O56" s="15"/>
-      <c r="P56" s="15"/>
+      <c r="O56" s="15">
+        <v>370</v>
+      </c>
+      <c r="P56" s="15" t="s">
+        <v>179</v>
+      </c>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>177</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
-        <v>0.68307</v>
+        <v>0.48557</v>
       </c>
       <c r="L57" s="15">
-        <v>0.4942</v>
+        <v>0.42082</v>
       </c>
       <c r="M57" s="15">
-        <v>0.43125</v>
+        <v>0.40464</v>
       </c>
       <c r="N57" s="15">
-        <v>668</v>
+        <v>798</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.35633</v>
       </c>
       <c r="L58" s="15">
         <v>0.30882</v>
       </c>
       <c r="M58" s="15">
         <v>0.29694</v>
       </c>
       <c r="N58" s="15">
-        <v>710</v>
+        <v>680</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.44282</v>
       </c>
       <c r="L59" s="15">
         <v>0.38377</v>
       </c>
       <c r="M59" s="15">
         <v>0.36901</v>
       </c>
       <c r="N59" s="15">
-        <v>890</v>
+        <v>820</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14"/>
       <c r="C60" s="15"/>
       <c r="D60" s="15"/>
       <c r="E60" s="15"/>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15"/>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15"/>
       <c r="L60" s="15"/>
       <c r="M60" s="15"/>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
     </row>
   </sheetData>
@@ -3498,317 +3505,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>