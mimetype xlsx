--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -109,161 +109,161 @@
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>Клеммники / Клеммники разъемные / 2CDG на панель / 2CDG-5.08</t>
   </si>
   <si>
     <t>2CDG-5.08-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Рама 2CDG-5.08-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00124641</t>
   </si>
   <si>
     <t>DEGSON</t>
   </si>
   <si>
+    <t>11.06.2026</t>
+  </si>
+  <si>
     <t>2CDG-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Рама 2CDG-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00124642</t>
   </si>
   <si>
     <t>2CDG-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>рамка для монтажа на панель 2EDGKRP/2EDGKDRP, пластик / 2CDG-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113024</t>
   </si>
   <si>
     <t xml:space="preserve">2CGT-5.08-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>2CDG-5.08-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>рамка для монтажа на панель 2EDGKRP/2EDGKDRP, пластик / 2CDG-5.08-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117876</t>
   </si>
   <si>
     <t>2CDG-5.08-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>рамка для монтажа на панель 2EDGKRP/2EDGKDRP, пластик / 2CDG-5.08-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117961</t>
   </si>
   <si>
-    <t xml:space="preserve">2CGT-5.08-08P-14-00 GOLTEN, </t>
-[...2 lines deleted...]
-    <t>07.02.2026</t>
+    <t xml:space="preserve">2CDG-5.08-08P-14-100Z(H) DEGSON, 2CGT-5.08-08P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>2CDG-5.08-10P-14-00Z(H)</t>
   </si>
   <si>
-    <t>рамка для монтажа на панель 2EDGKRP/2EDGKDRP, пластик / 2CDG-5.08-10P-14-00Z(H) (2CDG-5.08-10P-04-10100000012)</t>
+    <t>рамка для монтажа на панель 2EDGKRP/2EDGKDRP, пластик / 2CDG-5.08-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107373</t>
   </si>
   <si>
     <t xml:space="preserve">2CGT-5.08-10P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>2CDG-5.08-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>рамка для монтажа на панель 2EDGKRP/2EDGKDRP, пластик / 2CDG-5.08-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113027</t>
   </si>
   <si>
-    <t xml:space="preserve">2CGT-5.08-12P-14-00 GOLTEN, </t>
-[...2 lines deleted...]
-    <t>03.02.2026</t>
+    <t xml:space="preserve">2CDG-5.08-12P-14-100Z(H) DEGSON, 2CGT-5.08-12P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>2CDG-5.08-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>Рама 2CDG-5.08-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00124647</t>
   </si>
   <si>
     <t>2CDG-5.08-17P-14-00Z(H)</t>
   </si>
   <si>
     <t>рамка для монтажа на панель 2EDGKRP/2EDGKDRP, пластик / 2CDG-5.08-17P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117875</t>
   </si>
   <si>
     <t>2CDG-5.08-20P-14-00Z(H)</t>
   </si>
   <si>
     <t>рамка для монтажа на панель 2EDGKRP/2EDGKDRP, пластик / 2CDG-5.08-20P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113026</t>
   </si>
   <si>
     <t xml:space="preserve">2CGT-5.08-20P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>2CDGB-5.08-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>на панель шаг 5.08 / 2CDGB-5.08-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114034</t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>2CDGB-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>на панель шаг 5.08 / 2CDGB-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111306</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-03P-14-200Z(H) DEGSON, 2EGTVC-5.08-03P-CB-14-00 GOLTEN, TLPHW-306-03P-G12 Tianli, L-KLS2-EDGM-5.08-03P-4 KLS, </t>
   </si>
   <si>
     <t>2CDGB-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>на панель шаг 5.08 / 2CDGB-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114466</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-04P-14-200Z(H) DEGSON, 2EGTVC-5.08-04P-CB-14-00 GOLTEN, TLPHW-306-04P-G12 Tianli, L-KLS2-EDGM-5.08-04P-4 KLS, </t>
   </si>
   <si>
     <t>2CDGB-5.08-05P-14-00Z(H)</t>
@@ -553,51 +553,51 @@
   <si>
     <t>на панель шаг 5.08 / 2EGTVC-5.08-08P-CB-14-00</t>
   </si>
   <si>
     <t>UT-00139987</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-08P-14-00Z(H) DEGSON, 2CDGB-5.08-08P-14-200Z(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-EDGM-5.08-03P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDGM-5.08-03P-4</t>
   </si>
   <si>
     <t>UT-00144454</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-03P-14-00Z(H) DEGSON, 2CDGB-5.08-03P-14-200Z(H) DEGSON, 2EGTVC-5.08-03P-CB-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-EDGM-5.08-04P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDGM-5.08-04P-4</t>
   </si>
   <si>
     <t>UT-00144455</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-04P-14-00Z(H) DEGSON, 2CDGB-5.08-04P-14-200Z(H) DEGSON, 2EGTVC-5.08-04P-CB-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>TLPHW-306-03P-G12</t>
   </si>
   <si>
     <t>Клеммник TLPHW-306-03P-G12</t>
   </si>
   <si>
     <t>UT-00144225</t>
   </si>
   <si>
     <t>Tianli</t>
   </si>
@@ -1437,545 +1437,563 @@
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>400</v>
       </c>
       <c r="K9" s="15">
         <v>0.14366</v>
       </c>
       <c r="L9" s="15">
         <v>0.1245</v>
       </c>
       <c r="M9" s="15">
         <v>0.11971</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
-      <c r="P9" s="15"/>
+      <c r="P9" s="15" t="s">
+        <v>31</v>
+      </c>
       <c r="Q9" s="15">
         <v>1600</v>
       </c>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>210</v>
       </c>
       <c r="K10" s="15">
         <v>0.31373</v>
       </c>
       <c r="L10" s="15">
         <v>0.2719</v>
       </c>
       <c r="M10" s="15">
         <v>0.26144</v>
       </c>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
-      <c r="P10" s="15"/>
+      <c r="P10" s="15" t="s">
+        <v>31</v>
+      </c>
       <c r="Q10" s="15">
         <v>840</v>
       </c>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J11" s="15">
         <v>180</v>
       </c>
       <c r="K11" s="15">
         <v>0.53009</v>
       </c>
       <c r="L11" s="15">
         <v>0.45941</v>
       </c>
       <c r="M11" s="15">
         <v>0.44174</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
-      <c r="P11" s="15"/>
+      <c r="P11" s="15" t="s">
+        <v>31</v>
+      </c>
       <c r="Q11" s="15">
         <v>720</v>
       </c>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>150</v>
       </c>
       <c r="K12" s="15">
         <v>0.5594</v>
       </c>
       <c r="L12" s="15">
         <v>0.48481</v>
       </c>
       <c r="M12" s="15">
         <v>0.46616</v>
       </c>
       <c r="N12" s="15">
-        <v>162</v>
+        <v>119</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>600</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J13" s="15">
         <v>150</v>
       </c>
       <c r="K13" s="15">
-        <v>0.55722</v>
+        <v>0.5777099999999999</v>
       </c>
       <c r="L13" s="15">
-        <v>0.48292</v>
+        <v>0.50068</v>
       </c>
       <c r="M13" s="15">
-        <v>0.46435</v>
+        <v>0.48143</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
-      <c r="P13" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P13" s="15"/>
       <c r="Q13" s="15">
         <v>600</v>
       </c>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="J14" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.57674</v>
       </c>
       <c r="L14" s="15">
         <v>0.49984</v>
       </c>
       <c r="M14" s="15">
         <v>0.48061</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
-      <c r="P14" s="15"/>
+      <c r="P14" s="15" t="s">
+        <v>31</v>
+      </c>
       <c r="Q14" s="15">
         <v>480</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J15" s="15">
         <v>105</v>
       </c>
       <c r="K15" s="15">
-        <v>0.53952</v>
+        <v>0.66575</v>
       </c>
       <c r="L15" s="15">
-        <v>0.46758</v>
+        <v>0.57698</v>
       </c>
       <c r="M15" s="15">
-        <v>0.4496</v>
+        <v>0.55479</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="Q15" s="15">
         <v>420</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="E16" s="15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>90</v>
       </c>
       <c r="K16" s="15">
         <v>0.50756</v>
       </c>
       <c r="L16" s="15">
         <v>0.43988</v>
       </c>
       <c r="M16" s="15">
         <v>0.42296</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
-      <c r="P16" s="15"/>
+      <c r="P16" s="15" t="s">
+        <v>31</v>
+      </c>
       <c r="Q16" s="15">
         <v>360</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="E17" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>75</v>
       </c>
       <c r="K17" s="15">
         <v>0.51111</v>
       </c>
       <c r="L17" s="15">
         <v>0.44296</v>
       </c>
       <c r="M17" s="15">
         <v>0.42593</v>
       </c>
       <c r="N17" s="15">
-        <v>154</v>
+        <v>120</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15">
         <v>300</v>
       </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="D18" s="15" t="s">
+      <c r="E18" s="15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J18" s="15">
         <v>75</v>
       </c>
       <c r="K18" s="15">
         <v>0.76115</v>
       </c>
       <c r="L18" s="15">
         <v>0.65966</v>
       </c>
       <c r="M18" s="15">
         <v>0.63429</v>
       </c>
       <c r="N18" s="15">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>300</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="D19" s="15" t="s">
+      <c r="E19" s="15" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
       </c>
       <c r="K19" s="15">
         <v>0.34425</v>
       </c>
       <c r="L19" s="15">
         <v>0.29835</v>
       </c>
       <c r="M19" s="15">
         <v>0.28688</v>
       </c>
       <c r="N19" s="15">
-        <v>216</v>
-[...2 lines deleted...]
-      <c r="P19" s="15"/>
+        <v>235</v>
+      </c>
+      <c r="O19" s="15">
+        <v>760</v>
+      </c>
+      <c r="P19" s="15" t="s">
+        <v>67</v>
+      </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J20" s="15">
         <v>460</v>
       </c>
       <c r="K20" s="15">
         <v>0.5044999999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.43723</v>
       </c>
       <c r="M20" s="15">
         <v>0.42041</v>
       </c>
       <c r="N20" s="15">
-        <v>95</v>
-[...2 lines deleted...]
-      <c r="P20" s="15"/>
+        <v>32</v>
+      </c>
+      <c r="O20" s="15">
+        <v>828</v>
+      </c>
+      <c r="P20" s="15" t="s">
+        <v>67</v>
+      </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J21" s="15">
         <v>275</v>
       </c>
       <c r="K21" s="15">
         <v>0.67914</v>
       </c>
       <c r="L21" s="15">
         <v>0.5885899999999999</v>
       </c>
       <c r="M21" s="15">
         <v>0.56595</v>
       </c>
       <c r="N21" s="15">
-        <v>266</v>
-[...2 lines deleted...]
-      <c r="P21" s="15"/>
+        <v>178</v>
+      </c>
+      <c r="O21" s="15">
+        <v>1122</v>
+      </c>
+      <c r="P21" s="15" t="s">
+        <v>67</v>
+      </c>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J22" s="15">
@@ -2008,131 +2026,131 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J23" s="15">
         <v>225</v>
       </c>
       <c r="K23" s="15">
         <v>1.01</v>
       </c>
       <c r="L23" s="15">
         <v>0.87629</v>
       </c>
       <c r="M23" s="15">
         <v>0.84259</v>
       </c>
       <c r="N23" s="15">
-        <v>1616</v>
+        <v>1606</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>190</v>
       </c>
       <c r="K24" s="15">
         <v>0.81747</v>
       </c>
       <c r="L24" s="15">
         <v>0.70847</v>
       </c>
       <c r="M24" s="15">
         <v>0.68123</v>
       </c>
       <c r="N24" s="15">
-        <v>3127</v>
+        <v>2859</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="J25" s="15">
         <v>260</v>
       </c>
       <c r="K25" s="15">
         <v>1.42</v>
       </c>
       <c r="L25" s="15">
         <v>1.23</v>
       </c>
       <c r="M25" s="15">
         <v>1.19</v>
       </c>
       <c r="N25" s="15">
-        <v>614</v>
+        <v>264</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
@@ -2166,51 +2184,51 @@
       <c r="D27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>150</v>
       </c>
       <c r="K27" s="15">
         <v>1.65</v>
       </c>
       <c r="L27" s="15">
         <v>1.49</v>
       </c>
       <c r="M27" s="15">
         <v>1.38</v>
       </c>
       <c r="N27" s="15">
-        <v>490</v>
+        <v>358</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15">
         <v>10080049888</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2244,51 +2262,51 @@
       <c r="D29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>190</v>
       </c>
       <c r="K29" s="15">
         <v>2.26</v>
       </c>
       <c r="L29" s="15">
         <v>1.96</v>
       </c>
       <c r="M29" s="15">
         <v>1.89</v>
       </c>
       <c r="N29" s="15">
-        <v>266</v>
+        <v>165</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
@@ -2320,90 +2338,90 @@
       <c r="D31" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>295</v>
       </c>
       <c r="K31" s="15">
         <v>0.28253</v>
       </c>
       <c r="L31" s="15">
         <v>0.24486</v>
       </c>
       <c r="M31" s="15">
         <v>0.23544</v>
       </c>
       <c r="N31" s="15">
-        <v>3616</v>
+        <v>3041</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E32" s="15">
         <v>10080059022</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>725</v>
       </c>
       <c r="K32" s="15">
         <v>0.9019</v>
       </c>
       <c r="L32" s="15">
         <v>0.48612</v>
       </c>
       <c r="M32" s="15">
         <v>0.42216</v>
       </c>
       <c r="N32" s="15">
-        <v>2116</v>
+        <v>2241</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2474,51 +2492,51 @@
       <c r="D35" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>295</v>
       </c>
       <c r="K35" s="15">
         <v>0.76169</v>
       </c>
       <c r="L35" s="15">
         <v>0.66013</v>
       </c>
       <c r="M35" s="15">
         <v>0.63474</v>
       </c>
       <c r="N35" s="15">
-        <v>236</v>
+        <v>198</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2593,51 +2611,51 @@
       <c r="D38" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E38" s="15">
         <v>10080059023</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>725</v>
       </c>
       <c r="K38" s="15">
         <v>2.1</v>
       </c>
       <c r="L38" s="15">
         <v>1.13</v>
       </c>
       <c r="M38" s="15">
         <v>0.98241</v>
       </c>
       <c r="N38" s="15">
-        <v>4155</v>
+        <v>5858</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
@@ -2747,90 +2765,90 @@
       <c r="D42" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>305</v>
       </c>
       <c r="K42" s="15">
         <v>0.38385</v>
       </c>
       <c r="L42" s="15">
         <v>0.33267</v>
       </c>
       <c r="M42" s="15">
         <v>0.31988</v>
       </c>
       <c r="N42" s="15">
-        <v>160</v>
+        <v>126</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>260</v>
       </c>
       <c r="K43" s="15">
         <v>0.47048</v>
       </c>
       <c r="L43" s="15">
         <v>0.40775</v>
       </c>
       <c r="M43" s="15">
         <v>0.39206</v>
       </c>
       <c r="N43" s="15">
-        <v>419</v>
+        <v>383</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E44" s="15">
         <v>10080054164</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
@@ -2899,90 +2917,90 @@
       <c r="D46" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E46" s="15">
         <v>10080054949</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>210</v>
       </c>
       <c r="K46" s="15">
         <v>0.65439</v>
       </c>
       <c r="L46" s="15">
         <v>0.56714</v>
       </c>
       <c r="M46" s="15">
         <v>0.54533</v>
       </c>
       <c r="N46" s="15">
-        <v>1791</v>
+        <v>1440</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E47" s="15">
         <v>10080054948</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>800</v>
       </c>
       <c r="K47" s="15">
         <v>1.34</v>
       </c>
       <c r="L47" s="15">
         <v>0.72846</v>
       </c>
       <c r="M47" s="15">
         <v>0.63259</v>
       </c>
       <c r="N47" s="15">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
@@ -3053,416 +3071,416 @@
       <c r="D50" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E50" s="15">
         <v>10080066296</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>500</v>
       </c>
       <c r="K50" s="15">
         <v>1.79</v>
       </c>
       <c r="L50" s="15">
         <v>0.97318</v>
       </c>
       <c r="M50" s="15">
         <v>0.84513</v>
       </c>
       <c r="N50" s="15">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E51" s="15">
         <v>10080060785</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>120</v>
       </c>
       <c r="K51" s="15">
         <v>2.39</v>
       </c>
       <c r="L51" s="15">
         <v>1.3</v>
       </c>
       <c r="M51" s="15">
         <v>1.13</v>
       </c>
       <c r="N51" s="15">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>161</v>
       </c>
       <c r="J52" s="15">
         <v>320</v>
       </c>
       <c r="K52" s="15">
         <v>0.34359</v>
       </c>
       <c r="L52" s="15">
         <v>0.29925</v>
       </c>
       <c r="M52" s="15">
         <v>0.27709</v>
       </c>
       <c r="N52" s="15">
-        <v>286</v>
+        <v>248</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15">
         <v>1920</v>
       </c>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>165</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.42982</v>
       </c>
       <c r="L53" s="15">
         <v>0.37436</v>
       </c>
       <c r="M53" s="15">
         <v>0.34663</v>
       </c>
       <c r="N53" s="15">
-        <v>761</v>
+        <v>593</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J54" s="15">
         <v>200</v>
       </c>
       <c r="K54" s="15">
         <v>0.58347</v>
       </c>
       <c r="L54" s="15">
         <v>0.52512</v>
       </c>
       <c r="M54" s="15">
         <v>0.48623</v>
       </c>
       <c r="N54" s="15">
-        <v>1679</v>
+        <v>1630</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>800</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J55" s="15">
         <v>150</v>
       </c>
       <c r="K55" s="15">
         <v>0.74648</v>
       </c>
       <c r="L55" s="15">
         <v>0.67183</v>
       </c>
       <c r="M55" s="15">
         <v>0.6220599999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>672</v>
+        <v>781</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>177</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>178</v>
       </c>
       <c r="J56" s="15">
         <v>100</v>
       </c>
       <c r="K56" s="15">
-        <v>0.31019</v>
+        <v>0.32826</v>
       </c>
       <c r="L56" s="15">
-        <v>0.26883</v>
+        <v>0.28449</v>
       </c>
       <c r="M56" s="15">
-        <v>0.25849</v>
+        <v>0.27355</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15">
-        <v>370</v>
+        <v>405</v>
       </c>
       <c r="P56" s="15" t="s">
         <v>179</v>
       </c>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>182</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>177</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.48557</v>
       </c>
       <c r="L57" s="15">
         <v>0.42082</v>
       </c>
       <c r="M57" s="15">
         <v>0.40464</v>
       </c>
       <c r="N57" s="15">
-        <v>798</v>
+        <v>639</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>187</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>188</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.35633</v>
       </c>
       <c r="L58" s="15">
         <v>0.30882</v>
       </c>
       <c r="M58" s="15">
         <v>0.29694</v>
       </c>
       <c r="N58" s="15">
-        <v>680</v>
+        <v>780</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>187</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.44282</v>
       </c>
       <c r="L59" s="15">
         <v>0.38377</v>
       </c>
       <c r="M59" s="15">
         <v>0.36901</v>
       </c>
       <c r="N59" s="15">
-        <v>820</v>
+        <v>890</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14"/>
       <c r="C60" s="15"/>
       <c r="D60" s="15"/>
       <c r="E60" s="15"/>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15"/>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15"/>
       <c r="L60" s="15"/>
       <c r="M60" s="15"/>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
     </row>
   </sheetData>