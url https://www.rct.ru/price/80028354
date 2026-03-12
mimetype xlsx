--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>Клеммники / Клеммники разъемные / 2CDG на панель / 2CDG-5.08</t>
   </si>
   <si>
     <t>2CDG-5.08-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Рама 2CDG-5.08-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00124641</t>
   </si>
   <si>
     <t>DEGSON</t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>20.05.2026</t>
   </si>
   <si>
     <t>2CDG-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Рама 2CDG-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00124642</t>
   </si>
   <si>
     <t>2CDG-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>рамка для монтажа на панель 2EDGKRP/2EDGKDRP, пластик / 2CDG-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113024</t>
   </si>
   <si>
     <t xml:space="preserve">2CGT-5.08-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>2CDG-5.08-07P-14-00Z(H)</t>
   </si>
@@ -551,53 +551,50 @@
     <t>2EGTVC-5.08-08P-CB-14-00</t>
   </si>
   <si>
     <t>на панель шаг 5.08 / 2EGTVC-5.08-08P-CB-14-00</t>
   </si>
   <si>
     <t>UT-00139987</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-08P-14-00Z(H) DEGSON, 2CDGB-5.08-08P-14-200Z(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-EDGM-5.08-03P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDGM-5.08-03P-4</t>
   </si>
   <si>
     <t>UT-00144454</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-03P-14-00Z(H) DEGSON, 2CDGB-5.08-03P-14-200Z(H) DEGSON, 2EGTVC-5.08-03P-CB-14-00 GOLTEN, </t>
-  </si>
-[...1 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-EDGM-5.08-04P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDGM-5.08-04P-4</t>
   </si>
   <si>
     <t>UT-00144455</t>
   </si>
   <si>
     <t xml:space="preserve">2CDGB-5.08-04P-14-00Z(H) DEGSON, 2CDGB-5.08-04P-14-200Z(H) DEGSON, 2EGTVC-5.08-04P-CB-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>TLPHW-306-03P-G12</t>
   </si>
   <si>
     <t>Клеммник TLPHW-306-03P-G12</t>
   </si>
   <si>
     <t>UT-00144225</t>
   </si>
   <si>
     <t>Tianli</t>
   </si>
@@ -1561,51 +1558,51 @@
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>150</v>
       </c>
       <c r="K12" s="15">
         <v>0.5594</v>
       </c>
       <c r="L12" s="15">
         <v>0.48481</v>
       </c>
       <c r="M12" s="15">
         <v>0.46616</v>
       </c>
       <c r="N12" s="15">
-        <v>119</v>
+        <v>160</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>600</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
@@ -1768,228 +1765,228 @@
       <c r="D17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>75</v>
       </c>
       <c r="K17" s="15">
         <v>0.51111</v>
       </c>
       <c r="L17" s="15">
         <v>0.44296</v>
       </c>
       <c r="M17" s="15">
         <v>0.42593</v>
       </c>
       <c r="N17" s="15">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15">
         <v>300</v>
       </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J18" s="15">
         <v>75</v>
       </c>
       <c r="K18" s="15">
         <v>0.76115</v>
       </c>
       <c r="L18" s="15">
         <v>0.65966</v>
       </c>
       <c r="M18" s="15">
         <v>0.63429</v>
       </c>
       <c r="N18" s="15">
-        <v>219</v>
+        <v>199</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>300</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
       </c>
       <c r="K19" s="15">
         <v>0.34425</v>
       </c>
       <c r="L19" s="15">
         <v>0.29835</v>
       </c>
       <c r="M19" s="15">
         <v>0.28688</v>
       </c>
       <c r="N19" s="15">
-        <v>235</v>
+        <v>273</v>
       </c>
       <c r="O19" s="15">
-        <v>760</v>
+        <v>884</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J20" s="15">
         <v>460</v>
       </c>
       <c r="K20" s="15">
         <v>0.5044999999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.43723</v>
       </c>
       <c r="M20" s="15">
         <v>0.42041</v>
       </c>
       <c r="N20" s="15">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="O20" s="15">
-        <v>828</v>
+        <v>1077</v>
       </c>
       <c r="P20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J21" s="15">
         <v>275</v>
       </c>
       <c r="K21" s="15">
         <v>0.67914</v>
       </c>
       <c r="L21" s="15">
         <v>0.5885899999999999</v>
       </c>
       <c r="M21" s="15">
         <v>0.56595</v>
       </c>
       <c r="N21" s="15">
-        <v>178</v>
+        <v>50</v>
       </c>
       <c r="O21" s="15">
-        <v>1122</v>
+        <v>996</v>
       </c>
       <c r="P21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
@@ -2026,131 +2023,131 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J23" s="15">
         <v>225</v>
       </c>
       <c r="K23" s="15">
         <v>1.01</v>
       </c>
       <c r="L23" s="15">
         <v>0.87629</v>
       </c>
       <c r="M23" s="15">
         <v>0.84259</v>
       </c>
       <c r="N23" s="15">
-        <v>1606</v>
+        <v>1278</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>190</v>
       </c>
       <c r="K24" s="15">
         <v>0.81747</v>
       </c>
       <c r="L24" s="15">
         <v>0.70847</v>
       </c>
       <c r="M24" s="15">
         <v>0.68123</v>
       </c>
       <c r="N24" s="15">
-        <v>2859</v>
+        <v>3037</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="J25" s="15">
         <v>260</v>
       </c>
       <c r="K25" s="15">
         <v>1.42</v>
       </c>
       <c r="L25" s="15">
         <v>1.23</v>
       </c>
       <c r="M25" s="15">
         <v>1.19</v>
       </c>
       <c r="N25" s="15">
-        <v>264</v>
+        <v>88</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
@@ -2184,51 +2181,51 @@
       <c r="D27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>150</v>
       </c>
       <c r="K27" s="15">
         <v>1.65</v>
       </c>
       <c r="L27" s="15">
         <v>1.49</v>
       </c>
       <c r="M27" s="15">
         <v>1.38</v>
       </c>
       <c r="N27" s="15">
-        <v>358</v>
+        <v>251</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15">
         <v>10080049888</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2262,51 +2259,51 @@
       <c r="D29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>190</v>
       </c>
       <c r="K29" s="15">
         <v>2.26</v>
       </c>
       <c r="L29" s="15">
         <v>1.96</v>
       </c>
       <c r="M29" s="15">
         <v>1.89</v>
       </c>
       <c r="N29" s="15">
-        <v>165</v>
+        <v>148</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
@@ -2338,90 +2335,90 @@
       <c r="D31" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>295</v>
       </c>
       <c r="K31" s="15">
         <v>0.28253</v>
       </c>
       <c r="L31" s="15">
         <v>0.24486</v>
       </c>
       <c r="M31" s="15">
         <v>0.23544</v>
       </c>
       <c r="N31" s="15">
-        <v>3041</v>
+        <v>3288</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E32" s="15">
         <v>10080059022</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>725</v>
       </c>
       <c r="K32" s="15">
         <v>0.9019</v>
       </c>
       <c r="L32" s="15">
         <v>0.48612</v>
       </c>
       <c r="M32" s="15">
         <v>0.42216</v>
       </c>
       <c r="N32" s="15">
-        <v>2241</v>
+        <v>1618</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2452,91 +2449,89 @@
       </c>
       <c r="D34" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E34" s="15">
         <v>10080058340</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>295</v>
       </c>
       <c r="K34" s="15">
         <v>1.52</v>
       </c>
       <c r="L34" s="15">
         <v>0.81073</v>
       </c>
       <c r="M34" s="15">
         <v>0.70405</v>
       </c>
-      <c r="N34" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>295</v>
       </c>
       <c r="K35" s="15">
         <v>0.76169</v>
       </c>
       <c r="L35" s="15">
         <v>0.66013</v>
       </c>
       <c r="M35" s="15">
         <v>0.63474</v>
       </c>
       <c r="N35" s="15">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2611,51 +2606,51 @@
       <c r="D38" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E38" s="15">
         <v>10080059023</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>725</v>
       </c>
       <c r="K38" s="15">
         <v>2.1</v>
       </c>
       <c r="L38" s="15">
         <v>1.13</v>
       </c>
       <c r="M38" s="15">
         <v>0.98241</v>
       </c>
       <c r="N38" s="15">
-        <v>5858</v>
+        <v>4700</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
@@ -2765,90 +2760,90 @@
       <c r="D42" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>305</v>
       </c>
       <c r="K42" s="15">
         <v>0.38385</v>
       </c>
       <c r="L42" s="15">
         <v>0.33267</v>
       </c>
       <c r="M42" s="15">
         <v>0.31988</v>
       </c>
       <c r="N42" s="15">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>260</v>
       </c>
       <c r="K43" s="15">
         <v>0.47048</v>
       </c>
       <c r="L43" s="15">
         <v>0.40775</v>
       </c>
       <c r="M43" s="15">
         <v>0.39206</v>
       </c>
       <c r="N43" s="15">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E44" s="15">
         <v>10080054164</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
@@ -2917,90 +2912,90 @@
       <c r="D46" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E46" s="15">
         <v>10080054949</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>210</v>
       </c>
       <c r="K46" s="15">
         <v>0.65439</v>
       </c>
       <c r="L46" s="15">
         <v>0.56714</v>
       </c>
       <c r="M46" s="15">
         <v>0.54533</v>
       </c>
       <c r="N46" s="15">
-        <v>1440</v>
+        <v>1687</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E47" s="15">
         <v>10080054948</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>800</v>
       </c>
       <c r="K47" s="15">
         <v>1.34</v>
       </c>
       <c r="L47" s="15">
         <v>0.72846</v>
       </c>
       <c r="M47" s="15">
         <v>0.63259</v>
       </c>
       <c r="N47" s="15">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
@@ -3071,51 +3066,51 @@
       <c r="D50" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E50" s="15">
         <v>10080066296</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>500</v>
       </c>
       <c r="K50" s="15">
         <v>1.79</v>
       </c>
       <c r="L50" s="15">
         <v>0.97318</v>
       </c>
       <c r="M50" s="15">
         <v>0.84513</v>
       </c>
       <c r="N50" s="15">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E51" s="15">
         <v>10080060785</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3151,336 +3146,334 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>161</v>
       </c>
       <c r="J52" s="15">
         <v>320</v>
       </c>
       <c r="K52" s="15">
         <v>0.34359</v>
       </c>
       <c r="L52" s="15">
         <v>0.29925</v>
       </c>
       <c r="M52" s="15">
         <v>0.27709</v>
       </c>
       <c r="N52" s="15">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15">
         <v>1920</v>
       </c>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>165</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.42982</v>
       </c>
       <c r="L53" s="15">
         <v>0.37436</v>
       </c>
       <c r="M53" s="15">
         <v>0.34663</v>
       </c>
       <c r="N53" s="15">
-        <v>593</v>
+        <v>830</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J54" s="15">
         <v>200</v>
       </c>
       <c r="K54" s="15">
         <v>0.58347</v>
       </c>
       <c r="L54" s="15">
         <v>0.52512</v>
       </c>
       <c r="M54" s="15">
         <v>0.48623</v>
       </c>
       <c r="N54" s="15">
-        <v>1630</v>
+        <v>1828</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>800</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>160</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J55" s="15">
         <v>150</v>
       </c>
       <c r="K55" s="15">
         <v>0.74648</v>
       </c>
       <c r="L55" s="15">
         <v>0.67183</v>
       </c>
       <c r="M55" s="15">
         <v>0.6220599999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>781</v>
+        <v>801</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>177</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>178</v>
       </c>
       <c r="J56" s="15">
         <v>100</v>
       </c>
       <c r="K56" s="15">
         <v>0.32826</v>
       </c>
       <c r="L56" s="15">
         <v>0.28449</v>
       </c>
       <c r="M56" s="15">
         <v>0.27355</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15">
-        <v>405</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>177</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.48557</v>
       </c>
       <c r="L57" s="15">
         <v>0.42082</v>
       </c>
       <c r="M57" s="15">
         <v>0.40464</v>
       </c>
       <c r="N57" s="15">
-        <v>639</v>
+        <v>784</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="I58" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.35633</v>
       </c>
       <c r="L58" s="15">
         <v>0.30882</v>
       </c>
       <c r="M58" s="15">
         <v>0.29694</v>
       </c>
       <c r="N58" s="15">
-        <v>780</v>
+        <v>640</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.44282</v>
       </c>
       <c r="L59" s="15">
         <v>0.38377</v>
       </c>
       <c r="M59" s="15">
         <v>0.36901</v>
       </c>
       <c r="N59" s="15">
-        <v>890</v>
+        <v>870</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14"/>
       <c r="C60" s="15"/>
       <c r="D60" s="15"/>
       <c r="E60" s="15"/>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15"/>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15"/>
       <c r="L60" s="15"/>
       <c r="M60" s="15"/>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
     </row>
   </sheetData>
@@ -3523,317 +3516,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>