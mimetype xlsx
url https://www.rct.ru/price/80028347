--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -302,53 +302,50 @@
     <t xml:space="preserve">FK-MC 0.5/ 4-ST-2.5 PHOENIX CONTACT, HW04B0500000G ANYTEK, MPC300-25004 DECA, 15EDGKD-2.5-04P-14-00Z(H) DEGSON, L-KLS2-EDGKD-2.50-04P-4 KLS, TLPS-006V-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EGTKD-2.5-05P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-05P-14-00</t>
   </si>
   <si>
     <t>UT-00140161</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 5-ST-2.5 PHOENIX CONTACT, HW05B0500000G ANYTEK, MPC300-25005 DECA, 15EDGKD-2.5-05P-14-00Z(H) DEGSON, TLPS-006V-05P-G12 Tianli, L-KLS2-EDGKD-2.50-05P-4 KLS, </t>
   </si>
   <si>
     <t>15EGTKD-2.5-07P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-07P-14-00</t>
   </si>
   <si>
     <t>UT-00143809</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 7-ST-2.5 PHOENIX CONTACT, HW07B0500000G ANYTEK, MPC300-25007 DECA, 15EDGKD-2.5-07P-14-00Z(H) DEGSON, </t>
-  </si>
-[...1 lines deleted...]
-    <t>21.01.2026</t>
   </si>
   <si>
     <t>15EGTKD-2.5-08P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-08P-14-00</t>
   </si>
   <si>
     <t>UT-00143081</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 8-ST-2.5 PHOENIX CONTACT, HW08B0500000G ANYTEK, MPC300-25008 DECA, 15EDGKD-2.5-08P-14-00Z(H) DEGSON, L-KLS2-EDGKD-2.50-08P-4 KLS, TLPS-006V-08P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EGTKD-2.5-10P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-10P-14-00</t>
   </si>
   <si>
     <t>UT-00140162</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/10-ST-2.5 PHOENIX CONTACT, HW10B0500000G ANYTEK, MPC300-25010 DECA, 15EDGKD-2.5-10P-14-00Z(H) DEGSON, TLPS-006V-10P-G12 Tianli, L-KLS2-EDGKD-2.50-10P-4 KLS, </t>
   </si>
@@ -1375,172 +1372,172 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.21354</v>
       </c>
       <c r="L10" s="15">
         <v>0.18507</v>
       </c>
       <c r="M10" s="15">
         <v>0.17795</v>
       </c>
       <c r="N10" s="15">
-        <v>9773</v>
+        <v>14149</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
-        <v>0.46161</v>
+        <v>0.28494</v>
       </c>
       <c r="L11" s="15">
-        <v>0.33279</v>
+        <v>0.24695</v>
       </c>
       <c r="M11" s="15">
-        <v>0.28984</v>
+        <v>0.23745</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.43706</v>
       </c>
       <c r="L12" s="15">
         <v>0.37878</v>
       </c>
       <c r="M12" s="15">
         <v>0.36421</v>
       </c>
       <c r="N12" s="15">
-        <v>255</v>
+        <v>4</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.54969</v>
       </c>
       <c r="L13" s="15">
         <v>0.49472</v>
       </c>
       <c r="M13" s="15">
         <v>0.45808</v>
       </c>
       <c r="N13" s="15">
-        <v>1437</v>
+        <v>1494</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15">
         <v>10080047898</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
@@ -1565,394 +1562,394 @@
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
-        <v>0.92243</v>
+        <v>0.56939</v>
       </c>
       <c r="L15" s="15">
-        <v>0.66501</v>
+        <v>0.49347</v>
       </c>
       <c r="M15" s="15">
-        <v>0.5792</v>
+        <v>0.47449</v>
       </c>
       <c r="N15" s="15">
-        <v>3481</v>
+        <v>3842</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
-        <v>1.12</v>
+        <v>0.7966800000000001</v>
       </c>
       <c r="L16" s="15">
-        <v>0.80105</v>
+        <v>0.69046</v>
       </c>
       <c r="M16" s="15">
-        <v>0.72094</v>
+        <v>0.6639</v>
       </c>
       <c r="N16" s="15">
         <v>18</v>
       </c>
       <c r="O16" s="15">
-        <v>924</v>
+        <v>876</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
-        <v>1.26</v>
+        <v>0.8943</v>
       </c>
       <c r="L17" s="15">
-        <v>0.9026</v>
+        <v>0.77506</v>
       </c>
       <c r="M17" s="15">
-        <v>0.81234</v>
+        <v>0.74525</v>
       </c>
       <c r="N17" s="15">
-        <v>2339</v>
+        <v>2035</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="15">
         <v>600</v>
       </c>
       <c r="K18" s="15">
         <v>0.99116</v>
       </c>
       <c r="L18" s="15">
         <v>0.859</v>
       </c>
       <c r="M18" s="15">
         <v>0.82596</v>
       </c>
       <c r="N18" s="15">
-        <v>254</v>
+        <v>211</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
-        <v>1.54</v>
+        <v>0.97142</v>
       </c>
       <c r="L19" s="15">
-        <v>1.11</v>
+        <v>0.84189</v>
       </c>
       <c r="M19" s="15">
-        <v>0.96666</v>
+        <v>0.80951</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>1620</v>
+        <v>1400</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="J20" s="15">
         <v>750</v>
       </c>
       <c r="K20" s="15">
-        <v>1.71</v>
+        <v>1.1</v>
       </c>
       <c r="L20" s="15">
-        <v>1.23</v>
+        <v>0.95138</v>
       </c>
       <c r="M20" s="15">
-        <v>1.07</v>
+        <v>0.91479</v>
       </c>
       <c r="N20" s="15">
         <v>30</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.18603</v>
       </c>
       <c r="L21" s="15">
         <v>0.16743</v>
       </c>
       <c r="M21" s="15">
         <v>0.15503</v>
       </c>
       <c r="N21" s="15">
-        <v>2920</v>
+        <v>2680</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J22" s="15">
         <v>400</v>
       </c>
       <c r="K22" s="15">
         <v>0.27757</v>
       </c>
       <c r="L22" s="15">
         <v>0.24176</v>
       </c>
       <c r="M22" s="15">
         <v>0.22385</v>
       </c>
       <c r="N22" s="15">
-        <v>5388</v>
+        <v>6002</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>6400</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.37028</v>
       </c>
       <c r="L23" s="15">
         <v>0.3225</v>
       </c>
       <c r="M23" s="15">
         <v>0.29861</v>
       </c>
       <c r="N23" s="15">
-        <v>9137</v>
+        <v>7434</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>4000</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>78</v>
@@ -1989,640 +1986,636 @@
         <v>93</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.64586</v>
       </c>
       <c r="L25" s="15">
         <v>0.55974</v>
       </c>
       <c r="M25" s="15">
         <v>0.53821</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>870</v>
+      </c>
+      <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J26" s="15">
         <v>150</v>
       </c>
       <c r="K26" s="15">
         <v>0.70047</v>
       </c>
       <c r="L26" s="15">
         <v>0.63042</v>
       </c>
       <c r="M26" s="15">
         <v>0.58373</v>
       </c>
       <c r="N26" s="15">
-        <v>1667</v>
+        <v>1412</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>0.87612</v>
       </c>
       <c r="L27" s="15">
         <v>0.78851</v>
       </c>
       <c r="M27" s="15">
         <v>0.7301</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J28" s="15">
         <v>400</v>
       </c>
       <c r="K28" s="15">
         <v>1.11</v>
       </c>
       <c r="L28" s="15">
         <v>0.95956</v>
       </c>
       <c r="M28" s="15">
         <v>0.92265</v>
       </c>
       <c r="N28" s="15">
         <v>6</v>
       </c>
       <c r="O28" s="15">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="P28" s="15"/>
       <c r="Q28" s="15">
         <v>1600</v>
       </c>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="D29" s="15" t="s">
+      <c r="E29" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="I29" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.34455</v>
       </c>
       <c r="L29" s="15">
         <v>0.24928</v>
       </c>
       <c r="M29" s="15">
         <v>0.21753</v>
       </c>
       <c r="N29" s="15">
-        <v>1830</v>
+        <v>1860</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
         <v>0.5098200000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.36886</v>
       </c>
       <c r="M30" s="15">
         <v>0.32187</v>
       </c>
       <c r="N30" s="15">
-        <v>7500</v>
+        <v>6200</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J31" s="15">
         <v>100</v>
       </c>
       <c r="K31" s="15">
         <v>0.64675</v>
       </c>
       <c r="L31" s="15">
         <v>0.46792</v>
       </c>
       <c r="M31" s="15">
         <v>0.40831</v>
       </c>
       <c r="N31" s="15">
-        <v>1797</v>
+        <v>2486</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
         <v>0.83029</v>
       </c>
       <c r="L32" s="15">
         <v>0.60071</v>
       </c>
       <c r="M32" s="15">
         <v>0.52419</v>
       </c>
       <c r="N32" s="15">
-        <v>670</v>
+        <v>870</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.9347</v>
       </c>
       <c r="L33" s="15">
         <v>0.77891</v>
       </c>
       <c r="M33" s="15">
         <v>0.74775</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>1.36</v>
       </c>
       <c r="L34" s="15">
         <v>0.98177</v>
       </c>
       <c r="M34" s="15">
         <v>0.8567</v>
       </c>
       <c r="N34" s="15">
-        <v>1240</v>
+        <v>1380</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>134</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="I35" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.20366</v>
       </c>
       <c r="L35" s="15">
         <v>0.1765</v>
       </c>
       <c r="M35" s="15">
         <v>0.16971</v>
       </c>
       <c r="N35" s="15">
         <v>4015</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.29646</v>
       </c>
       <c r="L36" s="15">
         <v>0.25693</v>
       </c>
       <c r="M36" s="15">
         <v>0.24705</v>
       </c>
       <c r="N36" s="15">
-        <v>8900</v>
+        <v>7300</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.39434</v>
       </c>
       <c r="L37" s="15">
         <v>0.34176</v>
       </c>
       <c r="M37" s="15">
         <v>0.32861</v>
       </c>
       <c r="N37" s="15">
-        <v>2100</v>
+        <v>2220</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.4929</v>
       </c>
       <c r="L38" s="15">
         <v>0.42718</v>
       </c>
       <c r="M38" s="15">
         <v>0.41075</v>
       </c>
       <c r="N38" s="15">
-        <v>2338</v>
+        <v>1871</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.7875799999999999</v>
       </c>
       <c r="L39" s="15">
         <v>0.68257</v>
       </c>
       <c r="M39" s="15">
         <v>0.6563099999999999</v>
       </c>
       <c r="N39" s="15">
-        <v>1720</v>
+        <v>1620</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>1.02</v>
       </c>
       <c r="L40" s="15">
         <v>0.88559</v>
       </c>
       <c r="M40" s="15">
         <v>0.81999</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14"/>
       <c r="C41" s="15"/>
       <c r="D41" s="15"/>
       <c r="E41" s="15"/>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15"/>
@@ -2676,317 +2669,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>