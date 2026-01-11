--- v1 (2025-12-18)
+++ v2 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -187,51 +187,51 @@
   <si>
     <t>15EDGKD-2.5-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114268</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 6-ST-2.5 PHOENIX CONTACT, HW06B0500000G ANYTEK, MPC300-25006 DECA, 15EGTKD-2.5-06P-14-00 GOLTEN, L-KLS2-EDGKD-2.50-06P-4 KLS, </t>
   </si>
   <si>
     <t>15EDGKD-2.5-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108434</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 7-ST-2.5 PHOENIX CONTACT, HW07B0500000G ANYTEK, MPC300-25007 DECA, 15EGTKD-2.5-07P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>08.03.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>15EDGKD-2.5-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111384</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 8-ST-2.5 PHOENIX CONTACT, HW08B0500000G ANYTEK, MPC300-25008 DECA, 15EGTKD-2.5-08P-14-00 GOLTEN, L-KLS2-EDGKD-2.50-08P-4 KLS, TLPS-006V-08P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGKD-2.5-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>клеммники разъемные на кабель, 9 контактов, шаг 2,5 мм / 15EDGKD-2.5-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108323</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 9-ST-2.5 PHOENIX CONTACT, HW09B0500000G ANYTEK, MPC300-25009 DECA, </t>
   </si>
@@ -1372,51 +1372,51 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.21354</v>
       </c>
       <c r="L10" s="15">
         <v>0.18507</v>
       </c>
       <c r="M10" s="15">
         <v>0.17795</v>
       </c>
       <c r="N10" s="15">
-        <v>14149</v>
+        <v>12663</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1493,51 +1493,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.54969</v>
       </c>
       <c r="L13" s="15">
         <v>0.49472</v>
       </c>
       <c r="M13" s="15">
         <v>0.45808</v>
       </c>
       <c r="N13" s="15">
-        <v>1494</v>
+        <v>1356</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15">
         <v>10080047898</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
@@ -1571,218 +1571,218 @@
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.56939</v>
       </c>
       <c r="L15" s="15">
         <v>0.49347</v>
       </c>
       <c r="M15" s="15">
         <v>0.47449</v>
       </c>
       <c r="N15" s="15">
-        <v>3842</v>
+        <v>2295</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
-        <v>0.7966800000000001</v>
+        <v>0.78267</v>
       </c>
       <c r="L16" s="15">
-        <v>0.69046</v>
+        <v>0.67831</v>
       </c>
       <c r="M16" s="15">
-        <v>0.6639</v>
+        <v>0.65223</v>
       </c>
       <c r="N16" s="15">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="O16" s="15">
-        <v>876</v>
+        <v>936</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.8943</v>
       </c>
       <c r="L17" s="15">
         <v>0.77506</v>
       </c>
       <c r="M17" s="15">
         <v>0.74525</v>
       </c>
       <c r="N17" s="15">
-        <v>2035</v>
+        <v>1558</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="15">
         <v>600</v>
       </c>
       <c r="K18" s="15">
         <v>0.99116</v>
       </c>
       <c r="L18" s="15">
         <v>0.859</v>
       </c>
       <c r="M18" s="15">
         <v>0.82596</v>
       </c>
       <c r="N18" s="15">
-        <v>211</v>
+        <v>25</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
         <v>0.97142</v>
       </c>
       <c r="L19" s="15">
         <v>0.84189</v>
       </c>
       <c r="M19" s="15">
         <v>0.80951</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>1400</v>
+        <v>1360</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
@@ -1821,256 +1821,256 @@
       </c>
       <c r="E21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.18603</v>
       </c>
       <c r="L21" s="15">
         <v>0.16743</v>
       </c>
       <c r="M21" s="15">
         <v>0.15503</v>
       </c>
       <c r="N21" s="15">
-        <v>2680</v>
+        <v>2440</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J22" s="15">
         <v>400</v>
       </c>
       <c r="K22" s="15">
         <v>0.27757</v>
       </c>
       <c r="L22" s="15">
         <v>0.24176</v>
       </c>
       <c r="M22" s="15">
         <v>0.22385</v>
       </c>
       <c r="N22" s="15">
-        <v>6002</v>
+        <v>5593</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>6400</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.37028</v>
       </c>
       <c r="L23" s="15">
         <v>0.3225</v>
       </c>
       <c r="M23" s="15">
         <v>0.29861</v>
       </c>
       <c r="N23" s="15">
-        <v>7434</v>
+        <v>8821</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>4000</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>0.43854</v>
       </c>
       <c r="L24" s="15">
         <v>0.39469</v>
       </c>
       <c r="M24" s="15">
         <v>0.36545</v>
       </c>
       <c r="N24" s="15">
-        <v>9855</v>
+        <v>9503</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.64586</v>
       </c>
       <c r="L25" s="15">
         <v>0.55974</v>
       </c>
       <c r="M25" s="15">
         <v>0.53821</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15">
-        <v>870</v>
+        <v>820</v>
       </c>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J26" s="15">
         <v>150</v>
       </c>
       <c r="K26" s="15">
         <v>0.70047</v>
       </c>
       <c r="L26" s="15">
         <v>0.63042</v>
       </c>
       <c r="M26" s="15">
         <v>0.58373</v>
       </c>
       <c r="N26" s="15">
-        <v>1412</v>
+        <v>1667</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I27" s="15" t="s">
@@ -2109,212 +2109,212 @@
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="J28" s="15">
         <v>400</v>
       </c>
       <c r="K28" s="15">
         <v>1.11</v>
       </c>
       <c r="L28" s="15">
         <v>0.95956</v>
       </c>
       <c r="M28" s="15">
         <v>0.92265</v>
       </c>
       <c r="N28" s="15">
         <v>6</v>
       </c>
       <c r="O28" s="15">
-        <v>405</v>
+        <v>440</v>
       </c>
       <c r="P28" s="15"/>
       <c r="Q28" s="15">
         <v>1600</v>
       </c>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>112</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
-        <v>0.34455</v>
+        <v>0.24519</v>
       </c>
       <c r="L29" s="15">
-        <v>0.24928</v>
+        <v>0.2125</v>
       </c>
       <c r="M29" s="15">
-        <v>0.21753</v>
+        <v>0.20433</v>
       </c>
       <c r="N29" s="15">
-        <v>1860</v>
+        <v>2400</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
-        <v>0.5098200000000001</v>
+        <v>0.36207</v>
       </c>
       <c r="L30" s="15">
-        <v>0.36886</v>
+        <v>0.31379</v>
       </c>
       <c r="M30" s="15">
-        <v>0.32187</v>
+        <v>0.30173</v>
       </c>
       <c r="N30" s="15">
-        <v>6200</v>
+        <v>8500</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J31" s="15">
         <v>100</v>
       </c>
       <c r="K31" s="15">
-        <v>0.64675</v>
+        <v>0.45926</v>
       </c>
       <c r="L31" s="15">
-        <v>0.46792</v>
+        <v>0.39802</v>
       </c>
       <c r="M31" s="15">
-        <v>0.40831</v>
+        <v>0.38271</v>
       </c>
       <c r="N31" s="15">
-        <v>2486</v>
+        <v>2187</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
-        <v>0.83029</v>
+        <v>0.58958</v>
       </c>
       <c r="L32" s="15">
-        <v>0.60071</v>
+        <v>0.51097</v>
       </c>
       <c r="M32" s="15">
-        <v>0.52419</v>
+        <v>0.49131</v>
       </c>
       <c r="N32" s="15">
-        <v>870</v>
+        <v>860</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I33" s="15" t="s">
@@ -2341,255 +2341,255 @@
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>132</v>
       </c>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
-        <v>1.36</v>
+        <v>0.96345</v>
       </c>
       <c r="L34" s="15">
-        <v>0.98177</v>
+        <v>0.83499</v>
       </c>
       <c r="M34" s="15">
-        <v>0.8567</v>
+        <v>0.80288</v>
       </c>
       <c r="N34" s="15">
-        <v>1380</v>
+        <v>1720</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.20366</v>
       </c>
       <c r="L35" s="15">
         <v>0.1765</v>
       </c>
       <c r="M35" s="15">
         <v>0.16971</v>
       </c>
       <c r="N35" s="15">
-        <v>4015</v>
+        <v>4620</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>141</v>
       </c>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.29646</v>
       </c>
       <c r="L36" s="15">
         <v>0.25693</v>
       </c>
       <c r="M36" s="15">
         <v>0.24705</v>
       </c>
       <c r="N36" s="15">
-        <v>7300</v>
+        <v>8101</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>145</v>
       </c>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.39434</v>
       </c>
       <c r="L37" s="15">
         <v>0.34176</v>
       </c>
       <c r="M37" s="15">
         <v>0.32861</v>
       </c>
       <c r="N37" s="15">
-        <v>2220</v>
+        <v>2100</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.4929</v>
       </c>
       <c r="L38" s="15">
         <v>0.42718</v>
       </c>
       <c r="M38" s="15">
         <v>0.41075</v>
       </c>
       <c r="N38" s="15">
-        <v>1871</v>
+        <v>2255</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>153</v>
       </c>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.7875799999999999</v>
       </c>
       <c r="L39" s="15">
         <v>0.68257</v>
       </c>
       <c r="M39" s="15">
         <v>0.6563099999999999</v>
       </c>
       <c r="N39" s="15">
-        <v>1620</v>
+        <v>1640</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>156</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I40" s="15" t="s">