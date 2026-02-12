--- v2 (2026-01-11)
+++ v3 (2026-02-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>11.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -145,132 +145,132 @@
   <si>
     <t>15EDGKD-2.5-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>клеммники разъемные на кабель, 3 контакта, шаг 2,5 мм / 15EDGKD-2.5-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114266</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 3-ST-2.5 PHOENIX CONTACT, HW03B0500000G ANYTEK, MPC300-25003 DECA, 15EGTKD-2.5-03P-14-00 GOLTEN, L-KLS2-EDGKD-2.50-03P-4 KLS, TLPS-006V-03P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGKD-2.5-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114267</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 4-ST-2.5 PHOENIX CONTACT, HW04B0500000G ANYTEK, MPC300-25004 DECA, 15EGTKD-2.5-04P-14-00 GOLTEN, L-KLS2-EDGKD-2.50-04P-4 KLS, TLPS-006V-04P-G12 Tianli, </t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>15EDGKD-2.5-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107990</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 5-ST-2.5 PHOENIX CONTACT, HW05B0500000G ANYTEK, MPC300-25005 DECA, 15EGTKD-2.5-05P-14-00 GOLTEN, TLPS-006V-05P-G12 Tianli, L-KLS2-EDGKD-2.50-05P-4 KLS, </t>
   </si>
   <si>
     <t>15EDGKD-2.5-06P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-06P-13-00A(H)</t>
   </si>
   <si>
     <t>15EDGKD-2.5-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114268</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 6-ST-2.5 PHOENIX CONTACT, HW06B0500000G ANYTEK, MPC300-25006 DECA, 15EGTKD-2.5-06P-14-00 GOLTEN, L-KLS2-EDGKD-2.50-06P-4 KLS, </t>
   </si>
   <si>
     <t>15EDGKD-2.5-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108434</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 7-ST-2.5 PHOENIX CONTACT, HW07B0500000G ANYTEK, MPC300-25007 DECA, 15EGTKD-2.5-07P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>19.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EDGKD-2.5-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111384</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 8-ST-2.5 PHOENIX CONTACT, HW08B0500000G ANYTEK, MPC300-25008 DECA, 15EGTKD-2.5-08P-14-00 GOLTEN, L-KLS2-EDGKD-2.50-08P-4 KLS, TLPS-006V-08P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGKD-2.5-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>клеммники разъемные на кабель, 9 контактов, шаг 2,5 мм / 15EDGKD-2.5-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108323</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 9-ST-2.5 PHOENIX CONTACT, HW09B0500000G ANYTEK, MPC300-25009 DECA, </t>
   </si>
   <si>
     <t>15EDGKD-2.5-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111323</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/10-ST-2.5 PHOENIX CONTACT, HW10B0500000G ANYTEK, MPC300-25010 DECA, 15EGTKD-2.5-10P-14-00 GOLTEN, TLPS-006V-10P-G12 Tianli, L-KLS2-EDGKD-2.50-10P-4 KLS, </t>
   </si>
   <si>
-    <t>09.04.2026</t>
+    <t>28.02.2026</t>
   </si>
   <si>
     <t>15EDGKD-2.5-11P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-11P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113712</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/11-ST-2.5 PHOENIX CONTACT, HW11B0500000G ANYTEK, MPC300-25011 DECA, </t>
   </si>
   <si>
     <t>15EGTKD-2.5-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140160</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
@@ -326,50 +326,53 @@
     <t xml:space="preserve">FK-MC 0.5/ 7-ST-2.5 PHOENIX CONTACT, HW07B0500000G ANYTEK, MPC300-25007 DECA, 15EDGKD-2.5-07P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>15EGTKD-2.5-08P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-08P-14-00</t>
   </si>
   <si>
     <t>UT-00143081</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 8-ST-2.5 PHOENIX CONTACT, HW08B0500000G ANYTEK, MPC300-25008 DECA, 15EDGKD-2.5-08P-14-00Z(H) DEGSON, L-KLS2-EDGKD-2.50-08P-4 KLS, TLPS-006V-08P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EGTKD-2.5-10P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-10P-14-00</t>
   </si>
   <si>
     <t>UT-00140162</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/10-ST-2.5 PHOENIX CONTACT, HW10B0500000G ANYTEK, MPC300-25010 DECA, 15EDGKD-2.5-10P-14-00Z(H) DEGSON, TLPS-006V-10P-G12 Tianli, L-KLS2-EDGKD-2.50-10P-4 KLS, </t>
+  </si>
+  <si>
+    <t>11.06.2026</t>
   </si>
   <si>
     <t>15EGTKD-2.5-12P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-12P-14-00</t>
   </si>
   <si>
     <t>UT-00143082</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/12-ST-2.5 PHOENIX CONTACT, HW12B0500000G ANYTEK, MPC300-25012 DECA, 15EDGKD-2.5-12P-14-00Z(H) DEGSON, L-KLS2-EDGKD-2.50-12P-4 KLS, </t>
   </si>
   <si>
     <t>L-KLS2-EDGKD-2.50-02P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDGKD-2.50-02P-4</t>
   </si>
   <si>
     <t>UT-00144427</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
@@ -1372,51 +1375,51 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.21354</v>
       </c>
       <c r="L10" s="15">
         <v>0.18507</v>
       </c>
       <c r="M10" s="15">
         <v>0.17795</v>
       </c>
       <c r="N10" s="15">
-        <v>12663</v>
+        <v>4705</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1451,338 +1454,350 @@
         <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.43706</v>
       </c>
       <c r="L12" s="15">
         <v>0.37878</v>
       </c>
       <c r="M12" s="15">
         <v>0.36421</v>
       </c>
-      <c r="N12" s="15">
-[...3 lines deleted...]
-      <c r="P12" s="15"/>
+      <c r="N12" s="15"/>
+      <c r="O12" s="15">
+        <v>3752</v>
+      </c>
+      <c r="P12" s="15" t="s">
+        <v>43</v>
+      </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.54969</v>
       </c>
       <c r="L13" s="15">
         <v>0.49472</v>
       </c>
       <c r="M13" s="15">
         <v>0.45808</v>
       </c>
       <c r="N13" s="15">
-        <v>1356</v>
-[...2 lines deleted...]
-      <c r="P13" s="15"/>
+        <v>1282</v>
+      </c>
+      <c r="O13" s="15">
+        <v>1312</v>
+      </c>
+      <c r="P13" s="15" t="s">
+        <v>43</v>
+      </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E14" s="15">
         <v>10080047898</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.89538</v>
       </c>
       <c r="L14" s="15">
         <v>0.5976900000000001</v>
       </c>
       <c r="M14" s="15">
         <v>0.5442</v>
       </c>
       <c r="N14" s="15">
         <v>2</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.56939</v>
       </c>
       <c r="L15" s="15">
         <v>0.49347</v>
       </c>
       <c r="M15" s="15">
         <v>0.47449</v>
       </c>
       <c r="N15" s="15">
-        <v>2295</v>
-[...2 lines deleted...]
-      <c r="P15" s="15"/>
+        <v>1791</v>
+      </c>
+      <c r="O15" s="15">
+        <v>2190</v>
+      </c>
+      <c r="P15" s="15" t="s">
+        <v>43</v>
+      </c>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.78267</v>
       </c>
       <c r="L16" s="15">
         <v>0.67831</v>
       </c>
       <c r="M16" s="15">
         <v>0.65223</v>
       </c>
       <c r="N16" s="15">
-        <v>13</v>
-[...6 lines deleted...]
-      </c>
+        <v>817</v>
+      </c>
+      <c r="O16" s="15"/>
+      <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.8943</v>
       </c>
       <c r="L17" s="15">
         <v>0.77506</v>
       </c>
       <c r="M17" s="15">
         <v>0.74525</v>
       </c>
       <c r="N17" s="15">
-        <v>1558</v>
-[...2 lines deleted...]
-      <c r="P17" s="15"/>
+        <v>1138</v>
+      </c>
+      <c r="O17" s="15">
+        <v>1848</v>
+      </c>
+      <c r="P17" s="15" t="s">
+        <v>43</v>
+      </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="15">
         <v>600</v>
       </c>
       <c r="K18" s="15">
         <v>0.99116</v>
       </c>
       <c r="L18" s="15">
         <v>0.859</v>
       </c>
       <c r="M18" s="15">
         <v>0.82596</v>
       </c>
-      <c r="N18" s="15">
-[...3 lines deleted...]
-      <c r="P18" s="15"/>
+      <c r="N18" s="15"/>
+      <c r="O18" s="15">
+        <v>320</v>
+      </c>
+      <c r="P18" s="15" t="s">
+        <v>43</v>
+      </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
-        <v>0.97142</v>
+        <v>1.05</v>
       </c>
       <c r="L19" s="15">
-        <v>0.84189</v>
+        <v>0.91077</v>
       </c>
       <c r="M19" s="15">
-        <v>0.80951</v>
+        <v>0.87574</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>1360</v>
+        <v>1420</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
@@ -1821,801 +1836,805 @@
       </c>
       <c r="E21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.18603</v>
       </c>
       <c r="L21" s="15">
         <v>0.16743</v>
       </c>
       <c r="M21" s="15">
         <v>0.15503</v>
       </c>
       <c r="N21" s="15">
-        <v>2440</v>
+        <v>3160</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J22" s="15">
         <v>400</v>
       </c>
       <c r="K22" s="15">
         <v>0.27757</v>
       </c>
       <c r="L22" s="15">
         <v>0.24176</v>
       </c>
       <c r="M22" s="15">
         <v>0.22385</v>
       </c>
       <c r="N22" s="15">
-        <v>5593</v>
+        <v>5006</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>6400</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.37028</v>
       </c>
       <c r="L23" s="15">
         <v>0.3225</v>
       </c>
       <c r="M23" s="15">
         <v>0.29861</v>
       </c>
       <c r="N23" s="15">
-        <v>8821</v>
+        <v>8604</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>4000</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="J24" s="15"/>
+      <c r="J24" s="15">
+        <v>250</v>
+      </c>
       <c r="K24" s="15">
         <v>0.43854</v>
       </c>
       <c r="L24" s="15">
         <v>0.39469</v>
       </c>
       <c r="M24" s="15">
         <v>0.36545</v>
       </c>
       <c r="N24" s="15">
-        <v>9503</v>
+        <v>8259</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
-        <v>0.64586</v>
+        <v>0.624</v>
       </c>
       <c r="L25" s="15">
-        <v>0.55974</v>
+        <v>0.5407999999999999</v>
       </c>
       <c r="M25" s="15">
-        <v>0.53821</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.52</v>
+      </c>
+      <c r="N25" s="15">
+        <v>700</v>
+      </c>
+      <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J26" s="15">
         <v>150</v>
       </c>
       <c r="K26" s="15">
         <v>0.70047</v>
       </c>
       <c r="L26" s="15">
         <v>0.63042</v>
       </c>
       <c r="M26" s="15">
         <v>0.58373</v>
       </c>
       <c r="N26" s="15">
-        <v>1667</v>
+        <v>2037</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>103</v>
       </c>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>0.87612</v>
       </c>
       <c r="L27" s="15">
         <v>0.78851</v>
       </c>
       <c r="M27" s="15">
         <v>0.7301</v>
       </c>
       <c r="N27" s="15"/>
-      <c r="O27" s="15"/>
-      <c r="P27" s="15"/>
+      <c r="O27" s="15">
+        <v>670</v>
+      </c>
+      <c r="P27" s="15" t="s">
+        <v>104</v>
+      </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J28" s="15">
         <v>400</v>
       </c>
       <c r="K28" s="15">
-        <v>1.11</v>
+        <v>1.07</v>
       </c>
       <c r="L28" s="15">
-        <v>0.95956</v>
+        <v>0.92767</v>
       </c>
       <c r="M28" s="15">
-        <v>0.92265</v>
+        <v>0.8919899999999999</v>
       </c>
       <c r="N28" s="15">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15">
         <v>1600</v>
       </c>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.24519</v>
       </c>
       <c r="L29" s="15">
         <v>0.2125</v>
       </c>
       <c r="M29" s="15">
         <v>0.20433</v>
       </c>
       <c r="N29" s="15">
-        <v>2400</v>
+        <v>2190</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
         <v>0.36207</v>
       </c>
       <c r="L30" s="15">
         <v>0.31379</v>
       </c>
       <c r="M30" s="15">
         <v>0.30173</v>
       </c>
       <c r="N30" s="15">
-        <v>8500</v>
+        <v>7400</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J31" s="15">
         <v>100</v>
       </c>
       <c r="K31" s="15">
         <v>0.45926</v>
       </c>
       <c r="L31" s="15">
         <v>0.39802</v>
       </c>
       <c r="M31" s="15">
         <v>0.38271</v>
       </c>
       <c r="N31" s="15">
-        <v>2187</v>
+        <v>1827</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
         <v>0.58958</v>
       </c>
       <c r="L32" s="15">
         <v>0.51097</v>
       </c>
       <c r="M32" s="15">
         <v>0.49131</v>
       </c>
       <c r="N32" s="15">
-        <v>860</v>
+        <v>630</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.9347</v>
       </c>
       <c r="L33" s="15">
         <v>0.77891</v>
       </c>
       <c r="M33" s="15">
         <v>0.74775</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.96345</v>
       </c>
       <c r="L34" s="15">
         <v>0.83499</v>
       </c>
       <c r="M34" s="15">
         <v>0.80288</v>
       </c>
       <c r="N34" s="15">
-        <v>1720</v>
+        <v>1240</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.20366</v>
       </c>
       <c r="L35" s="15">
         <v>0.1765</v>
       </c>
       <c r="M35" s="15">
         <v>0.16971</v>
       </c>
       <c r="N35" s="15">
-        <v>4620</v>
+        <v>4125</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.29646</v>
       </c>
       <c r="L36" s="15">
         <v>0.25693</v>
       </c>
       <c r="M36" s="15">
         <v>0.24705</v>
       </c>
       <c r="N36" s="15">
-        <v>8101</v>
+        <v>8900</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.39434</v>
       </c>
       <c r="L37" s="15">
         <v>0.34176</v>
       </c>
       <c r="M37" s="15">
         <v>0.32861</v>
       </c>
       <c r="N37" s="15">
-        <v>2100</v>
+        <v>1950</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.4929</v>
       </c>
       <c r="L38" s="15">
         <v>0.42718</v>
       </c>
       <c r="M38" s="15">
         <v>0.41075</v>
       </c>
       <c r="N38" s="15">
-        <v>2255</v>
+        <v>2338</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.7875799999999999</v>
       </c>
       <c r="L39" s="15">
         <v>0.68257</v>
       </c>
       <c r="M39" s="15">
         <v>0.6563099999999999</v>
       </c>
       <c r="N39" s="15">
-        <v>1640</v>
+        <v>1380</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>1.02</v>
       </c>
       <c r="L40" s="15">
         <v>0.88559</v>
       </c>
       <c r="M40" s="15">
         <v>0.81999</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14"/>
       <c r="C41" s="15"/>
       <c r="D41" s="15"/>
       <c r="E41" s="15"/>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15"/>
@@ -2669,317 +2688,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>