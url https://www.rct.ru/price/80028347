--- v3 (2026-02-12)
+++ v4 (2026-03-04)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>11.02.2026</t>
+    <t>04.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -226,51 +226,51 @@
   <si>
     <t>15EDGKD-2.5-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>клеммники разъемные на кабель, 9 контактов, шаг 2,5 мм / 15EDGKD-2.5-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108323</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 9-ST-2.5 PHOENIX CONTACT, HW09B0500000G ANYTEK, MPC300-25009 DECA, </t>
   </si>
   <si>
     <t>15EDGKD-2.5-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111323</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/10-ST-2.5 PHOENIX CONTACT, HW10B0500000G ANYTEK, MPC300-25010 DECA, 15EGTKD-2.5-10P-14-00 GOLTEN, TLPS-006V-10P-G12 Tianli, L-KLS2-EDGKD-2.50-10P-4 KLS, </t>
   </si>
   <si>
-    <t>28.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>15EDGKD-2.5-11P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-11P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113712</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/11-ST-2.5 PHOENIX CONTACT, HW11B0500000G ANYTEK, MPC300-25011 DECA, </t>
   </si>
   <si>
     <t>15EGTKD-2.5-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140160</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
@@ -1375,51 +1375,51 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.21354</v>
       </c>
       <c r="L10" s="15">
         <v>0.18507</v>
       </c>
       <c r="M10" s="15">
         <v>0.17795</v>
       </c>
       <c r="N10" s="15">
-        <v>4705</v>
+        <v>3458</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1456,96 +1456,96 @@
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.43706</v>
       </c>
       <c r="L12" s="15">
         <v>0.37878</v>
       </c>
       <c r="M12" s="15">
         <v>0.36421</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15">
-        <v>3752</v>
+        <v>3640</v>
       </c>
       <c r="P12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.54969</v>
       </c>
       <c r="L13" s="15">
         <v>0.49472</v>
       </c>
       <c r="M13" s="15">
         <v>0.45808</v>
       </c>
       <c r="N13" s="15">
-        <v>1282</v>
+        <v>1251</v>
       </c>
       <c r="O13" s="15">
-        <v>1312</v>
+        <v>1280</v>
       </c>
       <c r="P13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15">
         <v>10080047898</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
@@ -1580,224 +1580,224 @@
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.56939</v>
       </c>
       <c r="L15" s="15">
         <v>0.49347</v>
       </c>
       <c r="M15" s="15">
         <v>0.47449</v>
       </c>
       <c r="N15" s="15">
-        <v>1791</v>
+        <v>1759</v>
       </c>
       <c r="O15" s="15">
-        <v>2190</v>
+        <v>2160</v>
       </c>
       <c r="P15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.78267</v>
       </c>
       <c r="L16" s="15">
         <v>0.67831</v>
       </c>
       <c r="M16" s="15">
         <v>0.65223</v>
       </c>
       <c r="N16" s="15">
-        <v>817</v>
+        <v>1032</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.8943</v>
       </c>
       <c r="L17" s="15">
         <v>0.77506</v>
       </c>
       <c r="M17" s="15">
         <v>0.74525</v>
       </c>
       <c r="N17" s="15">
-        <v>1138</v>
+        <v>961</v>
       </c>
       <c r="O17" s="15">
-        <v>1848</v>
+        <v>1560</v>
       </c>
       <c r="P17" s="15" t="s">
         <v>43</v>
       </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="15">
         <v>600</v>
       </c>
       <c r="K18" s="15">
         <v>0.99116</v>
       </c>
       <c r="L18" s="15">
         <v>0.859</v>
       </c>
       <c r="M18" s="15">
         <v>0.82596</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15">
-        <v>320</v>
+        <v>300</v>
       </c>
       <c r="P18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
         <v>1.05</v>
       </c>
       <c r="L19" s="15">
         <v>0.91077</v>
       </c>
       <c r="M19" s="15">
         <v>0.87574</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>1420</v>
+        <v>1800</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
@@ -1836,424 +1836,424 @@
       </c>
       <c r="E21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.18603</v>
       </c>
       <c r="L21" s="15">
         <v>0.16743</v>
       </c>
       <c r="M21" s="15">
         <v>0.15503</v>
       </c>
       <c r="N21" s="15">
-        <v>3160</v>
+        <v>2960</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J22" s="15">
         <v>400</v>
       </c>
       <c r="K22" s="15">
         <v>0.27757</v>
       </c>
       <c r="L22" s="15">
         <v>0.24176</v>
       </c>
       <c r="M22" s="15">
         <v>0.22385</v>
       </c>
       <c r="N22" s="15">
-        <v>5006</v>
+        <v>4365</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>6400</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.37028</v>
       </c>
       <c r="L23" s="15">
         <v>0.3225</v>
       </c>
       <c r="M23" s="15">
         <v>0.29861</v>
       </c>
       <c r="N23" s="15">
-        <v>8604</v>
+        <v>7515</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>4000</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J24" s="15">
         <v>250</v>
       </c>
       <c r="K24" s="15">
         <v>0.43854</v>
       </c>
       <c r="L24" s="15">
         <v>0.39469</v>
       </c>
       <c r="M24" s="15">
         <v>0.36545</v>
       </c>
       <c r="N24" s="15">
-        <v>8259</v>
+        <v>9422</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.624</v>
       </c>
       <c r="L25" s="15">
         <v>0.5407999999999999</v>
       </c>
       <c r="M25" s="15">
         <v>0.52</v>
       </c>
       <c r="N25" s="15">
-        <v>700</v>
+        <v>850</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J26" s="15">
         <v>150</v>
       </c>
       <c r="K26" s="15">
         <v>0.70047</v>
       </c>
       <c r="L26" s="15">
         <v>0.63042</v>
       </c>
       <c r="M26" s="15">
         <v>0.58373</v>
       </c>
       <c r="N26" s="15">
-        <v>2037</v>
+        <v>1782</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>103</v>
       </c>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>0.87612</v>
       </c>
       <c r="L27" s="15">
         <v>0.78851</v>
       </c>
       <c r="M27" s="15">
         <v>0.7301</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15">
-        <v>670</v>
+        <v>880</v>
       </c>
       <c r="P27" s="15" t="s">
         <v>104</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J28" s="15">
         <v>400</v>
       </c>
       <c r="K28" s="15">
         <v>1.07</v>
       </c>
       <c r="L28" s="15">
         <v>0.92767</v>
       </c>
       <c r="M28" s="15">
         <v>0.8919899999999999</v>
       </c>
       <c r="N28" s="15">
-        <v>441</v>
+        <v>370</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15">
         <v>1600</v>
       </c>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>113</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.24519</v>
       </c>
       <c r="L29" s="15">
         <v>0.2125</v>
       </c>
       <c r="M29" s="15">
         <v>0.20433</v>
       </c>
       <c r="N29" s="15">
-        <v>2190</v>
+        <v>2340</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
         <v>0.36207</v>
       </c>
       <c r="L30" s="15">
         <v>0.31379</v>
       </c>
       <c r="M30" s="15">
         <v>0.30173</v>
       </c>
       <c r="N30" s="15">
-        <v>7400</v>
+        <v>8900</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2289,51 +2289,51 @@
       <c r="D32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
         <v>0.58958</v>
       </c>
       <c r="L32" s="15">
         <v>0.51097</v>
       </c>
       <c r="M32" s="15">
         <v>0.49131</v>
       </c>
       <c r="N32" s="15">
-        <v>630</v>
+        <v>650</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I33" s="15" t="s">
@@ -2369,246 +2369,246 @@
       </c>
       <c r="E34" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.96345</v>
       </c>
       <c r="L34" s="15">
         <v>0.83499</v>
       </c>
       <c r="M34" s="15">
         <v>0.80288</v>
       </c>
       <c r="N34" s="15">
-        <v>1240</v>
+        <v>1740</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>138</v>
       </c>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.20366</v>
       </c>
       <c r="L35" s="15">
         <v>0.1765</v>
       </c>
       <c r="M35" s="15">
         <v>0.16971</v>
       </c>
       <c r="N35" s="15">
-        <v>4125</v>
+        <v>3741</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>142</v>
       </c>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.29646</v>
       </c>
       <c r="L36" s="15">
         <v>0.25693</v>
       </c>
       <c r="M36" s="15">
         <v>0.24705</v>
       </c>
       <c r="N36" s="15">
-        <v>8900</v>
+        <v>8200</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>146</v>
       </c>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.39434</v>
       </c>
       <c r="L37" s="15">
         <v>0.34176</v>
       </c>
       <c r="M37" s="15">
         <v>0.32861</v>
       </c>
       <c r="N37" s="15">
-        <v>1950</v>
+        <v>1860</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.4929</v>
       </c>
       <c r="L38" s="15">
         <v>0.42718</v>
       </c>
       <c r="M38" s="15">
         <v>0.41075</v>
       </c>
       <c r="N38" s="15">
-        <v>2338</v>
+        <v>2228</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.7875799999999999</v>
       </c>
       <c r="L39" s="15">
         <v>0.68257</v>
       </c>
       <c r="M39" s="15">
         <v>0.6563099999999999</v>
       </c>
       <c r="N39" s="15">
-        <v>1380</v>
+        <v>1400</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I40" s="15" t="s">