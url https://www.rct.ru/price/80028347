--- v4 (2026-03-04)
+++ v5 (2026-03-28)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>04.03.2026</t>
+    <t>27.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,50 +160,53 @@
   <si>
     <t>Клеммник 15EDGKD-2.5-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114267</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 4-ST-2.5 PHOENIX CONTACT, HW04B0500000G ANYTEK, MPC300-25004 DECA, 15EGTKD-2.5-04P-14-00 GOLTEN, L-KLS2-EDGKD-2.50-04P-4 KLS, TLPS-006V-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>02.07.2026</t>
   </si>
   <si>
     <t>15EDGKD-2.5-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107990</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 5-ST-2.5 PHOENIX CONTACT, HW05B0500000G ANYTEK, MPC300-25005 DECA, 15EGTKD-2.5-05P-14-00 GOLTEN, TLPS-006V-05P-G12 Tianli, L-KLS2-EDGKD-2.50-05P-4 KLS, </t>
   </si>
   <si>
+    <t>08.06.2026</t>
+  </si>
+  <si>
     <t>15EDGKD-2.5-06P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-06P-13-00A(H)</t>
   </si>
   <si>
     <t>15EDGKD-2.5-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114268</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 6-ST-2.5 PHOENIX CONTACT, HW06B0500000G ANYTEK, MPC300-25006 DECA, 15EGTKD-2.5-06P-14-00 GOLTEN, L-KLS2-EDGKD-2.50-06P-4 KLS, </t>
   </si>
   <si>
     <t>15EDGKD-2.5-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108434</t>
@@ -226,53 +229,50 @@
   <si>
     <t>15EDGKD-2.5-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>клеммники разъемные на кабель, 9 контактов, шаг 2,5 мм / 15EDGKD-2.5-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108323</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 9-ST-2.5 PHOENIX CONTACT, HW09B0500000G ANYTEK, MPC300-25009 DECA, </t>
   </si>
   <si>
     <t>15EDGKD-2.5-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111323</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/10-ST-2.5 PHOENIX CONTACT, HW10B0500000G ANYTEK, MPC300-25010 DECA, 15EGTKD-2.5-10P-14-00 GOLTEN, TLPS-006V-10P-G12 Tianli, L-KLS2-EDGKD-2.50-10P-4 KLS, </t>
   </si>
   <si>
-    <t>13.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EDGKD-2.5-11P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-2.5-11P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113712</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/11-ST-2.5 PHOENIX CONTACT, HW11B0500000G ANYTEK, MPC300-25011 DECA, </t>
   </si>
   <si>
     <t>15EGTKD-2.5-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140160</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 2-ST-2.5 PHOENIX CONTACT, HW02B0500000G ANYTEK, MPC300-25002 DECA, 15EDGKD-2.5-02P-14-00Z(H) DEGSON, TLPS-006V-02P-G12 Tianli, L-KLS2-EDGKD-2.50-02P-4 KLS, 15EDGKD-2.5-02P-14-00A(H) DEGSON, </t>
@@ -328,51 +328,51 @@
   <si>
     <t>15EGTKD-2.5-08P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-08P-14-00</t>
   </si>
   <si>
     <t>UT-00143081</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/ 8-ST-2.5 PHOENIX CONTACT, HW08B0500000G ANYTEK, MPC300-25008 DECA, 15EDGKD-2.5-08P-14-00Z(H) DEGSON, L-KLS2-EDGKD-2.50-08P-4 KLS, TLPS-006V-08P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EGTKD-2.5-10P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-10P-14-00</t>
   </si>
   <si>
     <t>UT-00140162</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/10-ST-2.5 PHOENIX CONTACT, HW10B0500000G ANYTEK, MPC300-25010 DECA, 15EDGKD-2.5-10P-14-00Z(H) DEGSON, TLPS-006V-10P-G12 Tianli, L-KLS2-EDGKD-2.50-10P-4 KLS, </t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>22.06.2026</t>
   </si>
   <si>
     <t>15EGTKD-2.5-12P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTKD-2.5-12P-14-00</t>
   </si>
   <si>
     <t>UT-00143082</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MC 0.5/12-ST-2.5 PHOENIX CONTACT, HW12B0500000G ANYTEK, MPC300-25012 DECA, 15EDGKD-2.5-12P-14-00Z(H) DEGSON, L-KLS2-EDGKD-2.50-12P-4 KLS, </t>
   </si>
   <si>
     <t>L-KLS2-EDGKD-2.50-02P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDGKD-2.50-02P-4</t>
   </si>
   <si>
     <t>UT-00144427</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
@@ -1375,51 +1375,51 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.21354</v>
       </c>
       <c r="L10" s="15">
         <v>0.18507</v>
       </c>
       <c r="M10" s="15">
         <v>0.17795</v>
       </c>
       <c r="N10" s="15">
-        <v>3458</v>
+        <v>4152</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1456,352 +1456,350 @@
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.43706</v>
       </c>
       <c r="L12" s="15">
         <v>0.37878</v>
       </c>
       <c r="M12" s="15">
         <v>0.36421</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15">
-        <v>3640</v>
+        <v>4704</v>
       </c>
       <c r="P12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.54969</v>
       </c>
       <c r="L13" s="15">
         <v>0.49472</v>
       </c>
       <c r="M13" s="15">
         <v>0.45808</v>
       </c>
       <c r="N13" s="15">
-        <v>1251</v>
+        <v>118</v>
       </c>
       <c r="O13" s="15">
-        <v>1280</v>
+        <v>1392</v>
       </c>
       <c r="P13" s="15" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E14" s="15">
         <v>10080047898</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.89538</v>
       </c>
       <c r="L14" s="15">
         <v>0.5976900000000001</v>
       </c>
       <c r="M14" s="15">
         <v>0.5442</v>
       </c>
       <c r="N14" s="15">
         <v>2</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.56939</v>
       </c>
       <c r="L15" s="15">
         <v>0.49347</v>
       </c>
       <c r="M15" s="15">
         <v>0.47449</v>
       </c>
       <c r="N15" s="15">
-        <v>1759</v>
+        <v>64</v>
       </c>
       <c r="O15" s="15">
-        <v>2160</v>
+        <v>2430</v>
       </c>
       <c r="P15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.78267</v>
       </c>
       <c r="L16" s="15">
         <v>0.67831</v>
       </c>
       <c r="M16" s="15">
         <v>0.65223</v>
       </c>
       <c r="N16" s="15">
-        <v>1032</v>
+        <v>711</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.8943</v>
       </c>
       <c r="L17" s="15">
         <v>0.77506</v>
       </c>
       <c r="M17" s="15">
         <v>0.74525</v>
       </c>
       <c r="N17" s="15">
-        <v>961</v>
+        <v>687</v>
       </c>
       <c r="O17" s="15">
-        <v>1560</v>
+        <v>1536</v>
       </c>
       <c r="P17" s="15" t="s">
         <v>43</v>
       </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J18" s="15">
         <v>600</v>
       </c>
       <c r="K18" s="15">
         <v>0.99116</v>
       </c>
       <c r="L18" s="15">
         <v>0.859</v>
       </c>
       <c r="M18" s="15">
         <v>0.82596</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15">
-        <v>300</v>
+        <v>425</v>
       </c>
       <c r="P18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
         <v>1.05</v>
       </c>
       <c r="L19" s="15">
         <v>0.91077</v>
       </c>
       <c r="M19" s="15">
         <v>0.87574</v>
       </c>
-      <c r="N19" s="15"/>
-[...5 lines deleted...]
-      </c>
+      <c r="N19" s="15">
+        <v>1029</v>
+      </c>
+      <c r="O19" s="15"/>
+      <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="J20" s="15">
@@ -1836,504 +1834,504 @@
       </c>
       <c r="E21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.18603</v>
       </c>
       <c r="L21" s="15">
         <v>0.16743</v>
       </c>
       <c r="M21" s="15">
         <v>0.15503</v>
       </c>
       <c r="N21" s="15">
-        <v>2960</v>
+        <v>2760</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J22" s="15">
         <v>400</v>
       </c>
       <c r="K22" s="15">
         <v>0.27757</v>
       </c>
       <c r="L22" s="15">
         <v>0.24176</v>
       </c>
       <c r="M22" s="15">
         <v>0.22385</v>
       </c>
       <c r="N22" s="15">
-        <v>4365</v>
+        <v>4074</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>6400</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.37028</v>
       </c>
       <c r="L23" s="15">
         <v>0.3225</v>
       </c>
       <c r="M23" s="15">
         <v>0.29861</v>
       </c>
       <c r="N23" s="15">
-        <v>7515</v>
+        <v>6538</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>4000</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J24" s="15">
         <v>250</v>
       </c>
       <c r="K24" s="15">
         <v>0.43854</v>
       </c>
       <c r="L24" s="15">
         <v>0.39469</v>
       </c>
       <c r="M24" s="15">
         <v>0.36545</v>
       </c>
       <c r="N24" s="15">
-        <v>9422</v>
+        <v>6980</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.624</v>
       </c>
       <c r="L25" s="15">
         <v>0.5407999999999999</v>
       </c>
       <c r="M25" s="15">
         <v>0.52</v>
       </c>
       <c r="N25" s="15">
-        <v>850</v>
+        <v>730</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J26" s="15">
         <v>150</v>
       </c>
       <c r="K26" s="15">
         <v>0.70047</v>
       </c>
       <c r="L26" s="15">
         <v>0.63042</v>
       </c>
       <c r="M26" s="15">
         <v>0.58373</v>
       </c>
       <c r="N26" s="15">
-        <v>1782</v>
+        <v>1667</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>103</v>
       </c>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>0.87612</v>
       </c>
       <c r="L27" s="15">
         <v>0.78851</v>
       </c>
       <c r="M27" s="15">
         <v>0.7301</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15">
-        <v>880</v>
+        <v>690</v>
       </c>
       <c r="P27" s="15" t="s">
         <v>104</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J28" s="15">
         <v>400</v>
       </c>
       <c r="K28" s="15">
         <v>1.07</v>
       </c>
       <c r="L28" s="15">
         <v>0.92767</v>
       </c>
       <c r="M28" s="15">
         <v>0.8919899999999999</v>
       </c>
       <c r="N28" s="15">
-        <v>370</v>
+        <v>350</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15">
         <v>1600</v>
       </c>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>113</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.24519</v>
       </c>
       <c r="L29" s="15">
         <v>0.2125</v>
       </c>
       <c r="M29" s="15">
         <v>0.20433</v>
       </c>
       <c r="N29" s="15">
-        <v>2340</v>
+        <v>1860</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
         <v>0.36207</v>
       </c>
       <c r="L30" s="15">
         <v>0.31379</v>
       </c>
       <c r="M30" s="15">
         <v>0.30173</v>
       </c>
       <c r="N30" s="15">
-        <v>8900</v>
+        <v>9000</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J31" s="15">
         <v>100</v>
       </c>
       <c r="K31" s="15">
         <v>0.45926</v>
       </c>
       <c r="L31" s="15">
         <v>0.39802</v>
       </c>
       <c r="M31" s="15">
         <v>0.38271</v>
       </c>
       <c r="N31" s="15">
-        <v>1827</v>
+        <v>2037</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
         <v>0.58958</v>
       </c>
       <c r="L32" s="15">
         <v>0.51097</v>
       </c>
       <c r="M32" s="15">
         <v>0.49131</v>
       </c>
       <c r="N32" s="15">
-        <v>650</v>
+        <v>760</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I33" s="15" t="s">
@@ -2369,129 +2367,129 @@
       </c>
       <c r="E34" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.96345</v>
       </c>
       <c r="L34" s="15">
         <v>0.83499</v>
       </c>
       <c r="M34" s="15">
         <v>0.80288</v>
       </c>
       <c r="N34" s="15">
-        <v>1740</v>
+        <v>1560</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>138</v>
       </c>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.20366</v>
       </c>
       <c r="L35" s="15">
         <v>0.1765</v>
       </c>
       <c r="M35" s="15">
         <v>0.16971</v>
       </c>
       <c r="N35" s="15">
-        <v>3741</v>
+        <v>3685</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>142</v>
       </c>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.29646</v>
       </c>
       <c r="L36" s="15">
         <v>0.25693</v>
       </c>
       <c r="M36" s="15">
         <v>0.24705</v>
       </c>
       <c r="N36" s="15">
-        <v>8200</v>
+        <v>6200</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I37" s="15" t="s">
@@ -2564,51 +2562,51 @@
       <c r="D39" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.7875799999999999</v>
       </c>
       <c r="L39" s="15">
         <v>0.68257</v>
       </c>
       <c r="M39" s="15">
         <v>0.6563099999999999</v>
       </c>
       <c r="N39" s="15">
-        <v>1400</v>
+        <v>1780</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I40" s="15" t="s">