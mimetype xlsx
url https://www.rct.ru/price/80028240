--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1321,293 +1321,293 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>300</v>
       </c>
       <c r="K9" s="15">
         <v>0.08481</v>
       </c>
       <c r="L9" s="15">
         <v>0.07633</v>
       </c>
       <c r="M9" s="15">
         <v>0.07068000000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>2911</v>
+        <v>3151</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
-        <v>0.17823</v>
+        <v>0.13136</v>
       </c>
       <c r="L10" s="15">
-        <v>0.12731</v>
+        <v>0.11384</v>
       </c>
       <c r="M10" s="15">
-        <v>0.11457</v>
+        <v>0.10946</v>
       </c>
       <c r="N10" s="15">
         <v>1311</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080013820</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
-        <v>0.24032</v>
+        <v>0.14805</v>
       </c>
       <c r="L11" s="15">
-        <v>0.17325</v>
+        <v>0.12831</v>
       </c>
       <c r="M11" s="15">
-        <v>0.1509</v>
+        <v>0.12338</v>
       </c>
       <c r="N11" s="15">
         <v>15</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
-        <v>0.24613</v>
+        <v>0.15965</v>
       </c>
       <c r="L12" s="15">
-        <v>0.17744</v>
+        <v>0.13836</v>
       </c>
       <c r="M12" s="15">
-        <v>0.15454</v>
+        <v>0.13304</v>
       </c>
       <c r="N12" s="15">
-        <v>1488</v>
+        <v>1761</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15">
         <v>10080013821</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="J13" s="15">
         <v>1</v>
       </c>
       <c r="K13" s="15">
-        <v>0.28907</v>
+        <v>0.18182</v>
       </c>
       <c r="L13" s="15">
-        <v>0.20841</v>
+        <v>0.15757</v>
       </c>
       <c r="M13" s="15">
-        <v>0.18151</v>
+        <v>0.15151</v>
       </c>
       <c r="N13" s="15">
         <v>5</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15">
         <v>10080013822</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J14" s="15">
         <v>1</v>
       </c>
       <c r="K14" s="15">
         <v>0.38481</v>
       </c>
       <c r="L14" s="15">
         <v>0.2759</v>
       </c>
       <c r="M14" s="15">
         <v>0.23959</v>
       </c>
       <c r="N14" s="15">
-        <v>97</v>
+        <v>133</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
-        <v>0.43094</v>
+        <v>0.2718</v>
       </c>
       <c r="L15" s="15">
-        <v>0.31067</v>
+        <v>0.23556</v>
       </c>
       <c r="M15" s="15">
-        <v>0.27059</v>
+        <v>0.2265</v>
       </c>
       <c r="N15" s="15">
-        <v>2101</v>
+        <v>2189</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080017758</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1634,176 +1634,176 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J17" s="15">
         <v>2000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.24079</v>
+        <v>0.1568</v>
       </c>
       <c r="L17" s="15">
-        <v>0.1736</v>
+        <v>0.13589</v>
       </c>
       <c r="M17" s="15">
-        <v>0.15119</v>
+        <v>0.13066</v>
       </c>
       <c r="N17" s="15">
         <v>33</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>2.15</v>
+        <v>0.26903</v>
       </c>
       <c r="L18" s="15">
-        <v>0.26886</v>
+        <v>0.23316</v>
       </c>
       <c r="M18" s="15">
-        <v>0.24197</v>
+        <v>0.22419</v>
       </c>
       <c r="N18" s="15">
-        <v>1504</v>
+        <v>1279</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E19" s="15">
         <v>10000030160</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.56495</v>
       </c>
       <c r="L19" s="15">
         <v>0.30264</v>
       </c>
       <c r="M19" s="15">
         <v>0.26229</v>
       </c>
       <c r="N19" s="15">
-        <v>709</v>
+        <v>761</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1440</v>
       </c>
       <c r="K20" s="15">
-        <v>0.70366</v>
+        <v>0.45347</v>
       </c>
       <c r="L20" s="15">
-        <v>0.50729</v>
+        <v>0.393</v>
       </c>
       <c r="M20" s="15">
-        <v>0.44185</v>
+        <v>0.37789</v>
       </c>
       <c r="N20" s="15">
         <v>100</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>2880</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="15"/>
@@ -1874,183 +1874,183 @@
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>400</v>
       </c>
       <c r="K23" s="15">
-        <v>0.12478</v>
+        <v>0.07871</v>
       </c>
       <c r="L23" s="15">
-        <v>0.08998</v>
+        <v>0.06821000000000001</v>
       </c>
       <c r="M23" s="15">
-        <v>0.07835</v>
+        <v>0.06559</v>
       </c>
       <c r="N23" s="15">
-        <v>3018</v>
+        <v>4149</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="15">
         <v>10080013908</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J24" s="15">
         <v>200</v>
       </c>
       <c r="K24" s="15">
-        <v>0.2006</v>
+        <v>0.12801</v>
       </c>
       <c r="L24" s="15">
-        <v>0.14462</v>
+        <v>0.11094</v>
       </c>
       <c r="M24" s="15">
-        <v>0.12596</v>
+        <v>0.10668</v>
       </c>
       <c r="N24" s="15">
-        <v>150</v>
+        <v>190</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
-        <v>0.18346</v>
+        <v>0.12978</v>
       </c>
       <c r="L25" s="15">
-        <v>0.13104</v>
+        <v>0.11248</v>
       </c>
       <c r="M25" s="15">
-        <v>0.11794</v>
+        <v>0.10815</v>
       </c>
       <c r="N25" s="15">
-        <v>2348</v>
+        <v>2550</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>86</v>
       </c>
       <c r="J26" s="15">
         <v>200</v>
       </c>
       <c r="K26" s="15">
-        <v>0.24353</v>
+        <v>0.15383</v>
       </c>
       <c r="L26" s="15">
-        <v>0.17557</v>
+        <v>0.13332</v>
       </c>
       <c r="M26" s="15">
-        <v>0.15291</v>
+        <v>0.12819</v>
       </c>
       <c r="N26" s="15">
-        <v>449</v>
+        <v>530</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E27" s="15">
         <v>10080010166</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
@@ -2077,177 +2077,177 @@
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E28" s="15">
         <v>10080037773</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1249</v>
       </c>
       <c r="K28" s="15">
-        <v>0.6667</v>
+        <v>0.411</v>
       </c>
       <c r="L28" s="15">
-        <v>0.47621</v>
+        <v>0.3562</v>
       </c>
       <c r="M28" s="15">
-        <v>0.41272</v>
+        <v>0.3425</v>
       </c>
       <c r="N28" s="15">
-        <v>527</v>
+        <v>571</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
-        <v>0.71697</v>
+        <v>0.4604</v>
       </c>
       <c r="L29" s="15">
-        <v>0.5169</v>
+        <v>0.39901</v>
       </c>
       <c r="M29" s="15">
-        <v>0.45019</v>
+        <v>0.38366</v>
       </c>
       <c r="N29" s="15">
         <v>19</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E30" s="15">
         <v>10080043423</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.41737</v>
+        <v>0.25746</v>
       </c>
       <c r="L30" s="15">
-        <v>0.29812</v>
+        <v>0.22313</v>
       </c>
       <c r="M30" s="15">
-        <v>0.25838</v>
+        <v>0.21455</v>
       </c>
       <c r="N30" s="15">
-        <v>601</v>
+        <v>525</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>100</v>
       </c>
       <c r="J31" s="15">
         <v>1200</v>
       </c>
       <c r="K31" s="15">
-        <v>0.37899</v>
+        <v>0.16282</v>
       </c>
       <c r="L31" s="15">
-        <v>0.27071</v>
+        <v>0.16282</v>
       </c>
       <c r="M31" s="15">
-        <v>0.24364</v>
+        <v>0.16282</v>
       </c>
       <c r="N31" s="15">
-        <v>2030</v>
+        <v>2291</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E32" s="15">
         <v>10080043425</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
@@ -2311,308 +2311,308 @@
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1035</v>
       </c>
       <c r="K34" s="15">
-        <v>0.70207</v>
+        <v>0.45005</v>
       </c>
       <c r="L34" s="15">
-        <v>0.50613</v>
+        <v>0.39004</v>
       </c>
       <c r="M34" s="15">
-        <v>0.44083</v>
+        <v>0.37504</v>
       </c>
       <c r="N34" s="15">
         <v>10</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15">
         <v>3105</v>
       </c>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>112</v>
       </c>
       <c r="J35" s="15">
         <v>3000</v>
       </c>
       <c r="K35" s="15">
         <v>0.07646</v>
       </c>
       <c r="L35" s="15">
         <v>0.06881</v>
       </c>
       <c r="M35" s="15">
         <v>0.06371</v>
       </c>
       <c r="N35" s="15">
-        <v>3060</v>
+        <v>2108</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15">
         <v>12000</v>
       </c>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>116</v>
       </c>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.11803</v>
       </c>
       <c r="L36" s="15">
         <v>0.1028</v>
       </c>
       <c r="M36" s="15">
         <v>0.09519</v>
       </c>
       <c r="N36" s="15">
-        <v>860</v>
+        <v>820</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>12000</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.14931</v>
       </c>
       <c r="L37" s="15">
         <v>0.13438</v>
       </c>
       <c r="M37" s="15">
         <v>0.12443</v>
       </c>
       <c r="N37" s="15">
-        <v>680</v>
+        <v>780</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.19835</v>
       </c>
       <c r="L38" s="15">
         <v>0.17276</v>
       </c>
       <c r="M38" s="15">
         <v>0.15996</v>
       </c>
       <c r="N38" s="15">
-        <v>610</v>
+        <v>700</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>128</v>
       </c>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.11478</v>
       </c>
       <c r="L39" s="15">
         <v>0.1033</v>
       </c>
       <c r="M39" s="15">
         <v>0.09565</v>
       </c>
       <c r="N39" s="15">
-        <v>738</v>
+        <v>711</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15">
         <v>8000</v>
       </c>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>0.11301</v>
       </c>
       <c r="L40" s="15">
         <v>0.08177</v>
       </c>
       <c r="M40" s="15">
         <v>0.07135</v>
       </c>
       <c r="N40" s="15">
-        <v>574</v>
+        <v>607</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I41" s="15"/>
@@ -2637,177 +2637,177 @@
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>140</v>
       </c>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
-        <v>0.02523</v>
+        <v>0.02241</v>
       </c>
       <c r="L42" s="15">
-        <v>0.02226</v>
+        <v>0.01942</v>
       </c>
       <c r="M42" s="15">
-        <v>0.02003</v>
+        <v>0.01868</v>
       </c>
       <c r="N42" s="15">
-        <v>10583</v>
+        <v>12876</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>144</v>
       </c>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.14537</v>
       </c>
       <c r="L43" s="15">
         <v>0.10517</v>
       </c>
       <c r="M43" s="15">
         <v>0.09178</v>
       </c>
       <c r="N43" s="15">
-        <v>1395</v>
+        <v>1485</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.21416</v>
       </c>
       <c r="L44" s="15">
         <v>0.15494</v>
       </c>
       <c r="M44" s="15">
         <v>0.13521</v>
       </c>
       <c r="N44" s="15">
-        <v>882</v>
+        <v>765</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.12155</v>
       </c>
       <c r="L45" s="15">
         <v>0.10534</v>
       </c>
       <c r="M45" s="15">
         <v>0.10129</v>
       </c>
       <c r="N45" s="15">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14"/>
       <c r="C46" s="15"/>
       <c r="D46" s="15"/>
       <c r="E46" s="15"/>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15"/>
       <c r="L46" s="15"/>
       <c r="M46" s="15"/>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
     </row>
   </sheetData>