--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1321,92 +1321,92 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>300</v>
       </c>
       <c r="K9" s="15">
         <v>0.08481</v>
       </c>
       <c r="L9" s="15">
         <v>0.07633</v>
       </c>
       <c r="M9" s="15">
         <v>0.07068000000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>3151</v>
+        <v>5866</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.13136</v>
       </c>
       <c r="L10" s="15">
         <v>0.11384</v>
       </c>
       <c r="M10" s="15">
         <v>0.10946</v>
       </c>
       <c r="N10" s="15">
-        <v>1311</v>
+        <v>1710</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080013820</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1444,51 +1444,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.15965</v>
       </c>
       <c r="L12" s="15">
         <v>0.13836</v>
       </c>
       <c r="M12" s="15">
         <v>0.13304</v>
       </c>
       <c r="N12" s="15">
-        <v>1761</v>
+        <v>1935</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15">
         <v>10080013821</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1526,88 +1526,88 @@
       </c>
       <c r="E14" s="15">
         <v>10080013822</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J14" s="15">
         <v>1</v>
       </c>
       <c r="K14" s="15">
         <v>0.38481</v>
       </c>
       <c r="L14" s="15">
         <v>0.2759</v>
       </c>
       <c r="M14" s="15">
         <v>0.23959</v>
       </c>
       <c r="N14" s="15">
-        <v>133</v>
+        <v>97</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.2718</v>
       </c>
       <c r="L15" s="15">
         <v>0.23556</v>
       </c>
       <c r="M15" s="15">
         <v>0.2265</v>
       </c>
       <c r="N15" s="15">
-        <v>2189</v>
+        <v>2452</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080017758</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1684,90 +1684,90 @@
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.26903</v>
       </c>
       <c r="L18" s="15">
         <v>0.23316</v>
       </c>
       <c r="M18" s="15">
         <v>0.22419</v>
       </c>
       <c r="N18" s="15">
-        <v>1279</v>
+        <v>1561</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E19" s="15">
         <v>10000030160</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.56495</v>
       </c>
       <c r="L19" s="15">
         <v>0.30264</v>
       </c>
       <c r="M19" s="15">
         <v>0.26229</v>
       </c>
       <c r="N19" s="15">
-        <v>761</v>
+        <v>632</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
@@ -1883,174 +1883,174 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>400</v>
       </c>
       <c r="K23" s="15">
         <v>0.07871</v>
       </c>
       <c r="L23" s="15">
         <v>0.06821000000000001</v>
       </c>
       <c r="M23" s="15">
         <v>0.06559</v>
       </c>
       <c r="N23" s="15">
-        <v>4149</v>
+        <v>4349</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="15">
         <v>10080013908</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J24" s="15">
         <v>200</v>
       </c>
       <c r="K24" s="15">
         <v>0.12801</v>
       </c>
       <c r="L24" s="15">
         <v>0.11094</v>
       </c>
       <c r="M24" s="15">
         <v>0.10668</v>
       </c>
       <c r="N24" s="15">
-        <v>190</v>
+        <v>161</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.12978</v>
       </c>
       <c r="L25" s="15">
         <v>0.11248</v>
       </c>
       <c r="M25" s="15">
         <v>0.10815</v>
       </c>
       <c r="N25" s="15">
-        <v>2550</v>
+        <v>2022</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>86</v>
       </c>
       <c r="J26" s="15">
         <v>200</v>
       </c>
       <c r="K26" s="15">
         <v>0.15383</v>
       </c>
       <c r="L26" s="15">
         <v>0.13332</v>
       </c>
       <c r="M26" s="15">
         <v>0.12819</v>
       </c>
       <c r="N26" s="15">
-        <v>530</v>
+        <v>496</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E27" s="15">
         <v>10080010166</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
@@ -2086,51 +2086,51 @@
       <c r="D28" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E28" s="15">
         <v>10080037773</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1249</v>
       </c>
       <c r="K28" s="15">
         <v>0.411</v>
       </c>
       <c r="L28" s="15">
         <v>0.3562</v>
       </c>
       <c r="M28" s="15">
         <v>0.3425</v>
       </c>
       <c r="N28" s="15">
-        <v>571</v>
+        <v>554</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2162,92 +2162,92 @@
       <c r="D30" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E30" s="15">
         <v>10080043423</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
         <v>0.25746</v>
       </c>
       <c r="L30" s="15">
         <v>0.22313</v>
       </c>
       <c r="M30" s="15">
         <v>0.21455</v>
       </c>
       <c r="N30" s="15">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>100</v>
       </c>
       <c r="J31" s="15">
         <v>1200</v>
       </c>
       <c r="K31" s="15">
         <v>0.16282</v>
       </c>
       <c r="L31" s="15">
         <v>0.16282</v>
       </c>
       <c r="M31" s="15">
         <v>0.16282</v>
       </c>
       <c r="N31" s="15">
-        <v>2291</v>
+        <v>2320</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E32" s="15">
         <v>10080043425</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
@@ -2363,256 +2363,256 @@
       </c>
       <c r="E35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>112</v>
       </c>
       <c r="J35" s="15">
         <v>3000</v>
       </c>
       <c r="K35" s="15">
         <v>0.07646</v>
       </c>
       <c r="L35" s="15">
         <v>0.06881</v>
       </c>
       <c r="M35" s="15">
         <v>0.06371</v>
       </c>
       <c r="N35" s="15">
-        <v>2108</v>
+        <v>2482</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15">
         <v>12000</v>
       </c>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>116</v>
       </c>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.11803</v>
       </c>
       <c r="L36" s="15">
         <v>0.1028</v>
       </c>
       <c r="M36" s="15">
         <v>0.09519</v>
       </c>
       <c r="N36" s="15">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>12000</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.14931</v>
       </c>
       <c r="L37" s="15">
         <v>0.13438</v>
       </c>
       <c r="M37" s="15">
         <v>0.12443</v>
       </c>
       <c r="N37" s="15">
-        <v>780</v>
+        <v>750</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.19835</v>
       </c>
       <c r="L38" s="15">
         <v>0.17276</v>
       </c>
       <c r="M38" s="15">
         <v>0.15996</v>
       </c>
       <c r="N38" s="15">
-        <v>700</v>
+        <v>820</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>128</v>
       </c>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.11478</v>
       </c>
       <c r="L39" s="15">
         <v>0.1033</v>
       </c>
       <c r="M39" s="15">
         <v>0.09565</v>
       </c>
       <c r="N39" s="15">
-        <v>711</v>
+        <v>648</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15">
         <v>8000</v>
       </c>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>0.11301</v>
       </c>
       <c r="L40" s="15">
         <v>0.08177</v>
       </c>
       <c r="M40" s="15">
         <v>0.07135</v>
       </c>
       <c r="N40" s="15">
-        <v>607</v>
+        <v>738</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I41" s="15"/>
@@ -2685,129 +2685,129 @@
       <c r="D43" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>144</v>
       </c>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.14537</v>
       </c>
       <c r="L43" s="15">
         <v>0.10517</v>
       </c>
       <c r="M43" s="15">
         <v>0.09178</v>
       </c>
       <c r="N43" s="15">
-        <v>1485</v>
+        <v>1270</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.21416</v>
       </c>
       <c r="L44" s="15">
         <v>0.15494</v>
       </c>
       <c r="M44" s="15">
         <v>0.13521</v>
       </c>
       <c r="N44" s="15">
-        <v>765</v>
+        <v>843</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.12155</v>
       </c>
       <c r="L45" s="15">
         <v>0.10534</v>
       </c>
       <c r="M45" s="15">
         <v>0.10129</v>
       </c>
       <c r="N45" s="15">
-        <v>890</v>
+        <v>730</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14"/>
       <c r="C46" s="15"/>
       <c r="D46" s="15"/>
       <c r="E46" s="15"/>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15"/>
       <c r="L46" s="15"/>
       <c r="M46" s="15"/>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
     </row>
   </sheetData>