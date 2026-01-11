--- v2 (2025-12-18)
+++ v3 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1321,92 +1321,92 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>300</v>
       </c>
       <c r="K9" s="15">
         <v>0.08481</v>
       </c>
       <c r="L9" s="15">
         <v>0.07633</v>
       </c>
       <c r="M9" s="15">
         <v>0.07068000000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>5866</v>
+        <v>2311</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.13136</v>
       </c>
       <c r="L10" s="15">
         <v>0.11384</v>
       </c>
       <c r="M10" s="15">
         <v>0.10946</v>
       </c>
       <c r="N10" s="15">
-        <v>1710</v>
+        <v>1482</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080013820</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1444,51 +1444,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.15965</v>
       </c>
       <c r="L12" s="15">
         <v>0.13836</v>
       </c>
       <c r="M12" s="15">
         <v>0.13304</v>
       </c>
       <c r="N12" s="15">
-        <v>1935</v>
+        <v>1960</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15">
         <v>10080013821</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1526,88 +1526,88 @@
       </c>
       <c r="E14" s="15">
         <v>10080013822</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J14" s="15">
         <v>1</v>
       </c>
       <c r="K14" s="15">
         <v>0.38481</v>
       </c>
       <c r="L14" s="15">
         <v>0.2759</v>
       </c>
       <c r="M14" s="15">
         <v>0.23959</v>
       </c>
       <c r="N14" s="15">
-        <v>97</v>
+        <v>124</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.2718</v>
       </c>
       <c r="L15" s="15">
         <v>0.23556</v>
       </c>
       <c r="M15" s="15">
         <v>0.2265</v>
       </c>
       <c r="N15" s="15">
-        <v>2452</v>
+        <v>2422</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080017758</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1684,90 +1684,90 @@
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.26903</v>
       </c>
       <c r="L18" s="15">
         <v>0.23316</v>
       </c>
       <c r="M18" s="15">
         <v>0.22419</v>
       </c>
       <c r="N18" s="15">
-        <v>1561</v>
+        <v>1185</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E19" s="15">
         <v>10000030160</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.56495</v>
       </c>
       <c r="L19" s="15">
         <v>0.30264</v>
       </c>
       <c r="M19" s="15">
         <v>0.26229</v>
       </c>
       <c r="N19" s="15">
-        <v>632</v>
+        <v>735</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
@@ -1883,174 +1883,174 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>400</v>
       </c>
       <c r="K23" s="15">
         <v>0.07871</v>
       </c>
       <c r="L23" s="15">
         <v>0.06821000000000001</v>
       </c>
       <c r="M23" s="15">
         <v>0.06559</v>
       </c>
       <c r="N23" s="15">
-        <v>4349</v>
+        <v>3799</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="15">
         <v>10080013908</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J24" s="15">
         <v>200</v>
       </c>
       <c r="K24" s="15">
         <v>0.12801</v>
       </c>
       <c r="L24" s="15">
         <v>0.11094</v>
       </c>
       <c r="M24" s="15">
         <v>0.10668</v>
       </c>
       <c r="N24" s="15">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.12978</v>
       </c>
       <c r="L25" s="15">
         <v>0.11248</v>
       </c>
       <c r="M25" s="15">
         <v>0.10815</v>
       </c>
       <c r="N25" s="15">
-        <v>2022</v>
+        <v>1788</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>86</v>
       </c>
       <c r="J26" s="15">
         <v>200</v>
       </c>
       <c r="K26" s="15">
         <v>0.15383</v>
       </c>
       <c r="L26" s="15">
         <v>0.13332</v>
       </c>
       <c r="M26" s="15">
         <v>0.12819</v>
       </c>
       <c r="N26" s="15">
-        <v>496</v>
+        <v>436</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E27" s="15">
         <v>10080010166</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
@@ -2086,51 +2086,51 @@
       <c r="D28" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E28" s="15">
         <v>10080037773</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1249</v>
       </c>
       <c r="K28" s="15">
         <v>0.411</v>
       </c>
       <c r="L28" s="15">
         <v>0.3562</v>
       </c>
       <c r="M28" s="15">
         <v>0.3425</v>
       </c>
       <c r="N28" s="15">
-        <v>554</v>
+        <v>668</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2162,92 +2162,92 @@
       <c r="D30" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E30" s="15">
         <v>10080043423</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
         <v>0.25746</v>
       </c>
       <c r="L30" s="15">
         <v>0.22313</v>
       </c>
       <c r="M30" s="15">
         <v>0.21455</v>
       </c>
       <c r="N30" s="15">
-        <v>550</v>
+        <v>635</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>100</v>
       </c>
       <c r="J31" s="15">
         <v>1200</v>
       </c>
       <c r="K31" s="15">
         <v>0.16282</v>
       </c>
       <c r="L31" s="15">
         <v>0.16282</v>
       </c>
       <c r="M31" s="15">
         <v>0.16282</v>
       </c>
       <c r="N31" s="15">
-        <v>2320</v>
+        <v>2378</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E32" s="15">
         <v>10080043425</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
@@ -2363,451 +2363,451 @@
       </c>
       <c r="E35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>112</v>
       </c>
       <c r="J35" s="15">
         <v>3000</v>
       </c>
       <c r="K35" s="15">
         <v>0.07646</v>
       </c>
       <c r="L35" s="15">
         <v>0.06881</v>
       </c>
       <c r="M35" s="15">
         <v>0.06371</v>
       </c>
       <c r="N35" s="15">
-        <v>2482</v>
+        <v>2516</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15">
         <v>12000</v>
       </c>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>116</v>
       </c>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.11803</v>
       </c>
       <c r="L36" s="15">
         <v>0.1028</v>
       </c>
       <c r="M36" s="15">
         <v>0.09519</v>
       </c>
       <c r="N36" s="15">
-        <v>830</v>
+        <v>750</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>12000</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.14931</v>
       </c>
       <c r="L37" s="15">
         <v>0.13438</v>
       </c>
       <c r="M37" s="15">
         <v>0.12443</v>
       </c>
       <c r="N37" s="15">
-        <v>750</v>
+        <v>660</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.19835</v>
       </c>
       <c r="L38" s="15">
         <v>0.17276</v>
       </c>
       <c r="M38" s="15">
         <v>0.15996</v>
       </c>
       <c r="N38" s="15">
-        <v>820</v>
+        <v>840</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>128</v>
       </c>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.11478</v>
       </c>
       <c r="L39" s="15">
         <v>0.1033</v>
       </c>
       <c r="M39" s="15">
         <v>0.09565</v>
       </c>
       <c r="N39" s="15">
-        <v>648</v>
+        <v>792</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15">
         <v>8000</v>
       </c>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
-        <v>0.11301</v>
+        <v>0.08033</v>
       </c>
       <c r="L40" s="15">
-        <v>0.08177</v>
+        <v>0.06962</v>
       </c>
       <c r="M40" s="15">
-        <v>0.07135</v>
+        <v>0.06694</v>
       </c>
       <c r="N40" s="15">
-        <v>738</v>
+        <v>583</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>40</v>
       </c>
       <c r="K41" s="15">
-        <v>0.58091</v>
+        <v>0.39212</v>
       </c>
       <c r="L41" s="15">
-        <v>0.42029</v>
+        <v>0.33983</v>
       </c>
       <c r="M41" s="15">
-        <v>0.36675</v>
+        <v>0.32676</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>140</v>
       </c>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.02241</v>
       </c>
       <c r="L42" s="15">
         <v>0.01942</v>
       </c>
       <c r="M42" s="15">
         <v>0.01868</v>
       </c>
       <c r="N42" s="15">
-        <v>12876</v>
+        <v>13053</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>144</v>
       </c>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
-        <v>0.14537</v>
+        <v>0.10365</v>
       </c>
       <c r="L43" s="15">
-        <v>0.10517</v>
+        <v>0.08982999999999999</v>
       </c>
       <c r="M43" s="15">
-        <v>0.09178</v>
+        <v>0.08638</v>
       </c>
       <c r="N43" s="15">
-        <v>1270</v>
+        <v>1252</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
-        <v>0.21416</v>
+        <v>0.15266</v>
       </c>
       <c r="L44" s="15">
-        <v>0.15494</v>
+        <v>0.1323</v>
       </c>
       <c r="M44" s="15">
-        <v>0.13521</v>
+        <v>0.12721</v>
       </c>
       <c r="N44" s="15">
-        <v>843</v>
+        <v>686</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.12155</v>
       </c>
       <c r="L45" s="15">
         <v>0.10534</v>
       </c>
       <c r="M45" s="15">
         <v>0.10129</v>
       </c>
       <c r="N45" s="15">
-        <v>730</v>
+        <v>610</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14"/>
       <c r="C46" s="15"/>
       <c r="D46" s="15"/>
       <c r="E46" s="15"/>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15"/>
       <c r="L46" s="15"/>
       <c r="M46" s="15"/>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
     </row>
   </sheetData>