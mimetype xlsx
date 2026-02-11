--- v3 (2026-01-11)
+++ v4 (2026-02-11)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>11.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -112,50 +112,53 @@
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>на плату</t>
   </si>
   <si>
     <t>15EDGRC-5.08-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRC-5.08-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114350</t>
   </si>
   <si>
     <t>DEGSON</t>
   </si>
   <si>
     <t xml:space="preserve">VS0251510000G ANYTEK, MC 1.5/ 2-G-5.08 PHOENIX CONTACT, 15EGTRC-5.08-02P-14-00 GOLTEN, L-KLS2-EDR-5.08-02P-4 KLS, </t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>15EDGRC-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRC-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114351</t>
   </si>
   <si>
     <t xml:space="preserve">VS0351510000G ANYTEK, MC 1.5/ 3-G-5.08 PHOENIX CONTACT, 15EGTRC-5.08-03P-11-00 GOLTEN, 15EGTRC-5.08-03P-14-00 GOLTEN, TLPHC-313R-03P-G12 Tianli, L-KLS2-EDR-5.08-03P-4 KLS, L-KLS2-EDKFR-5.08-03P-4 KLS, </t>
   </si>
   <si>
     <t>15EDGRC-5.08-04P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRC-5.08-04P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 4-G-5.08 PHOENIX CONTACT, VS0451510000G ANYTEK, 15EDGRC-5.08-04P-14-00Z(H) DEGSON, TLPHC-313R-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGRC-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRC-5.08-04P-14-00Z(H)</t>
@@ -353,50 +356,53 @@
     <t>Клеммник 15EDGVM-5.08-05P-14-00A(H)</t>
   </si>
   <si>
     <t>15EDGVM-5.08-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVM-5.08-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107086</t>
   </si>
   <si>
     <t>15EGTRC-5.08-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTRC-5.08-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140842</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">VS0251510000G ANYTEK, MC 1.5/ 2-G-5.08 PHOENIX CONTACT, 15EDGRC-5.08-02P-14-00Z(H) DEGSON, L-KLS2-EDR-5.08-02P-4 KLS, </t>
+  </si>
+  <si>
+    <t>11.06.2026</t>
   </si>
   <si>
     <t>15EGTRC-5.08-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTRC-5.08-03P-14-00</t>
   </si>
   <si>
     <t>UT-00142677</t>
   </si>
   <si>
     <t xml:space="preserve">VS0351510000G ANYTEK, MC 1.5/ 3-G-5.08 PHOENIX CONTACT, 15EDGRC-5.08-03P-14-00Z(H) DEGSON, TLPHC-313R-03P-G12 Tianli, L-KLS2-EDR-5.08-03P-4 KLS, L-KLS2-EDKFR-5.08-03P-4 KLS, </t>
   </si>
   <si>
     <t>15EGTRM-5.08-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTRM-5.08-02P-14-00</t>
   </si>
   <si>
     <t>UT-00143840</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGRM-5.08-02P-14-00Z(H) DEGSON, </t>
   </si>
@@ -1320,1494 +1326,1504 @@
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>300</v>
       </c>
       <c r="K9" s="15">
         <v>0.08481</v>
       </c>
       <c r="L9" s="15">
         <v>0.07633</v>
       </c>
       <c r="M9" s="15">
         <v>0.07068000000000001</v>
       </c>
-      <c r="N9" s="15">
-[...3 lines deleted...]
-      <c r="P9" s="15"/>
+      <c r="N9" s="15"/>
+      <c r="O9" s="15">
+        <v>8166</v>
+      </c>
+      <c r="P9" s="15" t="s">
+        <v>32</v>
+      </c>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.13136</v>
       </c>
       <c r="L10" s="15">
         <v>0.11384</v>
       </c>
       <c r="M10" s="15">
         <v>0.10946</v>
       </c>
       <c r="N10" s="15">
-        <v>1482</v>
+        <v>1159</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E11" s="15">
         <v>10080013820</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
         <v>0.14805</v>
       </c>
       <c r="L11" s="15">
         <v>0.12831</v>
       </c>
       <c r="M11" s="15">
         <v>0.12338</v>
       </c>
       <c r="N11" s="15">
         <v>15</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.15965</v>
       </c>
       <c r="L12" s="15">
         <v>0.13836</v>
       </c>
       <c r="M12" s="15">
         <v>0.13304</v>
       </c>
       <c r="N12" s="15">
-        <v>1960</v>
+        <v>2158</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E13" s="15">
         <v>10080013821</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>1</v>
       </c>
       <c r="K13" s="15">
         <v>0.18182</v>
       </c>
       <c r="L13" s="15">
         <v>0.15757</v>
       </c>
       <c r="M13" s="15">
         <v>0.15151</v>
       </c>
       <c r="N13" s="15">
         <v>5</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E14" s="15">
         <v>10080013822</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J14" s="15">
         <v>1</v>
       </c>
       <c r="K14" s="15">
         <v>0.38481</v>
       </c>
       <c r="L14" s="15">
         <v>0.2759</v>
       </c>
       <c r="M14" s="15">
         <v>0.23959</v>
       </c>
       <c r="N14" s="15">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.2718</v>
       </c>
       <c r="L15" s="15">
         <v>0.23556</v>
       </c>
       <c r="M15" s="15">
         <v>0.2265</v>
       </c>
       <c r="N15" s="15">
-        <v>2422</v>
+        <v>2481</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E16" s="15">
         <v>10080017758</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1</v>
       </c>
       <c r="K16" s="15">
         <v>0.9482699999999999</v>
       </c>
       <c r="L16" s="15">
         <v>0.51112</v>
       </c>
       <c r="M16" s="15">
         <v>0.44388</v>
       </c>
       <c r="N16" s="15">
         <v>8</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J17" s="15">
         <v>2000</v>
       </c>
       <c r="K17" s="15">
         <v>0.1568</v>
       </c>
       <c r="L17" s="15">
         <v>0.13589</v>
       </c>
       <c r="M17" s="15">
         <v>0.13066</v>
       </c>
       <c r="N17" s="15">
         <v>33</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.26903</v>
       </c>
       <c r="L18" s="15">
         <v>0.23316</v>
       </c>
       <c r="M18" s="15">
         <v>0.22419</v>
       </c>
       <c r="N18" s="15">
-        <v>1185</v>
+        <v>1298</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E19" s="15">
         <v>10000030160</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.56495</v>
       </c>
       <c r="L19" s="15">
         <v>0.30264</v>
       </c>
       <c r="M19" s="15">
         <v>0.26229</v>
       </c>
       <c r="N19" s="15">
-        <v>735</v>
+        <v>684</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1440</v>
       </c>
       <c r="K20" s="15">
         <v>0.45347</v>
       </c>
       <c r="L20" s="15">
         <v>0.393</v>
       </c>
       <c r="M20" s="15">
         <v>0.37789</v>
       </c>
       <c r="N20" s="15">
         <v>100</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>2880</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1220</v>
       </c>
       <c r="K21" s="15">
         <v>0.69459</v>
       </c>
       <c r="L21" s="15">
         <v>0.60198</v>
       </c>
       <c r="M21" s="15">
         <v>0.57882</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15">
         <v>2440</v>
       </c>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E22" s="15">
         <v>10080071689</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>1.19</v>
       </c>
       <c r="L22" s="15">
         <v>0.64279</v>
       </c>
       <c r="M22" s="15">
         <v>0.55822</v>
       </c>
       <c r="N22" s="15">
         <v>18</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J23" s="15">
         <v>400</v>
       </c>
       <c r="K23" s="15">
         <v>0.07871</v>
       </c>
       <c r="L23" s="15">
         <v>0.06821000000000001</v>
       </c>
       <c r="M23" s="15">
         <v>0.06559</v>
       </c>
       <c r="N23" s="15">
-        <v>3799</v>
+        <v>4099</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E24" s="15">
         <v>10080013908</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J24" s="15">
         <v>200</v>
       </c>
       <c r="K24" s="15">
         <v>0.12801</v>
       </c>
       <c r="L24" s="15">
         <v>0.11094</v>
       </c>
       <c r="M24" s="15">
         <v>0.10668</v>
       </c>
       <c r="N24" s="15">
-        <v>163</v>
+        <v>74</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.12978</v>
       </c>
       <c r="L25" s="15">
         <v>0.11248</v>
       </c>
       <c r="M25" s="15">
         <v>0.10815</v>
       </c>
       <c r="N25" s="15">
-        <v>1788</v>
+        <v>1884</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J26" s="15">
         <v>200</v>
       </c>
       <c r="K26" s="15">
         <v>0.15383</v>
       </c>
       <c r="L26" s="15">
         <v>0.13332</v>
       </c>
       <c r="M26" s="15">
         <v>0.12819</v>
       </c>
       <c r="N26" s="15">
         <v>436</v>
       </c>
-      <c r="O26" s="15"/>
-      <c r="P26" s="15"/>
+      <c r="O26" s="15">
+        <v>780</v>
+      </c>
+      <c r="P26" s="15" t="s">
+        <v>32</v>
+      </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E27" s="15">
         <v>10080010166</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.56172</v>
       </c>
       <c r="L27" s="15">
         <v>0.28086</v>
       </c>
       <c r="M27" s="15">
         <v>0.25537</v>
       </c>
       <c r="N27" s="15">
         <v>5</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E28" s="15">
         <v>10080037773</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1249</v>
       </c>
       <c r="K28" s="15">
         <v>0.411</v>
       </c>
       <c r="L28" s="15">
         <v>0.3562</v>
       </c>
       <c r="M28" s="15">
         <v>0.3425</v>
       </c>
       <c r="N28" s="15">
-        <v>668</v>
+        <v>747</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.4604</v>
       </c>
       <c r="L29" s="15">
         <v>0.39901</v>
       </c>
       <c r="M29" s="15">
         <v>0.38366</v>
       </c>
       <c r="N29" s="15">
         <v>19</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E30" s="15">
         <v>10080043423</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
         <v>0.25746</v>
       </c>
       <c r="L30" s="15">
         <v>0.22313</v>
       </c>
       <c r="M30" s="15">
         <v>0.21455</v>
       </c>
       <c r="N30" s="15">
-        <v>635</v>
+        <v>737</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J31" s="15">
         <v>1200</v>
       </c>
       <c r="K31" s="15">
         <v>0.16282</v>
       </c>
       <c r="L31" s="15">
         <v>0.16282</v>
       </c>
       <c r="M31" s="15">
         <v>0.16282</v>
       </c>
       <c r="N31" s="15">
-        <v>2378</v>
+        <v>1856</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E32" s="15">
         <v>10080043425</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.68367</v>
       </c>
       <c r="L32" s="15">
         <v>0.34182</v>
       </c>
       <c r="M32" s="15">
         <v>0.31075</v>
       </c>
       <c r="N32" s="15">
         <v>17</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E33" s="15">
         <v>10080043426</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1475</v>
       </c>
       <c r="K33" s="15">
         <v>0.79847</v>
       </c>
       <c r="L33" s="15">
         <v>0.39924</v>
       </c>
       <c r="M33" s="15">
         <v>0.36294</v>
       </c>
       <c r="N33" s="15">
         <v>15</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1035</v>
       </c>
       <c r="K34" s="15">
         <v>0.45005</v>
       </c>
       <c r="L34" s="15">
         <v>0.39004</v>
       </c>
       <c r="M34" s="15">
         <v>0.37504</v>
       </c>
       <c r="N34" s="15">
         <v>10</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15">
         <v>3105</v>
       </c>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J35" s="15">
         <v>3000</v>
       </c>
       <c r="K35" s="15">
         <v>0.07646</v>
       </c>
       <c r="L35" s="15">
         <v>0.06881</v>
       </c>
       <c r="M35" s="15">
         <v>0.06371</v>
       </c>
       <c r="N35" s="15">
-        <v>2516</v>
-[...2 lines deleted...]
-      <c r="P35" s="15"/>
+        <v>3026</v>
+      </c>
+      <c r="O35" s="15">
+        <v>4450</v>
+      </c>
+      <c r="P35" s="15" t="s">
+        <v>114</v>
+      </c>
       <c r="Q35" s="15">
         <v>12000</v>
       </c>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.11803</v>
       </c>
       <c r="L36" s="15">
         <v>0.1028</v>
       </c>
       <c r="M36" s="15">
         <v>0.09519</v>
       </c>
       <c r="N36" s="15">
-        <v>750</v>
+        <v>840</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>12000</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.14931</v>
       </c>
       <c r="L37" s="15">
         <v>0.13438</v>
       </c>
       <c r="M37" s="15">
         <v>0.12443</v>
       </c>
       <c r="N37" s="15">
-        <v>660</v>
+        <v>760</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.19835</v>
       </c>
       <c r="L38" s="15">
         <v>0.17276</v>
       </c>
       <c r="M38" s="15">
         <v>0.15996</v>
       </c>
       <c r="N38" s="15">
         <v>840</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.11478</v>
       </c>
       <c r="L39" s="15">
         <v>0.1033</v>
       </c>
       <c r="M39" s="15">
         <v>0.09565</v>
       </c>
       <c r="N39" s="15">
-        <v>792</v>
+        <v>594</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15">
         <v>8000</v>
       </c>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>0.08033</v>
       </c>
       <c r="L40" s="15">
         <v>0.06962</v>
       </c>
       <c r="M40" s="15">
         <v>0.06694</v>
       </c>
       <c r="N40" s="15">
-        <v>583</v>
+        <v>632</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>40</v>
       </c>
       <c r="K41" s="15">
         <v>0.39212</v>
       </c>
       <c r="L41" s="15">
         <v>0.33983</v>
       </c>
       <c r="M41" s="15">
         <v>0.32676</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.02241</v>
       </c>
       <c r="L42" s="15">
         <v>0.01942</v>
       </c>
       <c r="M42" s="15">
         <v>0.01868</v>
       </c>
       <c r="N42" s="15">
-        <v>13053</v>
+        <v>14640</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.10365</v>
       </c>
       <c r="L43" s="15">
         <v>0.08982999999999999</v>
       </c>
       <c r="M43" s="15">
         <v>0.08638</v>
       </c>
       <c r="N43" s="15">
         <v>1252</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.15266</v>
       </c>
       <c r="L44" s="15">
         <v>0.1323</v>
       </c>
       <c r="M44" s="15">
         <v>0.12721</v>
       </c>
       <c r="N44" s="15">
-        <v>686</v>
+        <v>797</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.12155</v>
       </c>
       <c r="L45" s="15">
         <v>0.10534</v>
       </c>
       <c r="M45" s="15">
         <v>0.10129</v>
       </c>
       <c r="N45" s="15">
-        <v>610</v>
+        <v>750</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14"/>
       <c r="C46" s="15"/>
       <c r="D46" s="15"/>
       <c r="E46" s="15"/>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15"/>
       <c r="L46" s="15"/>
       <c r="M46" s="15"/>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
     </row>
   </sheetData>
@@ -2850,317 +2866,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>