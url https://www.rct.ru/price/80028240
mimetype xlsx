--- v4 (2026-02-11)
+++ v5 (2026-03-04)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>11.02.2026</t>
+    <t>04.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1328,93 +1328,93 @@
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>300</v>
       </c>
       <c r="K9" s="15">
         <v>0.08481</v>
       </c>
       <c r="L9" s="15">
         <v>0.07633</v>
       </c>
       <c r="M9" s="15">
         <v>0.07068000000000001</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15">
-        <v>8166</v>
+        <v>7327</v>
       </c>
       <c r="P9" s="15" t="s">
         <v>32</v>
       </c>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.13136</v>
       </c>
       <c r="L10" s="15">
         <v>0.11384</v>
       </c>
       <c r="M10" s="15">
         <v>0.10946</v>
       </c>
       <c r="N10" s="15">
-        <v>1159</v>
+        <v>1406</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15">
         <v>10080013820</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1452,51 +1452,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.15965</v>
       </c>
       <c r="L12" s="15">
         <v>0.13836</v>
       </c>
       <c r="M12" s="15">
         <v>0.13304</v>
       </c>
       <c r="N12" s="15">
-        <v>2158</v>
+        <v>1885</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15">
         <v>10080013821</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1534,88 +1534,88 @@
       </c>
       <c r="E14" s="15">
         <v>10080013822</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="J14" s="15">
         <v>1</v>
       </c>
       <c r="K14" s="15">
         <v>0.38481</v>
       </c>
       <c r="L14" s="15">
         <v>0.2759</v>
       </c>
       <c r="M14" s="15">
         <v>0.23959</v>
       </c>
       <c r="N14" s="15">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.2718</v>
       </c>
       <c r="L15" s="15">
         <v>0.23556</v>
       </c>
       <c r="M15" s="15">
         <v>0.2265</v>
       </c>
       <c r="N15" s="15">
-        <v>2481</v>
+        <v>2266</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15">
         <v>10080017758</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1692,90 +1692,90 @@
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.26903</v>
       </c>
       <c r="L18" s="15">
         <v>0.23316</v>
       </c>
       <c r="M18" s="15">
         <v>0.22419</v>
       </c>
       <c r="N18" s="15">
-        <v>1298</v>
+        <v>1486</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="15">
         <v>10000030160</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.56495</v>
       </c>
       <c r="L19" s="15">
         <v>0.30264</v>
       </c>
       <c r="M19" s="15">
         <v>0.26229</v>
       </c>
       <c r="N19" s="15">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
@@ -1891,177 +1891,177 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J23" s="15">
         <v>400</v>
       </c>
       <c r="K23" s="15">
         <v>0.07871</v>
       </c>
       <c r="L23" s="15">
         <v>0.06821000000000001</v>
       </c>
       <c r="M23" s="15">
         <v>0.06559</v>
       </c>
       <c r="N23" s="15">
-        <v>4099</v>
+        <v>3336</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E24" s="15">
         <v>10080013908</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J24" s="15">
         <v>200</v>
       </c>
       <c r="K24" s="15">
         <v>0.12801</v>
       </c>
       <c r="L24" s="15">
         <v>0.11094</v>
       </c>
       <c r="M24" s="15">
         <v>0.10668</v>
       </c>
       <c r="N24" s="15">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.12978</v>
       </c>
       <c r="L25" s="15">
         <v>0.11248</v>
       </c>
       <c r="M25" s="15">
         <v>0.10815</v>
       </c>
       <c r="N25" s="15">
-        <v>1884</v>
+        <v>2021</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J26" s="15">
         <v>200</v>
       </c>
       <c r="K26" s="15">
         <v>0.15383</v>
       </c>
       <c r="L26" s="15">
         <v>0.13332</v>
       </c>
       <c r="M26" s="15">
         <v>0.12819</v>
       </c>
       <c r="N26" s="15">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="O26" s="15">
-        <v>780</v>
+        <v>912</v>
       </c>
       <c r="P26" s="15" t="s">
         <v>32</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E27" s="15">
         <v>10080010166</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
@@ -2098,168 +2098,166 @@
       <c r="D28" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E28" s="15">
         <v>10080037773</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1249</v>
       </c>
       <c r="K28" s="15">
         <v>0.411</v>
       </c>
       <c r="L28" s="15">
         <v>0.3562</v>
       </c>
       <c r="M28" s="15">
         <v>0.3425</v>
       </c>
       <c r="N28" s="15">
-        <v>747</v>
+        <v>662</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.4604</v>
       </c>
       <c r="L29" s="15">
         <v>0.39901</v>
       </c>
       <c r="M29" s="15">
         <v>0.38366</v>
       </c>
-      <c r="N29" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E30" s="15">
         <v>10080043423</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
         <v>0.25746</v>
       </c>
       <c r="L30" s="15">
         <v>0.22313</v>
       </c>
       <c r="M30" s="15">
         <v>0.21455</v>
       </c>
       <c r="N30" s="15">
-        <v>737</v>
+        <v>643</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>101</v>
       </c>
       <c r="J31" s="15">
         <v>1200</v>
       </c>
       <c r="K31" s="15">
         <v>0.16282</v>
       </c>
       <c r="L31" s="15">
         <v>0.16282</v>
       </c>
       <c r="M31" s="15">
         <v>0.16282</v>
       </c>
       <c r="N31" s="15">
-        <v>1856</v>
+        <v>2407</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E32" s="15">
         <v>10080043425</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
@@ -2375,260 +2373,260 @@
       </c>
       <c r="E35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>113</v>
       </c>
       <c r="J35" s="15">
         <v>3000</v>
       </c>
       <c r="K35" s="15">
         <v>0.07646</v>
       </c>
       <c r="L35" s="15">
         <v>0.06881</v>
       </c>
       <c r="M35" s="15">
         <v>0.06371</v>
       </c>
       <c r="N35" s="15">
-        <v>3026</v>
+        <v>2108</v>
       </c>
       <c r="O35" s="15">
-        <v>4450</v>
+        <v>3100</v>
       </c>
       <c r="P35" s="15" t="s">
         <v>114</v>
       </c>
       <c r="Q35" s="15">
         <v>12000</v>
       </c>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>118</v>
       </c>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.11803</v>
       </c>
       <c r="L36" s="15">
         <v>0.1028</v>
       </c>
       <c r="M36" s="15">
         <v>0.09519</v>
       </c>
       <c r="N36" s="15">
-        <v>840</v>
+        <v>584</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>12000</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>121</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>122</v>
       </c>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.14931</v>
       </c>
       <c r="L37" s="15">
         <v>0.13438</v>
       </c>
       <c r="M37" s="15">
         <v>0.12443</v>
       </c>
       <c r="N37" s="15">
-        <v>760</v>
+        <v>870</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>126</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.19835</v>
       </c>
       <c r="L38" s="15">
         <v>0.17276</v>
       </c>
       <c r="M38" s="15">
         <v>0.15996</v>
       </c>
       <c r="N38" s="15">
-        <v>840</v>
+        <v>640</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>112</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>130</v>
       </c>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.11478</v>
       </c>
       <c r="L39" s="15">
         <v>0.1033</v>
       </c>
       <c r="M39" s="15">
         <v>0.09565</v>
       </c>
       <c r="N39" s="15">
-        <v>594</v>
+        <v>711</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15">
         <v>8000</v>
       </c>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>134</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>135</v>
       </c>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>0.08033</v>
       </c>
       <c r="L40" s="15">
         <v>0.06962</v>
       </c>
       <c r="M40" s="15">
         <v>0.06694</v>
       </c>
       <c r="N40" s="15">
-        <v>632</v>
+        <v>517</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>134</v>
       </c>
       <c r="I41" s="15"/>
@@ -2662,168 +2660,168 @@
       </c>
       <c r="E42" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>134</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>142</v>
       </c>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.02241</v>
       </c>
       <c r="L42" s="15">
         <v>0.01942</v>
       </c>
       <c r="M42" s="15">
         <v>0.01868</v>
       </c>
       <c r="N42" s="15">
-        <v>14640</v>
+        <v>11642</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>134</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>146</v>
       </c>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.10365</v>
       </c>
       <c r="L43" s="15">
         <v>0.08982999999999999</v>
       </c>
       <c r="M43" s="15">
         <v>0.08638</v>
       </c>
       <c r="N43" s="15">
-        <v>1252</v>
+        <v>1163</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>134</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.15266</v>
       </c>
       <c r="L44" s="15">
         <v>0.1323</v>
       </c>
       <c r="M44" s="15">
         <v>0.12721</v>
       </c>
       <c r="N44" s="15">
-        <v>797</v>
+        <v>663</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>154</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.12155</v>
       </c>
       <c r="L45" s="15">
         <v>0.10534</v>
       </c>
       <c r="M45" s="15">
         <v>0.10129</v>
       </c>
       <c r="N45" s="15">
-        <v>750</v>
+        <v>900</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14"/>
       <c r="C46" s="15"/>
       <c r="D46" s="15"/>
       <c r="E46" s="15"/>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15"/>
       <c r="L46" s="15"/>
       <c r="M46" s="15"/>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
     </row>
   </sheetData>