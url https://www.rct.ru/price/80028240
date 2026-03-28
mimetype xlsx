--- v5 (2026-03-04)
+++ v6 (2026-03-28)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>04.03.2026</t>
+    <t>27.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -304,50 +304,53 @@
   <si>
     <t>15EDGVC-5.08-05P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVC-5.08-05P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 5-G-5.08 PHOENIX CONTACT, VS0551500000G ANYTEK, 15EDGVC-5.08-05P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>15EDGVC-5.08-08P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVC-5.08-08P-14-00A(H)</t>
   </si>
   <si>
     <t>15EDGVC-5.08-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVC-5.08-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107678</t>
   </si>
   <si>
+    <t>02.06.2026</t>
+  </si>
+  <si>
     <t>15EDGVM-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVM-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>15EDGVM-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVM-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109519</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTVM-5.08-03P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGVM-5.08-04P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVM-5.08-04P-14-00A(H)</t>
   </si>
   <si>
     <t>15EDGVM-5.08-05P-14-00A(H)</t>
@@ -358,51 +361,51 @@
   <si>
     <t>15EDGVM-5.08-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVM-5.08-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107086</t>
   </si>
   <si>
     <t>15EGTRC-5.08-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTRC-5.08-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140842</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">VS0251510000G ANYTEK, MC 1.5/ 2-G-5.08 PHOENIX CONTACT, 15EDGRC-5.08-02P-14-00Z(H) DEGSON, L-KLS2-EDR-5.08-02P-4 KLS, </t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>22.06.2026</t>
   </si>
   <si>
     <t>15EGTRC-5.08-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTRC-5.08-03P-14-00</t>
   </si>
   <si>
     <t>UT-00142677</t>
   </si>
   <si>
     <t xml:space="preserve">VS0351510000G ANYTEK, MC 1.5/ 3-G-5.08 PHOENIX CONTACT, 15EDGRC-5.08-03P-14-00Z(H) DEGSON, TLPHC-313R-03P-G12 Tianli, L-KLS2-EDR-5.08-03P-4 KLS, L-KLS2-EDKFR-5.08-03P-4 KLS, </t>
   </si>
   <si>
     <t>15EGTRM-5.08-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTRM-5.08-02P-14-00</t>
   </si>
   <si>
     <t>UT-00143840</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGRM-5.08-02P-14-00Z(H) DEGSON, </t>
   </si>
@@ -1328,93 +1331,93 @@
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>300</v>
       </c>
       <c r="K9" s="15">
         <v>0.08481</v>
       </c>
       <c r="L9" s="15">
         <v>0.07633</v>
       </c>
       <c r="M9" s="15">
         <v>0.07068000000000001</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15">
-        <v>7327</v>
+        <v>7882</v>
       </c>
       <c r="P9" s="15" t="s">
         <v>32</v>
       </c>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.13136</v>
       </c>
       <c r="L10" s="15">
         <v>0.11384</v>
       </c>
       <c r="M10" s="15">
         <v>0.10946</v>
       </c>
       <c r="N10" s="15">
-        <v>1406</v>
+        <v>1501</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15">
         <v>10080013820</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1452,51 +1455,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.15965</v>
       </c>
       <c r="L12" s="15">
         <v>0.13836</v>
       </c>
       <c r="M12" s="15">
         <v>0.13304</v>
       </c>
       <c r="N12" s="15">
-        <v>1885</v>
+        <v>1771</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15">
         <v>10080013821</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1534,88 +1537,88 @@
       </c>
       <c r="E14" s="15">
         <v>10080013822</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="J14" s="15">
         <v>1</v>
       </c>
       <c r="K14" s="15">
         <v>0.38481</v>
       </c>
       <c r="L14" s="15">
         <v>0.2759</v>
       </c>
       <c r="M14" s="15">
         <v>0.23959</v>
       </c>
       <c r="N14" s="15">
-        <v>133</v>
+        <v>104</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.2718</v>
       </c>
       <c r="L15" s="15">
         <v>0.23556</v>
       </c>
       <c r="M15" s="15">
         <v>0.2265</v>
       </c>
       <c r="N15" s="15">
-        <v>2266</v>
+        <v>2121</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15">
         <v>10080017758</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1692,90 +1695,90 @@
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.26903</v>
       </c>
       <c r="L18" s="15">
         <v>0.23316</v>
       </c>
       <c r="M18" s="15">
         <v>0.22419</v>
       </c>
       <c r="N18" s="15">
-        <v>1486</v>
+        <v>1335</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="15">
         <v>10000030160</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.56495</v>
       </c>
       <c r="L19" s="15">
         <v>0.30264</v>
       </c>
       <c r="M19" s="15">
         <v>0.26229</v>
       </c>
       <c r="N19" s="15">
-        <v>692</v>
+        <v>735</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
@@ -1891,51 +1894,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J23" s="15">
         <v>400</v>
       </c>
       <c r="K23" s="15">
         <v>0.07871</v>
       </c>
       <c r="L23" s="15">
         <v>0.06821000000000001</v>
       </c>
       <c r="M23" s="15">
         <v>0.06559</v>
       </c>
       <c r="N23" s="15">
-        <v>3336</v>
+        <v>3422</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E24" s="15">
         <v>10080013908</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
@@ -1973,95 +1976,95 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.12978</v>
       </c>
       <c r="L25" s="15">
         <v>0.11248</v>
       </c>
       <c r="M25" s="15">
         <v>0.10815</v>
       </c>
       <c r="N25" s="15">
-        <v>2021</v>
+        <v>2087</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J26" s="15">
         <v>200</v>
       </c>
       <c r="K26" s="15">
         <v>0.15383</v>
       </c>
       <c r="L26" s="15">
         <v>0.13332</v>
       </c>
       <c r="M26" s="15">
         <v>0.12819</v>
       </c>
       <c r="N26" s="15">
-        <v>434</v>
+        <v>496</v>
       </c>
       <c r="O26" s="15">
-        <v>912</v>
+        <v>1044</v>
       </c>
       <c r="P26" s="15" t="s">
         <v>32</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E27" s="15">
         <v>10080010166</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
@@ -2098,730 +2101,734 @@
       <c r="D28" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E28" s="15">
         <v>10080037773</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1249</v>
       </c>
       <c r="K28" s="15">
         <v>0.411</v>
       </c>
       <c r="L28" s="15">
         <v>0.3562</v>
       </c>
       <c r="M28" s="15">
         <v>0.3425</v>
       </c>
       <c r="N28" s="15">
-        <v>662</v>
+        <v>552</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.4604</v>
       </c>
       <c r="L29" s="15">
         <v>0.39901</v>
       </c>
       <c r="M29" s="15">
         <v>0.38366</v>
       </c>
       <c r="N29" s="15"/>
-      <c r="O29" s="15"/>
-      <c r="P29" s="15"/>
+      <c r="O29" s="15">
+        <v>10</v>
+      </c>
+      <c r="P29" s="15" t="s">
+        <v>96</v>
+      </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E30" s="15">
         <v>10080043423</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
         <v>0.25746</v>
       </c>
       <c r="L30" s="15">
         <v>0.22313</v>
       </c>
       <c r="M30" s="15">
         <v>0.21455</v>
       </c>
       <c r="N30" s="15">
-        <v>643</v>
+        <v>669</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J31" s="15">
         <v>1200</v>
       </c>
       <c r="K31" s="15">
         <v>0.16282</v>
       </c>
       <c r="L31" s="15">
         <v>0.16282</v>
       </c>
       <c r="M31" s="15">
         <v>0.16282</v>
       </c>
       <c r="N31" s="15">
-        <v>2407</v>
+        <v>2581</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E32" s="15">
         <v>10080043425</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.68367</v>
       </c>
       <c r="L32" s="15">
         <v>0.34182</v>
       </c>
       <c r="M32" s="15">
         <v>0.31075</v>
       </c>
       <c r="N32" s="15">
         <v>17</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E33" s="15">
         <v>10080043426</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1475</v>
       </c>
       <c r="K33" s="15">
         <v>0.79847</v>
       </c>
       <c r="L33" s="15">
         <v>0.39924</v>
       </c>
       <c r="M33" s="15">
         <v>0.36294</v>
       </c>
       <c r="N33" s="15">
         <v>15</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1035</v>
       </c>
       <c r="K34" s="15">
         <v>0.45005</v>
       </c>
       <c r="L34" s="15">
         <v>0.39004</v>
       </c>
       <c r="M34" s="15">
         <v>0.37504</v>
       </c>
       <c r="N34" s="15">
         <v>10</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15">
         <v>3105</v>
       </c>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J35" s="15">
         <v>3000</v>
       </c>
       <c r="K35" s="15">
         <v>0.07646</v>
       </c>
       <c r="L35" s="15">
         <v>0.06881</v>
       </c>
       <c r="M35" s="15">
         <v>0.06371</v>
       </c>
       <c r="N35" s="15">
-        <v>2108</v>
+        <v>2277</v>
       </c>
       <c r="O35" s="15">
-        <v>3100</v>
+        <v>3450</v>
       </c>
       <c r="P35" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="Q35" s="15">
         <v>12000</v>
       </c>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.11803</v>
       </c>
       <c r="L36" s="15">
         <v>0.1028</v>
       </c>
       <c r="M36" s="15">
         <v>0.09519</v>
       </c>
       <c r="N36" s="15">
-        <v>584</v>
+        <v>688</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15">
         <v>12000</v>
       </c>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.14931</v>
       </c>
       <c r="L37" s="15">
         <v>0.13438</v>
       </c>
       <c r="M37" s="15">
         <v>0.12443</v>
       </c>
       <c r="N37" s="15">
-        <v>870</v>
+        <v>890</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.19835</v>
       </c>
       <c r="L38" s="15">
         <v>0.17276</v>
       </c>
       <c r="M38" s="15">
         <v>0.15996</v>
       </c>
       <c r="N38" s="15">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.11478</v>
       </c>
       <c r="L39" s="15">
         <v>0.1033</v>
       </c>
       <c r="M39" s="15">
         <v>0.09565</v>
       </c>
       <c r="N39" s="15">
-        <v>711</v>
+        <v>549</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15">
         <v>8000</v>
       </c>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>0.08033</v>
       </c>
       <c r="L40" s="15">
         <v>0.06962</v>
       </c>
       <c r="M40" s="15">
         <v>0.06694</v>
       </c>
       <c r="N40" s="15">
-        <v>517</v>
+        <v>656</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>40</v>
       </c>
       <c r="K41" s="15">
         <v>0.39212</v>
       </c>
       <c r="L41" s="15">
         <v>0.33983</v>
       </c>
       <c r="M41" s="15">
         <v>0.32676</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.02241</v>
       </c>
       <c r="L42" s="15">
         <v>0.01942</v>
       </c>
       <c r="M42" s="15">
         <v>0.01868</v>
       </c>
       <c r="N42" s="15">
-        <v>11642</v>
+        <v>14111</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.10365</v>
       </c>
       <c r="L43" s="15">
         <v>0.08982999999999999</v>
       </c>
       <c r="M43" s="15">
         <v>0.08638</v>
       </c>
       <c r="N43" s="15">
-        <v>1163</v>
+        <v>1610</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.15266</v>
       </c>
       <c r="L44" s="15">
         <v>0.1323</v>
       </c>
       <c r="M44" s="15">
         <v>0.12721</v>
       </c>
       <c r="N44" s="15">
         <v>663</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.12155</v>
       </c>
       <c r="L45" s="15">
         <v>0.10534</v>
       </c>
       <c r="M45" s="15">
         <v>0.10129</v>
       </c>
       <c r="N45" s="15">
-        <v>900</v>
+        <v>880</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14"/>
       <c r="C46" s="15"/>
       <c r="D46" s="15"/>
       <c r="E46" s="15"/>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15"/>
       <c r="L46" s="15"/>
       <c r="M46" s="15"/>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
     </row>
   </sheetData>
@@ -2864,317 +2871,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>