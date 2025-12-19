--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1839,57 +1839,57 @@
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>15000</v>
       </c>
       <c r="K10" s="15">
-        <v>0.00113</v>
+        <v>0.00068</v>
       </c>
       <c r="L10" s="15">
-        <v>0.00094</v>
+        <v>0.00068</v>
       </c>
       <c r="M10" s="15">
-        <v>0.0009</v>
+        <v>0.00068</v>
       </c>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
@@ -2384,57 +2384,57 @@
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>15000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.00118</v>
+        <v>0.00068</v>
       </c>
       <c r="L23" s="15">
-        <v>0.00098</v>
+        <v>0.00068</v>
       </c>
       <c r="M23" s="15">
-        <v>0.00094</v>
+        <v>0.00068</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E24" s="15">
         <v>10080036488</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
@@ -2550,57 +2550,57 @@
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>15000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.00118</v>
+        <v>0.00068</v>
       </c>
       <c r="L27" s="15">
-        <v>0.00098</v>
+        <v>0.00068</v>
       </c>
       <c r="M27" s="15">
-        <v>0.00094</v>
+        <v>0.00068</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
@@ -3421,57 +3421,57 @@
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>10000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.0012</v>
+        <v>0.00063</v>
       </c>
       <c r="L48" s="15">
-        <v>0.001</v>
+        <v>0.00063</v>
       </c>
       <c r="M48" s="15">
-        <v>0.00095</v>
+        <v>0.00063</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>29</v>
@@ -4079,57 +4079,57 @@
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>15000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.00113</v>
+        <v>0.00068</v>
       </c>
       <c r="L64" s="15">
-        <v>0.00094</v>
+        <v>0.00068</v>
       </c>
       <c r="M64" s="15">
-        <v>0.0009</v>
+        <v>0.00068</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>