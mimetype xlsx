--- v1 (2025-12-19)
+++ v2 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2130,57 +2130,57 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080061173</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>15000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.00078</v>
+        <v>0.00069</v>
       </c>
       <c r="L17" s="15">
-        <v>0.00069</v>
+        <v>0.0005999999999999999</v>
       </c>
       <c r="M17" s="15">
-        <v>0.00061</v>
+        <v>0.00058</v>
       </c>
       <c r="N17" s="15">
         <v>30000</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15">
         <v>10080037218</v>
       </c>
       <c r="F18" s="15"/>
@@ -2257,57 +2257,57 @@
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="15">
         <v>10080048495</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>15000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.00105</v>
+        <v>0.00063</v>
       </c>
       <c r="L20" s="15">
-        <v>0.00076</v>
+        <v>0.00055</v>
       </c>
       <c r="M20" s="15">
-        <v>0.00076</v>
+        <v>0.00053</v>
       </c>
       <c r="N20" s="15">
         <v>30000</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F21" s="15"/>
@@ -2675,57 +2675,57 @@
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>15000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.00072</v>
+        <v>0.0005</v>
       </c>
       <c r="L30" s="15">
-        <v>0.00052</v>
+        <v>0.00043</v>
       </c>
       <c r="M30" s="15">
-        <v>0.00045</v>
+        <v>0.00041</v>
       </c>
       <c r="N30" s="15">
         <v>30000</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E31" s="15">
         <v>10080028064</v>
       </c>
       <c r="F31" s="15"/>
@@ -2964,100 +2964,100 @@
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>15000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.00072</v>
+        <v>0.0005</v>
       </c>
       <c r="L37" s="15">
-        <v>0.00052</v>
+        <v>0.00043</v>
       </c>
       <c r="M37" s="15">
-        <v>0.00045</v>
+        <v>0.00041</v>
       </c>
       <c r="N37" s="15">
         <v>15000</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>15000</v>
       </c>
       <c r="K38" s="15">
-        <v>0.00098</v>
+        <v>0.00059</v>
       </c>
       <c r="L38" s="15">
-        <v>0.0007</v>
+        <v>0.00051</v>
       </c>
       <c r="M38" s="15">
-        <v>0.00061</v>
+        <v>0.00049</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
@@ -3130,57 +3130,57 @@
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E41" s="15">
         <v>10080037220</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>15000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.00087</v>
+        <v>0.00059</v>
       </c>
       <c r="L41" s="15">
-        <v>0.00063</v>
+        <v>0.00051</v>
       </c>
       <c r="M41" s="15">
-        <v>0.00055</v>
+        <v>0.00049</v>
       </c>
       <c r="N41" s="15">
         <v>15000</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F42" s="15"/>
@@ -3995,57 +3995,57 @@
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>15000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.00098</v>
+        <v>0.00059</v>
       </c>
       <c r="L62" s="15">
-        <v>0.0007</v>
+        <v>0.00051</v>
       </c>
       <c r="M62" s="15">
-        <v>0.00061</v>
+        <v>0.00049</v>
       </c>
       <c r="N62" s="15">
         <v>15000</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F63" s="15"/>
@@ -4325,57 +4325,57 @@
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E70" s="15">
         <v>10080028067</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>15000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.00091</v>
+        <v>0.00056</v>
       </c>
       <c r="L70" s="15">
-        <v>0.00067</v>
+        <v>0.00048</v>
       </c>
       <c r="M70" s="15">
-        <v>0.0005999999999999999</v>
+        <v>0.00046</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E71" s="15">
         <v>10080065496</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
@@ -5926,57 +5926,57 @@
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>15000</v>
       </c>
       <c r="K109" s="15">
-        <v>0.00123</v>
+        <v>0.00063</v>
       </c>
       <c r="L109" s="15">
-        <v>0.0008899999999999999</v>
+        <v>0.00055</v>
       </c>
       <c r="M109" s="15">
-        <v>0.00076</v>
+        <v>0.00053</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14"/>
       <c r="C110" s="15"/>
       <c r="D110" s="15"/>
       <c r="E110" s="15"/>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15"/>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15"/>
       <c r="L110" s="15"/>
       <c r="M110" s="15"/>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>