--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2433,53 +2433,51 @@
         <v>71</v>
       </c>
       <c r="E24" s="15">
         <v>10080036488</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>45</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>10000</v>
       </c>
       <c r="K24" s="15">
         <v>0.00123</v>
       </c>
       <c r="L24" s="15">
         <v>0.0008899999999999999</v>
       </c>
       <c r="M24" s="15">
         <v>0.00076</v>
       </c>
-      <c r="N24" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">