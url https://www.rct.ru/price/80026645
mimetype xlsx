--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -277,51 +277,54 @@
   <si>
     <t>KLS5-270-005-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, оранжевый, 5А 32В / KLS5-270-005-A</t>
   </si>
   <si>
     <t>KLS5-270-008-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, бежевый, 7.5А 32В / KLS5-270-008-A</t>
   </si>
   <si>
     <t>KLS5-270-010-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, красный, 10А 32В / KLS5-270-010-A</t>
   </si>
   <si>
     <t>15.02.2026</t>
   </si>
   <si>
     <t>KLS5-270-015-A</t>
   </si>
   <si>
-    <t>Автомобильный , голубой, 15А 32В / KLS5-270-015-A</t>
+    <t>Плавкий плоский флажковый штыревой предохранитель, синий, 15А 32В / KLS5-270-015-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS5-270-015-A KLS, </t>
   </si>
   <si>
     <t>KLS5-270-020-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, жёлтый, 20А 32В / KLS5-270-020-A</t>
   </si>
   <si>
     <t>KLS5-270-025-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, натуральный цвет, 25А 32В / KLS5-270-025-A</t>
   </si>
   <si>
     <t>KLS5-270-030-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, зелёный, 30А 32В / KLS5-270-030-A</t>
   </si>
   <si>
     <t>KLS5-270-035-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, пурпурно-красный, 35А 32В / KLS5-270-035-A</t>
   </si>
@@ -1299,209 +1302,209 @@
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.03353</v>
       </c>
       <c r="L13" s="15">
         <v>0.03353</v>
       </c>
       <c r="M13" s="15">
         <v>0.03353</v>
       </c>
       <c r="N13" s="15">
-        <v>4066</v>
+        <v>4267</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15">
         <v>10080027666</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.04347</v>
       </c>
       <c r="L14" s="15">
         <v>0.03767</v>
       </c>
       <c r="M14" s="15">
         <v>0.03623</v>
       </c>
       <c r="N14" s="15">
-        <v>5546</v>
+        <v>4230</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15">
         <v>10080027667</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.08742</v>
       </c>
       <c r="L15" s="15">
         <v>0.04644</v>
       </c>
       <c r="M15" s="15">
         <v>0.03961</v>
       </c>
       <c r="N15" s="15">
-        <v>764</v>
+        <v>636</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080027429</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.06859</v>
       </c>
       <c r="L16" s="15">
         <v>0.04963</v>
       </c>
       <c r="M16" s="15">
         <v>0.04331</v>
       </c>
       <c r="N16" s="15">
-        <v>3137</v>
+        <v>2980</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080027668</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.06862</v>
       </c>
       <c r="L17" s="15">
         <v>0.04964</v>
       </c>
       <c r="M17" s="15">
         <v>0.04332</v>
       </c>
       <c r="N17" s="15">
-        <v>680</v>
+        <v>870</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I18" s="15" t="s">
@@ -1535,174 +1538,170 @@
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15">
         <v>10080027669</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.06598999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.04774</v>
       </c>
       <c r="M19" s="15">
         <v>0.04166</v>
       </c>
       <c r="N19" s="15">
-        <v>2689</v>
+        <v>2536</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="15">
         <v>10080027670</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.06109</v>
       </c>
       <c r="L20" s="15">
         <v>0.04364</v>
       </c>
       <c r="M20" s="15">
         <v>0.03927</v>
       </c>
       <c r="N20" s="15">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>652</v>
+      </c>
+      <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080027671</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.0692</v>
       </c>
       <c r="L21" s="15">
         <v>0.05007</v>
       </c>
       <c r="M21" s="15">
         <v>0.04369</v>
       </c>
       <c r="N21" s="15">
-        <v>6029</v>
+        <v>5935</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080027672</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.05456</v>
       </c>
       <c r="L22" s="15">
         <v>0.03897</v>
       </c>
       <c r="M22" s="15">
         <v>0.03507</v>
       </c>
       <c r="N22" s="15">
-        <v>8214</v>
-[...3 lines deleted...]
-      </c>
+        <v>12880</v>
+      </c>
+      <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E23" s="15">
         <v>10080027673</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
@@ -1732,568 +1731,566 @@
       <c r="D24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="15">
         <v>10080027674</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.08236</v>
       </c>
       <c r="L24" s="15">
         <v>0.04752</v>
       </c>
       <c r="M24" s="15">
         <v>0.04276</v>
       </c>
       <c r="N24" s="15">
-        <v>578</v>
+        <v>656</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="15">
         <v>10080027675</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.07427</v>
       </c>
       <c r="L25" s="15">
         <v>0.05326</v>
       </c>
       <c r="M25" s="15">
         <v>0.04623</v>
       </c>
       <c r="N25" s="15">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080034332</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.12155</v>
       </c>
       <c r="L26" s="15">
         <v>0.10534</v>
       </c>
       <c r="M26" s="15">
         <v>0.10129</v>
       </c>
       <c r="N26" s="15">
-        <v>5836</v>
-[...3 lines deleted...]
-      </c>
+        <v>14648</v>
+      </c>
+      <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15">
         <v>10080026827</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.05542</v>
       </c>
       <c r="L27" s="15">
         <v>0.0401</v>
       </c>
       <c r="M27" s="15">
         <v>0.03499</v>
       </c>
       <c r="N27" s="15">
-        <v>18461</v>
+        <v>13388</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10080026828</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.05507</v>
       </c>
       <c r="L28" s="15">
         <v>0.03985</v>
       </c>
       <c r="M28" s="15">
         <v>0.03477</v>
       </c>
       <c r="N28" s="15">
-        <v>1197</v>
+        <v>1161</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E29" s="15">
         <v>10080026646</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.05542</v>
+        <v>0.03864</v>
       </c>
       <c r="L29" s="15">
-        <v>0.0401</v>
+        <v>0.03349</v>
       </c>
       <c r="M29" s="15">
-        <v>0.03499</v>
+        <v>0.0322</v>
       </c>
       <c r="N29" s="15">
-        <v>5901</v>
+        <v>5712</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="15">
         <v>10080026829</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.05338</v>
       </c>
       <c r="L30" s="15">
         <v>0.03862</v>
       </c>
       <c r="M30" s="15">
         <v>0.0337</v>
       </c>
       <c r="N30" s="15">
-        <v>2798</v>
+        <v>3745</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E31" s="15">
         <v>10080026830</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.0353</v>
       </c>
       <c r="L31" s="15">
         <v>0.03059</v>
       </c>
       <c r="M31" s="15">
         <v>0.02941</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15">
-        <v>9392</v>
+        <v>5861</v>
       </c>
       <c r="P31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="15">
         <v>10080026831</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="I32" s="15"/>
+      <c r="I32" s="15" t="s">
+        <v>88</v>
+      </c>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.06237</v>
       </c>
       <c r="L32" s="15">
         <v>0.04512</v>
       </c>
       <c r="M32" s="15">
         <v>0.03937</v>
       </c>
       <c r="N32" s="15">
-        <v>2020</v>
+        <v>1627</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080026832</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.05787</v>
       </c>
       <c r="L33" s="15">
         <v>0.04187</v>
       </c>
       <c r="M33" s="15">
         <v>0.03654</v>
       </c>
       <c r="N33" s="15">
-        <v>10688</v>
+        <v>11316</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080026833</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.05588</v>
       </c>
       <c r="L34" s="15">
         <v>0.04043</v>
       </c>
       <c r="M34" s="15">
         <v>0.03528</v>
       </c>
       <c r="N34" s="15">
-        <v>11128</v>
+        <v>15436</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E35" s="15">
         <v>10080026834</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.05588</v>
+        <v>0.03852</v>
       </c>
       <c r="L35" s="15">
-        <v>0.04043</v>
+        <v>0.03338</v>
       </c>
       <c r="M35" s="15">
-        <v>0.03528</v>
+        <v>0.0321</v>
       </c>
       <c r="N35" s="15">
-        <v>1556</v>
+        <v>1624</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E36" s="15">
         <v>10080026835</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.06009</v>
       </c>
       <c r="L36" s="15">
         <v>0.04307</v>
       </c>
       <c r="M36" s="15">
         <v>0.03741</v>
       </c>
       <c r="N36" s="15">
-        <v>866</v>
+        <v>920</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E37" s="15">
         <v>10080026836</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.0491</v>
       </c>
       <c r="L37" s="15">
         <v>0.03507</v>
       </c>
       <c r="M37" s="15">
         <v>0.03156</v>
       </c>
       <c r="N37" s="15">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>1052</v>
+      </c>
+      <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14"/>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="15"/>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15"/>
       <c r="L38" s="15"/>
       <c r="M38" s="15"/>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
@@ -2334,317 +2331,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>