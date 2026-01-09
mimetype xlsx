--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -202,50 +202,53 @@
   <si>
     <t>L-KLS5-269-008-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, бежевый, 7.5A 32VDC / KLS5-269-008-A</t>
   </si>
   <si>
     <t>UT-00123291</t>
   </si>
   <si>
     <t xml:space="preserve">KLS5-269-008-A KLS, </t>
   </si>
   <si>
     <t>KLS5-269-010-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, красный, 10А 32В / KLS5-269-010-A</t>
   </si>
   <si>
     <t>KLS5-269-015-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, голубой, 15А 32В / KLS5-269-015-A</t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>KLS5-269-020-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, жёлтый, 20А 32В / KLS5-269-020-A</t>
   </si>
   <si>
     <t>KLS5-269-025-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, натуральный цвет, 25А 32В / KLS5-269-025-A</t>
   </si>
   <si>
     <t>KLS5-269-030-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, зелёный, 30А 32В / KLS5-269-030-A</t>
   </si>
   <si>
     <t>KLS5-269-035-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, пурпурно-красный, 35А 32В / KLS5-269-035-A</t>
   </si>
   <si>
     <t>KLS5-269-040-A</t>
@@ -269,53 +272,50 @@
     <t xml:space="preserve">0257003 LITTELFUSE, </t>
   </si>
   <si>
     <t>KLS5-270-004-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, розовый, 4А 32В / KLS5-270-004-A</t>
   </si>
   <si>
     <t>KLS5-270-005-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, оранжевый, 5А 32В / KLS5-270-005-A</t>
   </si>
   <si>
     <t>KLS5-270-008-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, бежевый, 7.5А 32В / KLS5-270-008-A</t>
   </si>
   <si>
     <t>KLS5-270-010-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, красный, 10А 32В / KLS5-270-010-A</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.02.2026</t>
   </si>
   <si>
     <t>KLS5-270-015-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, синий, 15А 32В / KLS5-270-015-A</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS5-270-015-A KLS, </t>
   </si>
   <si>
     <t>KLS5-270-020-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, жёлтый, 20А 32В / KLS5-270-020-A</t>
   </si>
   <si>
     <t>KLS5-270-025-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый штыревой предохранитель, натуральный цвет, 25А 32В / KLS5-270-025-A</t>
   </si>
   <si>
     <t>KLS5-270-030-A</t>
   </si>
@@ -1302,993 +1302,1025 @@
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.03353</v>
       </c>
       <c r="L13" s="15">
         <v>0.03353</v>
       </c>
       <c r="M13" s="15">
         <v>0.03353</v>
       </c>
       <c r="N13" s="15">
-        <v>4267</v>
+        <v>4116</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15">
         <v>10080027666</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.04347</v>
       </c>
       <c r="L14" s="15">
         <v>0.03767</v>
       </c>
       <c r="M14" s="15">
         <v>0.03623</v>
       </c>
       <c r="N14" s="15">
-        <v>4230</v>
+        <v>5756</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15">
         <v>10080027667</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.08742</v>
       </c>
       <c r="L15" s="15">
         <v>0.04644</v>
       </c>
       <c r="M15" s="15">
         <v>0.03961</v>
       </c>
       <c r="N15" s="15">
-        <v>636</v>
+        <v>696</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080027429</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
-        <v>0.06859</v>
+        <v>0.04595</v>
       </c>
       <c r="L16" s="15">
-        <v>0.04963</v>
+        <v>0.03982</v>
       </c>
       <c r="M16" s="15">
-        <v>0.04331</v>
+        <v>0.03829</v>
       </c>
       <c r="N16" s="15">
-        <v>2980</v>
+        <v>2162</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080027668</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.06862</v>
+        <v>0.04713</v>
       </c>
       <c r="L17" s="15">
-        <v>0.04964</v>
+        <v>0.04085</v>
       </c>
       <c r="M17" s="15">
-        <v>0.04332</v>
+        <v>0.03928</v>
       </c>
       <c r="N17" s="15">
-        <v>870</v>
+        <v>720</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.0689</v>
+        <v>0.05879</v>
       </c>
       <c r="L18" s="15">
-        <v>0.05779</v>
+        <v>0.05095</v>
       </c>
       <c r="M18" s="15">
-        <v>0.05556</v>
+        <v>0.04899</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15">
         <v>10080027669</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.06598999999999999</v>
+        <v>0.04607</v>
       </c>
       <c r="L19" s="15">
-        <v>0.04774</v>
+        <v>0.03992</v>
       </c>
       <c r="M19" s="15">
-        <v>0.04166</v>
+        <v>0.03839</v>
       </c>
       <c r="N19" s="15">
-        <v>2536</v>
+        <v>2506</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="15">
         <v>10080027670</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.06109</v>
+        <v>0.04604</v>
       </c>
       <c r="L20" s="15">
-        <v>0.04364</v>
+        <v>0.0399</v>
       </c>
       <c r="M20" s="15">
-        <v>0.03927</v>
+        <v>0.03836</v>
       </c>
       <c r="N20" s="15">
-        <v>652</v>
-[...2 lines deleted...]
-      <c r="P20" s="15"/>
+        <v>822</v>
+      </c>
+      <c r="O20" s="15">
+        <v>1640</v>
+      </c>
+      <c r="P20" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E21" s="15">
         <v>10080027671</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
-        <v>0.0692</v>
+        <v>0.04655</v>
       </c>
       <c r="L21" s="15">
-        <v>0.05007</v>
+        <v>0.04034</v>
       </c>
       <c r="M21" s="15">
-        <v>0.04369</v>
+        <v>0.03879</v>
       </c>
       <c r="N21" s="15">
-        <v>5935</v>
-[...2 lines deleted...]
-      <c r="P21" s="15"/>
+        <v>6218</v>
+      </c>
+      <c r="O21" s="15">
+        <v>9900</v>
+      </c>
+      <c r="P21" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10080027672</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
-        <v>0.05456</v>
+        <v>0.04119</v>
       </c>
       <c r="L22" s="15">
-        <v>0.03897</v>
+        <v>0.0357</v>
       </c>
       <c r="M22" s="15">
-        <v>0.03507</v>
+        <v>0.03433</v>
       </c>
       <c r="N22" s="15">
-        <v>12880</v>
+        <v>8585</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E23" s="15">
         <v>10080027673</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.07083</v>
       </c>
       <c r="L23" s="15">
         <v>0.05078</v>
       </c>
       <c r="M23" s="15">
         <v>0.0441</v>
       </c>
       <c r="N23" s="15"/>
-      <c r="O23" s="15"/>
-      <c r="P23" s="15"/>
+      <c r="O23" s="15">
+        <v>6900</v>
+      </c>
+      <c r="P23" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E24" s="15">
         <v>10080027674</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.08236</v>
       </c>
       <c r="L24" s="15">
         <v>0.04752</v>
       </c>
       <c r="M24" s="15">
         <v>0.04276</v>
       </c>
       <c r="N24" s="15">
-        <v>656</v>
+        <v>585</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E25" s="15">
         <v>10080027675</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.07427</v>
       </c>
       <c r="L25" s="15">
         <v>0.05326</v>
       </c>
       <c r="M25" s="15">
         <v>0.04623</v>
       </c>
       <c r="N25" s="15">
-        <v>447</v>
+        <v>510</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E26" s="15">
         <v>10080034332</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.12155</v>
+        <v>0.11823</v>
       </c>
       <c r="L26" s="15">
-        <v>0.10534</v>
+        <v>0.10247</v>
       </c>
       <c r="M26" s="15">
-        <v>0.10129</v>
+        <v>0.09853000000000001</v>
       </c>
       <c r="N26" s="15">
-        <v>14648</v>
-[...2 lines deleted...]
-      <c r="P26" s="15"/>
+        <v>15334</v>
+      </c>
+      <c r="O26" s="15">
+        <v>10050</v>
+      </c>
+      <c r="P26" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E27" s="15">
         <v>10080026827</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.05542</v>
+        <v>0.0383</v>
       </c>
       <c r="L27" s="15">
-        <v>0.0401</v>
+        <v>0.03319</v>
       </c>
       <c r="M27" s="15">
-        <v>0.03499</v>
+        <v>0.03191</v>
       </c>
       <c r="N27" s="15">
-        <v>13388</v>
-[...2 lines deleted...]
-      <c r="P27" s="15"/>
+        <v>16241</v>
+      </c>
+      <c r="O27" s="15">
+        <v>7400</v>
+      </c>
+      <c r="P27" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080026828</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
-        <v>0.05507</v>
+        <v>0.0393</v>
       </c>
       <c r="L28" s="15">
-        <v>0.03985</v>
+        <v>0.03406</v>
       </c>
       <c r="M28" s="15">
-        <v>0.03477</v>
+        <v>0.03275</v>
       </c>
       <c r="N28" s="15">
-        <v>1161</v>
+        <v>1197</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080026646</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.03864</v>
+        <v>0.0383</v>
       </c>
       <c r="L29" s="15">
-        <v>0.03349</v>
+        <v>0.03319</v>
       </c>
       <c r="M29" s="15">
-        <v>0.0322</v>
+        <v>0.03191</v>
       </c>
       <c r="N29" s="15">
-        <v>5712</v>
-[...2 lines deleted...]
-      <c r="P29" s="15"/>
+        <v>7382</v>
+      </c>
+      <c r="O29" s="15">
+        <v>4200</v>
+      </c>
+      <c r="P29" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E30" s="15">
         <v>10080026829</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.05338</v>
+        <v>0.03794</v>
       </c>
       <c r="L30" s="15">
-        <v>0.03862</v>
+        <v>0.03288</v>
       </c>
       <c r="M30" s="15">
-        <v>0.0337</v>
+        <v>0.03161</v>
       </c>
       <c r="N30" s="15">
-        <v>3745</v>
+        <v>3056</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E31" s="15">
         <v>10080026830</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.0353</v>
       </c>
       <c r="L31" s="15">
         <v>0.03059</v>
       </c>
       <c r="M31" s="15">
         <v>0.02941</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15">
-        <v>5861</v>
+        <v>10932</v>
       </c>
       <c r="P31" s="15" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="15">
         <v>10080026831</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.06237</v>
+        <v>0.04311</v>
       </c>
       <c r="L32" s="15">
-        <v>0.04512</v>
+        <v>0.03736</v>
       </c>
       <c r="M32" s="15">
-        <v>0.03937</v>
+        <v>0.03593</v>
       </c>
       <c r="N32" s="15">
-        <v>1627</v>
-[...2 lines deleted...]
-      <c r="P32" s="15"/>
+        <v>1915</v>
+      </c>
+      <c r="O32" s="15">
+        <v>1460</v>
+      </c>
+      <c r="P32" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080026832</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.05787</v>
+        <v>0.03861</v>
       </c>
       <c r="L33" s="15">
-        <v>0.04187</v>
+        <v>0.03346</v>
       </c>
       <c r="M33" s="15">
-        <v>0.03654</v>
+        <v>0.03218</v>
       </c>
       <c r="N33" s="15">
-        <v>11316</v>
+        <v>14009</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080026833</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.05588</v>
+        <v>0.03966</v>
       </c>
       <c r="L34" s="15">
-        <v>0.04043</v>
+        <v>0.03437</v>
       </c>
       <c r="M34" s="15">
-        <v>0.03528</v>
+        <v>0.03305</v>
       </c>
       <c r="N34" s="15">
-        <v>15436</v>
+        <v>12385</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15">
         <v>10080026834</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.03852</v>
+        <v>0.03813</v>
       </c>
       <c r="L35" s="15">
-        <v>0.03338</v>
+        <v>0.03305</v>
       </c>
       <c r="M35" s="15">
-        <v>0.0321</v>
+        <v>0.03178</v>
       </c>
       <c r="N35" s="15">
-        <v>1624</v>
-[...2 lines deleted...]
-      <c r="P35" s="15"/>
+        <v>1830</v>
+      </c>
+      <c r="O35" s="15">
+        <v>2400</v>
+      </c>
+      <c r="P35" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E36" s="15">
         <v>10080026835</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.06009</v>
       </c>
       <c r="L36" s="15">
         <v>0.04307</v>
       </c>
       <c r="M36" s="15">
         <v>0.03741</v>
       </c>
       <c r="N36" s="15">
-        <v>920</v>
+        <v>759</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E37" s="15">
         <v>10080026836</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.0491</v>
+        <v>0.03792</v>
       </c>
       <c r="L37" s="15">
-        <v>0.03507</v>
+        <v>0.03286</v>
       </c>
       <c r="M37" s="15">
-        <v>0.03156</v>
+        <v>0.0316</v>
       </c>
       <c r="N37" s="15">
-        <v>1052</v>
+        <v>955</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14"/>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="15"/>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15"/>
       <c r="L38" s="15"/>
       <c r="M38" s="15"/>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
     </row>
   </sheetData>