--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -202,51 +202,51 @@
   <si>
     <t>L-KLS5-269-008-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, бежевый, 7.5A 32VDC / KLS5-269-008-A</t>
   </si>
   <si>
     <t>UT-00123291</t>
   </si>
   <si>
     <t xml:space="preserve">KLS5-269-008-A KLS, </t>
   </si>
   <si>
     <t>KLS5-269-010-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, красный, 10А 32В / KLS5-269-010-A</t>
   </si>
   <si>
     <t>KLS5-269-015-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, голубой, 15А 32В / KLS5-269-015-A</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>KLS5-269-020-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, жёлтый, 20А 32В / KLS5-269-020-A</t>
   </si>
   <si>
     <t>KLS5-269-025-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, натуральный цвет, 25А 32В / KLS5-269-025-A</t>
   </si>
   <si>
     <t>KLS5-269-030-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, зелёный, 30А 32В / KLS5-269-030-A</t>
   </si>
   <si>
     <t>KLS5-269-035-A</t>
   </si>
   <si>
     <t>Плавкий плоский флажковый мини предохранитель, пурпурно-красный, 35А 32В / KLS5-269-035-A</t>
   </si>
@@ -1302,168 +1302,168 @@
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.03353</v>
       </c>
       <c r="L13" s="15">
         <v>0.03353</v>
       </c>
       <c r="M13" s="15">
         <v>0.03353</v>
       </c>
       <c r="N13" s="15">
-        <v>4116</v>
+        <v>2995</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15">
         <v>10080027666</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.04347</v>
       </c>
       <c r="L14" s="15">
         <v>0.03767</v>
       </c>
       <c r="M14" s="15">
         <v>0.03623</v>
       </c>
       <c r="N14" s="15">
-        <v>5756</v>
+        <v>4697</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15">
         <v>10080027667</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.08742</v>
       </c>
       <c r="L15" s="15">
         <v>0.04644</v>
       </c>
       <c r="M15" s="15">
         <v>0.03961</v>
       </c>
       <c r="N15" s="15">
-        <v>696</v>
+        <v>424</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080027429</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04595</v>
       </c>
       <c r="L16" s="15">
         <v>0.03982</v>
       </c>
       <c r="M16" s="15">
         <v>0.03829</v>
       </c>
       <c r="N16" s="15">
-        <v>2162</v>
+        <v>2269</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080027668</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I17" s="15" t="s">
@@ -1538,789 +1538,791 @@
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15">
         <v>10080027669</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.04607</v>
       </c>
       <c r="L19" s="15">
         <v>0.03992</v>
       </c>
       <c r="M19" s="15">
         <v>0.03839</v>
       </c>
       <c r="N19" s="15">
-        <v>2506</v>
+        <v>2383</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="15">
         <v>10080027670</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.04604</v>
       </c>
       <c r="L20" s="15">
         <v>0.0399</v>
       </c>
       <c r="M20" s="15">
         <v>0.03836</v>
       </c>
       <c r="N20" s="15">
-        <v>822</v>
+        <v>672</v>
       </c>
       <c r="O20" s="15">
-        <v>1640</v>
+        <v>1340</v>
       </c>
       <c r="P20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15">
         <v>10080027671</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04655</v>
       </c>
       <c r="L21" s="15">
         <v>0.04034</v>
       </c>
       <c r="M21" s="15">
         <v>0.03879</v>
       </c>
       <c r="N21" s="15">
-        <v>6218</v>
+        <v>8202</v>
       </c>
       <c r="O21" s="15">
-        <v>9900</v>
+        <v>13200</v>
       </c>
       <c r="P21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10080027672</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.04119</v>
       </c>
       <c r="L22" s="15">
         <v>0.0357</v>
       </c>
       <c r="M22" s="15">
         <v>0.03433</v>
       </c>
       <c r="N22" s="15">
-        <v>8585</v>
+        <v>5538</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E23" s="15">
         <v>10080027673</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.07083</v>
       </c>
       <c r="L23" s="15">
         <v>0.05078</v>
       </c>
       <c r="M23" s="15">
         <v>0.0441</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15">
-        <v>6900</v>
+        <v>1837</v>
       </c>
       <c r="P23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E24" s="15">
         <v>10080027674</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.08236</v>
       </c>
       <c r="L24" s="15">
         <v>0.04752</v>
       </c>
       <c r="M24" s="15">
         <v>0.04276</v>
       </c>
       <c r="N24" s="15">
-        <v>585</v>
+        <v>515</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="15">
         <v>10080027675</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.07427</v>
       </c>
       <c r="L25" s="15">
         <v>0.05326</v>
       </c>
       <c r="M25" s="15">
         <v>0.04623</v>
       </c>
       <c r="N25" s="15">
-        <v>510</v>
+        <v>535</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="15">
         <v>10080034332</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.11823</v>
       </c>
       <c r="L26" s="15">
         <v>0.10247</v>
       </c>
       <c r="M26" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="N26" s="15">
-        <v>15334</v>
+        <v>14387</v>
       </c>
       <c r="O26" s="15">
-        <v>10050</v>
+        <v>9450</v>
       </c>
       <c r="P26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="15">
         <v>10080026827</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0383</v>
       </c>
       <c r="L27" s="15">
         <v>0.03319</v>
       </c>
       <c r="M27" s="15">
         <v>0.03191</v>
       </c>
       <c r="N27" s="15">
-        <v>16241</v>
+        <v>12633</v>
       </c>
       <c r="O27" s="15">
-        <v>7400</v>
+        <v>8101</v>
       </c>
       <c r="P27" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080026828</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.0393</v>
       </c>
       <c r="L28" s="15">
         <v>0.03406</v>
       </c>
       <c r="M28" s="15">
         <v>0.03275</v>
       </c>
       <c r="N28" s="15">
-        <v>1197</v>
+        <v>1519</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080026646</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0383</v>
       </c>
       <c r="L29" s="15">
         <v>0.03319</v>
       </c>
       <c r="M29" s="15">
         <v>0.03191</v>
       </c>
       <c r="N29" s="15">
-        <v>7382</v>
+        <v>5120</v>
       </c>
       <c r="O29" s="15">
-        <v>4200</v>
+        <v>3300</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E30" s="15">
         <v>10080026829</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03794</v>
       </c>
       <c r="L30" s="15">
         <v>0.03288</v>
       </c>
       <c r="M30" s="15">
         <v>0.03161</v>
       </c>
       <c r="N30" s="15">
-        <v>3056</v>
+        <v>3013</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E31" s="15">
         <v>10080026830</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.0353</v>
       </c>
       <c r="L31" s="15">
         <v>0.03059</v>
       </c>
       <c r="M31" s="15">
         <v>0.02941</v>
       </c>
-      <c r="N31" s="15"/>
+      <c r="N31" s="15">
+        <v>4152</v>
+      </c>
       <c r="O31" s="15">
-        <v>10932</v>
+        <v>6000</v>
       </c>
       <c r="P31" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="15">
         <v>10080026831</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04311</v>
       </c>
       <c r="L32" s="15">
         <v>0.03736</v>
       </c>
       <c r="M32" s="15">
         <v>0.03593</v>
       </c>
       <c r="N32" s="15">
-        <v>1915</v>
+        <v>1837</v>
       </c>
       <c r="O32" s="15">
-        <v>1460</v>
+        <v>1400</v>
       </c>
       <c r="P32" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080026832</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.03861</v>
       </c>
       <c r="L33" s="15">
         <v>0.03346</v>
       </c>
       <c r="M33" s="15">
         <v>0.03218</v>
       </c>
       <c r="N33" s="15">
-        <v>14009</v>
+        <v>10285</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080026833</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.03966</v>
       </c>
       <c r="L34" s="15">
         <v>0.03437</v>
       </c>
       <c r="M34" s="15">
         <v>0.03305</v>
       </c>
       <c r="N34" s="15">
-        <v>12385</v>
+        <v>11128</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15">
         <v>10080026834</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03813</v>
       </c>
       <c r="L35" s="15">
         <v>0.03305</v>
       </c>
       <c r="M35" s="15">
         <v>0.03178</v>
       </c>
       <c r="N35" s="15">
-        <v>1830</v>
+        <v>1004</v>
       </c>
       <c r="O35" s="15">
-        <v>2400</v>
+        <v>2340</v>
       </c>
       <c r="P35" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E36" s="15">
         <v>10080026835</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.06009</v>
       </c>
       <c r="L36" s="15">
         <v>0.04307</v>
       </c>
       <c r="M36" s="15">
         <v>0.03741</v>
       </c>
       <c r="N36" s="15">
-        <v>759</v>
+        <v>663</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E37" s="15">
         <v>10080026836</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.03792</v>
       </c>
       <c r="L37" s="15">
         <v>0.03286</v>
       </c>
       <c r="M37" s="15">
         <v>0.0316</v>
       </c>
       <c r="N37" s="15">
-        <v>955</v>
+        <v>1142</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14"/>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="15"/>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15"/>
       <c r="L38" s="15"/>
       <c r="M38" s="15"/>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
     </row>
   </sheetData>