--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1302,209 +1302,207 @@
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.03353</v>
       </c>
       <c r="L13" s="15">
         <v>0.03353</v>
       </c>
       <c r="M13" s="15">
         <v>0.03353</v>
       </c>
       <c r="N13" s="15">
-        <v>2995</v>
+        <v>3039</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15">
         <v>10080027666</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.04347</v>
       </c>
       <c r="L14" s="15">
         <v>0.03767</v>
       </c>
       <c r="M14" s="15">
         <v>0.03623</v>
       </c>
       <c r="N14" s="15">
-        <v>4697</v>
+        <v>4668</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15">
         <v>10080027667</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.08742</v>
       </c>
       <c r="L15" s="15">
         <v>0.04644</v>
       </c>
       <c r="M15" s="15">
         <v>0.03961</v>
       </c>
-      <c r="N15" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080027429</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04595</v>
       </c>
       <c r="L16" s="15">
         <v>0.03982</v>
       </c>
       <c r="M16" s="15">
         <v>0.03829</v>
       </c>
       <c r="N16" s="15">
-        <v>2269</v>
+        <v>1981</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080027668</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.04713</v>
       </c>
       <c r="L17" s="15">
         <v>0.04085</v>
       </c>
       <c r="M17" s="15">
         <v>0.03928</v>
       </c>
       <c r="N17" s="15">
-        <v>720</v>
+        <v>780</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I18" s="15" t="s">
@@ -1538,422 +1536,418 @@
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15">
         <v>10080027669</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.04607</v>
       </c>
       <c r="L19" s="15">
         <v>0.03992</v>
       </c>
       <c r="M19" s="15">
         <v>0.03839</v>
       </c>
       <c r="N19" s="15">
-        <v>2383</v>
+        <v>1913</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="15">
         <v>10080027670</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.04604</v>
       </c>
       <c r="L20" s="15">
         <v>0.0399</v>
       </c>
       <c r="M20" s="15">
         <v>0.03836</v>
       </c>
       <c r="N20" s="15">
-        <v>672</v>
+        <v>762</v>
       </c>
       <c r="O20" s="15">
-        <v>1340</v>
+        <v>1520</v>
       </c>
       <c r="P20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15">
         <v>10080027671</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04655</v>
       </c>
       <c r="L21" s="15">
         <v>0.04034</v>
       </c>
       <c r="M21" s="15">
         <v>0.03879</v>
       </c>
-      <c r="N21" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="N21" s="15"/>
+      <c r="O21" s="15"/>
       <c r="P21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10080027672</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.04119</v>
       </c>
       <c r="L22" s="15">
         <v>0.0357</v>
       </c>
       <c r="M22" s="15">
         <v>0.03433</v>
       </c>
       <c r="N22" s="15">
-        <v>5538</v>
+        <v>4331</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E23" s="15">
         <v>10080027673</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.07083</v>
       </c>
       <c r="L23" s="15">
         <v>0.05078</v>
       </c>
       <c r="M23" s="15">
         <v>0.0441</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15">
-        <v>1837</v>
+        <v>546</v>
       </c>
       <c r="P23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E24" s="15">
         <v>10080027674</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.08236</v>
       </c>
       <c r="L24" s="15">
         <v>0.04752</v>
       </c>
       <c r="M24" s="15">
         <v>0.04276</v>
       </c>
       <c r="N24" s="15">
-        <v>515</v>
+        <v>632</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="15">
         <v>10080027675</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.07427</v>
       </c>
       <c r="L25" s="15">
         <v>0.05326</v>
       </c>
       <c r="M25" s="15">
         <v>0.04623</v>
       </c>
       <c r="N25" s="15">
-        <v>535</v>
+        <v>378</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="15">
         <v>10080034332</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.11823</v>
       </c>
       <c r="L26" s="15">
         <v>0.10247</v>
       </c>
       <c r="M26" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="N26" s="15">
-        <v>14387</v>
+        <v>18726</v>
       </c>
       <c r="O26" s="15">
-        <v>9450</v>
+        <v>12300</v>
       </c>
       <c r="P26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="15">
         <v>10080026827</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0383</v>
       </c>
       <c r="L27" s="15">
         <v>0.03319</v>
       </c>
       <c r="M27" s="15">
         <v>0.03191</v>
       </c>
       <c r="N27" s="15">
-        <v>12633</v>
+        <v>10252</v>
       </c>
       <c r="O27" s="15">
-        <v>8101</v>
+        <v>7900</v>
       </c>
       <c r="P27" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080026828</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.0393</v>
       </c>
       <c r="L28" s="15">
         <v>0.03406</v>
       </c>
       <c r="M28" s="15">
         <v>0.03275</v>
       </c>
       <c r="N28" s="15">
-        <v>1519</v>
+        <v>1304</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080026646</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I29" s="15"/>
@@ -1991,338 +1985,338 @@
       <c r="D30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E30" s="15">
         <v>10080026829</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03794</v>
       </c>
       <c r="L30" s="15">
         <v>0.03288</v>
       </c>
       <c r="M30" s="15">
         <v>0.03161</v>
       </c>
       <c r="N30" s="15">
-        <v>3013</v>
+        <v>2798</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E31" s="15">
         <v>10080026830</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.0353</v>
+        <v>0.04313</v>
       </c>
       <c r="L31" s="15">
-        <v>0.03059</v>
+        <v>0.03738</v>
       </c>
       <c r="M31" s="15">
-        <v>0.02941</v>
+        <v>0.03594</v>
       </c>
       <c r="N31" s="15">
-        <v>4152</v>
+        <v>5744</v>
       </c>
       <c r="O31" s="15">
-        <v>6000</v>
+        <v>8300</v>
       </c>
       <c r="P31" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="15">
         <v>10080026831</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04311</v>
       </c>
       <c r="L32" s="15">
         <v>0.03736</v>
       </c>
       <c r="M32" s="15">
         <v>0.03593</v>
       </c>
       <c r="N32" s="15">
-        <v>1837</v>
+        <v>2099</v>
       </c>
       <c r="O32" s="15">
-        <v>1400</v>
+        <v>1600</v>
       </c>
       <c r="P32" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080026832</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.03861</v>
       </c>
       <c r="L33" s="15">
         <v>0.03346</v>
       </c>
       <c r="M33" s="15">
         <v>0.03218</v>
       </c>
       <c r="N33" s="15">
-        <v>10285</v>
+        <v>10314</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080026833</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.03966</v>
       </c>
       <c r="L34" s="15">
         <v>0.03437</v>
       </c>
       <c r="M34" s="15">
         <v>0.03305</v>
       </c>
       <c r="N34" s="15">
-        <v>11128</v>
+        <v>11667</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15">
         <v>10080026834</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03813</v>
       </c>
       <c r="L35" s="15">
         <v>0.03305</v>
       </c>
       <c r="M35" s="15">
         <v>0.03178</v>
       </c>
       <c r="N35" s="15">
-        <v>1004</v>
+        <v>206</v>
       </c>
       <c r="O35" s="15">
-        <v>2340</v>
+        <v>1830</v>
       </c>
       <c r="P35" s="15" t="s">
         <v>62</v>
       </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E36" s="15">
         <v>10080026835</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.06009</v>
       </c>
       <c r="L36" s="15">
         <v>0.04307</v>
       </c>
       <c r="M36" s="15">
         <v>0.03741</v>
       </c>
       <c r="N36" s="15">
-        <v>663</v>
+        <v>920</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E37" s="15">
         <v>10080026836</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.03792</v>
       </c>
       <c r="L37" s="15">
         <v>0.03286</v>
       </c>
       <c r="M37" s="15">
         <v>0.0316</v>
       </c>
       <c r="N37" s="15">
-        <v>1142</v>
+        <v>879</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14"/>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="15"/>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15"/>
       <c r="L38" s="15"/>
       <c r="M38" s="15"/>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
     </row>
   </sheetData>