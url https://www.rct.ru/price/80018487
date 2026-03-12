--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1989">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1991">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1315,51 +1315,51 @@
   <si>
     <t>10-00083927</t>
   </si>
   <si>
     <t>7617.5911.0</t>
   </si>
   <si>
     <t>Разъем S-QD, 32x13, тип QD. Вставка для обжимных контактов. 17+земля. Вилка. 10А/250В / 936010450</t>
   </si>
   <si>
     <t>10-00083928</t>
   </si>
   <si>
     <t>7803.6201.0</t>
   </si>
   <si>
     <t>Блочная часть STD с фиксацией, 21x21, тип 3A. Блочная часть для монтажа на панель, серого цвета. / 936010614</t>
   </si>
   <si>
     <t>7803.6202.0</t>
   </si>
   <si>
     <t>Блочная часть STD с фиксацией, 21x21, тип 3A. Блочная часть для монтажа на панель. / 936010616</t>
   </si>
   <si>
-    <t xml:space="preserve">H3A-OM-1LS BEISIT, D3A-BK-1L DEGSON, 09200030301 HARTING, </t>
+    <t xml:space="preserve">CKAX 03 I ILME, H3A-OM-1LS BEISIT, D3A-BK-1L DEGSON, 09200030301 HARTING, </t>
   </si>
   <si>
     <t>7803.6203.0</t>
   </si>
   <si>
     <t>Блочная часть STD с фиксацией, 21x21, тип 3A. Угловой корпус для монтажа на панель, серого цвета. / 936010620</t>
   </si>
   <si>
     <t xml:space="preserve">D3A.P-BK-1L-SE DEGSON, </t>
   </si>
   <si>
     <t>7803.6204.0</t>
   </si>
   <si>
     <t>Блочная часть STD с фиксацией, 21x21, тип 3A. Алюминиевые угловой корпус для монтажа на панель. / 936010622</t>
   </si>
   <si>
     <t>7803.6206.0</t>
   </si>
   <si>
     <t>Блочная часть STD с фиксацией, 21x21, тип 3A. Угловой корпус на панель с одним кабельным вводом. PG11 / 936010628</t>
   </si>
   <si>
     <t>7803.6207.0</t>
   </si>
@@ -2875,51 +2875,51 @@
   <si>
     <t>Крышка защитная, размер 16B, упоры для двух рычагов, металл, цвет серый, стропа нейлоновая с клеммой под винт / D16B-CV-4G/1S</t>
   </si>
   <si>
     <t xml:space="preserve">H16B-PC-4P-NT BEISIT, 7816.6806.0 Molex, </t>
   </si>
   <si>
     <t>D16B-TEH-4g-M40</t>
   </si>
   <si>
     <t>Кабельная часть с двойной фиксацией, 93.5x43, тип D16B, с прямым вводом для кабеля, M40 / D16B-TEH-4g-M40</t>
   </si>
   <si>
     <t xml:space="preserve">H16B-TOH-4P-M40 BEISIT, 7816.6446.5 Molex, </t>
   </si>
   <si>
     <t>D3A-BK-1L</t>
   </si>
   <si>
     <t>корпус прямой однорычажный, D3A, IP65 / D3A-BK-1L</t>
   </si>
   <si>
     <t>UT-00098952</t>
   </si>
   <si>
-    <t xml:space="preserve">H3A-OM-1LS BEISIT, 7803.6202.0 Molex, 09200030301 HARTING, </t>
+    <t xml:space="preserve">CKAX 03 I ILME, H3A-OM-1LS BEISIT, 7803.6202.0 Molex, 09200030301 HARTING, </t>
   </si>
   <si>
     <t>D3A-BK-1L-MCV</t>
   </si>
   <si>
     <t>корпус прямой однорычажный, 3A IP65 / D3A-BK-1L-MCV</t>
   </si>
   <si>
     <t>UT-00105646</t>
   </si>
   <si>
     <t>D3A-BK-SE-1L</t>
   </si>
   <si>
     <t>корпус прямой однорычажный, 3A, IP65 / D3A-BK-SE-1L</t>
   </si>
   <si>
     <t>UT-00116882</t>
   </si>
   <si>
     <t>D3A-SE-2g-M20</t>
   </si>
   <si>
     <t>Кабельная часть с одинарной фиксацией, тип D3A. Угловой ввод для кабеля. M20. / D3A-SE-2g-M20</t>
   </si>
@@ -3628,50 +3628,53 @@
   <si>
     <t>UT-00150526</t>
   </si>
   <si>
     <t>H10B-SOH-4P-M32</t>
   </si>
   <si>
     <t>Крышка разъема на кабель, размер 10B, высокое исполнение, упоры для двух защёлок, 1 отверстие с резьбой для кабельных вводов M32 с боковым расположением, алюминиевый сплав / H10B-SOH-4P-M32</t>
   </si>
   <si>
     <t>UT-00150527</t>
   </si>
   <si>
     <t>H10B-TO-2PR-M25</t>
   </si>
   <si>
     <t>Крышка разъема на кабель, размер 10B, упоры для одной защелки, 1 отверстие с резьбой для кабельных вводов M25 с верхним расположением, алюминиевый сплав / H10B-TO-2PR-M25</t>
   </si>
   <si>
     <t>UT-00150522</t>
   </si>
   <si>
     <t xml:space="preserve">D10B-TE-2g-M25 DEGSON, </t>
   </si>
   <si>
+    <t>04.06.2026</t>
+  </si>
+  <si>
     <t>H10B-TO-4P-M20</t>
   </si>
   <si>
     <t>Крышка разъема на кабель, размер 10B, упоры для двух защёлок, 1 отверстие с резьбой для кабельных вводов M20 с верхним расположением, алюминиевый сплав / H10B-TO-4P-M20</t>
   </si>
   <si>
     <t>UT-00150528</t>
   </si>
   <si>
     <t>H10B-TO-4P-M25</t>
   </si>
   <si>
     <t>Крышка разъема на кабель, размер 10B, упоры для двух защёлок, 1 отверстие с резьбой для кабельных вводов M25 с верхним расположением, алюминиевый сплав / H10B-TO-4P-M25</t>
   </si>
   <si>
     <t>UT-00150529</t>
   </si>
   <si>
     <t>H10B-TOH-2PR-M32</t>
   </si>
   <si>
     <t>Крышка разъема на кабель, размер 10B, высокое исполнение, упоры для одной защелки, 1 отверстие с резьбой для кабельных вводов M32 с верхним расположением, алюминиевый сплав / H10B-TOH-2PR-M32</t>
   </si>
   <si>
     <t>UT-00150523</t>
@@ -3916,50 +3919,53 @@
   <si>
     <t>UT-00150541</t>
   </si>
   <si>
     <t>H16B-TO-4P-M25</t>
   </si>
   <si>
     <t>Крышка разъема на кабель, размер 16B, упоры для двух защёлок, 1 отверстие с резьбой для кабельных вводов M25 с верхним расположением, алюминиевый сплав / H16B-TO-4P-M25</t>
   </si>
   <si>
     <t>UT-00150546</t>
   </si>
   <si>
     <t>H16B-TOH-2PR-M32</t>
   </si>
   <si>
     <t>Крышка разъема на кабель, размер 16B, высокое исполнение, упоры для одной защелки, 1 отверстие с резьбой для кабельных вводов M32 с верхним расположением, алюминиевый сплав / H16B-TOH-2PR-M32</t>
   </si>
   <si>
     <t>UT-00150542</t>
   </si>
   <si>
     <t xml:space="preserve">MAV 16 L32 ILME, </t>
   </si>
   <si>
+    <t>11.04.2026</t>
+  </si>
+  <si>
     <t>H16B-TOH-4P-M32</t>
   </si>
   <si>
     <t>Крышка разъема на кабель, размер 16B, высокое исполнение, упоры для двух защёлок, 1 отверстие с резьбой для кабельных вводов M32 с верхним расположением, алюминиевый сплав / H16B-TOH-4P-M32</t>
   </si>
   <si>
     <t>UT-00150547</t>
   </si>
   <si>
     <t>H16B-TOH-4P-M40</t>
   </si>
   <si>
     <t>Крышка разъема на кабель, размер 16B, высокое исполнение, упоры для двух защёлок, 1 отверстие с резьбой для кабельных вводов M40 с верхним расположением, алюминиевый сплав / H16B-TOH-4P-M40</t>
   </si>
   <si>
     <t>UT-00150548</t>
   </si>
   <si>
     <t xml:space="preserve">D16B-TEH-4g-M40 DEGSON, 7816.6446.5 Molex, </t>
   </si>
   <si>
     <t>H24B-06-F-2</t>
   </si>
   <si>
     <t>Розеточная рамка держатель, 6 слотов, размер 24B, цинк / H24B-06-F-2</t>
@@ -4165,51 +4171,51 @@
   <si>
     <t>Крышка защитная, размер 3A, упоры для одной защелки, металл, цвет серый, стропа с клеммой / H3A-MC-2P-NG</t>
   </si>
   <si>
     <t>UT-00150580</t>
   </si>
   <si>
     <t>H3A-MC-2P-NT</t>
   </si>
   <si>
     <t>Крышка защитная, размер 3A, упоры для одной защелки, металл, цвет серый, стропа с клеммой под винт / H3A-MC-2P-NT</t>
   </si>
   <si>
     <t>UT-00150579</t>
   </si>
   <si>
     <t>H3A-OM-1LS</t>
   </si>
   <si>
     <t>Корпус разъема на панель, размер 3A, без защитной крышки, с защелкой, алюминиевый сплав / H3A-OM-1LS</t>
   </si>
   <si>
     <t>UT-00150490</t>
   </si>
   <si>
-    <t xml:space="preserve">D3A-BK-1L DEGSON, 7803.6202.0 Molex, 09200030301 HARTING, </t>
+    <t xml:space="preserve">CKAX 03 I ILME, D3A-BK-1L DEGSON, 7803.6202.0 Molex, 09200030301 HARTING, </t>
   </si>
   <si>
     <t>H3A-OM-1LS-MCG</t>
   </si>
   <si>
     <t>Корпус разъема на панель, размер 3A, с защитной крышкой, с защелкой, алюминиевый сплав / H3A-OM-1LS-MCG</t>
   </si>
   <si>
     <t>UT-00150491</t>
   </si>
   <si>
     <t>H3A-OMS-1LS</t>
   </si>
   <si>
     <t>Корпус разъема на панель, размер 3A, угловое расположение, без защитной крышки, с защелкой, алюминиевый сплав / H3A-OMS-1LS</t>
   </si>
   <si>
     <t>UT-00150492</t>
   </si>
   <si>
     <t>H3A-SMS-1LS-M20</t>
   </si>
   <si>
     <t>Корпус разъема на панель, закрытый, размер 3A, угловое расположение, с защелкой, 1 отверстие с резьбой для кабельных вводов M20, алюминиевый сплав / H3A-SMS-1LS-M20</t>
   </si>
@@ -4336,51 +4342,51 @@
   <si>
     <t>Корпус разъема на панель, размер 6B, с защитной крышкой, с защелкой, алюминиевый сплав / H6B-OM-1L-PC</t>
   </si>
   <si>
     <t>UT-00150517</t>
   </si>
   <si>
     <t xml:space="preserve">H6E-CC Mete Enerji, D6B-BK-1L-CV DEGSON, </t>
   </si>
   <si>
     <t>H6B-OM-1LS</t>
   </si>
   <si>
     <t>Корпус разъема на панель, размер 6B, без защитной крышки, с защелкой, алюминиевый сплав / H6B-OM-1LS</t>
   </si>
   <si>
     <t>UT-00150514</t>
   </si>
   <si>
     <t xml:space="preserve">CHI 06 L ILME, </t>
   </si>
   <si>
     <t>H6B-PC-1LP-MG</t>
   </si>
   <si>
-    <t>Крышка защитная, размер 6B, с защелкой, металл, цвет серый, стропа с клеммой / H6B-PC-1LP-MG</t>
+    <t>Крышка защитная пластиковая, размер 6B, с защелкой, цвет серый, стропа с петлёй / H6B-PC-1LP-MG</t>
   </si>
   <si>
     <t>UT-00150583</t>
   </si>
   <si>
     <t>H6B-PC-2P-MT</t>
   </si>
   <si>
     <t>Крышка защитная, размер 6B, упоры для одной защелки, металл, цвет серый, стропа с клеммой под винт / H6B-PC-2P-MT</t>
   </si>
   <si>
     <t>UT-00150582</t>
   </si>
   <si>
     <t>H6B-SM-1L-PC-M20</t>
   </si>
   <si>
     <t>Корпус разъема на панель, закрытый, размер 6B, с защитной крышкой, с защелкой, 1 отверстие с резьбой для кабельных вводов M20, алюминиевый сплав / H6B-SM-1L-PC-M20</t>
   </si>
   <si>
     <t>UT-00150518</t>
   </si>
   <si>
     <t>H6B-SM-1L-PC-M25</t>
   </si>
@@ -6899,51 +6905,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.28295</v>
       </c>
       <c r="L13" s="15">
         <v>0.24522</v>
       </c>
       <c r="M13" s="15">
         <v>0.23579</v>
       </c>
       <c r="N13" s="15">
-        <v>180</v>
+        <v>142</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -7012,51 +7018,51 @@
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.44637</v>
       </c>
       <c r="L16" s="15">
         <v>0.37437</v>
       </c>
       <c r="M16" s="15">
         <v>0.35998</v>
       </c>
       <c r="N16" s="15">
-        <v>3093</v>
+        <v>2572</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -7585,51 +7591,51 @@
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15">
         <v>10080018189</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>100</v>
       </c>
       <c r="K31" s="15">
         <v>2.81</v>
       </c>
       <c r="L31" s="15">
         <v>2.11</v>
       </c>
       <c r="M31" s="15">
         <v>1.97</v>
       </c>
       <c r="N31" s="15">
-        <v>124</v>
+        <v>94</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I32" s="15"/>
@@ -7741,51 +7747,51 @@
       <c r="D35" s="15">
         <v>936000060</v>
       </c>
       <c r="E35" s="15">
         <v>10080019448</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1</v>
       </c>
       <c r="K35" s="15">
         <v>0.18902</v>
       </c>
       <c r="L35" s="15">
         <v>0.18902</v>
       </c>
       <c r="M35" s="15">
         <v>0.18902</v>
       </c>
       <c r="N35" s="15">
-        <v>151</v>
+        <v>183</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I36" s="15"/>
@@ -7819,90 +7825,90 @@
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15">
         <v>10080019482</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1</v>
       </c>
       <c r="K37" s="15">
         <v>0.47329</v>
       </c>
       <c r="L37" s="15">
         <v>0.35496</v>
       </c>
       <c r="M37" s="15">
         <v>0.33131</v>
       </c>
       <c r="N37" s="15">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E38" s="15">
         <v>10080019483</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1</v>
       </c>
       <c r="K38" s="15">
         <v>0.77</v>
       </c>
       <c r="L38" s="15">
         <v>0.77</v>
       </c>
       <c r="M38" s="15">
         <v>0.77</v>
       </c>
       <c r="N38" s="15">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E39" s="15">
         <v>10080019484</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I39" s="15"/>
@@ -8125,51 +8131,51 @@
       <c r="D45" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E45" s="15">
         <v>10080019536</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>50</v>
       </c>
       <c r="K45" s="15">
         <v>2.1</v>
       </c>
       <c r="L45" s="15">
         <v>2.1</v>
       </c>
       <c r="M45" s="15">
         <v>2.1</v>
       </c>
       <c r="N45" s="15">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E46" s="15">
         <v>10080019538</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I46" s="15"/>
@@ -8318,51 +8324,51 @@
       <c r="D50" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E50" s="15">
         <v>10080019563</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
         <v>0.22</v>
       </c>
       <c r="L50" s="15">
         <v>0.22</v>
       </c>
       <c r="M50" s="15">
         <v>0.22</v>
       </c>
       <c r="N50" s="15">
-        <v>71</v>
+        <v>90</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E51" s="15">
         <v>10080019566</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I51" s="15"/>
@@ -8700,92 +8706,92 @@
       </c>
       <c r="E60" s="15">
         <v>10080019691</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.32</v>
       </c>
       <c r="L60" s="15">
         <v>0.32</v>
       </c>
       <c r="M60" s="15">
         <v>0.32</v>
       </c>
       <c r="N60" s="15">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E61" s="15">
         <v>10080019697</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.46224</v>
       </c>
       <c r="L61" s="15">
         <v>0.46224</v>
       </c>
       <c r="M61" s="15">
         <v>0.46224</v>
       </c>
       <c r="N61" s="15">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E62" s="15">
         <v>10080019700</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I62" s="15" t="s">
@@ -8899,51 +8905,51 @@
       <c r="D65" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E65" s="15">
         <v>10080019706</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1</v>
       </c>
       <c r="K65" s="15">
         <v>1.13</v>
       </c>
       <c r="L65" s="15">
         <v>0.85083</v>
       </c>
       <c r="M65" s="15">
         <v>0.79412</v>
       </c>
       <c r="N65" s="15">
-        <v>293</v>
+        <v>322</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E66" s="15">
         <v>10080019712</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I66" s="15"/>
@@ -9059,51 +9065,51 @@
       </c>
       <c r="E69" s="15">
         <v>10080019745</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J69" s="15">
         <v>100</v>
       </c>
       <c r="K69" s="15">
         <v>0.46214</v>
       </c>
       <c r="L69" s="15">
         <v>0.46214</v>
       </c>
       <c r="M69" s="15">
         <v>0.46214</v>
       </c>
       <c r="N69" s="15">
-        <v>168</v>
+        <v>191</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E70" s="15">
         <v>10080019747</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I70" s="15" t="s">
@@ -9180,168 +9186,168 @@
       </c>
       <c r="E72" s="15">
         <v>10080019751</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J72" s="15">
         <v>1</v>
       </c>
       <c r="K72" s="15">
         <v>0.69779</v>
       </c>
       <c r="L72" s="15">
         <v>0.52334</v>
       </c>
       <c r="M72" s="15">
         <v>0.48844</v>
       </c>
       <c r="N72" s="15">
-        <v>367</v>
+        <v>325</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E73" s="15">
         <v>10080019754</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1</v>
       </c>
       <c r="K73" s="15">
         <v>0.67915</v>
       </c>
       <c r="L73" s="15">
         <v>0.50936</v>
       </c>
       <c r="M73" s="15">
         <v>0.4754</v>
       </c>
       <c r="N73" s="15">
-        <v>121</v>
+        <v>155</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E74" s="15">
         <v>10080019757</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1</v>
       </c>
       <c r="K74" s="15">
         <v>0.82662</v>
       </c>
       <c r="L74" s="15">
         <v>0.61997</v>
       </c>
       <c r="M74" s="15">
         <v>0.57863</v>
       </c>
       <c r="N74" s="15">
-        <v>123</v>
+        <v>155</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E75" s="15">
         <v>10080019760</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1</v>
       </c>
       <c r="K75" s="15">
         <v>0.82021</v>
       </c>
       <c r="L75" s="15">
         <v>0.61516</v>
       </c>
       <c r="M75" s="15">
         <v>0.57416</v>
       </c>
       <c r="N75" s="15">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E76" s="15">
         <v>10080019763</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I76" s="15"/>
@@ -9570,90 +9576,90 @@
       <c r="D82" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E82" s="15">
         <v>10080019976</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1</v>
       </c>
       <c r="K82" s="15">
         <v>0.25202</v>
       </c>
       <c r="L82" s="15">
         <v>0.25202</v>
       </c>
       <c r="M82" s="15">
         <v>0.25202</v>
       </c>
       <c r="N82" s="15">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E83" s="15">
         <v>10080019977</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1</v>
       </c>
       <c r="K83" s="15">
         <v>0.12601</v>
       </c>
       <c r="L83" s="15">
         <v>0.12601</v>
       </c>
       <c r="M83" s="15">
         <v>0.12601</v>
       </c>
       <c r="N83" s="15">
-        <v>1257</v>
+        <v>1591</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E84" s="15">
         <v>10080019991</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I84" s="15"/>
@@ -9687,51 +9693,51 @@
       <c r="D85" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>220</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>400</v>
       </c>
       <c r="K85" s="15">
         <v>0.08401</v>
       </c>
       <c r="L85" s="15">
         <v>0.08401</v>
       </c>
       <c r="M85" s="15">
         <v>0.08401</v>
       </c>
       <c r="N85" s="15">
-        <v>281</v>
+        <v>228</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E86" s="15">
         <v>10080019995</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I86" s="15"/>
@@ -9765,51 +9771,51 @@
       <c r="D87" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E87" s="15">
         <v>10080019998</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>100</v>
       </c>
       <c r="K87" s="15">
         <v>0.28148</v>
       </c>
       <c r="L87" s="15">
         <v>0.28148</v>
       </c>
       <c r="M87" s="15">
         <v>0.28148</v>
       </c>
       <c r="N87" s="15">
-        <v>273</v>
+        <v>336</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C88" s="15">
         <v>936010041</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E88" s="15">
         <v>10080020000</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I88" s="15"/>
@@ -9993,129 +9999,129 @@
       <c r="D93" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E93" s="15">
         <v>10080020008</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.28353</v>
       </c>
       <c r="L93" s="15">
         <v>0.28353</v>
       </c>
       <c r="M93" s="15">
         <v>0.28353</v>
       </c>
       <c r="N93" s="15">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E94" s="15">
         <v>10080020010</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.25255</v>
       </c>
       <c r="L94" s="15">
         <v>0.25255</v>
       </c>
       <c r="M94" s="15">
         <v>0.25255</v>
       </c>
       <c r="N94" s="15">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C95" s="15">
         <v>936010053</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E95" s="15">
         <v>10080020012</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>100</v>
       </c>
       <c r="K95" s="15">
         <v>0.24152</v>
       </c>
       <c r="L95" s="15">
         <v>0.24152</v>
       </c>
       <c r="M95" s="15">
         <v>0.24152</v>
       </c>
       <c r="N95" s="15">
-        <v>346</v>
+        <v>369</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E96" s="15">
         <v>10080020014</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I96" s="15"/>
@@ -10149,51 +10155,51 @@
       <c r="D97" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E97" s="15">
         <v>10080020016</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>100</v>
       </c>
       <c r="K97" s="15">
         <v>0.25071</v>
       </c>
       <c r="L97" s="15">
         <v>0.25071</v>
       </c>
       <c r="M97" s="15">
         <v>0.25071</v>
       </c>
       <c r="N97" s="15">
-        <v>265</v>
+        <v>251</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E98" s="15">
         <v>10080020017</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I98" s="15"/>
@@ -10266,51 +10272,51 @@
       <c r="D100" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.22052</v>
       </c>
       <c r="L100" s="15">
         <v>0.22052</v>
       </c>
       <c r="M100" s="15">
         <v>0.22052</v>
       </c>
       <c r="N100" s="15">
-        <v>138</v>
+        <v>114</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C101" s="15">
         <v>936010077</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E101" s="15">
         <v>10080020022</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I101" s="15"/>
@@ -11145,51 +11151,51 @@
       </c>
       <c r="E123" s="15">
         <v>10080020086</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I123" s="15" t="s">
         <v>281</v>
       </c>
       <c r="J123" s="15">
         <v>100</v>
       </c>
       <c r="K123" s="15">
         <v>0.15752</v>
       </c>
       <c r="L123" s="15">
         <v>0.15752</v>
       </c>
       <c r="M123" s="15">
         <v>0.15752</v>
       </c>
       <c r="N123" s="15">
-        <v>122</v>
+        <v>167</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E124" s="15">
         <v>10080020088</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I124" s="15"/>
@@ -11338,90 +11344,90 @@
       </c>
       <c r="E128" s="15">
         <v>10080020096</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>292</v>
       </c>
       <c r="J128" s="15">
         <v>100</v>
       </c>
       <c r="K128" s="15">
         <v>0.21632</v>
       </c>
       <c r="L128" s="15">
         <v>0.21632</v>
       </c>
       <c r="M128" s="15">
         <v>0.21632</v>
       </c>
       <c r="N128" s="15">
-        <v>207</v>
+        <v>264</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C129" s="15">
         <v>936010185</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E129" s="15">
         <v>10080020098</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>1</v>
       </c>
       <c r="K129" s="15">
         <v>0.18902</v>
       </c>
       <c r="L129" s="15">
         <v>0.18902</v>
       </c>
       <c r="M129" s="15">
         <v>0.18902</v>
       </c>
       <c r="N129" s="15">
-        <v>204</v>
+        <v>165</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C130" s="15">
         <v>936010187</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>294</v>
       </c>
       <c r="E130" s="15">
         <v>10080020100</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I130" s="15" t="s">
@@ -20149,168 +20155,168 @@
       <c r="D357" s="15">
         <v>936020002</v>
       </c>
       <c r="E357" s="15">
         <v>10080019868</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I357" s="15"/>
       <c r="J357" s="15">
         <v>500</v>
       </c>
       <c r="K357" s="15">
         <v>0.012</v>
       </c>
       <c r="L357" s="15">
         <v>0.012</v>
       </c>
       <c r="M357" s="15">
         <v>0.012</v>
       </c>
       <c r="N357" s="15">
-        <v>1656</v>
+        <v>1752</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C358" s="15" t="s">
         <v>805</v>
       </c>
       <c r="D358" s="15">
         <v>936020007</v>
       </c>
       <c r="E358" s="15">
         <v>10080019873</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I358" s="15"/>
       <c r="J358" s="15">
         <v>500</v>
       </c>
       <c r="K358" s="15">
         <v>0.012</v>
       </c>
       <c r="L358" s="15">
         <v>0.012</v>
       </c>
       <c r="M358" s="15">
         <v>0.012</v>
       </c>
       <c r="N358" s="15">
-        <v>1704</v>
+        <v>1824</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C359" s="15" t="s">
         <v>806</v>
       </c>
       <c r="D359" s="15">
         <v>936020011</v>
       </c>
       <c r="E359" s="15">
         <v>10080019877</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I359" s="15"/>
       <c r="J359" s="15">
         <v>500</v>
       </c>
       <c r="K359" s="15">
         <v>0.012</v>
       </c>
       <c r="L359" s="15">
         <v>0.012</v>
       </c>
       <c r="M359" s="15">
         <v>0.012</v>
       </c>
       <c r="N359" s="15">
-        <v>1470</v>
+        <v>1323</v>
       </c>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C360" s="15" t="s">
         <v>807</v>
       </c>
       <c r="D360" s="15">
         <v>936020024</v>
       </c>
       <c r="E360" s="15">
         <v>10080019890</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I360" s="15"/>
       <c r="J360" s="15">
         <v>500</v>
       </c>
       <c r="K360" s="15">
         <v>0.02023</v>
       </c>
       <c r="L360" s="15">
         <v>0.02023</v>
       </c>
       <c r="M360" s="15">
         <v>0.02023</v>
       </c>
       <c r="N360" s="15">
-        <v>1281</v>
+        <v>1260</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>808</v>
       </c>
       <c r="C361" s="15" t="s">
         <v>809</v>
       </c>
       <c r="D361" s="15">
         <v>936040077</v>
       </c>
       <c r="E361" s="15">
         <v>10080025677</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I361" s="15"/>
@@ -22098,53 +22104,51 @@
         <v>951</v>
       </c>
       <c r="E407" s="15" t="s">
         <v>952</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I407" s="15" t="s">
         <v>953</v>
       </c>
       <c r="J407" s="15">
         <v>50</v>
       </c>
       <c r="K407" s="15">
         <v>2.21</v>
       </c>
       <c r="L407" s="15">
         <v>1.92</v>
       </c>
       <c r="M407" s="15">
         <v>1.84</v>
       </c>
-      <c r="N407" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N407" s="15"/>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
         <v>923</v>
       </c>
       <c r="C408" s="15" t="s">
         <v>954</v>
       </c>
       <c r="D408" s="15" t="s">
         <v>955</v>
       </c>
       <c r="E408" s="15" t="s">
         <v>956</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I408" s="15"/>
       <c r="J408" s="15"/>
@@ -22333,51 +22337,51 @@
       <c r="D413" s="15" t="s">
         <v>971</v>
       </c>
       <c r="E413" s="15" t="s">
         <v>972</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I413" s="15"/>
       <c r="J413" s="15">
         <v>50</v>
       </c>
       <c r="K413" s="15">
         <v>6.17</v>
       </c>
       <c r="L413" s="15">
         <v>5.35</v>
       </c>
       <c r="M413" s="15">
         <v>5.14</v>
       </c>
       <c r="N413" s="15">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15">
         <v>400</v>
       </c>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C414" s="15" t="s">
         <v>973</v>
       </c>
       <c r="D414" s="15" t="s">
         <v>974</v>
       </c>
       <c r="E414" s="15" t="s">
         <v>975</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
         <v>30</v>
@@ -22450,51 +22454,51 @@
       </c>
       <c r="E416" s="15" t="s">
         <v>981</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I416" s="15" t="s">
         <v>982</v>
       </c>
       <c r="J416" s="15">
         <v>90</v>
       </c>
       <c r="K416" s="15">
         <v>3.62</v>
       </c>
       <c r="L416" s="15">
         <v>3.14</v>
       </c>
       <c r="M416" s="15">
         <v>3.02</v>
       </c>
       <c r="N416" s="15">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15">
         <v>720</v>
       </c>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C417" s="15" t="s">
         <v>983</v>
       </c>
       <c r="D417" s="15" t="s">
         <v>984</v>
       </c>
       <c r="E417" s="15" t="s">
         <v>985</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
         <v>30</v>
@@ -22569,51 +22573,51 @@
       <c r="D419" s="15" t="s">
         <v>991</v>
       </c>
       <c r="E419" s="15" t="s">
         <v>992</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I419" s="15" t="s">
         <v>993</v>
       </c>
       <c r="J419" s="15"/>
       <c r="K419" s="15">
         <v>4.74</v>
       </c>
       <c r="L419" s="15">
         <v>4.11</v>
       </c>
       <c r="M419" s="15">
         <v>3.95</v>
       </c>
       <c r="N419" s="15">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
         <v>994</v>
       </c>
       <c r="C420" s="15" t="s">
         <v>995</v>
       </c>
       <c r="D420" s="15" t="s">
         <v>996</v>
       </c>
       <c r="E420" s="15" t="s">
         <v>997</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I420" s="15"/>
@@ -22645,51 +22649,51 @@
       <c r="D421" s="15" t="s">
         <v>999</v>
       </c>
       <c r="E421" s="15" t="s">
         <v>1000</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I421" s="15" t="s">
         <v>1001</v>
       </c>
       <c r="J421" s="15"/>
       <c r="K421" s="15">
         <v>1.62</v>
       </c>
       <c r="L421" s="15">
         <v>1.4</v>
       </c>
       <c r="M421" s="15">
         <v>1.35</v>
       </c>
       <c r="N421" s="15">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
         <v>994</v>
       </c>
       <c r="C422" s="15" t="s">
         <v>1002</v>
       </c>
       <c r="D422" s="15" t="s">
         <v>1003</v>
       </c>
       <c r="E422" s="15">
         <v>10080076400</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I422" s="15" t="s">
@@ -22725,51 +22729,51 @@
       </c>
       <c r="E423" s="15" t="s">
         <v>1007</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I423" s="15" t="s">
         <v>1008</v>
       </c>
       <c r="J423" s="15">
         <v>35</v>
       </c>
       <c r="K423" s="15">
         <v>8.220000000000001</v>
       </c>
       <c r="L423" s="15">
         <v>7.13</v>
       </c>
       <c r="M423" s="15">
         <v>6.85</v>
       </c>
       <c r="N423" s="15">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15">
         <v>140</v>
       </c>
       <c r="R423"/>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C424" s="15" t="s">
         <v>1009</v>
       </c>
       <c r="D424" s="15" t="s">
         <v>1010</v>
       </c>
       <c r="E424" s="15">
         <v>10080050524</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15"/>
       <c r="H424" s="15" t="s">
         <v>30</v>
@@ -22879,51 +22883,51 @@
       <c r="D427" s="15" t="s">
         <v>1019</v>
       </c>
       <c r="E427" s="15" t="s">
         <v>1020</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I427" s="15"/>
       <c r="J427" s="15">
         <v>500</v>
       </c>
       <c r="K427" s="15">
         <v>0.11367</v>
       </c>
       <c r="L427" s="15">
         <v>0.09851</v>
       </c>
       <c r="M427" s="15">
         <v>0.09472999999999999</v>
       </c>
       <c r="N427" s="15">
-        <v>4000</v>
+        <v>4100</v>
       </c>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C428" s="15" t="s">
         <v>1021</v>
       </c>
       <c r="D428" s="15" t="s">
         <v>1022</v>
       </c>
       <c r="E428" s="15" t="s">
         <v>1023</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I428" s="15"/>
@@ -22998,1064 +23002,1064 @@
       </c>
       <c r="E430" s="15" t="s">
         <v>1029</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I430" s="15" t="s">
         <v>1030</v>
       </c>
       <c r="J430" s="15">
         <v>100</v>
       </c>
       <c r="K430" s="15">
         <v>0.27608</v>
       </c>
       <c r="L430" s="15">
         <v>0.2436</v>
       </c>
       <c r="M430" s="15">
         <v>0.21924</v>
       </c>
       <c r="N430" s="15">
-        <v>720</v>
+        <v>880</v>
       </c>
       <c r="O430" s="15"/>
       <c r="P430" s="15"/>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C431" s="15" t="s">
         <v>1031</v>
       </c>
       <c r="D431" s="15" t="s">
         <v>1032</v>
       </c>
       <c r="E431" s="15" t="s">
         <v>1033</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I431" s="15" t="s">
         <v>1034</v>
       </c>
       <c r="J431" s="15">
         <v>100</v>
       </c>
       <c r="K431" s="15">
         <v>0.27634</v>
       </c>
       <c r="L431" s="15">
         <v>0.24383</v>
       </c>
       <c r="M431" s="15">
         <v>0.21944</v>
       </c>
       <c r="N431" s="15">
-        <v>800</v>
+        <v>890</v>
       </c>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C432" s="15" t="s">
         <v>1035</v>
       </c>
       <c r="D432" s="15" t="s">
         <v>1036</v>
       </c>
       <c r="E432" s="15" t="s">
         <v>1037</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I432" s="15" t="s">
         <v>1038</v>
       </c>
       <c r="J432" s="15">
         <v>100</v>
       </c>
       <c r="K432" s="15">
         <v>0.27647</v>
       </c>
       <c r="L432" s="15">
         <v>0.24395</v>
       </c>
       <c r="M432" s="15">
         <v>0.21955</v>
       </c>
       <c r="N432" s="15">
-        <v>850</v>
+        <v>680</v>
       </c>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C433" s="15" t="s">
         <v>1039</v>
       </c>
       <c r="D433" s="15" t="s">
         <v>1040</v>
       </c>
       <c r="E433" s="15" t="s">
         <v>1041</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I433" s="15"/>
       <c r="J433" s="15">
         <v>100</v>
       </c>
       <c r="K433" s="15">
         <v>0.27639</v>
       </c>
       <c r="L433" s="15">
         <v>0.24387</v>
       </c>
       <c r="M433" s="15">
         <v>0.21948</v>
       </c>
       <c r="N433" s="15">
-        <v>688</v>
+        <v>575</v>
       </c>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C434" s="15" t="s">
         <v>1042</v>
       </c>
       <c r="D434" s="15" t="s">
         <v>1043</v>
       </c>
       <c r="E434" s="15" t="s">
         <v>1044</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I434" s="15"/>
       <c r="J434" s="15">
         <v>100</v>
       </c>
       <c r="K434" s="15">
         <v>0.27639</v>
       </c>
       <c r="L434" s="15">
         <v>0.24387</v>
       </c>
       <c r="M434" s="15">
         <v>0.21948</v>
       </c>
       <c r="N434" s="15">
-        <v>738</v>
+        <v>699</v>
       </c>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C435" s="15" t="s">
         <v>1045</v>
       </c>
       <c r="D435" s="15" t="s">
         <v>1046</v>
       </c>
       <c r="E435" s="15" t="s">
         <v>1047</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I435" s="15"/>
       <c r="J435" s="15">
         <v>100</v>
       </c>
       <c r="K435" s="15">
         <v>0.27632</v>
       </c>
       <c r="L435" s="15">
         <v>0.24381</v>
       </c>
       <c r="M435" s="15">
         <v>0.21943</v>
       </c>
       <c r="N435" s="15">
-        <v>647</v>
+        <v>667</v>
       </c>
       <c r="O435" s="15"/>
       <c r="P435" s="15"/>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C436" s="15" t="s">
         <v>1048</v>
       </c>
       <c r="D436" s="15" t="s">
         <v>1049</v>
       </c>
       <c r="E436" s="15" t="s">
         <v>1050</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I436" s="15" t="s">
         <v>1051</v>
       </c>
       <c r="J436" s="15">
         <v>100</v>
       </c>
       <c r="K436" s="15">
         <v>0.27586</v>
       </c>
       <c r="L436" s="15">
         <v>0.24341</v>
       </c>
       <c r="M436" s="15">
         <v>0.21906</v>
       </c>
       <c r="N436" s="15">
-        <v>810</v>
+        <v>670</v>
       </c>
       <c r="O436" s="15"/>
       <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C437" s="15" t="s">
         <v>1052</v>
       </c>
       <c r="D437" s="15" t="s">
         <v>1053</v>
       </c>
       <c r="E437" s="15" t="s">
         <v>1054</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I437" s="15" t="s">
         <v>1055</v>
       </c>
       <c r="J437" s="15">
         <v>100</v>
       </c>
       <c r="K437" s="15">
         <v>0.27642</v>
       </c>
       <c r="L437" s="15">
         <v>0.2439</v>
       </c>
       <c r="M437" s="15">
         <v>0.21951</v>
       </c>
       <c r="N437" s="15">
-        <v>522</v>
+        <v>552</v>
       </c>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C438" s="15" t="s">
         <v>1056</v>
       </c>
       <c r="D438" s="15" t="s">
         <v>1057</v>
       </c>
       <c r="E438" s="15" t="s">
         <v>1058</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I438" s="15" t="s">
         <v>1059</v>
       </c>
       <c r="J438" s="15">
         <v>100</v>
       </c>
       <c r="K438" s="15">
         <v>0.27634</v>
       </c>
       <c r="L438" s="15">
         <v>0.24383</v>
       </c>
       <c r="M438" s="15">
         <v>0.21944</v>
       </c>
       <c r="N438" s="15">
-        <v>710</v>
+        <v>860</v>
       </c>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C439" s="15" t="s">
         <v>1060</v>
       </c>
       <c r="D439" s="15" t="s">
         <v>1061</v>
       </c>
       <c r="E439" s="15" t="s">
         <v>1062</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I439" s="15"/>
       <c r="J439" s="15">
         <v>100</v>
       </c>
       <c r="K439" s="15">
         <v>0.27634</v>
       </c>
       <c r="L439" s="15">
         <v>0.24383</v>
       </c>
       <c r="M439" s="15">
         <v>0.21944</v>
       </c>
       <c r="N439" s="15">
-        <v>757</v>
+        <v>597</v>
       </c>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C440" s="15" t="s">
         <v>1063</v>
       </c>
       <c r="D440" s="15" t="s">
         <v>1064</v>
       </c>
       <c r="E440" s="15" t="s">
         <v>1065</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I440" s="15"/>
       <c r="J440" s="15">
         <v>100</v>
       </c>
       <c r="K440" s="15">
         <v>0.27628</v>
       </c>
       <c r="L440" s="15">
         <v>0.24378</v>
       </c>
       <c r="M440" s="15">
         <v>0.2194</v>
       </c>
       <c r="N440" s="15">
-        <v>689</v>
+        <v>844</v>
       </c>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C441" s="15" t="s">
         <v>1066</v>
       </c>
       <c r="D441" s="15" t="s">
         <v>1067</v>
       </c>
       <c r="E441" s="15" t="s">
         <v>1068</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I441" s="15"/>
       <c r="J441" s="15">
         <v>100</v>
       </c>
       <c r="K441" s="15">
         <v>0.27632</v>
       </c>
       <c r="L441" s="15">
         <v>0.24381</v>
       </c>
       <c r="M441" s="15">
         <v>0.21943</v>
       </c>
       <c r="N441" s="15">
-        <v>814</v>
+        <v>618</v>
       </c>
       <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C442" s="15" t="s">
         <v>1069</v>
       </c>
       <c r="D442" s="15" t="s">
         <v>1070</v>
       </c>
       <c r="E442" s="15" t="s">
         <v>1071</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I442" s="15" t="s">
         <v>1072</v>
       </c>
       <c r="J442" s="15">
         <v>100</v>
       </c>
       <c r="K442" s="15">
         <v>0.24332</v>
       </c>
       <c r="L442" s="15">
         <v>0.2147</v>
       </c>
       <c r="M442" s="15">
         <v>0.19323</v>
       </c>
       <c r="N442" s="15">
-        <v>880</v>
+        <v>650</v>
       </c>
       <c r="O442" s="15"/>
       <c r="P442" s="15"/>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C443" s="15" t="s">
         <v>1073</v>
       </c>
       <c r="D443" s="15" t="s">
         <v>1074</v>
       </c>
       <c r="E443" s="15" t="s">
         <v>1075</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I443" s="15" t="s">
         <v>1076</v>
       </c>
       <c r="J443" s="15">
         <v>100</v>
       </c>
       <c r="K443" s="15">
         <v>0.24371</v>
       </c>
       <c r="L443" s="15">
         <v>0.21504</v>
       </c>
       <c r="M443" s="15">
         <v>0.19354</v>
       </c>
       <c r="N443" s="15">
-        <v>740</v>
+        <v>830</v>
       </c>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C444" s="15" t="s">
         <v>1077</v>
       </c>
       <c r="D444" s="15" t="s">
         <v>1078</v>
       </c>
       <c r="E444" s="15" t="s">
         <v>1079</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I444" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="J444" s="15">
         <v>100</v>
       </c>
       <c r="K444" s="15">
         <v>0.24322</v>
       </c>
       <c r="L444" s="15">
         <v>0.21461</v>
       </c>
       <c r="M444" s="15">
         <v>0.19314</v>
       </c>
       <c r="N444" s="15">
-        <v>850</v>
+        <v>610</v>
       </c>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C445" s="15" t="s">
         <v>1081</v>
       </c>
       <c r="D445" s="15" t="s">
         <v>1082</v>
       </c>
       <c r="E445" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I445" s="15" t="s">
         <v>1084</v>
       </c>
       <c r="J445" s="15">
         <v>100</v>
       </c>
       <c r="K445" s="15">
         <v>0.24342</v>
       </c>
       <c r="L445" s="15">
         <v>0.21479</v>
       </c>
       <c r="M445" s="15">
         <v>0.19331</v>
       </c>
       <c r="N445" s="15">
-        <v>900</v>
+        <v>790</v>
       </c>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C446" s="15" t="s">
         <v>1085</v>
       </c>
       <c r="D446" s="15" t="s">
         <v>1086</v>
       </c>
       <c r="E446" s="15" t="s">
         <v>1087</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I446" s="15" t="s">
         <v>1088</v>
       </c>
       <c r="J446" s="15">
         <v>100</v>
       </c>
       <c r="K446" s="15">
         <v>0.24368</v>
       </c>
       <c r="L446" s="15">
         <v>0.21501</v>
       </c>
       <c r="M446" s="15">
         <v>0.19351</v>
       </c>
       <c r="N446" s="15">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C447" s="15" t="s">
         <v>1089</v>
       </c>
       <c r="D447" s="15" t="s">
         <v>1090</v>
       </c>
       <c r="E447" s="15" t="s">
         <v>1091</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I447" s="15" t="s">
         <v>1092</v>
       </c>
       <c r="J447" s="15">
         <v>100</v>
       </c>
       <c r="K447" s="15">
         <v>0.24366</v>
       </c>
       <c r="L447" s="15">
         <v>0.215</v>
       </c>
       <c r="M447" s="15">
         <v>0.1935</v>
       </c>
       <c r="N447" s="15">
-        <v>700</v>
+        <v>620</v>
       </c>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C448" s="15" t="s">
         <v>1093</v>
       </c>
       <c r="D448" s="15" t="s">
         <v>1094</v>
       </c>
       <c r="E448" s="15" t="s">
         <v>1095</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I448" s="15" t="s">
         <v>1096</v>
       </c>
       <c r="J448" s="15">
         <v>100</v>
       </c>
       <c r="K448" s="15">
         <v>0.24356</v>
       </c>
       <c r="L448" s="15">
         <v>0.21491</v>
       </c>
       <c r="M448" s="15">
         <v>0.19341</v>
       </c>
       <c r="N448" s="15">
-        <v>880</v>
+        <v>830</v>
       </c>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C449" s="15" t="s">
         <v>1097</v>
       </c>
       <c r="D449" s="15" t="s">
         <v>1098</v>
       </c>
       <c r="E449" s="15" t="s">
         <v>1099</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I449" s="15" t="s">
         <v>1100</v>
       </c>
       <c r="J449" s="15">
         <v>100</v>
       </c>
       <c r="K449" s="15">
         <v>0.24266</v>
       </c>
       <c r="L449" s="15">
         <v>0.21411</v>
       </c>
       <c r="M449" s="15">
         <v>0.1927</v>
       </c>
       <c r="N449" s="15">
-        <v>720</v>
+        <v>810</v>
       </c>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C450" s="15" t="s">
         <v>1101</v>
       </c>
       <c r="D450" s="15" t="s">
         <v>1102</v>
       </c>
       <c r="E450" s="15" t="s">
         <v>1103</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I450" s="15" t="s">
         <v>1104</v>
       </c>
       <c r="J450" s="15">
         <v>100</v>
       </c>
       <c r="K450" s="15">
         <v>0.2431</v>
       </c>
       <c r="L450" s="15">
         <v>0.2145</v>
       </c>
       <c r="M450" s="15">
         <v>0.19305</v>
       </c>
       <c r="N450" s="15">
-        <v>610</v>
+        <v>900</v>
       </c>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C451" s="15" t="s">
         <v>1105</v>
       </c>
       <c r="D451" s="15" t="s">
         <v>1106</v>
       </c>
       <c r="E451" s="15" t="s">
         <v>1107</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I451" s="15" t="s">
         <v>1108</v>
       </c>
       <c r="J451" s="15">
         <v>100</v>
       </c>
       <c r="K451" s="15">
         <v>0.24281</v>
       </c>
       <c r="L451" s="15">
         <v>0.21425</v>
       </c>
       <c r="M451" s="15">
         <v>0.19282</v>
       </c>
       <c r="N451" s="15">
-        <v>600</v>
+        <v>720</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C452" s="15" t="s">
         <v>1109</v>
       </c>
       <c r="D452" s="15" t="s">
         <v>1110</v>
       </c>
       <c r="E452" s="15" t="s">
         <v>1111</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I452" s="15" t="s">
         <v>1112</v>
       </c>
       <c r="J452" s="15">
         <v>100</v>
       </c>
       <c r="K452" s="15">
         <v>0.24319</v>
       </c>
       <c r="L452" s="15">
         <v>0.21458</v>
       </c>
       <c r="M452" s="15">
         <v>0.19312</v>
       </c>
       <c r="N452" s="15">
-        <v>620</v>
+        <v>770</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C453" s="15" t="s">
         <v>1113</v>
       </c>
       <c r="D453" s="15" t="s">
         <v>1114</v>
       </c>
       <c r="E453" s="15" t="s">
         <v>1115</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I453" s="15" t="s">
         <v>1116</v>
       </c>
       <c r="J453" s="15">
         <v>100</v>
       </c>
       <c r="K453" s="15">
         <v>0.24319</v>
       </c>
       <c r="L453" s="15">
         <v>0.21458</v>
       </c>
       <c r="M453" s="15">
         <v>0.19312</v>
       </c>
       <c r="N453" s="15">
-        <v>620</v>
+        <v>890</v>
       </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C454" s="15" t="s">
         <v>1117</v>
       </c>
       <c r="D454" s="15" t="s">
         <v>1118</v>
       </c>
       <c r="E454" s="15" t="s">
         <v>1119</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I454" s="15" t="s">
         <v>1120</v>
       </c>
       <c r="J454" s="15">
         <v>100</v>
       </c>
       <c r="K454" s="15">
         <v>0.24298</v>
       </c>
       <c r="L454" s="15">
         <v>0.2144</v>
       </c>
       <c r="M454" s="15">
         <v>0.19296</v>
       </c>
       <c r="N454" s="15">
-        <v>860</v>
+        <v>750</v>
       </c>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C455" s="15" t="s">
         <v>1121</v>
       </c>
       <c r="D455" s="15" t="s">
         <v>1122</v>
       </c>
       <c r="E455" s="15" t="s">
         <v>1123</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I455" s="15" t="s">
         <v>1124</v>
       </c>
       <c r="J455" s="15">
         <v>100</v>
       </c>
       <c r="K455" s="15">
         <v>0.24285</v>
       </c>
       <c r="L455" s="15">
         <v>0.21428</v>
       </c>
       <c r="M455" s="15">
         <v>0.19285</v>
       </c>
       <c r="N455" s="15">
-        <v>670</v>
+        <v>630</v>
       </c>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C456" s="15" t="s">
         <v>1126</v>
       </c>
       <c r="D456" s="15" t="s">
         <v>1127</v>
       </c>
       <c r="E456" s="15" t="s">
         <v>1128</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I456" s="15"/>
@@ -24251,51 +24255,51 @@
       <c r="D461" s="15" t="s">
         <v>1145</v>
       </c>
       <c r="E461" s="15" t="s">
         <v>1146</v>
       </c>
       <c r="F461" s="15"/>
       <c r="G461" s="15"/>
       <c r="H461" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I461" s="15"/>
       <c r="J461" s="15">
         <v>1</v>
       </c>
       <c r="K461" s="15">
         <v>4.89</v>
       </c>
       <c r="L461" s="15">
         <v>4.31</v>
       </c>
       <c r="M461" s="15">
         <v>3.88</v>
       </c>
       <c r="N461" s="15">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="O461" s="15"/>
       <c r="P461" s="15"/>
       <c r="Q461" s="15"/>
       <c r="R461"/>
     </row>
     <row r="462" spans="1:18">
       <c r="B462" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C462" s="15" t="s">
         <v>1147</v>
       </c>
       <c r="D462" s="15" t="s">
         <v>1148</v>
       </c>
       <c r="E462" s="15" t="s">
         <v>1149</v>
       </c>
       <c r="F462" s="15"/>
       <c r="G462" s="15"/>
       <c r="H462" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I462" s="15" t="s">
@@ -24371,53 +24375,51 @@
         <v>1155</v>
       </c>
       <c r="E464" s="15" t="s">
         <v>1156</v>
       </c>
       <c r="F464" s="15"/>
       <c r="G464" s="15"/>
       <c r="H464" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I464" s="15" t="s">
         <v>1157</v>
       </c>
       <c r="J464" s="15">
         <v>1</v>
       </c>
       <c r="K464" s="15">
         <v>5.08</v>
       </c>
       <c r="L464" s="15">
         <v>4.48</v>
       </c>
       <c r="M464" s="15">
         <v>4.03</v>
       </c>
-      <c r="N464" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N464" s="15"/>
       <c r="O464" s="15"/>
       <c r="P464" s="15"/>
       <c r="Q464" s="15"/>
       <c r="R464"/>
     </row>
     <row r="465" spans="1:18">
       <c r="B465" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C465" s="15" t="s">
         <v>1158</v>
       </c>
       <c r="D465" s="15" t="s">
         <v>1159</v>
       </c>
       <c r="E465" s="15" t="s">
         <v>1160</v>
       </c>
       <c r="F465" s="15"/>
       <c r="G465" s="15"/>
       <c r="H465" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I465" s="15" t="s">
         <v>1161</v>
@@ -24531,53 +24533,51 @@
       </c>
       <c r="D468" s="15" t="s">
         <v>1170</v>
       </c>
       <c r="E468" s="15" t="s">
         <v>1171</v>
       </c>
       <c r="F468" s="15"/>
       <c r="G468" s="15"/>
       <c r="H468" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I468" s="15"/>
       <c r="J468" s="15">
         <v>1</v>
       </c>
       <c r="K468" s="15">
         <v>8.59</v>
       </c>
       <c r="L468" s="15">
         <v>7.58</v>
       </c>
       <c r="M468" s="15">
         <v>6.82</v>
       </c>
-      <c r="N468" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N468" s="15"/>
       <c r="O468" s="15"/>
       <c r="P468" s="15"/>
       <c r="Q468" s="15"/>
       <c r="R468"/>
     </row>
     <row r="469" spans="1:18">
       <c r="B469" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C469" s="15" t="s">
         <v>1172</v>
       </c>
       <c r="D469" s="15" t="s">
         <v>1173</v>
       </c>
       <c r="E469" s="15" t="s">
         <v>1174</v>
       </c>
       <c r="F469" s="15"/>
       <c r="G469" s="15"/>
       <c r="H469" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I469" s="15"/>
       <c r="J469" s="15">
@@ -24925,9325 +24925,9309 @@
         <v>1201</v>
       </c>
       <c r="E478" s="15" t="s">
         <v>1202</v>
       </c>
       <c r="F478" s="15"/>
       <c r="G478" s="15"/>
       <c r="H478" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I478" s="15" t="s">
         <v>1203</v>
       </c>
       <c r="J478" s="15">
         <v>1</v>
       </c>
       <c r="K478" s="15">
         <v>5.15</v>
       </c>
       <c r="L478" s="15">
         <v>4.55</v>
       </c>
       <c r="M478" s="15">
         <v>4.09</v>
       </c>
-      <c r="N478" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N478" s="15"/>
       <c r="O478" s="15">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="P478" s="15"/>
+        <v>23</v>
+      </c>
+      <c r="P478" s="15" t="s">
+        <v>1204</v>
+      </c>
       <c r="Q478" s="15"/>
       <c r="R478"/>
     </row>
     <row r="479" spans="1:18">
       <c r="B479" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C479" s="15" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="D479" s="15" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="E479" s="15" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="F479" s="15"/>
       <c r="G479" s="15"/>
       <c r="H479" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I479" s="15"/>
       <c r="J479" s="15">
         <v>1</v>
       </c>
       <c r="K479" s="15">
         <v>5.14</v>
       </c>
       <c r="L479" s="15">
         <v>4.54</v>
       </c>
       <c r="M479" s="15">
         <v>4.08</v>
       </c>
       <c r="N479" s="15">
         <v>10</v>
       </c>
       <c r="O479" s="15"/>
       <c r="P479" s="15"/>
       <c r="Q479" s="15"/>
       <c r="R479"/>
     </row>
     <row r="480" spans="1:18">
       <c r="B480" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C480" s="15" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="D480" s="15" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="E480" s="15" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="F480" s="15"/>
       <c r="G480" s="15"/>
       <c r="H480" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I480" s="15"/>
       <c r="J480" s="15">
         <v>1</v>
       </c>
       <c r="K480" s="15">
         <v>5.14</v>
       </c>
       <c r="L480" s="15">
         <v>4.54</v>
       </c>
       <c r="M480" s="15">
         <v>4.08</v>
       </c>
       <c r="N480" s="15">
         <v>10</v>
       </c>
       <c r="O480" s="15"/>
       <c r="P480" s="15"/>
       <c r="Q480" s="15"/>
       <c r="R480"/>
     </row>
     <row r="481" spans="1:18">
       <c r="B481" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C481" s="15" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="D481" s="15" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="E481" s="15" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="F481" s="15"/>
       <c r="G481" s="15"/>
       <c r="H481" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I481" s="15"/>
       <c r="J481" s="15">
         <v>1</v>
       </c>
       <c r="K481" s="15">
         <v>6.36</v>
       </c>
       <c r="L481" s="15">
         <v>5.61</v>
       </c>
       <c r="M481" s="15">
         <v>5.05</v>
       </c>
       <c r="N481" s="15">
         <v>10</v>
       </c>
       <c r="O481" s="15"/>
       <c r="P481" s="15"/>
       <c r="Q481" s="15"/>
       <c r="R481"/>
     </row>
     <row r="482" spans="1:18">
       <c r="B482" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C482" s="15" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="D482" s="15" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="E482" s="15" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="F482" s="15"/>
       <c r="G482" s="15"/>
       <c r="H482" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I482" s="15"/>
       <c r="J482" s="15">
         <v>1</v>
       </c>
       <c r="K482" s="15">
         <v>6.34</v>
       </c>
       <c r="L482" s="15">
         <v>5.59</v>
       </c>
       <c r="M482" s="15">
         <v>5.03</v>
       </c>
       <c r="N482" s="15">
         <v>10</v>
       </c>
       <c r="O482" s="15"/>
       <c r="P482" s="15"/>
       <c r="Q482" s="15"/>
       <c r="R482"/>
     </row>
     <row r="483" spans="1:18">
       <c r="B483" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C483" s="15" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D483" s="15" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="E483" s="15" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F483" s="15"/>
       <c r="G483" s="15"/>
       <c r="H483" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I483" s="15"/>
       <c r="J483" s="15">
         <v>1</v>
       </c>
       <c r="K483" s="15">
         <v>6.34</v>
       </c>
       <c r="L483" s="15">
         <v>5.6</v>
       </c>
       <c r="M483" s="15">
         <v>5.04</v>
       </c>
-      <c r="N483" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N483" s="15"/>
       <c r="O483" s="15"/>
       <c r="P483" s="15"/>
       <c r="Q483" s="15"/>
       <c r="R483"/>
     </row>
     <row r="484" spans="1:18">
       <c r="B484" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C484" s="15" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="D484" s="15" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="E484" s="15" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="F484" s="15"/>
       <c r="G484" s="15"/>
       <c r="H484" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I484" s="15" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="J484" s="15">
         <v>1</v>
       </c>
       <c r="K484" s="15">
         <v>5.44</v>
       </c>
       <c r="L484" s="15">
         <v>4.8</v>
       </c>
       <c r="M484" s="15">
         <v>4.32</v>
       </c>
       <c r="N484" s="15">
         <v>10</v>
       </c>
       <c r="O484" s="15"/>
       <c r="P484" s="15"/>
       <c r="Q484" s="15"/>
       <c r="R484"/>
     </row>
     <row r="485" spans="1:18">
       <c r="B485" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C485" s="15" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="D485" s="15" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="E485" s="15" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="F485" s="15"/>
       <c r="G485" s="15"/>
       <c r="H485" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I485" s="15" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="J485" s="15">
         <v>1</v>
       </c>
       <c r="K485" s="15">
         <v>7.33</v>
       </c>
       <c r="L485" s="15">
         <v>6.47</v>
       </c>
       <c r="M485" s="15">
         <v>5.82</v>
       </c>
       <c r="N485" s="15">
         <v>10</v>
       </c>
       <c r="O485" s="15"/>
       <c r="P485" s="15"/>
       <c r="Q485" s="15"/>
       <c r="R485"/>
     </row>
     <row r="486" spans="1:18">
       <c r="B486" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C486" s="15" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="D486" s="15" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="E486" s="15" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="F486" s="15"/>
       <c r="G486" s="15"/>
       <c r="H486" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I486" s="15" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="J486" s="15">
         <v>1</v>
       </c>
       <c r="K486" s="15">
         <v>5.65</v>
       </c>
       <c r="L486" s="15">
         <v>4.99</v>
       </c>
       <c r="M486" s="15">
         <v>4.49</v>
       </c>
       <c r="N486" s="15">
         <v>10</v>
       </c>
       <c r="O486" s="15"/>
       <c r="P486" s="15"/>
       <c r="Q486" s="15"/>
       <c r="R486"/>
     </row>
     <row r="487" spans="1:18">
       <c r="B487" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C487" s="15" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="D487" s="15" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="E487" s="15" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="F487" s="15"/>
       <c r="G487" s="15"/>
       <c r="H487" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I487" s="15"/>
       <c r="J487" s="15">
         <v>1</v>
       </c>
       <c r="K487" s="15">
         <v>5.63</v>
       </c>
       <c r="L487" s="15">
         <v>4.97</v>
       </c>
       <c r="M487" s="15">
         <v>4.47</v>
       </c>
       <c r="N487" s="15">
         <v>10</v>
       </c>
       <c r="O487" s="15"/>
       <c r="P487" s="15"/>
       <c r="Q487" s="15"/>
       <c r="R487"/>
     </row>
     <row r="488" spans="1:18">
       <c r="B488" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C488" s="15" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="D488" s="15" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="E488" s="15" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="F488" s="15"/>
       <c r="G488" s="15"/>
       <c r="H488" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I488" s="15"/>
       <c r="J488" s="15">
         <v>1</v>
       </c>
       <c r="K488" s="15">
         <v>7.78</v>
       </c>
       <c r="L488" s="15">
         <v>6.86</v>
       </c>
       <c r="M488" s="15">
         <v>6.18</v>
       </c>
-      <c r="N488" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N488" s="15"/>
       <c r="O488" s="15"/>
       <c r="P488" s="15"/>
       <c r="Q488" s="15"/>
       <c r="R488"/>
     </row>
     <row r="489" spans="1:18">
       <c r="B489" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C489" s="15" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="D489" s="15" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="E489" s="15" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="F489" s="15"/>
       <c r="G489" s="15"/>
       <c r="H489" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I489" s="15"/>
       <c r="J489" s="15">
         <v>5</v>
       </c>
       <c r="K489" s="15">
         <v>7.78</v>
       </c>
       <c r="L489" s="15">
         <v>6.86</v>
       </c>
       <c r="M489" s="15">
         <v>6.18</v>
       </c>
-      <c r="N489" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N489" s="15"/>
       <c r="O489" s="15"/>
       <c r="P489" s="15"/>
       <c r="Q489" s="15"/>
       <c r="R489"/>
     </row>
     <row r="490" spans="1:18">
       <c r="B490" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C490" s="15" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="D490" s="15" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="E490" s="15" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="F490" s="15"/>
       <c r="G490" s="15"/>
       <c r="H490" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I490" s="15"/>
       <c r="J490" s="15">
         <v>1</v>
       </c>
       <c r="K490" s="15">
         <v>6.29</v>
       </c>
       <c r="L490" s="15">
         <v>5.55</v>
       </c>
       <c r="M490" s="15">
         <v>5</v>
       </c>
       <c r="N490" s="15">
         <v>10</v>
       </c>
       <c r="O490" s="15"/>
       <c r="P490" s="15"/>
       <c r="Q490" s="15"/>
       <c r="R490"/>
     </row>
     <row r="491" spans="1:18">
       <c r="B491" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C491" s="15" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="D491" s="15" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="E491" s="15" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="F491" s="15"/>
       <c r="G491" s="15"/>
       <c r="H491" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I491" s="15"/>
       <c r="J491" s="15">
         <v>1</v>
       </c>
       <c r="K491" s="15">
         <v>5.79</v>
       </c>
       <c r="L491" s="15">
         <v>5.11</v>
       </c>
       <c r="M491" s="15">
         <v>4.6</v>
       </c>
       <c r="N491" s="15">
         <v>10</v>
       </c>
       <c r="O491" s="15"/>
       <c r="P491" s="15"/>
       <c r="Q491" s="15"/>
       <c r="R491"/>
     </row>
     <row r="492" spans="1:18">
       <c r="B492" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C492" s="15" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="D492" s="15" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="E492" s="15" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="F492" s="15"/>
       <c r="G492" s="15"/>
       <c r="H492" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I492" s="15"/>
       <c r="J492" s="15">
         <v>1</v>
       </c>
       <c r="K492" s="15">
         <v>8.140000000000001</v>
       </c>
       <c r="L492" s="15">
         <v>7.18</v>
       </c>
       <c r="M492" s="15">
         <v>6.47</v>
       </c>
       <c r="N492" s="15">
         <v>10</v>
       </c>
       <c r="O492" s="15"/>
       <c r="P492" s="15"/>
       <c r="Q492" s="15"/>
       <c r="R492"/>
     </row>
     <row r="493" spans="1:18">
       <c r="B493" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C493" s="15" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="D493" s="15" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="E493" s="15" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="F493" s="15"/>
       <c r="G493" s="15"/>
       <c r="H493" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I493" s="15" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="J493" s="15">
         <v>1</v>
       </c>
       <c r="K493" s="15">
         <v>9.16</v>
       </c>
       <c r="L493" s="15">
         <v>8.08</v>
       </c>
       <c r="M493" s="15">
         <v>7.27</v>
       </c>
       <c r="N493" s="15"/>
       <c r="O493" s="15">
         <v>20</v>
       </c>
-      <c r="P493" s="15"/>
+      <c r="P493" s="15" t="s">
+        <v>1204</v>
+      </c>
       <c r="Q493" s="15"/>
       <c r="R493"/>
     </row>
     <row r="494" spans="1:18">
       <c r="B494" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C494" s="15" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="D494" s="15" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="E494" s="15" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="F494" s="15"/>
       <c r="G494" s="15"/>
       <c r="H494" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I494" s="15" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="J494" s="15">
         <v>1</v>
       </c>
       <c r="K494" s="15">
         <v>5.8</v>
       </c>
       <c r="L494" s="15">
         <v>5.12</v>
       </c>
       <c r="M494" s="15">
         <v>4.61</v>
       </c>
       <c r="N494" s="15">
         <v>10</v>
       </c>
       <c r="O494" s="15"/>
       <c r="P494" s="15"/>
       <c r="Q494" s="15"/>
       <c r="R494"/>
     </row>
     <row r="495" spans="1:18">
       <c r="B495" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C495" s="15" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="D495" s="15" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="E495" s="15" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="F495" s="15"/>
       <c r="G495" s="15"/>
       <c r="H495" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I495" s="15" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="J495" s="15">
         <v>1</v>
       </c>
       <c r="K495" s="15">
         <v>9.199999999999999</v>
       </c>
       <c r="L495" s="15">
         <v>8.109999999999999</v>
       </c>
       <c r="M495" s="15">
         <v>7.3</v>
       </c>
-      <c r="N495" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N495" s="15"/>
       <c r="O495" s="15"/>
       <c r="P495" s="15"/>
       <c r="Q495" s="15"/>
       <c r="R495"/>
     </row>
     <row r="496" spans="1:18">
       <c r="B496" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C496" s="15" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="D496" s="15" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="E496" s="15" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="F496" s="15"/>
       <c r="G496" s="15"/>
       <c r="H496" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I496" s="15"/>
       <c r="J496" s="15">
         <v>1</v>
       </c>
       <c r="K496" s="15">
         <v>3.24</v>
       </c>
       <c r="L496" s="15">
         <v>2.86</v>
       </c>
       <c r="M496" s="15">
         <v>2.57</v>
       </c>
       <c r="N496" s="15">
         <v>10</v>
       </c>
       <c r="O496" s="15"/>
       <c r="P496" s="15"/>
       <c r="Q496" s="15"/>
       <c r="R496"/>
     </row>
     <row r="497" spans="1:18">
       <c r="B497" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C497" s="15" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="D497" s="15" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="E497" s="15" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="F497" s="15"/>
       <c r="G497" s="15"/>
       <c r="H497" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I497" s="15" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="J497" s="15">
         <v>1</v>
       </c>
       <c r="K497" s="15">
         <v>3.24</v>
       </c>
       <c r="L497" s="15">
         <v>2.86</v>
       </c>
       <c r="M497" s="15">
         <v>2.57</v>
       </c>
       <c r="N497" s="15">
         <v>1</v>
       </c>
       <c r="O497" s="15"/>
       <c r="P497" s="15"/>
       <c r="Q497" s="15"/>
       <c r="R497"/>
     </row>
     <row r="498" spans="1:18">
       <c r="B498" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C498" s="15" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="D498" s="15" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="E498" s="15" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="F498" s="15"/>
       <c r="G498" s="15"/>
       <c r="H498" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I498" s="15"/>
       <c r="J498" s="15">
         <v>1</v>
       </c>
       <c r="K498" s="15">
         <v>12.54</v>
       </c>
       <c r="L498" s="15">
         <v>11.07</v>
       </c>
       <c r="M498" s="15">
         <v>9.960000000000001</v>
       </c>
       <c r="N498" s="15">
         <v>10</v>
       </c>
       <c r="O498" s="15"/>
       <c r="P498" s="15"/>
       <c r="Q498" s="15"/>
       <c r="R498"/>
     </row>
     <row r="499" spans="1:18">
       <c r="B499" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C499" s="15" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="D499" s="15" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="E499" s="15" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="F499" s="15"/>
       <c r="G499" s="15"/>
       <c r="H499" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I499" s="15"/>
       <c r="J499" s="15">
         <v>1</v>
       </c>
       <c r="K499" s="15">
         <v>11.93</v>
       </c>
       <c r="L499" s="15">
         <v>10.53</v>
       </c>
       <c r="M499" s="15">
         <v>9.48</v>
       </c>
       <c r="N499" s="15">
         <v>10</v>
       </c>
       <c r="O499" s="15"/>
       <c r="P499" s="15"/>
       <c r="Q499" s="15"/>
       <c r="R499"/>
     </row>
     <row r="500" spans="1:18">
       <c r="B500" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C500" s="15" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="D500" s="15" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="E500" s="15" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F500" s="15"/>
       <c r="G500" s="15"/>
       <c r="H500" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I500" s="15"/>
       <c r="J500" s="15">
         <v>1</v>
       </c>
       <c r="K500" s="15">
         <v>5.96</v>
       </c>
       <c r="L500" s="15">
         <v>5.26</v>
       </c>
       <c r="M500" s="15">
         <v>4.73</v>
       </c>
       <c r="N500" s="15">
         <v>10</v>
       </c>
       <c r="O500" s="15"/>
       <c r="P500" s="15"/>
       <c r="Q500" s="15"/>
       <c r="R500"/>
     </row>
     <row r="501" spans="1:18">
       <c r="B501" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C501" s="15" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="D501" s="15" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="E501" s="15" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="F501" s="15"/>
       <c r="G501" s="15"/>
       <c r="H501" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I501" s="15"/>
       <c r="J501" s="15">
         <v>1</v>
       </c>
       <c r="K501" s="15">
         <v>5.94</v>
       </c>
       <c r="L501" s="15">
         <v>5.25</v>
       </c>
       <c r="M501" s="15">
         <v>4.72</v>
       </c>
       <c r="N501" s="15">
         <v>10</v>
       </c>
       <c r="O501" s="15"/>
       <c r="P501" s="15"/>
       <c r="Q501" s="15"/>
       <c r="R501"/>
     </row>
     <row r="502" spans="1:18">
       <c r="B502" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C502" s="15" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="D502" s="15" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="E502" s="15" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="F502" s="15"/>
       <c r="G502" s="15"/>
       <c r="H502" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I502" s="15"/>
       <c r="J502" s="15">
         <v>1</v>
       </c>
       <c r="K502" s="15">
         <v>7.33</v>
       </c>
       <c r="L502" s="15">
         <v>6.47</v>
       </c>
       <c r="M502" s="15">
         <v>5.82</v>
       </c>
       <c r="N502" s="15">
         <v>10</v>
       </c>
       <c r="O502" s="15"/>
       <c r="P502" s="15"/>
       <c r="Q502" s="15"/>
       <c r="R502"/>
     </row>
     <row r="503" spans="1:18">
       <c r="B503" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C503" s="15" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="D503" s="15" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="E503" s="15" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="F503" s="15"/>
       <c r="G503" s="15"/>
       <c r="H503" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I503" s="15"/>
       <c r="J503" s="15">
         <v>1</v>
       </c>
       <c r="K503" s="15">
         <v>7.38</v>
       </c>
       <c r="L503" s="15">
         <v>6.51</v>
       </c>
       <c r="M503" s="15">
         <v>5.86</v>
       </c>
       <c r="N503" s="15">
         <v>10</v>
       </c>
       <c r="O503" s="15"/>
       <c r="P503" s="15"/>
       <c r="Q503" s="15"/>
       <c r="R503"/>
     </row>
     <row r="504" spans="1:18">
       <c r="B504" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C504" s="15" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="D504" s="15" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="E504" s="15" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F504" s="15"/>
       <c r="G504" s="15"/>
       <c r="H504" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I504" s="15" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="J504" s="15">
         <v>1</v>
       </c>
       <c r="K504" s="15">
         <v>7.37</v>
       </c>
       <c r="L504" s="15">
         <v>6.51</v>
       </c>
       <c r="M504" s="15">
         <v>5.86</v>
       </c>
       <c r="N504" s="15">
         <v>10</v>
       </c>
       <c r="O504" s="15"/>
       <c r="P504" s="15"/>
       <c r="Q504" s="15"/>
       <c r="R504"/>
     </row>
     <row r="505" spans="1:18">
       <c r="B505" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C505" s="15" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="D505" s="15" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="E505" s="15" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="F505" s="15"/>
       <c r="G505" s="15"/>
       <c r="H505" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I505" s="15"/>
       <c r="J505" s="15">
         <v>1</v>
       </c>
       <c r="K505" s="15">
         <v>5.87</v>
       </c>
       <c r="L505" s="15">
         <v>5.18</v>
       </c>
       <c r="M505" s="15">
         <v>4.66</v>
       </c>
       <c r="N505" s="15">
         <v>10</v>
       </c>
       <c r="O505" s="15"/>
       <c r="P505" s="15"/>
       <c r="Q505" s="15"/>
       <c r="R505"/>
     </row>
     <row r="506" spans="1:18">
       <c r="B506" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C506" s="15" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="D506" s="15" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="E506" s="15" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="F506" s="15"/>
       <c r="G506" s="15"/>
       <c r="H506" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I506" s="15"/>
       <c r="J506" s="15">
         <v>1</v>
       </c>
       <c r="K506" s="15">
         <v>5.87</v>
       </c>
       <c r="L506" s="15">
         <v>5.18</v>
       </c>
       <c r="M506" s="15">
         <v>4.66</v>
       </c>
       <c r="N506" s="15">
         <v>10</v>
       </c>
       <c r="O506" s="15"/>
       <c r="P506" s="15"/>
       <c r="Q506" s="15"/>
       <c r="R506"/>
     </row>
     <row r="507" spans="1:18">
       <c r="B507" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C507" s="15" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D507" s="15" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="E507" s="15" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="F507" s="15"/>
       <c r="G507" s="15"/>
       <c r="H507" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I507" s="15" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="J507" s="15">
         <v>1</v>
       </c>
       <c r="K507" s="15">
         <v>7.39</v>
       </c>
       <c r="L507" s="15">
         <v>6.52</v>
       </c>
       <c r="M507" s="15">
         <v>5.87</v>
       </c>
       <c r="N507" s="15"/>
       <c r="O507" s="15">
         <v>20</v>
       </c>
-      <c r="P507" s="15"/>
+      <c r="P507" s="15" t="s">
+        <v>1301</v>
+      </c>
       <c r="Q507" s="15"/>
       <c r="R507"/>
     </row>
     <row r="508" spans="1:18">
       <c r="B508" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C508" s="15" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="D508" s="15" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="E508" s="15" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="F508" s="15"/>
       <c r="G508" s="15"/>
       <c r="H508" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I508" s="15"/>
       <c r="J508" s="15">
         <v>1</v>
       </c>
       <c r="K508" s="15">
         <v>7.39</v>
       </c>
       <c r="L508" s="15">
         <v>6.52</v>
       </c>
       <c r="M508" s="15">
         <v>5.86</v>
       </c>
-      <c r="N508" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N508" s="15"/>
       <c r="O508" s="15"/>
       <c r="P508" s="15"/>
       <c r="Q508" s="15"/>
       <c r="R508"/>
     </row>
     <row r="509" spans="1:18">
       <c r="B509" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C509" s="15" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="D509" s="15" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="E509" s="15" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="F509" s="15"/>
       <c r="G509" s="15"/>
       <c r="H509" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I509" s="15" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="J509" s="15">
         <v>1</v>
       </c>
       <c r="K509" s="15">
         <v>7.38</v>
       </c>
       <c r="L509" s="15">
         <v>6.51</v>
       </c>
       <c r="M509" s="15">
         <v>5.86</v>
       </c>
-      <c r="N509" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N509" s="15"/>
       <c r="O509" s="15"/>
       <c r="P509" s="15"/>
       <c r="Q509" s="15"/>
       <c r="R509"/>
     </row>
     <row r="510" spans="1:18">
       <c r="B510" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C510" s="15" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="D510" s="15" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="E510" s="15" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="F510" s="15"/>
       <c r="G510" s="15"/>
       <c r="H510" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I510" s="15"/>
       <c r="J510" s="15">
         <v>5</v>
       </c>
       <c r="K510" s="15">
         <v>8.390000000000001</v>
       </c>
       <c r="L510" s="15">
         <v>7.4</v>
       </c>
       <c r="M510" s="15">
         <v>6.66</v>
       </c>
       <c r="N510" s="15">
         <v>20</v>
       </c>
       <c r="O510" s="15"/>
       <c r="P510" s="15"/>
       <c r="Q510" s="15"/>
       <c r="R510"/>
     </row>
     <row r="511" spans="1:18">
       <c r="B511" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C511" s="15" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="D511" s="15" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="E511" s="15" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="F511" s="15"/>
       <c r="G511" s="15"/>
       <c r="H511" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I511" s="15"/>
       <c r="J511" s="15">
         <v>5</v>
       </c>
       <c r="K511" s="15">
         <v>8.390000000000001</v>
       </c>
       <c r="L511" s="15">
         <v>7.4</v>
       </c>
       <c r="M511" s="15">
         <v>6.66</v>
       </c>
       <c r="N511" s="15">
         <v>20</v>
       </c>
       <c r="O511" s="15"/>
       <c r="P511" s="15"/>
       <c r="Q511" s="15"/>
       <c r="R511"/>
     </row>
     <row r="512" spans="1:18">
       <c r="B512" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C512" s="15" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D512" s="15" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="E512" s="15" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="F512" s="15"/>
       <c r="G512" s="15"/>
       <c r="H512" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I512" s="15"/>
       <c r="J512" s="15">
         <v>1</v>
       </c>
       <c r="K512" s="15">
         <v>6.85</v>
       </c>
       <c r="L512" s="15">
         <v>6.04</v>
       </c>
       <c r="M512" s="15">
         <v>5.44</v>
       </c>
       <c r="N512" s="15">
         <v>10</v>
       </c>
       <c r="O512" s="15"/>
       <c r="P512" s="15"/>
       <c r="Q512" s="15"/>
       <c r="R512"/>
     </row>
     <row r="513" spans="1:18">
       <c r="B513" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C513" s="15" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="D513" s="15" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="E513" s="15" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="F513" s="15"/>
       <c r="G513" s="15"/>
       <c r="H513" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I513" s="15" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="J513" s="15">
         <v>1</v>
       </c>
       <c r="K513" s="15">
         <v>6.55</v>
       </c>
       <c r="L513" s="15">
         <v>5.78</v>
       </c>
       <c r="M513" s="15">
         <v>5.2</v>
       </c>
       <c r="N513" s="15">
         <v>50</v>
       </c>
       <c r="O513" s="15"/>
       <c r="P513" s="15"/>
       <c r="Q513" s="15"/>
       <c r="R513"/>
     </row>
     <row r="514" spans="1:18">
       <c r="B514" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C514" s="15" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="D514" s="15" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="E514" s="15" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="F514" s="15"/>
       <c r="G514" s="15"/>
       <c r="H514" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I514" s="15"/>
       <c r="J514" s="15">
         <v>1</v>
       </c>
       <c r="K514" s="15">
         <v>9.56</v>
       </c>
       <c r="L514" s="15">
         <v>8.44</v>
       </c>
       <c r="M514" s="15">
         <v>7.6</v>
       </c>
       <c r="N514" s="15">
         <v>10</v>
       </c>
       <c r="O514" s="15"/>
       <c r="P514" s="15"/>
       <c r="Q514" s="15"/>
       <c r="R514"/>
     </row>
     <row r="515" spans="1:18">
       <c r="B515" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C515" s="15" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="D515" s="15" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="E515" s="15" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="F515" s="15"/>
       <c r="G515" s="15"/>
       <c r="H515" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I515" s="15"/>
       <c r="J515" s="15">
         <v>1</v>
       </c>
       <c r="K515" s="15">
         <v>10</v>
       </c>
       <c r="L515" s="15">
         <v>8.82</v>
       </c>
       <c r="M515" s="15">
         <v>7.94</v>
       </c>
       <c r="N515" s="15">
         <v>20</v>
       </c>
       <c r="O515" s="15"/>
       <c r="P515" s="15"/>
       <c r="Q515" s="15"/>
       <c r="R515"/>
     </row>
     <row r="516" spans="1:18">
       <c r="B516" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C516" s="15" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="D516" s="15" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="E516" s="15" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="F516" s="15"/>
       <c r="G516" s="15"/>
       <c r="H516" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I516" s="15"/>
       <c r="J516" s="15">
         <v>1</v>
       </c>
       <c r="K516" s="15">
         <v>6.61</v>
       </c>
       <c r="L516" s="15">
         <v>5.83</v>
       </c>
       <c r="M516" s="15">
         <v>5.25</v>
       </c>
       <c r="N516" s="15">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="O516" s="15"/>
       <c r="P516" s="15"/>
       <c r="Q516" s="15"/>
       <c r="R516"/>
     </row>
     <row r="517" spans="1:18">
       <c r="B517" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C517" s="15" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="D517" s="15" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="E517" s="15" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="F517" s="15"/>
       <c r="G517" s="15"/>
       <c r="H517" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I517" s="15"/>
       <c r="J517" s="15">
         <v>1</v>
       </c>
       <c r="K517" s="15">
         <v>10.12</v>
       </c>
       <c r="L517" s="15">
         <v>8.93</v>
       </c>
       <c r="M517" s="15">
         <v>8.029999999999999</v>
       </c>
-      <c r="N517" s="15">
-[...5 lines deleted...]
-      <c r="P517" s="15"/>
+      <c r="N517" s="15"/>
+      <c r="O517" s="15"/>
+      <c r="P517" s="15" t="s">
+        <v>1204</v>
+      </c>
       <c r="Q517" s="15"/>
       <c r="R517"/>
     </row>
     <row r="518" spans="1:18">
       <c r="B518" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C518" s="15" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="D518" s="15" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="E518" s="15" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="F518" s="15"/>
       <c r="G518" s="15"/>
       <c r="H518" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I518" s="15"/>
       <c r="J518" s="15">
         <v>1</v>
       </c>
       <c r="K518" s="15">
         <v>13.38</v>
       </c>
       <c r="L518" s="15">
         <v>11.81</v>
       </c>
       <c r="M518" s="15">
         <v>10.62</v>
       </c>
       <c r="N518" s="15">
         <v>10</v>
       </c>
       <c r="O518" s="15"/>
       <c r="P518" s="15"/>
       <c r="Q518" s="15"/>
       <c r="R518"/>
     </row>
     <row r="519" spans="1:18">
       <c r="B519" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C519" s="15" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="D519" s="15" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="E519" s="15" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="F519" s="15"/>
       <c r="G519" s="15"/>
       <c r="H519" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I519" s="15"/>
       <c r="J519" s="15">
         <v>1</v>
       </c>
       <c r="K519" s="15">
         <v>6.75</v>
       </c>
       <c r="L519" s="15">
         <v>5.96</v>
       </c>
       <c r="M519" s="15">
         <v>5.36</v>
       </c>
       <c r="N519" s="15">
         <v>10</v>
       </c>
       <c r="O519" s="15"/>
       <c r="P519" s="15"/>
       <c r="Q519" s="15"/>
       <c r="R519"/>
     </row>
     <row r="520" spans="1:18">
       <c r="B520" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C520" s="15" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="D520" s="15" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="E520" s="15" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="F520" s="15"/>
       <c r="G520" s="15"/>
       <c r="H520" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I520" s="15"/>
       <c r="J520" s="15">
         <v>1</v>
       </c>
       <c r="K520" s="15">
         <v>6.77</v>
       </c>
       <c r="L520" s="15">
         <v>5.97</v>
       </c>
       <c r="M520" s="15">
         <v>5.38</v>
       </c>
-      <c r="N520" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N520" s="15"/>
       <c r="O520" s="15"/>
       <c r="P520" s="15"/>
       <c r="Q520" s="15"/>
       <c r="R520"/>
     </row>
     <row r="521" spans="1:18">
       <c r="B521" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C521" s="15" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="D521" s="15" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="E521" s="15" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="F521" s="15"/>
       <c r="G521" s="15"/>
       <c r="H521" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I521" s="15"/>
       <c r="J521" s="15">
         <v>1</v>
       </c>
       <c r="K521" s="15">
         <v>8.52</v>
       </c>
       <c r="L521" s="15">
         <v>7.52</v>
       </c>
       <c r="M521" s="15">
         <v>6.77</v>
       </c>
       <c r="N521" s="15">
         <v>10</v>
       </c>
       <c r="O521" s="15"/>
       <c r="P521" s="15"/>
       <c r="Q521" s="15"/>
       <c r="R521"/>
     </row>
     <row r="522" spans="1:18">
       <c r="B522" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C522" s="15" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="D522" s="15" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="E522" s="15" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="F522" s="15"/>
       <c r="G522" s="15"/>
       <c r="H522" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I522" s="15"/>
       <c r="J522" s="15">
         <v>1</v>
       </c>
       <c r="K522" s="15">
         <v>8.4</v>
       </c>
       <c r="L522" s="15">
         <v>7.42</v>
       </c>
       <c r="M522" s="15">
         <v>6.67</v>
       </c>
       <c r="N522" s="15">
         <v>2</v>
       </c>
       <c r="O522" s="15">
         <v>5</v>
       </c>
-      <c r="P522" s="15"/>
+      <c r="P522" s="15" t="s">
+        <v>1204</v>
+      </c>
       <c r="Q522" s="15"/>
       <c r="R522"/>
     </row>
     <row r="523" spans="1:18">
       <c r="B523" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C523" s="15" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="D523" s="15" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="E523" s="15" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="F523" s="15"/>
       <c r="G523" s="15"/>
       <c r="H523" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I523" s="15"/>
       <c r="J523" s="15">
         <v>1</v>
       </c>
       <c r="K523" s="15">
         <v>8.4</v>
       </c>
       <c r="L523" s="15">
         <v>7.41</v>
       </c>
       <c r="M523" s="15">
         <v>6.67</v>
       </c>
       <c r="N523" s="15">
         <v>2</v>
       </c>
       <c r="O523" s="15">
         <v>5</v>
       </c>
-      <c r="P523" s="15"/>
+      <c r="P523" s="15" t="s">
+        <v>1204</v>
+      </c>
       <c r="Q523" s="15"/>
       <c r="R523"/>
     </row>
     <row r="524" spans="1:18">
       <c r="B524" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C524" s="15" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="D524" s="15" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="E524" s="15" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="F524" s="15"/>
       <c r="G524" s="15"/>
       <c r="H524" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I524" s="15"/>
       <c r="J524" s="15">
         <v>1</v>
       </c>
       <c r="K524" s="15">
         <v>6.65</v>
       </c>
       <c r="L524" s="15">
         <v>5.87</v>
       </c>
       <c r="M524" s="15">
         <v>5.28</v>
       </c>
       <c r="N524" s="15">
         <v>10</v>
       </c>
       <c r="O524" s="15"/>
       <c r="P524" s="15"/>
       <c r="Q524" s="15"/>
       <c r="R524"/>
     </row>
     <row r="525" spans="1:18">
       <c r="B525" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C525" s="15" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="D525" s="15" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="E525" s="15" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="F525" s="15"/>
       <c r="G525" s="15"/>
       <c r="H525" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I525" s="15"/>
       <c r="J525" s="15">
         <v>1</v>
       </c>
       <c r="K525" s="15">
         <v>6.71</v>
       </c>
       <c r="L525" s="15">
         <v>5.92</v>
       </c>
       <c r="M525" s="15">
         <v>5.33</v>
       </c>
       <c r="N525" s="15">
         <v>10</v>
       </c>
       <c r="O525" s="15"/>
       <c r="P525" s="15"/>
       <c r="Q525" s="15"/>
       <c r="R525"/>
     </row>
     <row r="526" spans="1:18">
       <c r="B526" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C526" s="15" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="D526" s="15" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="E526" s="15" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="F526" s="15"/>
       <c r="G526" s="15"/>
       <c r="H526" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I526" s="15"/>
       <c r="J526" s="15">
         <v>1</v>
       </c>
       <c r="K526" s="15">
         <v>8.640000000000001</v>
       </c>
       <c r="L526" s="15">
         <v>7.62</v>
       </c>
       <c r="M526" s="15">
         <v>6.86</v>
       </c>
       <c r="N526" s="15">
         <v>10</v>
       </c>
       <c r="O526" s="15"/>
       <c r="P526" s="15"/>
       <c r="Q526" s="15"/>
       <c r="R526"/>
     </row>
     <row r="527" spans="1:18">
       <c r="B527" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C527" s="15" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="D527" s="15" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="E527" s="15" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="F527" s="15"/>
       <c r="G527" s="15"/>
       <c r="H527" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I527" s="15"/>
       <c r="J527" s="15">
         <v>1</v>
       </c>
       <c r="K527" s="15">
         <v>8.539999999999999</v>
       </c>
       <c r="L527" s="15">
         <v>7.53</v>
       </c>
       <c r="M527" s="15">
         <v>6.78</v>
       </c>
-      <c r="N527" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N527" s="15"/>
       <c r="O527" s="15"/>
       <c r="P527" s="15"/>
       <c r="Q527" s="15"/>
       <c r="R527"/>
     </row>
     <row r="528" spans="1:18">
       <c r="B528" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C528" s="15" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="D528" s="15" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="E528" s="15" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="F528" s="15"/>
       <c r="G528" s="15"/>
       <c r="H528" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I528" s="15"/>
       <c r="J528" s="15">
         <v>1</v>
       </c>
       <c r="K528" s="15">
         <v>8.539999999999999</v>
       </c>
       <c r="L528" s="15">
         <v>7.53</v>
       </c>
       <c r="M528" s="15">
         <v>6.78</v>
       </c>
       <c r="N528" s="15">
         <v>10</v>
       </c>
       <c r="O528" s="15"/>
       <c r="P528" s="15"/>
       <c r="Q528" s="15"/>
       <c r="R528"/>
     </row>
     <row r="529" spans="1:18">
       <c r="B529" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C529" s="15" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="D529" s="15" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="E529" s="15" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="F529" s="15"/>
       <c r="G529" s="15"/>
       <c r="H529" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I529" s="15"/>
       <c r="J529" s="15">
         <v>1</v>
       </c>
       <c r="K529" s="15">
         <v>3.17</v>
       </c>
       <c r="L529" s="15">
         <v>2.8</v>
       </c>
       <c r="M529" s="15">
         <v>2.52</v>
       </c>
       <c r="N529" s="15">
         <v>10</v>
       </c>
       <c r="O529" s="15"/>
       <c r="P529" s="15"/>
       <c r="Q529" s="15"/>
       <c r="R529"/>
     </row>
     <row r="530" spans="1:18">
       <c r="B530" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C530" s="15" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="D530" s="15" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="E530" s="15" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="F530" s="15"/>
       <c r="G530" s="15"/>
       <c r="H530" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I530" s="15"/>
       <c r="J530" s="15">
         <v>1</v>
       </c>
       <c r="K530" s="15">
         <v>3.42</v>
       </c>
       <c r="L530" s="15">
         <v>3.02</v>
       </c>
       <c r="M530" s="15">
         <v>2.71</v>
       </c>
       <c r="N530" s="15">
         <v>10</v>
       </c>
       <c r="O530" s="15"/>
       <c r="P530" s="15"/>
       <c r="Q530" s="15"/>
       <c r="R530"/>
     </row>
     <row r="531" spans="1:18">
       <c r="B531" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C531" s="15" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="D531" s="15" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="E531" s="15" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="F531" s="15"/>
       <c r="G531" s="15"/>
       <c r="H531" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I531" s="15"/>
       <c r="J531" s="15">
         <v>1</v>
       </c>
       <c r="K531" s="15">
         <v>3.51</v>
       </c>
       <c r="L531" s="15">
         <v>3.1</v>
       </c>
       <c r="M531" s="15">
         <v>2.79</v>
       </c>
       <c r="N531" s="15">
         <v>10</v>
       </c>
       <c r="O531" s="15"/>
       <c r="P531" s="15"/>
       <c r="Q531" s="15"/>
       <c r="R531"/>
     </row>
     <row r="532" spans="1:18">
       <c r="B532" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C532" s="15" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="D532" s="15" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="E532" s="15" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="F532" s="15"/>
       <c r="G532" s="15"/>
       <c r="H532" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I532" s="15"/>
       <c r="J532" s="15">
         <v>1</v>
       </c>
       <c r="K532" s="15">
         <v>2.78</v>
       </c>
       <c r="L532" s="15">
         <v>2.45</v>
       </c>
       <c r="M532" s="15">
         <v>2.21</v>
       </c>
       <c r="N532" s="15">
         <v>10</v>
       </c>
       <c r="O532" s="15"/>
       <c r="P532" s="15"/>
       <c r="Q532" s="15"/>
       <c r="R532"/>
     </row>
     <row r="533" spans="1:18">
       <c r="B533" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C533" s="15" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="D533" s="15" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="E533" s="15" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="F533" s="15"/>
       <c r="G533" s="15"/>
       <c r="H533" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I533" s="15"/>
       <c r="J533" s="15">
         <v>1</v>
       </c>
       <c r="K533" s="15">
         <v>2.56</v>
       </c>
       <c r="L533" s="15">
         <v>2.26</v>
       </c>
       <c r="M533" s="15">
         <v>2.04</v>
       </c>
       <c r="N533" s="15">
         <v>10</v>
       </c>
       <c r="O533" s="15"/>
       <c r="P533" s="15"/>
       <c r="Q533" s="15"/>
       <c r="R533"/>
     </row>
     <row r="534" spans="1:18">
       <c r="B534" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C534" s="15" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="D534" s="15" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="E534" s="15" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="F534" s="15"/>
       <c r="G534" s="15"/>
       <c r="H534" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I534" s="15" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="J534" s="15">
         <v>1</v>
       </c>
       <c r="K534" s="15">
         <v>2.39</v>
       </c>
       <c r="L534" s="15">
         <v>2.11</v>
       </c>
       <c r="M534" s="15">
         <v>1.9</v>
       </c>
       <c r="N534" s="15">
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="O534" s="15"/>
       <c r="P534" s="15"/>
       <c r="Q534" s="15"/>
       <c r="R534"/>
     </row>
     <row r="535" spans="1:18">
       <c r="B535" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C535" s="15" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="D535" s="15" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="E535" s="15" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="F535" s="15"/>
       <c r="G535" s="15"/>
       <c r="H535" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I535" s="15"/>
       <c r="J535" s="15">
         <v>1</v>
       </c>
       <c r="K535" s="15">
         <v>4.97</v>
       </c>
       <c r="L535" s="15">
         <v>4.39</v>
       </c>
       <c r="M535" s="15">
         <v>3.95</v>
       </c>
       <c r="N535" s="15">
         <v>49</v>
       </c>
       <c r="O535" s="15"/>
       <c r="P535" s="15"/>
       <c r="Q535" s="15"/>
       <c r="R535"/>
     </row>
     <row r="536" spans="1:18">
       <c r="B536" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C536" s="15" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="D536" s="15" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="E536" s="15" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="F536" s="15"/>
       <c r="G536" s="15"/>
       <c r="H536" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I536" s="15"/>
       <c r="J536" s="15">
         <v>1</v>
       </c>
       <c r="K536" s="15">
         <v>2.98</v>
       </c>
       <c r="L536" s="15">
         <v>2.63</v>
       </c>
       <c r="M536" s="15">
         <v>2.37</v>
       </c>
       <c r="N536" s="15">
         <v>50</v>
       </c>
       <c r="O536" s="15"/>
       <c r="P536" s="15"/>
       <c r="Q536" s="15"/>
       <c r="R536"/>
     </row>
     <row r="537" spans="1:18">
       <c r="B537" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C537" s="15" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="D537" s="15" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="E537" s="15" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="F537" s="15"/>
       <c r="G537" s="15"/>
       <c r="H537" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I537" s="15"/>
       <c r="J537" s="15">
         <v>1</v>
       </c>
       <c r="K537" s="15">
         <v>3.04</v>
       </c>
       <c r="L537" s="15">
         <v>2.68</v>
       </c>
       <c r="M537" s="15">
         <v>2.41</v>
       </c>
       <c r="N537" s="15">
         <v>50</v>
       </c>
       <c r="O537" s="15"/>
       <c r="P537" s="15"/>
       <c r="Q537" s="15"/>
       <c r="R537"/>
     </row>
     <row r="538" spans="1:18">
       <c r="B538" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C538" s="15" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="D538" s="15" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="E538" s="15" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="F538" s="15"/>
       <c r="G538" s="15"/>
       <c r="H538" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I538" s="15" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="J538" s="15">
         <v>1</v>
       </c>
       <c r="K538" s="15">
         <v>2.49</v>
       </c>
       <c r="L538" s="15">
         <v>2.2</v>
       </c>
       <c r="M538" s="15">
         <v>1.98</v>
       </c>
       <c r="N538" s="15">
         <v>100</v>
       </c>
       <c r="O538" s="15"/>
       <c r="P538" s="15"/>
       <c r="Q538" s="15"/>
       <c r="R538"/>
     </row>
     <row r="539" spans="1:18">
       <c r="B539" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C539" s="15" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="D539" s="15" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="E539" s="15" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="F539" s="15"/>
       <c r="G539" s="15"/>
       <c r="H539" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I539" s="15" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="J539" s="15">
         <v>1</v>
       </c>
       <c r="K539" s="15">
         <v>2.43</v>
       </c>
       <c r="L539" s="15">
         <v>2.15</v>
       </c>
       <c r="M539" s="15">
         <v>1.93</v>
       </c>
       <c r="N539" s="15">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="O539" s="15"/>
       <c r="P539" s="15"/>
       <c r="Q539" s="15"/>
       <c r="R539"/>
     </row>
     <row r="540" spans="1:18">
       <c r="B540" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C540" s="15" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="D540" s="15" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="E540" s="15" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="F540" s="15"/>
       <c r="G540" s="15"/>
       <c r="H540" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I540" s="15"/>
       <c r="J540" s="15">
         <v>1</v>
       </c>
       <c r="K540" s="15">
         <v>2.67</v>
       </c>
       <c r="L540" s="15">
         <v>2.35</v>
       </c>
       <c r="M540" s="15">
         <v>2.12</v>
       </c>
       <c r="N540" s="15">
         <v>100</v>
       </c>
       <c r="O540" s="15"/>
       <c r="P540" s="15"/>
       <c r="Q540" s="15"/>
       <c r="R540"/>
     </row>
     <row r="541" spans="1:18">
       <c r="B541" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C541" s="15" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="D541" s="15" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="E541" s="15" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="F541" s="15"/>
       <c r="G541" s="15"/>
       <c r="H541" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I541" s="15"/>
       <c r="J541" s="15">
         <v>1</v>
       </c>
       <c r="K541" s="15">
         <v>1.6</v>
       </c>
       <c r="L541" s="15">
         <v>1.41</v>
       </c>
       <c r="M541" s="15">
         <v>1.27</v>
       </c>
       <c r="N541" s="15">
         <v>10</v>
       </c>
       <c r="O541" s="15"/>
       <c r="P541" s="15"/>
       <c r="Q541" s="15"/>
       <c r="R541"/>
     </row>
     <row r="542" spans="1:18">
       <c r="B542" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C542" s="15" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="D542" s="15" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="E542" s="15" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="F542" s="15"/>
       <c r="G542" s="15"/>
       <c r="H542" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I542" s="15"/>
       <c r="J542" s="15">
         <v>1</v>
       </c>
       <c r="K542" s="15">
         <v>2.32</v>
       </c>
       <c r="L542" s="15">
         <v>2.05</v>
       </c>
       <c r="M542" s="15">
         <v>1.84</v>
       </c>
       <c r="N542" s="15">
         <v>10</v>
       </c>
       <c r="O542" s="15"/>
       <c r="P542" s="15"/>
       <c r="Q542" s="15"/>
       <c r="R542"/>
     </row>
     <row r="543" spans="1:18">
       <c r="B543" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C543" s="15" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="D543" s="15" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="E543" s="15" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="F543" s="15"/>
       <c r="G543" s="15"/>
       <c r="H543" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I543" s="15"/>
       <c r="J543" s="15">
         <v>1</v>
       </c>
       <c r="K543" s="15">
         <v>2.08</v>
       </c>
       <c r="L543" s="15">
         <v>1.83</v>
       </c>
       <c r="M543" s="15">
         <v>1.65</v>
       </c>
       <c r="N543" s="15">
         <v>10</v>
       </c>
       <c r="O543" s="15"/>
       <c r="P543" s="15"/>
       <c r="Q543" s="15"/>
       <c r="R543"/>
     </row>
     <row r="544" spans="1:18">
       <c r="B544" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C544" s="15" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="D544" s="15" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="E544" s="15" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="F544" s="15"/>
       <c r="G544" s="15"/>
       <c r="H544" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I544" s="15"/>
       <c r="J544" s="15">
         <v>1</v>
       </c>
       <c r="K544" s="15">
         <v>2.08</v>
       </c>
       <c r="L544" s="15">
         <v>1.83</v>
       </c>
       <c r="M544" s="15">
         <v>1.65</v>
       </c>
       <c r="N544" s="15">
         <v>10</v>
       </c>
       <c r="O544" s="15"/>
       <c r="P544" s="15"/>
       <c r="Q544" s="15"/>
       <c r="R544"/>
     </row>
     <row r="545" spans="1:18">
       <c r="B545" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C545" s="15" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="D545" s="15" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="E545" s="15" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="F545" s="15"/>
       <c r="G545" s="15"/>
       <c r="H545" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I545" s="15"/>
       <c r="J545" s="15">
         <v>1</v>
       </c>
       <c r="K545" s="15">
         <v>2.08</v>
       </c>
       <c r="L545" s="15">
         <v>1.83</v>
       </c>
       <c r="M545" s="15">
         <v>1.65</v>
       </c>
       <c r="N545" s="15">
         <v>10</v>
       </c>
       <c r="O545" s="15"/>
       <c r="P545" s="15"/>
       <c r="Q545" s="15"/>
       <c r="R545"/>
     </row>
     <row r="546" spans="1:18">
       <c r="B546" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C546" s="15" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="D546" s="15" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="E546" s="15" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="F546" s="15"/>
       <c r="G546" s="15"/>
       <c r="H546" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I546" s="15"/>
       <c r="J546" s="15">
         <v>1</v>
       </c>
       <c r="K546" s="15">
         <v>2.08</v>
       </c>
       <c r="L546" s="15">
         <v>1.83</v>
       </c>
       <c r="M546" s="15">
         <v>1.65</v>
       </c>
       <c r="N546" s="15">
         <v>10</v>
       </c>
       <c r="O546" s="15"/>
       <c r="P546" s="15"/>
       <c r="Q546" s="15"/>
       <c r="R546"/>
     </row>
     <row r="547" spans="1:18">
       <c r="B547" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C547" s="15" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="D547" s="15" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="E547" s="15" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="F547" s="15"/>
       <c r="G547" s="15"/>
       <c r="H547" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I547" s="15"/>
       <c r="J547" s="15">
         <v>1</v>
       </c>
       <c r="K547" s="15">
         <v>2.67</v>
       </c>
       <c r="L547" s="15">
         <v>2.36</v>
       </c>
       <c r="M547" s="15">
         <v>2.12</v>
       </c>
       <c r="N547" s="15">
         <v>100</v>
       </c>
       <c r="O547" s="15"/>
       <c r="P547" s="15"/>
       <c r="Q547" s="15"/>
       <c r="R547"/>
     </row>
     <row r="548" spans="1:18">
       <c r="B548" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C548" s="15" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D548" s="15" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="E548" s="15" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="F548" s="15"/>
       <c r="G548" s="15"/>
       <c r="H548" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I548" s="15"/>
       <c r="J548" s="15">
         <v>1</v>
       </c>
       <c r="K548" s="15">
         <v>2.1</v>
       </c>
       <c r="L548" s="15">
         <v>1.85</v>
       </c>
       <c r="M548" s="15">
         <v>1.66</v>
       </c>
       <c r="N548" s="15">
         <v>100</v>
       </c>
       <c r="O548" s="15"/>
       <c r="P548" s="15"/>
       <c r="Q548" s="15"/>
       <c r="R548"/>
     </row>
     <row r="549" spans="1:18">
       <c r="B549" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C549" s="15" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="D549" s="15" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="E549" s="15" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="F549" s="15"/>
       <c r="G549" s="15"/>
       <c r="H549" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I549" s="15"/>
       <c r="J549" s="15">
         <v>50</v>
       </c>
       <c r="K549" s="15">
         <v>4.21</v>
       </c>
       <c r="L549" s="15">
         <v>3.71</v>
       </c>
       <c r="M549" s="15">
         <v>3.34</v>
       </c>
       <c r="N549" s="15">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="O549" s="15"/>
       <c r="P549" s="15"/>
       <c r="Q549" s="15"/>
       <c r="R549"/>
     </row>
     <row r="550" spans="1:18">
       <c r="B550" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C550" s="15" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="D550" s="15" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="E550" s="15" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="F550" s="15"/>
       <c r="G550" s="15"/>
       <c r="H550" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I550" s="15" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="J550" s="15">
         <v>1</v>
       </c>
       <c r="K550" s="15">
         <v>6.54</v>
       </c>
       <c r="L550" s="15">
         <v>5.77</v>
       </c>
       <c r="M550" s="15">
         <v>5.19</v>
       </c>
       <c r="N550" s="15">
         <v>20</v>
       </c>
       <c r="O550" s="15"/>
       <c r="P550" s="15"/>
       <c r="Q550" s="15"/>
       <c r="R550"/>
     </row>
     <row r="551" spans="1:18">
       <c r="B551" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C551" s="15" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="D551" s="15" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="E551" s="15" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="F551" s="15"/>
       <c r="G551" s="15"/>
       <c r="H551" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I551" s="15" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="J551" s="15">
         <v>1</v>
       </c>
       <c r="K551" s="15">
         <v>7.69</v>
       </c>
       <c r="L551" s="15">
         <v>6.78</v>
       </c>
       <c r="M551" s="15">
         <v>6.11</v>
       </c>
       <c r="N551" s="15"/>
-      <c r="O551" s="15">
-[...2 lines deleted...]
-      <c r="P551" s="15"/>
+      <c r="O551" s="15"/>
+      <c r="P551" s="15" t="s">
+        <v>1301</v>
+      </c>
       <c r="Q551" s="15"/>
       <c r="R551"/>
     </row>
     <row r="552" spans="1:18">
       <c r="B552" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C552" s="15" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="D552" s="15" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="E552" s="15" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="F552" s="15"/>
       <c r="G552" s="15"/>
       <c r="H552" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I552" s="15"/>
       <c r="J552" s="15">
         <v>1</v>
       </c>
       <c r="K552" s="15">
         <v>2.95</v>
       </c>
       <c r="L552" s="15">
         <v>2.6</v>
       </c>
       <c r="M552" s="15">
         <v>2.34</v>
       </c>
       <c r="N552" s="15">
         <v>9</v>
       </c>
       <c r="O552" s="15"/>
       <c r="P552" s="15"/>
       <c r="Q552" s="15"/>
       <c r="R552"/>
     </row>
     <row r="553" spans="1:18">
       <c r="B553" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C553" s="15" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="D553" s="15" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="E553" s="15" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="F553" s="15"/>
       <c r="G553" s="15"/>
       <c r="H553" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I553" s="15"/>
       <c r="J553" s="15">
         <v>1</v>
       </c>
       <c r="K553" s="15">
         <v>3.86</v>
       </c>
       <c r="L553" s="15">
         <v>3.41</v>
       </c>
       <c r="M553" s="15">
         <v>3.07</v>
       </c>
       <c r="N553" s="15">
         <v>10</v>
       </c>
       <c r="O553" s="15"/>
       <c r="P553" s="15"/>
       <c r="Q553" s="15"/>
       <c r="R553"/>
     </row>
     <row r="554" spans="1:18">
       <c r="B554" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C554" s="15" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="D554" s="15" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="E554" s="15" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="F554" s="15"/>
       <c r="G554" s="15"/>
       <c r="H554" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I554" s="15"/>
       <c r="J554" s="15">
         <v>1</v>
       </c>
       <c r="K554" s="15">
         <v>8.06</v>
       </c>
       <c r="L554" s="15">
         <v>7.12</v>
       </c>
       <c r="M554" s="15">
         <v>6.4</v>
       </c>
       <c r="N554" s="15">
         <v>5</v>
       </c>
       <c r="O554" s="15"/>
       <c r="P554" s="15"/>
       <c r="Q554" s="15"/>
       <c r="R554"/>
     </row>
     <row r="555" spans="1:18">
       <c r="B555" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C555" s="15" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="D555" s="15" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="E555" s="15" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="F555" s="15"/>
       <c r="G555" s="15"/>
       <c r="H555" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I555" s="15"/>
       <c r="J555" s="15">
         <v>1</v>
       </c>
       <c r="K555" s="15">
         <v>8.06</v>
       </c>
       <c r="L555" s="15">
         <v>7.11</v>
       </c>
       <c r="M555" s="15">
         <v>6.4</v>
       </c>
       <c r="N555" s="15">
         <v>5</v>
       </c>
       <c r="O555" s="15"/>
       <c r="P555" s="15"/>
       <c r="Q555" s="15"/>
       <c r="R555"/>
     </row>
     <row r="556" spans="1:18">
       <c r="B556" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C556" s="15" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="D556" s="15" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="E556" s="15" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="F556" s="15"/>
       <c r="G556" s="15"/>
       <c r="H556" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I556" s="15" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="J556" s="15">
         <v>1</v>
       </c>
       <c r="K556" s="15">
         <v>4.46</v>
       </c>
       <c r="L556" s="15">
         <v>3.94</v>
       </c>
       <c r="M556" s="15">
         <v>3.54</v>
       </c>
       <c r="N556" s="15">
         <v>10</v>
       </c>
       <c r="O556" s="15"/>
       <c r="P556" s="15"/>
       <c r="Q556" s="15"/>
       <c r="R556"/>
     </row>
     <row r="557" spans="1:18">
       <c r="B557" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C557" s="15" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="D557" s="15" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="E557" s="15" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="F557" s="15"/>
       <c r="G557" s="15"/>
       <c r="H557" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I557" s="15" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="J557" s="15">
         <v>1</v>
       </c>
       <c r="K557" s="15">
         <v>4.44</v>
       </c>
       <c r="L557" s="15">
         <v>3.92</v>
       </c>
       <c r="M557" s="15">
         <v>3.53</v>
       </c>
       <c r="N557" s="15">
         <v>2</v>
       </c>
       <c r="O557" s="15">
         <v>20</v>
       </c>
-      <c r="P557" s="15"/>
+      <c r="P557" s="15" t="s">
+        <v>1204</v>
+      </c>
       <c r="Q557" s="15"/>
       <c r="R557"/>
     </row>
     <row r="558" spans="1:18">
       <c r="B558" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C558" s="15" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="D558" s="15" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="E558" s="15" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="F558" s="15"/>
       <c r="G558" s="15"/>
       <c r="H558" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I558" s="15"/>
       <c r="J558" s="15">
         <v>1</v>
       </c>
       <c r="K558" s="15">
         <v>5.59</v>
       </c>
       <c r="L558" s="15">
         <v>4.93</v>
       </c>
       <c r="M558" s="15">
         <v>4.44</v>
       </c>
       <c r="N558" s="15">
         <v>10</v>
       </c>
       <c r="O558" s="15"/>
       <c r="P558" s="15"/>
       <c r="Q558" s="15"/>
       <c r="R558"/>
     </row>
     <row r="559" spans="1:18">
       <c r="B559" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C559" s="15" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="D559" s="15" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="E559" s="15" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="F559" s="15"/>
       <c r="G559" s="15"/>
       <c r="H559" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I559" s="15"/>
       <c r="J559" s="15">
         <v>1</v>
       </c>
       <c r="K559" s="15">
         <v>4.44</v>
       </c>
       <c r="L559" s="15">
         <v>3.92</v>
       </c>
       <c r="M559" s="15">
         <v>3.53</v>
       </c>
-      <c r="N559" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N559" s="15"/>
       <c r="O559" s="15"/>
       <c r="P559" s="15"/>
       <c r="Q559" s="15"/>
       <c r="R559"/>
     </row>
     <row r="560" spans="1:18">
       <c r="B560" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C560" s="15" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="D560" s="15" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="E560" s="15" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="F560" s="15"/>
       <c r="G560" s="15"/>
       <c r="H560" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I560" s="15"/>
       <c r="J560" s="15">
         <v>1</v>
       </c>
       <c r="K560" s="15">
         <v>5.6</v>
       </c>
       <c r="L560" s="15">
         <v>4.95</v>
       </c>
       <c r="M560" s="15">
         <v>4.45</v>
       </c>
       <c r="N560" s="15">
         <v>10</v>
       </c>
       <c r="O560" s="15"/>
       <c r="P560" s="15"/>
       <c r="Q560" s="15"/>
       <c r="R560"/>
     </row>
     <row r="561" spans="1:18">
       <c r="B561" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C561" s="15" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="D561" s="15" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="E561" s="15" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="F561" s="15"/>
       <c r="G561" s="15"/>
       <c r="H561" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I561" s="15" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="J561" s="15">
         <v>25</v>
       </c>
       <c r="K561" s="15">
         <v>2.71</v>
       </c>
       <c r="L561" s="15">
         <v>2.39</v>
       </c>
       <c r="M561" s="15">
         <v>2.15</v>
       </c>
       <c r="N561" s="15">
         <v>35</v>
       </c>
       <c r="O561" s="15">
         <v>100</v>
       </c>
-      <c r="P561" s="15"/>
+      <c r="P561" s="15" t="s">
+        <v>1204</v>
+      </c>
       <c r="Q561" s="15"/>
       <c r="R561"/>
     </row>
     <row r="562" spans="1:18">
       <c r="B562" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C562" s="15" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="D562" s="15" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="E562" s="15" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="F562" s="15"/>
       <c r="G562" s="15"/>
       <c r="H562" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I562" s="15" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="J562" s="15">
         <v>25</v>
       </c>
       <c r="K562" s="15">
         <v>2.65</v>
       </c>
       <c r="L562" s="15">
         <v>2.34</v>
       </c>
       <c r="M562" s="15">
         <v>2.11</v>
       </c>
       <c r="N562" s="15"/>
       <c r="O562" s="15">
         <v>100</v>
       </c>
-      <c r="P562" s="15"/>
+      <c r="P562" s="15" t="s">
+        <v>1204</v>
+      </c>
       <c r="Q562" s="15"/>
       <c r="R562"/>
     </row>
     <row r="563" spans="1:18">
       <c r="B563" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C563" s="15" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="D563" s="15" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="E563" s="15" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="F563" s="15"/>
       <c r="G563" s="15"/>
       <c r="H563" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I563" s="15"/>
       <c r="J563" s="15">
         <v>25</v>
       </c>
       <c r="K563" s="15">
         <v>2.69</v>
       </c>
       <c r="L563" s="15">
         <v>2.37</v>
       </c>
       <c r="M563" s="15">
         <v>2.13</v>
       </c>
-      <c r="N563" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N563" s="15"/>
       <c r="O563" s="15"/>
       <c r="P563" s="15"/>
       <c r="Q563" s="15"/>
       <c r="R563"/>
     </row>
     <row r="564" spans="1:18">
       <c r="B564" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C564" s="15" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="D564" s="15" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="E564" s="15" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="F564" s="15"/>
       <c r="G564" s="15"/>
       <c r="H564" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I564" s="15" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="J564" s="15">
         <v>25</v>
       </c>
       <c r="K564" s="15">
         <v>2.68</v>
       </c>
       <c r="L564" s="15">
         <v>2.37</v>
       </c>
       <c r="M564" s="15">
         <v>2.13</v>
       </c>
-      <c r="N564" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N564" s="15"/>
       <c r="O564" s="15"/>
       <c r="P564" s="15"/>
       <c r="Q564" s="15"/>
       <c r="R564"/>
     </row>
     <row r="565" spans="1:18">
       <c r="B565" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C565" s="15" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="D565" s="15" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="E565" s="15" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="F565" s="15"/>
       <c r="G565" s="15"/>
       <c r="H565" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I565" s="15"/>
       <c r="J565" s="15">
         <v>5</v>
       </c>
       <c r="K565" s="15">
         <v>5.39</v>
       </c>
       <c r="L565" s="15">
         <v>4.76</v>
       </c>
       <c r="M565" s="15">
         <v>4.28</v>
       </c>
       <c r="N565" s="15">
         <v>50</v>
       </c>
       <c r="O565" s="15"/>
       <c r="P565" s="15"/>
       <c r="Q565" s="15"/>
       <c r="R565"/>
     </row>
     <row r="566" spans="1:18">
       <c r="B566" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C566" s="15" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="D566" s="15" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="E566" s="15" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="F566" s="15"/>
       <c r="G566" s="15"/>
       <c r="H566" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I566" s="15"/>
       <c r="J566" s="15">
         <v>5</v>
       </c>
       <c r="K566" s="15">
         <v>5.39</v>
       </c>
       <c r="L566" s="15">
         <v>4.76</v>
       </c>
       <c r="M566" s="15">
         <v>4.28</v>
       </c>
       <c r="N566" s="15">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="O566" s="15"/>
       <c r="P566" s="15"/>
       <c r="Q566" s="15"/>
       <c r="R566"/>
     </row>
     <row r="567" spans="1:18">
       <c r="B567" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C567" s="15" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="D567" s="15" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="E567" s="15" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="F567" s="15"/>
       <c r="G567" s="15"/>
       <c r="H567" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I567" s="15" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="J567" s="15">
         <v>5</v>
       </c>
       <c r="K567" s="15">
         <v>6.19</v>
       </c>
       <c r="L567" s="15">
         <v>5.46</v>
       </c>
       <c r="M567" s="15">
         <v>4.92</v>
       </c>
       <c r="N567" s="15">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="O567" s="15"/>
       <c r="P567" s="15"/>
       <c r="Q567" s="15"/>
       <c r="R567"/>
     </row>
     <row r="568" spans="1:18">
       <c r="B568" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C568" s="15" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D568" s="15" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="E568" s="15" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="F568" s="15"/>
       <c r="G568" s="15"/>
       <c r="H568" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I568" s="15" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="J568" s="15">
         <v>5</v>
       </c>
       <c r="K568" s="15">
         <v>6.24</v>
       </c>
       <c r="L568" s="15">
         <v>5.51</v>
       </c>
       <c r="M568" s="15">
         <v>4.96</v>
       </c>
       <c r="N568" s="15">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="O568" s="15"/>
       <c r="P568" s="15"/>
       <c r="Q568" s="15"/>
       <c r="R568"/>
     </row>
     <row r="569" spans="1:18">
       <c r="B569" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C569" s="15" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="D569" s="15" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E569" s="15" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F569" s="15"/>
       <c r="G569" s="15"/>
       <c r="H569" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I569" s="15"/>
       <c r="J569" s="15">
         <v>10</v>
       </c>
       <c r="K569" s="15">
         <v>2.83</v>
       </c>
       <c r="L569" s="15">
         <v>2.5</v>
       </c>
       <c r="M569" s="15">
         <v>2.25</v>
       </c>
       <c r="N569" s="15">
         <v>10</v>
       </c>
       <c r="O569" s="15"/>
       <c r="P569" s="15"/>
       <c r="Q569" s="15"/>
       <c r="R569"/>
     </row>
     <row r="570" spans="1:18">
       <c r="B570" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C570" s="15" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="D570" s="15" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="E570" s="15" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="F570" s="15"/>
       <c r="G570" s="15"/>
       <c r="H570" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I570" s="15"/>
       <c r="J570" s="15">
         <v>10</v>
       </c>
       <c r="K570" s="15">
         <v>2.83</v>
       </c>
       <c r="L570" s="15">
         <v>2.49</v>
       </c>
       <c r="M570" s="15">
         <v>2.24</v>
       </c>
       <c r="N570" s="15">
         <v>10</v>
       </c>
       <c r="O570" s="15"/>
       <c r="P570" s="15"/>
       <c r="Q570" s="15"/>
       <c r="R570"/>
     </row>
     <row r="571" spans="1:18">
       <c r="B571" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C571" s="15" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="D571" s="15" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="E571" s="15" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="F571" s="15"/>
       <c r="G571" s="15"/>
       <c r="H571" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I571" s="15" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="J571" s="15">
         <v>10</v>
       </c>
       <c r="K571" s="15">
         <v>3.33</v>
       </c>
       <c r="L571" s="15">
         <v>2.94</v>
       </c>
       <c r="M571" s="15">
         <v>2.64</v>
       </c>
       <c r="N571" s="15">
         <v>10</v>
       </c>
       <c r="O571" s="15"/>
       <c r="P571" s="15"/>
       <c r="Q571" s="15"/>
       <c r="R571"/>
     </row>
     <row r="572" spans="1:18">
       <c r="B572" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C572" s="15" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="D572" s="15" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="E572" s="15" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="F572" s="15"/>
       <c r="G572" s="15"/>
       <c r="H572" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I572" s="15"/>
       <c r="J572" s="15">
         <v>10</v>
       </c>
       <c r="K572" s="15">
         <v>3.33</v>
       </c>
       <c r="L572" s="15">
         <v>2.94</v>
       </c>
       <c r="M572" s="15">
         <v>2.64</v>
       </c>
       <c r="N572" s="15">
         <v>10</v>
       </c>
       <c r="O572" s="15"/>
       <c r="P572" s="15"/>
       <c r="Q572" s="15"/>
       <c r="R572"/>
     </row>
     <row r="573" spans="1:18">
       <c r="B573" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C573" s="15" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="D573" s="15" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="E573" s="15" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="F573" s="15"/>
       <c r="G573" s="15"/>
       <c r="H573" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I573" s="15" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="J573" s="15">
         <v>10</v>
       </c>
       <c r="K573" s="15">
         <v>4.24</v>
       </c>
       <c r="L573" s="15">
         <v>3.74</v>
       </c>
       <c r="M573" s="15">
         <v>3.37</v>
       </c>
       <c r="N573" s="15">
         <v>10</v>
       </c>
       <c r="O573" s="15"/>
       <c r="P573" s="15"/>
       <c r="Q573" s="15"/>
       <c r="R573"/>
     </row>
     <row r="574" spans="1:18">
       <c r="B574" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C574" s="15" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="D574" s="15" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="E574" s="15" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="F574" s="15"/>
       <c r="G574" s="15"/>
       <c r="H574" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I574" s="15" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="J574" s="15">
         <v>5</v>
       </c>
       <c r="K574" s="15">
         <v>4.25</v>
       </c>
       <c r="L574" s="15">
         <v>3.75</v>
       </c>
       <c r="M574" s="15">
         <v>3.37</v>
       </c>
       <c r="N574" s="15">
         <v>10</v>
       </c>
       <c r="O574" s="15"/>
       <c r="P574" s="15"/>
       <c r="Q574" s="15"/>
       <c r="R574"/>
     </row>
     <row r="575" spans="1:18">
       <c r="B575" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C575" s="15" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="D575" s="15" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="E575" s="15" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="F575" s="15"/>
       <c r="G575" s="15"/>
       <c r="H575" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I575" s="15"/>
       <c r="J575" s="15">
         <v>5</v>
       </c>
       <c r="K575" s="15">
         <v>4.64</v>
       </c>
       <c r="L575" s="15">
         <v>4.09</v>
       </c>
       <c r="M575" s="15">
         <v>3.68</v>
       </c>
       <c r="N575" s="15">
         <v>20</v>
       </c>
       <c r="O575" s="15"/>
       <c r="P575" s="15"/>
       <c r="Q575" s="15"/>
       <c r="R575"/>
     </row>
     <row r="576" spans="1:18">
       <c r="B576" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C576" s="15" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="D576" s="15" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="E576" s="15" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="F576" s="15"/>
       <c r="G576" s="15"/>
       <c r="H576" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I576" s="15"/>
       <c r="J576" s="15">
         <v>5</v>
       </c>
       <c r="K576" s="15">
         <v>4.63</v>
       </c>
       <c r="L576" s="15">
         <v>4.09</v>
       </c>
       <c r="M576" s="15">
         <v>3.68</v>
       </c>
       <c r="N576" s="15">
         <v>20</v>
       </c>
       <c r="O576" s="15"/>
       <c r="P576" s="15"/>
       <c r="Q576" s="15"/>
       <c r="R576"/>
     </row>
     <row r="577" spans="1:18">
       <c r="B577" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C577" s="15" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="D577" s="15" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="E577" s="15" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="F577" s="15"/>
       <c r="G577" s="15"/>
       <c r="H577" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I577" s="15" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="J577" s="15">
         <v>5</v>
       </c>
       <c r="K577" s="15">
         <v>6.25</v>
       </c>
       <c r="L577" s="15">
         <v>5.51</v>
       </c>
       <c r="M577" s="15">
         <v>4.96</v>
       </c>
       <c r="N577" s="15">
         <v>19</v>
       </c>
       <c r="O577" s="15"/>
       <c r="P577" s="15"/>
       <c r="Q577" s="15"/>
       <c r="R577"/>
     </row>
     <row r="578" spans="1:18">
       <c r="B578" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C578" s="15" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="D578" s="15" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="E578" s="15" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="F578" s="15"/>
       <c r="G578" s="15"/>
       <c r="H578" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I578" s="15" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="J578" s="15">
         <v>5</v>
       </c>
       <c r="K578" s="15">
         <v>6.23</v>
       </c>
       <c r="L578" s="15">
         <v>5.5</v>
       </c>
       <c r="M578" s="15">
         <v>4.95</v>
       </c>
       <c r="N578" s="15">
         <v>19</v>
       </c>
       <c r="O578" s="15"/>
       <c r="P578" s="15"/>
       <c r="Q578" s="15"/>
       <c r="R578"/>
     </row>
     <row r="579" spans="1:18">
       <c r="B579" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C579" s="15" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="D579" s="15" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="E579" s="15" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="F579" s="15"/>
       <c r="G579" s="15"/>
       <c r="H579" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I579" s="15"/>
       <c r="J579" s="15">
         <v>5</v>
       </c>
       <c r="K579" s="15">
         <v>7.89</v>
       </c>
       <c r="L579" s="15">
         <v>6.96</v>
       </c>
       <c r="M579" s="15">
         <v>6.26</v>
       </c>
       <c r="N579" s="15">
         <v>20</v>
       </c>
       <c r="O579" s="15"/>
       <c r="P579" s="15"/>
       <c r="Q579" s="15"/>
       <c r="R579"/>
     </row>
     <row r="580" spans="1:18">
       <c r="B580" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C580" s="15" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="D580" s="15" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="E580" s="15" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="F580" s="15"/>
       <c r="G580" s="15"/>
       <c r="H580" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I580" s="15"/>
       <c r="J580" s="15">
         <v>5</v>
       </c>
       <c r="K580" s="15">
         <v>7.86</v>
       </c>
       <c r="L580" s="15">
         <v>6.94</v>
       </c>
       <c r="M580" s="15">
         <v>6.25</v>
       </c>
       <c r="N580" s="15">
         <v>20</v>
       </c>
       <c r="O580" s="15"/>
       <c r="P580" s="15"/>
       <c r="Q580" s="15"/>
       <c r="R580"/>
     </row>
     <row r="581" spans="1:18">
       <c r="B581" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C581" s="15" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="D581" s="15" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="E581" s="15" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="F581" s="15"/>
       <c r="G581" s="15"/>
       <c r="H581" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I581" s="15"/>
       <c r="J581" s="15">
         <v>10</v>
       </c>
       <c r="K581" s="15">
         <v>5.12</v>
       </c>
       <c r="L581" s="15">
         <v>4.52</v>
       </c>
       <c r="M581" s="15">
         <v>4.07</v>
       </c>
       <c r="N581" s="15">
         <v>20</v>
       </c>
       <c r="O581" s="15"/>
       <c r="P581" s="15"/>
       <c r="Q581" s="15"/>
       <c r="R581"/>
     </row>
     <row r="582" spans="1:18">
       <c r="B582" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C582" s="15" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="D582" s="15" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="E582" s="15" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="F582" s="15"/>
       <c r="G582" s="15"/>
       <c r="H582" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I582" s="15"/>
       <c r="J582" s="15">
         <v>5</v>
       </c>
       <c r="K582" s="15">
         <v>5.12</v>
       </c>
       <c r="L582" s="15">
         <v>4.52</v>
       </c>
       <c r="M582" s="15">
         <v>4.07</v>
       </c>
       <c r="N582" s="15">
         <v>20</v>
       </c>
       <c r="O582" s="15"/>
       <c r="P582" s="15"/>
       <c r="Q582" s="15"/>
       <c r="R582"/>
     </row>
     <row r="583" spans="1:18">
       <c r="B583" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C583" s="15" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D583" s="15" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="E583" s="15" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="F583" s="15"/>
       <c r="G583" s="15"/>
       <c r="H583" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I583" s="15"/>
       <c r="J583" s="15">
         <v>10</v>
       </c>
       <c r="K583" s="15">
         <v>6.44</v>
       </c>
       <c r="L583" s="15">
         <v>5.68</v>
       </c>
       <c r="M583" s="15">
         <v>5.11</v>
       </c>
       <c r="N583" s="15">
         <v>20</v>
       </c>
       <c r="O583" s="15"/>
       <c r="P583" s="15"/>
       <c r="Q583" s="15"/>
       <c r="R583"/>
     </row>
     <row r="584" spans="1:18">
       <c r="B584" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C584" s="15" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="D584" s="15" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="E584" s="15" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="F584" s="15"/>
       <c r="G584" s="15"/>
       <c r="H584" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I584" s="15"/>
       <c r="J584" s="15">
         <v>5</v>
       </c>
       <c r="K584" s="15">
         <v>6.42</v>
       </c>
       <c r="L584" s="15">
         <v>5.67</v>
       </c>
       <c r="M584" s="15">
         <v>5.1</v>
       </c>
       <c r="N584" s="15">
         <v>20</v>
       </c>
       <c r="O584" s="15"/>
       <c r="P584" s="15"/>
       <c r="Q584" s="15"/>
       <c r="R584"/>
     </row>
     <row r="585" spans="1:18">
       <c r="B585" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C585" s="15" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="D585" s="15" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="E585" s="15" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="F585" s="15"/>
       <c r="G585" s="15"/>
       <c r="H585" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I585" s="15"/>
       <c r="J585" s="15">
         <v>5</v>
       </c>
       <c r="K585" s="15">
         <v>7.71</v>
       </c>
       <c r="L585" s="15">
         <v>6.8</v>
       </c>
       <c r="M585" s="15">
         <v>6.12</v>
       </c>
       <c r="N585" s="15">
         <v>10</v>
       </c>
       <c r="O585" s="15"/>
       <c r="P585" s="15"/>
       <c r="Q585" s="15"/>
       <c r="R585"/>
     </row>
     <row r="586" spans="1:18">
       <c r="B586" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C586" s="15" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="D586" s="15" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="E586" s="15" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="F586" s="15"/>
       <c r="G586" s="15"/>
       <c r="H586" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I586" s="15"/>
       <c r="J586" s="15">
         <v>5</v>
       </c>
       <c r="K586" s="15">
         <v>7.68</v>
       </c>
       <c r="L586" s="15">
         <v>6.78</v>
       </c>
       <c r="M586" s="15">
         <v>6.1</v>
       </c>
       <c r="N586" s="15">
         <v>10</v>
       </c>
       <c r="O586" s="15"/>
       <c r="P586" s="15"/>
       <c r="Q586" s="15"/>
       <c r="R586"/>
     </row>
     <row r="587" spans="1:18">
       <c r="B587" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C587" s="15" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="D587" s="15" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="E587" s="15" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="F587" s="15"/>
       <c r="G587" s="15"/>
       <c r="H587" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I587" s="15"/>
       <c r="J587" s="15">
         <v>5</v>
       </c>
       <c r="K587" s="15">
         <v>8.710000000000001</v>
       </c>
       <c r="L587" s="15">
         <v>7.69</v>
       </c>
       <c r="M587" s="15">
         <v>6.92</v>
       </c>
       <c r="N587" s="15">
         <v>10</v>
       </c>
       <c r="O587" s="15"/>
       <c r="P587" s="15"/>
       <c r="Q587" s="15"/>
       <c r="R587"/>
     </row>
     <row r="588" spans="1:18">
       <c r="B588" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C588" s="15" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="D588" s="15" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="E588" s="15" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="F588" s="15"/>
       <c r="G588" s="15"/>
       <c r="H588" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I588" s="15"/>
       <c r="J588" s="15">
         <v>5</v>
       </c>
       <c r="K588" s="15">
         <v>8.68</v>
       </c>
       <c r="L588" s="15">
         <v>7.66</v>
       </c>
       <c r="M588" s="15">
         <v>6.89</v>
       </c>
       <c r="N588" s="15">
         <v>10</v>
       </c>
       <c r="O588" s="15"/>
       <c r="P588" s="15"/>
       <c r="Q588" s="15"/>
       <c r="R588"/>
     </row>
     <row r="589" spans="1:18">
       <c r="B589" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C589" s="15" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="D589" s="15" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="E589" s="15" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="F589" s="15"/>
       <c r="G589" s="15"/>
       <c r="H589" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I589" s="15" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="J589" s="15">
         <v>10</v>
       </c>
       <c r="K589" s="15">
         <v>3.34</v>
       </c>
       <c r="L589" s="15">
         <v>2.95</v>
       </c>
       <c r="M589" s="15">
         <v>2.65</v>
       </c>
       <c r="N589" s="15">
-        <v>100</v>
+        <v>83</v>
       </c>
       <c r="O589" s="15"/>
       <c r="P589" s="15"/>
       <c r="Q589" s="15"/>
       <c r="R589"/>
     </row>
     <row r="590" spans="1:18">
       <c r="B590" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C590" s="15" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="D590" s="15" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="E590" s="15" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="F590" s="15"/>
       <c r="G590" s="15"/>
       <c r="H590" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I590" s="15" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="J590" s="15">
         <v>10</v>
       </c>
       <c r="K590" s="15">
         <v>4.53</v>
       </c>
       <c r="L590" s="15">
         <v>3.99</v>
       </c>
       <c r="M590" s="15">
         <v>3.59</v>
       </c>
       <c r="N590" s="15">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="O590" s="15"/>
       <c r="P590" s="15"/>
       <c r="Q590" s="15"/>
       <c r="R590"/>
     </row>
     <row r="591" spans="1:18">
       <c r="B591" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C591" s="15" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="D591" s="15" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="E591" s="15" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="F591" s="15"/>
       <c r="G591" s="15"/>
       <c r="H591" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I591" s="15" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="J591" s="15">
         <v>10</v>
       </c>
       <c r="K591" s="15">
         <v>3.34</v>
       </c>
       <c r="L591" s="15">
         <v>2.95</v>
       </c>
       <c r="M591" s="15">
         <v>2.65</v>
       </c>
       <c r="N591" s="15">
-        <v>100</v>
+        <v>83</v>
       </c>
       <c r="O591" s="15"/>
       <c r="P591" s="15"/>
       <c r="Q591" s="15"/>
       <c r="R591"/>
     </row>
     <row r="592" spans="1:18">
       <c r="B592" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C592" s="15" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="D592" s="15" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="E592" s="15" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="F592" s="15"/>
       <c r="G592" s="15"/>
       <c r="H592" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I592" s="15" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="J592" s="15">
         <v>10</v>
       </c>
       <c r="K592" s="15">
         <v>4.53</v>
       </c>
       <c r="L592" s="15">
         <v>3.99</v>
       </c>
       <c r="M592" s="15">
         <v>3.59</v>
       </c>
-      <c r="N592" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N592" s="15"/>
       <c r="O592" s="15">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="P592" s="15"/>
+        <v>93</v>
+      </c>
+      <c r="P592" s="15" t="s">
+        <v>1204</v>
+      </c>
       <c r="Q592" s="15"/>
       <c r="R592"/>
     </row>
     <row r="593" spans="1:18">
       <c r="B593" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C593" s="15" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="D593" s="15" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="E593" s="15" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="F593" s="15"/>
       <c r="G593" s="15"/>
       <c r="H593" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I593" s="15"/>
       <c r="J593" s="15">
         <v>10</v>
       </c>
       <c r="K593" s="15">
         <v>4.75</v>
       </c>
       <c r="L593" s="15">
         <v>4.19</v>
       </c>
       <c r="M593" s="15">
         <v>3.77</v>
       </c>
       <c r="N593" s="15">
-        <v>100</v>
+        <v>66</v>
       </c>
       <c r="O593" s="15"/>
       <c r="P593" s="15"/>
       <c r="Q593" s="15"/>
       <c r="R593"/>
     </row>
     <row r="594" spans="1:18">
       <c r="B594" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C594" s="15" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="D594" s="15" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="E594" s="15" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="F594" s="15"/>
       <c r="G594" s="15"/>
       <c r="H594" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I594" s="15" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="J594" s="15">
         <v>10</v>
       </c>
       <c r="K594" s="15">
         <v>6.03</v>
       </c>
       <c r="L594" s="15">
         <v>5.32</v>
       </c>
       <c r="M594" s="15">
         <v>4.79</v>
       </c>
       <c r="N594" s="15">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="O594" s="15"/>
       <c r="P594" s="15"/>
       <c r="Q594" s="15"/>
       <c r="R594"/>
     </row>
     <row r="595" spans="1:18">
       <c r="B595" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C595" s="15" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="D595" s="15" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="E595" s="15" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="F595" s="15"/>
       <c r="G595" s="15"/>
       <c r="H595" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I595" s="15"/>
       <c r="J595" s="15">
         <v>5</v>
       </c>
       <c r="K595" s="15">
         <v>4.74</v>
       </c>
       <c r="L595" s="15">
         <v>4.19</v>
       </c>
       <c r="M595" s="15">
         <v>3.77</v>
       </c>
       <c r="N595" s="15">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="O595" s="15"/>
       <c r="P595" s="15"/>
       <c r="Q595" s="15"/>
       <c r="R595"/>
     </row>
     <row r="596" spans="1:18">
       <c r="B596" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C596" s="15" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="D596" s="15" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="E596" s="15" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="F596" s="15"/>
       <c r="G596" s="15"/>
       <c r="H596" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I596" s="15" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="J596" s="15">
         <v>10</v>
       </c>
       <c r="K596" s="15">
         <v>6.03</v>
       </c>
       <c r="L596" s="15">
         <v>5.32</v>
       </c>
       <c r="M596" s="15">
         <v>4.79</v>
       </c>
       <c r="N596" s="15">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="O596" s="15"/>
       <c r="P596" s="15"/>
       <c r="Q596" s="15"/>
       <c r="R596"/>
     </row>
     <row r="597" spans="1:18">
       <c r="B597" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C597" s="15" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="D597" s="15" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="E597" s="15" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="F597" s="15"/>
       <c r="G597" s="15"/>
       <c r="H597" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I597" s="15"/>
       <c r="J597" s="15">
         <v>5</v>
       </c>
       <c r="K597" s="15">
         <v>5.64</v>
       </c>
       <c r="L597" s="15">
         <v>4.98</v>
       </c>
       <c r="M597" s="15">
         <v>4.48</v>
       </c>
       <c r="N597" s="15">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="O597" s="15"/>
       <c r="P597" s="15"/>
       <c r="Q597" s="15"/>
       <c r="R597"/>
     </row>
     <row r="598" spans="1:18">
       <c r="B598" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C598" s="15" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="D598" s="15" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="E598" s="15" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="F598" s="15"/>
       <c r="G598" s="15"/>
       <c r="H598" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I598" s="15"/>
       <c r="J598" s="15">
         <v>5</v>
       </c>
       <c r="K598" s="15">
         <v>7.56</v>
       </c>
       <c r="L598" s="15">
         <v>6.67</v>
       </c>
       <c r="M598" s="15">
         <v>6</v>
       </c>
       <c r="N598" s="15">
         <v>100</v>
       </c>
       <c r="O598" s="15"/>
       <c r="P598" s="15"/>
       <c r="Q598" s="15"/>
       <c r="R598"/>
     </row>
     <row r="599" spans="1:18">
       <c r="B599" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C599" s="15" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="D599" s="15" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="E599" s="15" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="F599" s="15"/>
       <c r="G599" s="15"/>
       <c r="H599" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I599" s="15"/>
       <c r="J599" s="15">
         <v>5</v>
       </c>
       <c r="K599" s="15">
         <v>5.63</v>
       </c>
       <c r="L599" s="15">
         <v>4.97</v>
       </c>
       <c r="M599" s="15">
         <v>4.47</v>
       </c>
       <c r="N599" s="15">
         <v>100</v>
       </c>
       <c r="O599" s="15"/>
       <c r="P599" s="15"/>
       <c r="Q599" s="15"/>
       <c r="R599"/>
     </row>
     <row r="600" spans="1:18">
       <c r="B600" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C600" s="15" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="D600" s="15" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="E600" s="15" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="F600" s="15"/>
       <c r="G600" s="15"/>
       <c r="H600" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I600" s="15"/>
       <c r="J600" s="15">
         <v>5</v>
       </c>
       <c r="K600" s="15">
         <v>7.55</v>
       </c>
       <c r="L600" s="15">
         <v>6.66</v>
       </c>
       <c r="M600" s="15">
         <v>5.99</v>
       </c>
       <c r="N600" s="15">
         <v>100</v>
       </c>
       <c r="O600" s="15"/>
       <c r="P600" s="15"/>
       <c r="Q600" s="15"/>
       <c r="R600"/>
     </row>
     <row r="601" spans="1:18">
       <c r="B601" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C601" s="15" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="D601" s="15" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="E601" s="15" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="F601" s="15"/>
       <c r="G601" s="15"/>
       <c r="H601" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I601" s="15" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="J601" s="15">
         <v>5</v>
       </c>
       <c r="K601" s="15">
         <v>6.56</v>
       </c>
       <c r="L601" s="15">
         <v>5.79</v>
       </c>
       <c r="M601" s="15">
         <v>5.21</v>
       </c>
       <c r="N601" s="15">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="O601" s="15"/>
       <c r="P601" s="15"/>
       <c r="Q601" s="15"/>
       <c r="R601"/>
     </row>
     <row r="602" spans="1:18">
       <c r="B602" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C602" s="15" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="D602" s="15" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="E602" s="15" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="F602" s="15"/>
       <c r="G602" s="15"/>
       <c r="H602" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I602" s="15"/>
       <c r="J602" s="15">
         <v>5</v>
       </c>
       <c r="K602" s="15">
         <v>9.74</v>
       </c>
       <c r="L602" s="15">
         <v>8.59</v>
       </c>
       <c r="M602" s="15">
         <v>7.73</v>
       </c>
       <c r="N602" s="15">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="O602" s="15"/>
       <c r="P602" s="15"/>
       <c r="Q602" s="15"/>
       <c r="R602"/>
     </row>
     <row r="603" spans="1:18">
       <c r="B603" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C603" s="15" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="D603" s="15" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="E603" s="15" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="F603" s="15"/>
       <c r="G603" s="15"/>
       <c r="H603" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I603" s="15"/>
       <c r="J603" s="15">
         <v>5</v>
       </c>
       <c r="K603" s="15">
         <v>6.41</v>
       </c>
       <c r="L603" s="15">
         <v>5.66</v>
       </c>
       <c r="M603" s="15">
         <v>5.09</v>
       </c>
       <c r="N603" s="15">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="O603" s="15"/>
       <c r="P603" s="15"/>
       <c r="Q603" s="15"/>
       <c r="R603"/>
     </row>
     <row r="604" spans="1:18">
       <c r="B604" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C604" s="15" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="D604" s="15" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="E604" s="15" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="F604" s="15"/>
       <c r="G604" s="15"/>
       <c r="H604" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I604" s="15"/>
       <c r="J604" s="15">
         <v>5</v>
       </c>
       <c r="K604" s="15">
         <v>9.710000000000001</v>
       </c>
       <c r="L604" s="15">
         <v>8.57</v>
       </c>
       <c r="M604" s="15">
         <v>7.71</v>
       </c>
       <c r="N604" s="15">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="O604" s="15"/>
       <c r="P604" s="15"/>
       <c r="Q604" s="15"/>
       <c r="R604"/>
     </row>
     <row r="605" spans="1:18">
       <c r="B605" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C605" s="15" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="D605" s="15" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="E605" s="15" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="F605" s="15"/>
       <c r="G605" s="15"/>
       <c r="H605" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I605" s="15"/>
       <c r="J605" s="15">
         <v>5</v>
       </c>
       <c r="K605" s="15">
         <v>3.08</v>
       </c>
       <c r="L605" s="15">
         <v>2.72</v>
       </c>
       <c r="M605" s="15">
         <v>2.45</v>
       </c>
       <c r="N605" s="15">
         <v>20</v>
       </c>
       <c r="O605" s="15"/>
       <c r="P605" s="15"/>
       <c r="Q605" s="15"/>
       <c r="R605"/>
     </row>
     <row r="606" spans="1:18">
       <c r="B606" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C606" s="15" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="D606" s="15" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="E606" s="15" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="F606" s="15"/>
       <c r="G606" s="15"/>
       <c r="H606" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I606" s="15"/>
       <c r="J606" s="15">
         <v>10</v>
       </c>
       <c r="K606" s="15">
         <v>3.08</v>
       </c>
       <c r="L606" s="15">
         <v>2.72</v>
       </c>
       <c r="M606" s="15">
         <v>2.45</v>
       </c>
       <c r="N606" s="15">
         <v>20</v>
       </c>
       <c r="O606" s="15"/>
       <c r="P606" s="15"/>
       <c r="Q606" s="15"/>
       <c r="R606"/>
     </row>
     <row r="607" spans="1:18">
       <c r="B607" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C607" s="15" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="D607" s="15" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="E607" s="15" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="F607" s="15"/>
       <c r="G607" s="15"/>
       <c r="H607" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I607" s="15"/>
       <c r="J607" s="15">
         <v>10</v>
       </c>
       <c r="K607" s="15">
         <v>3.98</v>
       </c>
       <c r="L607" s="15">
         <v>3.51</v>
       </c>
       <c r="M607" s="15">
         <v>3.16</v>
       </c>
       <c r="N607" s="15">
         <v>20</v>
       </c>
       <c r="O607" s="15"/>
       <c r="P607" s="15"/>
       <c r="Q607" s="15"/>
       <c r="R607"/>
     </row>
     <row r="608" spans="1:18">
       <c r="B608" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C608" s="15" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="D608" s="15" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="E608" s="15" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="F608" s="15"/>
       <c r="G608" s="15"/>
       <c r="H608" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I608" s="15"/>
       <c r="J608" s="15">
         <v>10</v>
       </c>
       <c r="K608" s="15">
         <v>3.97</v>
       </c>
       <c r="L608" s="15">
         <v>3.5</v>
       </c>
       <c r="M608" s="15">
         <v>3.15</v>
       </c>
       <c r="N608" s="15">
         <v>20</v>
       </c>
       <c r="O608" s="15"/>
       <c r="P608" s="15"/>
       <c r="Q608" s="15"/>
       <c r="R608"/>
     </row>
     <row r="609" spans="1:18">
       <c r="B609" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C609" s="15" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="D609" s="15" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="E609" s="15" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="F609" s="15"/>
       <c r="G609" s="15"/>
       <c r="H609" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I609" s="15" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="J609" s="15">
         <v>5</v>
       </c>
       <c r="K609" s="15">
         <v>5.38</v>
       </c>
       <c r="L609" s="15">
         <v>4.75</v>
       </c>
       <c r="M609" s="15">
         <v>4.27</v>
       </c>
       <c r="N609" s="15">
         <v>19</v>
       </c>
       <c r="O609" s="15"/>
       <c r="P609" s="15"/>
       <c r="Q609" s="15"/>
       <c r="R609"/>
     </row>
     <row r="610" spans="1:18">
       <c r="B610" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C610" s="15" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="D610" s="15" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="E610" s="15" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="F610" s="15"/>
       <c r="G610" s="15"/>
       <c r="H610" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I610" s="15" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="J610" s="15">
         <v>5</v>
       </c>
       <c r="K610" s="15">
         <v>5.36</v>
       </c>
       <c r="L610" s="15">
         <v>4.73</v>
       </c>
       <c r="M610" s="15">
         <v>4.26</v>
       </c>
       <c r="N610" s="15">
         <v>19</v>
       </c>
       <c r="O610" s="15"/>
       <c r="P610" s="15"/>
       <c r="Q610" s="15"/>
       <c r="R610"/>
     </row>
     <row r="611" spans="1:18">
       <c r="B611" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C611" s="15" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="D611" s="15" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="E611" s="15" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="F611" s="15"/>
       <c r="G611" s="15"/>
       <c r="H611" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I611" s="15"/>
       <c r="J611" s="15">
         <v>5</v>
       </c>
       <c r="K611" s="15">
         <v>6.86</v>
       </c>
       <c r="L611" s="15">
         <v>6.05</v>
       </c>
       <c r="M611" s="15">
         <v>5.45</v>
       </c>
-      <c r="N611" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N611" s="15"/>
       <c r="O611" s="15"/>
       <c r="P611" s="15"/>
       <c r="Q611" s="15"/>
       <c r="R611"/>
     </row>
     <row r="612" spans="1:18">
       <c r="B612" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C612" s="15" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="D612" s="15" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="E612" s="15" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="F612" s="15"/>
       <c r="G612" s="15"/>
       <c r="H612" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I612" s="15"/>
       <c r="J612" s="15">
         <v>5</v>
       </c>
       <c r="K612" s="15">
         <v>6.84</v>
       </c>
       <c r="L612" s="15">
         <v>6.03</v>
       </c>
       <c r="M612" s="15">
         <v>5.43</v>
       </c>
       <c r="N612" s="15">
         <v>20</v>
       </c>
       <c r="O612" s="15"/>
       <c r="P612" s="15"/>
       <c r="Q612" s="15"/>
       <c r="R612"/>
     </row>
     <row r="613" spans="1:18">
       <c r="B613" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C613" s="15" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="D613" s="15" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="E613" s="15" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="F613" s="15"/>
       <c r="G613" s="15"/>
       <c r="H613" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I613" s="15"/>
       <c r="J613" s="15">
         <v>5</v>
       </c>
       <c r="K613" s="15">
         <v>5.37</v>
       </c>
       <c r="L613" s="15">
         <v>4.74</v>
       </c>
       <c r="M613" s="15">
         <v>4.26</v>
       </c>
       <c r="N613" s="15">
         <v>17</v>
       </c>
       <c r="O613" s="15"/>
       <c r="P613" s="15"/>
       <c r="Q613" s="15"/>
       <c r="R613"/>
     </row>
     <row r="614" spans="1:18">
       <c r="B614" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C614" s="15" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="D614" s="15" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="E614" s="15" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="F614" s="15"/>
       <c r="G614" s="15"/>
       <c r="H614" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I614" s="15"/>
       <c r="J614" s="15">
         <v>5</v>
       </c>
       <c r="K614" s="15">
         <v>5.37</v>
       </c>
       <c r="L614" s="15">
         <v>4.74</v>
       </c>
       <c r="M614" s="15">
         <v>4.26</v>
       </c>
       <c r="N614" s="15">
         <v>17</v>
       </c>
       <c r="O614" s="15"/>
       <c r="P614" s="15"/>
       <c r="Q614" s="15"/>
       <c r="R614"/>
     </row>
     <row r="615" spans="1:18">
       <c r="B615" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C615" s="15" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="D615" s="15" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="E615" s="15" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="F615" s="15"/>
       <c r="G615" s="15"/>
       <c r="H615" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I615" s="15"/>
       <c r="J615" s="15">
         <v>5</v>
       </c>
       <c r="K615" s="15">
         <v>6.84</v>
       </c>
       <c r="L615" s="15">
         <v>6.04</v>
       </c>
       <c r="M615" s="15">
         <v>5.43</v>
       </c>
       <c r="N615" s="15">
         <v>20</v>
       </c>
       <c r="O615" s="15"/>
       <c r="P615" s="15"/>
       <c r="Q615" s="15"/>
       <c r="R615"/>
     </row>
     <row r="616" spans="1:18">
       <c r="B616" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C616" s="15" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="D616" s="15" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="E616" s="15" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="F616" s="15"/>
       <c r="G616" s="15"/>
       <c r="H616" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I616" s="15"/>
       <c r="J616" s="15">
         <v>5</v>
       </c>
       <c r="K616" s="15">
         <v>6.83</v>
       </c>
       <c r="L616" s="15">
         <v>6.03</v>
       </c>
       <c r="M616" s="15">
         <v>5.42</v>
       </c>
       <c r="N616" s="15">
         <v>20</v>
       </c>
       <c r="O616" s="15"/>
       <c r="P616" s="15"/>
       <c r="Q616" s="15"/>
       <c r="R616"/>
     </row>
     <row r="617" spans="1:18">
       <c r="B617" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C617" s="15" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="D617" s="15" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="E617" s="15" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="F617" s="15"/>
       <c r="G617" s="15"/>
       <c r="H617" s="15" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="I617" s="15"/>
       <c r="J617" s="15"/>
       <c r="K617" s="15">
         <v>0.15</v>
       </c>
       <c r="L617" s="15">
         <v>0.12</v>
       </c>
       <c r="M617" s="15">
         <v>0.11</v>
       </c>
       <c r="N617" s="15">
         <v>55</v>
       </c>
       <c r="O617" s="15"/>
       <c r="P617" s="15"/>
       <c r="Q617" s="15"/>
       <c r="R617"/>
     </row>
     <row r="618" spans="1:18">
       <c r="B618" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C618" s="15" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="D618" s="15" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="E618" s="15" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="F618" s="15"/>
       <c r="G618" s="15"/>
       <c r="H618" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I618" s="15"/>
       <c r="J618" s="15">
         <v>5</v>
       </c>
       <c r="K618" s="15">
         <v>10.27</v>
       </c>
       <c r="L618" s="15">
         <v>9.06</v>
       </c>
       <c r="M618" s="15">
         <v>8.15</v>
       </c>
       <c r="N618" s="15">
         <v>10</v>
       </c>
       <c r="O618" s="15"/>
       <c r="P618" s="15"/>
       <c r="Q618" s="15"/>
       <c r="R618"/>
     </row>
     <row r="619" spans="1:18">
       <c r="B619" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C619" s="15" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="D619" s="15" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="E619" s="15" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="F619" s="15"/>
       <c r="G619" s="15"/>
       <c r="H619" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I619" s="15"/>
       <c r="J619" s="15">
         <v>5</v>
       </c>
       <c r="K619" s="15">
         <v>10.27</v>
       </c>
       <c r="L619" s="15">
         <v>9.06</v>
       </c>
       <c r="M619" s="15">
         <v>8.16</v>
       </c>
       <c r="N619" s="15">
         <v>10</v>
       </c>
       <c r="O619" s="15"/>
       <c r="P619" s="15"/>
       <c r="Q619" s="15"/>
       <c r="R619"/>
     </row>
     <row r="620" spans="1:18">
       <c r="B620" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C620" s="15" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="D620" s="15" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="E620" s="15" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="F620" s="15"/>
       <c r="G620" s="15"/>
       <c r="H620" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I620" s="15"/>
       <c r="J620" s="15">
         <v>5</v>
       </c>
       <c r="K620" s="15">
         <v>10.86</v>
       </c>
       <c r="L620" s="15">
         <v>9.58</v>
       </c>
       <c r="M620" s="15">
         <v>8.619999999999999</v>
       </c>
       <c r="N620" s="15">
         <v>10</v>
       </c>
       <c r="O620" s="15"/>
       <c r="P620" s="15"/>
       <c r="Q620" s="15"/>
       <c r="R620"/>
     </row>
     <row r="621" spans="1:18">
       <c r="B621" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C621" s="15" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="D621" s="15" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="E621" s="15" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="F621" s="15"/>
       <c r="G621" s="15"/>
       <c r="H621" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I621" s="15"/>
       <c r="J621" s="15">
         <v>5</v>
       </c>
       <c r="K621" s="15">
         <v>10.87</v>
       </c>
       <c r="L621" s="15">
         <v>9.59</v>
       </c>
       <c r="M621" s="15">
         <v>8.630000000000001</v>
       </c>
       <c r="N621" s="15">
         <v>10</v>
       </c>
       <c r="O621" s="15"/>
       <c r="P621" s="15"/>
       <c r="Q621" s="15"/>
       <c r="R621"/>
     </row>
     <row r="622" spans="1:18">
       <c r="B622" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C622" s="15" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="D622" s="15" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="E622" s="15" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="F622" s="15"/>
       <c r="G622" s="15"/>
       <c r="H622" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I622" s="15"/>
       <c r="J622" s="15">
         <v>5</v>
       </c>
       <c r="K622" s="15">
         <v>12.42</v>
       </c>
       <c r="L622" s="15">
         <v>10.96</v>
       </c>
       <c r="M622" s="15">
         <v>9.859999999999999</v>
       </c>
       <c r="N622" s="15">
         <v>10</v>
       </c>
       <c r="O622" s="15"/>
       <c r="P622" s="15"/>
       <c r="Q622" s="15"/>
       <c r="R622"/>
     </row>
     <row r="623" spans="1:18">
       <c r="B623" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C623" s="15" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="D623" s="15" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="E623" s="15" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="F623" s="15"/>
       <c r="G623" s="15"/>
       <c r="H623" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I623" s="15"/>
       <c r="J623" s="15">
         <v>5</v>
       </c>
       <c r="K623" s="15">
         <v>12.42</v>
       </c>
       <c r="L623" s="15">
         <v>10.95</v>
       </c>
       <c r="M623" s="15">
         <v>9.859999999999999</v>
       </c>
       <c r="N623" s="15">
         <v>10</v>
       </c>
       <c r="O623" s="15"/>
       <c r="P623" s="15"/>
       <c r="Q623" s="15"/>
       <c r="R623"/>
     </row>
     <row r="624" spans="1:18">
       <c r="B624" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C624" s="15" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="D624" s="15" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="E624" s="15" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="F624" s="15"/>
       <c r="G624" s="15"/>
       <c r="H624" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I624" s="15"/>
       <c r="J624" s="15">
         <v>5</v>
       </c>
       <c r="K624" s="15">
         <v>60.77</v>
       </c>
       <c r="L624" s="15">
         <v>53.62</v>
       </c>
       <c r="M624" s="15">
         <v>48.26</v>
       </c>
       <c r="N624" s="15">
         <v>10</v>
       </c>
       <c r="O624" s="15"/>
       <c r="P624" s="15"/>
       <c r="Q624" s="15"/>
       <c r="R624"/>
     </row>
     <row r="625" spans="1:18">
       <c r="B625" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C625" s="15" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="D625" s="15" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="E625" s="15" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="F625" s="15"/>
       <c r="G625" s="15"/>
       <c r="H625" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I625" s="15"/>
       <c r="J625" s="15">
         <v>5</v>
       </c>
       <c r="K625" s="15">
         <v>60.77</v>
       </c>
       <c r="L625" s="15">
         <v>53.62</v>
       </c>
       <c r="M625" s="15">
         <v>48.26</v>
       </c>
       <c r="N625" s="15">
         <v>10</v>
       </c>
       <c r="O625" s="15"/>
       <c r="P625" s="15"/>
       <c r="Q625" s="15"/>
       <c r="R625"/>
     </row>
     <row r="626" spans="1:18">
       <c r="B626" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C626" s="15" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="D626" s="15" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="E626" s="15" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="F626" s="15"/>
       <c r="G626" s="15"/>
       <c r="H626" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I626" s="15"/>
       <c r="J626" s="15">
         <v>40</v>
       </c>
       <c r="K626" s="15">
         <v>1.49</v>
       </c>
       <c r="L626" s="15">
         <v>1.32</v>
       </c>
       <c r="M626" s="15">
         <v>1.18</v>
       </c>
       <c r="N626" s="15">
         <v>20</v>
       </c>
       <c r="O626" s="15"/>
       <c r="P626" s="15"/>
       <c r="Q626" s="15"/>
       <c r="R626"/>
     </row>
     <row r="627" spans="1:18">
       <c r="B627" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C627" s="15" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="D627" s="15" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="E627" s="15" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="F627" s="15"/>
       <c r="G627" s="15"/>
       <c r="H627" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I627" s="15"/>
       <c r="J627" s="15">
         <v>20</v>
       </c>
       <c r="K627" s="15">
         <v>3.9</v>
       </c>
       <c r="L627" s="15">
         <v>3.44</v>
       </c>
       <c r="M627" s="15">
         <v>3.1</v>
       </c>
       <c r="N627" s="15">
         <v>5</v>
       </c>
       <c r="O627" s="15"/>
       <c r="P627" s="15"/>
       <c r="Q627" s="15"/>
       <c r="R627"/>
     </row>
     <row r="628" spans="1:18">
       <c r="B628" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C628" s="15" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="D628" s="15" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="E628" s="15" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="F628" s="15"/>
       <c r="G628" s="15"/>
       <c r="H628" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I628" s="15"/>
       <c r="J628" s="15">
         <v>20</v>
       </c>
       <c r="K628" s="15">
         <v>3.91</v>
       </c>
       <c r="L628" s="15">
         <v>3.45</v>
       </c>
       <c r="M628" s="15">
         <v>3.1</v>
       </c>
       <c r="N628" s="15">
         <v>5</v>
       </c>
       <c r="O628" s="15"/>
       <c r="P628" s="15"/>
       <c r="Q628" s="15"/>
       <c r="R628"/>
     </row>
     <row r="629" spans="1:18">
       <c r="B629" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C629" s="15" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="D629" s="15" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="E629" s="15" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="F629" s="15"/>
       <c r="G629" s="15"/>
       <c r="H629" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I629" s="15"/>
       <c r="J629" s="15">
         <v>20</v>
       </c>
       <c r="K629" s="15">
         <v>3.91</v>
       </c>
       <c r="L629" s="15">
         <v>3.45</v>
       </c>
       <c r="M629" s="15">
         <v>3.1</v>
       </c>
       <c r="N629" s="15">
         <v>5</v>
       </c>
       <c r="O629" s="15"/>
       <c r="P629" s="15"/>
       <c r="Q629" s="15"/>
       <c r="R629"/>
     </row>
     <row r="630" spans="1:18">
       <c r="B630" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C630" s="15" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="D630" s="15" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="E630" s="15" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="F630" s="15"/>
       <c r="G630" s="15"/>
       <c r="H630" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I630" s="15"/>
       <c r="J630" s="15">
         <v>20</v>
       </c>
       <c r="K630" s="15">
         <v>10.52</v>
       </c>
       <c r="L630" s="15">
         <v>9.279999999999999</v>
       </c>
       <c r="M630" s="15">
         <v>8.359999999999999</v>
       </c>
       <c r="N630" s="15">
         <v>10</v>
       </c>
       <c r="O630" s="15"/>
       <c r="P630" s="15"/>
       <c r="Q630" s="15"/>
       <c r="R630"/>
     </row>
     <row r="631" spans="1:18">
       <c r="B631" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C631" s="15" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="D631" s="15" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="E631" s="15" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="F631" s="15"/>
       <c r="G631" s="15"/>
       <c r="H631" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I631" s="15"/>
       <c r="J631" s="15">
         <v>20</v>
       </c>
       <c r="K631" s="15">
         <v>10.52</v>
       </c>
       <c r="L631" s="15">
         <v>9.279999999999999</v>
       </c>
       <c r="M631" s="15">
         <v>8.359999999999999</v>
       </c>
       <c r="N631" s="15">
         <v>10</v>
       </c>
       <c r="O631" s="15"/>
       <c r="P631" s="15"/>
       <c r="Q631" s="15"/>
       <c r="R631"/>
     </row>
     <row r="632" spans="1:18">
       <c r="B632" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C632" s="15" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="D632" s="15" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="E632" s="15" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="F632" s="15"/>
       <c r="G632" s="15"/>
       <c r="H632" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I632" s="15"/>
       <c r="J632" s="15">
         <v>20</v>
       </c>
       <c r="K632" s="15">
         <v>2.68</v>
       </c>
       <c r="L632" s="15">
         <v>2.36</v>
       </c>
       <c r="M632" s="15">
         <v>2.13</v>
       </c>
       <c r="N632" s="15">
         <v>10</v>
       </c>
       <c r="O632" s="15"/>
       <c r="P632" s="15"/>
       <c r="Q632" s="15"/>
       <c r="R632"/>
     </row>
     <row r="633" spans="1:18">
       <c r="B633" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C633" s="15" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="D633" s="15" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="E633" s="15" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="F633" s="15"/>
       <c r="G633" s="15"/>
       <c r="H633" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I633" s="15"/>
       <c r="J633" s="15">
         <v>20</v>
       </c>
       <c r="K633" s="15">
         <v>10.53</v>
       </c>
       <c r="L633" s="15">
         <v>9.289999999999999</v>
       </c>
       <c r="M633" s="15">
         <v>8.359999999999999</v>
       </c>
       <c r="N633" s="15">
         <v>10</v>
       </c>
       <c r="O633" s="15"/>
       <c r="P633" s="15"/>
       <c r="Q633" s="15"/>
       <c r="R633"/>
     </row>
     <row r="634" spans="1:18">
       <c r="B634" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C634" s="15" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="D634" s="15" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="E634" s="15" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="F634" s="15"/>
       <c r="G634" s="15"/>
       <c r="H634" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I634" s="15"/>
       <c r="J634" s="15">
         <v>20</v>
       </c>
       <c r="K634" s="15">
         <v>10.53</v>
       </c>
       <c r="L634" s="15">
         <v>9.289999999999999</v>
       </c>
       <c r="M634" s="15">
         <v>8.359999999999999</v>
       </c>
       <c r="N634" s="15">
         <v>10</v>
       </c>
       <c r="O634" s="15"/>
       <c r="P634" s="15"/>
       <c r="Q634" s="15"/>
       <c r="R634"/>
     </row>
     <row r="635" spans="1:18">
       <c r="B635" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C635" s="15" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="D635" s="15" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="E635" s="15" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="F635" s="15"/>
       <c r="G635" s="15"/>
       <c r="H635" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I635" s="15"/>
       <c r="J635" s="15">
         <v>20</v>
       </c>
       <c r="K635" s="15">
         <v>2.68</v>
       </c>
       <c r="L635" s="15">
         <v>2.37</v>
       </c>
       <c r="M635" s="15">
         <v>2.13</v>
       </c>
       <c r="N635" s="15">
         <v>10</v>
       </c>
       <c r="O635" s="15"/>
       <c r="P635" s="15"/>
       <c r="Q635" s="15"/>
       <c r="R635"/>
     </row>
     <row r="636" spans="1:18">
       <c r="B636" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C636" s="15" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="D636" s="15" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="E636" s="15" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="F636" s="15"/>
       <c r="G636" s="15"/>
       <c r="H636" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I636" s="15"/>
       <c r="J636" s="15">
         <v>20</v>
       </c>
       <c r="K636" s="15">
         <v>2.67</v>
       </c>
       <c r="L636" s="15">
         <v>2.36</v>
       </c>
       <c r="M636" s="15">
         <v>2.12</v>
       </c>
       <c r="N636" s="15">
         <v>10</v>
       </c>
       <c r="O636" s="15"/>
       <c r="P636" s="15"/>
       <c r="Q636" s="15"/>
       <c r="R636"/>
     </row>
     <row r="637" spans="1:18">
       <c r="B637" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C637" s="15" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="D637" s="15" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="E637" s="15" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="F637" s="15"/>
       <c r="G637" s="15"/>
       <c r="H637" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I637" s="15"/>
       <c r="J637" s="15">
         <v>20</v>
       </c>
       <c r="K637" s="15">
         <v>2.68</v>
       </c>
       <c r="L637" s="15">
         <v>2.36</v>
       </c>
       <c r="M637" s="15">
         <v>2.13</v>
       </c>
       <c r="N637" s="15">
         <v>10</v>
       </c>
       <c r="O637" s="15"/>
       <c r="P637" s="15"/>
       <c r="Q637" s="15"/>
       <c r="R637"/>
     </row>
     <row r="638" spans="1:18">
       <c r="B638" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C638" s="15" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="D638" s="15" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="E638" s="15" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="F638" s="15"/>
       <c r="G638" s="15"/>
       <c r="H638" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I638" s="15"/>
       <c r="J638" s="15">
         <v>20</v>
       </c>
       <c r="K638" s="15">
         <v>2.68</v>
       </c>
       <c r="L638" s="15">
         <v>2.36</v>
       </c>
       <c r="M638" s="15">
         <v>2.13</v>
       </c>
       <c r="N638" s="15">
         <v>10</v>
       </c>
       <c r="O638" s="15"/>
       <c r="P638" s="15"/>
       <c r="Q638" s="15"/>
       <c r="R638"/>
     </row>
     <row r="639" spans="1:18">
       <c r="B639" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C639" s="15" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="D639" s="15" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="E639" s="15" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="F639" s="15"/>
       <c r="G639" s="15"/>
       <c r="H639" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I639" s="15"/>
       <c r="J639" s="15">
         <v>20</v>
       </c>
       <c r="K639" s="15">
         <v>2.68</v>
       </c>
       <c r="L639" s="15">
         <v>2.37</v>
       </c>
       <c r="M639" s="15">
         <v>2.13</v>
       </c>
       <c r="N639" s="15">
         <v>10</v>
       </c>
       <c r="O639" s="15"/>
       <c r="P639" s="15"/>
       <c r="Q639" s="15"/>
       <c r="R639"/>
     </row>
     <row r="640" spans="1:18">
       <c r="B640" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C640" s="15" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="D640" s="15" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="E640" s="15" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="F640" s="15"/>
       <c r="G640" s="15"/>
       <c r="H640" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I640" s="15"/>
       <c r="J640" s="15">
         <v>20</v>
       </c>
       <c r="K640" s="15">
         <v>17.56</v>
       </c>
       <c r="L640" s="15">
         <v>15.5</v>
       </c>
       <c r="M640" s="15">
         <v>13.95</v>
       </c>
       <c r="N640" s="15">
         <v>10</v>
       </c>
       <c r="O640" s="15"/>
       <c r="P640" s="15"/>
       <c r="Q640" s="15"/>
       <c r="R640"/>
     </row>
     <row r="641" spans="1:18">
       <c r="B641" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C641" s="15" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="D641" s="15" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="E641" s="15" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="F641" s="15"/>
       <c r="G641" s="15"/>
       <c r="H641" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I641" s="15"/>
       <c r="J641" s="15">
         <v>20</v>
       </c>
       <c r="K641" s="15">
         <v>17.56</v>
       </c>
       <c r="L641" s="15">
         <v>15.5</v>
       </c>
       <c r="M641" s="15">
         <v>13.95</v>
       </c>
       <c r="N641" s="15">
         <v>10</v>
       </c>
       <c r="O641" s="15"/>
       <c r="P641" s="15"/>
       <c r="Q641" s="15"/>
       <c r="R641"/>
     </row>
     <row r="642" spans="1:18">
       <c r="B642" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C642" s="15" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="D642" s="15" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="E642" s="15" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="F642" s="15"/>
       <c r="G642" s="15"/>
       <c r="H642" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I642" s="15"/>
       <c r="J642" s="15">
         <v>20</v>
       </c>
       <c r="K642" s="15">
         <v>2.68</v>
       </c>
       <c r="L642" s="15">
         <v>2.36</v>
       </c>
       <c r="M642" s="15">
         <v>2.13</v>
       </c>
       <c r="N642" s="15">
         <v>10</v>
       </c>
       <c r="O642" s="15"/>
       <c r="P642" s="15"/>
       <c r="Q642" s="15"/>
       <c r="R642"/>
     </row>
     <row r="643" spans="1:18">
       <c r="B643" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C643" s="15" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="D643" s="15" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="E643" s="15" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="F643" s="15"/>
       <c r="G643" s="15"/>
       <c r="H643" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I643" s="15"/>
       <c r="J643" s="15">
         <v>20</v>
       </c>
       <c r="K643" s="15">
         <v>17.57</v>
       </c>
       <c r="L643" s="15">
         <v>15.5</v>
       </c>
       <c r="M643" s="15">
         <v>13.95</v>
       </c>
       <c r="N643" s="15">
         <v>10</v>
       </c>
       <c r="O643" s="15"/>
       <c r="P643" s="15"/>
       <c r="Q643" s="15"/>
       <c r="R643"/>
     </row>
     <row r="644" spans="1:18">
       <c r="B644" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C644" s="15" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="D644" s="15" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="E644" s="15" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="F644" s="15"/>
       <c r="G644" s="15"/>
       <c r="H644" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I644" s="15"/>
       <c r="J644" s="15">
         <v>20</v>
       </c>
       <c r="K644" s="15">
         <v>17.57</v>
       </c>
       <c r="L644" s="15">
         <v>15.5</v>
       </c>
       <c r="M644" s="15">
         <v>13.95</v>
       </c>
       <c r="N644" s="15">
         <v>10</v>
       </c>
       <c r="O644" s="15"/>
       <c r="P644" s="15"/>
       <c r="Q644" s="15"/>
       <c r="R644"/>
     </row>
     <row r="645" spans="1:18">
       <c r="B645" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C645" s="15" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="D645" s="15" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="E645" s="15" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="F645" s="15"/>
       <c r="G645" s="15"/>
       <c r="H645" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I645" s="15"/>
       <c r="J645" s="15">
         <v>20</v>
       </c>
       <c r="K645" s="15">
         <v>2.68</v>
       </c>
       <c r="L645" s="15">
         <v>2.36</v>
       </c>
       <c r="M645" s="15">
         <v>2.13</v>
       </c>
       <c r="N645" s="15">
         <v>10</v>
       </c>
       <c r="O645" s="15"/>
       <c r="P645" s="15"/>
       <c r="Q645" s="15"/>
       <c r="R645"/>
     </row>
     <row r="646" spans="1:18">
       <c r="B646" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C646" s="15" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="D646" s="15" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="E646" s="15" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="F646" s="15"/>
       <c r="G646" s="15"/>
       <c r="H646" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I646" s="15"/>
       <c r="J646" s="15">
         <v>10</v>
       </c>
       <c r="K646" s="15">
         <v>16.45</v>
       </c>
       <c r="L646" s="15">
         <v>14.51</v>
       </c>
       <c r="M646" s="15">
         <v>13.06</v>
       </c>
       <c r="N646" s="15">
         <v>5</v>
       </c>
       <c r="O646" s="15"/>
       <c r="P646" s="15"/>
       <c r="Q646" s="15"/>
       <c r="R646"/>
     </row>
     <row r="647" spans="1:18">
       <c r="B647" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C647" s="15" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="D647" s="15" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="E647" s="15" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="F647" s="15"/>
       <c r="G647" s="15"/>
       <c r="H647" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I647" s="15"/>
       <c r="J647" s="15">
         <v>10</v>
       </c>
       <c r="K647" s="15">
         <v>16.45</v>
       </c>
       <c r="L647" s="15">
         <v>14.51</v>
       </c>
       <c r="M647" s="15">
         <v>13.06</v>
       </c>
-      <c r="N647" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N647" s="15"/>
       <c r="O647" s="15"/>
       <c r="P647" s="15"/>
       <c r="Q647" s="15"/>
       <c r="R647"/>
     </row>
     <row r="648" spans="1:18">
       <c r="B648" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C648" s="15" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="D648" s="15" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="E648" s="15" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="F648" s="15"/>
       <c r="G648" s="15"/>
       <c r="H648" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I648" s="15"/>
       <c r="J648" s="15">
         <v>5</v>
       </c>
       <c r="K648" s="15">
         <v>5.2</v>
       </c>
       <c r="L648" s="15">
         <v>4.59</v>
       </c>
       <c r="M648" s="15">
         <v>4.13</v>
       </c>
       <c r="N648" s="15">
         <v>5</v>
       </c>
       <c r="O648" s="15"/>
       <c r="P648" s="15"/>
       <c r="Q648" s="15"/>
       <c r="R648"/>
     </row>
     <row r="649" spans="1:18">
       <c r="B649" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C649" s="15" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="D649" s="15" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="E649" s="15" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="F649" s="15"/>
       <c r="G649" s="15"/>
       <c r="H649" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I649" s="15"/>
       <c r="J649" s="15">
         <v>10</v>
       </c>
       <c r="K649" s="15">
         <v>16.44</v>
       </c>
       <c r="L649" s="15">
         <v>14.51</v>
       </c>
       <c r="M649" s="15">
         <v>13.06</v>
       </c>
       <c r="N649" s="15">
         <v>5</v>
       </c>
       <c r="O649" s="15"/>
       <c r="P649" s="15"/>
       <c r="Q649" s="15"/>
       <c r="R649"/>
     </row>
     <row r="650" spans="1:18">
       <c r="B650" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C650" s="15" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="D650" s="15" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="E650" s="15" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="F650" s="15"/>
       <c r="G650" s="15"/>
       <c r="H650" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I650" s="15"/>
       <c r="J650" s="15">
         <v>10</v>
       </c>
       <c r="K650" s="15">
         <v>16.44</v>
       </c>
       <c r="L650" s="15">
         <v>14.5</v>
       </c>
       <c r="M650" s="15">
         <v>13.05</v>
       </c>
-      <c r="N650" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N650" s="15"/>
       <c r="O650" s="15"/>
       <c r="P650" s="15"/>
       <c r="Q650" s="15"/>
       <c r="R650"/>
     </row>
     <row r="651" spans="1:18">
       <c r="B651" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C651" s="15" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="D651" s="15" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="E651" s="15" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="F651" s="15"/>
       <c r="G651" s="15"/>
       <c r="H651" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I651" s="15"/>
       <c r="J651" s="15">
         <v>10</v>
       </c>
       <c r="K651" s="15">
         <v>5.19</v>
       </c>
       <c r="L651" s="15">
         <v>4.58</v>
       </c>
       <c r="M651" s="15">
         <v>4.12</v>
       </c>
       <c r="N651" s="15">
         <v>5</v>
       </c>
       <c r="O651" s="15"/>
       <c r="P651" s="15"/>
       <c r="Q651" s="15"/>
       <c r="R651"/>
     </row>
     <row r="652" spans="1:18">
       <c r="B652" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C652" s="15" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="D652" s="15" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="E652" s="15" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="F652" s="15"/>
       <c r="G652" s="15"/>
       <c r="H652" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I652" s="15"/>
       <c r="J652" s="15">
         <v>10</v>
       </c>
       <c r="K652" s="15">
         <v>18.04</v>
       </c>
       <c r="L652" s="15">
         <v>15.92</v>
       </c>
       <c r="M652" s="15">
         <v>14.32</v>
       </c>
       <c r="N652" s="15">
         <v>5</v>
       </c>
       <c r="O652" s="15"/>
       <c r="P652" s="15"/>
       <c r="Q652" s="15"/>
       <c r="R652"/>
     </row>
     <row r="653" spans="1:18">
       <c r="B653" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C653" s="15" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="D653" s="15" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="E653" s="15" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="F653" s="15"/>
       <c r="G653" s="15"/>
       <c r="H653" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I653" s="15"/>
       <c r="J653" s="15">
         <v>10</v>
       </c>
       <c r="K653" s="15">
         <v>18.05</v>
       </c>
       <c r="L653" s="15">
         <v>15.92</v>
       </c>
       <c r="M653" s="15">
         <v>14.33</v>
       </c>
       <c r="N653" s="15">
         <v>5</v>
       </c>
       <c r="O653" s="15"/>
       <c r="P653" s="15"/>
       <c r="Q653" s="15"/>
       <c r="R653"/>
     </row>
     <row r="654" spans="1:18">
       <c r="B654" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C654" s="15" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="D654" s="15" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="E654" s="15" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="F654" s="15"/>
       <c r="G654" s="15"/>
       <c r="H654" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I654" s="15"/>
       <c r="J654" s="15">
         <v>10</v>
       </c>
       <c r="K654" s="15">
         <v>5.2</v>
       </c>
       <c r="L654" s="15">
         <v>4.59</v>
       </c>
       <c r="M654" s="15">
         <v>4.13</v>
       </c>
       <c r="N654" s="15">
         <v>5</v>
       </c>
       <c r="O654" s="15"/>
       <c r="P654" s="15"/>
       <c r="Q654" s="15"/>
       <c r="R654"/>
     </row>
     <row r="655" spans="1:18">
       <c r="B655" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C655" s="15" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="D655" s="15" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="E655" s="15" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="F655" s="15"/>
       <c r="G655" s="15"/>
       <c r="H655" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I655" s="15"/>
       <c r="J655" s="15">
         <v>10</v>
       </c>
       <c r="K655" s="15">
         <v>17.23</v>
       </c>
       <c r="L655" s="15">
         <v>15.2</v>
       </c>
       <c r="M655" s="15">
         <v>13.68</v>
       </c>
       <c r="N655" s="15">
         <v>5</v>
       </c>
       <c r="O655" s="15"/>
       <c r="P655" s="15"/>
       <c r="Q655" s="15"/>
       <c r="R655"/>
     </row>
     <row r="656" spans="1:18">
       <c r="B656" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C656" s="15" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="D656" s="15" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="E656" s="15" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="F656" s="15"/>
       <c r="G656" s="15"/>
       <c r="H656" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I656" s="15"/>
       <c r="J656" s="15">
         <v>10</v>
       </c>
       <c r="K656" s="15">
         <v>17.23</v>
       </c>
       <c r="L656" s="15">
         <v>15.2</v>
       </c>
       <c r="M656" s="15">
         <v>13.68</v>
       </c>
       <c r="N656" s="15">
         <v>5</v>
       </c>
       <c r="O656" s="15"/>
       <c r="P656" s="15"/>
       <c r="Q656" s="15"/>
       <c r="R656"/>
     </row>
     <row r="657" spans="1:18">
       <c r="B657" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C657" s="15" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="D657" s="15" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="E657" s="15" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="F657" s="15"/>
       <c r="G657" s="15"/>
       <c r="H657" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I657" s="15"/>
       <c r="J657" s="15">
         <v>5</v>
       </c>
       <c r="K657" s="15">
         <v>5.2</v>
       </c>
       <c r="L657" s="15">
         <v>4.59</v>
       </c>
       <c r="M657" s="15">
         <v>4.13</v>
       </c>
       <c r="N657" s="15">
         <v>5</v>
       </c>
       <c r="O657" s="15"/>
       <c r="P657" s="15"/>
       <c r="Q657" s="15"/>
       <c r="R657"/>
     </row>
     <row r="658" spans="1:18">
       <c r="B658" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C658" s="15" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="D658" s="15" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="E658" s="15" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="F658" s="15"/>
       <c r="G658" s="15"/>
       <c r="H658" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I658" s="15"/>
       <c r="J658" s="15">
         <v>20</v>
       </c>
       <c r="K658" s="15">
         <v>2.67</v>
       </c>
       <c r="L658" s="15">
         <v>2.36</v>
       </c>
       <c r="M658" s="15">
         <v>2.12</v>
       </c>
       <c r="N658" s="15">
         <v>20</v>
       </c>
       <c r="O658" s="15"/>
       <c r="P658" s="15"/>
       <c r="Q658" s="15"/>
       <c r="R658"/>
     </row>
     <row r="659" spans="1:18">
       <c r="B659" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C659" s="15" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="D659" s="15" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="E659" s="15" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="F659" s="15"/>
       <c r="G659" s="15"/>
       <c r="H659" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I659" s="15"/>
       <c r="J659" s="15">
         <v>20</v>
       </c>
       <c r="K659" s="15">
         <v>2.67</v>
       </c>
       <c r="L659" s="15">
         <v>2.36</v>
       </c>
       <c r="M659" s="15">
         <v>2.12</v>
       </c>
       <c r="N659" s="15">
         <v>20</v>
       </c>
       <c r="O659" s="15"/>
       <c r="P659" s="15"/>
       <c r="Q659" s="15"/>
       <c r="R659"/>
     </row>
     <row r="660" spans="1:18">
       <c r="B660" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C660" s="15" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="D660" s="15" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="E660" s="15" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="F660" s="15"/>
       <c r="G660" s="15"/>
       <c r="H660" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I660" s="15" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="J660" s="15">
         <v>10</v>
       </c>
       <c r="K660" s="15">
         <v>2.68</v>
       </c>
       <c r="L660" s="15">
         <v>2.36</v>
       </c>
       <c r="M660" s="15">
         <v>2.12</v>
       </c>
       <c r="N660" s="15">
         <v>20</v>
       </c>
       <c r="O660" s="15"/>
       <c r="P660" s="15"/>
       <c r="Q660" s="15"/>
       <c r="R660"/>
     </row>
     <row r="661" spans="1:18">
       <c r="B661" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C661" s="15" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="D661" s="15" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="E661" s="15" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="F661" s="15"/>
       <c r="G661" s="15"/>
       <c r="H661" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I661" s="15" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="J661" s="15">
         <v>20</v>
       </c>
       <c r="K661" s="15">
         <v>2.67</v>
       </c>
       <c r="L661" s="15">
         <v>2.36</v>
       </c>
       <c r="M661" s="15">
         <v>2.12</v>
       </c>
       <c r="N661" s="15">
         <v>20</v>
       </c>
       <c r="O661" s="15"/>
       <c r="P661" s="15"/>
       <c r="Q661" s="15"/>
       <c r="R661"/>
     </row>
     <row r="662" spans="1:18">
       <c r="B662" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C662" s="15" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="D662" s="15" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="E662" s="15" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="F662" s="15"/>
       <c r="G662" s="15"/>
       <c r="H662" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I662" s="15"/>
       <c r="J662" s="15">
         <v>20</v>
       </c>
       <c r="K662" s="15">
         <v>6.32</v>
       </c>
       <c r="L662" s="15">
         <v>5.57</v>
       </c>
       <c r="M662" s="15">
         <v>5.02</v>
       </c>
       <c r="N662" s="15">
         <v>10</v>
       </c>
       <c r="O662" s="15"/>
       <c r="P662" s="15"/>
       <c r="Q662" s="15"/>
       <c r="R662"/>
     </row>
     <row r="663" spans="1:18">
       <c r="B663" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C663" s="15" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="D663" s="15" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="E663" s="15" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="F663" s="15"/>
       <c r="G663" s="15"/>
       <c r="H663" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I663" s="15"/>
       <c r="J663" s="15">
         <v>10</v>
       </c>
       <c r="K663" s="15">
         <v>6.32</v>
       </c>
       <c r="L663" s="15">
         <v>5.57</v>
       </c>
       <c r="M663" s="15">
         <v>5.02</v>
       </c>
       <c r="N663" s="15">
         <v>10</v>
       </c>
       <c r="O663" s="15"/>
       <c r="P663" s="15"/>
       <c r="Q663" s="15"/>
       <c r="R663"/>
     </row>
     <row r="664" spans="1:18">
       <c r="B664" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C664" s="15" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="D664" s="15" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="E664" s="15" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="F664" s="15"/>
       <c r="G664" s="15"/>
       <c r="H664" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I664" s="15"/>
       <c r="J664" s="15">
         <v>10</v>
       </c>
       <c r="K664" s="15">
         <v>6.34</v>
       </c>
       <c r="L664" s="15">
         <v>5.6</v>
       </c>
       <c r="M664" s="15">
         <v>5.04</v>
       </c>
       <c r="N664" s="15">
         <v>10</v>
       </c>
       <c r="O664" s="15"/>
       <c r="P664" s="15"/>
       <c r="Q664" s="15"/>
       <c r="R664"/>
     </row>
     <row r="665" spans="1:18">
       <c r="B665" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C665" s="15" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="D665" s="15" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="E665" s="15" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="F665" s="15"/>
       <c r="G665" s="15"/>
       <c r="H665" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I665" s="15"/>
       <c r="J665" s="15">
         <v>10</v>
       </c>
       <c r="K665" s="15">
         <v>6.33</v>
       </c>
       <c r="L665" s="15">
         <v>5.58</v>
       </c>
       <c r="M665" s="15">
         <v>5.03</v>
       </c>
       <c r="N665" s="15">
         <v>10</v>
       </c>
       <c r="O665" s="15"/>
       <c r="P665" s="15"/>
       <c r="Q665" s="15"/>
       <c r="R665"/>
     </row>
     <row r="666" spans="1:18">
       <c r="B666" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C666" s="15" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="D666" s="15" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="E666" s="15" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="F666" s="15"/>
       <c r="G666" s="15"/>
       <c r="H666" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I666" s="15" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="J666" s="15">
         <v>20</v>
       </c>
       <c r="K666" s="15">
         <v>2.68</v>
       </c>
       <c r="L666" s="15">
         <v>2.36</v>
       </c>
       <c r="M666" s="15">
         <v>2.13</v>
       </c>
       <c r="N666" s="15">
         <v>10</v>
       </c>
       <c r="O666" s="15"/>
       <c r="P666" s="15"/>
       <c r="Q666" s="15"/>
       <c r="R666"/>
     </row>
     <row r="667" spans="1:18">
       <c r="B667" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C667" s="15" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="D667" s="15" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="E667" s="15" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="F667" s="15"/>
       <c r="G667" s="15"/>
       <c r="H667" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I667" s="15" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="J667" s="15">
         <v>20</v>
       </c>
       <c r="K667" s="15">
         <v>2.68</v>
       </c>
       <c r="L667" s="15">
         <v>2.36</v>
       </c>
       <c r="M667" s="15">
         <v>2.13</v>
       </c>
       <c r="N667" s="15"/>
       <c r="O667" s="15"/>
       <c r="P667" s="15"/>
       <c r="Q667" s="15"/>
       <c r="R667"/>
     </row>
     <row r="668" spans="1:18">
       <c r="B668" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C668" s="15" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="D668" s="15" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="E668" s="15" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="F668" s="15"/>
       <c r="G668" s="15"/>
       <c r="H668" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I668" s="15"/>
       <c r="J668" s="15">
         <v>20</v>
       </c>
       <c r="K668" s="15">
         <v>2.68</v>
       </c>
       <c r="L668" s="15">
         <v>2.36</v>
       </c>
       <c r="M668" s="15">
         <v>2.13</v>
       </c>
       <c r="N668" s="15">
         <v>10</v>
       </c>
       <c r="O668" s="15"/>
       <c r="P668" s="15"/>
       <c r="Q668" s="15"/>
       <c r="R668"/>
     </row>
     <row r="669" spans="1:18">
       <c r="B669" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C669" s="15" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="D669" s="15" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="E669" s="15" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="F669" s="15"/>
       <c r="G669" s="15"/>
       <c r="H669" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I669" s="15"/>
       <c r="J669" s="15">
         <v>20</v>
       </c>
       <c r="K669" s="15">
         <v>2.68</v>
       </c>
       <c r="L669" s="15">
         <v>2.36</v>
       </c>
       <c r="M669" s="15">
         <v>2.12</v>
       </c>
       <c r="N669" s="15">
         <v>10</v>
       </c>
       <c r="O669" s="15"/>
       <c r="P669" s="15"/>
       <c r="Q669" s="15"/>
       <c r="R669"/>
     </row>
     <row r="670" spans="1:18">
       <c r="B670" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C670" s="15" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="D670" s="15" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="E670" s="15" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="F670" s="15"/>
       <c r="G670" s="15"/>
       <c r="H670" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I670" s="15"/>
       <c r="J670" s="15">
         <v>10</v>
       </c>
       <c r="K670" s="15">
         <v>5.2</v>
       </c>
       <c r="L670" s="15">
         <v>4.59</v>
       </c>
       <c r="M670" s="15">
         <v>4.13</v>
       </c>
       <c r="N670" s="15">
         <v>10</v>
       </c>
       <c r="O670" s="15"/>
       <c r="P670" s="15"/>
       <c r="Q670" s="15"/>
       <c r="R670"/>
     </row>
     <row r="671" spans="1:18">
       <c r="B671" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C671" s="15" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="D671" s="15" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="E671" s="15" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="F671" s="15"/>
       <c r="G671" s="15"/>
       <c r="H671" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I671" s="15"/>
       <c r="J671" s="15">
         <v>10</v>
       </c>
       <c r="K671" s="15">
         <v>5.19</v>
       </c>
       <c r="L671" s="15">
         <v>4.58</v>
       </c>
       <c r="M671" s="15">
         <v>4.12</v>
       </c>
       <c r="N671" s="15">
         <v>10</v>
       </c>
       <c r="O671" s="15"/>
       <c r="P671" s="15"/>
       <c r="Q671" s="15"/>
       <c r="R671"/>
     </row>
     <row r="672" spans="1:18">
       <c r="B672" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C672" s="15" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="D672" s="15" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="E672" s="15" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="F672" s="15"/>
       <c r="G672" s="15"/>
       <c r="H672" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I672" s="15"/>
       <c r="J672" s="15">
         <v>20</v>
       </c>
       <c r="K672" s="15">
         <v>13.34</v>
       </c>
       <c r="L672" s="15">
         <v>11.77</v>
       </c>
       <c r="M672" s="15">
         <v>10.59</v>
       </c>
       <c r="N672" s="15">
         <v>5</v>
       </c>
       <c r="O672" s="15"/>
       <c r="P672" s="15"/>
       <c r="Q672" s="15"/>
       <c r="R672"/>
     </row>
     <row r="673" spans="1:18">
       <c r="B673" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C673" s="15" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="D673" s="15" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="E673" s="15" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="F673" s="15"/>
       <c r="G673" s="15"/>
       <c r="H673" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I673" s="15"/>
       <c r="J673" s="15">
         <v>20</v>
       </c>
       <c r="K673" s="15">
         <v>13.33</v>
       </c>
       <c r="L673" s="15">
         <v>11.76</v>
       </c>
       <c r="M673" s="15">
         <v>10.59</v>
       </c>
       <c r="N673" s="15">
         <v>5</v>
       </c>
       <c r="O673" s="15"/>
       <c r="P673" s="15"/>
       <c r="Q673" s="15"/>
       <c r="R673"/>
     </row>
     <row r="674" spans="1:18">
       <c r="B674" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C674" s="15" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="D674" s="15" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="E674" s="15" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="F674" s="15"/>
       <c r="G674" s="15"/>
       <c r="H674" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I674" s="15"/>
       <c r="J674" s="15">
         <v>20</v>
       </c>
       <c r="K674" s="15">
         <v>2.67</v>
       </c>
       <c r="L674" s="15">
         <v>2.36</v>
       </c>
       <c r="M674" s="15">
         <v>2.12</v>
       </c>
       <c r="N674" s="15">
         <v>10</v>
       </c>
       <c r="O674" s="15"/>
       <c r="P674" s="15"/>
       <c r="Q674" s="15"/>
       <c r="R674"/>
     </row>
     <row r="675" spans="1:18">
       <c r="B675" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C675" s="15" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="D675" s="15" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="E675" s="15" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="F675" s="15"/>
       <c r="G675" s="15"/>
       <c r="H675" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I675" s="15"/>
       <c r="J675" s="15">
         <v>20</v>
       </c>
       <c r="K675" s="15">
         <v>2.67</v>
       </c>
       <c r="L675" s="15">
         <v>2.36</v>
       </c>
       <c r="M675" s="15">
         <v>2.12</v>
       </c>
       <c r="N675" s="15">
         <v>10</v>
       </c>
       <c r="O675" s="15"/>
       <c r="P675" s="15"/>
       <c r="Q675" s="15"/>
       <c r="R675"/>
     </row>
     <row r="676" spans="1:18">
       <c r="B676" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C676" s="15" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="D676" s="15" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="E676" s="15" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="F676" s="15"/>
       <c r="G676" s="15"/>
       <c r="H676" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I676" s="15"/>
       <c r="J676" s="15">
         <v>20</v>
       </c>
       <c r="K676" s="15">
         <v>3.3</v>
       </c>
       <c r="L676" s="15">
         <v>2.91</v>
       </c>
       <c r="M676" s="15">
         <v>2.62</v>
       </c>
       <c r="N676" s="15">
         <v>10</v>
       </c>
       <c r="O676" s="15"/>
       <c r="P676" s="15"/>
       <c r="Q676" s="15"/>
       <c r="R676"/>
     </row>
     <row r="677" spans="1:18">
       <c r="B677" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C677" s="15" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="D677" s="15" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="E677" s="15" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="F677" s="15"/>
       <c r="G677" s="15"/>
       <c r="H677" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I677" s="15"/>
       <c r="J677" s="15">
         <v>20</v>
       </c>
       <c r="K677" s="15">
         <v>3.3</v>
       </c>
       <c r="L677" s="15">
         <v>2.91</v>
       </c>
       <c r="M677" s="15">
         <v>2.62</v>
       </c>
       <c r="N677" s="15">
         <v>10</v>
       </c>
       <c r="O677" s="15"/>
       <c r="P677" s="15"/>
       <c r="Q677" s="15"/>
       <c r="R677"/>
     </row>
     <row r="678" spans="1:18">
       <c r="B678" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C678" s="15" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="D678" s="15" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="E678" s="15" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="F678" s="15"/>
       <c r="G678" s="15"/>
       <c r="H678" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I678" s="15"/>
       <c r="J678" s="15">
         <v>20</v>
       </c>
       <c r="K678" s="15">
         <v>13.21</v>
       </c>
       <c r="L678" s="15">
         <v>11.65</v>
       </c>
       <c r="M678" s="15">
         <v>10.49</v>
       </c>
       <c r="N678" s="15">
         <v>5</v>
       </c>
       <c r="O678" s="15"/>
       <c r="P678" s="15"/>
       <c r="Q678" s="15"/>
       <c r="R678"/>
     </row>
     <row r="679" spans="1:18">
       <c r="B679" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C679" s="15" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="D679" s="15" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="E679" s="15" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="F679" s="15"/>
       <c r="G679" s="15"/>
       <c r="H679" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I679" s="15"/>
       <c r="J679" s="15">
         <v>20</v>
       </c>
       <c r="K679" s="15">
         <v>13.21</v>
       </c>
       <c r="L679" s="15">
         <v>11.65</v>
       </c>
       <c r="M679" s="15">
         <v>10.49</v>
       </c>
       <c r="N679" s="15">
         <v>5</v>
       </c>
       <c r="O679" s="15"/>
       <c r="P679" s="15"/>
       <c r="Q679" s="15"/>
       <c r="R679"/>
     </row>
     <row r="680" spans="1:18">
       <c r="B680" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C680" s="15" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="D680" s="15" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="E680" s="15" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="F680" s="15"/>
       <c r="G680" s="15"/>
       <c r="H680" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I680" s="15"/>
       <c r="J680" s="15">
         <v>20</v>
       </c>
       <c r="K680" s="15">
         <v>5.84</v>
       </c>
       <c r="L680" s="15">
         <v>5.15</v>
       </c>
       <c r="M680" s="15">
         <v>4.64</v>
       </c>
       <c r="N680" s="15">
         <v>10</v>
       </c>
       <c r="O680" s="15"/>
       <c r="P680" s="15"/>
       <c r="Q680" s="15"/>
       <c r="R680"/>
     </row>
     <row r="681" spans="1:18">
       <c r="B681" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C681" s="15" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="D681" s="15" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="E681" s="15" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="F681" s="15"/>
       <c r="G681" s="15"/>
       <c r="H681" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I681" s="15"/>
       <c r="J681" s="15">
         <v>20</v>
       </c>
       <c r="K681" s="15">
         <v>5.84</v>
       </c>
       <c r="L681" s="15">
         <v>5.15</v>
       </c>
       <c r="M681" s="15">
         <v>4.64</v>
       </c>
       <c r="N681" s="15">
         <v>10</v>
       </c>
       <c r="O681" s="15"/>
       <c r="P681" s="15"/>
       <c r="Q681" s="15"/>
       <c r="R681"/>
     </row>
     <row r="682" spans="1:18">
       <c r="B682" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C682" s="15" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="D682" s="15" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="E682" s="15" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="F682" s="15"/>
       <c r="G682" s="15"/>
       <c r="H682" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I682" s="15"/>
       <c r="J682" s="15">
         <v>1</v>
       </c>
       <c r="K682" s="15">
         <v>2.37</v>
       </c>
       <c r="L682" s="15">
         <v>2.09</v>
       </c>
       <c r="M682" s="15">
         <v>1.89</v>
       </c>
       <c r="N682" s="15">
         <v>2</v>
       </c>
       <c r="O682" s="15"/>
       <c r="P682" s="15"/>
       <c r="Q682" s="15"/>
       <c r="R682"/>
     </row>
     <row r="683" spans="1:18">
       <c r="B683" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C683" s="15" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="D683" s="15" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="E683" s="15" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="F683" s="15"/>
       <c r="G683" s="15"/>
       <c r="H683" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I683" s="15"/>
       <c r="J683" s="15">
         <v>1</v>
       </c>
       <c r="K683" s="15">
         <v>3.14</v>
       </c>
       <c r="L683" s="15">
         <v>2.77</v>
       </c>
       <c r="M683" s="15">
         <v>2.5</v>
       </c>
       <c r="N683" s="15">
         <v>2</v>
       </c>
       <c r="O683" s="15"/>
       <c r="P683" s="15"/>
       <c r="Q683" s="15"/>
       <c r="R683"/>
     </row>
     <row r="684" spans="1:18">
       <c r="B684" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C684" s="15" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="D684" s="15" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="E684" s="15" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="F684" s="15"/>
       <c r="G684" s="15"/>
       <c r="H684" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I684" s="15"/>
       <c r="J684" s="15">
         <v>1</v>
       </c>
       <c r="K684" s="15">
         <v>13.3</v>
       </c>
       <c r="L684" s="15">
         <v>11.73</v>
       </c>
       <c r="M684" s="15">
         <v>10.56</v>
       </c>
       <c r="N684" s="15">
         <v>20</v>
       </c>
       <c r="O684" s="15"/>
       <c r="P684" s="15"/>
       <c r="Q684" s="15"/>
       <c r="R684"/>
     </row>
     <row r="685" spans="1:18">
       <c r="B685" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C685" s="15" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="D685" s="15" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="E685" s="15" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="F685" s="15"/>
       <c r="G685" s="15"/>
       <c r="H685" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I685" s="15"/>
       <c r="J685" s="15">
         <v>1</v>
       </c>
       <c r="K685" s="15">
         <v>14.76</v>
       </c>
       <c r="L685" s="15">
         <v>13.02</v>
       </c>
       <c r="M685" s="15">
         <v>11.72</v>
       </c>
       <c r="N685" s="15">
         <v>20</v>
       </c>
       <c r="O685" s="15"/>
       <c r="P685" s="15"/>
       <c r="Q685" s="15"/>
       <c r="R685"/>
     </row>
     <row r="686" spans="1:18">
       <c r="B686" s="14" t="s">
         <v>1125</v>
       </c>
       <c r="C686" s="15" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="D686" s="15" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="E686" s="15" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="F686" s="15"/>
       <c r="G686" s="15"/>
       <c r="H686" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I686" s="15"/>
       <c r="J686" s="15">
         <v>1</v>
       </c>
       <c r="K686" s="15">
         <v>14.76</v>
       </c>
       <c r="L686" s="15">
         <v>13.02</v>
       </c>
       <c r="M686" s="15">
         <v>11.72</v>
       </c>
       <c r="N686" s="15">
         <v>20</v>
       </c>
       <c r="O686" s="15"/>
       <c r="P686" s="15"/>
       <c r="Q686" s="15"/>
       <c r="R686"/>
     </row>
     <row r="687" spans="1:18">
       <c r="B687" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C687" s="15" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="D687" s="15" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="E687" s="15" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="F687" s="15"/>
       <c r="G687" s="15"/>
       <c r="H687" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I687" s="15"/>
       <c r="J687" s="15">
         <v>10</v>
       </c>
       <c r="K687" s="15">
         <v>8.949999999999999</v>
       </c>
       <c r="L687" s="15">
         <v>7.89</v>
       </c>
       <c r="M687" s="15">
         <v>7.1</v>
       </c>
       <c r="N687" s="15">
         <v>10</v>
       </c>
       <c r="O687" s="15"/>
       <c r="P687" s="15"/>
       <c r="Q687" s="15"/>
       <c r="R687"/>
     </row>
     <row r="688" spans="1:18">
       <c r="B688" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C688" s="15" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="D688" s="15" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="E688" s="15" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="F688" s="15"/>
       <c r="G688" s="15"/>
       <c r="H688" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I688" s="15"/>
       <c r="J688" s="15">
         <v>10</v>
       </c>
       <c r="K688" s="15">
         <v>8.960000000000001</v>
       </c>
       <c r="L688" s="15">
         <v>7.91</v>
       </c>
       <c r="M688" s="15">
         <v>7.12</v>
       </c>
       <c r="N688" s="15">
         <v>10</v>
       </c>
       <c r="O688" s="15"/>
       <c r="P688" s="15"/>
       <c r="Q688" s="15"/>
       <c r="R688"/>
     </row>
     <row r="689" spans="1:18">
       <c r="B689" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C689" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="D689" s="15" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="E689" s="15" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="F689" s="15"/>
       <c r="G689" s="15"/>
       <c r="H689" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I689" s="15"/>
       <c r="J689" s="15">
         <v>15</v>
       </c>
       <c r="K689" s="15">
         <v>3.53</v>
       </c>
       <c r="L689" s="15">
         <v>3.11</v>
       </c>
       <c r="M689" s="15">
         <v>2.8</v>
       </c>
       <c r="N689" s="15">
         <v>20</v>
       </c>
       <c r="O689" s="15"/>
       <c r="P689" s="15"/>
       <c r="Q689" s="15"/>
       <c r="R689"/>
     </row>
     <row r="690" spans="1:18">
       <c r="B690" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C690" s="15" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="D690" s="15" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="E690" s="15" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="F690" s="15"/>
       <c r="G690" s="15"/>
       <c r="H690" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I690" s="15"/>
       <c r="J690" s="15">
         <v>20</v>
       </c>
       <c r="K690" s="15">
         <v>3.53</v>
       </c>
       <c r="L690" s="15">
         <v>3.11</v>
       </c>
       <c r="M690" s="15">
         <v>2.8</v>
       </c>
       <c r="N690" s="15">
         <v>20</v>
       </c>
       <c r="O690" s="15"/>
       <c r="P690" s="15"/>
       <c r="Q690" s="15"/>
       <c r="R690"/>
     </row>
     <row r="691" spans="1:18">
       <c r="B691" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C691" s="15" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="D691" s="15" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="E691" s="15" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="F691" s="15"/>
       <c r="G691" s="15"/>
       <c r="H691" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I691" s="15"/>
       <c r="J691" s="15">
         <v>10</v>
       </c>
       <c r="K691" s="15">
         <v>3.93</v>
       </c>
       <c r="L691" s="15">
         <v>3.47</v>
       </c>
       <c r="M691" s="15">
         <v>3.12</v>
       </c>
       <c r="N691" s="15">
         <v>20</v>
       </c>
       <c r="O691" s="15"/>
       <c r="P691" s="15"/>
       <c r="Q691" s="15"/>
       <c r="R691"/>
     </row>
     <row r="692" spans="1:18">
       <c r="B692" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C692" s="15" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="D692" s="15" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="E692" s="15" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="F692" s="15"/>
       <c r="G692" s="15"/>
       <c r="H692" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I692" s="15"/>
       <c r="J692" s="15">
         <v>10</v>
       </c>
       <c r="K692" s="15">
         <v>3.93</v>
       </c>
       <c r="L692" s="15">
         <v>3.47</v>
       </c>
       <c r="M692" s="15">
         <v>3.12</v>
       </c>
       <c r="N692" s="15">
         <v>20</v>
       </c>
       <c r="O692" s="15"/>
       <c r="P692" s="15"/>
       <c r="Q692" s="15"/>
       <c r="R692"/>
     </row>
     <row r="693" spans="1:18">
       <c r="B693" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C693" s="15" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="D693" s="15" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="E693" s="15" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="F693" s="15"/>
       <c r="G693" s="15"/>
       <c r="H693" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I693" s="15" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="J693" s="15">
         <v>20</v>
       </c>
       <c r="K693" s="15">
         <v>4.24</v>
       </c>
       <c r="L693" s="15">
         <v>3.74</v>
       </c>
       <c r="M693" s="15">
         <v>3.37</v>
       </c>
       <c r="N693" s="15"/>
       <c r="O693" s="15"/>
       <c r="P693" s="15"/>
       <c r="Q693" s="15"/>
       <c r="R693"/>
     </row>
     <row r="694" spans="1:18">
       <c r="B694" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C694" s="15" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="D694" s="15" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="E694" s="15" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="F694" s="15"/>
       <c r="G694" s="15"/>
       <c r="H694" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I694" s="15"/>
       <c r="J694" s="15">
         <v>10</v>
       </c>
       <c r="K694" s="15">
         <v>4.25</v>
       </c>
       <c r="L694" s="15">
         <v>3.75</v>
       </c>
       <c r="M694" s="15">
         <v>3.37</v>
       </c>
       <c r="N694" s="15"/>
       <c r="O694" s="15"/>
       <c r="P694" s="15"/>
       <c r="Q694" s="15"/>
       <c r="R694"/>
     </row>
     <row r="695" spans="1:18">
       <c r="B695" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C695" s="15" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="D695" s="15" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="E695" s="15" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="F695" s="15"/>
       <c r="G695" s="15"/>
       <c r="H695" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I695" s="15"/>
       <c r="J695" s="15">
         <v>5</v>
       </c>
       <c r="K695" s="15">
         <v>7.45</v>
       </c>
       <c r="L695" s="15">
         <v>6.58</v>
       </c>
       <c r="M695" s="15">
         <v>5.92</v>
       </c>
       <c r="N695" s="15">
         <v>10</v>
       </c>
       <c r="O695" s="15"/>
       <c r="P695" s="15"/>
       <c r="Q695" s="15"/>
       <c r="R695"/>
     </row>
     <row r="696" spans="1:18">
       <c r="B696" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C696" s="15" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="D696" s="15" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="E696" s="15" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="F696" s="15"/>
       <c r="G696" s="15"/>
       <c r="H696" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I696" s="15"/>
       <c r="J696" s="15">
         <v>5</v>
       </c>
       <c r="K696" s="15">
         <v>7.43</v>
       </c>
       <c r="L696" s="15">
         <v>6.56</v>
       </c>
       <c r="M696" s="15">
         <v>5.9</v>
       </c>
       <c r="N696" s="15">
         <v>10</v>
       </c>
       <c r="O696" s="15"/>
       <c r="P696" s="15"/>
       <c r="Q696" s="15"/>
       <c r="R696"/>
     </row>
     <row r="697" spans="1:18">
       <c r="B697" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C697" s="15" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="D697" s="15" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="E697" s="15" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="F697" s="15"/>
       <c r="G697" s="15"/>
       <c r="H697" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I697" s="15"/>
       <c r="J697" s="15">
         <v>5</v>
       </c>
       <c r="K697" s="15">
         <v>8.07</v>
       </c>
       <c r="L697" s="15">
         <v>7.12</v>
       </c>
       <c r="M697" s="15">
         <v>6.41</v>
       </c>
       <c r="N697" s="15">
         <v>10</v>
       </c>
       <c r="O697" s="15"/>
       <c r="P697" s="15"/>
       <c r="Q697" s="15"/>
       <c r="R697"/>
     </row>
     <row r="698" spans="1:18">
       <c r="B698" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C698" s="15" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="D698" s="15" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="E698" s="15" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="F698" s="15"/>
       <c r="G698" s="15"/>
       <c r="H698" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I698" s="15"/>
       <c r="J698" s="15">
         <v>5</v>
       </c>
       <c r="K698" s="15">
         <v>8.06</v>
       </c>
       <c r="L698" s="15">
         <v>7.11</v>
       </c>
       <c r="M698" s="15">
         <v>6.4</v>
       </c>
       <c r="N698" s="15">
         <v>10</v>
       </c>
       <c r="O698" s="15"/>
       <c r="P698" s="15"/>
       <c r="Q698" s="15"/>
       <c r="R698"/>
     </row>
     <row r="699" spans="1:18">
       <c r="B699" s="14" t="s">
         <v>808</v>
       </c>
       <c r="C699" s="15" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="D699" s="15" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="E699" s="15" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="F699" s="15"/>
       <c r="G699" s="15"/>
       <c r="H699" s="15" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="I699" s="15" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="J699" s="15"/>
       <c r="K699" s="15">
         <v>8.69</v>
       </c>
       <c r="L699" s="15">
         <v>7.28</v>
       </c>
       <c r="M699" s="15">
         <v>7</v>
       </c>
       <c r="N699" s="15"/>
       <c r="O699" s="15"/>
       <c r="P699" s="15"/>
       <c r="Q699" s="15"/>
       <c r="R699"/>
     </row>
     <row r="700" spans="1:18">
       <c r="B700" s="14" t="s">
         <v>808</v>
       </c>
       <c r="C700" s="15" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="D700" s="15" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="E700" s="15" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="F700" s="15"/>
       <c r="G700" s="15"/>
       <c r="H700" s="15" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="I700" s="15" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="J700" s="15">
         <v>100</v>
       </c>
       <c r="K700" s="15">
         <v>0.22959</v>
       </c>
       <c r="L700" s="15">
         <v>0.19898</v>
       </c>
       <c r="M700" s="15">
         <v>0.19133</v>
       </c>
       <c r="N700" s="15"/>
       <c r="O700" s="15"/>
       <c r="P700" s="15"/>
       <c r="Q700" s="15"/>
       <c r="R700"/>
     </row>
     <row r="701" spans="1:18">
       <c r="B701" s="14" t="s">
         <v>808</v>
       </c>
       <c r="C701" s="15" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="D701" s="15" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="E701" s="15" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="F701" s="15"/>
       <c r="G701" s="15"/>
       <c r="H701" s="15" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="I701" s="15" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="J701" s="15">
         <v>1</v>
       </c>
       <c r="K701" s="15">
         <v>5.58</v>
       </c>
       <c r="L701" s="15">
         <v>4.83</v>
       </c>
       <c r="M701" s="15">
         <v>4.65</v>
       </c>
       <c r="N701" s="15"/>
       <c r="O701" s="15"/>
       <c r="P701" s="15"/>
       <c r="Q701" s="15"/>
       <c r="R701"/>
     </row>
     <row r="702" spans="1:18">
       <c r="B702" s="14" t="s">
         <v>808</v>
       </c>
       <c r="C702" s="15" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="D702" s="15" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="E702" s="15" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="F702" s="15"/>
       <c r="G702" s="15"/>
       <c r="H702" s="15" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="I702" s="15" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="J702" s="15">
         <v>1</v>
       </c>
       <c r="K702" s="15">
         <v>5.5</v>
       </c>
       <c r="L702" s="15">
         <v>4.77</v>
       </c>
       <c r="M702" s="15">
         <v>4.59</v>
       </c>
       <c r="N702" s="15"/>
       <c r="O702" s="15"/>
       <c r="P702" s="15"/>
       <c r="Q702" s="15"/>
       <c r="R702"/>
     </row>
     <row r="703" spans="1:18">
       <c r="B703" s="14" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="C703" s="15" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="D703" s="15" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="E703" s="15" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="F703" s="15"/>
       <c r="G703" s="15"/>
       <c r="H703" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I703" s="15"/>
       <c r="J703" s="15">
         <v>100</v>
       </c>
       <c r="K703" s="15">
         <v>0.17315</v>
       </c>
       <c r="L703" s="15">
         <v>0.15278</v>
       </c>
       <c r="M703" s="15">
         <v>0.1375</v>
       </c>
       <c r="N703" s="15">
-        <v>3168</v>
+        <v>3552</v>
       </c>
       <c r="O703" s="15"/>
       <c r="P703" s="15"/>
       <c r="Q703" s="15"/>
       <c r="R703"/>
     </row>
     <row r="704" spans="1:18">
       <c r="B704" s="14" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="C704" s="15" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="D704" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="E704" s="15" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="F704" s="15"/>
       <c r="G704" s="15"/>
       <c r="H704" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I704" s="15"/>
       <c r="J704" s="15">
         <v>100</v>
       </c>
       <c r="K704" s="15">
         <v>2.49</v>
       </c>
       <c r="L704" s="15">
         <v>2.2</v>
       </c>
       <c r="M704" s="15">
         <v>1.98</v>
       </c>
       <c r="N704" s="15">
         <v>100</v>
       </c>
       <c r="O704" s="15"/>
       <c r="P704" s="15"/>
       <c r="Q704" s="15"/>
       <c r="R704"/>
     </row>
     <row r="705" spans="1:18">
       <c r="B705" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C705" s="15" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="D705" s="15" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="E705" s="15">
         <v>10080019709</v>
       </c>
       <c r="F705" s="15"/>
       <c r="G705" s="15"/>
       <c r="H705" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I705" s="15" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="J705" s="15">
         <v>100</v>
       </c>
       <c r="K705" s="15">
         <v>1.45</v>
       </c>
       <c r="L705" s="15">
         <v>1.45</v>
       </c>
       <c r="M705" s="15">
         <v>1.45</v>
       </c>
       <c r="N705" s="15">
         <v>78</v>
       </c>
       <c r="O705" s="15"/>
       <c r="P705" s="15"/>
       <c r="Q705" s="15"/>
       <c r="R705"/>
     </row>
     <row r="706" spans="1:18">
       <c r="B706" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C706" s="15" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="D706" s="15" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="E706" s="15" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="F706" s="15"/>
       <c r="G706" s="15"/>
       <c r="H706" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I706" s="15"/>
       <c r="J706" s="15">
         <v>100</v>
       </c>
       <c r="K706" s="15">
         <v>0.4869</v>
       </c>
       <c r="L706" s="15">
         <v>0.42962</v>
       </c>
       <c r="M706" s="15">
         <v>0.38665</v>
       </c>
       <c r="N706" s="15">
-        <v>850</v>
+        <v>820</v>
       </c>
       <c r="O706" s="15"/>
       <c r="P706" s="15"/>
       <c r="Q706" s="15"/>
       <c r="R706"/>
     </row>
     <row r="707" spans="1:18">
       <c r="B707" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C707" s="15" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="D707" s="15" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="E707" s="15" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="F707" s="15"/>
       <c r="G707" s="15"/>
       <c r="H707" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I707" s="15"/>
       <c r="J707" s="15">
         <v>100</v>
       </c>
       <c r="K707" s="15">
         <v>0.4869</v>
       </c>
       <c r="L707" s="15">
         <v>0.42962</v>
       </c>
       <c r="M707" s="15">
         <v>0.38665</v>
       </c>
       <c r="N707" s="15">
-        <v>820</v>
+        <v>600</v>
       </c>
       <c r="O707" s="15"/>
       <c r="P707" s="15"/>
       <c r="Q707" s="15"/>
       <c r="R707"/>
     </row>
     <row r="708" spans="1:18">
       <c r="B708" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C708" s="15" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="D708" s="15" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="E708" s="15" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="F708" s="15"/>
       <c r="G708" s="15"/>
       <c r="H708" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I708" s="15"/>
       <c r="J708" s="15">
         <v>100</v>
       </c>
       <c r="K708" s="15">
         <v>0.4869</v>
       </c>
       <c r="L708" s="15">
         <v>0.42962</v>
       </c>
       <c r="M708" s="15">
         <v>0.38665</v>
       </c>
       <c r="N708" s="15">
-        <v>850</v>
+        <v>700</v>
       </c>
       <c r="O708" s="15"/>
       <c r="P708" s="15"/>
       <c r="Q708" s="15"/>
       <c r="R708"/>
     </row>
     <row r="709" spans="1:18">
       <c r="B709" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C709" s="15" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="D709" s="15" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="E709" s="15" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="F709" s="15"/>
       <c r="G709" s="15"/>
       <c r="H709" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I709" s="15"/>
       <c r="J709" s="15">
         <v>100</v>
       </c>
       <c r="K709" s="15">
         <v>0.4869</v>
       </c>
       <c r="L709" s="15">
         <v>0.42962</v>
       </c>
       <c r="M709" s="15">
         <v>0.38665</v>
       </c>
       <c r="N709" s="15">
-        <v>810</v>
+        <v>690</v>
       </c>
       <c r="O709" s="15"/>
       <c r="P709" s="15"/>
       <c r="Q709" s="15"/>
       <c r="R709"/>
     </row>
     <row r="710" spans="1:18">
       <c r="B710" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C710" s="15" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="D710" s="15" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="E710" s="15" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="F710" s="15"/>
       <c r="G710" s="15"/>
       <c r="H710" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I710" s="15"/>
       <c r="J710" s="15">
         <v>100</v>
       </c>
       <c r="K710" s="15">
         <v>0.4869</v>
       </c>
       <c r="L710" s="15">
         <v>0.42962</v>
       </c>
       <c r="M710" s="15">
         <v>0.38665</v>
       </c>
       <c r="N710" s="15">
-        <v>700</v>
+        <v>840</v>
       </c>
       <c r="O710" s="15"/>
       <c r="P710" s="15"/>
       <c r="Q710" s="15"/>
       <c r="R710"/>
     </row>
     <row r="711" spans="1:18">
       <c r="B711" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C711" s="15" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="D711" s="15" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="E711" s="15" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="F711" s="15"/>
       <c r="G711" s="15"/>
       <c r="H711" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I711" s="15"/>
       <c r="J711" s="15">
         <v>100</v>
       </c>
       <c r="K711" s="15">
         <v>0.4869</v>
       </c>
       <c r="L711" s="15">
         <v>0.42962</v>
       </c>
       <c r="M711" s="15">
         <v>0.38665</v>
       </c>
       <c r="N711" s="15">
-        <v>850</v>
+        <v>820</v>
       </c>
       <c r="O711" s="15"/>
       <c r="P711" s="15"/>
       <c r="Q711" s="15"/>
       <c r="R711"/>
     </row>
     <row r="712" spans="1:18">
       <c r="B712" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C712" s="15" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="D712" s="15" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="E712" s="15" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="F712" s="15"/>
       <c r="G712" s="15"/>
       <c r="H712" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I712" s="15"/>
       <c r="J712" s="15">
         <v>100</v>
       </c>
       <c r="K712" s="15">
         <v>0.4869</v>
       </c>
       <c r="L712" s="15">
         <v>0.42962</v>
       </c>
       <c r="M712" s="15">
         <v>0.38665</v>
       </c>
       <c r="N712" s="15">
-        <v>710</v>
+        <v>890</v>
       </c>
       <c r="O712" s="15"/>
       <c r="P712" s="15"/>
       <c r="Q712" s="15"/>
       <c r="R712"/>
     </row>
     <row r="713" spans="1:18">
       <c r="B713" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C713" s="15" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="D713" s="15" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="E713" s="15" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="F713" s="15"/>
       <c r="G713" s="15"/>
       <c r="H713" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I713" s="15"/>
       <c r="J713" s="15">
         <v>100</v>
       </c>
       <c r="K713" s="15">
         <v>0.4869</v>
       </c>
       <c r="L713" s="15">
         <v>0.42962</v>
       </c>
       <c r="M713" s="15">
         <v>0.38665</v>
       </c>
       <c r="N713" s="15">
-        <v>850</v>
+        <v>820</v>
       </c>
       <c r="O713" s="15"/>
       <c r="P713" s="15"/>
       <c r="Q713" s="15"/>
       <c r="R713"/>
     </row>
     <row r="714" spans="1:18">
       <c r="B714" s="14" t="s">
         <v>822</v>
       </c>
       <c r="C714" s="15" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="D714" s="15" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="E714" s="15" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="F714" s="15"/>
       <c r="G714" s="15"/>
       <c r="H714" s="15" t="s">
         <v>826</v>
       </c>
       <c r="I714" s="15"/>
       <c r="J714" s="15"/>
       <c r="K714" s="15">
         <v>18.55</v>
       </c>
       <c r="L714" s="15">
         <v>18.55</v>
       </c>
       <c r="M714" s="15">
         <v>18.55</v>
       </c>
       <c r="N714" s="15">
         <v>10</v>
       </c>
       <c r="O714" s="15"/>
       <c r="P714" s="15"/>
       <c r="Q714" s="15"/>
       <c r="R714"/>
     </row>
@@ -34305,317 +34289,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>