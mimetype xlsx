--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1211,129 +1211,129 @@
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080016924</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.21381</v>
       </c>
       <c r="L13" s="15">
         <v>0.06947</v>
       </c>
       <c r="M13" s="15">
         <v>0.06947</v>
       </c>
       <c r="N13" s="15">
-        <v>2793</v>
+        <v>3065</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080016925</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.24018</v>
       </c>
       <c r="L14" s="15">
         <v>0.07809000000000001</v>
       </c>
       <c r="M14" s="15">
         <v>0.07809000000000001</v>
       </c>
       <c r="N14" s="15">
-        <v>1988</v>
+        <v>2436</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080016926</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.28648</v>
       </c>
       <c r="L15" s="15">
         <v>0.09322999999999999</v>
       </c>
       <c r="M15" s="15">
         <v>0.09322999999999999</v>
       </c>
       <c r="N15" s="15">
-        <v>333</v>
+        <v>355</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080016927</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
@@ -1356,57 +1356,57 @@
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>2000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.01525</v>
+        <v>0.008840000000000001</v>
       </c>
       <c r="L17" s="15">
-        <v>0.01272</v>
+        <v>0.008840000000000001</v>
       </c>
       <c r="M17" s="15">
-        <v>0.0122</v>
+        <v>0.008840000000000001</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
@@ -1430,57 +1430,57 @@
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.02286</v>
+        <v>0.01325</v>
       </c>
       <c r="L19" s="15">
-        <v>0.01906</v>
+        <v>0.01325</v>
       </c>
       <c r="M19" s="15">
-        <v>0.01829</v>
+        <v>0.01325</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
@@ -1504,57 +1504,57 @@
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
-        <v>0.02981</v>
+        <v>0.01728</v>
       </c>
       <c r="L21" s="15">
-        <v>0.02485</v>
+        <v>0.01728</v>
       </c>
       <c r="M21" s="15">
-        <v>0.02385</v>
+        <v>0.01728</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
@@ -1624,51 +1624,51 @@
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03878</v>
       </c>
       <c r="L24" s="15">
         <v>0.02806</v>
       </c>
       <c r="M24" s="15">
         <v>0.02448</v>
       </c>
       <c r="N24" s="15">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="15"/>
       <c r="M25" s="15"/>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
     </row>
   </sheetData>