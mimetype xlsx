--- v1 (2025-12-14)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1211,129 +1211,129 @@
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080016924</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.21381</v>
       </c>
       <c r="L13" s="15">
         <v>0.06947</v>
       </c>
       <c r="M13" s="15">
         <v>0.06947</v>
       </c>
       <c r="N13" s="15">
-        <v>3065</v>
+        <v>2452</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080016925</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.24018</v>
       </c>
       <c r="L14" s="15">
         <v>0.07809000000000001</v>
       </c>
       <c r="M14" s="15">
         <v>0.07809000000000001</v>
       </c>
       <c r="N14" s="15">
-        <v>2436</v>
+        <v>2240</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080016926</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.28648</v>
       </c>
       <c r="L15" s="15">
         <v>0.09322999999999999</v>
       </c>
       <c r="M15" s="15">
         <v>0.09322999999999999</v>
       </c>
       <c r="N15" s="15">
-        <v>355</v>
+        <v>410</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080016927</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
@@ -1615,60 +1615,60 @@
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2000</v>
       </c>
       <c r="K24" s="15">
-        <v>0.03878</v>
+        <v>0.02664</v>
       </c>
       <c r="L24" s="15">
-        <v>0.02806</v>
+        <v>0.02309</v>
       </c>
       <c r="M24" s="15">
-        <v>0.02448</v>
+        <v>0.0222</v>
       </c>
       <c r="N24" s="15">
-        <v>900</v>
+        <v>600</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="15"/>
       <c r="M25" s="15"/>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
     </row>
   </sheetData>