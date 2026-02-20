--- v2 (2026-01-10)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1250,90 +1250,90 @@
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080016925</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.24018</v>
       </c>
       <c r="L14" s="15">
         <v>0.07809000000000001</v>
       </c>
       <c r="M14" s="15">
         <v>0.07809000000000001</v>
       </c>
       <c r="N14" s="15">
-        <v>2240</v>
+        <v>2379</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080016926</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.28648</v>
       </c>
       <c r="L15" s="15">
         <v>0.09322999999999999</v>
       </c>
       <c r="M15" s="15">
         <v>0.09322999999999999</v>
       </c>
       <c r="N15" s="15">
-        <v>410</v>
+        <v>278</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080016927</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
@@ -1624,51 +1624,51 @@
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02664</v>
       </c>
       <c r="L24" s="15">
         <v>0.02309</v>
       </c>
       <c r="M24" s="15">
         <v>0.0222</v>
       </c>
       <c r="N24" s="15">
-        <v>600</v>
+        <v>900</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="15"/>
       <c r="M25" s="15"/>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
     </row>
   </sheetData>