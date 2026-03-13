--- v3 (2026-02-20)
+++ v4 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1211,129 +1211,129 @@
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080016924</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.21381</v>
       </c>
       <c r="L13" s="15">
         <v>0.06947</v>
       </c>
       <c r="M13" s="15">
         <v>0.06947</v>
       </c>
       <c r="N13" s="15">
-        <v>2452</v>
+        <v>2690</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080016925</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.24018</v>
       </c>
       <c r="L14" s="15">
         <v>0.07809000000000001</v>
       </c>
       <c r="M14" s="15">
         <v>0.07809000000000001</v>
       </c>
       <c r="N14" s="15">
-        <v>2379</v>
+        <v>2031</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080016926</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.28648</v>
       </c>
       <c r="L15" s="15">
         <v>0.09322999999999999</v>
       </c>
       <c r="M15" s="15">
         <v>0.09322999999999999</v>
       </c>
       <c r="N15" s="15">
-        <v>278</v>
+        <v>319</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080016927</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
@@ -1624,51 +1624,51 @@
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02664</v>
       </c>
       <c r="L24" s="15">
         <v>0.02309</v>
       </c>
       <c r="M24" s="15">
         <v>0.0222</v>
       </c>
       <c r="N24" s="15">
-        <v>900</v>
+        <v>870</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="15"/>
       <c r="M25" s="15"/>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
     </row>
   </sheetData>