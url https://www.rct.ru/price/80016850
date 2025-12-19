--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1174,54 +1174,54 @@
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.01854</v>
       </c>
       <c r="L9" s="15">
         <v>0.01325</v>
       </c>
       <c r="M9" s="15">
         <v>0.01192</v>
       </c>
-      <c r="N9" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N9" s="15">
+        <v>660</v>
+      </c>
+      <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080027479</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
@@ -1288,90 +1288,90 @@
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080016880</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.02832</v>
       </c>
       <c r="L12" s="15">
         <v>0.00923</v>
       </c>
       <c r="M12" s="15">
         <v>0.00923</v>
       </c>
       <c r="N12" s="15">
-        <v>131</v>
+        <v>94</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080016873</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.02546</v>
       </c>
       <c r="L13" s="15">
         <v>0.02206</v>
       </c>
       <c r="M13" s="15">
         <v>0.02121</v>
       </c>
       <c r="N13" s="15">
-        <v>1491</v>
+        <v>1361</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080016881</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1442,51 +1442,51 @@
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080016882</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05833</v>
       </c>
       <c r="L16" s="15">
         <v>0.0422</v>
       </c>
       <c r="M16" s="15">
         <v>0.03683</v>
       </c>
       <c r="N16" s="15">
-        <v>624</v>
+        <v>594</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10080016875</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -1518,168 +1518,168 @@
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080016883</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L18" s="15">
         <v>0.02401</v>
       </c>
       <c r="M18" s="15">
         <v>0.02401</v>
       </c>
       <c r="N18" s="15">
-        <v>404</v>
+        <v>367</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="15">
         <v>10080016876</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.05789</v>
       </c>
       <c r="L19" s="15">
         <v>0.01885</v>
       </c>
       <c r="M19" s="15">
         <v>0.01885</v>
       </c>
       <c r="N19" s="15">
-        <v>2056</v>
+        <v>1841</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080016884</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.08375</v>
       </c>
       <c r="L20" s="15">
         <v>0.02722</v>
       </c>
       <c r="M20" s="15">
         <v>0.02722</v>
       </c>
       <c r="N20" s="15">
-        <v>388</v>
+        <v>427</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080016877</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06898</v>
       </c>
       <c r="L21" s="15">
         <v>0.02254</v>
       </c>
       <c r="M21" s="15">
         <v>0.02254</v>
       </c>
       <c r="N21" s="15">
-        <v>207</v>
+        <v>178</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080016885</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
@@ -1752,51 +1752,51 @@
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10080016886</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.10962</v>
       </c>
       <c r="L24" s="15">
         <v>0.03583</v>
       </c>
       <c r="M24" s="15">
         <v>0.03583</v>
       </c>
       <c r="N24" s="15">
-        <v>349</v>
+        <v>405</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080016879</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1869,792 +1869,792 @@
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080016928</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.09680999999999999</v>
       </c>
       <c r="L27" s="15">
         <v>0.03153</v>
       </c>
       <c r="M27" s="15">
         <v>0.03153</v>
       </c>
       <c r="N27" s="15">
-        <v>413</v>
+        <v>480</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E28" s="15">
         <v>10080016938</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12563</v>
       </c>
       <c r="L28" s="15">
         <v>0.04088</v>
       </c>
       <c r="M28" s="15">
         <v>0.04088</v>
       </c>
       <c r="N28" s="15">
-        <v>612</v>
+        <v>648</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080016929</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.10296</v>
       </c>
       <c r="L29" s="15">
         <v>0.0335</v>
       </c>
       <c r="M29" s="15">
         <v>0.0335</v>
       </c>
       <c r="N29" s="15">
-        <v>503</v>
+        <v>604</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10080016939</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.13745</v>
       </c>
       <c r="L30" s="15">
         <v>0.04471</v>
       </c>
       <c r="M30" s="15">
         <v>0.04471</v>
       </c>
       <c r="N30" s="15">
-        <v>670</v>
+        <v>775</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10080016930</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>500</v>
       </c>
       <c r="K31" s="15">
         <v>0.11134</v>
       </c>
       <c r="L31" s="15">
         <v>0.03621</v>
       </c>
       <c r="M31" s="15">
         <v>0.03621</v>
       </c>
       <c r="N31" s="15">
-        <v>645</v>
+        <v>696</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080016940</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.12612</v>
       </c>
       <c r="L32" s="15">
         <v>0.04102</v>
       </c>
       <c r="M32" s="15">
         <v>0.04102</v>
       </c>
       <c r="N32" s="15">
-        <v>574</v>
+        <v>656</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E33" s="15">
         <v>10080016931</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.12021</v>
       </c>
       <c r="L33" s="15">
         <v>0.03904</v>
       </c>
       <c r="M33" s="15">
         <v>0.03904</v>
       </c>
       <c r="N33" s="15">
-        <v>457</v>
+        <v>537</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E34" s="15">
         <v>10080016941</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.15987</v>
       </c>
       <c r="L34" s="15">
         <v>0.05211</v>
       </c>
       <c r="M34" s="15">
         <v>0.05211</v>
       </c>
       <c r="N34" s="15">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E35" s="15">
         <v>10080016932</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.12982</v>
       </c>
       <c r="L35" s="15">
         <v>0.04211</v>
       </c>
       <c r="M35" s="15">
         <v>0.04211</v>
       </c>
       <c r="N35" s="15">
-        <v>523</v>
+        <v>634</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E36" s="15">
         <v>10080016942</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.14558</v>
       </c>
       <c r="L36" s="15">
         <v>0.04741</v>
       </c>
       <c r="M36" s="15">
         <v>0.04741</v>
       </c>
       <c r="N36" s="15">
-        <v>722</v>
+        <v>542</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E37" s="15">
         <v>10080016933</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.20149</v>
       </c>
       <c r="L37" s="15">
         <v>0.06551999999999999</v>
       </c>
       <c r="M37" s="15">
         <v>0.06551999999999999</v>
       </c>
       <c r="N37" s="15">
-        <v>470</v>
+        <v>486</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="15">
         <v>10080016943</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.21825</v>
       </c>
       <c r="L38" s="15">
         <v>0.07094</v>
       </c>
       <c r="M38" s="15">
         <v>0.07094</v>
       </c>
       <c r="N38" s="15">
-        <v>507</v>
+        <v>370</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E39" s="15">
         <v>10080016934</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.21135</v>
       </c>
       <c r="L39" s="15">
         <v>0.06874</v>
       </c>
       <c r="M39" s="15">
         <v>0.06874</v>
       </c>
       <c r="N39" s="15">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E40" s="15">
         <v>10080016944</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.23155</v>
       </c>
       <c r="L40" s="15">
         <v>0.07525999999999999</v>
       </c>
       <c r="M40" s="15">
         <v>0.07525999999999999</v>
       </c>
       <c r="N40" s="15">
-        <v>666</v>
+        <v>621</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E41" s="15">
         <v>10080016935</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.22465</v>
       </c>
       <c r="L41" s="15">
         <v>0.07303999999999999</v>
       </c>
       <c r="M41" s="15">
         <v>0.07303999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>560</v>
+        <v>648</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E42" s="15">
         <v>10080016945</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.24682</v>
       </c>
       <c r="L42" s="15">
         <v>0.08018</v>
       </c>
       <c r="M42" s="15">
         <v>0.08018</v>
       </c>
       <c r="N42" s="15">
-        <v>770</v>
+        <v>788</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10080016936</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.23574</v>
       </c>
       <c r="L43" s="15">
         <v>0.07649</v>
       </c>
       <c r="M43" s="15">
         <v>0.07649</v>
       </c>
       <c r="N43" s="15">
-        <v>496</v>
+        <v>576</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="15">
         <v>10080016946</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.26087</v>
       </c>
       <c r="L44" s="15">
         <v>0.08486</v>
       </c>
       <c r="M44" s="15">
         <v>0.08486</v>
       </c>
       <c r="N44" s="15">
-        <v>726</v>
+        <v>601</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E45" s="15">
         <v>10080016937</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.24879</v>
       </c>
       <c r="L45" s="15">
         <v>0.08091</v>
       </c>
       <c r="M45" s="15">
         <v>0.08091</v>
       </c>
       <c r="N45" s="15">
-        <v>554</v>
+        <v>453</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E46" s="15">
         <v>10080016947</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.27269</v>
       </c>
       <c r="L46" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="M46" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="N46" s="15">
-        <v>814</v>
+        <v>642</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14"/>
       <c r="C47" s="15"/>
       <c r="D47" s="15"/>
       <c r="E47" s="15"/>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
     </row>
   </sheetData>