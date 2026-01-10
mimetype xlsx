--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1166,60 +1166,60 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
-        <v>0.01854</v>
+        <v>0.01254</v>
       </c>
       <c r="L9" s="15">
-        <v>0.01325</v>
+        <v>0.01087</v>
       </c>
       <c r="M9" s="15">
-        <v>0.01192</v>
+        <v>0.01045</v>
       </c>
       <c r="N9" s="15">
-        <v>660</v>
+        <v>690</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080027479</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1242,136 +1242,136 @@
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2000</v>
       </c>
       <c r="K11" s="15">
-        <v>0.02669</v>
+        <v>0.01847</v>
       </c>
       <c r="L11" s="15">
-        <v>0.01931</v>
+        <v>0.016</v>
       </c>
       <c r="M11" s="15">
-        <v>0.01685</v>
+        <v>0.01539</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080016880</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.02832</v>
       </c>
       <c r="L12" s="15">
         <v>0.00923</v>
       </c>
       <c r="M12" s="15">
         <v>0.00923</v>
       </c>
       <c r="N12" s="15">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080016873</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.02546</v>
       </c>
       <c r="L13" s="15">
         <v>0.02206</v>
       </c>
       <c r="M13" s="15">
         <v>0.02121</v>
       </c>
       <c r="N13" s="15">
-        <v>1361</v>
+        <v>1556</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080016881</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1403,90 +1403,90 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080016874</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04187</v>
       </c>
       <c r="L15" s="15">
         <v>0.03326</v>
       </c>
       <c r="M15" s="15">
         <v>0.0308</v>
       </c>
       <c r="N15" s="15">
-        <v>997</v>
+        <v>1242</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080016882</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05833</v>
       </c>
       <c r="L16" s="15">
         <v>0.0422</v>
       </c>
       <c r="M16" s="15">
         <v>0.03683</v>
       </c>
       <c r="N16" s="15">
-        <v>594</v>
+        <v>624</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10080016875</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -1518,168 +1518,168 @@
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080016883</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L18" s="15">
         <v>0.02401</v>
       </c>
       <c r="M18" s="15">
         <v>0.02401</v>
       </c>
       <c r="N18" s="15">
-        <v>367</v>
+        <v>352</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="15">
         <v>10080016876</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.05789</v>
       </c>
       <c r="L19" s="15">
         <v>0.01885</v>
       </c>
       <c r="M19" s="15">
         <v>0.01885</v>
       </c>
       <c r="N19" s="15">
-        <v>1841</v>
+        <v>2080</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080016884</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.08375</v>
       </c>
       <c r="L20" s="15">
         <v>0.02722</v>
       </c>
       <c r="M20" s="15">
         <v>0.02722</v>
       </c>
       <c r="N20" s="15">
-        <v>427</v>
+        <v>296</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080016877</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06898</v>
       </c>
       <c r="L21" s="15">
         <v>0.02254</v>
       </c>
       <c r="M21" s="15">
         <v>0.02254</v>
       </c>
       <c r="N21" s="15">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080016885</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
@@ -1713,90 +1713,90 @@
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080016878</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="L23" s="15">
         <v>0.02525</v>
       </c>
       <c r="M23" s="15">
         <v>0.02525</v>
       </c>
       <c r="N23" s="15">
-        <v>1908</v>
+        <v>1436</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10080016886</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.10962</v>
       </c>
       <c r="L24" s="15">
         <v>0.03583</v>
       </c>
       <c r="M24" s="15">
         <v>0.03583</v>
       </c>
       <c r="N24" s="15">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080016879</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1869,246 +1869,246 @@
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080016928</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.09680999999999999</v>
       </c>
       <c r="L27" s="15">
         <v>0.03153</v>
       </c>
       <c r="M27" s="15">
         <v>0.03153</v>
       </c>
       <c r="N27" s="15">
-        <v>480</v>
+        <v>441</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E28" s="15">
         <v>10080016938</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12563</v>
       </c>
       <c r="L28" s="15">
         <v>0.04088</v>
       </c>
       <c r="M28" s="15">
         <v>0.04088</v>
       </c>
       <c r="N28" s="15">
-        <v>648</v>
+        <v>562</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080016929</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.10296</v>
       </c>
       <c r="L29" s="15">
         <v>0.0335</v>
       </c>
       <c r="M29" s="15">
         <v>0.0335</v>
       </c>
       <c r="N29" s="15">
-        <v>604</v>
+        <v>554</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10080016939</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.13745</v>
       </c>
       <c r="L30" s="15">
         <v>0.04471</v>
       </c>
       <c r="M30" s="15">
         <v>0.04471</v>
       </c>
       <c r="N30" s="15">
-        <v>775</v>
+        <v>688</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10080016930</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>500</v>
       </c>
       <c r="K31" s="15">
         <v>0.11134</v>
       </c>
       <c r="L31" s="15">
         <v>0.03621</v>
       </c>
       <c r="M31" s="15">
         <v>0.03621</v>
       </c>
       <c r="N31" s="15">
-        <v>696</v>
+        <v>533</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080016940</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.12612</v>
       </c>
       <c r="L32" s="15">
         <v>0.04102</v>
       </c>
       <c r="M32" s="15">
         <v>0.04102</v>
       </c>
       <c r="N32" s="15">
-        <v>656</v>
+        <v>728</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E33" s="15">
         <v>10080016931</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2142,519 +2142,519 @@
       <c r="D34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E34" s="15">
         <v>10080016941</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.15987</v>
       </c>
       <c r="L34" s="15">
         <v>0.05211</v>
       </c>
       <c r="M34" s="15">
         <v>0.05211</v>
       </c>
       <c r="N34" s="15">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E35" s="15">
         <v>10080016932</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.12982</v>
       </c>
       <c r="L35" s="15">
         <v>0.04211</v>
       </c>
       <c r="M35" s="15">
         <v>0.04211</v>
       </c>
       <c r="N35" s="15">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E36" s="15">
         <v>10080016942</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.14558</v>
       </c>
       <c r="L36" s="15">
         <v>0.04741</v>
       </c>
       <c r="M36" s="15">
         <v>0.04741</v>
       </c>
       <c r="N36" s="15">
-        <v>542</v>
+        <v>653</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E37" s="15">
         <v>10080016933</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.20149</v>
       </c>
       <c r="L37" s="15">
         <v>0.06551999999999999</v>
       </c>
       <c r="M37" s="15">
         <v>0.06551999999999999</v>
       </c>
       <c r="N37" s="15">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="15">
         <v>10080016943</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.21825</v>
       </c>
       <c r="L38" s="15">
         <v>0.07094</v>
       </c>
       <c r="M38" s="15">
         <v>0.07094</v>
       </c>
       <c r="N38" s="15">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E39" s="15">
         <v>10080016934</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.21135</v>
       </c>
       <c r="L39" s="15">
         <v>0.06874</v>
       </c>
       <c r="M39" s="15">
         <v>0.06874</v>
       </c>
       <c r="N39" s="15">
-        <v>543</v>
+        <v>703</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E40" s="15">
         <v>10080016944</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.23155</v>
       </c>
       <c r="L40" s="15">
         <v>0.07525999999999999</v>
       </c>
       <c r="M40" s="15">
         <v>0.07525999999999999</v>
       </c>
       <c r="N40" s="15">
-        <v>621</v>
+        <v>657</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E41" s="15">
         <v>10080016935</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.22465</v>
       </c>
       <c r="L41" s="15">
         <v>0.07303999999999999</v>
       </c>
       <c r="M41" s="15">
         <v>0.07303999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>648</v>
+        <v>496</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E42" s="15">
         <v>10080016945</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.24682</v>
       </c>
       <c r="L42" s="15">
         <v>0.08018</v>
       </c>
       <c r="M42" s="15">
         <v>0.08018</v>
       </c>
       <c r="N42" s="15">
-        <v>788</v>
+        <v>636</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10080016936</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.23574</v>
       </c>
       <c r="L43" s="15">
         <v>0.07649</v>
       </c>
       <c r="M43" s="15">
         <v>0.07649</v>
       </c>
       <c r="N43" s="15">
-        <v>576</v>
+        <v>528</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="15">
         <v>10080016946</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.26087</v>
       </c>
       <c r="L44" s="15">
         <v>0.08486</v>
       </c>
       <c r="M44" s="15">
         <v>0.08486</v>
       </c>
       <c r="N44" s="15">
-        <v>601</v>
+        <v>708</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E45" s="15">
         <v>10080016937</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.24879</v>
       </c>
       <c r="L45" s="15">
         <v>0.08091</v>
       </c>
       <c r="M45" s="15">
         <v>0.08091</v>
       </c>
       <c r="N45" s="15">
-        <v>453</v>
+        <v>426</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E46" s="15">
         <v>10080016947</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.27269</v>
       </c>
       <c r="L46" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="M46" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="N46" s="15">
-        <v>642</v>
+        <v>805</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14"/>
       <c r="C47" s="15"/>
       <c r="D47" s="15"/>
       <c r="E47" s="15"/>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
     </row>
   </sheetData>