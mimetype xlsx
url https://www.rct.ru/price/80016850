--- v2 (2026-01-10)
+++ v3 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1175,51 +1175,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.01254</v>
       </c>
       <c r="L9" s="15">
         <v>0.01087</v>
       </c>
       <c r="M9" s="15">
         <v>0.01045</v>
       </c>
       <c r="N9" s="15">
-        <v>690</v>
+        <v>730</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080027479</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1288,90 +1288,90 @@
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080016880</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.02832</v>
       </c>
       <c r="L12" s="15">
         <v>0.00923</v>
       </c>
       <c r="M12" s="15">
         <v>0.00923</v>
       </c>
       <c r="N12" s="15">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080016873</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.02546</v>
       </c>
       <c r="L13" s="15">
         <v>0.02206</v>
       </c>
       <c r="M13" s="15">
         <v>0.02121</v>
       </c>
       <c r="N13" s="15">
-        <v>1556</v>
+        <v>1664</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080016881</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1403,90 +1403,90 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080016874</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04187</v>
       </c>
       <c r="L15" s="15">
         <v>0.03326</v>
       </c>
       <c r="M15" s="15">
         <v>0.0308</v>
       </c>
       <c r="N15" s="15">
-        <v>1242</v>
+        <v>997</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080016882</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05833</v>
       </c>
       <c r="L16" s="15">
         <v>0.0422</v>
       </c>
       <c r="M16" s="15">
         <v>0.03683</v>
       </c>
       <c r="N16" s="15">
-        <v>624</v>
+        <v>654</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10080016875</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -1518,168 +1518,168 @@
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080016883</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L18" s="15">
         <v>0.02401</v>
       </c>
       <c r="M18" s="15">
         <v>0.02401</v>
       </c>
       <c r="N18" s="15">
-        <v>352</v>
+        <v>467</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="15">
         <v>10080016876</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.05789</v>
       </c>
       <c r="L19" s="15">
         <v>0.01885</v>
       </c>
       <c r="M19" s="15">
         <v>0.01885</v>
       </c>
       <c r="N19" s="15">
-        <v>2080</v>
+        <v>1889</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080016884</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.08375</v>
       </c>
       <c r="L20" s="15">
         <v>0.02722</v>
       </c>
       <c r="M20" s="15">
         <v>0.02722</v>
       </c>
       <c r="N20" s="15">
-        <v>296</v>
+        <v>432</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080016877</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06898</v>
       </c>
       <c r="L21" s="15">
         <v>0.02254</v>
       </c>
       <c r="M21" s="15">
         <v>0.02254</v>
       </c>
       <c r="N21" s="15">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080016885</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
@@ -1713,90 +1713,90 @@
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080016878</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="L23" s="15">
         <v>0.02525</v>
       </c>
       <c r="M23" s="15">
         <v>0.02525</v>
       </c>
       <c r="N23" s="15">
-        <v>1436</v>
+        <v>1415</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10080016886</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.10962</v>
       </c>
       <c r="L24" s="15">
         <v>0.03583</v>
       </c>
       <c r="M24" s="15">
         <v>0.03583</v>
       </c>
       <c r="N24" s="15">
-        <v>396</v>
+        <v>363</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080016879</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1869,402 +1869,402 @@
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080016928</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.09680999999999999</v>
       </c>
       <c r="L27" s="15">
         <v>0.03153</v>
       </c>
       <c r="M27" s="15">
         <v>0.03153</v>
       </c>
       <c r="N27" s="15">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E28" s="15">
         <v>10080016938</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12563</v>
       </c>
       <c r="L28" s="15">
         <v>0.04088</v>
       </c>
       <c r="M28" s="15">
         <v>0.04088</v>
       </c>
       <c r="N28" s="15">
-        <v>562</v>
+        <v>612</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080016929</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.10296</v>
       </c>
       <c r="L29" s="15">
         <v>0.0335</v>
       </c>
       <c r="M29" s="15">
         <v>0.0335</v>
       </c>
       <c r="N29" s="15">
-        <v>554</v>
+        <v>512</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10080016939</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.13745</v>
       </c>
       <c r="L30" s="15">
         <v>0.04471</v>
       </c>
       <c r="M30" s="15">
         <v>0.04471</v>
       </c>
       <c r="N30" s="15">
-        <v>688</v>
+        <v>557</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10080016930</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>500</v>
       </c>
       <c r="K31" s="15">
         <v>0.11134</v>
       </c>
       <c r="L31" s="15">
         <v>0.03621</v>
       </c>
       <c r="M31" s="15">
         <v>0.03621</v>
       </c>
       <c r="N31" s="15">
-        <v>533</v>
+        <v>731</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080016940</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.12612</v>
       </c>
       <c r="L32" s="15">
         <v>0.04102</v>
       </c>
       <c r="M32" s="15">
         <v>0.04102</v>
       </c>
       <c r="N32" s="15">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E33" s="15">
         <v>10080016931</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.12021</v>
       </c>
       <c r="L33" s="15">
         <v>0.03904</v>
       </c>
       <c r="M33" s="15">
         <v>0.03904</v>
       </c>
       <c r="N33" s="15">
-        <v>537</v>
+        <v>398</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E34" s="15">
         <v>10080016941</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.15987</v>
       </c>
       <c r="L34" s="15">
         <v>0.05211</v>
       </c>
       <c r="M34" s="15">
         <v>0.05211</v>
       </c>
       <c r="N34" s="15">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E35" s="15">
         <v>10080016932</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.12982</v>
       </c>
       <c r="L35" s="15">
         <v>0.04211</v>
       </c>
       <c r="M35" s="15">
         <v>0.04211</v>
       </c>
       <c r="N35" s="15">
-        <v>642</v>
+        <v>658</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E36" s="15">
         <v>10080016942</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.14558</v>
       </c>
       <c r="L36" s="15">
         <v>0.04741</v>
       </c>
       <c r="M36" s="15">
         <v>0.04741</v>
       </c>
       <c r="N36" s="15">
-        <v>653</v>
+        <v>705</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E37" s="15">
         <v>10080016933</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2298,363 +2298,363 @@
       <c r="D38" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="15">
         <v>10080016943</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.21825</v>
       </c>
       <c r="L38" s="15">
         <v>0.07094</v>
       </c>
       <c r="M38" s="15">
         <v>0.07094</v>
       </c>
       <c r="N38" s="15">
-        <v>359</v>
+        <v>416</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E39" s="15">
         <v>10080016934</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.21135</v>
       </c>
       <c r="L39" s="15">
         <v>0.06874</v>
       </c>
       <c r="M39" s="15">
         <v>0.06874</v>
       </c>
       <c r="N39" s="15">
-        <v>703</v>
+        <v>567</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E40" s="15">
         <v>10080016944</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.23155</v>
       </c>
       <c r="L40" s="15">
         <v>0.07525999999999999</v>
       </c>
       <c r="M40" s="15">
         <v>0.07525999999999999</v>
       </c>
       <c r="N40" s="15">
-        <v>657</v>
+        <v>702</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E41" s="15">
         <v>10080016935</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.22465</v>
       </c>
       <c r="L41" s="15">
         <v>0.07303999999999999</v>
       </c>
       <c r="M41" s="15">
         <v>0.07303999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>496</v>
+        <v>624</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E42" s="15">
         <v>10080016945</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.24682</v>
       </c>
       <c r="L42" s="15">
         <v>0.08018</v>
       </c>
       <c r="M42" s="15">
         <v>0.08018</v>
       </c>
       <c r="N42" s="15">
-        <v>636</v>
+        <v>797</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10080016936</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.23574</v>
       </c>
       <c r="L43" s="15">
         <v>0.07649</v>
       </c>
       <c r="M43" s="15">
         <v>0.07649</v>
       </c>
       <c r="N43" s="15">
-        <v>528</v>
+        <v>640</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="15">
         <v>10080016946</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.26087</v>
       </c>
       <c r="L44" s="15">
         <v>0.08486</v>
       </c>
       <c r="M44" s="15">
         <v>0.08486</v>
       </c>
       <c r="N44" s="15">
-        <v>708</v>
+        <v>771</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E45" s="15">
         <v>10080016937</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.24879</v>
       </c>
       <c r="L45" s="15">
         <v>0.08091</v>
       </c>
       <c r="M45" s="15">
         <v>0.08091</v>
       </c>
       <c r="N45" s="15">
-        <v>426</v>
+        <v>574</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E46" s="15">
         <v>10080016947</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.27269</v>
       </c>
       <c r="L46" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="M46" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="N46" s="15">
-        <v>805</v>
+        <v>588</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14"/>
       <c r="C47" s="15"/>
       <c r="D47" s="15"/>
       <c r="E47" s="15"/>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
     </row>
   </sheetData>