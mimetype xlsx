--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1175,51 +1175,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.01254</v>
       </c>
       <c r="L9" s="15">
         <v>0.01087</v>
       </c>
       <c r="M9" s="15">
         <v>0.01045</v>
       </c>
       <c r="N9" s="15">
-        <v>730</v>
+        <v>810</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080027479</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1288,90 +1288,90 @@
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080016880</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.02832</v>
       </c>
       <c r="L12" s="15">
         <v>0.00923</v>
       </c>
       <c r="M12" s="15">
         <v>0.00923</v>
       </c>
       <c r="N12" s="15">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080016873</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.02546</v>
       </c>
       <c r="L13" s="15">
         <v>0.02206</v>
       </c>
       <c r="M13" s="15">
         <v>0.02121</v>
       </c>
       <c r="N13" s="15">
-        <v>1664</v>
+        <v>1880</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080016881</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1403,90 +1403,90 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080016874</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04187</v>
       </c>
       <c r="L15" s="15">
         <v>0.03326</v>
       </c>
       <c r="M15" s="15">
         <v>0.0308</v>
       </c>
       <c r="N15" s="15">
-        <v>997</v>
+        <v>1372</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080016882</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05833</v>
       </c>
       <c r="L16" s="15">
         <v>0.0422</v>
       </c>
       <c r="M16" s="15">
         <v>0.03683</v>
       </c>
       <c r="N16" s="15">
-        <v>654</v>
+        <v>822</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10080016875</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -1518,168 +1518,168 @@
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080016883</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L18" s="15">
         <v>0.02401</v>
       </c>
       <c r="M18" s="15">
         <v>0.02401</v>
       </c>
       <c r="N18" s="15">
-        <v>467</v>
+        <v>336</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="15">
         <v>10080016876</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.05789</v>
       </c>
       <c r="L19" s="15">
         <v>0.01885</v>
       </c>
       <c r="M19" s="15">
         <v>0.01885</v>
       </c>
       <c r="N19" s="15">
-        <v>1889</v>
+        <v>1626</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080016884</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.08375</v>
       </c>
       <c r="L20" s="15">
         <v>0.02722</v>
       </c>
       <c r="M20" s="15">
         <v>0.02722</v>
       </c>
       <c r="N20" s="15">
-        <v>432</v>
+        <v>301</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080016877</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06898</v>
       </c>
       <c r="L21" s="15">
         <v>0.02254</v>
       </c>
       <c r="M21" s="15">
         <v>0.02254</v>
       </c>
       <c r="N21" s="15">
-        <v>166</v>
+        <v>183</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080016885</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
@@ -1713,90 +1713,90 @@
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080016878</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="L23" s="15">
         <v>0.02525</v>
       </c>
       <c r="M23" s="15">
         <v>0.02525</v>
       </c>
       <c r="N23" s="15">
-        <v>1415</v>
+        <v>1608</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10080016886</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.10962</v>
       </c>
       <c r="L24" s="15">
         <v>0.03583</v>
       </c>
       <c r="M24" s="15">
         <v>0.03583</v>
       </c>
       <c r="N24" s="15">
-        <v>363</v>
+        <v>279</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080016879</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1869,168 +1869,168 @@
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080016928</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.09680999999999999</v>
       </c>
       <c r="L27" s="15">
         <v>0.03153</v>
       </c>
       <c r="M27" s="15">
         <v>0.03153</v>
       </c>
       <c r="N27" s="15">
-        <v>469</v>
+        <v>480</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E28" s="15">
         <v>10080016938</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12563</v>
       </c>
       <c r="L28" s="15">
         <v>0.04088</v>
       </c>
       <c r="M28" s="15">
         <v>0.04088</v>
       </c>
       <c r="N28" s="15">
-        <v>612</v>
+        <v>468</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080016929</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.10296</v>
       </c>
       <c r="L29" s="15">
         <v>0.0335</v>
       </c>
       <c r="M29" s="15">
         <v>0.0335</v>
       </c>
       <c r="N29" s="15">
-        <v>512</v>
+        <v>503</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10080016939</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.13745</v>
       </c>
       <c r="L30" s="15">
         <v>0.04471</v>
       </c>
       <c r="M30" s="15">
         <v>0.04471</v>
       </c>
       <c r="N30" s="15">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10080016930</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
@@ -2064,441 +2064,441 @@
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080016940</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.12612</v>
       </c>
       <c r="L32" s="15">
         <v>0.04102</v>
       </c>
       <c r="M32" s="15">
         <v>0.04102</v>
       </c>
       <c r="N32" s="15">
-        <v>738</v>
+        <v>792</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E33" s="15">
         <v>10080016931</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.12021</v>
       </c>
       <c r="L33" s="15">
         <v>0.03904</v>
       </c>
       <c r="M33" s="15">
         <v>0.03904</v>
       </c>
       <c r="N33" s="15">
-        <v>398</v>
+        <v>530</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E34" s="15">
         <v>10080016941</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.15987</v>
       </c>
       <c r="L34" s="15">
         <v>0.05211</v>
       </c>
       <c r="M34" s="15">
         <v>0.05211</v>
       </c>
       <c r="N34" s="15">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E35" s="15">
         <v>10080016932</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.12982</v>
       </c>
       <c r="L35" s="15">
         <v>0.04211</v>
       </c>
       <c r="M35" s="15">
         <v>0.04211</v>
       </c>
       <c r="N35" s="15">
-        <v>658</v>
+        <v>539</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E36" s="15">
         <v>10080016942</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.14558</v>
       </c>
       <c r="L36" s="15">
         <v>0.04741</v>
       </c>
       <c r="M36" s="15">
         <v>0.04741</v>
       </c>
       <c r="N36" s="15">
-        <v>705</v>
+        <v>696</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E37" s="15">
         <v>10080016933</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.20149</v>
       </c>
       <c r="L37" s="15">
         <v>0.06551999999999999</v>
       </c>
       <c r="M37" s="15">
         <v>0.06551999999999999</v>
       </c>
       <c r="N37" s="15">
-        <v>493</v>
+        <v>584</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="15">
         <v>10080016943</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.21825</v>
       </c>
       <c r="L38" s="15">
         <v>0.07094</v>
       </c>
       <c r="M38" s="15">
         <v>0.07094</v>
       </c>
       <c r="N38" s="15">
-        <v>416</v>
+        <v>387</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E39" s="15">
         <v>10080016934</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.21135</v>
       </c>
       <c r="L39" s="15">
         <v>0.06874</v>
       </c>
       <c r="M39" s="15">
         <v>0.06874</v>
       </c>
       <c r="N39" s="15">
-        <v>567</v>
+        <v>711</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E40" s="15">
         <v>10080016944</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.23155</v>
       </c>
       <c r="L40" s="15">
         <v>0.07525999999999999</v>
       </c>
       <c r="M40" s="15">
         <v>0.07525999999999999</v>
       </c>
       <c r="N40" s="15">
-        <v>702</v>
+        <v>774</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E41" s="15">
         <v>10080016935</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.22465</v>
       </c>
       <c r="L41" s="15">
         <v>0.07303999999999999</v>
       </c>
       <c r="M41" s="15">
         <v>0.07303999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>624</v>
+        <v>568</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E42" s="15">
         <v>10080016945</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.24682</v>
       </c>
       <c r="L42" s="15">
         <v>0.08018</v>
       </c>
       <c r="M42" s="15">
         <v>0.08018</v>
       </c>
       <c r="N42" s="15">
-        <v>797</v>
+        <v>672</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10080016936</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
@@ -2532,129 +2532,129 @@
       <c r="D44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="15">
         <v>10080016946</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.26087</v>
       </c>
       <c r="L44" s="15">
         <v>0.08486</v>
       </c>
       <c r="M44" s="15">
         <v>0.08486</v>
       </c>
       <c r="N44" s="15">
-        <v>771</v>
+        <v>565</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E45" s="15">
         <v>10080016937</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.24879</v>
       </c>
       <c r="L45" s="15">
         <v>0.08091</v>
       </c>
       <c r="M45" s="15">
         <v>0.08091</v>
       </c>
       <c r="N45" s="15">
-        <v>574</v>
+        <v>432</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E46" s="15">
         <v>10080016947</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.27269</v>
       </c>
       <c r="L46" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="M46" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="N46" s="15">
-        <v>588</v>
+        <v>642</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14"/>
       <c r="C47" s="15"/>
       <c r="D47" s="15"/>
       <c r="E47" s="15"/>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
     </row>
   </sheetData>