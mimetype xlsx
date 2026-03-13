--- v4 (2026-02-20)
+++ v5 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1175,51 +1175,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.01254</v>
       </c>
       <c r="L9" s="15">
         <v>0.01087</v>
       </c>
       <c r="M9" s="15">
         <v>0.01045</v>
       </c>
       <c r="N9" s="15">
-        <v>810</v>
+        <v>690</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080027479</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1288,90 +1288,90 @@
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080016880</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.02832</v>
       </c>
       <c r="L12" s="15">
         <v>0.00923</v>
       </c>
       <c r="M12" s="15">
         <v>0.00923</v>
       </c>
       <c r="N12" s="15">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080016873</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.02546</v>
       </c>
       <c r="L13" s="15">
         <v>0.02206</v>
       </c>
       <c r="M13" s="15">
         <v>0.02121</v>
       </c>
       <c r="N13" s="15">
-        <v>1880</v>
+        <v>1577</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080016881</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1403,90 +1403,90 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080016874</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04187</v>
       </c>
       <c r="L15" s="15">
         <v>0.03326</v>
       </c>
       <c r="M15" s="15">
         <v>0.0308</v>
       </c>
       <c r="N15" s="15">
-        <v>1372</v>
+        <v>1340</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080016882</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05833</v>
       </c>
       <c r="L16" s="15">
         <v>0.0422</v>
       </c>
       <c r="M16" s="15">
         <v>0.03683</v>
       </c>
       <c r="N16" s="15">
-        <v>822</v>
+        <v>743</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10080016875</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -1518,168 +1518,168 @@
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080016883</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L18" s="15">
         <v>0.02401</v>
       </c>
       <c r="M18" s="15">
         <v>0.02401</v>
       </c>
       <c r="N18" s="15">
-        <v>336</v>
+        <v>404</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="15">
         <v>10080016876</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.05789</v>
       </c>
       <c r="L19" s="15">
         <v>0.01885</v>
       </c>
       <c r="M19" s="15">
         <v>0.01885</v>
       </c>
       <c r="N19" s="15">
-        <v>1626</v>
+        <v>1506</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080016884</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.08375</v>
       </c>
       <c r="L20" s="15">
         <v>0.02722</v>
       </c>
       <c r="M20" s="15">
         <v>0.02722</v>
       </c>
       <c r="N20" s="15">
-        <v>301</v>
+        <v>379</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080016877</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06898</v>
       </c>
       <c r="L21" s="15">
         <v>0.02254</v>
       </c>
       <c r="M21" s="15">
         <v>0.02254</v>
       </c>
       <c r="N21" s="15">
-        <v>183</v>
+        <v>212</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080016885</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
@@ -1713,90 +1713,90 @@
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080016878</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="L23" s="15">
         <v>0.02525</v>
       </c>
       <c r="M23" s="15">
         <v>0.02525</v>
       </c>
       <c r="N23" s="15">
-        <v>1608</v>
+        <v>1801</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10080016886</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.10962</v>
       </c>
       <c r="L24" s="15">
         <v>0.03583</v>
       </c>
       <c r="M24" s="15">
         <v>0.03583</v>
       </c>
       <c r="N24" s="15">
-        <v>279</v>
+        <v>359</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080016879</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1869,792 +1869,792 @@
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080016928</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.09680999999999999</v>
       </c>
       <c r="L27" s="15">
         <v>0.03153</v>
       </c>
       <c r="M27" s="15">
         <v>0.03153</v>
       </c>
       <c r="N27" s="15">
-        <v>480</v>
+        <v>419</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E28" s="15">
         <v>10080016938</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12563</v>
       </c>
       <c r="L28" s="15">
         <v>0.04088</v>
       </c>
       <c r="M28" s="15">
         <v>0.04088</v>
       </c>
       <c r="N28" s="15">
-        <v>468</v>
+        <v>591</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080016929</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.10296</v>
       </c>
       <c r="L29" s="15">
         <v>0.0335</v>
       </c>
       <c r="M29" s="15">
         <v>0.0335</v>
       </c>
       <c r="N29" s="15">
-        <v>503</v>
+        <v>696</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10080016939</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.13745</v>
       </c>
       <c r="L30" s="15">
         <v>0.04471</v>
       </c>
       <c r="M30" s="15">
         <v>0.04471</v>
       </c>
       <c r="N30" s="15">
-        <v>549</v>
+        <v>522</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10080016930</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>500</v>
       </c>
       <c r="K31" s="15">
         <v>0.11134</v>
       </c>
       <c r="L31" s="15">
         <v>0.03621</v>
       </c>
       <c r="M31" s="15">
         <v>0.03621</v>
       </c>
       <c r="N31" s="15">
-        <v>731</v>
+        <v>722</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080016940</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.12612</v>
       </c>
       <c r="L32" s="15">
         <v>0.04102</v>
       </c>
       <c r="M32" s="15">
         <v>0.04102</v>
       </c>
       <c r="N32" s="15">
-        <v>792</v>
+        <v>628</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E33" s="15">
         <v>10080016931</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.12021</v>
       </c>
       <c r="L33" s="15">
         <v>0.03904</v>
       </c>
       <c r="M33" s="15">
         <v>0.03904</v>
       </c>
       <c r="N33" s="15">
-        <v>530</v>
+        <v>451</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E34" s="15">
         <v>10080016941</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.15987</v>
       </c>
       <c r="L34" s="15">
         <v>0.05211</v>
       </c>
       <c r="M34" s="15">
         <v>0.05211</v>
       </c>
       <c r="N34" s="15">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E35" s="15">
         <v>10080016932</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.12982</v>
       </c>
       <c r="L35" s="15">
         <v>0.04211</v>
       </c>
       <c r="M35" s="15">
         <v>0.04211</v>
       </c>
       <c r="N35" s="15">
-        <v>539</v>
+        <v>476</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E36" s="15">
         <v>10080016942</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.14558</v>
       </c>
       <c r="L36" s="15">
         <v>0.04741</v>
       </c>
       <c r="M36" s="15">
         <v>0.04741</v>
       </c>
       <c r="N36" s="15">
-        <v>696</v>
+        <v>713</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E37" s="15">
         <v>10080016933</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.20149</v>
       </c>
       <c r="L37" s="15">
         <v>0.06551999999999999</v>
       </c>
       <c r="M37" s="15">
         <v>0.06551999999999999</v>
       </c>
       <c r="N37" s="15">
-        <v>584</v>
+        <v>539</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="15">
         <v>10080016943</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.21825</v>
       </c>
       <c r="L38" s="15">
         <v>0.07094</v>
       </c>
       <c r="M38" s="15">
         <v>0.07094</v>
       </c>
       <c r="N38" s="15">
-        <v>387</v>
+        <v>422</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E39" s="15">
         <v>10080016934</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.21135</v>
       </c>
       <c r="L39" s="15">
         <v>0.06874</v>
       </c>
       <c r="M39" s="15">
         <v>0.06874</v>
       </c>
       <c r="N39" s="15">
-        <v>711</v>
+        <v>671</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E40" s="15">
         <v>10080016944</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.23155</v>
       </c>
       <c r="L40" s="15">
         <v>0.07525999999999999</v>
       </c>
       <c r="M40" s="15">
         <v>0.07525999999999999</v>
       </c>
       <c r="N40" s="15">
-        <v>774</v>
+        <v>648</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E41" s="15">
         <v>10080016935</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.22465</v>
       </c>
       <c r="L41" s="15">
         <v>0.07303999999999999</v>
       </c>
       <c r="M41" s="15">
         <v>0.07303999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>568</v>
+        <v>480</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E42" s="15">
         <v>10080016945</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.24682</v>
       </c>
       <c r="L42" s="15">
         <v>0.08018</v>
       </c>
       <c r="M42" s="15">
         <v>0.08018</v>
       </c>
       <c r="N42" s="15">
-        <v>672</v>
+        <v>708</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10080016936</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.23574</v>
       </c>
       <c r="L43" s="15">
         <v>0.07649</v>
       </c>
       <c r="M43" s="15">
         <v>0.07649</v>
       </c>
       <c r="N43" s="15">
-        <v>640</v>
+        <v>504</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E44" s="15">
         <v>10080016946</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.26087</v>
       </c>
       <c r="L44" s="15">
         <v>0.08486</v>
       </c>
       <c r="M44" s="15">
         <v>0.08486</v>
       </c>
       <c r="N44" s="15">
-        <v>565</v>
+        <v>637</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E45" s="15">
         <v>10080016937</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.24879</v>
       </c>
       <c r="L45" s="15">
         <v>0.08091</v>
       </c>
       <c r="M45" s="15">
         <v>0.08091</v>
       </c>
       <c r="N45" s="15">
-        <v>432</v>
+        <v>567</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E46" s="15">
         <v>10080016947</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.27269</v>
       </c>
       <c r="L46" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="M46" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="N46" s="15">
-        <v>642</v>
+        <v>733</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14"/>
       <c r="C47" s="15"/>
       <c r="D47" s="15"/>
       <c r="E47" s="15"/>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
     </row>
   </sheetData>