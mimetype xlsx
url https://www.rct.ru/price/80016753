--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1073,90 +1073,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080016755</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>7000</v>
       </c>
       <c r="K9" s="15">
         <v>0.00843</v>
       </c>
       <c r="L9" s="15">
         <v>0.00744</v>
       </c>
       <c r="M9" s="15">
         <v>0.0067</v>
       </c>
       <c r="N9" s="15">
-        <v>26055</v>
+        <v>33443</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080016754</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
         <v>0.00748</v>
       </c>
       <c r="L10" s="15">
         <v>0.0066</v>
       </c>
       <c r="M10" s="15">
         <v>0.00594</v>
       </c>
       <c r="N10" s="15">
-        <v>13470</v>
+        <v>14073</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080016756</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
@@ -1266,51 +1266,51 @@
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15">
         <v>10080068576</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.02211</v>
       </c>
       <c r="L14" s="15">
         <v>0.016</v>
       </c>
       <c r="M14" s="15">
         <v>0.01396</v>
       </c>
       <c r="N14" s="15">
-        <v>555</v>
+        <v>703</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E15" s="15">
         <v>10080016758</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
@@ -1418,51 +1418,51 @@
       <c r="D18" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="15">
         <v>10080016760</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.10962</v>
       </c>
       <c r="L18" s="15">
         <v>0.06675</v>
       </c>
       <c r="M18" s="15">
         <v>0.06675</v>
       </c>
       <c r="N18" s="15">
-        <v>761</v>
+        <v>629</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E19" s="15">
         <v>10080016761</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
@@ -1496,51 +1496,51 @@
       <c r="D20" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E20" s="15">
         <v>10080016762</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.13056</v>
       </c>
       <c r="L20" s="15">
         <v>0.08289000000000001</v>
       </c>
       <c r="M20" s="15">
         <v>0.08289000000000001</v>
       </c>
       <c r="N20" s="15">
-        <v>1278</v>
+        <v>1698</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E21" s="15">
         <v>10080016763</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -1574,402 +1574,402 @@
       <c r="D22" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="15">
         <v>10080016905</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.20446</v>
       </c>
       <c r="L22" s="15">
         <v>0.11577</v>
       </c>
       <c r="M22" s="15">
         <v>0.11577</v>
       </c>
       <c r="N22" s="15">
-        <v>747</v>
+        <v>621</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E23" s="15">
         <v>10080016906</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.22588</v>
       </c>
       <c r="L23" s="15">
         <v>0.12735</v>
       </c>
       <c r="M23" s="15">
         <v>0.12735</v>
       </c>
       <c r="N23" s="15">
-        <v>666</v>
+        <v>512</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E24" s="15">
         <v>10080016907</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.24264</v>
       </c>
       <c r="L24" s="15">
         <v>0.13721</v>
       </c>
       <c r="M24" s="15">
         <v>0.13721</v>
       </c>
       <c r="N24" s="15">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E25" s="15">
         <v>10080016908</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.25988</v>
       </c>
       <c r="L25" s="15">
         <v>0.1473</v>
       </c>
       <c r="M25" s="15">
         <v>0.1473</v>
       </c>
       <c r="N25" s="15">
-        <v>570</v>
+        <v>603</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E26" s="15">
         <v>10080016909</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.28155</v>
       </c>
       <c r="L26" s="15">
         <v>0.15888</v>
       </c>
       <c r="M26" s="15">
         <v>0.15888</v>
       </c>
       <c r="N26" s="15">
-        <v>517</v>
+        <v>584</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E27" s="15">
         <v>10080016910</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.26037</v>
       </c>
       <c r="L27" s="15">
         <v>0.15642</v>
       </c>
       <c r="M27" s="15">
         <v>0.15642</v>
       </c>
       <c r="N27" s="15">
-        <v>602</v>
+        <v>490</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E28" s="15">
         <v>10080016911</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.27812</v>
       </c>
       <c r="L28" s="15">
         <v>0.16665</v>
       </c>
       <c r="M28" s="15">
         <v>0.16665</v>
       </c>
       <c r="N28" s="15">
-        <v>744</v>
+        <v>667</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E29" s="15">
         <v>10080016912</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.2956</v>
       </c>
       <c r="L29" s="15">
         <v>0.17674</v>
       </c>
       <c r="M29" s="15">
         <v>0.17674</v>
       </c>
       <c r="N29" s="15">
-        <v>648</v>
+        <v>699</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E30" s="15">
         <v>10080016913</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.31087</v>
       </c>
       <c r="L30" s="15">
         <v>0.18622</v>
       </c>
       <c r="M30" s="15">
         <v>0.18622</v>
       </c>
       <c r="N30" s="15">
-        <v>671</v>
+        <v>697</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E31" s="15">
         <v>10080016914</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.37689</v>
       </c>
       <c r="L31" s="15">
         <v>0.21222</v>
       </c>
       <c r="M31" s="15">
         <v>0.21222</v>
       </c>
       <c r="N31" s="15">
-        <v>677</v>
+        <v>762</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>