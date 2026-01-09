--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1064,99 +1064,99 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080016755</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>7000</v>
       </c>
       <c r="K9" s="15">
-        <v>0.00843</v>
+        <v>0.00743</v>
       </c>
       <c r="L9" s="15">
-        <v>0.00744</v>
+        <v>0.00644</v>
       </c>
       <c r="M9" s="15">
-        <v>0.0067</v>
+        <v>0.00619</v>
       </c>
       <c r="N9" s="15">
-        <v>33443</v>
+        <v>22003</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080016754</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
-        <v>0.00748</v>
+        <v>0.00659</v>
       </c>
       <c r="L10" s="15">
-        <v>0.0066</v>
+        <v>0.00571</v>
       </c>
       <c r="M10" s="15">
-        <v>0.00594</v>
+        <v>0.00549</v>
       </c>
       <c r="N10" s="15">
-        <v>14073</v>
+        <v>14452</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080016756</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
@@ -1179,57 +1179,57 @@
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080068575</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
-        <v>0.01393</v>
+        <v>0.00959</v>
       </c>
       <c r="L12" s="15">
-        <v>0.01008</v>
+        <v>0.00831</v>
       </c>
       <c r="M12" s="15">
-        <v>0.008800000000000001</v>
+        <v>0.007990000000000001</v>
       </c>
       <c r="N12" s="15">
         <v>55</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080016757</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
@@ -1257,60 +1257,60 @@
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15">
         <v>10080068576</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
-        <v>0.02211</v>
+        <v>0.01511</v>
       </c>
       <c r="L14" s="15">
-        <v>0.016</v>
+        <v>0.01309</v>
       </c>
       <c r="M14" s="15">
-        <v>0.01396</v>
+        <v>0.01259</v>
       </c>
       <c r="N14" s="15">
-        <v>703</v>
+        <v>657</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E15" s="15">
         <v>10080016758</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
@@ -1418,129 +1418,129 @@
       <c r="D18" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="15">
         <v>10080016760</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.10962</v>
       </c>
       <c r="L18" s="15">
         <v>0.06675</v>
       </c>
       <c r="M18" s="15">
         <v>0.06675</v>
       </c>
       <c r="N18" s="15">
-        <v>629</v>
+        <v>883</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E19" s="15">
         <v>10080016761</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.10962</v>
       </c>
       <c r="L19" s="15">
         <v>0.07131</v>
       </c>
       <c r="M19" s="15">
         <v>0.07131</v>
       </c>
       <c r="N19" s="15">
-        <v>738</v>
+        <v>644</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E20" s="15">
         <v>10080016762</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.13056</v>
       </c>
       <c r="L20" s="15">
         <v>0.08289000000000001</v>
       </c>
       <c r="M20" s="15">
         <v>0.08289000000000001</v>
       </c>
       <c r="N20" s="15">
-        <v>1698</v>
+        <v>1488</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E21" s="15">
         <v>10080016763</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -1574,402 +1574,402 @@
       <c r="D22" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="15">
         <v>10080016905</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.20446</v>
       </c>
       <c r="L22" s="15">
         <v>0.11577</v>
       </c>
       <c r="M22" s="15">
         <v>0.11577</v>
       </c>
       <c r="N22" s="15">
-        <v>621</v>
+        <v>747</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E23" s="15">
         <v>10080016906</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.22588</v>
       </c>
       <c r="L23" s="15">
         <v>0.12735</v>
       </c>
       <c r="M23" s="15">
         <v>0.12735</v>
       </c>
       <c r="N23" s="15">
-        <v>512</v>
+        <v>488</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E24" s="15">
         <v>10080016907</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.24264</v>
       </c>
       <c r="L24" s="15">
         <v>0.13721</v>
       </c>
       <c r="M24" s="15">
         <v>0.13721</v>
       </c>
       <c r="N24" s="15">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E25" s="15">
         <v>10080016908</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.25988</v>
       </c>
       <c r="L25" s="15">
         <v>0.1473</v>
       </c>
       <c r="M25" s="15">
         <v>0.1473</v>
       </c>
       <c r="N25" s="15">
-        <v>603</v>
+        <v>553</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E26" s="15">
         <v>10080016909</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.28155</v>
       </c>
       <c r="L26" s="15">
         <v>0.15888</v>
       </c>
       <c r="M26" s="15">
         <v>0.15888</v>
       </c>
       <c r="N26" s="15">
-        <v>584</v>
+        <v>737</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E27" s="15">
         <v>10080016910</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.26037</v>
       </c>
       <c r="L27" s="15">
         <v>0.15642</v>
       </c>
       <c r="M27" s="15">
         <v>0.15642</v>
       </c>
       <c r="N27" s="15">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E28" s="15">
         <v>10080016911</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.27812</v>
       </c>
       <c r="L28" s="15">
         <v>0.16665</v>
       </c>
       <c r="M28" s="15">
         <v>0.16665</v>
       </c>
       <c r="N28" s="15">
-        <v>667</v>
+        <v>599</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E29" s="15">
         <v>10080016912</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.2956</v>
       </c>
       <c r="L29" s="15">
         <v>0.17674</v>
       </c>
       <c r="M29" s="15">
         <v>0.17674</v>
       </c>
       <c r="N29" s="15">
-        <v>699</v>
+        <v>605</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E30" s="15">
         <v>10080016913</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.31087</v>
       </c>
       <c r="L30" s="15">
         <v>0.18622</v>
       </c>
       <c r="M30" s="15">
         <v>0.18622</v>
       </c>
       <c r="N30" s="15">
-        <v>697</v>
+        <v>603</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E31" s="15">
         <v>10080016914</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.37689</v>
       </c>
       <c r="L31" s="15">
         <v>0.21222</v>
       </c>
       <c r="M31" s="15">
         <v>0.21222</v>
       </c>
       <c r="N31" s="15">
-        <v>762</v>
+        <v>567</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>