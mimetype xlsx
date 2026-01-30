--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -130,57 +130,63 @@
   <si>
     <t>L-KLS1-XA1-2.50-02-H</t>
   </si>
   <si>
     <t>разъём питания шаг 2,5мм розетка на кабель тип H1 / H1-02 корпус (OHU-2) L-KLS1-XA1-2.50-02-H</t>
   </si>
   <si>
     <t>H1-03 (OHU-3) (L-KLS1-XA1-2.50-03-H)</t>
   </si>
   <si>
     <t>разъём питания шаг 2,5мм розетка на кабель тип H1 / H1-03 (OHU-3) (L-KLS1-XA1-2.50-03-H)</t>
   </si>
   <si>
     <t>L-KLS1-XA1-2.50-03-H</t>
   </si>
   <si>
     <t>разъём питания шаг 2,5мм розетка на кабель тип H1 / H1-03 корпус (OHU-3) (L-KLS1-XA1-2.50-03-H)</t>
   </si>
   <si>
     <t>L-KLS1-XA1-2.50-04-H</t>
   </si>
   <si>
     <t>разъём питания шаг 2,5мм розетка на кабель тип H1 / H1-04 (OHU-4) L-KLS1-XA1-2.50-04-H</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-XA1-2.50-04-H KLS, </t>
+  </si>
+  <si>
     <t>разъём питания шаг 2,5мм розетка на кабель тип H1 / H1-04 корпус (OHU-4) L-KLS1-XA1-2.50-04-H</t>
   </si>
   <si>
     <t>L-KLS1-XA1-2.50-05-H</t>
   </si>
   <si>
     <t>разъём питания шаг 2,5мм розетка на кабель тип H1 / H1-05 (OHU-5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS1-XA1-2.50-05-H KLS, </t>
   </si>
   <si>
     <t>разъём питания шаг 2,5мм розетка на кабель тип H1 / H1-05 корпус L-KLS1-XA1-2.50-05-H</t>
   </si>
   <si>
     <t>H1-06</t>
   </si>
   <si>
     <t>разъём питания шаг 2,5мм розетка на кабель тип H1 / H1-06</t>
   </si>
   <si>
     <t>H1-07</t>
   </si>
   <si>
     <t>разъём питания шаг 2,5мм розетка на кабель тип H1 / H1-07</t>
   </si>
   <si>
     <t>H1-08</t>
   </si>
   <si>
     <t>разъём питания шаг 2,5мм розетка на кабель тип H1 / H1-08</t>
   </si>
   <si>
     <t>H1-09</t>
   </si>
@@ -1073,90 +1079,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080016755</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>7000</v>
       </c>
       <c r="K9" s="15">
         <v>0.00743</v>
       </c>
       <c r="L9" s="15">
         <v>0.00644</v>
       </c>
       <c r="M9" s="15">
         <v>0.00619</v>
       </c>
       <c r="N9" s="15">
-        <v>22003</v>
+        <v>22321</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080016754</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
         <v>0.00659</v>
       </c>
       <c r="L10" s="15">
         <v>0.00571</v>
       </c>
       <c r="M10" s="15">
         <v>0.00549</v>
       </c>
       <c r="N10" s="15">
-        <v>14452</v>
+        <v>14252</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080016756</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
@@ -1213,763 +1219,771 @@
         <v>55</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080016757</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I13" s="15"/>
+      <c r="I13" s="15" t="s">
+        <v>38</v>
+      </c>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.01319</v>
       </c>
       <c r="L13" s="15">
         <v>0.01143</v>
       </c>
       <c r="M13" s="15">
         <v>0.01099</v>
       </c>
       <c r="N13" s="15">
         <v>48</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080068576</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I14" s="15"/>
+      <c r="I14" s="15" t="s">
+        <v>38</v>
+      </c>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.01511</v>
       </c>
       <c r="L14" s="15">
         <v>0.01309</v>
       </c>
       <c r="M14" s="15">
         <v>0.01259</v>
       </c>
       <c r="N14" s="15">
-        <v>657</v>
+        <v>823</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080016758</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I15" s="15"/>
+      <c r="I15" s="15" t="s">
+        <v>42</v>
+      </c>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.13021</v>
       </c>
       <c r="L15" s="15">
         <v>0.07733</v>
       </c>
       <c r="M15" s="15">
         <v>0.06511</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080075328</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I16" s="15"/>
+      <c r="I16" s="15" t="s">
+        <v>42</v>
+      </c>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.03466</v>
       </c>
       <c r="L16" s="15">
         <v>0.02533</v>
       </c>
       <c r="M16" s="15">
         <v>0.02132</v>
       </c>
       <c r="N16" s="15">
         <v>67</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E17" s="15">
         <v>10080016759</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.08252</v>
       </c>
       <c r="L17" s="15">
         <v>0.05395</v>
       </c>
       <c r="M17" s="15">
         <v>0.05395</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E18" s="15">
         <v>10080016760</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.10962</v>
       </c>
       <c r="L18" s="15">
         <v>0.06675</v>
       </c>
       <c r="M18" s="15">
         <v>0.06675</v>
       </c>
       <c r="N18" s="15">
-        <v>883</v>
+        <v>700</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E19" s="15">
         <v>10080016761</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.10962</v>
       </c>
       <c r="L19" s="15">
         <v>0.07131</v>
       </c>
       <c r="M19" s="15">
         <v>0.07131</v>
       </c>
       <c r="N19" s="15">
-        <v>644</v>
+        <v>695</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E20" s="15">
         <v>10080016762</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.13056</v>
       </c>
       <c r="L20" s="15">
         <v>0.08289000000000001</v>
       </c>
       <c r="M20" s="15">
         <v>0.08289000000000001</v>
       </c>
       <c r="N20" s="15">
-        <v>1488</v>
+        <v>1660</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E21" s="15">
         <v>10080016763</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1</v>
       </c>
       <c r="K21" s="15">
         <v>0.16381</v>
       </c>
       <c r="L21" s="15">
         <v>0.09804</v>
       </c>
       <c r="M21" s="15">
         <v>0.09804</v>
       </c>
       <c r="N21" s="15">
         <v>16</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E22" s="15">
         <v>10080016905</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.20446</v>
       </c>
       <c r="L22" s="15">
         <v>0.11577</v>
       </c>
       <c r="M22" s="15">
         <v>0.11577</v>
       </c>
       <c r="N22" s="15">
-        <v>747</v>
+        <v>697</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E23" s="15">
         <v>10080016906</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.22588</v>
       </c>
       <c r="L23" s="15">
         <v>0.12735</v>
       </c>
       <c r="M23" s="15">
         <v>0.12735</v>
       </c>
       <c r="N23" s="15">
-        <v>488</v>
+        <v>683</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E24" s="15">
         <v>10080016907</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.24264</v>
       </c>
       <c r="L24" s="15">
         <v>0.13721</v>
       </c>
       <c r="M24" s="15">
         <v>0.13721</v>
       </c>
       <c r="N24" s="15">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E25" s="15">
         <v>10080016908</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.25988</v>
       </c>
       <c r="L25" s="15">
         <v>0.1473</v>
       </c>
       <c r="M25" s="15">
         <v>0.1473</v>
       </c>
       <c r="N25" s="15">
-        <v>553</v>
+        <v>695</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E26" s="15">
         <v>10080016909</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.28155</v>
       </c>
       <c r="L26" s="15">
         <v>0.15888</v>
       </c>
       <c r="M26" s="15">
         <v>0.15888</v>
       </c>
       <c r="N26" s="15">
-        <v>737</v>
+        <v>559</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E27" s="15">
         <v>10080016910</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.26037</v>
       </c>
       <c r="L27" s="15">
         <v>0.15642</v>
       </c>
       <c r="M27" s="15">
         <v>0.15642</v>
       </c>
       <c r="N27" s="15">
         <v>498</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E28" s="15">
         <v>10080016911</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.27812</v>
       </c>
       <c r="L28" s="15">
         <v>0.16665</v>
       </c>
       <c r="M28" s="15">
         <v>0.16665</v>
       </c>
       <c r="N28" s="15">
-        <v>599</v>
+        <v>710</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E29" s="15">
         <v>10080016912</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.2956</v>
       </c>
       <c r="L29" s="15">
         <v>0.17674</v>
       </c>
       <c r="M29" s="15">
         <v>0.17674</v>
       </c>
       <c r="N29" s="15">
-        <v>605</v>
+        <v>529</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E30" s="15">
         <v>10080016913</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.31087</v>
       </c>
       <c r="L30" s="15">
         <v>0.18622</v>
       </c>
       <c r="M30" s="15">
         <v>0.18622</v>
       </c>
       <c r="N30" s="15">
-        <v>603</v>
+        <v>552</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E31" s="15">
         <v>10080016914</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.37689</v>
       </c>
       <c r="L31" s="15">
         <v>0.21222</v>
       </c>
       <c r="M31" s="15">
         <v>0.21222</v>
       </c>
       <c r="N31" s="15">
-        <v>567</v>
+        <v>627</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>
@@ -2012,317 +2026,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>