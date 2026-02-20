--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1079,90 +1079,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080016755</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>7000</v>
       </c>
       <c r="K9" s="15">
         <v>0.00743</v>
       </c>
       <c r="L9" s="15">
         <v>0.00644</v>
       </c>
       <c r="M9" s="15">
         <v>0.00619</v>
       </c>
       <c r="N9" s="15">
-        <v>22321</v>
+        <v>23278</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080016754</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
         <v>0.00659</v>
       </c>
       <c r="L10" s="15">
         <v>0.00571</v>
       </c>
       <c r="M10" s="15">
         <v>0.00549</v>
       </c>
       <c r="N10" s="15">
-        <v>14252</v>
+        <v>15362</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080016756</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
@@ -1276,51 +1276,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080068576</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.01511</v>
       </c>
       <c r="L14" s="15">
         <v>0.01309</v>
       </c>
       <c r="M14" s="15">
         <v>0.01259</v>
       </c>
       <c r="N14" s="15">
-        <v>823</v>
+        <v>675</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080016758</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15" t="s">
@@ -1432,129 +1432,129 @@
       <c r="D18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="15">
         <v>10080016760</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.10962</v>
       </c>
       <c r="L18" s="15">
         <v>0.06675</v>
       </c>
       <c r="M18" s="15">
         <v>0.06675</v>
       </c>
       <c r="N18" s="15">
-        <v>700</v>
+        <v>862</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="15">
         <v>10080016761</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.10962</v>
       </c>
       <c r="L19" s="15">
         <v>0.07131</v>
       </c>
       <c r="M19" s="15">
         <v>0.07131</v>
       </c>
       <c r="N19" s="15">
-        <v>695</v>
+        <v>644</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="15">
         <v>10080016762</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.13056</v>
       </c>
       <c r="L20" s="15">
         <v>0.08289000000000001</v>
       </c>
       <c r="M20" s="15">
         <v>0.08289000000000001</v>
       </c>
       <c r="N20" s="15">
-        <v>1660</v>
+        <v>1621</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="15">
         <v>10080016763</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -1588,402 +1588,402 @@
       <c r="D22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E22" s="15">
         <v>10080016905</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.20446</v>
       </c>
       <c r="L22" s="15">
         <v>0.11577</v>
       </c>
       <c r="M22" s="15">
         <v>0.11577</v>
       </c>
       <c r="N22" s="15">
-        <v>697</v>
+        <v>588</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="15">
         <v>10080016906</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.22588</v>
       </c>
       <c r="L23" s="15">
         <v>0.12735</v>
       </c>
       <c r="M23" s="15">
         <v>0.12735</v>
       </c>
       <c r="N23" s="15">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="15">
         <v>10080016907</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.24264</v>
       </c>
       <c r="L24" s="15">
         <v>0.13721</v>
       </c>
       <c r="M24" s="15">
         <v>0.13721</v>
       </c>
       <c r="N24" s="15">
-        <v>195</v>
+        <v>260</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E25" s="15">
         <v>10080016908</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.25988</v>
       </c>
       <c r="L25" s="15">
         <v>0.1473</v>
       </c>
       <c r="M25" s="15">
         <v>0.1473</v>
       </c>
       <c r="N25" s="15">
-        <v>695</v>
+        <v>712</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="15">
         <v>10080016909</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.28155</v>
       </c>
       <c r="L26" s="15">
         <v>0.15888</v>
       </c>
       <c r="M26" s="15">
         <v>0.15888</v>
       </c>
       <c r="N26" s="15">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E27" s="15">
         <v>10080016910</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.26037</v>
       </c>
       <c r="L27" s="15">
         <v>0.15642</v>
       </c>
       <c r="M27" s="15">
         <v>0.15642</v>
       </c>
       <c r="N27" s="15">
-        <v>498</v>
+        <v>586</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E28" s="15">
         <v>10080016911</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.27812</v>
       </c>
       <c r="L28" s="15">
         <v>0.16665</v>
       </c>
       <c r="M28" s="15">
         <v>0.16665</v>
       </c>
       <c r="N28" s="15">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E29" s="15">
         <v>10080016912</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.2956</v>
       </c>
       <c r="L29" s="15">
         <v>0.17674</v>
       </c>
       <c r="M29" s="15">
         <v>0.17674</v>
       </c>
       <c r="N29" s="15">
-        <v>529</v>
+        <v>767</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E30" s="15">
         <v>10080016913</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.31087</v>
       </c>
       <c r="L30" s="15">
         <v>0.18622</v>
       </c>
       <c r="M30" s="15">
         <v>0.18622</v>
       </c>
       <c r="N30" s="15">
-        <v>552</v>
+        <v>722</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E31" s="15">
         <v>10080016914</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.37689</v>
       </c>
       <c r="L31" s="15">
         <v>0.21222</v>
       </c>
       <c r="M31" s="15">
         <v>0.21222</v>
       </c>
       <c r="N31" s="15">
-        <v>627</v>
+        <v>720</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>