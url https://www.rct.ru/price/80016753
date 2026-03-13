--- v4 (2026-02-20)
+++ v5 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1079,90 +1079,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080016755</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>7000</v>
       </c>
       <c r="K9" s="15">
         <v>0.00743</v>
       </c>
       <c r="L9" s="15">
         <v>0.00644</v>
       </c>
       <c r="M9" s="15">
         <v>0.00619</v>
       </c>
       <c r="N9" s="15">
-        <v>23278</v>
+        <v>23916</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080016754</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
         <v>0.00659</v>
       </c>
       <c r="L10" s="15">
         <v>0.00571</v>
       </c>
       <c r="M10" s="15">
         <v>0.00549</v>
       </c>
       <c r="N10" s="15">
-        <v>15362</v>
+        <v>13012</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080016756</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
@@ -1276,51 +1276,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080068576</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.01511</v>
       </c>
       <c r="L14" s="15">
         <v>0.01309</v>
       </c>
       <c r="M14" s="15">
         <v>0.01259</v>
       </c>
       <c r="N14" s="15">
-        <v>675</v>
+        <v>555</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080016758</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15" t="s">
@@ -1432,129 +1432,129 @@
       <c r="D18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="15">
         <v>10080016760</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.10962</v>
       </c>
       <c r="L18" s="15">
         <v>0.06675</v>
       </c>
       <c r="M18" s="15">
         <v>0.06675</v>
       </c>
       <c r="N18" s="15">
-        <v>862</v>
+        <v>690</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="15">
         <v>10080016761</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.10962</v>
       </c>
       <c r="L19" s="15">
         <v>0.07131</v>
       </c>
       <c r="M19" s="15">
         <v>0.07131</v>
       </c>
       <c r="N19" s="15">
-        <v>644</v>
+        <v>610</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="15">
         <v>10080016762</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.13056</v>
       </c>
       <c r="L20" s="15">
         <v>0.08289000000000001</v>
       </c>
       <c r="M20" s="15">
         <v>0.08289000000000001</v>
       </c>
       <c r="N20" s="15">
-        <v>1621</v>
+        <v>1488</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="15">
         <v>10080016763</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -1588,402 +1588,402 @@
       <c r="D22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E22" s="15">
         <v>10080016905</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.20446</v>
       </c>
       <c r="L22" s="15">
         <v>0.11577</v>
       </c>
       <c r="M22" s="15">
         <v>0.11577</v>
       </c>
       <c r="N22" s="15">
-        <v>588</v>
+        <v>730</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="15">
         <v>10080016906</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.22588</v>
       </c>
       <c r="L23" s="15">
         <v>0.12735</v>
       </c>
       <c r="M23" s="15">
         <v>0.12735</v>
       </c>
       <c r="N23" s="15">
-        <v>691</v>
+        <v>650</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="15">
         <v>10080016907</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.24264</v>
       </c>
       <c r="L24" s="15">
         <v>0.13721</v>
       </c>
       <c r="M24" s="15">
         <v>0.13721</v>
       </c>
       <c r="N24" s="15">
-        <v>260</v>
+        <v>188</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E25" s="15">
         <v>10080016908</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.25988</v>
       </c>
       <c r="L25" s="15">
         <v>0.1473</v>
       </c>
       <c r="M25" s="15">
         <v>0.1473</v>
       </c>
       <c r="N25" s="15">
-        <v>712</v>
+        <v>729</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="15">
         <v>10080016909</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.28155</v>
       </c>
       <c r="L26" s="15">
         <v>0.15888</v>
       </c>
       <c r="M26" s="15">
         <v>0.15888</v>
       </c>
       <c r="N26" s="15">
-        <v>550</v>
+        <v>677</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E27" s="15">
         <v>10080016910</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.26037</v>
       </c>
       <c r="L27" s="15">
         <v>0.15642</v>
       </c>
       <c r="M27" s="15">
         <v>0.15642</v>
       </c>
       <c r="N27" s="15">
-        <v>586</v>
+        <v>634</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E28" s="15">
         <v>10080016911</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.27812</v>
       </c>
       <c r="L28" s="15">
         <v>0.16665</v>
       </c>
       <c r="M28" s="15">
         <v>0.16665</v>
       </c>
       <c r="N28" s="15">
-        <v>702</v>
+        <v>582</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E29" s="15">
         <v>10080016912</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.2956</v>
       </c>
       <c r="L29" s="15">
         <v>0.17674</v>
       </c>
       <c r="M29" s="15">
         <v>0.17674</v>
       </c>
       <c r="N29" s="15">
-        <v>767</v>
+        <v>691</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E30" s="15">
         <v>10080016913</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.31087</v>
       </c>
       <c r="L30" s="15">
         <v>0.18622</v>
       </c>
       <c r="M30" s="15">
         <v>0.18622</v>
       </c>
       <c r="N30" s="15">
-        <v>722</v>
+        <v>646</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E31" s="15">
         <v>10080016914</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.37689</v>
       </c>
       <c r="L31" s="15">
         <v>0.21222</v>
       </c>
       <c r="M31" s="15">
         <v>0.21222</v>
       </c>
       <c r="N31" s="15">
-        <v>720</v>
+        <v>686</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>