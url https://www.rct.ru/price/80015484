--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1280,87 +1280,87 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>575</v>
       </c>
       <c r="K9" s="15">
         <v>1.33</v>
       </c>
       <c r="L9" s="15">
         <v>0.7141999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.61897</v>
       </c>
       <c r="N9" s="15">
-        <v>277</v>
+        <v>351</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
-        <v>1.05</v>
+        <v>0.67508</v>
       </c>
       <c r="L10" s="15">
-        <v>0.75537</v>
+        <v>0.58507</v>
       </c>
       <c r="M10" s="15">
-        <v>0.6579</v>
+        <v>0.5625599999999999</v>
       </c>
       <c r="N10" s="15">
         <v>20</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
@@ -1390,137 +1390,137 @@
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J12" s="15">
         <v>300</v>
       </c>
       <c r="K12" s="15">
-        <v>1.63</v>
+        <v>1.18</v>
       </c>
       <c r="L12" s="15">
-        <v>1.16</v>
+        <v>1.02</v>
       </c>
       <c r="M12" s="15">
-        <v>1.05</v>
+        <v>0.9828</v>
       </c>
       <c r="N12" s="15">
-        <v>225</v>
+        <v>192</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>1200</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>300</v>
       </c>
       <c r="K13" s="15">
-        <v>1.67</v>
+        <v>1.2</v>
       </c>
       <c r="L13" s="15">
-        <v>1.2</v>
+        <v>1.04</v>
       </c>
       <c r="M13" s="15">
-        <v>1.08</v>
+        <v>0.99598</v>
       </c>
       <c r="N13" s="15">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
-        <v>1.88</v>
+        <v>1.21</v>
       </c>
       <c r="L14" s="15">
-        <v>1.36</v>
+        <v>1.05</v>
       </c>
       <c r="M14" s="15">
-        <v>1.18</v>
+        <v>1.01</v>
       </c>
       <c r="N14" s="15">
         <v>10</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15">
         <v>10080035414</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
@@ -1548,57 +1548,57 @@
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>960</v>
       </c>
       <c r="K16" s="15">
-        <v>2.13</v>
+        <v>1.35</v>
       </c>
       <c r="L16" s="15">
-        <v>1.54</v>
+        <v>1.17</v>
       </c>
       <c r="M16" s="15">
-        <v>1.34</v>
+        <v>1.13</v>
       </c>
       <c r="N16" s="15">
         <v>10</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080044337</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
@@ -1626,605 +1626,605 @@
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>975</v>
       </c>
       <c r="K18" s="15">
-        <v>1.25</v>
+        <v>0.8054</v>
       </c>
       <c r="L18" s="15">
-        <v>0.90259</v>
+        <v>0.69801</v>
       </c>
       <c r="M18" s="15">
-        <v>0.7861399999999999</v>
+        <v>0.67116</v>
       </c>
       <c r="N18" s="15">
         <v>50</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>1100</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>175</v>
       </c>
       <c r="K19" s="15">
-        <v>1.2</v>
+        <v>0.76752</v>
       </c>
       <c r="L19" s="15">
-        <v>0.86695</v>
+        <v>0.66518</v>
       </c>
       <c r="M19" s="15">
-        <v>0.75508</v>
+        <v>0.6395999999999999</v>
       </c>
       <c r="N19" s="15">
         <v>2</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15">
         <v>660</v>
       </c>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>110</v>
       </c>
       <c r="K20" s="15">
-        <v>3.34</v>
+        <v>2.1</v>
       </c>
       <c r="L20" s="15">
-        <v>2.41</v>
+        <v>1.82</v>
       </c>
       <c r="M20" s="15">
-        <v>2.09</v>
+        <v>1.75</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>440</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>90</v>
       </c>
       <c r="K21" s="15">
-        <v>4.41</v>
+        <v>2.8</v>
       </c>
       <c r="L21" s="15">
-        <v>3.18</v>
+        <v>2.42</v>
       </c>
       <c r="M21" s="15">
-        <v>2.77</v>
+        <v>2.33</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15">
         <v>360</v>
       </c>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>65</v>
       </c>
       <c r="K22" s="15">
-        <v>5.27</v>
+        <v>3.32</v>
       </c>
       <c r="L22" s="15">
-        <v>3.8</v>
+        <v>2.88</v>
       </c>
       <c r="M22" s="15">
-        <v>3.31</v>
+        <v>2.77</v>
       </c>
       <c r="N22" s="15">
-        <v>108</v>
+        <v>134</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>260</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>350</v>
       </c>
       <c r="K23" s="15">
-        <v>1.02</v>
+        <v>0.63222</v>
       </c>
       <c r="L23" s="15">
-        <v>0.71053</v>
+        <v>0.54792</v>
       </c>
       <c r="M23" s="15">
-        <v>0.63949</v>
+        <v>0.52685</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>1400</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J24" s="15">
         <v>120</v>
       </c>
       <c r="K24" s="15">
-        <v>4.14</v>
+        <v>2.67</v>
       </c>
       <c r="L24" s="15">
-        <v>2.98</v>
+        <v>2.31</v>
       </c>
       <c r="M24" s="15">
-        <v>2.6</v>
+        <v>2.22</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>480</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="15">
         <v>10080043713</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>600</v>
       </c>
       <c r="K25" s="15">
         <v>0.60637</v>
       </c>
       <c r="L25" s="15">
         <v>0.32684</v>
       </c>
       <c r="M25" s="15">
         <v>0.28383</v>
       </c>
       <c r="N25" s="15">
-        <v>492</v>
+        <v>392</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="15">
         <v>10080043714</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>400</v>
       </c>
       <c r="K26" s="15">
         <v>0.90957</v>
       </c>
       <c r="L26" s="15">
         <v>0.49027</v>
       </c>
       <c r="M26" s="15">
         <v>0.42576</v>
       </c>
       <c r="N26" s="15">
-        <v>384</v>
+        <v>401</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="15">
         <v>10080043715</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>535</v>
       </c>
       <c r="K27" s="15">
         <v>1.21</v>
       </c>
       <c r="L27" s="15">
         <v>0.65371</v>
       </c>
       <c r="M27" s="15">
         <v>0.56769</v>
       </c>
       <c r="N27" s="15">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E28" s="15">
         <v>10080043716</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>400</v>
       </c>
       <c r="K28" s="15">
         <v>1.52</v>
       </c>
       <c r="L28" s="15">
         <v>0.81713</v>
       </c>
       <c r="M28" s="15">
         <v>0.7095900000000001</v>
       </c>
       <c r="N28" s="15">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
-        <v>0.73911</v>
+        <v>0.47597</v>
       </c>
       <c r="L29" s="15">
-        <v>0.53285</v>
+        <v>0.4125</v>
       </c>
       <c r="M29" s="15">
-        <v>0.4641</v>
+        <v>0.39664</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15"/>
       <c r="K30" s="15">
-        <v>0.98261</v>
+        <v>0.63456</v>
       </c>
       <c r="L30" s="15">
-        <v>0.7084</v>
+        <v>0.54995</v>
       </c>
       <c r="M30" s="15">
-        <v>0.61699</v>
+        <v>0.5288</v>
       </c>
       <c r="N30" s="15">
         <v>20</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>110</v>
       </c>
       <c r="K31" s="15">
-        <v>3.94</v>
+        <v>2.48</v>
       </c>
       <c r="L31" s="15">
-        <v>2.84</v>
+        <v>2.15</v>
       </c>
       <c r="M31" s="15">
-        <v>2.47</v>
+        <v>2.06</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15">
         <v>440</v>
       </c>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>85</v>
       </c>
       <c r="K32" s="15">
-        <v>5.16</v>
+        <v>3.25</v>
       </c>
       <c r="L32" s="15">
-        <v>3.72</v>
+        <v>2.82</v>
       </c>
       <c r="M32" s="15">
-        <v>3.24</v>
+        <v>2.71</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15">
         <v>340</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
@@ -2250,138 +2250,138 @@
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>65</v>
       </c>
       <c r="K34" s="15">
-        <v>6.2</v>
+        <v>3.9</v>
       </c>
       <c r="L34" s="15">
-        <v>4.47</v>
+        <v>3.38</v>
       </c>
       <c r="M34" s="15">
-        <v>3.89</v>
+        <v>3.25</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15">
         <v>260</v>
       </c>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1600</v>
       </c>
       <c r="K35" s="15">
-        <v>0.1103</v>
+        <v>0.07106999999999999</v>
       </c>
       <c r="L35" s="15">
-        <v>0.07951</v>
+        <v>0.06159</v>
       </c>
       <c r="M35" s="15">
-        <v>0.06925000000000001</v>
+        <v>0.05923</v>
       </c>
       <c r="N35" s="15">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15">
         <v>10080043058</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.31504</v>
       </c>
       <c r="L36" s="15">
         <v>0.16981</v>
       </c>
       <c r="M36" s="15">
         <v>0.14746</v>
       </c>
       <c r="N36" s="15">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2528,206 +2528,206 @@
       <c r="D41" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E41" s="15">
         <v>10080057236</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>1360</v>
       </c>
       <c r="K41" s="15">
         <v>0.47252</v>
       </c>
       <c r="L41" s="15">
         <v>0.25469</v>
       </c>
       <c r="M41" s="15">
         <v>0.22118</v>
       </c>
       <c r="N41" s="15">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E42" s="15">
         <v>10080057237</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1040</v>
       </c>
       <c r="K42" s="15">
         <v>0.62993</v>
       </c>
       <c r="L42" s="15">
         <v>0.33953</v>
       </c>
       <c r="M42" s="15">
         <v>0.29486</v>
       </c>
       <c r="N42" s="15">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1600</v>
       </c>
       <c r="K43" s="15">
-        <v>0.12476</v>
+        <v>0.06969</v>
       </c>
       <c r="L43" s="15">
-        <v>0.08994000000000001</v>
+        <v>0.0604</v>
       </c>
       <c r="M43" s="15">
-        <v>0.07835</v>
+        <v>0.05808</v>
       </c>
       <c r="N43" s="15">
         <v>2</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
-        <v>0.1871</v>
+        <v>0.11559</v>
       </c>
       <c r="L44" s="15">
-        <v>0.13488</v>
+        <v>0.10018</v>
       </c>
       <c r="M44" s="15">
-        <v>0.11748</v>
+        <v>0.09633</v>
       </c>
       <c r="N44" s="15">
-        <v>690</v>
+        <v>620</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>4800</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1</v>
       </c>
       <c r="K45" s="15">
-        <v>0.24389</v>
+        <v>0.15713</v>
       </c>
       <c r="L45" s="15">
-        <v>0.17583</v>
+        <v>0.13618</v>
       </c>
       <c r="M45" s="15">
-        <v>0.15314</v>
+        <v>0.13094</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E46" s="15">
         <v>10080044393</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
@@ -2762,87 +2762,87 @@
       <c r="D47" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E47" s="15">
         <v>10080027756</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1030</v>
       </c>
       <c r="K47" s="15">
         <v>0.47252</v>
       </c>
       <c r="L47" s="15">
         <v>0.25469</v>
       </c>
       <c r="M47" s="15">
         <v>0.22118</v>
       </c>
       <c r="N47" s="15">
-        <v>176</v>
+        <v>138</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>770</v>
       </c>
       <c r="K48" s="15">
-        <v>0.48816</v>
+        <v>0.31485</v>
       </c>
       <c r="L48" s="15">
-        <v>0.35193</v>
+        <v>0.27287</v>
       </c>
       <c r="M48" s="15">
-        <v>0.30652</v>
+        <v>0.26238</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>3080</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14"/>
       <c r="C49" s="15"/>
       <c r="D49" s="15"/>
       <c r="E49" s="15"/>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15"/>
       <c r="L49" s="15"/>
       <c r="M49" s="15"/>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>