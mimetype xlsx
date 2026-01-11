--- v1 (2025-12-16)
+++ v2 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1280,51 +1280,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>575</v>
       </c>
       <c r="K9" s="15">
         <v>1.33</v>
       </c>
       <c r="L9" s="15">
         <v>0.7141999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.61897</v>
       </c>
       <c r="N9" s="15">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
@@ -1399,92 +1399,92 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J12" s="15">
         <v>300</v>
       </c>
       <c r="K12" s="15">
         <v>1.18</v>
       </c>
       <c r="L12" s="15">
         <v>1.02</v>
       </c>
       <c r="M12" s="15">
         <v>0.9828</v>
       </c>
       <c r="N12" s="15">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>1200</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>300</v>
       </c>
       <c r="K13" s="15">
         <v>1.2</v>
       </c>
       <c r="L13" s="15">
         <v>1.04</v>
       </c>
       <c r="M13" s="15">
         <v>0.99598</v>
       </c>
       <c r="N13" s="15">
-        <v>154</v>
+        <v>214</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1795,51 +1795,51 @@
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>65</v>
       </c>
       <c r="K22" s="15">
         <v>3.32</v>
       </c>
       <c r="L22" s="15">
         <v>2.88</v>
       </c>
       <c r="M22" s="15">
         <v>2.77</v>
       </c>
       <c r="N22" s="15">
-        <v>134</v>
+        <v>114</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>260</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
@@ -1916,168 +1916,168 @@
       <c r="D25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="15">
         <v>10080043713</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>600</v>
       </c>
       <c r="K25" s="15">
         <v>0.60637</v>
       </c>
       <c r="L25" s="15">
         <v>0.32684</v>
       </c>
       <c r="M25" s="15">
         <v>0.28383</v>
       </c>
       <c r="N25" s="15">
-        <v>392</v>
+        <v>486</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="15">
         <v>10080043714</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>400</v>
       </c>
       <c r="K26" s="15">
         <v>0.90957</v>
       </c>
       <c r="L26" s="15">
         <v>0.49027</v>
       </c>
       <c r="M26" s="15">
         <v>0.42576</v>
       </c>
       <c r="N26" s="15">
-        <v>401</v>
+        <v>329</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="15">
         <v>10080043715</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>535</v>
       </c>
       <c r="K27" s="15">
         <v>1.21</v>
       </c>
       <c r="L27" s="15">
         <v>0.65371</v>
       </c>
       <c r="M27" s="15">
         <v>0.56769</v>
       </c>
       <c r="N27" s="15">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E28" s="15">
         <v>10080043716</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>400</v>
       </c>
       <c r="K28" s="15">
         <v>1.52</v>
       </c>
       <c r="L28" s="15">
         <v>0.81713</v>
       </c>
       <c r="M28" s="15">
         <v>0.7095900000000001</v>
       </c>
       <c r="N28" s="15">
-        <v>173</v>
+        <v>134</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2298,90 +2298,90 @@
       <c r="D35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1600</v>
       </c>
       <c r="K35" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L35" s="15">
         <v>0.06159</v>
       </c>
       <c r="M35" s="15">
         <v>0.05923</v>
       </c>
       <c r="N35" s="15">
-        <v>101</v>
+        <v>126</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15">
         <v>10080043058</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.31504</v>
       </c>
       <c r="L36" s="15">
         <v>0.16981</v>
       </c>
       <c r="M36" s="15">
         <v>0.14746</v>
       </c>
       <c r="N36" s="15">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2528,90 +2528,90 @@
       <c r="D41" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E41" s="15">
         <v>10080057236</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>1360</v>
       </c>
       <c r="K41" s="15">
         <v>0.47252</v>
       </c>
       <c r="L41" s="15">
         <v>0.25469</v>
       </c>
       <c r="M41" s="15">
         <v>0.22118</v>
       </c>
       <c r="N41" s="15">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E42" s="15">
         <v>10080057237</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1040</v>
       </c>
       <c r="K42" s="15">
         <v>0.62993</v>
       </c>
       <c r="L42" s="15">
         <v>0.33953</v>
       </c>
       <c r="M42" s="15">
         <v>0.29486</v>
       </c>
       <c r="N42" s="15">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
@@ -2645,51 +2645,51 @@
       <c r="D44" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
         <v>0.11559</v>
       </c>
       <c r="L44" s="15">
         <v>0.10018</v>
       </c>
       <c r="M44" s="15">
         <v>0.09633</v>
       </c>
       <c r="N44" s="15">
-        <v>620</v>
+        <v>770</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>4800</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -2762,51 +2762,51 @@
       <c r="D47" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E47" s="15">
         <v>10080027756</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1030</v>
       </c>
       <c r="K47" s="15">
         <v>0.47252</v>
       </c>
       <c r="L47" s="15">
         <v>0.25469</v>
       </c>
       <c r="M47" s="15">
         <v>0.22118</v>
       </c>
       <c r="N47" s="15">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>