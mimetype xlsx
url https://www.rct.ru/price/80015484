--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1280,51 +1280,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>575</v>
       </c>
       <c r="K9" s="15">
         <v>1.33</v>
       </c>
       <c r="L9" s="15">
         <v>0.7141999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.61897</v>
       </c>
       <c r="N9" s="15">
-        <v>369</v>
+        <v>351</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
@@ -1399,92 +1399,92 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J12" s="15">
         <v>300</v>
       </c>
       <c r="K12" s="15">
         <v>1.18</v>
       </c>
       <c r="L12" s="15">
         <v>1.02</v>
       </c>
       <c r="M12" s="15">
         <v>0.9828</v>
       </c>
       <c r="N12" s="15">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>1200</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>300</v>
       </c>
       <c r="K13" s="15">
         <v>1.2</v>
       </c>
       <c r="L13" s="15">
         <v>1.04</v>
       </c>
       <c r="M13" s="15">
         <v>0.99598</v>
       </c>
       <c r="N13" s="15">
-        <v>214</v>
+        <v>180</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1795,51 +1795,51 @@
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>65</v>
       </c>
       <c r="K22" s="15">
         <v>3.32</v>
       </c>
       <c r="L22" s="15">
         <v>2.88</v>
       </c>
       <c r="M22" s="15">
         <v>2.77</v>
       </c>
       <c r="N22" s="15">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>260</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
@@ -1916,168 +1916,168 @@
       <c r="D25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="15">
         <v>10080043713</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>600</v>
       </c>
       <c r="K25" s="15">
         <v>0.60637</v>
       </c>
       <c r="L25" s="15">
         <v>0.32684</v>
       </c>
       <c r="M25" s="15">
         <v>0.28383</v>
       </c>
       <c r="N25" s="15">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="15">
         <v>10080043714</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>400</v>
       </c>
       <c r="K26" s="15">
         <v>0.90957</v>
       </c>
       <c r="L26" s="15">
         <v>0.49027</v>
       </c>
       <c r="M26" s="15">
         <v>0.42576</v>
       </c>
       <c r="N26" s="15">
-        <v>329</v>
+        <v>422</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="15">
         <v>10080043715</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>535</v>
       </c>
       <c r="K27" s="15">
         <v>1.21</v>
       </c>
       <c r="L27" s="15">
         <v>0.65371</v>
       </c>
       <c r="M27" s="15">
         <v>0.56769</v>
       </c>
       <c r="N27" s="15">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E28" s="15">
         <v>10080043716</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>400</v>
       </c>
       <c r="K28" s="15">
         <v>1.52</v>
       </c>
       <c r="L28" s="15">
         <v>0.81713</v>
       </c>
       <c r="M28" s="15">
         <v>0.7095900000000001</v>
       </c>
       <c r="N28" s="15">
-        <v>134</v>
+        <v>117</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2298,90 +2298,90 @@
       <c r="D35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1600</v>
       </c>
       <c r="K35" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L35" s="15">
         <v>0.06159</v>
       </c>
       <c r="M35" s="15">
         <v>0.05923</v>
       </c>
       <c r="N35" s="15">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15">
         <v>10080043058</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.31504</v>
       </c>
       <c r="L36" s="15">
         <v>0.16981</v>
       </c>
       <c r="M36" s="15">
         <v>0.14746</v>
       </c>
       <c r="N36" s="15">
-        <v>101</v>
+        <v>135</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2528,90 +2528,90 @@
       <c r="D41" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E41" s="15">
         <v>10080057236</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>1360</v>
       </c>
       <c r="K41" s="15">
         <v>0.47252</v>
       </c>
       <c r="L41" s="15">
         <v>0.25469</v>
       </c>
       <c r="M41" s="15">
         <v>0.22118</v>
       </c>
       <c r="N41" s="15">
-        <v>145</v>
+        <v>114</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E42" s="15">
         <v>10080057237</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1040</v>
       </c>
       <c r="K42" s="15">
         <v>0.62993</v>
       </c>
       <c r="L42" s="15">
         <v>0.33953</v>
       </c>
       <c r="M42" s="15">
         <v>0.29486</v>
       </c>
       <c r="N42" s="15">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
@@ -2645,51 +2645,51 @@
       <c r="D44" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
         <v>0.11559</v>
       </c>
       <c r="L44" s="15">
         <v>0.10018</v>
       </c>
       <c r="M44" s="15">
         <v>0.09633</v>
       </c>
       <c r="N44" s="15">
-        <v>770</v>
+        <v>710</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>4800</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -2762,51 +2762,51 @@
       <c r="D47" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E47" s="15">
         <v>10080027756</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1030</v>
       </c>
       <c r="K47" s="15">
         <v>0.47252</v>
       </c>
       <c r="L47" s="15">
         <v>0.25469</v>
       </c>
       <c r="M47" s="15">
         <v>0.22118</v>
       </c>
       <c r="N47" s="15">
-        <v>144</v>
+        <v>172</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>