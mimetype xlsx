--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1280,51 +1280,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>575</v>
       </c>
       <c r="K9" s="15">
         <v>1.33</v>
       </c>
       <c r="L9" s="15">
         <v>0.7141999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.61897</v>
       </c>
       <c r="N9" s="15">
-        <v>351</v>
+        <v>397</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
@@ -1399,92 +1399,92 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J12" s="15">
         <v>300</v>
       </c>
       <c r="K12" s="15">
         <v>1.18</v>
       </c>
       <c r="L12" s="15">
         <v>1.02</v>
       </c>
       <c r="M12" s="15">
         <v>0.9828</v>
       </c>
       <c r="N12" s="15">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>1200</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>300</v>
       </c>
       <c r="K13" s="15">
         <v>1.2</v>
       </c>
       <c r="L13" s="15">
         <v>1.04</v>
       </c>
       <c r="M13" s="15">
         <v>0.99598</v>
       </c>
       <c r="N13" s="15">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1634,53 +1634,51 @@
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>975</v>
       </c>
       <c r="K18" s="15">
         <v>0.8054</v>
       </c>
       <c r="L18" s="15">
         <v>0.69801</v>
       </c>
       <c r="M18" s="15">
         <v>0.67116</v>
       </c>
-      <c r="N18" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>1100</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
@@ -1795,51 +1793,51 @@
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>65</v>
       </c>
       <c r="K22" s="15">
         <v>3.32</v>
       </c>
       <c r="L22" s="15">
         <v>2.88</v>
       </c>
       <c r="M22" s="15">
         <v>2.77</v>
       </c>
       <c r="N22" s="15">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>260</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
@@ -1916,168 +1914,168 @@
       <c r="D25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="15">
         <v>10080043713</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>600</v>
       </c>
       <c r="K25" s="15">
         <v>0.60637</v>
       </c>
       <c r="L25" s="15">
         <v>0.32684</v>
       </c>
       <c r="M25" s="15">
         <v>0.28383</v>
       </c>
       <c r="N25" s="15">
-        <v>498</v>
+        <v>392</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="15">
         <v>10080043714</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>400</v>
       </c>
       <c r="K26" s="15">
         <v>0.90957</v>
       </c>
       <c r="L26" s="15">
         <v>0.49027</v>
       </c>
       <c r="M26" s="15">
         <v>0.42576</v>
       </c>
       <c r="N26" s="15">
-        <v>422</v>
+        <v>368</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="15">
         <v>10080043715</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>535</v>
       </c>
       <c r="K27" s="15">
         <v>1.21</v>
       </c>
       <c r="L27" s="15">
         <v>0.65371</v>
       </c>
       <c r="M27" s="15">
         <v>0.56769</v>
       </c>
       <c r="N27" s="15">
-        <v>272</v>
+        <v>303</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E28" s="15">
         <v>10080043716</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>400</v>
       </c>
       <c r="K28" s="15">
         <v>1.52</v>
       </c>
       <c r="L28" s="15">
         <v>0.81713</v>
       </c>
       <c r="M28" s="15">
         <v>0.7095900000000001</v>
       </c>
       <c r="N28" s="15">
-        <v>117</v>
+        <v>171</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2298,90 +2296,90 @@
       <c r="D35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1600</v>
       </c>
       <c r="K35" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L35" s="15">
         <v>0.06159</v>
       </c>
       <c r="M35" s="15">
         <v>0.05923</v>
       </c>
       <c r="N35" s="15">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15">
         <v>10080043058</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.31504</v>
       </c>
       <c r="L36" s="15">
         <v>0.16981</v>
       </c>
       <c r="M36" s="15">
         <v>0.14746</v>
       </c>
       <c r="N36" s="15">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2567,51 +2565,51 @@
       <c r="D42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E42" s="15">
         <v>10080057237</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1040</v>
       </c>
       <c r="K42" s="15">
         <v>0.62993</v>
       </c>
       <c r="L42" s="15">
         <v>0.33953</v>
       </c>
       <c r="M42" s="15">
         <v>0.29486</v>
       </c>
       <c r="N42" s="15">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
@@ -2645,51 +2643,51 @@
       <c r="D44" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
         <v>0.11559</v>
       </c>
       <c r="L44" s="15">
         <v>0.10018</v>
       </c>
       <c r="M44" s="15">
         <v>0.09633</v>
       </c>
       <c r="N44" s="15">
-        <v>710</v>
+        <v>740</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>4800</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -2762,51 +2760,51 @@
       <c r="D47" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E47" s="15">
         <v>10080027756</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1030</v>
       </c>
       <c r="K47" s="15">
         <v>0.47252</v>
       </c>
       <c r="L47" s="15">
         <v>0.25469</v>
       </c>
       <c r="M47" s="15">
         <v>0.22118</v>
       </c>
       <c r="N47" s="15">
-        <v>172</v>
+        <v>134</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>