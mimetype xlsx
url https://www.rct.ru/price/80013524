--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2042,92 +2042,92 @@
       <c r="D31" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E31" s="15">
         <v>10080045924</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>1.48</v>
       </c>
       <c r="L31" s="15">
         <v>0.88679</v>
       </c>
       <c r="M31" s="15">
         <v>0.81289</v>
       </c>
       <c r="N31" s="15">
-        <v>608</v>
+        <v>677</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.4779</v>
       </c>
       <c r="L32" s="15">
         <v>0.40082</v>
       </c>
       <c r="M32" s="15">
         <v>0.3854</v>
       </c>
       <c r="N32" s="15">
-        <v>810</v>
+        <v>640</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E33" s="15">
         <v>10080063759</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>108</v>
       </c>
       <c r="I33" s="15"/>
@@ -2334,51 +2334,51 @@
       <c r="D39" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E39" s="15">
         <v>10000007564</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1</v>
       </c>
       <c r="K39" s="15">
         <v>1.17</v>
       </c>
       <c r="L39" s="15">
         <v>0.57888</v>
       </c>
       <c r="M39" s="15">
         <v>0.52961</v>
       </c>
       <c r="N39" s="15">
-        <v>257</v>
+        <v>286</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14"/>
       <c r="C40" s="15"/>
       <c r="D40" s="15"/>
       <c r="E40" s="15"/>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15"/>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15"/>
       <c r="L40" s="15"/>
       <c r="M40" s="15"/>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
     </row>
   </sheetData>