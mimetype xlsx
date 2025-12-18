--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2042,92 +2042,92 @@
       <c r="D31" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E31" s="15">
         <v>10080045924</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>1.48</v>
       </c>
       <c r="L31" s="15">
         <v>0.88679</v>
       </c>
       <c r="M31" s="15">
         <v>0.81289</v>
       </c>
       <c r="N31" s="15">
-        <v>677</v>
+        <v>608</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.4779</v>
       </c>
       <c r="L32" s="15">
         <v>0.40082</v>
       </c>
       <c r="M32" s="15">
         <v>0.3854</v>
       </c>
       <c r="N32" s="15">
-        <v>640</v>
+        <v>830</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E33" s="15">
         <v>10080063759</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>108</v>
       </c>
       <c r="I33" s="15"/>