--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2042,92 +2042,92 @@
       <c r="D31" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E31" s="15">
         <v>10080045924</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>1.48</v>
       </c>
       <c r="L31" s="15">
         <v>0.88679</v>
       </c>
       <c r="M31" s="15">
         <v>0.81289</v>
       </c>
       <c r="N31" s="15">
-        <v>608</v>
+        <v>646</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.4779</v>
       </c>
       <c r="L32" s="15">
         <v>0.40082</v>
       </c>
       <c r="M32" s="15">
         <v>0.3854</v>
       </c>
       <c r="N32" s="15">
-        <v>830</v>
+        <v>730</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E33" s="15">
         <v>10080063759</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>108</v>
       </c>
       <c r="I33" s="15"/>
@@ -2334,51 +2334,51 @@
       <c r="D39" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E39" s="15">
         <v>10000007564</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1</v>
       </c>
       <c r="K39" s="15">
         <v>1.17</v>
       </c>
       <c r="L39" s="15">
         <v>0.57888</v>
       </c>
       <c r="M39" s="15">
         <v>0.52961</v>
       </c>
       <c r="N39" s="15">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14"/>
       <c r="C40" s="15"/>
       <c r="D40" s="15"/>
       <c r="E40" s="15"/>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15"/>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15"/>
       <c r="L40" s="15"/>
       <c r="M40" s="15"/>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
     </row>
   </sheetData>