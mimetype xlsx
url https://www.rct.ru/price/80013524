--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2042,92 +2042,92 @@
       <c r="D31" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E31" s="15">
         <v>10080045924</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>1.48</v>
       </c>
       <c r="L31" s="15">
         <v>0.88679</v>
       </c>
       <c r="M31" s="15">
         <v>0.81289</v>
       </c>
       <c r="N31" s="15">
-        <v>646</v>
+        <v>456</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.4779</v>
       </c>
       <c r="L32" s="15">
         <v>0.40082</v>
       </c>
       <c r="M32" s="15">
         <v>0.3854</v>
       </c>
       <c r="N32" s="15">
-        <v>730</v>
+        <v>880</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E33" s="15">
         <v>10080063759</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>108</v>
       </c>
       <c r="I33" s="15"/>