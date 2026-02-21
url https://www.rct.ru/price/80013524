--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2042,92 +2042,92 @@
       <c r="D31" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E31" s="15">
         <v>10080045924</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>1.48</v>
       </c>
       <c r="L31" s="15">
         <v>0.88679</v>
       </c>
       <c r="M31" s="15">
         <v>0.81289</v>
       </c>
       <c r="N31" s="15">
-        <v>456</v>
+        <v>578</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.4779</v>
       </c>
       <c r="L32" s="15">
         <v>0.40082</v>
       </c>
       <c r="M32" s="15">
         <v>0.3854</v>
       </c>
       <c r="N32" s="15">
-        <v>880</v>
+        <v>740</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E33" s="15">
         <v>10080063759</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>108</v>
       </c>
       <c r="I33" s="15"/>
@@ -2334,51 +2334,51 @@
       <c r="D39" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E39" s="15">
         <v>10000007564</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1</v>
       </c>
       <c r="K39" s="15">
         <v>1.17</v>
       </c>
       <c r="L39" s="15">
         <v>0.57888</v>
       </c>
       <c r="M39" s="15">
         <v>0.52961</v>
       </c>
       <c r="N39" s="15">
-        <v>275</v>
+        <v>308</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14"/>
       <c r="C40" s="15"/>
       <c r="D40" s="15"/>
       <c r="E40" s="15"/>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15"/>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15"/>
       <c r="L40" s="15"/>
       <c r="M40" s="15"/>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
     </row>
   </sheetData>