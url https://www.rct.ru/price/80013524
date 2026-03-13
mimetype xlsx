--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2042,92 +2042,92 @@
       <c r="D31" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E31" s="15">
         <v>10080045924</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>1.48</v>
       </c>
       <c r="L31" s="15">
         <v>0.88679</v>
       </c>
       <c r="M31" s="15">
         <v>0.81289</v>
       </c>
       <c r="N31" s="15">
-        <v>578</v>
+        <v>563</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.4779</v>
       </c>
       <c r="L32" s="15">
         <v>0.40082</v>
       </c>
       <c r="M32" s="15">
         <v>0.3854</v>
       </c>
       <c r="N32" s="15">
-        <v>740</v>
+        <v>760</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E33" s="15">
         <v>10080063759</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>108</v>
       </c>
       <c r="I33" s="15"/>
@@ -2334,51 +2334,51 @@
       <c r="D39" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E39" s="15">
         <v>10000007564</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1</v>
       </c>
       <c r="K39" s="15">
         <v>1.17</v>
       </c>
       <c r="L39" s="15">
         <v>0.57888</v>
       </c>
       <c r="M39" s="15">
         <v>0.52961</v>
       </c>
       <c r="N39" s="15">
-        <v>308</v>
+        <v>249</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14"/>
       <c r="C40" s="15"/>
       <c r="D40" s="15"/>
       <c r="E40" s="15"/>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15"/>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15"/>
       <c r="L40" s="15"/>
       <c r="M40" s="15"/>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
     </row>
   </sheetData>