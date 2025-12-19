--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2104,133 +2104,133 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.11889</v>
       </c>
       <c r="L25" s="15">
         <v>0.08602</v>
       </c>
       <c r="M25" s="15">
         <v>0.07506</v>
       </c>
       <c r="N25" s="15">
-        <v>720</v>
+        <v>640</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="15">
         <v>10000019005</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.14904</v>
       </c>
       <c r="L26" s="15">
         <v>0.11052</v>
       </c>
       <c r="M26" s="15">
         <v>0.09279</v>
       </c>
       <c r="N26" s="15">
-        <v>330</v>
+        <v>303</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.1113</v>
       </c>
       <c r="L27" s="15">
         <v>0.08053</v>
       </c>
       <c r="M27" s="15">
         <v>0.07027</v>
       </c>
       <c r="N27" s="15">
-        <v>7303</v>
+        <v>9792</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D28" s="15"/>
       <c r="E28" s="15">
         <v>10080054923</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="15"/>
@@ -2303,94 +2303,92 @@
       </c>
       <c r="E30" s="15">
         <v>10000021807</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.09143999999999999</v>
       </c>
       <c r="L30" s="15">
         <v>0.08069</v>
       </c>
       <c r="M30" s="15">
         <v>0.07262</v>
       </c>
       <c r="N30" s="15">
-        <v>404</v>
-[...3 lines deleted...]
-      </c>
+        <v>1896</v>
+      </c>
+      <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.12359</v>
       </c>
       <c r="L31" s="15">
         <v>0.08862</v>
       </c>
       <c r="M31" s="15">
         <v>0.07696</v>
       </c>
       <c r="N31" s="15">
-        <v>3153</v>
+        <v>3783</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E32" s="15">
         <v>10080057871</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>76</v>
@@ -2426,51 +2424,51 @@
       </c>
       <c r="E33" s="15">
         <v>10080033847</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.11358</v>
       </c>
       <c r="L33" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M33" s="15">
         <v>0.07171</v>
       </c>
       <c r="N33" s="15">
-        <v>8732</v>
+        <v>10395</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>79</v>
@@ -2547,51 +2545,51 @@
       </c>
       <c r="E36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.13179</v>
       </c>
       <c r="L36" s="15">
         <v>0.11208</v>
       </c>
       <c r="M36" s="15">
         <v>0.10962</v>
       </c>
       <c r="N36" s="15">
-        <v>2831</v>
+        <v>2222</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080057872</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>76</v>
@@ -2627,92 +2625,92 @@
       </c>
       <c r="E38" s="15">
         <v>10080063948</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.12038</v>
       </c>
       <c r="L38" s="15">
         <v>0.0871</v>
       </c>
       <c r="M38" s="15">
         <v>0.076</v>
       </c>
       <c r="N38" s="15">
-        <v>251</v>
+        <v>279</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.09</v>
       </c>
       <c r="L39" s="15">
         <v>0.078</v>
       </c>
       <c r="M39" s="15">
         <v>0.075</v>
       </c>
       <c r="N39" s="15">
-        <v>4300</v>
+        <v>815</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E40" s="15">
         <v>10080004780</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>81</v>
@@ -2787,92 +2785,92 @@
       </c>
       <c r="E42" s="15">
         <v>10080039164</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.23765</v>
       </c>
       <c r="L42" s="15">
         <v>0.11882</v>
       </c>
       <c r="M42" s="15">
         <v>0.11033</v>
       </c>
       <c r="N42" s="15">
-        <v>472</v>
+        <v>335</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E43" s="15">
         <v>10080018429</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.10222</v>
       </c>
       <c r="L43" s="15">
         <v>0.09607</v>
       </c>
       <c r="M43" s="15">
         <v>0.09238</v>
       </c>
       <c r="N43" s="15">
-        <v>647</v>
+        <v>588</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E44" s="15">
         <v>10080059316</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>76</v>
@@ -2908,51 +2906,51 @@
       </c>
       <c r="E45" s="15">
         <v>10080063949</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.12388</v>
       </c>
       <c r="L45" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="M45" s="15">
         <v>0.07821</v>
       </c>
       <c r="N45" s="15">
-        <v>2168</v>
+        <v>1847</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E46" s="15">
         <v>10000007624</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>81</v>
@@ -2988,92 +2986,92 @@
       </c>
       <c r="E47" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
         <v>0.07868</v>
       </c>
       <c r="L47" s="15">
         <v>0.06819</v>
       </c>
       <c r="M47" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N47" s="15">
-        <v>1667</v>
+        <v>1902</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.11358</v>
       </c>
       <c r="L48" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M48" s="15">
         <v>0.07171</v>
       </c>
       <c r="N48" s="15">
-        <v>3320</v>
+        <v>2440</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E49" s="15">
         <v>10080054924</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>76</v>
@@ -3109,55 +3107,53 @@
       </c>
       <c r="E50" s="15">
         <v>10080044768</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.09143999999999999</v>
       </c>
       <c r="L50" s="15">
         <v>0.08069</v>
       </c>
       <c r="M50" s="15">
         <v>0.07262</v>
       </c>
       <c r="N50" s="15">
-        <v>7057</v>
-[...3 lines deleted...]
-      </c>
+        <v>12852</v>
+      </c>
+      <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I51" s="15"/>
@@ -3271,94 +3267,92 @@
       </c>
       <c r="E54" s="15">
         <v>10080032788</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.09143999999999999</v>
       </c>
       <c r="L54" s="15">
         <v>0.08069</v>
       </c>
       <c r="M54" s="15">
         <v>0.07262</v>
       </c>
       <c r="N54" s="15">
-        <v>24102</v>
-[...3 lines deleted...]
-      </c>
+        <v>34212</v>
+      </c>
+      <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2000</v>
       </c>
       <c r="K55" s="15">
         <v>0.07868</v>
       </c>
       <c r="L55" s="15">
         <v>0.06819</v>
       </c>
       <c r="M55" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>235</v>
+        <v>170</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E56" s="15">
         <v>10000019020</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>81</v>
@@ -3472,133 +3466,133 @@
       </c>
       <c r="E59" s="15">
         <v>10000019007</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.10716</v>
       </c>
       <c r="L59" s="15">
         <v>0.11454</v>
       </c>
       <c r="M59" s="15">
         <v>0.1</v>
       </c>
       <c r="N59" s="15">
-        <v>5335</v>
+        <v>4553</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="L60" s="15">
         <v>0.08375</v>
       </c>
       <c r="M60" s="15">
         <v>0.06898</v>
       </c>
       <c r="N60" s="15">
-        <v>2572</v>
+        <v>2939</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.1113</v>
       </c>
       <c r="L61" s="15">
         <v>0.08053</v>
       </c>
       <c r="M61" s="15">
         <v>0.07027</v>
       </c>
       <c r="N61" s="15">
-        <v>1046</v>
+        <v>1015</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E62" s="15">
         <v>10080054926</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>76</v>
@@ -3636,92 +3630,92 @@
       </c>
       <c r="E63" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>2000</v>
       </c>
       <c r="K63" s="15">
         <v>0.11889</v>
       </c>
       <c r="L63" s="15">
         <v>0.08602</v>
       </c>
       <c r="M63" s="15">
         <v>0.07506</v>
       </c>
       <c r="N63" s="15">
-        <v>750</v>
+        <v>825</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E64" s="15">
         <v>10000007625</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.14729</v>
       </c>
       <c r="L64" s="15">
         <v>0.1056</v>
       </c>
       <c r="M64" s="15">
         <v>0.09171</v>
       </c>
       <c r="N64" s="15">
-        <v>476</v>
+        <v>428</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>141</v>
@@ -3796,92 +3790,92 @@
       </c>
       <c r="E67" s="15">
         <v>10080032789</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.11718</v>
       </c>
       <c r="L67" s="15">
         <v>0.08477999999999999</v>
       </c>
       <c r="M67" s="15">
         <v>0.07398</v>
       </c>
       <c r="N67" s="15">
-        <v>5481</v>
+        <v>3863</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>2000</v>
       </c>
       <c r="K68" s="15">
         <v>0.07868</v>
       </c>
       <c r="L68" s="15">
         <v>0.06819</v>
       </c>
       <c r="M68" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N68" s="15">
-        <v>559</v>
+        <v>718</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E69" s="15">
         <v>10000008189</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>81</v>
@@ -3995,55 +3989,53 @@
       </c>
       <c r="E72" s="15">
         <v>10080032790</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.09143999999999999</v>
       </c>
       <c r="L72" s="15">
         <v>0.08069</v>
       </c>
       <c r="M72" s="15">
         <v>0.07262</v>
       </c>
       <c r="N72" s="15">
-        <v>7238</v>
-[...3 lines deleted...]
-      </c>
+        <v>19050</v>
+      </c>
+      <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I73" s="15"/>
@@ -4077,51 +4069,51 @@
       </c>
       <c r="E74" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.11786</v>
       </c>
       <c r="L74" s="15">
         <v>0.11786</v>
       </c>
       <c r="M74" s="15">
         <v>0.11786</v>
       </c>
       <c r="N74" s="15">
-        <v>872</v>
+        <v>1265</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E75" s="15">
         <v>10080049743</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>81</v>
@@ -4196,51 +4188,51 @@
       </c>
       <c r="E77" s="15">
         <v>10000008190</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.11264</v>
       </c>
       <c r="L77" s="15">
         <v>0.0815</v>
       </c>
       <c r="M77" s="15">
         <v>0.07112</v>
       </c>
       <c r="N77" s="15">
-        <v>681</v>
+        <v>525</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>158</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E78" s="15">
         <v>10080054928</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>76</v>
@@ -4276,51 +4268,51 @@
       </c>
       <c r="E79" s="15">
         <v>10080032791</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.11358</v>
       </c>
       <c r="L79" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M79" s="15">
         <v>0.07171</v>
       </c>
       <c r="N79" s="15">
-        <v>5625</v>
+        <v>6800</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D80" s="15"/>
       <c r="E80" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I80" s="15"/>
@@ -4432,54 +4424,54 @@
       </c>
       <c r="E83" s="15">
         <v>10080045989</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.09143999999999999</v>
       </c>
       <c r="L83" s="15">
         <v>0.08069</v>
       </c>
       <c r="M83" s="15">
         <v>0.07262</v>
       </c>
       <c r="N83" s="15">
-        <v>5912</v>
+        <v>7674</v>
       </c>
       <c r="O83" s="15">
-        <v>1520</v>
+        <v>8101</v>
       </c>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>79</v>
       </c>
@@ -4629,92 +4621,92 @@
       </c>
       <c r="E88" s="15">
         <v>10080004781</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.11128</v>
       </c>
       <c r="L88" s="15">
         <v>0.08051</v>
       </c>
       <c r="M88" s="15">
         <v>0.07025000000000001</v>
       </c>
       <c r="N88" s="15">
-        <v>2762</v>
+        <v>3742</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E89" s="15">
         <v>10080004782</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.11454</v>
       </c>
       <c r="L89" s="15">
         <v>0.11085</v>
       </c>
       <c r="M89" s="15">
         <v>0.10716</v>
       </c>
       <c r="N89" s="15">
-        <v>6085</v>
+        <v>8280</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E90" s="15">
         <v>10080054930</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>76</v>
@@ -4791,51 +4783,51 @@
       </c>
       <c r="E92" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>2000</v>
       </c>
       <c r="K92" s="15">
         <v>0.07868</v>
       </c>
       <c r="L92" s="15">
         <v>0.06819</v>
       </c>
       <c r="M92" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N92" s="15">
-        <v>2923</v>
+        <v>2877</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E93" s="15">
         <v>10000018951</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>81</v>
@@ -4910,92 +4902,92 @@
       </c>
       <c r="E95" s="15">
         <v>10080032793</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.11716</v>
       </c>
       <c r="L95" s="15">
         <v>0.08476</v>
       </c>
       <c r="M95" s="15">
         <v>0.07396999999999999</v>
       </c>
       <c r="N95" s="15">
-        <v>4128</v>
+        <v>3659</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2000</v>
       </c>
       <c r="K96" s="15">
         <v>0.07868</v>
       </c>
       <c r="L96" s="15">
         <v>0.06819</v>
       </c>
       <c r="M96" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N96" s="15">
-        <v>3466</v>
+        <v>4411</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E97" s="15">
         <v>10000008187</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>81</v>
@@ -5033,51 +5025,51 @@
       </c>
       <c r="E98" s="15">
         <v>10080044770</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.27384</v>
       </c>
       <c r="L98" s="15">
         <v>0.1867</v>
       </c>
       <c r="M98" s="15">
         <v>0.1556</v>
       </c>
       <c r="N98" s="15">
-        <v>1800</v>
+        <v>1780</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E99" s="15">
         <v>10080054932</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>76</v>
@@ -5152,133 +5144,133 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.11716</v>
       </c>
       <c r="L101" s="15">
         <v>0.08476</v>
       </c>
       <c r="M101" s="15">
         <v>0.07396999999999999</v>
       </c>
       <c r="N101" s="15">
-        <v>1496</v>
+        <v>1408</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.11887</v>
       </c>
       <c r="L102" s="15">
         <v>0.08599999999999999</v>
       </c>
       <c r="M102" s="15">
         <v>0.07505000000000001</v>
       </c>
       <c r="N102" s="15">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E103" s="15">
         <v>10000011566</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.15282</v>
       </c>
       <c r="L103" s="15">
         <v>0.10957</v>
       </c>
       <c r="M103" s="15">
         <v>0.09515</v>
       </c>
       <c r="N103" s="15">
-        <v>302</v>
+        <v>366</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E104" s="15">
         <v>10080054933</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>76</v>
@@ -5353,92 +5345,92 @@
       </c>
       <c r="E106" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.07868</v>
       </c>
       <c r="L106" s="15">
         <v>0.06819</v>
       </c>
       <c r="M106" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N106" s="15">
-        <v>1282</v>
+        <v>1092</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E107" s="15">
         <v>10000008188</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.11264</v>
       </c>
       <c r="L107" s="15">
         <v>0.0815</v>
       </c>
       <c r="M107" s="15">
         <v>0.07112</v>
       </c>
       <c r="N107" s="15">
-        <v>1702</v>
+        <v>1997</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D108" s="15"/>
       <c r="E108" s="15">
         <v>10080054934</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I108" s="15"/>
@@ -5509,55 +5501,53 @@
       </c>
       <c r="E110" s="15">
         <v>10080046545</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.09143999999999999</v>
       </c>
       <c r="L110" s="15">
         <v>0.08069</v>
       </c>
       <c r="M110" s="15">
         <v>0.07262</v>
       </c>
       <c r="N110" s="15">
-        <v>695</v>
-[...3 lines deleted...]
-      </c>
+        <v>2590</v>
+      </c>
+      <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D111" s="15"/>
       <c r="E111" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>2000</v>
@@ -5624,51 +5614,51 @@
       <c r="D113" s="15"/>
       <c r="E113" s="15">
         <v>10080000644</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>1000</v>
       </c>
       <c r="K113" s="15">
         <v>0.12643</v>
       </c>
       <c r="L113" s="15">
         <v>0.10366</v>
       </c>
       <c r="M113" s="15">
         <v>0.09946000000000001</v>
       </c>
       <c r="N113" s="15">
-        <v>291</v>
+        <v>317</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>77</v>
@@ -5704,92 +5694,92 @@
       </c>
       <c r="E115" s="15">
         <v>10080010241</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.08728</v>
       </c>
       <c r="L115" s="15">
         <v>0.07636999999999999</v>
       </c>
       <c r="M115" s="15">
         <v>0.07092</v>
       </c>
       <c r="N115" s="15">
-        <v>45835</v>
+        <v>36333</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.15698</v>
       </c>
       <c r="L116" s="15">
         <v>0.15698</v>
       </c>
       <c r="M116" s="15">
         <v>0.15698</v>
       </c>
       <c r="N116" s="15">
-        <v>873</v>
+        <v>776</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14"/>
       <c r="C117" s="15"/>
       <c r="D117" s="15"/>
       <c r="E117" s="15"/>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15"/>
       <c r="I117" s="15"/>
       <c r="J117" s="15"/>
       <c r="K117" s="15"/>
       <c r="L117" s="15"/>
       <c r="M117" s="15"/>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
     </row>
   </sheetData>