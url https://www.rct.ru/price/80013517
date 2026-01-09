--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2104,133 +2104,133 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.11889</v>
       </c>
       <c r="L25" s="15">
         <v>0.08602</v>
       </c>
       <c r="M25" s="15">
         <v>0.07506</v>
       </c>
       <c r="N25" s="15">
-        <v>640</v>
+        <v>710</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="15">
         <v>10000019005</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.14904</v>
       </c>
       <c r="L26" s="15">
         <v>0.11052</v>
       </c>
       <c r="M26" s="15">
         <v>0.09279</v>
       </c>
       <c r="N26" s="15">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.1113</v>
       </c>
       <c r="L27" s="15">
         <v>0.08053</v>
       </c>
       <c r="M27" s="15">
         <v>0.07027</v>
       </c>
       <c r="N27" s="15">
-        <v>9792</v>
+        <v>7943</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D28" s="15"/>
       <c r="E28" s="15">
         <v>10080054923</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="15"/>
@@ -2253,142 +2253,142 @@
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D29" s="15"/>
       <c r="E29" s="15">
         <v>10080032179</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.16258</v>
+        <v>0.08381</v>
       </c>
       <c r="L29" s="15">
-        <v>0.11658</v>
+        <v>0.08046</v>
       </c>
       <c r="M29" s="15">
-        <v>0.10122</v>
+        <v>0.07711</v>
       </c>
       <c r="N29" s="15">
         <v>70</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="15">
         <v>10000021807</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.09143999999999999</v>
+        <v>0.08745</v>
       </c>
       <c r="L30" s="15">
-        <v>0.08069</v>
+        <v>0.07579</v>
       </c>
       <c r="M30" s="15">
-        <v>0.07262</v>
+        <v>0.07288</v>
       </c>
       <c r="N30" s="15">
-        <v>1896</v>
+        <v>2042</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.12359</v>
       </c>
       <c r="L31" s="15">
         <v>0.08862</v>
       </c>
       <c r="M31" s="15">
         <v>0.07696</v>
       </c>
       <c r="N31" s="15">
-        <v>3783</v>
+        <v>3910</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E32" s="15">
         <v>10080057871</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>76</v>
@@ -2424,51 +2424,51 @@
       </c>
       <c r="E33" s="15">
         <v>10080033847</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.11358</v>
       </c>
       <c r="L33" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M33" s="15">
         <v>0.07171</v>
       </c>
       <c r="N33" s="15">
-        <v>10395</v>
+        <v>12474</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>79</v>
@@ -2497,99 +2497,99 @@
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E35" s="15">
         <v>10000008184</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.16258</v>
+        <v>0.08381</v>
       </c>
       <c r="L35" s="15">
-        <v>0.11658</v>
+        <v>0.08046</v>
       </c>
       <c r="M35" s="15">
-        <v>0.10122</v>
+        <v>0.07711</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.13179</v>
       </c>
       <c r="L36" s="15">
         <v>0.11208</v>
       </c>
       <c r="M36" s="15">
         <v>0.10962</v>
       </c>
       <c r="N36" s="15">
-        <v>2222</v>
+        <v>3225</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080057872</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>76</v>
@@ -2625,130 +2625,130 @@
       </c>
       <c r="E38" s="15">
         <v>10080063948</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.12038</v>
       </c>
       <c r="L38" s="15">
         <v>0.0871</v>
       </c>
       <c r="M38" s="15">
         <v>0.076</v>
       </c>
       <c r="N38" s="15">
-        <v>279</v>
+        <v>248</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.09</v>
       </c>
       <c r="L39" s="15">
         <v>0.078</v>
       </c>
       <c r="M39" s="15">
         <v>0.075</v>
       </c>
       <c r="N39" s="15">
-        <v>815</v>
+        <v>850</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E40" s="15">
         <v>10080004780</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.16258</v>
+        <v>0.08381</v>
       </c>
       <c r="L40" s="15">
-        <v>0.11658</v>
+        <v>0.08046</v>
       </c>
       <c r="M40" s="15">
-        <v>0.10122</v>
+        <v>0.07711</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E41" s="15">
         <v>10080038592</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="15" t="s">
@@ -2785,92 +2785,92 @@
       </c>
       <c r="E42" s="15">
         <v>10080039164</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.23765</v>
       </c>
       <c r="L42" s="15">
         <v>0.11882</v>
       </c>
       <c r="M42" s="15">
         <v>0.11033</v>
       </c>
       <c r="N42" s="15">
-        <v>335</v>
+        <v>362</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E43" s="15">
         <v>10080018429</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.10222</v>
       </c>
       <c r="L43" s="15">
         <v>0.09607</v>
       </c>
       <c r="M43" s="15">
         <v>0.09238</v>
       </c>
       <c r="N43" s="15">
-        <v>588</v>
+        <v>696</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E44" s="15">
         <v>10080059316</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>76</v>
@@ -2906,172 +2906,172 @@
       </c>
       <c r="E45" s="15">
         <v>10080063949</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.12388</v>
       </c>
       <c r="L45" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="M45" s="15">
         <v>0.07821</v>
       </c>
       <c r="N45" s="15">
-        <v>1847</v>
+        <v>1981</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E46" s="15">
         <v>10000007624</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.16258</v>
+        <v>0.08381</v>
       </c>
       <c r="L46" s="15">
-        <v>0.11658</v>
+        <v>0.08046</v>
       </c>
       <c r="M46" s="15">
-        <v>0.10122</v>
+        <v>0.07711</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
         <v>0.07868</v>
       </c>
       <c r="L47" s="15">
         <v>0.06819</v>
       </c>
       <c r="M47" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N47" s="15">
-        <v>1902</v>
+        <v>1624</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.11358</v>
       </c>
       <c r="L48" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M48" s="15">
         <v>0.07171</v>
       </c>
       <c r="N48" s="15">
-        <v>2440</v>
+        <v>2880</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E49" s="15">
         <v>10080054924</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>76</v>
@@ -3098,60 +3098,60 @@
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E50" s="15">
         <v>10080044768</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.09143999999999999</v>
+        <v>0.08747000000000001</v>
       </c>
       <c r="L50" s="15">
-        <v>0.08069</v>
+        <v>0.07580000000000001</v>
       </c>
       <c r="M50" s="15">
-        <v>0.07262</v>
+        <v>0.07289</v>
       </c>
       <c r="N50" s="15">
-        <v>12852</v>
+        <v>10916</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>79</v>
@@ -3180,57 +3180,57 @@
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E52" s="15">
         <v>10000009599</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.15282</v>
+        <v>0.07931000000000001</v>
       </c>
       <c r="L52" s="15">
-        <v>0.10957</v>
+        <v>0.07614</v>
       </c>
       <c r="M52" s="15">
-        <v>0.09515</v>
+        <v>0.07296999999999999</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E53" s="15">
         <v>10080054925</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="15" t="s">
@@ -3258,139 +3258,139 @@
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E54" s="15">
         <v>10080032788</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.09143999999999999</v>
+        <v>0.08747000000000001</v>
       </c>
       <c r="L54" s="15">
-        <v>0.08069</v>
+        <v>0.07580000000000001</v>
       </c>
       <c r="M54" s="15">
-        <v>0.07262</v>
+        <v>0.07289</v>
       </c>
       <c r="N54" s="15">
-        <v>34212</v>
+        <v>46382</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2000</v>
       </c>
       <c r="K55" s="15">
         <v>0.07868</v>
       </c>
       <c r="L55" s="15">
         <v>0.06819</v>
       </c>
       <c r="M55" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>170</v>
+        <v>155</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E56" s="15">
         <v>10000019020</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.15282</v>
+        <v>0.07931000000000001</v>
       </c>
       <c r="L56" s="15">
-        <v>0.10957</v>
+        <v>0.07614</v>
       </c>
       <c r="M56" s="15">
-        <v>0.09515</v>
+        <v>0.07296999999999999</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E57" s="15">
         <v>10080074366</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="15" t="s">
@@ -3507,92 +3507,92 @@
       </c>
       <c r="E60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="L60" s="15">
         <v>0.08375</v>
       </c>
       <c r="M60" s="15">
         <v>0.06898</v>
       </c>
       <c r="N60" s="15">
-        <v>2939</v>
+        <v>2898</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.1113</v>
       </c>
       <c r="L61" s="15">
         <v>0.08053</v>
       </c>
       <c r="M61" s="15">
         <v>0.07027</v>
       </c>
       <c r="N61" s="15">
-        <v>1015</v>
+        <v>1000</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E62" s="15">
         <v>10080054926</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>76</v>
@@ -3630,92 +3630,92 @@
       </c>
       <c r="E63" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>2000</v>
       </c>
       <c r="K63" s="15">
         <v>0.11889</v>
       </c>
       <c r="L63" s="15">
         <v>0.08602</v>
       </c>
       <c r="M63" s="15">
         <v>0.07506</v>
       </c>
       <c r="N63" s="15">
-        <v>825</v>
+        <v>750</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E64" s="15">
         <v>10000007625</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.14729</v>
       </c>
       <c r="L64" s="15">
         <v>0.1056</v>
       </c>
       <c r="M64" s="15">
         <v>0.09171</v>
       </c>
       <c r="N64" s="15">
-        <v>428</v>
+        <v>364</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>141</v>
@@ -3790,130 +3790,130 @@
       </c>
       <c r="E67" s="15">
         <v>10080032789</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.11718</v>
       </c>
       <c r="L67" s="15">
         <v>0.08477999999999999</v>
       </c>
       <c r="M67" s="15">
         <v>0.07398</v>
       </c>
       <c r="N67" s="15">
-        <v>3863</v>
+        <v>5472</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>2000</v>
       </c>
       <c r="K68" s="15">
         <v>0.07868</v>
       </c>
       <c r="L68" s="15">
         <v>0.06819</v>
       </c>
       <c r="M68" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N68" s="15">
-        <v>718</v>
+        <v>532</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E69" s="15">
         <v>10000008189</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.15282</v>
+        <v>0.07931000000000001</v>
       </c>
       <c r="L69" s="15">
-        <v>0.10957</v>
+        <v>0.07614</v>
       </c>
       <c r="M69" s="15">
-        <v>0.09515</v>
+        <v>0.07296999999999999</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E70" s="15">
         <v>10080057873</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H70" s="15" t="s">
@@ -3941,99 +3941,99 @@
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E71" s="15">
         <v>10000008185</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.15282</v>
+        <v>0.07931000000000001</v>
       </c>
       <c r="L71" s="15">
-        <v>0.10957</v>
+        <v>0.07614</v>
       </c>
       <c r="M71" s="15">
-        <v>0.09515</v>
+        <v>0.07296999999999999</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E72" s="15">
         <v>10080032790</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.09143999999999999</v>
+        <v>0.08747000000000001</v>
       </c>
       <c r="L72" s="15">
-        <v>0.08069</v>
+        <v>0.07580000000000001</v>
       </c>
       <c r="M72" s="15">
-        <v>0.07262</v>
+        <v>0.07289</v>
       </c>
       <c r="N72" s="15">
-        <v>19050</v>
+        <v>18288</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>79</v>
@@ -4069,51 +4069,51 @@
       </c>
       <c r="E74" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.11786</v>
       </c>
       <c r="L74" s="15">
         <v>0.11786</v>
       </c>
       <c r="M74" s="15">
         <v>0.11786</v>
       </c>
       <c r="N74" s="15">
-        <v>1265</v>
+        <v>1308</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E75" s="15">
         <v>10080049743</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>81</v>
@@ -4188,51 +4188,51 @@
       </c>
       <c r="E77" s="15">
         <v>10000008190</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.11264</v>
       </c>
       <c r="L77" s="15">
         <v>0.0815</v>
       </c>
       <c r="M77" s="15">
         <v>0.07112</v>
       </c>
       <c r="N77" s="15">
-        <v>525</v>
+        <v>681</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>158</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E78" s="15">
         <v>10080054928</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>76</v>
@@ -4268,128 +4268,126 @@
       </c>
       <c r="E79" s="15">
         <v>10080032791</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.11358</v>
       </c>
       <c r="L79" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M79" s="15">
         <v>0.07171</v>
       </c>
       <c r="N79" s="15">
-        <v>6800</v>
+        <v>5541</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D80" s="15"/>
       <c r="E80" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.11889</v>
       </c>
       <c r="L80" s="15">
         <v>0.08602</v>
       </c>
       <c r="M80" s="15">
         <v>0.07506</v>
       </c>
-      <c r="N80" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>158</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E81" s="15">
         <v>10000013875</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
-        <v>0.15282</v>
+        <v>0.07931000000000001</v>
       </c>
       <c r="L81" s="15">
-        <v>0.10957</v>
+        <v>0.07614</v>
       </c>
       <c r="M81" s="15">
-        <v>0.09515</v>
+        <v>0.07296999999999999</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D82" s="15"/>
       <c r="E82" s="15">
         <v>10080054929</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>76</v>
       </c>
@@ -4415,63 +4413,63 @@
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E83" s="15">
         <v>10080045989</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.09143999999999999</v>
+        <v>0.08747000000000001</v>
       </c>
       <c r="L83" s="15">
-        <v>0.08069</v>
+        <v>0.07580000000000001</v>
       </c>
       <c r="M83" s="15">
-        <v>0.07262</v>
+        <v>0.07289</v>
       </c>
       <c r="N83" s="15">
-        <v>7674</v>
+        <v>6965</v>
       </c>
       <c r="O83" s="15">
-        <v>8101</v>
+        <v>7400</v>
       </c>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>79</v>
       </c>
@@ -4495,57 +4493,57 @@
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D85" s="15"/>
       <c r="E85" s="15">
         <v>10000008186</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.15282</v>
+        <v>0.07931000000000001</v>
       </c>
       <c r="L85" s="15">
-        <v>0.10957</v>
+        <v>0.07614</v>
       </c>
       <c r="M85" s="15">
-        <v>0.09515</v>
+        <v>0.07296999999999999</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E86" s="15">
         <v>10080053608</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H86" s="15" t="s">
@@ -4621,92 +4619,92 @@
       </c>
       <c r="E88" s="15">
         <v>10080004781</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.11128</v>
       </c>
       <c r="L88" s="15">
         <v>0.08051</v>
       </c>
       <c r="M88" s="15">
         <v>0.07025000000000001</v>
       </c>
       <c r="N88" s="15">
-        <v>3742</v>
+        <v>3608</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E89" s="15">
         <v>10080004782</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.11454</v>
       </c>
       <c r="L89" s="15">
         <v>0.11085</v>
       </c>
       <c r="M89" s="15">
         <v>0.10716</v>
       </c>
       <c r="N89" s="15">
-        <v>8280</v>
+        <v>6584</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E90" s="15">
         <v>10080054930</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>76</v>
@@ -4742,92 +4740,92 @@
       </c>
       <c r="E91" s="15">
         <v>10080032792</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.11128</v>
       </c>
       <c r="L91" s="15">
         <v>0.08051</v>
       </c>
       <c r="M91" s="15">
         <v>0.07025000000000001</v>
       </c>
       <c r="N91" s="15">
-        <v>3728</v>
+        <v>4543</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>2000</v>
       </c>
       <c r="K92" s="15">
         <v>0.07868</v>
       </c>
       <c r="L92" s="15">
         <v>0.06819</v>
       </c>
       <c r="M92" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N92" s="15">
-        <v>2877</v>
+        <v>3944</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E93" s="15">
         <v>10000018951</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>81</v>
@@ -4902,174 +4900,174 @@
       </c>
       <c r="E95" s="15">
         <v>10080032793</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.11716</v>
       </c>
       <c r="L95" s="15">
         <v>0.08476</v>
       </c>
       <c r="M95" s="15">
         <v>0.07396999999999999</v>
       </c>
       <c r="N95" s="15">
-        <v>3659</v>
+        <v>2814</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2000</v>
       </c>
       <c r="K96" s="15">
         <v>0.07868</v>
       </c>
       <c r="L96" s="15">
         <v>0.06819</v>
       </c>
       <c r="M96" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N96" s="15">
-        <v>4411</v>
+        <v>4569</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E97" s="15">
         <v>10000008187</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.15282</v>
+        <v>0.07931000000000001</v>
       </c>
       <c r="L97" s="15">
-        <v>0.10957</v>
+        <v>0.07614</v>
       </c>
       <c r="M97" s="15">
-        <v>0.09515</v>
+        <v>0.07296999999999999</v>
       </c>
       <c r="N97" s="15">
-        <v>99</v>
+        <v>49</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E98" s="15">
         <v>10080044770</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.27384</v>
       </c>
       <c r="L98" s="15">
         <v>0.1867</v>
       </c>
       <c r="M98" s="15">
         <v>0.1556</v>
       </c>
       <c r="N98" s="15">
-        <v>1780</v>
+        <v>1240</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E99" s="15">
         <v>10080054932</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>76</v>
@@ -5144,51 +5142,51 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.11716</v>
       </c>
       <c r="L101" s="15">
         <v>0.08476</v>
       </c>
       <c r="M101" s="15">
         <v>0.07396999999999999</v>
       </c>
       <c r="N101" s="15">
-        <v>1408</v>
+        <v>1870</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>79</v>
@@ -5217,60 +5215,60 @@
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E103" s="15">
         <v>10000011566</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.15282</v>
+        <v>0.07931000000000001</v>
       </c>
       <c r="L103" s="15">
-        <v>0.10957</v>
+        <v>0.07614</v>
       </c>
       <c r="M103" s="15">
-        <v>0.09515</v>
+        <v>0.07296999999999999</v>
       </c>
       <c r="N103" s="15">
-        <v>366</v>
+        <v>429</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E104" s="15">
         <v>10080054933</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>76</v>
@@ -5345,92 +5343,92 @@
       </c>
       <c r="E106" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.07868</v>
       </c>
       <c r="L106" s="15">
         <v>0.06819</v>
       </c>
       <c r="M106" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N106" s="15">
-        <v>1092</v>
+        <v>1122</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E107" s="15">
         <v>10000008188</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.11264</v>
       </c>
       <c r="L107" s="15">
         <v>0.0815</v>
       </c>
       <c r="M107" s="15">
         <v>0.07112</v>
       </c>
       <c r="N107" s="15">
-        <v>1997</v>
+        <v>1453</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D108" s="15"/>
       <c r="E108" s="15">
         <v>10080054934</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I108" s="15"/>
@@ -5492,60 +5490,60 @@
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E110" s="15">
         <v>10080046545</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
-        <v>0.09143999999999999</v>
+        <v>0.08747000000000001</v>
       </c>
       <c r="L110" s="15">
-        <v>0.08069</v>
+        <v>0.07580000000000001</v>
       </c>
       <c r="M110" s="15">
-        <v>0.07262</v>
+        <v>0.07289</v>
       </c>
       <c r="N110" s="15">
-        <v>2590</v>
+        <v>2340</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D111" s="15"/>
       <c r="E111" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I111" s="15"/>
@@ -5568,97 +5566,97 @@
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D112" s="15"/>
       <c r="E112" s="15">
         <v>10000020237</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>1000</v>
       </c>
       <c r="K112" s="15">
-        <v>0.15282</v>
+        <v>0.07931000000000001</v>
       </c>
       <c r="L112" s="15">
-        <v>0.10957</v>
+        <v>0.07614</v>
       </c>
       <c r="M112" s="15">
-        <v>0.09515</v>
+        <v>0.07296999999999999</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D113" s="15"/>
       <c r="E113" s="15">
         <v>10080000644</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>1000</v>
       </c>
       <c r="K113" s="15">
         <v>0.12643</v>
       </c>
       <c r="L113" s="15">
         <v>0.10366</v>
       </c>
       <c r="M113" s="15">
         <v>0.09946000000000001</v>
       </c>
       <c r="N113" s="15">
-        <v>317</v>
+        <v>276</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>77</v>
@@ -5694,92 +5692,92 @@
       </c>
       <c r="E115" s="15">
         <v>10080010241</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.08728</v>
       </c>
       <c r="L115" s="15">
         <v>0.07636999999999999</v>
       </c>
       <c r="M115" s="15">
         <v>0.07092</v>
       </c>
       <c r="N115" s="15">
-        <v>36333</v>
+        <v>49407</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.15698</v>
       </c>
       <c r="L116" s="15">
         <v>0.15698</v>
       </c>
       <c r="M116" s="15">
         <v>0.15698</v>
       </c>
       <c r="N116" s="15">
-        <v>776</v>
+        <v>660</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14"/>
       <c r="C117" s="15"/>
       <c r="D117" s="15"/>
       <c r="E117" s="15"/>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15"/>
       <c r="I117" s="15"/>
       <c r="J117" s="15"/>
       <c r="K117" s="15"/>
       <c r="L117" s="15"/>
       <c r="M117" s="15"/>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
     </row>
   </sheetData>