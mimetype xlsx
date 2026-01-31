--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -509,50 +509,53 @@
     <t>Кварцевый резонатор HC49SM-13.560 MHZ-20PF</t>
   </si>
   <si>
     <t>49S-SMD-13.560M-20-30-30</t>
   </si>
   <si>
     <t>HC49SM-14.7456 MHZ-20PF</t>
   </si>
   <si>
     <t>Кварцевый резонатор HC49SM-14.7456 MHZ-20PF</t>
   </si>
   <si>
     <t>49S-SMD-14.7456M-20-30-30</t>
   </si>
   <si>
     <t>HC49SM-14.7456MHZ-20PF</t>
   </si>
   <si>
     <t>UT-00134309</t>
   </si>
   <si>
     <t xml:space="preserve">HC49SM-16.000 MHZ-20PF </t>
   </si>
   <si>
     <t>49S-SMD-16.000M-20-30-30</t>
+  </si>
+  <si>
+    <t>26.04.2026</t>
   </si>
   <si>
     <t>HC49SM-16.000 MHZ-20PF</t>
   </si>
   <si>
     <t>Кварцевый резонатор HC49SM-16.000 MHZ-20PF</t>
   </si>
   <si>
     <t>UT-00106985</t>
   </si>
   <si>
     <t>HC49SM-16.384 MHZ-20PF</t>
   </si>
   <si>
     <t>Кварцевый резонатор HC49SM-16.384 MHZ-20PF</t>
   </si>
   <si>
     <t>49S-SMD-16.384M-20-30-30</t>
   </si>
   <si>
     <t>49S-SMD-18.000M-20-30</t>
   </si>
   <si>
     <t>HC49SM-18.000 MHZ-20PF</t>
   </si>
@@ -2104,133 +2107,133 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.11889</v>
       </c>
       <c r="L25" s="15">
         <v>0.08602</v>
       </c>
       <c r="M25" s="15">
         <v>0.07506</v>
       </c>
       <c r="N25" s="15">
-        <v>710</v>
+        <v>790</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="15">
         <v>10000019005</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.14904</v>
       </c>
       <c r="L26" s="15">
         <v>0.11052</v>
       </c>
       <c r="M26" s="15">
         <v>0.09279</v>
       </c>
       <c r="N26" s="15">
-        <v>308</v>
+        <v>361</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.1113</v>
       </c>
       <c r="L27" s="15">
         <v>0.08053</v>
       </c>
       <c r="M27" s="15">
         <v>0.07027</v>
       </c>
       <c r="N27" s="15">
-        <v>7943</v>
+        <v>9140</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D28" s="15"/>
       <c r="E28" s="15">
         <v>10080054923</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="15"/>
@@ -2303,92 +2306,92 @@
       </c>
       <c r="E30" s="15">
         <v>10000021807</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.08745</v>
       </c>
       <c r="L30" s="15">
         <v>0.07579</v>
       </c>
       <c r="M30" s="15">
         <v>0.07288</v>
       </c>
       <c r="N30" s="15">
-        <v>2042</v>
+        <v>1642</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.12359</v>
       </c>
       <c r="L31" s="15">
         <v>0.08862</v>
       </c>
       <c r="M31" s="15">
         <v>0.07696</v>
       </c>
       <c r="N31" s="15">
-        <v>3910</v>
+        <v>3811</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E32" s="15">
         <v>10080057871</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>76</v>
@@ -2424,51 +2427,51 @@
       </c>
       <c r="E33" s="15">
         <v>10080033847</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.11358</v>
       </c>
       <c r="L33" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M33" s="15">
         <v>0.07171</v>
       </c>
       <c r="N33" s="15">
-        <v>12474</v>
+        <v>9425</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>79</v>
@@ -2545,51 +2548,51 @@
       </c>
       <c r="E36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.13179</v>
       </c>
       <c r="L36" s="15">
         <v>0.11208</v>
       </c>
       <c r="M36" s="15">
         <v>0.10962</v>
       </c>
       <c r="N36" s="15">
-        <v>3225</v>
+        <v>2294</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080057872</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>76</v>
@@ -2625,92 +2628,92 @@
       </c>
       <c r="E38" s="15">
         <v>10080063948</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.12038</v>
       </c>
       <c r="L38" s="15">
         <v>0.0871</v>
       </c>
       <c r="M38" s="15">
         <v>0.076</v>
       </c>
       <c r="N38" s="15">
-        <v>248</v>
+        <v>282</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.09</v>
       </c>
       <c r="L39" s="15">
         <v>0.078</v>
       </c>
       <c r="M39" s="15">
         <v>0.075</v>
       </c>
       <c r="N39" s="15">
-        <v>850</v>
+        <v>720</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E40" s="15">
         <v>10080004780</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>81</v>
@@ -2785,92 +2788,92 @@
       </c>
       <c r="E42" s="15">
         <v>10080039164</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.23765</v>
       </c>
       <c r="L42" s="15">
         <v>0.11882</v>
       </c>
       <c r="M42" s="15">
         <v>0.11033</v>
       </c>
       <c r="N42" s="15">
-        <v>362</v>
+        <v>340</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E43" s="15">
         <v>10080018429</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.10222</v>
       </c>
       <c r="L43" s="15">
         <v>0.09607</v>
       </c>
       <c r="M43" s="15">
         <v>0.09238</v>
       </c>
       <c r="N43" s="15">
-        <v>696</v>
+        <v>863</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E44" s="15">
         <v>10080059316</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>76</v>
@@ -2906,51 +2909,51 @@
       </c>
       <c r="E45" s="15">
         <v>10080063949</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.12388</v>
       </c>
       <c r="L45" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="M45" s="15">
         <v>0.07821</v>
       </c>
       <c r="N45" s="15">
-        <v>1981</v>
+        <v>1606</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E46" s="15">
         <v>10000007624</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>81</v>
@@ -2986,92 +2989,92 @@
       </c>
       <c r="E47" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
         <v>0.07868</v>
       </c>
       <c r="L47" s="15">
         <v>0.06819</v>
       </c>
       <c r="M47" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N47" s="15">
-        <v>1624</v>
+        <v>1645</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.11358</v>
       </c>
       <c r="L48" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M48" s="15">
         <v>0.07171</v>
       </c>
       <c r="N48" s="15">
-        <v>2880</v>
+        <v>3480</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E49" s="15">
         <v>10080054924</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>76</v>
@@ -3107,51 +3110,51 @@
       </c>
       <c r="E50" s="15">
         <v>10080044768</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.08747000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.07580000000000001</v>
       </c>
       <c r="M50" s="15">
         <v>0.07289</v>
       </c>
       <c r="N50" s="15">
-        <v>10916</v>
+        <v>8320</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>79</v>
@@ -3267,92 +3270,92 @@
       </c>
       <c r="E54" s="15">
         <v>10080032788</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.08747000000000001</v>
       </c>
       <c r="L54" s="15">
         <v>0.07580000000000001</v>
       </c>
       <c r="M54" s="15">
         <v>0.07289</v>
       </c>
       <c r="N54" s="15">
-        <v>46382</v>
+        <v>42366</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2000</v>
       </c>
       <c r="K55" s="15">
         <v>0.07868</v>
       </c>
       <c r="L55" s="15">
         <v>0.06819</v>
       </c>
       <c r="M55" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E56" s="15">
         <v>10000019020</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>81</v>
@@ -3466,133 +3469,133 @@
       </c>
       <c r="E59" s="15">
         <v>10000019007</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.10716</v>
       </c>
       <c r="L59" s="15">
         <v>0.11454</v>
       </c>
       <c r="M59" s="15">
         <v>0.1</v>
       </c>
       <c r="N59" s="15">
-        <v>4553</v>
+        <v>6402</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="L60" s="15">
         <v>0.08375</v>
       </c>
       <c r="M60" s="15">
         <v>0.06898</v>
       </c>
       <c r="N60" s="15">
-        <v>2898</v>
+        <v>3551</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.1113</v>
       </c>
       <c r="L61" s="15">
         <v>0.08053</v>
       </c>
       <c r="M61" s="15">
         <v>0.07027</v>
       </c>
       <c r="N61" s="15">
-        <v>1000</v>
+        <v>1265</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E62" s="15">
         <v>10080054926</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>76</v>
@@ -3630,51 +3633,51 @@
       </c>
       <c r="E63" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>2000</v>
       </c>
       <c r="K63" s="15">
         <v>0.11889</v>
       </c>
       <c r="L63" s="15">
         <v>0.08602</v>
       </c>
       <c r="M63" s="15">
         <v>0.07506</v>
       </c>
       <c r="N63" s="15">
-        <v>750</v>
+        <v>1013</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E64" s="15">
         <v>10000007625</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>81</v>
@@ -3790,92 +3793,92 @@
       </c>
       <c r="E67" s="15">
         <v>10080032789</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.11718</v>
       </c>
       <c r="L67" s="15">
         <v>0.08477999999999999</v>
       </c>
       <c r="M67" s="15">
         <v>0.07398</v>
       </c>
       <c r="N67" s="15">
-        <v>5472</v>
+        <v>4024</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>2000</v>
       </c>
       <c r="K68" s="15">
         <v>0.07868</v>
       </c>
       <c r="L68" s="15">
         <v>0.06819</v>
       </c>
       <c r="M68" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N68" s="15">
-        <v>532</v>
+        <v>727</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E69" s="15">
         <v>10000008189</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>81</v>
@@ -3989,51 +3992,51 @@
       </c>
       <c r="E72" s="15">
         <v>10080032790</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.08747000000000001</v>
       </c>
       <c r="L72" s="15">
         <v>0.07580000000000001</v>
       </c>
       <c r="M72" s="15">
         <v>0.07289</v>
       </c>
       <c r="N72" s="15">
-        <v>18288</v>
+        <v>17272</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>79</v>
@@ -4069,51 +4072,51 @@
       </c>
       <c r="E74" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.11786</v>
       </c>
       <c r="L74" s="15">
         <v>0.11786</v>
       </c>
       <c r="M74" s="15">
         <v>0.11786</v>
       </c>
       <c r="N74" s="15">
-        <v>1308</v>
+        <v>1105</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E75" s="15">
         <v>10080049743</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>81</v>
@@ -4188,51 +4191,51 @@
       </c>
       <c r="E77" s="15">
         <v>10000008190</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.11264</v>
       </c>
       <c r="L77" s="15">
         <v>0.0815</v>
       </c>
       <c r="M77" s="15">
         <v>0.07112</v>
       </c>
       <c r="N77" s="15">
-        <v>681</v>
+        <v>722</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>158</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E78" s="15">
         <v>10080054928</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>76</v>
@@ -4268,51 +4271,51 @@
       </c>
       <c r="E79" s="15">
         <v>10080032791</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.11358</v>
       </c>
       <c r="L79" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M79" s="15">
         <v>0.07171</v>
       </c>
       <c r="N79" s="15">
-        <v>5541</v>
+        <v>5709</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D80" s="15"/>
       <c r="E80" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I80" s="15"/>
@@ -4422,1362 +4425,1364 @@
       </c>
       <c r="E83" s="15">
         <v>10080045989</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.08747000000000001</v>
       </c>
       <c r="L83" s="15">
         <v>0.07580000000000001</v>
       </c>
       <c r="M83" s="15">
         <v>0.07289</v>
       </c>
       <c r="N83" s="15">
-        <v>6965</v>
+        <v>6118</v>
       </c>
       <c r="O83" s="15">
-        <v>7400</v>
-[...1 lines deleted...]
-      <c r="P83" s="15"/>
+        <v>6500</v>
+      </c>
+      <c r="P83" s="15" t="s">
+        <v>165</v>
+      </c>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>2000</v>
       </c>
       <c r="K84" s="15">
         <v>0.07868</v>
       </c>
       <c r="L84" s="15">
         <v>0.06819</v>
       </c>
       <c r="M84" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D85" s="15"/>
       <c r="E85" s="15">
         <v>10000008186</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.07931000000000001</v>
       </c>
       <c r="L85" s="15">
         <v>0.07614</v>
       </c>
       <c r="M85" s="15">
         <v>0.07296999999999999</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E86" s="15">
         <v>10080053608</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.14788</v>
       </c>
       <c r="L86" s="15">
         <v>0.10603</v>
       </c>
       <c r="M86" s="15">
         <v>0.09208</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E87" s="15">
         <v>10080059317</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.12647</v>
       </c>
       <c r="L87" s="15">
         <v>0.09067</v>
       </c>
       <c r="M87" s="15">
         <v>0.07874</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E88" s="15">
         <v>10080004781</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.11128</v>
       </c>
       <c r="L88" s="15">
         <v>0.08051</v>
       </c>
       <c r="M88" s="15">
         <v>0.07025000000000001</v>
       </c>
       <c r="N88" s="15">
-        <v>3608</v>
+        <v>3519</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E89" s="15">
         <v>10080004782</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.11454</v>
       </c>
       <c r="L89" s="15">
         <v>0.11085</v>
       </c>
       <c r="M89" s="15">
         <v>0.10716</v>
       </c>
       <c r="N89" s="15">
-        <v>6584</v>
+        <v>7282</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E90" s="15">
         <v>10080054930</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>2000</v>
       </c>
       <c r="K90" s="15">
         <v>0.14623</v>
       </c>
       <c r="L90" s="15">
         <v>0.10447</v>
       </c>
       <c r="M90" s="15">
         <v>0.09053</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E91" s="15">
         <v>10080032792</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.11128</v>
       </c>
       <c r="L91" s="15">
         <v>0.08051</v>
       </c>
       <c r="M91" s="15">
         <v>0.07025000000000001</v>
       </c>
       <c r="N91" s="15">
-        <v>4543</v>
+        <v>4136</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>2000</v>
       </c>
       <c r="K92" s="15">
         <v>0.07868</v>
       </c>
       <c r="L92" s="15">
         <v>0.06819</v>
       </c>
       <c r="M92" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N92" s="15">
-        <v>3944</v>
+        <v>2112</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E93" s="15">
         <v>10000018951</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.14729</v>
       </c>
       <c r="L93" s="15">
         <v>0.1056</v>
       </c>
       <c r="M93" s="15">
         <v>0.09171</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E94" s="15">
         <v>10080054931</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.12651</v>
       </c>
       <c r="L94" s="15">
         <v>0.09071</v>
       </c>
       <c r="M94" s="15">
         <v>0.07876</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E95" s="15">
         <v>10080032793</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.11716</v>
       </c>
       <c r="L95" s="15">
         <v>0.08476</v>
       </c>
       <c r="M95" s="15">
         <v>0.07396999999999999</v>
       </c>
       <c r="N95" s="15">
-        <v>2814</v>
+        <v>3002</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2000</v>
       </c>
       <c r="K96" s="15">
         <v>0.07868</v>
       </c>
       <c r="L96" s="15">
         <v>0.06819</v>
       </c>
       <c r="M96" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N96" s="15">
-        <v>4569</v>
+        <v>3221</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E97" s="15">
         <v>10000008187</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.07931000000000001</v>
       </c>
       <c r="L97" s="15">
         <v>0.07614</v>
       </c>
       <c r="M97" s="15">
         <v>0.07296999999999999</v>
       </c>
       <c r="N97" s="15">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E98" s="15">
         <v>10080044770</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.27384</v>
       </c>
       <c r="L98" s="15">
         <v>0.1867</v>
       </c>
       <c r="M98" s="15">
         <v>0.1556</v>
       </c>
       <c r="N98" s="15">
-        <v>1240</v>
+        <v>1660</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E99" s="15">
         <v>10080054932</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.12651</v>
       </c>
       <c r="L99" s="15">
         <v>0.09071</v>
       </c>
       <c r="M99" s="15">
         <v>0.07876</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D100" s="15"/>
       <c r="E100" s="15">
         <v>10080033848</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.12318</v>
       </c>
       <c r="L100" s="15">
         <v>0.08832</v>
       </c>
       <c r="M100" s="15">
         <v>0.07671</v>
       </c>
       <c r="N100" s="15">
         <v>87</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.11716</v>
       </c>
       <c r="L101" s="15">
         <v>0.08476</v>
       </c>
       <c r="M101" s="15">
         <v>0.07396999999999999</v>
       </c>
       <c r="N101" s="15">
-        <v>1870</v>
+        <v>1320</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.11887</v>
       </c>
       <c r="L102" s="15">
         <v>0.08599999999999999</v>
       </c>
       <c r="M102" s="15">
         <v>0.07505000000000001</v>
       </c>
       <c r="N102" s="15">
         <v>100</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E103" s="15">
         <v>10000011566</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.07931000000000001</v>
       </c>
       <c r="L103" s="15">
         <v>0.07614</v>
       </c>
       <c r="M103" s="15">
         <v>0.07296999999999999</v>
       </c>
       <c r="N103" s="15">
-        <v>429</v>
+        <v>390</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E104" s="15">
         <v>10080054933</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.12647</v>
       </c>
       <c r="L104" s="15">
         <v>0.09067</v>
       </c>
       <c r="M104" s="15">
         <v>0.07874</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E105" s="15">
         <v>10080033816</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.14788</v>
       </c>
       <c r="L105" s="15">
         <v>0.10603</v>
       </c>
       <c r="M105" s="15">
         <v>0.09208</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.07868</v>
       </c>
       <c r="L106" s="15">
         <v>0.06819</v>
       </c>
       <c r="M106" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N106" s="15">
-        <v>1122</v>
+        <v>1149</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E107" s="15">
         <v>10000008188</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.11264</v>
       </c>
       <c r="L107" s="15">
         <v>0.0815</v>
       </c>
       <c r="M107" s="15">
         <v>0.07112</v>
       </c>
       <c r="N107" s="15">
-        <v>1453</v>
+        <v>1521</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D108" s="15"/>
       <c r="E108" s="15">
         <v>10080054934</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>1000</v>
       </c>
       <c r="K108" s="15">
         <v>0.1245</v>
       </c>
       <c r="L108" s="15">
         <v>0.08926000000000001</v>
       </c>
       <c r="M108" s="15">
         <v>0.07751</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D109" s="15"/>
       <c r="E109" s="15">
         <v>10080046112</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H109" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1000</v>
       </c>
       <c r="K109" s="15">
         <v>0.10036</v>
       </c>
       <c r="L109" s="15">
         <v>0.08229</v>
       </c>
       <c r="M109" s="15">
         <v>0.07895000000000001</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E110" s="15">
         <v>10080046545</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.08747000000000001</v>
       </c>
       <c r="L110" s="15">
         <v>0.07580000000000001</v>
       </c>
       <c r="M110" s="15">
         <v>0.07289</v>
       </c>
       <c r="N110" s="15">
-        <v>2340</v>
+        <v>99</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D111" s="15"/>
       <c r="E111" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>2000</v>
       </c>
       <c r="K111" s="15">
         <v>0.07868</v>
       </c>
       <c r="L111" s="15">
         <v>0.06819</v>
       </c>
       <c r="M111" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D112" s="15"/>
       <c r="E112" s="15">
         <v>10000020237</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>1000</v>
       </c>
       <c r="K112" s="15">
         <v>0.07931000000000001</v>
       </c>
       <c r="L112" s="15">
         <v>0.07614</v>
       </c>
       <c r="M112" s="15">
         <v>0.07296999999999999</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D113" s="15"/>
       <c r="E113" s="15">
         <v>10080000644</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>1000</v>
       </c>
       <c r="K113" s="15">
         <v>0.12643</v>
       </c>
       <c r="L113" s="15">
         <v>0.10366</v>
       </c>
       <c r="M113" s="15">
         <v>0.09946000000000001</v>
       </c>
       <c r="N113" s="15">
-        <v>276</v>
+        <v>321</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.11454</v>
       </c>
       <c r="L114" s="15">
         <v>0.10716</v>
       </c>
       <c r="M114" s="15">
         <v>0.1</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E115" s="15">
         <v>10080010241</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.08728</v>
       </c>
       <c r="L115" s="15">
         <v>0.07636999999999999</v>
       </c>
       <c r="M115" s="15">
         <v>0.07092</v>
       </c>
       <c r="N115" s="15">
-        <v>49407</v>
+        <v>46662</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.15698</v>
       </c>
       <c r="L116" s="15">
         <v>0.15698</v>
       </c>
       <c r="M116" s="15">
         <v>0.15698</v>
       </c>
       <c r="N116" s="15">
-        <v>660</v>
+        <v>864</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14"/>
       <c r="C117" s="15"/>
       <c r="D117" s="15"/>
       <c r="E117" s="15"/>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15"/>
       <c r="I117" s="15"/>
       <c r="J117" s="15"/>
       <c r="K117" s="15"/>
       <c r="L117" s="15"/>
       <c r="M117" s="15"/>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
     </row>
   </sheetData>
@@ -5820,317 +5825,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>