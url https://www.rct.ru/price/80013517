--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -511,51 +511,51 @@
   <si>
     <t>49S-SMD-13.560M-20-30-30</t>
   </si>
   <si>
     <t>HC49SM-14.7456 MHZ-20PF</t>
   </si>
   <si>
     <t>Кварцевый резонатор HC49SM-14.7456 MHZ-20PF</t>
   </si>
   <si>
     <t>49S-SMD-14.7456M-20-30-30</t>
   </si>
   <si>
     <t>HC49SM-14.7456MHZ-20PF</t>
   </si>
   <si>
     <t>UT-00134309</t>
   </si>
   <si>
     <t xml:space="preserve">HC49SM-16.000 MHZ-20PF </t>
   </si>
   <si>
     <t>49S-SMD-16.000M-20-30-30</t>
   </si>
   <si>
-    <t>26.04.2026</t>
+    <t>13.04.2026</t>
   </si>
   <si>
     <t>HC49SM-16.000 MHZ-20PF</t>
   </si>
   <si>
     <t>Кварцевый резонатор HC49SM-16.000 MHZ-20PF</t>
   </si>
   <si>
     <t>UT-00106985</t>
   </si>
   <si>
     <t>HC49SM-16.384 MHZ-20PF</t>
   </si>
   <si>
     <t>Кварцевый резонатор HC49SM-16.384 MHZ-20PF</t>
   </si>
   <si>
     <t>49S-SMD-16.384M-20-30-30</t>
   </si>
   <si>
     <t>49S-SMD-18.000M-20-30</t>
   </si>
   <si>
     <t>HC49SM-18.000 MHZ-20PF</t>
   </si>
@@ -2107,133 +2107,133 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.11889</v>
       </c>
       <c r="L25" s="15">
         <v>0.08602</v>
       </c>
       <c r="M25" s="15">
         <v>0.07506</v>
       </c>
       <c r="N25" s="15">
-        <v>790</v>
+        <v>640</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="15">
         <v>10000019005</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.14904</v>
       </c>
       <c r="L26" s="15">
         <v>0.11052</v>
       </c>
       <c r="M26" s="15">
         <v>0.09279</v>
       </c>
       <c r="N26" s="15">
-        <v>361</v>
+        <v>285</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.1113</v>
       </c>
       <c r="L27" s="15">
         <v>0.08053</v>
       </c>
       <c r="M27" s="15">
         <v>0.07027</v>
       </c>
       <c r="N27" s="15">
-        <v>9140</v>
+        <v>8378</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D28" s="15"/>
       <c r="E28" s="15">
         <v>10080054923</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I28" s="15"/>
@@ -2306,92 +2306,92 @@
       </c>
       <c r="E30" s="15">
         <v>10000021807</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.08745</v>
       </c>
       <c r="L30" s="15">
         <v>0.07579</v>
       </c>
       <c r="M30" s="15">
         <v>0.07288</v>
       </c>
       <c r="N30" s="15">
-        <v>1642</v>
+        <v>973</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.12359</v>
       </c>
       <c r="L31" s="15">
         <v>0.08862</v>
       </c>
       <c r="M31" s="15">
         <v>0.07696</v>
       </c>
       <c r="N31" s="15">
-        <v>3811</v>
+        <v>4009</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E32" s="15">
         <v>10080057871</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>76</v>
@@ -2427,51 +2427,51 @@
       </c>
       <c r="E33" s="15">
         <v>10080033847</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.11358</v>
       </c>
       <c r="L33" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M33" s="15">
         <v>0.07171</v>
       </c>
       <c r="N33" s="15">
-        <v>9425</v>
+        <v>8820</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>79</v>
@@ -2548,51 +2548,51 @@
       </c>
       <c r="E36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.13179</v>
       </c>
       <c r="L36" s="15">
         <v>0.11208</v>
       </c>
       <c r="M36" s="15">
         <v>0.10962</v>
       </c>
       <c r="N36" s="15">
-        <v>2294</v>
+        <v>2401</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080057872</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>76</v>
@@ -2628,92 +2628,92 @@
       </c>
       <c r="E38" s="15">
         <v>10080063948</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.12038</v>
       </c>
       <c r="L38" s="15">
         <v>0.0871</v>
       </c>
       <c r="M38" s="15">
         <v>0.076</v>
       </c>
       <c r="N38" s="15">
-        <v>282</v>
+        <v>238</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.09</v>
       </c>
       <c r="L39" s="15">
         <v>0.078</v>
       </c>
       <c r="M39" s="15">
         <v>0.075</v>
       </c>
       <c r="N39" s="15">
-        <v>720</v>
+        <v>850</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E40" s="15">
         <v>10080004780</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>81</v>
@@ -2788,92 +2788,92 @@
       </c>
       <c r="E42" s="15">
         <v>10080039164</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.23765</v>
       </c>
       <c r="L42" s="15">
         <v>0.11882</v>
       </c>
       <c r="M42" s="15">
         <v>0.11033</v>
       </c>
       <c r="N42" s="15">
-        <v>340</v>
+        <v>444</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E43" s="15">
         <v>10080018429</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.10222</v>
       </c>
       <c r="L43" s="15">
         <v>0.09607</v>
       </c>
       <c r="M43" s="15">
         <v>0.09238</v>
       </c>
       <c r="N43" s="15">
-        <v>863</v>
+        <v>696</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E44" s="15">
         <v>10080059316</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>76</v>
@@ -2909,51 +2909,51 @@
       </c>
       <c r="E45" s="15">
         <v>10080063949</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.12388</v>
       </c>
       <c r="L45" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="M45" s="15">
         <v>0.07821</v>
       </c>
       <c r="N45" s="15">
-        <v>1606</v>
+        <v>2259</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E46" s="15">
         <v>10000007624</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>81</v>
@@ -2989,92 +2989,92 @@
       </c>
       <c r="E47" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
         <v>0.07868</v>
       </c>
       <c r="L47" s="15">
         <v>0.06819</v>
       </c>
       <c r="M47" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N47" s="15">
-        <v>1645</v>
+        <v>1685</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.11358</v>
       </c>
       <c r="L48" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M48" s="15">
         <v>0.07171</v>
       </c>
       <c r="N48" s="15">
-        <v>3480</v>
+        <v>2100</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E49" s="15">
         <v>10080054924</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>76</v>
@@ -3110,93 +3110,91 @@
       </c>
       <c r="E50" s="15">
         <v>10080044768</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.08747000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.07580000000000001</v>
       </c>
       <c r="M50" s="15">
         <v>0.07289</v>
       </c>
       <c r="N50" s="15">
-        <v>8320</v>
+        <v>10337</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>2000</v>
       </c>
       <c r="K51" s="15">
         <v>0.07868</v>
       </c>
       <c r="L51" s="15">
         <v>0.06819</v>
       </c>
       <c r="M51" s="15">
         <v>0.06555999999999999</v>
       </c>
-      <c r="N51" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E52" s="15">
         <v>10000009599</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>81</v>
       </c>
@@ -3270,92 +3268,92 @@
       </c>
       <c r="E54" s="15">
         <v>10080032788</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.08747000000000001</v>
       </c>
       <c r="L54" s="15">
         <v>0.07580000000000001</v>
       </c>
       <c r="M54" s="15">
         <v>0.07289</v>
       </c>
       <c r="N54" s="15">
-        <v>42366</v>
+        <v>37390</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2000</v>
       </c>
       <c r="K55" s="15">
         <v>0.07868</v>
       </c>
       <c r="L55" s="15">
         <v>0.06819</v>
       </c>
       <c r="M55" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>173</v>
+        <v>97</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E56" s="15">
         <v>10000019020</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>81</v>
@@ -3469,133 +3467,133 @@
       </c>
       <c r="E59" s="15">
         <v>10000019007</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.10716</v>
       </c>
       <c r="L59" s="15">
         <v>0.11454</v>
       </c>
       <c r="M59" s="15">
         <v>0.1</v>
       </c>
       <c r="N59" s="15">
-        <v>6402</v>
+        <v>6331</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="L60" s="15">
         <v>0.08375</v>
       </c>
       <c r="M60" s="15">
         <v>0.06898</v>
       </c>
       <c r="N60" s="15">
-        <v>3551</v>
+        <v>3347</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.1113</v>
       </c>
       <c r="L61" s="15">
         <v>0.08053</v>
       </c>
       <c r="M61" s="15">
         <v>0.07027</v>
       </c>
       <c r="N61" s="15">
-        <v>1265</v>
+        <v>1218</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E62" s="15">
         <v>10080054926</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>76</v>
@@ -3633,92 +3631,92 @@
       </c>
       <c r="E63" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>2000</v>
       </c>
       <c r="K63" s="15">
         <v>0.11889</v>
       </c>
       <c r="L63" s="15">
         <v>0.08602</v>
       </c>
       <c r="M63" s="15">
         <v>0.07506</v>
       </c>
       <c r="N63" s="15">
-        <v>1013</v>
+        <v>800</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E64" s="15">
         <v>10000007625</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.14729</v>
       </c>
       <c r="L64" s="15">
         <v>0.1056</v>
       </c>
       <c r="M64" s="15">
         <v>0.09171</v>
       </c>
       <c r="N64" s="15">
-        <v>364</v>
+        <v>342</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>141</v>
@@ -3793,92 +3791,92 @@
       </c>
       <c r="E67" s="15">
         <v>10080032789</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.11718</v>
       </c>
       <c r="L67" s="15">
         <v>0.08477999999999999</v>
       </c>
       <c r="M67" s="15">
         <v>0.07398</v>
       </c>
       <c r="N67" s="15">
-        <v>4024</v>
+        <v>2663</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>2000</v>
       </c>
       <c r="K68" s="15">
         <v>0.07868</v>
       </c>
       <c r="L68" s="15">
         <v>0.06819</v>
       </c>
       <c r="M68" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N68" s="15">
-        <v>727</v>
+        <v>568</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E69" s="15">
         <v>10000008189</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>81</v>
@@ -3992,51 +3990,51 @@
       </c>
       <c r="E72" s="15">
         <v>10080032790</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.08747000000000001</v>
       </c>
       <c r="L72" s="15">
         <v>0.07580000000000001</v>
       </c>
       <c r="M72" s="15">
         <v>0.07289</v>
       </c>
       <c r="N72" s="15">
-        <v>17272</v>
+        <v>19050</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>79</v>
@@ -4072,51 +4070,51 @@
       </c>
       <c r="E74" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.11786</v>
       </c>
       <c r="L74" s="15">
         <v>0.11786</v>
       </c>
       <c r="M74" s="15">
         <v>0.11786</v>
       </c>
       <c r="N74" s="15">
-        <v>1105</v>
+        <v>901</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E75" s="15">
         <v>10080049743</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>81</v>
@@ -4191,51 +4189,51 @@
       </c>
       <c r="E77" s="15">
         <v>10000008190</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.11264</v>
       </c>
       <c r="L77" s="15">
         <v>0.0815</v>
       </c>
       <c r="M77" s="15">
         <v>0.07112</v>
       </c>
       <c r="N77" s="15">
-        <v>722</v>
+        <v>665</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>158</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E78" s="15">
         <v>10080054928</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>76</v>
@@ -4271,51 +4269,51 @@
       </c>
       <c r="E79" s="15">
         <v>10080032791</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.11358</v>
       </c>
       <c r="L79" s="15">
         <v>0.08217000000000001</v>
       </c>
       <c r="M79" s="15">
         <v>0.07171</v>
       </c>
       <c r="N79" s="15">
-        <v>5709</v>
+        <v>6884</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D80" s="15"/>
       <c r="E80" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I80" s="15"/>
@@ -4425,54 +4423,54 @@
       </c>
       <c r="E83" s="15">
         <v>10080045989</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.08747000000000001</v>
       </c>
       <c r="L83" s="15">
         <v>0.07580000000000001</v>
       </c>
       <c r="M83" s="15">
         <v>0.07289</v>
       </c>
       <c r="N83" s="15">
-        <v>6118</v>
+        <v>7166</v>
       </c>
       <c r="O83" s="15">
-        <v>6500</v>
+        <v>8101</v>
       </c>
       <c r="P83" s="15" t="s">
         <v>165</v>
       </c>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H84" s="15" t="s">
@@ -4624,92 +4622,92 @@
       </c>
       <c r="E88" s="15">
         <v>10080004781</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.11128</v>
       </c>
       <c r="L88" s="15">
         <v>0.08051</v>
       </c>
       <c r="M88" s="15">
         <v>0.07025000000000001</v>
       </c>
       <c r="N88" s="15">
-        <v>3519</v>
+        <v>3475</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E89" s="15">
         <v>10080004782</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.11454</v>
       </c>
       <c r="L89" s="15">
         <v>0.11085</v>
       </c>
       <c r="M89" s="15">
         <v>0.10716</v>
       </c>
       <c r="N89" s="15">
-        <v>7282</v>
+        <v>6983</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E90" s="15">
         <v>10080054930</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>76</v>
@@ -4745,92 +4743,92 @@
       </c>
       <c r="E91" s="15">
         <v>10080032792</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.11128</v>
       </c>
       <c r="L91" s="15">
         <v>0.08051</v>
       </c>
       <c r="M91" s="15">
         <v>0.07025000000000001</v>
       </c>
       <c r="N91" s="15">
-        <v>4136</v>
+        <v>1275</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>2000</v>
       </c>
       <c r="K92" s="15">
         <v>0.07868</v>
       </c>
       <c r="L92" s="15">
         <v>0.06819</v>
       </c>
       <c r="M92" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N92" s="15">
-        <v>2112</v>
+        <v>1683</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E93" s="15">
         <v>10000018951</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>81</v>
@@ -4905,92 +4903,92 @@
       </c>
       <c r="E95" s="15">
         <v>10080032793</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.11716</v>
       </c>
       <c r="L95" s="15">
         <v>0.08476</v>
       </c>
       <c r="M95" s="15">
         <v>0.07396999999999999</v>
       </c>
       <c r="N95" s="15">
-        <v>3002</v>
+        <v>2955</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2000</v>
       </c>
       <c r="K96" s="15">
         <v>0.07868</v>
       </c>
       <c r="L96" s="15">
         <v>0.06819</v>
       </c>
       <c r="M96" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N96" s="15">
-        <v>3221</v>
+        <v>2605</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E97" s="15">
         <v>10000008187</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>81</v>
@@ -5028,51 +5026,51 @@
       </c>
       <c r="E98" s="15">
         <v>10080044770</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.27384</v>
       </c>
       <c r="L98" s="15">
         <v>0.1867</v>
       </c>
       <c r="M98" s="15">
         <v>0.1556</v>
       </c>
       <c r="N98" s="15">
-        <v>1660</v>
+        <v>1540</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E99" s="15">
         <v>10080054932</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>76</v>
@@ -5147,51 +5145,51 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.11716</v>
       </c>
       <c r="L101" s="15">
         <v>0.08476</v>
       </c>
       <c r="M101" s="15">
         <v>0.07396999999999999</v>
       </c>
       <c r="N101" s="15">
-        <v>1320</v>
+        <v>1783</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>79</v>
@@ -5229,51 +5227,51 @@
       </c>
       <c r="E103" s="15">
         <v>10000011566</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.07931000000000001</v>
       </c>
       <c r="L103" s="15">
         <v>0.07614</v>
       </c>
       <c r="M103" s="15">
         <v>0.07296999999999999</v>
       </c>
       <c r="N103" s="15">
-        <v>390</v>
+        <v>111</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E104" s="15">
         <v>10080054933</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>76</v>
@@ -5348,92 +5346,92 @@
       </c>
       <c r="E106" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.07868</v>
       </c>
       <c r="L106" s="15">
         <v>0.06819</v>
       </c>
       <c r="M106" s="15">
         <v>0.06555999999999999</v>
       </c>
       <c r="N106" s="15">
-        <v>1149</v>
+        <v>762</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E107" s="15">
         <v>10000008188</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.11264</v>
       </c>
       <c r="L107" s="15">
         <v>0.0815</v>
       </c>
       <c r="M107" s="15">
         <v>0.07112</v>
       </c>
       <c r="N107" s="15">
-        <v>1521</v>
+        <v>1475</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D108" s="15"/>
       <c r="E108" s="15">
         <v>10080054934</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I108" s="15"/>
@@ -5504,51 +5502,51 @@
       </c>
       <c r="E110" s="15">
         <v>10080046545</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.08747000000000001</v>
       </c>
       <c r="L110" s="15">
         <v>0.07580000000000001</v>
       </c>
       <c r="M110" s="15">
         <v>0.07289</v>
       </c>
       <c r="N110" s="15">
-        <v>99</v>
+        <v>66</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D111" s="15"/>
       <c r="E111" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I111" s="15"/>
@@ -5617,51 +5615,51 @@
       <c r="D113" s="15"/>
       <c r="E113" s="15">
         <v>10080000644</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>1000</v>
       </c>
       <c r="K113" s="15">
         <v>0.12643</v>
       </c>
       <c r="L113" s="15">
         <v>0.10366</v>
       </c>
       <c r="M113" s="15">
         <v>0.09946000000000001</v>
       </c>
       <c r="N113" s="15">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>202</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>77</v>
@@ -5697,51 +5695,51 @@
       </c>
       <c r="E115" s="15">
         <v>10080010241</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.08728</v>
       </c>
       <c r="L115" s="15">
         <v>0.07636999999999999</v>
       </c>
       <c r="M115" s="15">
         <v>0.07092</v>
       </c>
       <c r="N115" s="15">
-        <v>46662</v>
+        <v>37879</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>77</v>