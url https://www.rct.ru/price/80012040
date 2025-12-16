--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>