--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>