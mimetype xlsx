--- v2 (2025-12-18)
+++ v3 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>