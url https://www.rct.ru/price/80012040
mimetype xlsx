--- v3 (2025-12-19)
+++ v4 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1462,57 +1462,57 @@
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15">
         <v>10080068565</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.0109</v>
+        <v>0.00615</v>
       </c>
       <c r="L19" s="15">
-        <v>0.0072</v>
+        <v>0.00533</v>
       </c>
       <c r="M19" s="15">
-        <v>0.0072</v>
+        <v>0.00513</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>