--- v4 (2026-01-10)
+++ v5 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>