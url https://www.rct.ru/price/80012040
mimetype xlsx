--- v5 (2026-01-31)
+++ v6 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>