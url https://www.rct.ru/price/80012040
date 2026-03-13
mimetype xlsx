--- v6 (2026-02-20)
+++ v7 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>