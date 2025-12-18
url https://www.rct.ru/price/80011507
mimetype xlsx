--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1082,101 +1082,101 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
-        <v>5.08</v>
+        <v>4.65</v>
       </c>
       <c r="L9" s="15">
-        <v>4.85</v>
+        <v>4.63</v>
       </c>
       <c r="M9" s="15">
-        <v>4.85</v>
+        <v>4.62</v>
       </c>
       <c r="N9" s="15">
         <v>24</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.95199</v>
       </c>
       <c r="L10" s="15">
         <v>0.68</v>
       </c>
       <c r="M10" s="15">
         <v>0.612</v>
       </c>
-      <c r="N10" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N10" s="15">
+        <v>1428</v>
+      </c>
+      <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10080029008</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2000</v>
@@ -1421,57 +1421,57 @@
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>2.26</v>
+        <v>0.35</v>
       </c>
       <c r="L18" s="15">
-        <v>1.14</v>
+        <v>0.3</v>
       </c>
       <c r="M18" s="15">
-        <v>1.03</v>
+        <v>0.25</v>
       </c>
       <c r="N18" s="15">
         <v>2</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">