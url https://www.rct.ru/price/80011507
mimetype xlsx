--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1121,60 +1121,60 @@
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
-        <v>0.95199</v>
+        <v>0.69023</v>
       </c>
       <c r="L10" s="15">
-        <v>0.68</v>
+        <v>0.5982</v>
       </c>
       <c r="M10" s="15">
-        <v>0.612</v>
+        <v>0.57519</v>
       </c>
       <c r="N10" s="15">
-        <v>1428</v>
+        <v>1980</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10080029008</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>