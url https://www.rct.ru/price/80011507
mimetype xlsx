--- v2 (2026-01-10)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1130,51 +1130,51 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.69023</v>
       </c>
       <c r="L10" s="15">
         <v>0.5982</v>
       </c>
       <c r="M10" s="15">
         <v>0.57519</v>
       </c>
       <c r="N10" s="15">
-        <v>1980</v>
+        <v>1042</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10080029008</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>