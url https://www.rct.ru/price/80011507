--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1130,51 +1130,51 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.69023</v>
       </c>
       <c r="L10" s="15">
         <v>0.5982</v>
       </c>
       <c r="M10" s="15">
         <v>0.57519</v>
       </c>
       <c r="N10" s="15">
-        <v>1042</v>
+        <v>873</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10080029008</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>