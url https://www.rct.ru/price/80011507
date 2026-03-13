--- v4 (2026-02-21)
+++ v5 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1130,51 +1130,51 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.69023</v>
       </c>
       <c r="L10" s="15">
         <v>0.5982</v>
       </c>
       <c r="M10" s="15">
         <v>0.57519</v>
       </c>
       <c r="N10" s="15">
-        <v>873</v>
+        <v>964</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10080029008</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>