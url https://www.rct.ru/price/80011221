--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1551,51 +1551,51 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J16" s="15">
         <v>1</v>
       </c>
       <c r="K16" s="15">
         <v>10.3</v>
       </c>
       <c r="L16" s="15">
         <v>10.3</v>
       </c>
       <c r="M16" s="15">
         <v>10.3</v>
       </c>
       <c r="N16" s="15">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15"/>
@@ -1668,51 +1668,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
         <v>5.6</v>
       </c>
       <c r="L19" s="15">
         <v>5.6</v>
       </c>
       <c r="M19" s="15">
         <v>5.6</v>
       </c>
       <c r="N19" s="15">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1826,51 +1826,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
         <v>7.3</v>
       </c>
       <c r="L23" s="15">
         <v>7.3</v>
       </c>
       <c r="M23" s="15">
         <v>7.3</v>
       </c>
       <c r="N23" s="15">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="15" t="s">
@@ -1908,92 +1908,92 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>7.8</v>
       </c>
       <c r="L25" s="15">
         <v>7.8</v>
       </c>
       <c r="M25" s="15">
         <v>7.8</v>
       </c>
       <c r="N25" s="15">
-        <v>184</v>
+        <v>195</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>7.8</v>
       </c>
       <c r="L26" s="15">
         <v>7.8</v>
       </c>
       <c r="M26" s="15">
         <v>7.8</v>
       </c>
       <c r="N26" s="15">
-        <v>208</v>
+        <v>152</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="15" t="s">
@@ -2031,51 +2031,51 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J28" s="15">
         <v>1</v>
       </c>
       <c r="K28" s="15">
         <v>9</v>
       </c>
       <c r="L28" s="15">
         <v>9</v>
       </c>
       <c r="M28" s="15">
         <v>9</v>
       </c>
       <c r="N28" s="15">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">