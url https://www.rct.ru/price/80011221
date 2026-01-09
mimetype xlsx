--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1551,51 +1551,51 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J16" s="15">
         <v>1</v>
       </c>
       <c r="K16" s="15">
         <v>10.3</v>
       </c>
       <c r="L16" s="15">
         <v>10.3</v>
       </c>
       <c r="M16" s="15">
         <v>10.3</v>
       </c>
       <c r="N16" s="15">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15"/>
@@ -1908,92 +1908,92 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>7.8</v>
       </c>
       <c r="L25" s="15">
         <v>7.8</v>
       </c>
       <c r="M25" s="15">
         <v>7.8</v>
       </c>
       <c r="N25" s="15">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>7.8</v>
       </c>
       <c r="L26" s="15">
         <v>7.8</v>
       </c>
       <c r="M26" s="15">
         <v>7.8</v>
       </c>
       <c r="N26" s="15">
-        <v>152</v>
+        <v>193</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="15" t="s">
@@ -2031,51 +2031,51 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J28" s="15">
         <v>1</v>
       </c>
       <c r="K28" s="15">
         <v>9</v>
       </c>
       <c r="L28" s="15">
         <v>9</v>
       </c>
       <c r="M28" s="15">
         <v>9</v>
       </c>
       <c r="N28" s="15">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">