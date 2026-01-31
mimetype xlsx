--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1551,51 +1551,51 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J16" s="15">
         <v>1</v>
       </c>
       <c r="K16" s="15">
         <v>10.3</v>
       </c>
       <c r="L16" s="15">
         <v>10.3</v>
       </c>
       <c r="M16" s="15">
         <v>10.3</v>
       </c>
       <c r="N16" s="15">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15"/>
@@ -1668,51 +1668,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
         <v>5.6</v>
       </c>
       <c r="L19" s="15">
         <v>5.6</v>
       </c>
       <c r="M19" s="15">
         <v>5.6</v>
       </c>
       <c r="N19" s="15">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1826,51 +1826,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
         <v>7.3</v>
       </c>
       <c r="L23" s="15">
         <v>7.3</v>
       </c>
       <c r="M23" s="15">
         <v>7.3</v>
       </c>
       <c r="N23" s="15">
-        <v>179</v>
+        <v>166</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="15" t="s">
@@ -1908,92 +1908,92 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>7.8</v>
       </c>
       <c r="L25" s="15">
         <v>7.8</v>
       </c>
       <c r="M25" s="15">
         <v>7.8</v>
       </c>
       <c r="N25" s="15">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>7.8</v>
       </c>
       <c r="L26" s="15">
         <v>7.8</v>
       </c>
       <c r="M26" s="15">
         <v>7.8</v>
       </c>
       <c r="N26" s="15">
-        <v>193</v>
+        <v>152</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="15" t="s">
@@ -2031,51 +2031,51 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J28" s="15">
         <v>1</v>
       </c>
       <c r="K28" s="15">
         <v>9</v>
       </c>
       <c r="L28" s="15">
         <v>9</v>
       </c>
       <c r="M28" s="15">
         <v>9</v>
       </c>
       <c r="N28" s="15">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">