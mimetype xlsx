--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1551,51 +1551,51 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J16" s="15">
         <v>1</v>
       </c>
       <c r="K16" s="15">
         <v>10.3</v>
       </c>
       <c r="L16" s="15">
         <v>10.3</v>
       </c>
       <c r="M16" s="15">
         <v>10.3</v>
       </c>
       <c r="N16" s="15">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15"/>
@@ -1668,51 +1668,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
         <v>5.6</v>
       </c>
       <c r="L19" s="15">
         <v>5.6</v>
       </c>
       <c r="M19" s="15">
         <v>5.6</v>
       </c>
       <c r="N19" s="15">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1826,174 +1826,174 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
         <v>7.3</v>
       </c>
       <c r="L23" s="15">
         <v>7.3</v>
       </c>
       <c r="M23" s="15">
         <v>7.3</v>
       </c>
       <c r="N23" s="15">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J24" s="15">
         <v>1</v>
       </c>
       <c r="K24" s="15">
         <v>7.3</v>
       </c>
       <c r="L24" s="15">
         <v>7.3</v>
       </c>
       <c r="M24" s="15">
         <v>7.3</v>
       </c>
       <c r="N24" s="15">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>7.8</v>
       </c>
       <c r="L25" s="15">
         <v>7.8</v>
       </c>
       <c r="M25" s="15">
         <v>7.8</v>
       </c>
       <c r="N25" s="15">
-        <v>200</v>
+        <v>177</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>7.8</v>
       </c>
       <c r="L26" s="15">
         <v>7.8</v>
       </c>
       <c r="M26" s="15">
         <v>7.8</v>
       </c>
       <c r="N26" s="15">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="15" t="s">
@@ -2031,51 +2031,51 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J28" s="15">
         <v>1</v>
       </c>
       <c r="K28" s="15">
         <v>9</v>
       </c>
       <c r="L28" s="15">
         <v>9</v>
       </c>
       <c r="M28" s="15">
         <v>9</v>
       </c>
       <c r="N28" s="15">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">