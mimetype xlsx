--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1551,51 +1551,51 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J16" s="15">
         <v>1</v>
       </c>
       <c r="K16" s="15">
         <v>10.3</v>
       </c>
       <c r="L16" s="15">
         <v>10.3</v>
       </c>
       <c r="M16" s="15">
         <v>10.3</v>
       </c>
       <c r="N16" s="15">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15"/>
@@ -1668,51 +1668,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
         <v>5.6</v>
       </c>
       <c r="L19" s="15">
         <v>5.6</v>
       </c>
       <c r="M19" s="15">
         <v>5.6</v>
       </c>
       <c r="N19" s="15">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1826,51 +1826,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
         <v>7.3</v>
       </c>
       <c r="L23" s="15">
         <v>7.3</v>
       </c>
       <c r="M23" s="15">
         <v>7.3</v>
       </c>
       <c r="N23" s="15">
-        <v>176</v>
+        <v>207</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="15" t="s">
@@ -1908,92 +1908,92 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>7.8</v>
       </c>
       <c r="L25" s="15">
         <v>7.8</v>
       </c>
       <c r="M25" s="15">
         <v>7.8</v>
       </c>
       <c r="N25" s="15">
-        <v>177</v>
+        <v>231</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>7.8</v>
       </c>
       <c r="L26" s="15">
         <v>7.8</v>
       </c>
       <c r="M26" s="15">
         <v>7.8</v>
       </c>
       <c r="N26" s="15">
-        <v>145</v>
+        <v>190</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="15" t="s">
@@ -2031,51 +2031,51 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J28" s="15">
         <v>1</v>
       </c>
       <c r="K28" s="15">
         <v>9</v>
       </c>
       <c r="L28" s="15">
         <v>9</v>
       </c>
       <c r="M28" s="15">
         <v>9</v>
       </c>
       <c r="N28" s="15">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">