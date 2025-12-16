--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -251,50 +251,53 @@
     <t>CBB-81 2000V 8.2 nF (P=20mm)</t>
   </si>
   <si>
     <t>Конденсатор CBB-81 2000V 8.2 nF (P=20mm)</t>
   </si>
   <si>
     <t>10-00030321</t>
   </si>
   <si>
     <t>TS07002J474KSB0G0R</t>
   </si>
   <si>
     <t>MPP 630VDC 0.47uF 10% 25*15*8.5mm (P:22.5mm) Bulk / MKP10-630VDC-0.47uF 10% (P:22.5mm) TS07002J474KSB0G0R</t>
   </si>
   <si>
     <t>UT-00107179</t>
   </si>
   <si>
     <t>TS07002J544KSB0G0R</t>
   </si>
   <si>
     <t>MKP10-630VDC-0.54uF 10% (P:22.5mm) TS07002J544KSB0G0R</t>
   </si>
   <si>
     <t>UT-00116154</t>
+  </si>
+  <si>
+    <t>21.04.2026</t>
   </si>
   <si>
     <t>К78 - 2 1600Vх2200 пФ</t>
   </si>
   <si>
     <t>Конденсатор К78 - 2 1600Vх2200 пФ</t>
   </si>
   <si>
     <t>10-00030346</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -1103,90 +1106,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080029225</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>100</v>
       </c>
       <c r="K9" s="15">
         <v>0.32324</v>
       </c>
       <c r="L9" s="15">
         <v>0.21512</v>
       </c>
       <c r="M9" s="15">
         <v>0.19617</v>
       </c>
       <c r="N9" s="15">
-        <v>4262</v>
+        <v>3668</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080029227</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
-        <v>0.2023</v>
+        <v>0.21456</v>
       </c>
       <c r="L10" s="15">
-        <v>0.1785</v>
+        <v>0.18595</v>
       </c>
       <c r="M10" s="15">
-        <v>0.16065</v>
+        <v>0.1788</v>
       </c>
       <c r="N10" s="15">
-        <v>1540</v>
+        <v>1760</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080053352</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1444,51 +1447,51 @@
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080042335</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.15078</v>
       </c>
       <c r="L18" s="15">
         <v>0.10909</v>
       </c>
       <c r="M18" s="15">
         <v>0.09520000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>706</v>
+        <v>860</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I19" s="15"/>
@@ -1817,68 +1820,70 @@
         <v>77</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>200</v>
       </c>
       <c r="K28" s="15">
         <v>0.3845</v>
       </c>
       <c r="L28" s="15">
         <v>0.2782</v>
       </c>
       <c r="M28" s="15">
         <v>0.24275</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15">
-        <v>2640</v>
-[...1 lines deleted...]
-      <c r="P28" s="15"/>
+        <v>1920</v>
+      </c>
+      <c r="P28" s="15" t="s">
+        <v>79</v>
+      </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.07328999999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.07013999999999999</v>
       </c>
       <c r="M29" s="15">
         <v>0</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14"/>
       <c r="C30" s="15"/>
       <c r="D30" s="15"/>
@@ -1936,317 +1941,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>