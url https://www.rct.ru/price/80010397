--- v1 (2025-12-16)
+++ v2 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1106,90 +1106,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080029225</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>100</v>
       </c>
       <c r="K9" s="15">
         <v>0.32324</v>
       </c>
       <c r="L9" s="15">
         <v>0.21512</v>
       </c>
       <c r="M9" s="15">
         <v>0.19617</v>
       </c>
       <c r="N9" s="15">
-        <v>3668</v>
+        <v>4478</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080029227</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.21456</v>
       </c>
       <c r="L10" s="15">
         <v>0.18595</v>
       </c>
       <c r="M10" s="15">
         <v>0.1788</v>
       </c>
       <c r="N10" s="15">
-        <v>1760</v>
+        <v>1400</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080053352</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1447,51 +1447,51 @@
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080042335</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.15078</v>
       </c>
       <c r="L18" s="15">
         <v>0.10909</v>
       </c>
       <c r="M18" s="15">
         <v>0.09520000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>860</v>
+        <v>812</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I19" s="15"/>
@@ -1820,51 +1820,51 @@
         <v>77</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>200</v>
       </c>
       <c r="K28" s="15">
         <v>0.3845</v>
       </c>
       <c r="L28" s="15">
         <v>0.2782</v>
       </c>
       <c r="M28" s="15">
         <v>0.24275</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15">
-        <v>1920</v>
+        <v>2220</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>