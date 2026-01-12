--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>12.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1145,51 +1145,51 @@
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080029227</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.21456</v>
       </c>
       <c r="L10" s="15">
         <v>0.18595</v>
       </c>
       <c r="M10" s="15">
         <v>0.1788</v>
       </c>
       <c r="N10" s="15">
-        <v>1400</v>
+        <v>1560</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080053352</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1447,51 +1447,51 @@
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080042335</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.15078</v>
       </c>
       <c r="L18" s="15">
         <v>0.10909</v>
       </c>
       <c r="M18" s="15">
         <v>0.09520000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>812</v>
+        <v>735</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I19" s="15"/>
@@ -1820,51 +1820,51 @@
         <v>77</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>200</v>
       </c>
       <c r="K28" s="15">
         <v>0.3845</v>
       </c>
       <c r="L28" s="15">
         <v>0.2782</v>
       </c>
       <c r="M28" s="15">
         <v>0.24275</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15">
-        <v>2220</v>
+        <v>2400</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>