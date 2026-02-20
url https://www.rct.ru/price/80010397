--- v3 (2026-01-12)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -253,51 +253,51 @@
   <si>
     <t>Конденсатор CBB-81 2000V 8.2 nF (P=20mm)</t>
   </si>
   <si>
     <t>10-00030321</t>
   </si>
   <si>
     <t>TS07002J474KSB0G0R</t>
   </si>
   <si>
     <t>MPP 630VDC 0.47uF 10% 25*15*8.5mm (P:22.5mm) Bulk / MKP10-630VDC-0.47uF 10% (P:22.5mm) TS07002J474KSB0G0R</t>
   </si>
   <si>
     <t>UT-00107179</t>
   </si>
   <si>
     <t>TS07002J544KSB0G0R</t>
   </si>
   <si>
     <t>MKP10-630VDC-0.54uF 10% (P:22.5mm) TS07002J544KSB0G0R</t>
   </si>
   <si>
     <t>UT-00116154</t>
   </si>
   <si>
-    <t>21.04.2026</t>
+    <t>10.04.2026</t>
   </si>
   <si>
     <t>К78 - 2 1600Vх2200 пФ</t>
   </si>
   <si>
     <t>Конденсатор К78 - 2 1600Vх2200 пФ</t>
   </si>
   <si>
     <t>10-00030346</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -1106,90 +1106,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080029225</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>100</v>
       </c>
       <c r="K9" s="15">
         <v>0.32324</v>
       </c>
       <c r="L9" s="15">
         <v>0.21512</v>
       </c>
       <c r="M9" s="15">
         <v>0.19617</v>
       </c>
       <c r="N9" s="15">
-        <v>4478</v>
+        <v>3722</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080029227</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.21456</v>
       </c>
       <c r="L10" s="15">
         <v>0.18595</v>
       </c>
       <c r="M10" s="15">
         <v>0.1788</v>
       </c>
       <c r="N10" s="15">
-        <v>1560</v>
+        <v>1700</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080053352</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1447,51 +1447,51 @@
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080042335</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.15078</v>
       </c>
       <c r="L18" s="15">
         <v>0.10909</v>
       </c>
       <c r="M18" s="15">
         <v>0.09520000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>735</v>
+        <v>449</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I19" s="15"/>
@@ -1820,51 +1820,51 @@
         <v>77</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>200</v>
       </c>
       <c r="K28" s="15">
         <v>0.3845</v>
       </c>
       <c r="L28" s="15">
         <v>0.2782</v>
       </c>
       <c r="M28" s="15">
         <v>0.24275</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15">
-        <v>2400</v>
+        <v>2670</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>