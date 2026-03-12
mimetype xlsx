--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -253,51 +253,51 @@
   <si>
     <t>Конденсатор CBB-81 2000V 8.2 nF (P=20mm)</t>
   </si>
   <si>
     <t>10-00030321</t>
   </si>
   <si>
     <t>TS07002J474KSB0G0R</t>
   </si>
   <si>
     <t>MPP 630VDC 0.47uF 10% 25*15*8.5mm (P:22.5mm) Bulk / MKP10-630VDC-0.47uF 10% (P:22.5mm) TS07002J474KSB0G0R</t>
   </si>
   <si>
     <t>UT-00107179</t>
   </si>
   <si>
     <t>TS07002J544KSB0G0R</t>
   </si>
   <si>
     <t>MKP10-630VDC-0.54uF 10% (P:22.5mm) TS07002J544KSB0G0R</t>
   </si>
   <si>
     <t>UT-00116154</t>
   </si>
   <si>
-    <t>10.04.2026</t>
+    <t>19.04.2026</t>
   </si>
   <si>
     <t>К78 - 2 1600Vх2200 пФ</t>
   </si>
   <si>
     <t>Конденсатор К78 - 2 1600Vх2200 пФ</t>
   </si>
   <si>
     <t>10-00030346</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -1106,90 +1106,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080029225</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>100</v>
       </c>
       <c r="K9" s="15">
         <v>0.32324</v>
       </c>
       <c r="L9" s="15">
         <v>0.21512</v>
       </c>
       <c r="M9" s="15">
         <v>0.19617</v>
       </c>
       <c r="N9" s="15">
-        <v>3722</v>
+        <v>3992</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080029227</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.21456</v>
       </c>
       <c r="L10" s="15">
         <v>0.18595</v>
       </c>
       <c r="M10" s="15">
         <v>0.1788</v>
       </c>
       <c r="N10" s="15">
-        <v>1700</v>
+        <v>1260</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080053352</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1447,51 +1447,51 @@
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080042335</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.15078</v>
       </c>
       <c r="L18" s="15">
         <v>0.10909</v>
       </c>
       <c r="M18" s="15">
         <v>0.09520000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>449</v>
+        <v>486</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I19" s="15"/>
@@ -1820,51 +1820,51 @@
         <v>77</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>200</v>
       </c>
       <c r="K28" s="15">
         <v>0.3845</v>
       </c>
       <c r="L28" s="15">
         <v>0.2782</v>
       </c>
       <c r="M28" s="15">
         <v>0.24275</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15">
-        <v>2670</v>
+        <v>1380</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>