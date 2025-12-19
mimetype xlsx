--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1299,51 +1299,51 @@
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10000017596</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04434</v>
       </c>
       <c r="L13" s="15">
         <v>0.03326</v>
       </c>
       <c r="M13" s="15">
         <v>0.03203</v>
       </c>
       <c r="N13" s="15">
-        <v>12758</v>
+        <v>19137</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000010059</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I14" s="15"/>
@@ -1451,90 +1451,90 @@
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.06526999999999999</v>
       </c>
       <c r="L17" s="15">
         <v>0.06158</v>
       </c>
       <c r="M17" s="15">
         <v>0.05912</v>
       </c>
       <c r="N17" s="15">
-        <v>1893</v>
+        <v>1945</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10000008682</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03818</v>
       </c>
       <c r="L18" s="15">
         <v>0.03572</v>
       </c>
       <c r="M18" s="15">
         <v>0.03449</v>
       </c>
       <c r="N18" s="15">
-        <v>21215</v>
+        <v>20960</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I19" s="15"/>
@@ -1827,90 +1827,90 @@
       <c r="D27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="15">
         <v>10080009053</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01747</v>
       </c>
       <c r="L27" s="15">
         <v>0.01264</v>
       </c>
       <c r="M27" s="15">
         <v>0.01103</v>
       </c>
       <c r="N27" s="15">
-        <v>6032</v>
+        <v>5420</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.02044</v>
       </c>
       <c r="L28" s="15">
         <v>0.01465</v>
       </c>
       <c r="M28" s="15">
         <v>0.01272</v>
       </c>
       <c r="N28" s="15">
-        <v>1716</v>
+        <v>2279</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I29" s="15"/>