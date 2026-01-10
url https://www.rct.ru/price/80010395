--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1299,51 +1299,51 @@
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10000017596</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04434</v>
       </c>
       <c r="L13" s="15">
         <v>0.03326</v>
       </c>
       <c r="M13" s="15">
         <v>0.03203</v>
       </c>
       <c r="N13" s="15">
-        <v>19137</v>
+        <v>15522</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000010059</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I14" s="15"/>
@@ -1451,90 +1451,90 @@
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.06526999999999999</v>
       </c>
       <c r="L17" s="15">
         <v>0.06158</v>
       </c>
       <c r="M17" s="15">
         <v>0.05912</v>
       </c>
       <c r="N17" s="15">
-        <v>1945</v>
+        <v>1971</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10000008682</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03818</v>
       </c>
       <c r="L18" s="15">
         <v>0.03572</v>
       </c>
       <c r="M18" s="15">
         <v>0.03449</v>
       </c>
       <c r="N18" s="15">
-        <v>20960</v>
+        <v>17126</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I19" s="15"/>
@@ -1827,51 +1827,51 @@
       <c r="D27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="15">
         <v>10080009053</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01747</v>
       </c>
       <c r="L27" s="15">
         <v>0.01264</v>
       </c>
       <c r="M27" s="15">
         <v>0.01103</v>
       </c>
       <c r="N27" s="15">
-        <v>5420</v>
+        <v>7693</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I28" s="15"/>