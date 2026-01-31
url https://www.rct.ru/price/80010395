--- v2 (2026-01-10)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1299,51 +1299,51 @@
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10000017596</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04434</v>
       </c>
       <c r="L13" s="15">
         <v>0.03326</v>
       </c>
       <c r="M13" s="15">
         <v>0.03203</v>
       </c>
       <c r="N13" s="15">
-        <v>15522</v>
+        <v>13396</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000010059</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I14" s="15"/>
@@ -1451,90 +1451,90 @@
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.06526999999999999</v>
       </c>
       <c r="L17" s="15">
         <v>0.06158</v>
       </c>
       <c r="M17" s="15">
         <v>0.05912</v>
       </c>
       <c r="N17" s="15">
-        <v>1971</v>
+        <v>1842</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10000008682</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03818</v>
       </c>
       <c r="L18" s="15">
         <v>0.03572</v>
       </c>
       <c r="M18" s="15">
         <v>0.03449</v>
       </c>
       <c r="N18" s="15">
-        <v>17126</v>
+        <v>17892</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I19" s="15"/>
@@ -1827,90 +1827,90 @@
       <c r="D27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="15">
         <v>10080009053</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01747</v>
       </c>
       <c r="L27" s="15">
         <v>0.01264</v>
       </c>
       <c r="M27" s="15">
         <v>0.01103</v>
       </c>
       <c r="N27" s="15">
-        <v>7693</v>
+        <v>7431</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.02044</v>
       </c>
       <c r="L28" s="15">
         <v>0.01465</v>
       </c>
       <c r="M28" s="15">
         <v>0.01272</v>
       </c>
       <c r="N28" s="15">
-        <v>2279</v>
+        <v>1869</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I29" s="15"/>