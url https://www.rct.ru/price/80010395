--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1299,51 +1299,51 @@
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10000017596</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04434</v>
       </c>
       <c r="L13" s="15">
         <v>0.03326</v>
       </c>
       <c r="M13" s="15">
         <v>0.03203</v>
       </c>
       <c r="N13" s="15">
-        <v>13396</v>
+        <v>14885</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000010059</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I14" s="15"/>
@@ -1490,51 +1490,51 @@
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10000008682</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03818</v>
       </c>
       <c r="L18" s="15">
         <v>0.03572</v>
       </c>
       <c r="M18" s="15">
         <v>0.03449</v>
       </c>
       <c r="N18" s="15">
-        <v>17892</v>
+        <v>20704</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I19" s="15"/>
@@ -1827,90 +1827,90 @@
       <c r="D27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="15">
         <v>10080009053</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01747</v>
       </c>
       <c r="L27" s="15">
         <v>0.01264</v>
       </c>
       <c r="M27" s="15">
         <v>0.01103</v>
       </c>
       <c r="N27" s="15">
-        <v>7431</v>
+        <v>5894</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.02044</v>
       </c>
       <c r="L28" s="15">
         <v>0.01465</v>
       </c>
       <c r="M28" s="15">
         <v>0.01272</v>
       </c>
       <c r="N28" s="15">
-        <v>1869</v>
+        <v>1639</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I29" s="15"/>