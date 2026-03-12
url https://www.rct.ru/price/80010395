--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -115,72 +115,72 @@
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>PEI тип (TS01, CL11, К73-9) пленочные конденсаторы индуктивного типа</t>
   </si>
   <si>
     <t>CL11 63V-0.22uF 10% (P:10mm) (TS01, K73-9)</t>
   </si>
   <si>
     <t>Конденсатор CL11 63V-0.22uF 10% (P:10mm) (TS01, K73-9)</t>
   </si>
   <si>
     <t>10-00030037</t>
   </si>
   <si>
     <t>CL11 63V-4.7uF 10% (P:27.5mm) (TS01, K73-9)</t>
   </si>
   <si>
     <t>Конденсатор CL11 63V-4.7uF 10% (P:27.5mm) (TS01, K73-9)</t>
   </si>
   <si>
     <t>10-00030036</t>
   </si>
   <si>
-    <t>CL11 100V-0.022uF 5% (TS01, K73-9) (223)</t>
-[...2 lines deleted...]
-    <t>Конденсатор CL11 100V-0.022uF 5% (TS01, K73-9) (223)</t>
+    <t>TS01002A223JSB0B0R</t>
+  </si>
+  <si>
+    <t>CL11 100V-0.022uF 5% (P:5mm) (TS01, K73-9) (223)</t>
+  </si>
+  <si>
+    <t>10-00030040</t>
+  </si>
+  <si>
+    <t>SUNTAN</t>
+  </si>
+  <si>
+    <t>TMCF01-223J100VP4.5B</t>
+  </si>
+  <si>
+    <t>CL11 100V-0.022uF 5% (TMCF01-223J100VP4.5B) (TS01, K73-9) (223)</t>
   </si>
   <si>
     <t>10-00030031</t>
   </si>
   <si>
     <t>TOPMAY</t>
-  </si>
-[...10 lines deleted...]
-    <t>SUNTAN</t>
   </si>
   <si>
     <t>TS01002A104JSB0C0R</t>
   </si>
   <si>
     <t>CL11 100V-0.10uF 5% (TS01, K73-9) (104)</t>
   </si>
   <si>
     <t>CL11 100V-0.22uF 5% (TS01, K73-9) (P:7.5mm) (224)</t>
   </si>
   <si>
     <t>Конденсатор CL11 100V-0.22uF 5% (TS01, K73-9) (P:7.5mm) (224)</t>
   </si>
   <si>
     <t>CL11 250V-0.01uF 10% (P:3mm) (TS01, K73-9)</t>
   </si>
   <si>
     <t>Конденсатор CL11 250V-0.01uF 10% (P:3mm) (TS01, K73-9)</t>
   </si>
   <si>
     <t>10-00030032</t>
   </si>
   <si>
     <t>TS01002E103JSB0Q0R</t>
   </si>
@@ -1209,355 +1209,355 @@
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K11" s="15">
-        <v>0.01319</v>
+        <v>0.011</v>
       </c>
       <c r="L11" s="15">
-        <v>0.0123</v>
+        <v>0.011</v>
       </c>
       <c r="M11" s="15">
-        <v>0.01198</v>
+        <v>0.011</v>
       </c>
       <c r="N11" s="15">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K12" s="15">
-        <v>0.011</v>
+        <v>0.01319</v>
       </c>
       <c r="L12" s="15">
-        <v>0.011</v>
+        <v>0.0123</v>
       </c>
       <c r="M12" s="15">
-        <v>0.011</v>
+        <v>0.01198</v>
       </c>
       <c r="N12" s="15">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10000017596</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04434</v>
       </c>
       <c r="L13" s="15">
         <v>0.03326</v>
       </c>
       <c r="M13" s="15">
         <v>0.03203</v>
       </c>
       <c r="N13" s="15">
-        <v>14885</v>
+        <v>19137</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000010059</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>500</v>
       </c>
       <c r="K14" s="15">
         <v>0.11001</v>
       </c>
       <c r="L14" s="15">
         <v>0.05844</v>
       </c>
       <c r="M14" s="15">
         <v>0.04984</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.01109</v>
       </c>
       <c r="L15" s="15">
         <v>0.01031</v>
       </c>
       <c r="M15" s="15">
         <v>0.009979999999999999</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15">
         <v>10080009052</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.0234</v>
       </c>
       <c r="L16" s="15">
         <v>0.02217</v>
       </c>
       <c r="M16" s="15">
         <v>0.02094</v>
       </c>
       <c r="N16" s="15">
         <v>50</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.06526999999999999</v>
       </c>
       <c r="L17" s="15">
         <v>0.06158</v>
       </c>
       <c r="M17" s="15">
         <v>0.05912</v>
       </c>
       <c r="N17" s="15">
-        <v>1842</v>
+        <v>2308</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10000008682</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03818</v>
       </c>
       <c r="L18" s="15">
         <v>0.03572</v>
       </c>
       <c r="M18" s="15">
         <v>0.03449</v>
       </c>
       <c r="N18" s="15">
-        <v>20704</v>
+        <v>21982</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.03215</v>
       </c>
       <c r="L19" s="15">
         <v>0.02993</v>
       </c>
       <c r="M19" s="15">
         <v>0.02883</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
@@ -1624,162 +1624,162 @@
       <c r="M21" s="15">
         <v>0.008710000000000001</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080042334</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>500</v>
       </c>
       <c r="K22" s="15">
         <v>0.01305</v>
       </c>
       <c r="L22" s="15">
         <v>0.00944</v>
       </c>
       <c r="M22" s="15">
         <v>0.00825</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.02004</v>
       </c>
       <c r="L23" s="15">
         <v>0.01603</v>
       </c>
       <c r="M23" s="15">
         <v>0.01489</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.0153</v>
       </c>
       <c r="L24" s="15">
         <v>0.01225</v>
       </c>
       <c r="M24" s="15">
         <v>0.01136</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.016</v>
       </c>
       <c r="L25" s="15">
         <v>0.01157</v>
       </c>
       <c r="M25" s="15">
         <v>0.0101</v>
       </c>
       <c r="N25" s="15">
         <v>94</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
@@ -1811,166 +1811,166 @@
       <c r="M26" s="15">
         <v>0.0137</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="15">
         <v>10080009053</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01747</v>
       </c>
       <c r="L27" s="15">
         <v>0.01264</v>
       </c>
       <c r="M27" s="15">
         <v>0.01103</v>
       </c>
       <c r="N27" s="15">
-        <v>5894</v>
+        <v>5552</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.02044</v>
       </c>
       <c r="L28" s="15">
         <v>0.01465</v>
       </c>
       <c r="M28" s="15">
         <v>0.01272</v>
       </c>
       <c r="N28" s="15">
-        <v>1639</v>
+        <v>1664</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.02262</v>
       </c>
       <c r="L29" s="15">
         <v>0.02117</v>
       </c>
       <c r="M29" s="15">
         <v>0.0205</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="15">
         <v>10000020645</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.04681</v>
       </c>
       <c r="L30" s="15">
         <v>0.04557</v>
       </c>
       <c r="M30" s="15">
         <v>0.04434</v>
       </c>
       <c r="N30" s="15">
         <v>10</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
@@ -2000,86 +2000,86 @@
       <c r="M31" s="15">
         <v>0.04083</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
         <v>0.0483</v>
       </c>
       <c r="L32" s="15">
         <v>0.0314</v>
       </c>
       <c r="M32" s="15">
         <v>0.02657</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>200</v>
       </c>
       <c r="K33" s="15">
         <v>0.042</v>
       </c>
       <c r="L33" s="15">
         <v>0.042</v>
       </c>
       <c r="M33" s="15">
         <v>0.042</v>
       </c>
       <c r="N33" s="15">
         <v>32</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>