--- v0 (2025-12-06)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1452,51 +1452,51 @@
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
         <v>0.116</v>
       </c>
       <c r="L18" s="15">
         <v>0.116</v>
       </c>
       <c r="M18" s="15">
         <v>0.116</v>
       </c>
       <c r="N18" s="15">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1250</v>
@@ -1600,90 +1600,90 @@
       <c r="D22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.54</v>
       </c>
       <c r="L22" s="15">
         <v>0.54</v>
       </c>
       <c r="M22" s="15">
         <v>0.54</v>
       </c>
       <c r="N22" s="15">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.265</v>
       </c>
       <c r="L23" s="15">
         <v>0.265</v>
       </c>
       <c r="M23" s="15">
         <v>0.265</v>
       </c>
       <c r="N23" s="15">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I24" s="15"/>