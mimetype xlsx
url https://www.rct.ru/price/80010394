--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1452,51 +1452,51 @@
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
         <v>0.116</v>
       </c>
       <c r="L18" s="15">
         <v>0.116</v>
       </c>
       <c r="M18" s="15">
         <v>0.116</v>
       </c>
       <c r="N18" s="15">
-        <v>666</v>
+        <v>551</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1250</v>
@@ -1600,90 +1600,90 @@
       <c r="D22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.54</v>
       </c>
       <c r="L22" s="15">
         <v>0.54</v>
       </c>
       <c r="M22" s="15">
         <v>0.54</v>
       </c>
       <c r="N22" s="15">
-        <v>181</v>
+        <v>222</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.265</v>
       </c>
       <c r="L23" s="15">
         <v>0.265</v>
       </c>
       <c r="M23" s="15">
         <v>0.265</v>
       </c>
       <c r="N23" s="15">
-        <v>382</v>
+        <v>465</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I24" s="15"/>