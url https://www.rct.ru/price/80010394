--- v2 (2026-01-10)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1452,51 +1452,51 @@
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
         <v>0.116</v>
       </c>
       <c r="L18" s="15">
         <v>0.116</v>
       </c>
       <c r="M18" s="15">
         <v>0.116</v>
       </c>
       <c r="N18" s="15">
-        <v>551</v>
+        <v>800</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1250</v>
@@ -1600,90 +1600,90 @@
       <c r="D22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.54</v>
       </c>
       <c r="L22" s="15">
         <v>0.54</v>
       </c>
       <c r="M22" s="15">
         <v>0.54</v>
       </c>
       <c r="N22" s="15">
-        <v>222</v>
+        <v>176</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.265</v>
       </c>
       <c r="L23" s="15">
         <v>0.265</v>
       </c>
       <c r="M23" s="15">
         <v>0.265</v>
       </c>
       <c r="N23" s="15">
-        <v>465</v>
+        <v>418</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I24" s="15"/>