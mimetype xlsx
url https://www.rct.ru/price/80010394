--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1452,51 +1452,51 @@
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
         <v>0.116</v>
       </c>
       <c r="L18" s="15">
         <v>0.116</v>
       </c>
       <c r="M18" s="15">
         <v>0.116</v>
       </c>
       <c r="N18" s="15">
-        <v>800</v>
+        <v>587</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1250</v>
@@ -1600,90 +1600,90 @@
       <c r="D22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.54</v>
       </c>
       <c r="L22" s="15">
         <v>0.54</v>
       </c>
       <c r="M22" s="15">
         <v>0.54</v>
       </c>
       <c r="N22" s="15">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.265</v>
       </c>
       <c r="L23" s="15">
         <v>0.265</v>
       </c>
       <c r="M23" s="15">
         <v>0.265</v>
       </c>
       <c r="N23" s="15">
-        <v>418</v>
+        <v>320</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I24" s="15"/>