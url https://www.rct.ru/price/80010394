--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1452,51 +1452,51 @@
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
         <v>0.116</v>
       </c>
       <c r="L18" s="15">
         <v>0.116</v>
       </c>
       <c r="M18" s="15">
         <v>0.116</v>
       </c>
       <c r="N18" s="15">
-        <v>587</v>
+        <v>675</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1250</v>
@@ -1600,90 +1600,90 @@
       <c r="D22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.54</v>
       </c>
       <c r="L22" s="15">
         <v>0.54</v>
       </c>
       <c r="M22" s="15">
         <v>0.54</v>
       </c>
       <c r="N22" s="15">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.265</v>
       </c>
       <c r="L23" s="15">
         <v>0.265</v>
       </c>
       <c r="M23" s="15">
         <v>0.265</v>
       </c>
       <c r="N23" s="15">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I24" s="15"/>