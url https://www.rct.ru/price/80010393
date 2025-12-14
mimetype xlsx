--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -515,50 +515,53 @@
     <t>MPX-X2-0.33uF -275VAC 10% (P:22,5mm) (L-KLS10-X2-334K275-P22.5)</t>
   </si>
   <si>
     <t>TS08H0A9334KRB0G0R</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -275VAC 10% (P:22,5mm) TS08H0A9334KRB0G0R</t>
   </si>
   <si>
     <t>L-KLS10-X2-334K310-P15-C</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -310VAC 10% (P:15mm) L-KLS10-X2-334K310-P15-C</t>
   </si>
   <si>
     <t>UT-00100545</t>
   </si>
   <si>
     <t>TS08H0A9334KCB0E0R</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -310VAC 10% (P:15mm) TS08H0A9334KCB0E0R</t>
   </si>
   <si>
     <t>UT-00146998</t>
+  </si>
+  <si>
+    <t>21.04.2026</t>
   </si>
   <si>
     <t>TS08H0A9334KCB0IFR</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF-310VAC 10% (P:27,5mm) TS08H0A9334KCB0IFR</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-0.47uF-275VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>TS08S</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:22,5mm) TS08S</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:22.5mm)</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-0.47uF-275VAC 10% (P:22.5mm)</t>
   </si>
@@ -1696,129 +1699,129 @@
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.52459</v>
       </c>
       <c r="L13" s="15">
         <v>0.52459</v>
       </c>
       <c r="M13" s="15">
         <v>0.52459</v>
       </c>
       <c r="N13" s="15">
-        <v>3200</v>
+        <v>2680</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.203</v>
       </c>
       <c r="L14" s="15">
         <v>0.203</v>
       </c>
       <c r="M14" s="15">
         <v>0.203</v>
       </c>
       <c r="N14" s="15">
-        <v>128</v>
+        <v>156</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1500</v>
       </c>
       <c r="K15" s="15">
         <v>0.18547</v>
       </c>
       <c r="L15" s="15">
         <v>0.18547</v>
       </c>
       <c r="M15" s="15">
         <v>0.18547</v>
       </c>
       <c r="N15" s="15">
-        <v>179</v>
+        <v>137</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080031559</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
@@ -1887,51 +1890,51 @@
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03954</v>
       </c>
       <c r="L18" s="15">
         <v>0.02861</v>
       </c>
       <c r="M18" s="15">
         <v>0.02496</v>
       </c>
       <c r="N18" s="15">
-        <v>9249</v>
+        <v>9279</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15">
         <v>10080053613</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="15"/>
@@ -2075,130 +2078,128 @@
       </c>
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.08126</v>
       </c>
       <c r="L23" s="15">
         <v>0.05879</v>
       </c>
       <c r="M23" s="15">
         <v>0.0513</v>
       </c>
-      <c r="N23" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="15">
         <v>10080066762</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.03698</v>
       </c>
       <c r="L24" s="15">
         <v>0.02675</v>
       </c>
       <c r="M24" s="15">
         <v>0.02334</v>
       </c>
       <c r="N24" s="15">
-        <v>2560</v>
+        <v>2490</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15">
         <v>10080071878</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.04273</v>
       </c>
       <c r="L25" s="15">
         <v>0.03584</v>
       </c>
       <c r="M25" s="15">
         <v>0.03446</v>
       </c>
       <c r="N25" s="15">
-        <v>2050</v>
+        <v>1600</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="15">
         <v>10080009034</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15"/>
@@ -2267,129 +2268,129 @@
       <c r="D28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.03767</v>
       </c>
       <c r="L28" s="15">
         <v>0.02726</v>
       </c>
       <c r="M28" s="15">
         <v>0.02378</v>
       </c>
       <c r="N28" s="15">
-        <v>12653</v>
+        <v>11247</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E29" s="15">
         <v>10080051251</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.04273</v>
       </c>
       <c r="L29" s="15">
         <v>0.03584</v>
       </c>
       <c r="M29" s="15">
         <v>0.03446</v>
       </c>
       <c r="N29" s="15">
-        <v>7016</v>
+        <v>7815</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.05198</v>
       </c>
       <c r="L30" s="15">
         <v>0.03761</v>
       </c>
       <c r="M30" s="15">
         <v>0.03282</v>
       </c>
       <c r="N30" s="15">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E31" s="15">
         <v>10080071879</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I31" s="15"/>
@@ -2447,60 +2448,60 @@
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E33" s="15">
         <v>10080051252</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
-        <v>0.03942</v>
+        <v>0.05583</v>
       </c>
       <c r="L33" s="15">
-        <v>0.03771</v>
+        <v>0.04839</v>
       </c>
       <c r="M33" s="15">
-        <v>0.03771</v>
+        <v>0.04653</v>
       </c>
       <c r="N33" s="15">
-        <v>33600</v>
+        <v>26000</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="15">
         <v>10080047170</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I34" s="15"/>
@@ -2532,51 +2533,51 @@
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080053614</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
         <v>0.13649</v>
       </c>
       <c r="L35" s="15">
         <v>0.0975</v>
       </c>
       <c r="M35" s="15">
         <v>0.08449</v>
       </c>
       <c r="N35" s="15">
-        <v>644</v>
+        <v>711</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15">
         <v>10080009086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="15"/>
@@ -2832,133 +2833,133 @@
       </c>
       <c r="E43" s="15">
         <v>10080061092</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.04167</v>
       </c>
       <c r="L43" s="15">
         <v>0.03677</v>
       </c>
       <c r="M43" s="15">
         <v>0.03309</v>
       </c>
       <c r="N43" s="15">
-        <v>10629</v>
+        <v>7664</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E44" s="15">
         <v>10080074669</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.04969</v>
       </c>
       <c r="L44" s="15">
         <v>0.03595</v>
       </c>
       <c r="M44" s="15">
         <v>0.03137</v>
       </c>
       <c r="N44" s="15">
-        <v>84742</v>
+        <v>123012</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.04336</v>
       </c>
       <c r="L45" s="15">
         <v>0.03137</v>
       </c>
       <c r="M45" s="15">
         <v>0.02737</v>
       </c>
       <c r="N45" s="15">
-        <v>21930</v>
+        <v>19883</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>1000</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E46" s="15">
         <v>10080038099</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>36</v>
@@ -2996,51 +2997,51 @@
       </c>
       <c r="E47" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.04242</v>
       </c>
       <c r="L47" s="15">
         <v>0.03069</v>
       </c>
       <c r="M47" s="15">
         <v>0.02678</v>
       </c>
       <c r="N47" s="15">
-        <v>43848</v>
+        <v>34272</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I48" s="15"/>
@@ -3333,51 +3334,51 @@
       <c r="D56" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E56" s="15">
         <v>10080057185</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.05902</v>
       </c>
       <c r="L56" s="15">
         <v>0.0427</v>
       </c>
       <c r="M56" s="15">
         <v>0.03726</v>
       </c>
       <c r="N56" s="15">
-        <v>38571</v>
+        <v>30659</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E57" s="15">
         <v>10080058934</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I57" s="15"/>
@@ -3437,60 +3438,60 @@
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E59" s="15">
         <v>10080053615</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
-        <v>0.08620999999999999</v>
+        <v>0.08999</v>
       </c>
       <c r="L59" s="15">
-        <v>0.07607</v>
+        <v>0.07799</v>
       </c>
       <c r="M59" s="15">
-        <v>0.06845999999999999</v>
+        <v>0.07499</v>
       </c>
       <c r="N59" s="15">
-        <v>1380</v>
+        <v>1600</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E60" s="15">
         <v>10080009036</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I60" s="15"/>
@@ -3559,90 +3560,90 @@
       <c r="D62" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E62" s="15">
         <v>10080038101</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.19026</v>
       </c>
       <c r="L62" s="15">
         <v>0.10977</v>
       </c>
       <c r="M62" s="15">
         <v>0.09877</v>
       </c>
       <c r="N62" s="15">
-        <v>490</v>
+        <v>632</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E63" s="15">
         <v>10080033917</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>200</v>
       </c>
       <c r="K63" s="15">
         <v>0.07292999999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.06976</v>
       </c>
       <c r="M63" s="15">
         <v>0.06976</v>
       </c>
       <c r="N63" s="15">
-        <v>3220</v>
+        <v>3174</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I64" s="15"/>
@@ -3665,1215 +3666,1217 @@
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
-        <v>0.04451</v>
+        <v>0.05538</v>
       </c>
       <c r="L65" s="15">
-        <v>0.03927</v>
+        <v>0.048</v>
       </c>
       <c r="M65" s="15">
-        <v>0.03534</v>
+        <v>0.04615</v>
       </c>
       <c r="N65" s="15">
-        <v>2550</v>
+        <v>2400</v>
       </c>
       <c r="O65" s="15">
-        <v>4250</v>
-[...1 lines deleted...]
-      <c r="P65" s="15"/>
+        <v>4000</v>
+      </c>
+      <c r="P65" s="15" t="s">
+        <v>167</v>
+      </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E66" s="15">
         <v>10080071544</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.15401</v>
       </c>
       <c r="L66" s="15">
         <v>0.15401</v>
       </c>
       <c r="M66" s="15">
         <v>0.15401</v>
       </c>
       <c r="N66" s="15">
-        <v>3069</v>
+        <v>3565</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E67" s="15">
         <v>10080003198</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.2274</v>
       </c>
       <c r="L67" s="15">
         <v>0.12082</v>
       </c>
       <c r="M67" s="15">
         <v>0.10304</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E68" s="15">
         <v>10080018213</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>200</v>
       </c>
       <c r="K68" s="15">
         <v>0.27356</v>
       </c>
       <c r="L68" s="15">
         <v>0.14534</v>
       </c>
       <c r="M68" s="15">
         <v>0.12395</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E69" s="15">
         <v>10080018212</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.26191</v>
       </c>
       <c r="L69" s="15">
         <v>0.17857</v>
       </c>
       <c r="M69" s="15">
         <v>0.15477</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E70" s="15">
         <v>10080009035</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.15408</v>
       </c>
       <c r="L70" s="15">
         <v>0.14965</v>
       </c>
       <c r="M70" s="15">
         <v>0.1441</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E71" s="15">
         <v>10080003197</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>200</v>
       </c>
       <c r="K71" s="15">
         <v>0.09574000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.0803</v>
       </c>
       <c r="M71" s="15">
         <v>0.07721</v>
       </c>
       <c r="N71" s="15">
-        <v>6032</v>
+        <v>7888</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E72" s="15">
         <v>10080051273</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>200</v>
       </c>
       <c r="K72" s="15">
         <v>0.18501</v>
       </c>
       <c r="L72" s="15">
         <v>0.13386</v>
       </c>
       <c r="M72" s="15">
         <v>0.11681</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E73" s="15">
         <v>10080051274</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.15854</v>
       </c>
       <c r="L73" s="15">
         <v>0.11366</v>
       </c>
       <c r="M73" s="15">
         <v>0.09871000000000001</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E74" s="15">
         <v>10080057186</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>200</v>
       </c>
       <c r="K74" s="15">
-        <v>0.08464000000000001</v>
+        <v>0.09533999999999999</v>
       </c>
       <c r="L74" s="15">
-        <v>0.07469000000000001</v>
+        <v>0.08263</v>
       </c>
       <c r="M74" s="15">
-        <v>0.06722</v>
+        <v>0.07945000000000001</v>
       </c>
       <c r="N74" s="15">
-        <v>14023</v>
+        <v>15160</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E75" s="15">
         <v>10080038772</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>200</v>
       </c>
       <c r="K75" s="15">
         <v>0.35238</v>
       </c>
       <c r="L75" s="15">
         <v>0.24027</v>
       </c>
       <c r="M75" s="15">
         <v>0.20823</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E76" s="15">
         <v>10080074779</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.19185</v>
       </c>
       <c r="L76" s="15">
         <v>0.13881</v>
       </c>
       <c r="M76" s="15">
         <v>0.12113</v>
       </c>
       <c r="N76" s="15">
-        <v>1036</v>
+        <v>1209</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E77" s="15">
         <v>10080061087</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>200</v>
       </c>
       <c r="K77" s="15">
         <v>0.26549</v>
       </c>
       <c r="L77" s="15">
         <v>0.19035</v>
       </c>
       <c r="M77" s="15">
         <v>0.16531</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E78" s="15">
         <v>10080009038</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>200</v>
       </c>
       <c r="K78" s="15">
         <v>0.14671</v>
       </c>
       <c r="L78" s="15">
         <v>0.14671</v>
       </c>
       <c r="M78" s="15">
         <v>0.14671</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>200</v>
       </c>
       <c r="K79" s="15">
         <v>0.21602</v>
       </c>
       <c r="L79" s="15">
         <v>0.15629</v>
       </c>
       <c r="M79" s="15">
         <v>0.13638</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E80" s="15">
         <v>10080050314</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
         <v>0.46576</v>
       </c>
       <c r="L80" s="15">
         <v>0.31757</v>
       </c>
       <c r="M80" s="15">
         <v>0.27523</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>200</v>
       </c>
       <c r="K81" s="15">
         <v>0.2081</v>
       </c>
       <c r="L81" s="15">
         <v>0.15056</v>
       </c>
       <c r="M81" s="15">
         <v>0.13138</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.20847</v>
       </c>
       <c r="L82" s="15">
         <v>0.15083</v>
       </c>
       <c r="M82" s="15">
         <v>0.13162</v>
       </c>
       <c r="N82" s="15">
-        <v>582</v>
+        <v>757</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E83" s="15">
         <v>10080054771</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>200</v>
       </c>
       <c r="K83" s="15">
         <v>0.3241</v>
       </c>
       <c r="L83" s="15">
         <v>0.23151</v>
       </c>
       <c r="M83" s="15">
         <v>0.20064</v>
       </c>
       <c r="N83" s="15">
         <v>10</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>100</v>
       </c>
       <c r="K84" s="15">
         <v>0.26851</v>
       </c>
       <c r="L84" s="15">
         <v>0.19427</v>
       </c>
       <c r="M84" s="15">
         <v>0.16952</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.24878</v>
       </c>
       <c r="L85" s="15">
         <v>0.17999</v>
       </c>
       <c r="M85" s="15">
         <v>0.15707</v>
       </c>
       <c r="N85" s="15">
-        <v>268</v>
+        <v>294</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>1000</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E86" s="15">
         <v>10080057990</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
         <v>0.18792</v>
       </c>
       <c r="L86" s="15">
         <v>0.18792</v>
       </c>
       <c r="M86" s="15">
         <v>0.18792</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E87" s="15">
         <v>10080058935</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>100</v>
       </c>
       <c r="K87" s="15">
         <v>0.34705</v>
       </c>
       <c r="L87" s="15">
         <v>0.24883</v>
       </c>
       <c r="M87" s="15">
         <v>0.21609</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E88" s="15">
         <v>10080049222</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>50</v>
       </c>
       <c r="K88" s="15">
         <v>0.7315700000000001</v>
       </c>
       <c r="L88" s="15">
         <v>0.4988</v>
       </c>
       <c r="M88" s="15">
         <v>0.4323</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E89" s="15">
         <v>10080059630</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.18845</v>
       </c>
       <c r="L89" s="15">
         <v>0.18845</v>
       </c>
       <c r="M89" s="15">
         <v>0.18845</v>
       </c>
       <c r="N89" s="15">
-        <v>1469</v>
+        <v>1274</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E90" s="15">
         <v>10080067225</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>50</v>
       </c>
       <c r="K90" s="15">
         <v>0.54841</v>
       </c>
       <c r="L90" s="15">
         <v>0.3932</v>
       </c>
       <c r="M90" s="15">
         <v>0.34146</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E91" s="15">
         <v>10080037171</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>50</v>
       </c>
       <c r="K91" s="15">
         <v>1.03</v>
       </c>
       <c r="L91" s="15">
         <v>0.72749</v>
       </c>
       <c r="M91" s="15">
         <v>0.63364</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E92" s="15">
         <v>10080009039</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>100</v>
       </c>
       <c r="K92" s="15">
         <v>0.62852</v>
       </c>
       <c r="L92" s="15">
         <v>0.60856</v>
       </c>
       <c r="M92" s="15">
         <v>0.58861</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>50</v>
       </c>
       <c r="K93" s="15">
         <v>0.29264</v>
       </c>
       <c r="L93" s="15">
         <v>0.27491</v>
       </c>
       <c r="M93" s="15">
         <v>0.26493</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E94" s="15">
         <v>10080051275</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
         <v>0.7289600000000001</v>
       </c>
       <c r="L94" s="15">
         <v>0.5274</v>
       </c>
       <c r="M94" s="15">
         <v>0.46022</v>
       </c>
       <c r="N94" s="15">
-        <v>2533</v>
+        <v>2116</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E95" s="15">
         <v>10080058936</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>50</v>
       </c>
       <c r="K95" s="15">
         <v>0.36625</v>
       </c>
       <c r="L95" s="15">
         <v>0.36625</v>
       </c>
       <c r="M95" s="15">
         <v>0.36625</v>
       </c>
       <c r="N95" s="15">
-        <v>3919</v>
+        <v>3266</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2000</v>
       </c>
       <c r="K96" s="15">
         <v>0.45947</v>
       </c>
       <c r="L96" s="15">
         <v>0.38536</v>
       </c>
       <c r="M96" s="15">
         <v>0.37054</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14"/>
       <c r="C97" s="15"/>
       <c r="D97" s="15"/>
       <c r="E97" s="15"/>
@@ -4930,317 +4933,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>