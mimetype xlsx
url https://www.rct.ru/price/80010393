--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1699,129 +1699,129 @@
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.52459</v>
       </c>
       <c r="L13" s="15">
         <v>0.52459</v>
       </c>
       <c r="M13" s="15">
         <v>0.52459</v>
       </c>
       <c r="N13" s="15">
-        <v>2680</v>
+        <v>3120</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.203</v>
       </c>
       <c r="L14" s="15">
         <v>0.203</v>
       </c>
       <c r="M14" s="15">
         <v>0.203</v>
       </c>
       <c r="N14" s="15">
-        <v>156</v>
+        <v>124</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1500</v>
       </c>
       <c r="K15" s="15">
         <v>0.18547</v>
       </c>
       <c r="L15" s="15">
         <v>0.18547</v>
       </c>
       <c r="M15" s="15">
         <v>0.18547</v>
       </c>
       <c r="N15" s="15">
-        <v>137</v>
+        <v>161</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080031559</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
@@ -1890,51 +1890,51 @@
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03954</v>
       </c>
       <c r="L18" s="15">
         <v>0.02861</v>
       </c>
       <c r="M18" s="15">
         <v>0.02496</v>
       </c>
       <c r="N18" s="15">
-        <v>9279</v>
+        <v>8273</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15">
         <v>10080053613</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="15"/>
@@ -2078,128 +2078,130 @@
       </c>
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.08126</v>
       </c>
       <c r="L23" s="15">
         <v>0.05879</v>
       </c>
       <c r="M23" s="15">
         <v>0.0513</v>
       </c>
-      <c r="N23" s="15"/>
+      <c r="N23" s="15">
+        <v>5551</v>
+      </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="15">
         <v>10080066762</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.03698</v>
       </c>
       <c r="L24" s="15">
         <v>0.02675</v>
       </c>
       <c r="M24" s="15">
         <v>0.02334</v>
       </c>
       <c r="N24" s="15">
-        <v>2490</v>
+        <v>1890</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15">
         <v>10080071878</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.04273</v>
       </c>
       <c r="L25" s="15">
         <v>0.03584</v>
       </c>
       <c r="M25" s="15">
         <v>0.03446</v>
       </c>
       <c r="N25" s="15">
-        <v>1600</v>
+        <v>2000</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="15">
         <v>10080009034</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15"/>
@@ -2268,129 +2270,129 @@
       <c r="D28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.03767</v>
       </c>
       <c r="L28" s="15">
         <v>0.02726</v>
       </c>
       <c r="M28" s="15">
         <v>0.02378</v>
       </c>
       <c r="N28" s="15">
-        <v>11247</v>
+        <v>8998</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E29" s="15">
         <v>10080051251</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.04273</v>
       </c>
       <c r="L29" s="15">
         <v>0.03584</v>
       </c>
       <c r="M29" s="15">
         <v>0.03446</v>
       </c>
       <c r="N29" s="15">
-        <v>7815</v>
+        <v>5855</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.05198</v>
       </c>
       <c r="L30" s="15">
         <v>0.03761</v>
       </c>
       <c r="M30" s="15">
         <v>0.03282</v>
       </c>
       <c r="N30" s="15">
-        <v>595</v>
+        <v>773</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E31" s="15">
         <v>10080071879</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I31" s="15"/>
@@ -2457,51 +2459,51 @@
       <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E33" s="15">
         <v>10080051252</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.05583</v>
       </c>
       <c r="L33" s="15">
         <v>0.04839</v>
       </c>
       <c r="M33" s="15">
         <v>0.04653</v>
       </c>
       <c r="N33" s="15">
-        <v>26000</v>
+        <v>27201</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="15">
         <v>10080047170</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I34" s="15"/>
@@ -2533,51 +2535,51 @@
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080053614</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
         <v>0.13649</v>
       </c>
       <c r="L35" s="15">
         <v>0.0975</v>
       </c>
       <c r="M35" s="15">
         <v>0.08449</v>
       </c>
       <c r="N35" s="15">
-        <v>711</v>
+        <v>778</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15">
         <v>10080009086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="15"/>
@@ -2833,133 +2835,133 @@
       </c>
       <c r="E43" s="15">
         <v>10080061092</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.04167</v>
       </c>
       <c r="L43" s="15">
         <v>0.03677</v>
       </c>
       <c r="M43" s="15">
         <v>0.03309</v>
       </c>
       <c r="N43" s="15">
-        <v>7664</v>
+        <v>8405</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E44" s="15">
         <v>10080074669</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.04969</v>
       </c>
       <c r="L44" s="15">
         <v>0.03595</v>
       </c>
       <c r="M44" s="15">
         <v>0.03137</v>
       </c>
       <c r="N44" s="15">
-        <v>123012</v>
+        <v>83375</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.04336</v>
       </c>
       <c r="L45" s="15">
         <v>0.03137</v>
       </c>
       <c r="M45" s="15">
         <v>0.02737</v>
       </c>
       <c r="N45" s="15">
-        <v>19883</v>
+        <v>19340</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>1000</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E46" s="15">
         <v>10080038099</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>36</v>
@@ -2997,51 +2999,51 @@
       </c>
       <c r="E47" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.04242</v>
       </c>
       <c r="L47" s="15">
         <v>0.03069</v>
       </c>
       <c r="M47" s="15">
         <v>0.02678</v>
       </c>
       <c r="N47" s="15">
-        <v>34272</v>
+        <v>41832</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I48" s="15"/>
@@ -3295,90 +3297,90 @@
       <c r="D55" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>500</v>
       </c>
       <c r="K55" s="15">
         <v>0.11659</v>
       </c>
       <c r="L55" s="15">
         <v>0.08434999999999999</v>
       </c>
       <c r="M55" s="15">
         <v>0.07360999999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>82</v>
+        <v>32</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E56" s="15">
         <v>10080057185</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.05902</v>
       </c>
       <c r="L56" s="15">
         <v>0.0427</v>
       </c>
       <c r="M56" s="15">
         <v>0.03726</v>
       </c>
       <c r="N56" s="15">
-        <v>30659</v>
+        <v>44055</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E57" s="15">
         <v>10080058934</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I57" s="15"/>
@@ -3447,51 +3449,51 @@
       <c r="D59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E59" s="15">
         <v>10080053615</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.08999</v>
       </c>
       <c r="L59" s="15">
         <v>0.07799</v>
       </c>
       <c r="M59" s="15">
         <v>0.07499</v>
       </c>
       <c r="N59" s="15">
-        <v>1600</v>
+        <v>1220</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E60" s="15">
         <v>10080009036</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I60" s="15"/>
@@ -3560,90 +3562,90 @@
       <c r="D62" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E62" s="15">
         <v>10080038101</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.19026</v>
       </c>
       <c r="L62" s="15">
         <v>0.10977</v>
       </c>
       <c r="M62" s="15">
         <v>0.09877</v>
       </c>
       <c r="N62" s="15">
-        <v>632</v>
+        <v>671</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E63" s="15">
         <v>10080033917</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>200</v>
       </c>
       <c r="K63" s="15">
         <v>0.07292999999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.06976</v>
       </c>
       <c r="M63" s="15">
         <v>0.06976</v>
       </c>
       <c r="N63" s="15">
-        <v>3174</v>
+        <v>3772</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I64" s="15"/>
@@ -3675,94 +3677,94 @@
       <c r="D65" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.05538</v>
       </c>
       <c r="L65" s="15">
         <v>0.048</v>
       </c>
       <c r="M65" s="15">
         <v>0.04615</v>
       </c>
       <c r="N65" s="15">
-        <v>2400</v>
+        <v>1980</v>
       </c>
       <c r="O65" s="15">
-        <v>4000</v>
+        <v>3300</v>
       </c>
       <c r="P65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E66" s="15">
         <v>10080071544</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.15401</v>
       </c>
       <c r="L66" s="15">
         <v>0.15401</v>
       </c>
       <c r="M66" s="15">
         <v>0.15401</v>
       </c>
       <c r="N66" s="15">
-        <v>3565</v>
+        <v>3294</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E67" s="15">
         <v>10080003198</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I67" s="15"/>
@@ -3905,51 +3907,51 @@
       <c r="D71" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E71" s="15">
         <v>10080003197</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>200</v>
       </c>
       <c r="K71" s="15">
         <v>0.09574000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.0803</v>
       </c>
       <c r="M71" s="15">
         <v>0.07721</v>
       </c>
       <c r="N71" s="15">
-        <v>7888</v>
+        <v>7146</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E72" s="15">
         <v>10080051273</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I72" s="15"/>
@@ -4018,51 +4020,51 @@
       <c r="D74" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E74" s="15">
         <v>10080057186</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>200</v>
       </c>
       <c r="K74" s="15">
         <v>0.09533999999999999</v>
       </c>
       <c r="L74" s="15">
         <v>0.08263</v>
       </c>
       <c r="M74" s="15">
         <v>0.07945000000000001</v>
       </c>
       <c r="N74" s="15">
-        <v>15160</v>
+        <v>15350</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E75" s="15">
         <v>10080038772</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I75" s="15"/>
@@ -4092,51 +4094,51 @@
         <v>186</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E76" s="15">
         <v>10080074779</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.19185</v>
       </c>
       <c r="L76" s="15">
         <v>0.13881</v>
       </c>
       <c r="M76" s="15">
         <v>0.12113</v>
       </c>
       <c r="N76" s="15">
-        <v>1209</v>
+        <v>1240</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E77" s="15">
         <v>10080061087</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I77" s="15"/>
@@ -4316,51 +4318,51 @@
       <c r="D82" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>200</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.20847</v>
       </c>
       <c r="L82" s="15">
         <v>0.15083</v>
       </c>
       <c r="M82" s="15">
         <v>0.13162</v>
       </c>
       <c r="N82" s="15">
-        <v>757</v>
+        <v>854</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E83" s="15">
         <v>10080054771</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I83" s="15"/>
@@ -4431,51 +4433,51 @@
       <c r="D85" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>208</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.24878</v>
       </c>
       <c r="L85" s="15">
         <v>0.17999</v>
       </c>
       <c r="M85" s="15">
         <v>0.15707</v>
       </c>
       <c r="N85" s="15">
-        <v>294</v>
+        <v>333</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>1000</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>209</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E86" s="15">
         <v>10080057990</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>43</v>
@@ -4583,51 +4585,51 @@
       <c r="D89" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E89" s="15">
         <v>10080059630</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.18845</v>
       </c>
       <c r="L89" s="15">
         <v>0.18845</v>
       </c>
       <c r="M89" s="15">
         <v>0.18845</v>
       </c>
       <c r="N89" s="15">
-        <v>1274</v>
+        <v>1575</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E90" s="15">
         <v>10080067225</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I90" s="15"/>
@@ -4770,90 +4772,90 @@
       <c r="D94" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E94" s="15">
         <v>10080051275</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
         <v>0.7289600000000001</v>
       </c>
       <c r="L94" s="15">
         <v>0.5274</v>
       </c>
       <c r="M94" s="15">
         <v>0.46022</v>
       </c>
       <c r="N94" s="15">
-        <v>2116</v>
+        <v>1878</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E95" s="15">
         <v>10080058936</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>50</v>
       </c>
       <c r="K95" s="15">
         <v>0.36625</v>
       </c>
       <c r="L95" s="15">
         <v>0.36625</v>
       </c>
       <c r="M95" s="15">
         <v>0.36625</v>
       </c>
       <c r="N95" s="15">
-        <v>3266</v>
+        <v>3832</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>226</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>228</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>229</v>
       </c>
       <c r="I96" s="15"/>