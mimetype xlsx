--- v2 (2025-12-16)
+++ v3 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1699,129 +1699,129 @@
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.52459</v>
       </c>
       <c r="L13" s="15">
         <v>0.52459</v>
       </c>
       <c r="M13" s="15">
         <v>0.52459</v>
       </c>
       <c r="N13" s="15">
-        <v>3120</v>
+        <v>2680</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.203</v>
       </c>
       <c r="L14" s="15">
         <v>0.203</v>
       </c>
       <c r="M14" s="15">
         <v>0.203</v>
       </c>
       <c r="N14" s="15">
-        <v>124</v>
+        <v>156</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1500</v>
       </c>
       <c r="K15" s="15">
         <v>0.18547</v>
       </c>
       <c r="L15" s="15">
         <v>0.18547</v>
       </c>
       <c r="M15" s="15">
         <v>0.18547</v>
       </c>
       <c r="N15" s="15">
-        <v>161</v>
+        <v>190</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080031559</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
@@ -1890,51 +1890,51 @@
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03954</v>
       </c>
       <c r="L18" s="15">
         <v>0.02861</v>
       </c>
       <c r="M18" s="15">
         <v>0.02496</v>
       </c>
       <c r="N18" s="15">
-        <v>8273</v>
+        <v>9167</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15">
         <v>10080053613</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="15"/>
@@ -2079,90 +2079,90 @@
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.08126</v>
       </c>
       <c r="L23" s="15">
         <v>0.05879</v>
       </c>
       <c r="M23" s="15">
         <v>0.0513</v>
       </c>
       <c r="N23" s="15">
-        <v>5551</v>
+        <v>7098</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="15">
         <v>10080066762</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.03698</v>
       </c>
       <c r="L24" s="15">
         <v>0.02675</v>
       </c>
       <c r="M24" s="15">
         <v>0.02334</v>
       </c>
       <c r="N24" s="15">
-        <v>1890</v>
+        <v>2160</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15">
         <v>10080071878</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I25" s="15"/>
@@ -2270,129 +2270,129 @@
       <c r="D28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.03767</v>
       </c>
       <c r="L28" s="15">
         <v>0.02726</v>
       </c>
       <c r="M28" s="15">
         <v>0.02378</v>
       </c>
       <c r="N28" s="15">
-        <v>8998</v>
+        <v>9560</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E29" s="15">
         <v>10080051251</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.04273</v>
       </c>
       <c r="L29" s="15">
         <v>0.03584</v>
       </c>
       <c r="M29" s="15">
         <v>0.03446</v>
       </c>
       <c r="N29" s="15">
-        <v>5855</v>
+        <v>5500</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.05198</v>
       </c>
       <c r="L30" s="15">
         <v>0.03761</v>
       </c>
       <c r="M30" s="15">
         <v>0.03282</v>
       </c>
       <c r="N30" s="15">
-        <v>773</v>
+        <v>533</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E31" s="15">
         <v>10080071879</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I31" s="15"/>
@@ -2459,51 +2459,51 @@
       <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E33" s="15">
         <v>10080051252</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.05583</v>
       </c>
       <c r="L33" s="15">
         <v>0.04839</v>
       </c>
       <c r="M33" s="15">
         <v>0.04653</v>
       </c>
       <c r="N33" s="15">
-        <v>27201</v>
+        <v>34800</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="15">
         <v>10080047170</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I34" s="15"/>
@@ -2535,51 +2535,51 @@
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080053614</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
         <v>0.13649</v>
       </c>
       <c r="L35" s="15">
         <v>0.0975</v>
       </c>
       <c r="M35" s="15">
         <v>0.08449</v>
       </c>
       <c r="N35" s="15">
-        <v>778</v>
+        <v>845</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15">
         <v>10080009086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="15"/>
@@ -2835,133 +2835,133 @@
       </c>
       <c r="E43" s="15">
         <v>10080061092</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.04167</v>
       </c>
       <c r="L43" s="15">
         <v>0.03677</v>
       </c>
       <c r="M43" s="15">
         <v>0.03309</v>
       </c>
       <c r="N43" s="15">
-        <v>8405</v>
+        <v>8776</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E44" s="15">
         <v>10080074669</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.04969</v>
       </c>
       <c r="L44" s="15">
         <v>0.03595</v>
       </c>
       <c r="M44" s="15">
         <v>0.03137</v>
       </c>
       <c r="N44" s="15">
-        <v>83375</v>
+        <v>117115</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.04336</v>
       </c>
       <c r="L45" s="15">
         <v>0.03137</v>
       </c>
       <c r="M45" s="15">
         <v>0.02737</v>
       </c>
       <c r="N45" s="15">
-        <v>19340</v>
+        <v>8568</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>1000</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E46" s="15">
         <v>10080038099</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>36</v>
@@ -2999,51 +2999,51 @@
       </c>
       <c r="E47" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.04242</v>
       </c>
       <c r="L47" s="15">
         <v>0.03069</v>
       </c>
       <c r="M47" s="15">
         <v>0.02678</v>
       </c>
       <c r="N47" s="15">
-        <v>41832</v>
+        <v>33264</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I48" s="15"/>
@@ -3336,51 +3336,51 @@
       <c r="D56" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E56" s="15">
         <v>10080057185</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.05902</v>
       </c>
       <c r="L56" s="15">
         <v>0.0427</v>
       </c>
       <c r="M56" s="15">
         <v>0.03726</v>
       </c>
       <c r="N56" s="15">
-        <v>44055</v>
+        <v>40139</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E57" s="15">
         <v>10080058934</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I57" s="15"/>
@@ -3449,51 +3449,51 @@
       <c r="D59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E59" s="15">
         <v>10080053615</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.08999</v>
       </c>
       <c r="L59" s="15">
         <v>0.07799</v>
       </c>
       <c r="M59" s="15">
         <v>0.07499</v>
       </c>
       <c r="N59" s="15">
-        <v>1220</v>
+        <v>1320</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E60" s="15">
         <v>10080009036</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I60" s="15"/>
@@ -3562,90 +3562,90 @@
       <c r="D62" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E62" s="15">
         <v>10080038101</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.19026</v>
       </c>
       <c r="L62" s="15">
         <v>0.10977</v>
       </c>
       <c r="M62" s="15">
         <v>0.09877</v>
       </c>
       <c r="N62" s="15">
-        <v>671</v>
+        <v>695</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E63" s="15">
         <v>10080033917</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>200</v>
       </c>
       <c r="K63" s="15">
         <v>0.07292999999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.06976</v>
       </c>
       <c r="M63" s="15">
         <v>0.06976</v>
       </c>
       <c r="N63" s="15">
-        <v>3772</v>
+        <v>3634</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I64" s="15"/>
@@ -3677,94 +3677,94 @@
       <c r="D65" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.05538</v>
       </c>
       <c r="L65" s="15">
         <v>0.048</v>
       </c>
       <c r="M65" s="15">
         <v>0.04615</v>
       </c>
       <c r="N65" s="15">
-        <v>1980</v>
+        <v>2370</v>
       </c>
       <c r="O65" s="15">
-        <v>3300</v>
+        <v>3950</v>
       </c>
       <c r="P65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E66" s="15">
         <v>10080071544</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.15401</v>
       </c>
       <c r="L66" s="15">
         <v>0.15401</v>
       </c>
       <c r="M66" s="15">
         <v>0.15401</v>
       </c>
       <c r="N66" s="15">
-        <v>3294</v>
+        <v>3926</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E67" s="15">
         <v>10080003198</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I67" s="15"/>
@@ -3907,51 +3907,51 @@
       <c r="D71" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E71" s="15">
         <v>10080003197</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>200</v>
       </c>
       <c r="K71" s="15">
         <v>0.09574000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.0803</v>
       </c>
       <c r="M71" s="15">
         <v>0.07721</v>
       </c>
       <c r="N71" s="15">
-        <v>7146</v>
+        <v>7239</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E72" s="15">
         <v>10080051273</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I72" s="15"/>
@@ -4020,51 +4020,51 @@
       <c r="D74" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E74" s="15">
         <v>10080057186</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>200</v>
       </c>
       <c r="K74" s="15">
         <v>0.09533999999999999</v>
       </c>
       <c r="L74" s="15">
         <v>0.08263</v>
       </c>
       <c r="M74" s="15">
         <v>0.07945000000000001</v>
       </c>
       <c r="N74" s="15">
-        <v>15350</v>
+        <v>15918</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E75" s="15">
         <v>10080038772</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I75" s="15"/>
@@ -4094,51 +4094,51 @@
         <v>186</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E76" s="15">
         <v>10080074779</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.19185</v>
       </c>
       <c r="L76" s="15">
         <v>0.13881</v>
       </c>
       <c r="M76" s="15">
         <v>0.12113</v>
       </c>
       <c r="N76" s="15">
-        <v>1240</v>
+        <v>989</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E77" s="15">
         <v>10080061087</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I77" s="15"/>
@@ -4318,51 +4318,51 @@
       <c r="D82" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>200</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.20847</v>
       </c>
       <c r="L82" s="15">
         <v>0.15083</v>
       </c>
       <c r="M82" s="15">
         <v>0.13162</v>
       </c>
       <c r="N82" s="15">
-        <v>854</v>
+        <v>786</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E83" s="15">
         <v>10080054771</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I83" s="15"/>
@@ -4433,51 +4433,51 @@
       <c r="D85" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>208</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.24878</v>
       </c>
       <c r="L85" s="15">
         <v>0.17999</v>
       </c>
       <c r="M85" s="15">
         <v>0.15707</v>
       </c>
       <c r="N85" s="15">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>1000</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>209</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E86" s="15">
         <v>10080057990</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>43</v>
@@ -4585,51 +4585,51 @@
       <c r="D89" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E89" s="15">
         <v>10080059630</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.18845</v>
       </c>
       <c r="L89" s="15">
         <v>0.18845</v>
       </c>
       <c r="M89" s="15">
         <v>0.18845</v>
       </c>
       <c r="N89" s="15">
-        <v>1575</v>
+        <v>1239</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E90" s="15">
         <v>10080067225</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I90" s="15"/>
@@ -4772,90 +4772,90 @@
       <c r="D94" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E94" s="15">
         <v>10080051275</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
         <v>0.7289600000000001</v>
       </c>
       <c r="L94" s="15">
         <v>0.5274</v>
       </c>
       <c r="M94" s="15">
         <v>0.46022</v>
       </c>
       <c r="N94" s="15">
-        <v>1878</v>
+        <v>2176</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E95" s="15">
         <v>10080058936</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>50</v>
       </c>
       <c r="K95" s="15">
         <v>0.36625</v>
       </c>
       <c r="L95" s="15">
         <v>0.36625</v>
       </c>
       <c r="M95" s="15">
         <v>0.36625</v>
       </c>
       <c r="N95" s="15">
-        <v>3832</v>
+        <v>2656</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>226</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>228</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>229</v>
       </c>
       <c r="I96" s="15"/>