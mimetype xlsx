--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1699,129 +1699,129 @@
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.52459</v>
       </c>
       <c r="L13" s="15">
         <v>0.52459</v>
       </c>
       <c r="M13" s="15">
         <v>0.52459</v>
       </c>
       <c r="N13" s="15">
-        <v>2680</v>
+        <v>3160</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.203</v>
       </c>
       <c r="L14" s="15">
         <v>0.203</v>
       </c>
       <c r="M14" s="15">
         <v>0.203</v>
       </c>
       <c r="N14" s="15">
-        <v>156</v>
+        <v>180</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1500</v>
       </c>
       <c r="K15" s="15">
         <v>0.18547</v>
       </c>
       <c r="L15" s="15">
         <v>0.18547</v>
       </c>
       <c r="M15" s="15">
         <v>0.18547</v>
       </c>
       <c r="N15" s="15">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080031559</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
@@ -1881,60 +1881,60 @@
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
-        <v>0.03954</v>
+        <v>0.02897</v>
       </c>
       <c r="L18" s="15">
-        <v>0.02861</v>
+        <v>0.0251</v>
       </c>
       <c r="M18" s="15">
-        <v>0.02496</v>
+        <v>0.02414</v>
       </c>
       <c r="N18" s="15">
-        <v>9167</v>
+        <v>7126</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15">
         <v>10080053613</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="15"/>
@@ -1957,57 +1957,57 @@
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.04434</v>
+        <v>0.0267</v>
       </c>
       <c r="L20" s="15">
-        <v>0.03209</v>
+        <v>0.02314</v>
       </c>
       <c r="M20" s="15">
-        <v>0.02799</v>
+        <v>0.02225</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>1000</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
@@ -2079,129 +2079,129 @@
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.08126</v>
       </c>
       <c r="L23" s="15">
         <v>0.05879</v>
       </c>
       <c r="M23" s="15">
         <v>0.0513</v>
       </c>
       <c r="N23" s="15">
-        <v>7098</v>
+        <v>7553</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="15">
         <v>10080066762</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
-        <v>0.03698</v>
+        <v>0.02645</v>
       </c>
       <c r="L24" s="15">
-        <v>0.02675</v>
+        <v>0.02292</v>
       </c>
       <c r="M24" s="15">
-        <v>0.02334</v>
+        <v>0.02204</v>
       </c>
       <c r="N24" s="15">
-        <v>2160</v>
+        <v>1920</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15">
         <v>10080071878</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.04273</v>
       </c>
       <c r="L25" s="15">
         <v>0.03584</v>
       </c>
       <c r="M25" s="15">
         <v>0.03446</v>
       </c>
       <c r="N25" s="15">
-        <v>2000</v>
+        <v>1875</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="15">
         <v>10080009034</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15"/>
@@ -2261,138 +2261,138 @@
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
-        <v>0.03767</v>
+        <v>0.02703</v>
       </c>
       <c r="L28" s="15">
-        <v>0.02726</v>
+        <v>0.02343</v>
       </c>
       <c r="M28" s="15">
-        <v>0.02378</v>
+        <v>0.02253</v>
       </c>
       <c r="N28" s="15">
-        <v>9560</v>
+        <v>12090</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E29" s="15">
         <v>10080051251</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.04273</v>
       </c>
       <c r="L29" s="15">
         <v>0.03584</v>
       </c>
       <c r="M29" s="15">
         <v>0.03446</v>
       </c>
       <c r="N29" s="15">
-        <v>5500</v>
+        <v>5084</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
-        <v>0.05198</v>
+        <v>0.03203</v>
       </c>
       <c r="L30" s="15">
-        <v>0.03761</v>
+        <v>0.02776</v>
       </c>
       <c r="M30" s="15">
-        <v>0.03282</v>
+        <v>0.02669</v>
       </c>
       <c r="N30" s="15">
-        <v>533</v>
+        <v>640</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E31" s="15">
         <v>10080071879</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I31" s="15"/>
@@ -2459,51 +2459,51 @@
       <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E33" s="15">
         <v>10080051252</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.05583</v>
       </c>
       <c r="L33" s="15">
         <v>0.04839</v>
       </c>
       <c r="M33" s="15">
         <v>0.04653</v>
       </c>
       <c r="N33" s="15">
-        <v>34800</v>
+        <v>31200</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="15">
         <v>10080047170</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I34" s="15"/>
@@ -2535,51 +2535,51 @@
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080053614</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
         <v>0.13649</v>
       </c>
       <c r="L35" s="15">
         <v>0.0975</v>
       </c>
       <c r="M35" s="15">
         <v>0.08449</v>
       </c>
       <c r="N35" s="15">
-        <v>845</v>
+        <v>778</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15">
         <v>10080009086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="15"/>
@@ -2835,215 +2835,215 @@
       </c>
       <c r="E43" s="15">
         <v>10080061092</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.04167</v>
       </c>
       <c r="L43" s="15">
         <v>0.03677</v>
       </c>
       <c r="M43" s="15">
         <v>0.03309</v>
       </c>
       <c r="N43" s="15">
-        <v>8776</v>
+        <v>9023</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E44" s="15">
         <v>10080074669</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.04969</v>
       </c>
       <c r="L44" s="15">
         <v>0.03595</v>
       </c>
       <c r="M44" s="15">
         <v>0.03137</v>
       </c>
       <c r="N44" s="15">
-        <v>117115</v>
+        <v>72879</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.04336</v>
+        <v>0.03135</v>
       </c>
       <c r="L45" s="15">
-        <v>0.03137</v>
+        <v>0.02717</v>
       </c>
       <c r="M45" s="15">
-        <v>0.02737</v>
+        <v>0.02613</v>
       </c>
       <c r="N45" s="15">
-        <v>8568</v>
+        <v>5054</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>1000</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E46" s="15">
         <v>10080038099</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
-        <v>0.04802</v>
+        <v>0.03281</v>
       </c>
       <c r="L46" s="15">
-        <v>0.03475</v>
+        <v>0.02843</v>
       </c>
       <c r="M46" s="15">
-        <v>0.03031</v>
+        <v>0.02734</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
-        <v>0.04242</v>
+        <v>0.02945</v>
       </c>
       <c r="L47" s="15">
-        <v>0.03069</v>
+        <v>0.02552</v>
       </c>
       <c r="M47" s="15">
-        <v>0.02678</v>
+        <v>0.02454</v>
       </c>
       <c r="N47" s="15">
-        <v>33264</v>
+        <v>21297</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I48" s="15"/>
@@ -3140,57 +3140,57 @@
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
       </c>
       <c r="K51" s="15">
-        <v>0.10956</v>
+        <v>0.07538</v>
       </c>
       <c r="L51" s="15">
-        <v>0.07926999999999999</v>
+        <v>0.06533</v>
       </c>
       <c r="M51" s="15">
-        <v>0.06917</v>
+        <v>0.06281</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E52" s="15">
         <v>10080032599</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>43</v>
       </c>
@@ -3336,51 +3336,51 @@
       <c r="D56" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E56" s="15">
         <v>10080057185</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.05902</v>
       </c>
       <c r="L56" s="15">
         <v>0.0427</v>
       </c>
       <c r="M56" s="15">
         <v>0.03726</v>
       </c>
       <c r="N56" s="15">
-        <v>40139</v>
+        <v>31167</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E57" s="15">
         <v>10080058934</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I57" s="15"/>
@@ -3403,97 +3403,97 @@
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E58" s="15">
         <v>10080038100</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
-        <v>0.10054</v>
+        <v>0.05921</v>
       </c>
       <c r="L58" s="15">
-        <v>0.07275</v>
+        <v>0.05131</v>
       </c>
       <c r="M58" s="15">
-        <v>0.06347999999999999</v>
+        <v>0.04934</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E59" s="15">
         <v>10080053615</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.08999</v>
       </c>
       <c r="L59" s="15">
         <v>0.07799</v>
       </c>
       <c r="M59" s="15">
         <v>0.07499</v>
       </c>
       <c r="N59" s="15">
-        <v>1320</v>
+        <v>840</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E60" s="15">
         <v>10080009036</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I60" s="15"/>
@@ -3562,51 +3562,51 @@
       <c r="D62" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E62" s="15">
         <v>10080038101</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.19026</v>
       </c>
       <c r="L62" s="15">
         <v>0.10977</v>
       </c>
       <c r="M62" s="15">
         <v>0.09877</v>
       </c>
       <c r="N62" s="15">
-        <v>695</v>
+        <v>553</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E63" s="15">
         <v>10080033917</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I63" s="15"/>
@@ -3631,140 +3631,140 @@
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>200</v>
       </c>
       <c r="K64" s="15">
-        <v>0.11804</v>
+        <v>0.07163</v>
       </c>
       <c r="L64" s="15">
-        <v>0.0854</v>
+        <v>0.06208</v>
       </c>
       <c r="M64" s="15">
-        <v>0.07452</v>
+        <v>0.05969</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.05538</v>
       </c>
       <c r="L65" s="15">
         <v>0.048</v>
       </c>
       <c r="M65" s="15">
         <v>0.04615</v>
       </c>
       <c r="N65" s="15">
-        <v>2370</v>
+        <v>2550</v>
       </c>
       <c r="O65" s="15">
-        <v>3950</v>
+        <v>4250</v>
       </c>
       <c r="P65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E66" s="15">
         <v>10080071544</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.15401</v>
       </c>
       <c r="L66" s="15">
         <v>0.15401</v>
       </c>
       <c r="M66" s="15">
         <v>0.15401</v>
       </c>
       <c r="N66" s="15">
-        <v>3926</v>
+        <v>2843</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E67" s="15">
         <v>10080003198</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I67" s="15"/>
@@ -3907,87 +3907,87 @@
       <c r="D71" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E71" s="15">
         <v>10080003197</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>200</v>
       </c>
       <c r="K71" s="15">
         <v>0.09574000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.0803</v>
       </c>
       <c r="M71" s="15">
         <v>0.07721</v>
       </c>
       <c r="N71" s="15">
-        <v>7239</v>
+        <v>7610</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E72" s="15">
         <v>10080051273</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>200</v>
       </c>
       <c r="K72" s="15">
-        <v>0.18501</v>
+        <v>0.11591</v>
       </c>
       <c r="L72" s="15">
-        <v>0.13386</v>
+        <v>0.10045</v>
       </c>
       <c r="M72" s="15">
-        <v>0.11681</v>
+        <v>0.09659</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E73" s="15">
         <v>10080051274</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>36</v>
       </c>
@@ -4020,51 +4020,51 @@
       <c r="D74" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E74" s="15">
         <v>10080057186</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>200</v>
       </c>
       <c r="K74" s="15">
         <v>0.09533999999999999</v>
       </c>
       <c r="L74" s="15">
         <v>0.08263</v>
       </c>
       <c r="M74" s="15">
         <v>0.07945000000000001</v>
       </c>
       <c r="N74" s="15">
-        <v>15918</v>
+        <v>16297</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E75" s="15">
         <v>10080038772</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I75" s="15"/>
@@ -4094,51 +4094,51 @@
         <v>186</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E76" s="15">
         <v>10080074779</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.19185</v>
       </c>
       <c r="L76" s="15">
         <v>0.13881</v>
       </c>
       <c r="M76" s="15">
         <v>0.12113</v>
       </c>
       <c r="N76" s="15">
-        <v>989</v>
+        <v>942</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E77" s="15">
         <v>10080061087</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I77" s="15"/>
@@ -4198,57 +4198,57 @@
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>200</v>
       </c>
       <c r="K79" s="15">
-        <v>0.21602</v>
+        <v>0.12986</v>
       </c>
       <c r="L79" s="15">
-        <v>0.15629</v>
+        <v>0.11254</v>
       </c>
       <c r="M79" s="15">
-        <v>0.13638</v>
+        <v>0.10821</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E80" s="15">
         <v>10080050314</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>43</v>
       </c>
@@ -4309,60 +4309,60 @@
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>200</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
-        <v>0.20847</v>
+        <v>0.15075</v>
       </c>
       <c r="L82" s="15">
-        <v>0.15083</v>
+        <v>0.13065</v>
       </c>
       <c r="M82" s="15">
-        <v>0.13162</v>
+        <v>0.12563</v>
       </c>
       <c r="N82" s="15">
-        <v>786</v>
+        <v>602</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E83" s="15">
         <v>10080054771</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I83" s="15"/>
@@ -4424,60 +4424,60 @@
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>206</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>208</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
-        <v>0.24878</v>
+        <v>0.14931</v>
       </c>
       <c r="L85" s="15">
-        <v>0.17999</v>
+        <v>0.1294</v>
       </c>
       <c r="M85" s="15">
-        <v>0.15707</v>
+        <v>0.12443</v>
       </c>
       <c r="N85" s="15">
-        <v>342</v>
+        <v>96</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>1000</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>209</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E86" s="15">
         <v>10080057990</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>43</v>
@@ -4763,99 +4763,99 @@
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E94" s="15">
         <v>10080051275</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
-        <v>0.7289600000000001</v>
+        <v>0.44604</v>
       </c>
       <c r="L94" s="15">
-        <v>0.5274</v>
+        <v>0.38657</v>
       </c>
       <c r="M94" s="15">
-        <v>0.46022</v>
+        <v>0.3717</v>
       </c>
       <c r="N94" s="15">
-        <v>2176</v>
+        <v>2027</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E95" s="15">
         <v>10080058936</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>50</v>
       </c>
       <c r="K95" s="15">
         <v>0.36625</v>
       </c>
       <c r="L95" s="15">
         <v>0.36625</v>
       </c>
       <c r="M95" s="15">
         <v>0.36625</v>
       </c>
       <c r="N95" s="15">
-        <v>2656</v>
+        <v>3222</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>226</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>228</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>229</v>
       </c>
       <c r="I96" s="15"/>