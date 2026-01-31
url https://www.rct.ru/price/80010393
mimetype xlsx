--- v4 (2026-01-10)
+++ v5 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -199,65 +199,71 @@
   <si>
     <t>Конденсатор MPX-X2- 0.01uF-275VAC 10% (P:10mm) TS08S</t>
   </si>
   <si>
     <t>MPX-X2- 0.01uF-280VAC 10% (P:10mm) TS08</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2- 0.01uF-280VAC 10% (P:10mm) TS08</t>
   </si>
   <si>
     <t>10-00029978</t>
   </si>
   <si>
     <t>SUYANG</t>
   </si>
   <si>
     <t>L-KLS10-X2-103K310-P10</t>
   </si>
   <si>
     <t>MPX-X2- 0.01uF-310VAC 10% (P:10mm) (L-KLS10-X2-103K310-P10)</t>
   </si>
   <si>
     <t>10-00029919</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS10-X2-103K310-P10 KLS, </t>
+  </si>
+  <si>
     <t>TS08H0A9103KBB0D0R</t>
   </si>
   <si>
     <t>MPX-X2- 0.01uF-310VAC 10% (P:10mm) TS08H0A9103KBB0D0R</t>
   </si>
   <si>
     <t>L-KLS10-X2-223K310-P10</t>
   </si>
   <si>
     <t>MPX-X2- 0.022uF-310VAC 10% (P:10mm) (L-KLS10-X2-223K310-P10)</t>
   </si>
   <si>
     <t>UT-00102140</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS10-X2-223K310-P10 KLS, </t>
+  </si>
+  <si>
     <t>UT-00119215</t>
   </si>
   <si>
     <t>TS08H0A9223KBB0D0R</t>
   </si>
   <si>
     <t>MPX-X2- 0.022uF-310VAC 10% (P:10mm) TS08H0A9223KBB0D0R</t>
   </si>
   <si>
     <t>TS08H0A9223KAB0E0R</t>
   </si>
   <si>
     <t>18*11*5mm, P:15mm / MPX-X2- 0.022uF-310VAC 10% (P:15mm) TS08H0A9223KAB0E0R</t>
   </si>
   <si>
     <t>UT-00107184</t>
   </si>
   <si>
     <t>L-KLS10-X2-333K310-P10</t>
   </si>
   <si>
     <t>MPX-X2- 0.033uF-310VAC 10% (P:10mm) (L-KLS10-X2-333K310-P10)</t>
   </si>
   <si>
     <t>TS08H0A9333KBB0D0R</t>
@@ -268,50 +274,53 @@
   <si>
     <t>MPX-X2- 0.047uF-275VAC 10% (P:10mm) TS08</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2- 0.047uF-275VAC 10% (P:10mm) TS08</t>
   </si>
   <si>
     <t>HONG ZHI</t>
   </si>
   <si>
     <t>MPX-X2- 0.047uF-275VAC 10% (P:10mm) TS08S</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2- 0.047uF-275VAC 10% (P:10mm) TS08S</t>
   </si>
   <si>
     <t>L-KLS10-X2-473K310-P10</t>
   </si>
   <si>
     <t>MPX-X2- 0.047uF-310VAC 10% (P:10mm) (L-KLS10-X2-473K310-P10)</t>
   </si>
   <si>
     <t>UT-00098534</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS10-X2-473K310-P10 KLS, </t>
+  </si>
+  <si>
     <t>TS08H0A9473KBB0D0R</t>
   </si>
   <si>
     <t>MPX-X2- 0.047uF-310VAC 10% (P:10mm) TS08H0A9473KBB0D0R</t>
   </si>
   <si>
     <t>L-KLS10-X2-683K310-P10</t>
   </si>
   <si>
     <t>MPX-X2- 0.068uF-310VAC 10% (L-KLS10-X2-683K310-P10)</t>
   </si>
   <si>
     <t>10-00029917</t>
   </si>
   <si>
     <t>TS08H0A9683KBB0D0R</t>
   </si>
   <si>
     <t>MPX-X2- 0.068uF-310VAC 10% TS08H0A9683KBB0D0R</t>
   </si>
   <si>
     <t>MPX-X2-0.15uF (150nF ) -275VAC 10% P=15mm TS08S</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-0.15uF (150nF ) -275VAC 10% P=15mm TS08S</t>
@@ -517,71 +526,74 @@
   <si>
     <t>TS08H0A9334KRB0G0R</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -275VAC 10% (P:22,5mm) TS08H0A9334KRB0G0R</t>
   </si>
   <si>
     <t>L-KLS10-X2-334K310-P15-C</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -310VAC 10% (P:15mm) L-KLS10-X2-334K310-P15-C</t>
   </si>
   <si>
     <t>UT-00100545</t>
   </si>
   <si>
     <t>TS08H0A9334KCB0E0R</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -310VAC 10% (P:15mm) TS08H0A9334KCB0E0R</t>
   </si>
   <si>
     <t>UT-00146998</t>
   </si>
   <si>
-    <t>21.04.2026</t>
+    <t>23.04.2026</t>
   </si>
   <si>
     <t>TS08H0A9334KCB0IFR</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF-310VAC 10% (P:27,5mm) TS08H0A9334KCB0IFR</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-0.47uF-275VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>TS08S</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:22,5mm) TS08S</t>
   </si>
   <si>
+    <t xml:space="preserve">TS08S SUNTAN, </t>
+  </si>
+  <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:22.5mm)</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-0.47uF-275VAC 10% (P:22.5mm)</t>
   </si>
   <si>
     <t>TS08H0A9474KEB0E0R</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-310VAC 10% (P:15mm)  TS08H0A9474KEB0E0R</t>
   </si>
   <si>
     <t>L-KLS10-X2-474K310-P15</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-310VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>L-KLS10-X2-474K310-P22.5</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-310VAC 10% (P:22,5mm) TS08S (L-KLS10-X2-474K310-P22.5)</t>
   </si>
   <si>
     <t>TS08H0A9474KRB0G0R</t>
@@ -616,99 +628,105 @@
   <si>
     <t>L-KLS10-X2-105K275-P22.5</t>
   </si>
   <si>
     <t>MPX-X2-1uF -275VAC 10% (P:22.5mm) (L-KLS10-X2-105K275-P22.5)</t>
   </si>
   <si>
     <t>UT-00089642</t>
   </si>
   <si>
     <t>MPX-X2-1uF -275VAC 10% (P:27.5mm) TS08S</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-1uF -275VAC 10% (P:27.5mm) TS08S</t>
   </si>
   <si>
     <t>L-KLS10-X2-105K310-P22.5</t>
   </si>
   <si>
     <t>MPX-X2-1uF -310VAC 10% (P:22.5mm) (L-KLS10-X2-105K310-P22.5)</t>
   </si>
   <si>
     <t>10-00029929</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS10-X2-105K310-P22.5 KLS, </t>
+  </si>
+  <si>
     <t>UT-00119216</t>
   </si>
   <si>
     <t>MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08S (L-KLS10-X2-105K310-P27.5)</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08S (L-KLS10-X2-105K310-P27.5)</t>
   </si>
   <si>
     <t>TS08H0A9105KBB0G0R</t>
   </si>
   <si>
     <t>26.5*19*10mm / MPX-X2-1uF -310VAC 10% (P:22.5mm) TS08H0A9105KBB0G0R</t>
   </si>
   <si>
     <t>10-00029928</t>
   </si>
   <si>
     <t>L-KLS10-X2-105K310-P27.5</t>
   </si>
   <si>
     <t>(31.4x19.5x10.8мм) / MPX-X2-1uF -310VAC 10% (P:27.5mm) (L-KLS10-X2-105K310-P27.5)</t>
   </si>
   <si>
     <t>UT-00102142</t>
   </si>
   <si>
     <t>TS08H0A9105KAB0IJR</t>
   </si>
   <si>
     <t>31.5*19.5*10.8mm / MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08H0A9105KAB0IJR</t>
   </si>
   <si>
     <t>MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08S</t>
   </si>
   <si>
     <t>31.5*19.5*10.8mm / MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08S</t>
   </si>
   <si>
     <t>MPX-X2-2.2uF -275VAC 10% (P:27.5mm)</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-2.2uF -275VAC 10% (P:27.5mm)</t>
   </si>
   <si>
     <t>L-KLS10-X2-225K310-P27.5</t>
   </si>
   <si>
     <t>32.0*22.5*13.0mm (P:27.5mm) / MPX-X2-2.2uF -310VAC 10% (P:27.5mm) (L-KLS10-X2-225K310-P27.5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS10-X2-225K310-P27.5 KLS, </t>
   </si>
   <si>
     <t>TS08H0A9225KRB0I0R</t>
   </si>
   <si>
     <t>MPX-X2-2.2uF -310VAC 10% (P:27.5mm) TS08H0A9225KRB0I0R</t>
   </si>
   <si>
     <t>MPX-X2-3.3uF -275VAC 10% (P:27.5mm)</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-3.3uF -275VAC 10% (P:27.5mm)</t>
   </si>
   <si>
     <t>10-00029990</t>
   </si>
   <si>
     <t>L-KLS10-X2-335K310-P27.5</t>
   </si>
   <si>
     <t>MPX-X2-3.3uF -310VAC 10% (P:27.5mm)</t>
   </si>
   <si>
     <t>TS08H0A9335KBB0I0R</t>
   </si>
@@ -1699,129 +1717,129 @@
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.52459</v>
       </c>
       <c r="L13" s="15">
         <v>0.52459</v>
       </c>
       <c r="M13" s="15">
         <v>0.52459</v>
       </c>
       <c r="N13" s="15">
-        <v>3160</v>
+        <v>3600</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.203</v>
       </c>
       <c r="L14" s="15">
         <v>0.203</v>
       </c>
       <c r="M14" s="15">
         <v>0.203</v>
       </c>
       <c r="N14" s="15">
-        <v>180</v>
+        <v>126</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1500</v>
       </c>
       <c r="K15" s="15">
         <v>0.18547</v>
       </c>
       <c r="L15" s="15">
         <v>0.18547</v>
       </c>
       <c r="M15" s="15">
         <v>0.18547</v>
       </c>
       <c r="N15" s="15">
-        <v>183</v>
+        <v>165</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080031559</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
@@ -1876,3009 +1894,3021 @@
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="I18" s="15"/>
+      <c r="I18" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.02897</v>
       </c>
       <c r="L18" s="15">
         <v>0.0251</v>
       </c>
       <c r="M18" s="15">
         <v>0.02414</v>
       </c>
       <c r="N18" s="15">
-        <v>7126</v>
+        <v>8856</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E19" s="15">
         <v>10080053613</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>500</v>
       </c>
       <c r="K19" s="15">
         <v>0.05775</v>
       </c>
       <c r="L19" s="15">
         <v>0.0414</v>
       </c>
       <c r="M19" s="15">
         <v>0.03596</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="I20" s="15"/>
+      <c r="I20" s="15" t="s">
+        <v>67</v>
+      </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.0267</v>
       </c>
       <c r="L20" s="15">
         <v>0.02314</v>
       </c>
       <c r="M20" s="15">
         <v>0.02225</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>1000</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="I21" s="15"/>
+      <c r="I21" s="15" t="s">
+        <v>67</v>
+      </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.01906</v>
       </c>
       <c r="L21" s="15">
         <v>0.01906</v>
       </c>
       <c r="M21" s="15">
         <v>0.01906</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E22" s="15">
         <v>10080071877</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>500</v>
       </c>
       <c r="K22" s="15">
         <v>0.05834</v>
       </c>
       <c r="L22" s="15">
         <v>0.04183</v>
       </c>
       <c r="M22" s="15">
         <v>0.03632</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.08126</v>
       </c>
       <c r="L23" s="15">
         <v>0.05879</v>
       </c>
       <c r="M23" s="15">
         <v>0.0513</v>
       </c>
       <c r="N23" s="15">
-        <v>7553</v>
+        <v>7007</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E24" s="15">
         <v>10080066762</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.02645</v>
       </c>
       <c r="L24" s="15">
         <v>0.02292</v>
       </c>
       <c r="M24" s="15">
         <v>0.02204</v>
       </c>
       <c r="N24" s="15">
-        <v>1920</v>
+        <v>2400</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E25" s="15">
         <v>10080071878</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.04273</v>
       </c>
       <c r="L25" s="15">
         <v>0.03584</v>
       </c>
       <c r="M25" s="15">
         <v>0.03446</v>
       </c>
       <c r="N25" s="15">
-        <v>1875</v>
+        <v>1725</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E26" s="15">
         <v>10080009034</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.05321</v>
       </c>
       <c r="L26" s="15">
         <v>0.04989</v>
       </c>
       <c r="M26" s="15">
         <v>0.04877</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E27" s="15">
         <v>10000020548</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.07449</v>
       </c>
       <c r="L27" s="15">
         <v>0.05341</v>
       </c>
       <c r="M27" s="15">
         <v>0.04638</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="I28" s="15"/>
+      <c r="I28" s="15" t="s">
+        <v>86</v>
+      </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.02703</v>
       </c>
       <c r="L28" s="15">
         <v>0.02343</v>
       </c>
       <c r="M28" s="15">
         <v>0.02253</v>
       </c>
       <c r="N28" s="15">
-        <v>12090</v>
+        <v>11106</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E29" s="15">
         <v>10080051251</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.04273</v>
       </c>
       <c r="L29" s="15">
         <v>0.03584</v>
       </c>
       <c r="M29" s="15">
         <v>0.03446</v>
       </c>
       <c r="N29" s="15">
-        <v>5084</v>
+        <v>4329</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.03203</v>
       </c>
       <c r="L30" s="15">
         <v>0.02776</v>
       </c>
       <c r="M30" s="15">
         <v>0.02669</v>
       </c>
       <c r="N30" s="15">
-        <v>640</v>
+        <v>666</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="E31" s="15">
         <v>10080071879</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>0.05106</v>
       </c>
       <c r="L31" s="15">
         <v>0.03662</v>
       </c>
       <c r="M31" s="15">
         <v>0.0318</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E32" s="15">
         <v>10080037173</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.11234</v>
       </c>
       <c r="L32" s="15">
         <v>0.08025</v>
       </c>
       <c r="M32" s="15">
         <v>0.06955</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E33" s="15">
         <v>10080051252</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.05583</v>
       </c>
       <c r="L33" s="15">
         <v>0.04839</v>
       </c>
       <c r="M33" s="15">
         <v>0.04653</v>
       </c>
       <c r="N33" s="15">
-        <v>31200</v>
+        <v>33600</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E34" s="15">
         <v>10080047170</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>200</v>
       </c>
       <c r="K34" s="15">
         <v>0.11807</v>
       </c>
       <c r="L34" s="15">
         <v>0.06813</v>
       </c>
       <c r="M34" s="15">
         <v>0.05903</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E35" s="15">
         <v>10080053614</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
         <v>0.13649</v>
       </c>
       <c r="L35" s="15">
         <v>0.0975</v>
       </c>
       <c r="M35" s="15">
         <v>0.08449</v>
       </c>
       <c r="N35" s="15">
-        <v>778</v>
+        <v>788</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E36" s="15">
         <v>10080009086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>200</v>
       </c>
       <c r="K36" s="15">
         <v>0.06651</v>
       </c>
       <c r="L36" s="15">
         <v>0.0643</v>
       </c>
       <c r="M36" s="15">
         <v>0.06208</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E37" s="15">
         <v>10080009085</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>300</v>
       </c>
       <c r="K37" s="15">
         <v>0.07981000000000001</v>
       </c>
       <c r="L37" s="15">
         <v>0.0776</v>
       </c>
       <c r="M37" s="15">
         <v>0.07427</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080031337</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.09336</v>
       </c>
       <c r="L38" s="15">
         <v>0.06535000000000001</v>
       </c>
       <c r="M38" s="15">
         <v>0.06067</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E39" s="15">
         <v>10080010339</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.05653</v>
       </c>
       <c r="L39" s="15">
         <v>0.05321</v>
       </c>
       <c r="M39" s="15">
         <v>0.05099</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
         <v>0.07205</v>
       </c>
       <c r="L40" s="15">
         <v>0.05432</v>
       </c>
       <c r="M40" s="15">
         <v>0.0521</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E41" s="15">
         <v>10080009068</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.05844</v>
       </c>
       <c r="L41" s="15">
         <v>0.03961</v>
       </c>
       <c r="M41" s="15">
         <v>0.03433</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E42" s="15">
         <v>10080009037</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>200</v>
       </c>
       <c r="K42" s="15">
         <v>0.05764</v>
       </c>
       <c r="L42" s="15">
         <v>0.05432</v>
       </c>
       <c r="M42" s="15">
         <v>0.0521</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E43" s="15">
         <v>10080061092</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.04167</v>
       </c>
       <c r="L43" s="15">
         <v>0.03677</v>
       </c>
       <c r="M43" s="15">
         <v>0.03309</v>
       </c>
       <c r="N43" s="15">
-        <v>9023</v>
+        <v>9221</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E44" s="15">
         <v>10080074669</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.04969</v>
       </c>
       <c r="L44" s="15">
         <v>0.03595</v>
       </c>
       <c r="M44" s="15">
         <v>0.03137</v>
       </c>
       <c r="N44" s="15">
-        <v>72879</v>
+        <v>90569</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.03135</v>
       </c>
       <c r="L45" s="15">
         <v>0.02717</v>
       </c>
       <c r="M45" s="15">
         <v>0.02613</v>
       </c>
-      <c r="N45" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>1000</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="E46" s="15">
         <v>10080038099</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.03281</v>
       </c>
       <c r="L46" s="15">
         <v>0.02843</v>
       </c>
       <c r="M46" s="15">
         <v>0.02734</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.02945</v>
       </c>
       <c r="L47" s="15">
         <v>0.02552</v>
       </c>
       <c r="M47" s="15">
         <v>0.02454</v>
       </c>
       <c r="N47" s="15">
-        <v>21297</v>
+        <v>14706</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
         <v>0.0776</v>
       </c>
       <c r="L48" s="15">
         <v>0.07205</v>
       </c>
       <c r="M48" s="15">
         <v>0.06983</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.09145</v>
       </c>
       <c r="L49" s="15">
         <v>0.08569</v>
       </c>
       <c r="M49" s="15">
         <v>0.08293</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E50" s="15">
         <v>10080027418</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>200</v>
       </c>
       <c r="K50" s="15">
         <v>0.15592</v>
       </c>
       <c r="L50" s="15">
         <v>0.10276</v>
       </c>
       <c r="M50" s="15">
         <v>0.09214</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
       </c>
       <c r="K51" s="15">
         <v>0.07538</v>
       </c>
       <c r="L51" s="15">
         <v>0.06533</v>
       </c>
       <c r="M51" s="15">
         <v>0.06281</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E52" s="15">
         <v>10080032599</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>200</v>
       </c>
       <c r="K52" s="15">
         <v>0.13008</v>
       </c>
       <c r="L52" s="15">
         <v>0.09325</v>
       </c>
       <c r="M52" s="15">
         <v>0.08098</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E53" s="15">
         <v>10080009087</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>400</v>
       </c>
       <c r="K53" s="15">
         <v>0.0776</v>
       </c>
       <c r="L53" s="15">
         <v>0.07538</v>
       </c>
       <c r="M53" s="15">
         <v>0.07316</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E54" s="15">
         <v>10080009084</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
         <v>0.08536000000000001</v>
       </c>
       <c r="L54" s="15">
         <v>0.08203000000000001</v>
       </c>
       <c r="M54" s="15">
         <v>0.07981000000000001</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>500</v>
       </c>
       <c r="K55" s="15">
         <v>0.11659</v>
       </c>
       <c r="L55" s="15">
         <v>0.08434999999999999</v>
       </c>
       <c r="M55" s="15">
         <v>0.07360999999999999</v>
       </c>
       <c r="N55" s="15">
         <v>32</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E56" s="15">
         <v>10080057185</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.05902</v>
       </c>
       <c r="L56" s="15">
         <v>0.0427</v>
       </c>
       <c r="M56" s="15">
         <v>0.03726</v>
       </c>
       <c r="N56" s="15">
-        <v>31167</v>
+        <v>30192</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E57" s="15">
         <v>10080058934</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>500</v>
       </c>
       <c r="K57" s="15">
         <v>0.07289</v>
       </c>
       <c r="L57" s="15">
         <v>0.05224</v>
       </c>
       <c r="M57" s="15">
         <v>0.04538</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="E58" s="15">
         <v>10080038100</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.05921</v>
       </c>
       <c r="L58" s="15">
         <v>0.05131</v>
       </c>
       <c r="M58" s="15">
         <v>0.04934</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E59" s="15">
         <v>10080053615</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.08999</v>
       </c>
       <c r="L59" s="15">
         <v>0.07799</v>
       </c>
       <c r="M59" s="15">
         <v>0.07499</v>
       </c>
       <c r="N59" s="15">
-        <v>840</v>
+        <v>536</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E60" s="15">
         <v>10080009036</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>500</v>
       </c>
       <c r="K60" s="15">
         <v>0.21212</v>
       </c>
       <c r="L60" s="15">
         <v>0.11268</v>
       </c>
       <c r="M60" s="15">
         <v>0.09611</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.11019</v>
       </c>
       <c r="L61" s="15">
         <v>0.1033</v>
       </c>
       <c r="M61" s="15">
         <v>0.09988</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080038101</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.19026</v>
       </c>
       <c r="L62" s="15">
         <v>0.10977</v>
       </c>
       <c r="M62" s="15">
         <v>0.09877</v>
       </c>
       <c r="N62" s="15">
-        <v>553</v>
+        <v>655</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10080033917</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>200</v>
       </c>
       <c r="K63" s="15">
         <v>0.07292999999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.06976</v>
       </c>
       <c r="M63" s="15">
         <v>0.06976</v>
       </c>
       <c r="N63" s="15">
-        <v>3634</v>
+        <v>2860</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>200</v>
       </c>
       <c r="K64" s="15">
         <v>0.07163</v>
       </c>
       <c r="L64" s="15">
         <v>0.06208</v>
       </c>
       <c r="M64" s="15">
         <v>0.05969</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.05538</v>
       </c>
       <c r="L65" s="15">
         <v>0.048</v>
       </c>
       <c r="M65" s="15">
         <v>0.04615</v>
       </c>
       <c r="N65" s="15">
-        <v>2550</v>
+        <v>2340</v>
       </c>
       <c r="O65" s="15">
-        <v>4250</v>
+        <v>3900</v>
       </c>
       <c r="P65" s="15" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="E66" s="15">
         <v>10080071544</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.15401</v>
       </c>
       <c r="L66" s="15">
         <v>0.15401</v>
       </c>
       <c r="M66" s="15">
         <v>0.15401</v>
       </c>
       <c r="N66" s="15">
-        <v>2843</v>
+        <v>3565</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E67" s="15">
         <v>10080003198</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.2274</v>
       </c>
       <c r="L67" s="15">
         <v>0.12082</v>
       </c>
       <c r="M67" s="15">
         <v>0.10304</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E68" s="15">
         <v>10080018213</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>200</v>
       </c>
       <c r="K68" s="15">
         <v>0.27356</v>
       </c>
       <c r="L68" s="15">
         <v>0.14534</v>
       </c>
       <c r="M68" s="15">
         <v>0.12395</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E69" s="15">
         <v>10080018212</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="I69" s="15"/>
+      <c r="I69" s="15" t="s">
+        <v>177</v>
+      </c>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.26191</v>
       </c>
       <c r="L69" s="15">
         <v>0.17857</v>
       </c>
       <c r="M69" s="15">
         <v>0.15477</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="E70" s="15">
         <v>10080009035</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.15408</v>
       </c>
       <c r="L70" s="15">
         <v>0.14965</v>
       </c>
       <c r="M70" s="15">
         <v>0.1441</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E71" s="15">
         <v>10080003197</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>200</v>
       </c>
       <c r="K71" s="15">
         <v>0.09574000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.0803</v>
       </c>
       <c r="M71" s="15">
         <v>0.07721</v>
       </c>
       <c r="N71" s="15">
-        <v>7610</v>
+        <v>7184</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="E72" s="15">
         <v>10080051273</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>200</v>
       </c>
       <c r="K72" s="15">
         <v>0.11591</v>
       </c>
       <c r="L72" s="15">
         <v>0.10045</v>
       </c>
       <c r="M72" s="15">
         <v>0.09659</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="E73" s="15">
         <v>10080051274</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.15854</v>
       </c>
       <c r="L73" s="15">
         <v>0.11366</v>
       </c>
       <c r="M73" s="15">
         <v>0.09871000000000001</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="E74" s="15">
         <v>10080057186</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>200</v>
       </c>
       <c r="K74" s="15">
         <v>0.09533999999999999</v>
       </c>
       <c r="L74" s="15">
         <v>0.08263</v>
       </c>
       <c r="M74" s="15">
         <v>0.07945000000000001</v>
       </c>
       <c r="N74" s="15">
-        <v>16297</v>
+        <v>11939</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="E75" s="15">
         <v>10080038772</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>200</v>
       </c>
       <c r="K75" s="15">
         <v>0.35238</v>
       </c>
       <c r="L75" s="15">
         <v>0.24027</v>
       </c>
       <c r="M75" s="15">
         <v>0.20823</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="E76" s="15">
         <v>10080074779</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.19185</v>
       </c>
       <c r="L76" s="15">
         <v>0.13881</v>
       </c>
       <c r="M76" s="15">
         <v>0.12113</v>
       </c>
       <c r="N76" s="15">
-        <v>942</v>
+        <v>1224</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="E77" s="15">
         <v>10080061087</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>200</v>
       </c>
       <c r="K77" s="15">
         <v>0.26549</v>
       </c>
       <c r="L77" s="15">
         <v>0.19035</v>
       </c>
       <c r="M77" s="15">
         <v>0.16531</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E78" s="15">
         <v>10080009038</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>200</v>
       </c>
       <c r="K78" s="15">
         <v>0.14671</v>
       </c>
       <c r="L78" s="15">
         <v>0.14671</v>
       </c>
       <c r="M78" s="15">
         <v>0.14671</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>200</v>
       </c>
       <c r="K79" s="15">
         <v>0.12986</v>
       </c>
       <c r="L79" s="15">
         <v>0.11254</v>
       </c>
       <c r="M79" s="15">
         <v>0.10821</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="E80" s="15">
         <v>10080050314</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
         <v>0.46576</v>
       </c>
       <c r="L80" s="15">
         <v>0.31757</v>
       </c>
       <c r="M80" s="15">
         <v>0.27523</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="I81" s="15"/>
+      <c r="I81" s="15" t="s">
+        <v>204</v>
+      </c>
       <c r="J81" s="15">
         <v>200</v>
       </c>
       <c r="K81" s="15">
         <v>0.2081</v>
       </c>
       <c r="L81" s="15">
         <v>0.15056</v>
       </c>
       <c r="M81" s="15">
         <v>0.13138</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="I82" s="15"/>
+      <c r="I82" s="15" t="s">
+        <v>204</v>
+      </c>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.15075</v>
       </c>
       <c r="L82" s="15">
         <v>0.13065</v>
       </c>
       <c r="M82" s="15">
         <v>0.12563</v>
       </c>
       <c r="N82" s="15">
-        <v>602</v>
+        <v>815</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="E83" s="15">
         <v>10080054771</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>200</v>
       </c>
       <c r="K83" s="15">
         <v>0.3241</v>
       </c>
       <c r="L83" s="15">
         <v>0.23151</v>
       </c>
       <c r="M83" s="15">
         <v>0.20064</v>
       </c>
       <c r="N83" s="15">
         <v>10</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>100</v>
       </c>
       <c r="K84" s="15">
         <v>0.26851</v>
       </c>
       <c r="L84" s="15">
         <v>0.19427</v>
       </c>
       <c r="M84" s="15">
         <v>0.16952</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.14931</v>
       </c>
       <c r="L85" s="15">
         <v>0.1294</v>
       </c>
       <c r="M85" s="15">
         <v>0.12443</v>
       </c>
-      <c r="N85" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>1000</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E86" s="15">
         <v>10080057990</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
         <v>0.18792</v>
       </c>
       <c r="L86" s="15">
         <v>0.18792</v>
       </c>
       <c r="M86" s="15">
         <v>0.18792</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="E87" s="15">
         <v>10080058935</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>100</v>
       </c>
       <c r="K87" s="15">
         <v>0.34705</v>
       </c>
       <c r="L87" s="15">
         <v>0.24883</v>
       </c>
       <c r="M87" s="15">
         <v>0.21609</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E88" s="15">
         <v>10080049222</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>50</v>
       </c>
       <c r="K88" s="15">
         <v>0.7315700000000001</v>
       </c>
       <c r="L88" s="15">
         <v>0.4988</v>
       </c>
       <c r="M88" s="15">
         <v>0.4323</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E89" s="15">
         <v>10080059630</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="I89" s="15"/>
+      <c r="I89" s="15" t="s">
+        <v>222</v>
+      </c>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.18845</v>
       </c>
       <c r="L89" s="15">
         <v>0.18845</v>
       </c>
       <c r="M89" s="15">
         <v>0.18845</v>
       </c>
       <c r="N89" s="15">
-        <v>1239</v>
+        <v>1143</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="E90" s="15">
         <v>10080067225</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>50</v>
       </c>
       <c r="K90" s="15">
         <v>0.54841</v>
       </c>
       <c r="L90" s="15">
         <v>0.3932</v>
       </c>
       <c r="M90" s="15">
         <v>0.34146</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="E91" s="15">
         <v>10080037171</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>50</v>
       </c>
       <c r="K91" s="15">
         <v>1.03</v>
       </c>
       <c r="L91" s="15">
         <v>0.72749</v>
       </c>
       <c r="M91" s="15">
         <v>0.63364</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="E92" s="15">
         <v>10080009039</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>100</v>
       </c>
       <c r="K92" s="15">
         <v>0.62852</v>
       </c>
       <c r="L92" s="15">
         <v>0.60856</v>
       </c>
       <c r="M92" s="15">
         <v>0.58861</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>50</v>
       </c>
       <c r="K93" s="15">
         <v>0.29264</v>
       </c>
       <c r="L93" s="15">
         <v>0.27491</v>
       </c>
       <c r="M93" s="15">
         <v>0.26493</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="E94" s="15">
         <v>10080051275</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
         <v>0.44604</v>
       </c>
       <c r="L94" s="15">
         <v>0.38657</v>
       </c>
       <c r="M94" s="15">
         <v>0.3717</v>
       </c>
       <c r="N94" s="15">
-        <v>2027</v>
+        <v>1997</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="E95" s="15">
         <v>10080058936</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>50</v>
       </c>
       <c r="K95" s="15">
         <v>0.36625</v>
       </c>
       <c r="L95" s="15">
         <v>0.36625</v>
       </c>
       <c r="M95" s="15">
         <v>0.36625</v>
       </c>
       <c r="N95" s="15">
-        <v>3222</v>
+        <v>3092</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2000</v>
       </c>
       <c r="K96" s="15">
         <v>0.45947</v>
       </c>
       <c r="L96" s="15">
         <v>0.38536</v>
       </c>
       <c r="M96" s="15">
         <v>0.37054</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14"/>
       <c r="C97" s="15"/>
       <c r="D97" s="15"/>
       <c r="E97" s="15"/>
@@ -4935,317 +4965,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>