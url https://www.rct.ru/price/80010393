--- v5 (2026-01-31)
+++ v6 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -526,51 +526,51 @@
   <si>
     <t>TS08H0A9334KRB0G0R</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -275VAC 10% (P:22,5mm) TS08H0A9334KRB0G0R</t>
   </si>
   <si>
     <t>L-KLS10-X2-334K310-P15-C</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -310VAC 10% (P:15mm) L-KLS10-X2-334K310-P15-C</t>
   </si>
   <si>
     <t>UT-00100545</t>
   </si>
   <si>
     <t>TS08H0A9334KCB0E0R</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -310VAC 10% (P:15mm) TS08H0A9334KCB0E0R</t>
   </si>
   <si>
     <t>UT-00146998</t>
   </si>
   <si>
-    <t>23.04.2026</t>
+    <t>10.04.2026</t>
   </si>
   <si>
     <t>TS08H0A9334KCB0IFR</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF-310VAC 10% (P:27,5mm) TS08H0A9334KCB0IFR</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-0.47uF-275VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>TS08S</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:22,5mm) TS08S</t>
   </si>
   <si>
     <t xml:space="preserve">TS08S SUNTAN, </t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:22.5mm)</t>
   </si>
@@ -656,50 +656,59 @@
     <t>UT-00119216</t>
   </si>
   <si>
     <t>MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08S (L-KLS10-X2-105K310-P27.5)</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08S (L-KLS10-X2-105K310-P27.5)</t>
   </si>
   <si>
     <t>TS08H0A9105KBB0G0R</t>
   </si>
   <si>
     <t>26.5*19*10mm / MPX-X2-1uF -310VAC 10% (P:22.5mm) TS08H0A9105KBB0G0R</t>
   </si>
   <si>
     <t>10-00029928</t>
   </si>
   <si>
     <t>L-KLS10-X2-105K310-P27.5</t>
   </si>
   <si>
     <t>(31.4x19.5x10.8мм) / MPX-X2-1uF -310VAC 10% (P:27.5mm) (L-KLS10-X2-105K310-P27.5)</t>
   </si>
   <si>
     <t>UT-00102142</t>
+  </si>
+  <si>
+    <t>TS08H0A9105KAB0I0R</t>
+  </si>
+  <si>
+    <t>31.5*19.5*10.8mm / MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08H0A9105KAB0I0R</t>
+  </si>
+  <si>
+    <t>UT-00154586</t>
   </si>
   <si>
     <t>TS08H0A9105KAB0IJR</t>
   </si>
   <si>
     <t>31.5*19.5*10.8mm / MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08H0A9105KAB0IJR</t>
   </si>
   <si>
     <t>MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08S</t>
   </si>
   <si>
     <t>31.5*19.5*10.8mm / MPX-X2-1uF -310VAC 10% (P:27.5mm) TS08S</t>
   </si>
   <si>
     <t>MPX-X2-2.2uF -275VAC 10% (P:27.5mm)</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-2.2uF -275VAC 10% (P:27.5mm)</t>
   </si>
   <si>
     <t>L-KLS10-X2-225K310-P27.5</t>
   </si>
   <si>
     <t>32.0*22.5*13.0mm (P:27.5mm) / MPX-X2-2.2uF -310VAC 10% (P:27.5mm) (L-KLS10-X2-225K310-P27.5)</t>
   </si>
@@ -1311,51 +1320,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R97"/>
+  <dimension ref="A1:R98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1717,129 +1726,129 @@
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.52459</v>
       </c>
       <c r="L13" s="15">
         <v>0.52459</v>
       </c>
       <c r="M13" s="15">
         <v>0.52459</v>
       </c>
       <c r="N13" s="15">
-        <v>3600</v>
+        <v>2480</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.203</v>
       </c>
       <c r="L14" s="15">
         <v>0.203</v>
       </c>
       <c r="M14" s="15">
         <v>0.203</v>
       </c>
       <c r="N14" s="15">
-        <v>126</v>
+        <v>162</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1500</v>
       </c>
       <c r="K15" s="15">
         <v>0.18547</v>
       </c>
       <c r="L15" s="15">
         <v>0.18547</v>
       </c>
       <c r="M15" s="15">
         <v>0.18547</v>
       </c>
       <c r="N15" s="15">
-        <v>165</v>
+        <v>181</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080031559</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
@@ -1910,51 +1919,51 @@
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.02897</v>
       </c>
       <c r="L18" s="15">
         <v>0.0251</v>
       </c>
       <c r="M18" s="15">
         <v>0.02414</v>
       </c>
       <c r="N18" s="15">
-        <v>8856</v>
+        <v>3108</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E19" s="15">
         <v>10080053613</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="15"/>
@@ -2103,129 +2112,129 @@
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.08126</v>
       </c>
       <c r="L23" s="15">
         <v>0.05879</v>
       </c>
       <c r="M23" s="15">
         <v>0.0513</v>
       </c>
       <c r="N23" s="15">
-        <v>7007</v>
+        <v>6188</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="15">
         <v>10080066762</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.02645</v>
       </c>
       <c r="L24" s="15">
         <v>0.02292</v>
       </c>
       <c r="M24" s="15">
         <v>0.02204</v>
       </c>
       <c r="N24" s="15">
-        <v>2400</v>
+        <v>1125</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E25" s="15">
         <v>10080071878</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.04273</v>
       </c>
       <c r="L25" s="15">
         <v>0.03584</v>
       </c>
       <c r="M25" s="15">
         <v>0.03446</v>
       </c>
       <c r="N25" s="15">
-        <v>1725</v>
+        <v>1650</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E26" s="15">
         <v>10080009034</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I26" s="15"/>
@@ -2296,129 +2305,129 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.02703</v>
       </c>
       <c r="L28" s="15">
         <v>0.02343</v>
       </c>
       <c r="M28" s="15">
         <v>0.02253</v>
       </c>
       <c r="N28" s="15">
-        <v>11106</v>
+        <v>9560</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E29" s="15">
         <v>10080051251</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.04273</v>
       </c>
       <c r="L29" s="15">
         <v>0.03584</v>
       </c>
       <c r="M29" s="15">
         <v>0.03446</v>
       </c>
       <c r="N29" s="15">
-        <v>4329</v>
+        <v>5909</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.03203</v>
       </c>
       <c r="L30" s="15">
         <v>0.02776</v>
       </c>
       <c r="M30" s="15">
         <v>0.02669</v>
       </c>
       <c r="N30" s="15">
-        <v>666</v>
+        <v>369</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15">
         <v>10080071879</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I31" s="15"/>
@@ -2485,51 +2494,51 @@
       <c r="D33" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E33" s="15">
         <v>10080051252</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.05583</v>
       </c>
       <c r="L33" s="15">
         <v>0.04839</v>
       </c>
       <c r="M33" s="15">
         <v>0.04653</v>
       </c>
       <c r="N33" s="15">
-        <v>33600</v>
+        <v>7800</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E34" s="15">
         <v>10080047170</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I34" s="15"/>
@@ -2561,51 +2570,51 @@
       <c r="D35" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E35" s="15">
         <v>10080053614</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
         <v>0.13649</v>
       </c>
       <c r="L35" s="15">
         <v>0.0975</v>
       </c>
       <c r="M35" s="15">
         <v>0.08449</v>
       </c>
       <c r="N35" s="15">
-        <v>788</v>
+        <v>692</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E36" s="15">
         <v>10080009086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="15"/>
@@ -2861,92 +2870,92 @@
       </c>
       <c r="E43" s="15">
         <v>10080061092</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.04167</v>
       </c>
       <c r="L43" s="15">
         <v>0.03677</v>
       </c>
       <c r="M43" s="15">
         <v>0.03309</v>
       </c>
       <c r="N43" s="15">
-        <v>9221</v>
+        <v>5343</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E44" s="15">
         <v>10080074669</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.04969</v>
       </c>
       <c r="L44" s="15">
         <v>0.03595</v>
       </c>
       <c r="M44" s="15">
         <v>0.03137</v>
       </c>
       <c r="N44" s="15">
-        <v>90569</v>
+        <v>68484</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I45" s="15" t="s">
@@ -3023,51 +3032,51 @@
       </c>
       <c r="E47" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>129</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.02945</v>
       </c>
       <c r="L47" s="15">
         <v>0.02552</v>
       </c>
       <c r="M47" s="15">
         <v>0.02454</v>
       </c>
       <c r="N47" s="15">
-        <v>14706</v>
+        <v>1410</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I48" s="15"/>
@@ -3360,51 +3369,51 @@
       <c r="D56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E56" s="15">
         <v>10080057185</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.05902</v>
       </c>
       <c r="L56" s="15">
         <v>0.0427</v>
       </c>
       <c r="M56" s="15">
         <v>0.03726</v>
       </c>
       <c r="N56" s="15">
-        <v>30192</v>
+        <v>28242</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E57" s="15">
         <v>10080058934</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I57" s="15"/>
@@ -3473,51 +3482,51 @@
       <c r="D59" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E59" s="15">
         <v>10080053615</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.08999</v>
       </c>
       <c r="L59" s="15">
         <v>0.07799</v>
       </c>
       <c r="M59" s="15">
         <v>0.07499</v>
       </c>
       <c r="N59" s="15">
-        <v>536</v>
+        <v>222</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E60" s="15">
         <v>10080009036</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I60" s="15"/>
@@ -3586,90 +3595,90 @@
       <c r="D62" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080038101</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.19026</v>
       </c>
       <c r="L62" s="15">
         <v>0.10977</v>
       </c>
       <c r="M62" s="15">
         <v>0.09877</v>
       </c>
       <c r="N62" s="15">
-        <v>655</v>
+        <v>703</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10080033917</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>200</v>
       </c>
       <c r="K63" s="15">
         <v>0.07292999999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.06976</v>
       </c>
       <c r="M63" s="15">
         <v>0.06976</v>
       </c>
       <c r="N63" s="15">
-        <v>2860</v>
+        <v>3520</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I64" s="15"/>
@@ -3701,94 +3710,94 @@
       <c r="D65" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.05538</v>
       </c>
       <c r="L65" s="15">
         <v>0.048</v>
       </c>
       <c r="M65" s="15">
         <v>0.04615</v>
       </c>
       <c r="N65" s="15">
-        <v>2340</v>
+        <v>2640</v>
       </c>
       <c r="O65" s="15">
-        <v>3900</v>
+        <v>4400</v>
       </c>
       <c r="P65" s="15" t="s">
         <v>170</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E66" s="15">
         <v>10080071544</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.15401</v>
       </c>
       <c r="L66" s="15">
         <v>0.15401</v>
       </c>
       <c r="M66" s="15">
         <v>0.15401</v>
       </c>
       <c r="N66" s="15">
-        <v>3565</v>
+        <v>3475</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E67" s="15">
         <v>10080003198</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I67" s="15"/>
@@ -3933,51 +3942,51 @@
       <c r="D71" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E71" s="15">
         <v>10080003197</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>200</v>
       </c>
       <c r="K71" s="15">
         <v>0.09574000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.0803</v>
       </c>
       <c r="M71" s="15">
         <v>0.07721</v>
       </c>
       <c r="N71" s="15">
-        <v>7184</v>
+        <v>7723</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E72" s="15">
         <v>10080051273</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I72" s="15"/>
@@ -4046,51 +4055,51 @@
       <c r="D74" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E74" s="15">
         <v>10080057186</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>200</v>
       </c>
       <c r="K74" s="15">
         <v>0.09533999999999999</v>
       </c>
       <c r="L74" s="15">
         <v>0.08263</v>
       </c>
       <c r="M74" s="15">
         <v>0.07945000000000001</v>
       </c>
       <c r="N74" s="15">
-        <v>11939</v>
+        <v>12507</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E75" s="15">
         <v>10080038772</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I75" s="15"/>
@@ -4120,51 +4129,51 @@
         <v>190</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E76" s="15">
         <v>10080074779</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.19185</v>
       </c>
       <c r="L76" s="15">
         <v>0.13881</v>
       </c>
       <c r="M76" s="15">
         <v>0.12113</v>
       </c>
       <c r="N76" s="15">
-        <v>1224</v>
+        <v>1287</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E77" s="15">
         <v>10080061087</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I77" s="15"/>
@@ -4348,51 +4357,51 @@
       </c>
       <c r="E82" s="15" t="s">
         <v>205</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I82" s="15" t="s">
         <v>204</v>
       </c>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.15075</v>
       </c>
       <c r="L82" s="15">
         <v>0.13065</v>
       </c>
       <c r="M82" s="15">
         <v>0.12563</v>
       </c>
       <c r="N82" s="15">
-        <v>815</v>
+        <v>612</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>206</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E83" s="15">
         <v>10080054771</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I83" s="15"/>
@@ -4480,472 +4489,513 @@
       </c>
       <c r="L85" s="15">
         <v>0.1294</v>
       </c>
       <c r="M85" s="15">
         <v>0.12443</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>1000</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="E86" s="15">
-        <v>10080057990</v>
+      <c r="E86" s="15" t="s">
+        <v>216</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
-        <v>0.18792</v>
+        <v>0.17267</v>
       </c>
       <c r="L86" s="15">
-        <v>0.18792</v>
+        <v>0.15236</v>
       </c>
       <c r="M86" s="15">
-        <v>0.18792</v>
+        <v>0.13712</v>
       </c>
       <c r="N86" s="15"/>
-      <c r="O86" s="15"/>
-      <c r="P86" s="15"/>
+      <c r="O86" s="15">
+        <v>2700</v>
+      </c>
+      <c r="P86" s="15" t="s">
+        <v>170</v>
+      </c>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E87" s="15">
-        <v>10080058935</v>
+        <v>10080057990</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>100</v>
       </c>
       <c r="K87" s="15">
-        <v>0.34705</v>
+        <v>0.18792</v>
       </c>
       <c r="L87" s="15">
-        <v>0.24883</v>
+        <v>0.18792</v>
       </c>
       <c r="M87" s="15">
-        <v>0.21609</v>
+        <v>0.18792</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E88" s="15">
-        <v>10080049222</v>
+        <v>10080058935</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K88" s="15">
-        <v>0.7315700000000001</v>
+        <v>0.34705</v>
       </c>
       <c r="L88" s="15">
-        <v>0.4988</v>
+        <v>0.24883</v>
       </c>
       <c r="M88" s="15">
-        <v>0.4323</v>
+        <v>0.21609</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E89" s="15">
-        <v>10080059630</v>
+        <v>10080049222</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="I89" s="15"/>
       <c r="J89" s="15">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="K89" s="15">
-        <v>0.18845</v>
+        <v>0.7315700000000001</v>
       </c>
       <c r="L89" s="15">
-        <v>0.18845</v>
+        <v>0.4988</v>
       </c>
       <c r="M89" s="15">
-        <v>0.18845</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.4323</v>
+      </c>
+      <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>223</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E90" s="15">
-        <v>10080067225</v>
+        <v>10080059630</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="I90" s="15"/>
+        <v>32</v>
+      </c>
+      <c r="I90" s="15" t="s">
+        <v>225</v>
+      </c>
       <c r="J90" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K90" s="15">
-        <v>0.54841</v>
+        <v>0.18845</v>
       </c>
       <c r="L90" s="15">
-        <v>0.3932</v>
+        <v>0.18845</v>
       </c>
       <c r="M90" s="15">
-        <v>0.34146</v>
-[...1 lines deleted...]
-      <c r="N90" s="15"/>
+        <v>0.18845</v>
+      </c>
+      <c r="N90" s="15">
+        <v>787</v>
+      </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E91" s="15">
-        <v>10080037171</v>
+        <v>10080067225</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>50</v>
       </c>
       <c r="K91" s="15">
-        <v>1.03</v>
+        <v>0.54841</v>
       </c>
       <c r="L91" s="15">
-        <v>0.72749</v>
+        <v>0.3932</v>
       </c>
       <c r="M91" s="15">
-        <v>0.63364</v>
+        <v>0.34146</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="E92" s="15">
-        <v>10080009039</v>
+        <v>10080037171</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>80</v>
+        <v>43</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="K92" s="15">
-        <v>0.62852</v>
+        <v>1.03</v>
       </c>
       <c r="L92" s="15">
-        <v>0.60856</v>
+        <v>0.72749</v>
       </c>
       <c r="M92" s="15">
-        <v>0.58861</v>
+        <v>0.63364</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>229</v>
+      </c>
+      <c r="E93" s="15">
+        <v>10080009039</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K93" s="15">
-        <v>0.29264</v>
+        <v>0.62852</v>
       </c>
       <c r="L93" s="15">
-        <v>0.27491</v>
+        <v>0.60856</v>
       </c>
       <c r="M93" s="15">
-        <v>0.26493</v>
+        <v>0.58861</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="E94" s="15">
-        <v>10080051275</v>
+      <c r="E94" s="15" t="s">
+        <v>230</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
-        <v>0.44604</v>
+        <v>0.29264</v>
       </c>
       <c r="L94" s="15">
-        <v>0.38657</v>
+        <v>0.27491</v>
       </c>
       <c r="M94" s="15">
-        <v>0.3717</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26493</v>
+      </c>
+      <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E95" s="15">
-        <v>10080058936</v>
+        <v>10080051275</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>50</v>
       </c>
       <c r="K95" s="15">
-        <v>0.36625</v>
+        <v>0.44604</v>
       </c>
       <c r="L95" s="15">
-        <v>0.36625</v>
+        <v>0.38657</v>
       </c>
       <c r="M95" s="15">
-        <v>0.36625</v>
+        <v>0.3717</v>
       </c>
       <c r="N95" s="15">
-        <v>3092</v>
+        <v>1848</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="E96" s="15" t="s">
         <v>234</v>
+      </c>
+      <c r="E96" s="15">
+        <v>10080058936</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>235</v>
+        <v>43</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
-        <v>2000</v>
+        <v>50</v>
       </c>
       <c r="K96" s="15">
-        <v>0.45947</v>
+        <v>0.36625</v>
       </c>
       <c r="L96" s="15">
-        <v>0.38536</v>
+        <v>0.36625</v>
       </c>
       <c r="M96" s="15">
-        <v>0.37054</v>
-[...1 lines deleted...]
-      <c r="N96" s="15"/>
+        <v>0.36625</v>
+      </c>
+      <c r="N96" s="15">
+        <v>3487</v>
+      </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
-      <c r="B97" s="14"/>
-[...2 lines deleted...]
-      <c r="E97" s="15"/>
+      <c r="B97" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C97" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D97" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="E97" s="15" t="s">
+        <v>237</v>
+      </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
-      <c r="H97" s="15"/>
+      <c r="H97" s="15" t="s">
+        <v>238</v>
+      </c>
       <c r="I97" s="15"/>
-      <c r="J97" s="15"/>
-[...2 lines deleted...]
-      <c r="M97" s="15"/>
+      <c r="J97" s="15">
+        <v>2000</v>
+      </c>
+      <c r="K97" s="15">
+        <v>0.45947</v>
+      </c>
+      <c r="L97" s="15">
+        <v>0.38536</v>
+      </c>
+      <c r="M97" s="15">
+        <v>0.37054</v>
+      </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
+      <c r="R97"/>
+    </row>
+    <row r="98" spans="1:18">
+      <c r="B98" s="14"/>
+      <c r="C98" s="15"/>
+      <c r="D98" s="15"/>
+      <c r="E98" s="15"/>
+      <c r="F98" s="15"/>
+      <c r="G98" s="15"/>
+      <c r="H98" s="15"/>
+      <c r="I98" s="15"/>
+      <c r="J98" s="15"/>
+      <c r="K98" s="15"/>
+      <c r="L98" s="15"/>
+      <c r="M98" s="15"/>
+      <c r="N98" s="15"/>
+      <c r="O98" s="15"/>
+      <c r="P98" s="15"/>
+      <c r="Q98" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -4965,317 +5015,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>