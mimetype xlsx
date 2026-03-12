--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -202,50 +202,53 @@
   <si>
     <t>MPX-X2- 0.01uF-280VAC 10% (P:10mm) TS08</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2- 0.01uF-280VAC 10% (P:10mm) TS08</t>
   </si>
   <si>
     <t>10-00029978</t>
   </si>
   <si>
     <t>SUYANG</t>
   </si>
   <si>
     <t>L-KLS10-X2-103K310-P10</t>
   </si>
   <si>
     <t>MPX-X2- 0.01uF-310VAC 10% (P:10mm) (L-KLS10-X2-103K310-P10)</t>
   </si>
   <si>
     <t>10-00029919</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS10-X2-103K310-P10 KLS, </t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>TS08H0A9103KBB0D0R</t>
   </si>
   <si>
     <t>MPX-X2- 0.01uF-310VAC 10% (P:10mm) TS08H0A9103KBB0D0R</t>
   </si>
   <si>
     <t>L-KLS10-X2-223K310-P10</t>
   </si>
   <si>
     <t>MPX-X2- 0.022uF-310VAC 10% (P:10mm) (L-KLS10-X2-223K310-P10)</t>
   </si>
   <si>
     <t>UT-00102140</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS10-X2-223K310-P10 KLS, </t>
   </si>
   <si>
     <t>UT-00119215</t>
   </si>
   <si>
     <t>TS08H0A9223KBB0D0R</t>
   </si>
   <si>
     <t>MPX-X2- 0.022uF-310VAC 10% (P:10mm) TS08H0A9223KBB0D0R</t>
@@ -484,93 +487,96 @@
   <si>
     <t>TS08H0A9224KRB0E0R</t>
   </si>
   <si>
     <t>18*12*6mm, P:15mm / MPX-X2-0.22uF-310VAC 10% (P:15mm) TS08H0A9224KRB0E0R</t>
   </si>
   <si>
     <t>MPX-X2-0.22uF-310VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-0.22uF-310VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>L-KLS10-X2-224K310-P15</t>
   </si>
   <si>
     <t>MPX-X2-0.22uF-310VAC 10% (P:15mm) TS08S L-KLS10-X2-224K310-P15</t>
   </si>
   <si>
     <t>TS08H0A9224KAB0G0R</t>
   </si>
   <si>
     <t>MPX-X2-0.22uF-310VAC 10% (P:22,5mm) TS08H0A9224KAB0G0R</t>
   </si>
   <si>
+    <t>28.07.2026</t>
+  </si>
+  <si>
     <t>MPX-X2-0.33uF -275VAC 10% (P:15mm)</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-0.33uF -275VAC 10% (P:15mm)</t>
   </si>
   <si>
     <t>10-00029986</t>
   </si>
   <si>
     <t>TOPMAY</t>
   </si>
   <si>
     <t>L-KLS10-X2-334K275-P22.5</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -275VAC 10% (P:22,5mm) (L-KLS10-X2-334K275-P22.5)</t>
   </si>
   <si>
     <t>TS08H0A9334KRB0G0R</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -275VAC 10% (P:22,5mm) TS08H0A9334KRB0G0R</t>
   </si>
   <si>
     <t>L-KLS10-X2-334K310-P15-C</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -310VAC 10% (P:15mm) L-KLS10-X2-334K310-P15-C</t>
   </si>
   <si>
     <t>UT-00100545</t>
   </si>
   <si>
     <t>TS08H0A9334KCB0E0R</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF -310VAC 10% (P:15mm) TS08H0A9334KCB0E0R</t>
   </si>
   <si>
     <t>UT-00146998</t>
   </si>
   <si>
-    <t>10.04.2026</t>
+    <t>19.04.2026</t>
   </si>
   <si>
     <t>TS08H0A9334KCB0IFR</t>
   </si>
   <si>
     <t>MPX-X2-0.33uF-310VAC 10% (P:27,5mm) TS08H0A9334KCB0IFR</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>Конденсатор MPX-X2-0.47uF-275VAC 10% (P:15mm) TS08S</t>
   </si>
   <si>
     <t>TS08S</t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:22,5mm) TS08S</t>
   </si>
   <si>
     <t xml:space="preserve">TS08S SUNTAN, </t>
   </si>
   <si>
     <t>MPX-X2-0.47uF-275VAC 10% (P:22.5mm)</t>
   </si>
@@ -1726,129 +1732,129 @@
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.52459</v>
       </c>
       <c r="L13" s="15">
         <v>0.52459</v>
       </c>
       <c r="M13" s="15">
         <v>0.52459</v>
       </c>
       <c r="N13" s="15">
-        <v>2480</v>
+        <v>3160</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.203</v>
       </c>
       <c r="L14" s="15">
         <v>0.203</v>
       </c>
       <c r="M14" s="15">
         <v>0.203</v>
       </c>
       <c r="N14" s="15">
-        <v>162</v>
+        <v>136</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1500</v>
       </c>
       <c r="K15" s="15">
         <v>0.18547</v>
       </c>
       <c r="L15" s="15">
         <v>0.18547</v>
       </c>
       <c r="M15" s="15">
         <v>0.18547</v>
       </c>
       <c r="N15" s="15">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10080031559</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
@@ -1919,3046 +1925,3062 @@
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.02897</v>
       </c>
       <c r="L18" s="15">
         <v>0.0251</v>
       </c>
       <c r="M18" s="15">
         <v>0.02414</v>
       </c>
       <c r="N18" s="15">
-        <v>3108</v>
-[...2 lines deleted...]
-      <c r="P18" s="15"/>
+        <v>3211</v>
+      </c>
+      <c r="O18" s="15">
+        <v>6200</v>
+      </c>
+      <c r="P18" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E19" s="15">
         <v>10080053613</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>500</v>
       </c>
       <c r="K19" s="15">
         <v>0.05775</v>
       </c>
       <c r="L19" s="15">
         <v>0.0414</v>
       </c>
       <c r="M19" s="15">
         <v>0.03596</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.0267</v>
       </c>
       <c r="L20" s="15">
         <v>0.02314</v>
       </c>
       <c r="M20" s="15">
         <v>0.02225</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>1000</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I21" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.01906</v>
       </c>
       <c r="L21" s="15">
         <v>0.01906</v>
       </c>
       <c r="M21" s="15">
         <v>0.01906</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E22" s="15">
         <v>10080071877</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>500</v>
       </c>
       <c r="K22" s="15">
         <v>0.05834</v>
       </c>
       <c r="L22" s="15">
         <v>0.04183</v>
       </c>
       <c r="M22" s="15">
         <v>0.03632</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.08126</v>
       </c>
       <c r="L23" s="15">
         <v>0.05879</v>
       </c>
       <c r="M23" s="15">
         <v>0.0513</v>
       </c>
       <c r="N23" s="15">
-        <v>6188</v>
+        <v>7098</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E24" s="15">
         <v>10080066762</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.02645</v>
       </c>
       <c r="L24" s="15">
         <v>0.02292</v>
       </c>
       <c r="M24" s="15">
         <v>0.02204</v>
       </c>
       <c r="N24" s="15">
-        <v>1125</v>
+        <v>975</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E25" s="15">
         <v>10080071878</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.04273</v>
       </c>
       <c r="L25" s="15">
         <v>0.03584</v>
       </c>
       <c r="M25" s="15">
         <v>0.03446</v>
       </c>
       <c r="N25" s="15">
-        <v>1650</v>
+        <v>2175</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E26" s="15">
         <v>10080009034</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.05321</v>
       </c>
       <c r="L26" s="15">
         <v>0.04989</v>
       </c>
       <c r="M26" s="15">
         <v>0.04877</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E27" s="15">
         <v>10000020548</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.07449</v>
       </c>
       <c r="L27" s="15">
         <v>0.05341</v>
       </c>
       <c r="M27" s="15">
         <v>0.04638</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.02703</v>
       </c>
       <c r="L28" s="15">
         <v>0.02343</v>
       </c>
       <c r="M28" s="15">
         <v>0.02253</v>
       </c>
       <c r="N28" s="15">
-        <v>9560</v>
+        <v>11809</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E29" s="15">
         <v>10080051251</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.04273</v>
       </c>
       <c r="L29" s="15">
         <v>0.03584</v>
       </c>
       <c r="M29" s="15">
         <v>0.03446</v>
       </c>
       <c r="N29" s="15">
-        <v>5909</v>
+        <v>5222</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.03203</v>
       </c>
       <c r="L30" s="15">
         <v>0.02776</v>
       </c>
       <c r="M30" s="15">
         <v>0.02669</v>
       </c>
       <c r="N30" s="15">
-        <v>369</v>
+        <v>389</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080071879</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>0.05106</v>
       </c>
       <c r="L31" s="15">
         <v>0.03662</v>
       </c>
       <c r="M31" s="15">
         <v>0.0318</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E32" s="15">
         <v>10080037173</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.11234</v>
       </c>
       <c r="L32" s="15">
         <v>0.08025</v>
       </c>
       <c r="M32" s="15">
         <v>0.06955</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E33" s="15">
         <v>10080051252</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.05583</v>
       </c>
       <c r="L33" s="15">
         <v>0.04839</v>
       </c>
       <c r="M33" s="15">
         <v>0.04653</v>
       </c>
       <c r="N33" s="15">
-        <v>7800</v>
+        <v>7044</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E34" s="15">
         <v>10080047170</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>200</v>
       </c>
       <c r="K34" s="15">
         <v>0.11807</v>
       </c>
       <c r="L34" s="15">
         <v>0.06813</v>
       </c>
       <c r="M34" s="15">
         <v>0.05903</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E35" s="15">
         <v>10080053614</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
         <v>0.13649</v>
       </c>
       <c r="L35" s="15">
         <v>0.0975</v>
       </c>
       <c r="M35" s="15">
         <v>0.08449</v>
       </c>
       <c r="N35" s="15">
-        <v>692</v>
+        <v>788</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E36" s="15">
         <v>10080009086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>200</v>
       </c>
       <c r="K36" s="15">
         <v>0.06651</v>
       </c>
       <c r="L36" s="15">
         <v>0.0643</v>
       </c>
       <c r="M36" s="15">
         <v>0.06208</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E37" s="15">
         <v>10080009085</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>300</v>
       </c>
       <c r="K37" s="15">
         <v>0.07981000000000001</v>
       </c>
       <c r="L37" s="15">
         <v>0.0776</v>
       </c>
       <c r="M37" s="15">
         <v>0.07427</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E38" s="15">
         <v>10080031337</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.09336</v>
       </c>
       <c r="L38" s="15">
         <v>0.06535000000000001</v>
       </c>
       <c r="M38" s="15">
         <v>0.06067</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E39" s="15">
         <v>10080010339</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.05653</v>
       </c>
       <c r="L39" s="15">
         <v>0.05321</v>
       </c>
       <c r="M39" s="15">
         <v>0.05099</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
         <v>0.07205</v>
       </c>
       <c r="L40" s="15">
         <v>0.05432</v>
       </c>
       <c r="M40" s="15">
         <v>0.0521</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E41" s="15">
         <v>10080009068</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.05844</v>
       </c>
       <c r="L41" s="15">
         <v>0.03961</v>
       </c>
       <c r="M41" s="15">
         <v>0.03433</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E42" s="15">
         <v>10080009037</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>200</v>
       </c>
       <c r="K42" s="15">
         <v>0.05764</v>
       </c>
       <c r="L42" s="15">
         <v>0.05432</v>
       </c>
       <c r="M42" s="15">
         <v>0.0521</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E43" s="15">
         <v>10080061092</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.04167</v>
       </c>
       <c r="L43" s="15">
         <v>0.03677</v>
       </c>
       <c r="M43" s="15">
         <v>0.03309</v>
       </c>
       <c r="N43" s="15">
-        <v>5343</v>
+        <v>2352</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E44" s="15">
         <v>10080074669</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.04969</v>
       </c>
       <c r="L44" s="15">
         <v>0.03595</v>
       </c>
       <c r="M44" s="15">
         <v>0.03137</v>
       </c>
       <c r="N44" s="15">
-        <v>68484</v>
+        <v>62856</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J45" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.03135</v>
       </c>
       <c r="L45" s="15">
         <v>0.02717</v>
       </c>
       <c r="M45" s="15">
         <v>0.02613</v>
       </c>
       <c r="N45" s="15"/>
-      <c r="O45" s="15"/>
-      <c r="P45" s="15"/>
+      <c r="O45" s="15">
+        <v>33600</v>
+      </c>
+      <c r="P45" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q45" s="15">
         <v>1000</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E46" s="15">
         <v>10080038099</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.03281</v>
       </c>
       <c r="L46" s="15">
         <v>0.02843</v>
       </c>
       <c r="M46" s="15">
         <v>0.02734</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.02945</v>
       </c>
       <c r="L47" s="15">
         <v>0.02552</v>
       </c>
       <c r="M47" s="15">
         <v>0.02454</v>
       </c>
       <c r="N47" s="15">
-        <v>1410</v>
-[...2 lines deleted...]
-      <c r="P47" s="15"/>
+        <v>246</v>
+      </c>
+      <c r="O47" s="15">
+        <v>14000</v>
+      </c>
+      <c r="P47" s="15" t="s">
+        <v>62</v>
+      </c>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
         <v>0.0776</v>
       </c>
       <c r="L48" s="15">
         <v>0.07205</v>
       </c>
       <c r="M48" s="15">
         <v>0.06983</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.09145</v>
       </c>
       <c r="L49" s="15">
         <v>0.08569</v>
       </c>
       <c r="M49" s="15">
         <v>0.08293</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E50" s="15">
         <v>10080027418</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>200</v>
       </c>
       <c r="K50" s="15">
         <v>0.15592</v>
       </c>
       <c r="L50" s="15">
         <v>0.10276</v>
       </c>
       <c r="M50" s="15">
         <v>0.09214</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
       </c>
       <c r="K51" s="15">
         <v>0.07538</v>
       </c>
       <c r="L51" s="15">
         <v>0.06533</v>
       </c>
       <c r="M51" s="15">
         <v>0.06281</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E52" s="15">
         <v>10080032599</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>200</v>
       </c>
       <c r="K52" s="15">
         <v>0.13008</v>
       </c>
       <c r="L52" s="15">
         <v>0.09325</v>
       </c>
       <c r="M52" s="15">
         <v>0.08098</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E53" s="15">
         <v>10080009087</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>400</v>
       </c>
       <c r="K53" s="15">
         <v>0.0776</v>
       </c>
       <c r="L53" s="15">
         <v>0.07538</v>
       </c>
       <c r="M53" s="15">
         <v>0.07316</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E54" s="15">
         <v>10080009084</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
         <v>0.08536000000000001</v>
       </c>
       <c r="L54" s="15">
         <v>0.08203000000000001</v>
       </c>
       <c r="M54" s="15">
         <v>0.07981000000000001</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>500</v>
       </c>
       <c r="K55" s="15">
         <v>0.11659</v>
       </c>
       <c r="L55" s="15">
         <v>0.08434999999999999</v>
       </c>
       <c r="M55" s="15">
         <v>0.07360999999999999</v>
       </c>
       <c r="N55" s="15">
         <v>32</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E56" s="15">
         <v>10080057185</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.05902</v>
       </c>
       <c r="L56" s="15">
         <v>0.0427</v>
       </c>
       <c r="M56" s="15">
         <v>0.03726</v>
       </c>
       <c r="N56" s="15">
-        <v>28242</v>
+        <v>34600</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E57" s="15">
         <v>10080058934</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>500</v>
       </c>
       <c r="K57" s="15">
         <v>0.07289</v>
       </c>
       <c r="L57" s="15">
         <v>0.05224</v>
       </c>
       <c r="M57" s="15">
         <v>0.04538</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E58" s="15">
         <v>10080038100</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.05921</v>
       </c>
       <c r="L58" s="15">
         <v>0.05131</v>
       </c>
       <c r="M58" s="15">
         <v>0.04934</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E59" s="15">
         <v>10080053615</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.08999</v>
       </c>
       <c r="L59" s="15">
         <v>0.07799</v>
       </c>
       <c r="M59" s="15">
         <v>0.07499</v>
       </c>
       <c r="N59" s="15">
-        <v>222</v>
-[...2 lines deleted...]
-      <c r="P59" s="15"/>
+        <v>267</v>
+      </c>
+      <c r="O59" s="15">
+        <v>2670</v>
+      </c>
+      <c r="P59" s="15" t="s">
+        <v>157</v>
+      </c>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E60" s="15">
         <v>10080009036</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>500</v>
       </c>
       <c r="K60" s="15">
         <v>0.21212</v>
       </c>
       <c r="L60" s="15">
         <v>0.11268</v>
       </c>
       <c r="M60" s="15">
         <v>0.09611</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.11019</v>
       </c>
       <c r="L61" s="15">
         <v>0.1033</v>
       </c>
       <c r="M61" s="15">
         <v>0.09988</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E62" s="15">
         <v>10080038101</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.19026</v>
       </c>
       <c r="L62" s="15">
         <v>0.10977</v>
       </c>
       <c r="M62" s="15">
         <v>0.09877</v>
       </c>
       <c r="N62" s="15">
-        <v>703</v>
+        <v>663</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E63" s="15">
         <v>10080033917</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>200</v>
       </c>
       <c r="K63" s="15">
         <v>0.07292999999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.06976</v>
       </c>
       <c r="M63" s="15">
         <v>0.06976</v>
       </c>
       <c r="N63" s="15">
-        <v>3520</v>
+        <v>2904</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>200</v>
       </c>
       <c r="K64" s="15">
         <v>0.07163</v>
       </c>
       <c r="L64" s="15">
         <v>0.06208</v>
       </c>
       <c r="M64" s="15">
         <v>0.05969</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.05538</v>
       </c>
       <c r="L65" s="15">
         <v>0.048</v>
       </c>
       <c r="M65" s="15">
         <v>0.04615</v>
       </c>
       <c r="N65" s="15">
-        <v>2640</v>
+        <v>2430</v>
       </c>
       <c r="O65" s="15">
-        <v>4400</v>
+        <v>4051</v>
       </c>
       <c r="P65" s="15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E66" s="15">
         <v>10080071544</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.15401</v>
       </c>
       <c r="L66" s="15">
         <v>0.15401</v>
       </c>
       <c r="M66" s="15">
         <v>0.15401</v>
       </c>
       <c r="N66" s="15">
-        <v>3475</v>
+        <v>3249</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E67" s="15">
         <v>10080003198</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.2274</v>
       </c>
       <c r="L67" s="15">
         <v>0.12082</v>
       </c>
       <c r="M67" s="15">
         <v>0.10304</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E68" s="15">
         <v>10080018213</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>200</v>
       </c>
       <c r="K68" s="15">
         <v>0.27356</v>
       </c>
       <c r="L68" s="15">
         <v>0.14534</v>
       </c>
       <c r="M68" s="15">
         <v>0.12395</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10080018212</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.26191</v>
       </c>
       <c r="L69" s="15">
         <v>0.17857</v>
       </c>
       <c r="M69" s="15">
         <v>0.15477</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="E70" s="15">
         <v>10080009035</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.15408</v>
       </c>
       <c r="L70" s="15">
         <v>0.14965</v>
       </c>
       <c r="M70" s="15">
         <v>0.1441</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E71" s="15">
         <v>10080003197</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>200</v>
       </c>
       <c r="K71" s="15">
         <v>0.09574000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.0803</v>
       </c>
       <c r="M71" s="15">
         <v>0.07721</v>
       </c>
       <c r="N71" s="15">
-        <v>7723</v>
+        <v>8082</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E72" s="15">
         <v>10080051273</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>200</v>
       </c>
       <c r="K72" s="15">
         <v>0.11591</v>
       </c>
       <c r="L72" s="15">
         <v>0.10045</v>
       </c>
       <c r="M72" s="15">
         <v>0.09659</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E73" s="15">
         <v>10080051274</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.15854</v>
       </c>
       <c r="L73" s="15">
         <v>0.11366</v>
       </c>
       <c r="M73" s="15">
         <v>0.09871000000000001</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E74" s="15">
         <v>10080057186</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>200</v>
       </c>
       <c r="K74" s="15">
         <v>0.09533999999999999</v>
       </c>
       <c r="L74" s="15">
         <v>0.08263</v>
       </c>
       <c r="M74" s="15">
         <v>0.07945000000000001</v>
       </c>
       <c r="N74" s="15">
-        <v>12507</v>
+        <v>13313</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E75" s="15">
         <v>10080038772</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>200</v>
       </c>
       <c r="K75" s="15">
         <v>0.35238</v>
       </c>
       <c r="L75" s="15">
         <v>0.24027</v>
       </c>
       <c r="M75" s="15">
         <v>0.20823</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E76" s="15">
         <v>10080074779</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.19185</v>
       </c>
       <c r="L76" s="15">
         <v>0.13881</v>
       </c>
       <c r="M76" s="15">
         <v>0.12113</v>
       </c>
       <c r="N76" s="15">
-        <v>1287</v>
+        <v>1334</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E77" s="15">
         <v>10080061087</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>200</v>
       </c>
       <c r="K77" s="15">
         <v>0.26549</v>
       </c>
       <c r="L77" s="15">
         <v>0.19035</v>
       </c>
       <c r="M77" s="15">
         <v>0.16531</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E78" s="15">
         <v>10080009038</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>200</v>
       </c>
       <c r="K78" s="15">
         <v>0.14671</v>
       </c>
       <c r="L78" s="15">
         <v>0.14671</v>
       </c>
       <c r="M78" s="15">
         <v>0.14671</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>200</v>
       </c>
       <c r="K79" s="15">
         <v>0.12986</v>
       </c>
       <c r="L79" s="15">
         <v>0.11254</v>
       </c>
       <c r="M79" s="15">
         <v>0.10821</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E80" s="15">
         <v>10080050314</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
         <v>0.46576</v>
       </c>
       <c r="L80" s="15">
         <v>0.31757</v>
       </c>
       <c r="M80" s="15">
         <v>0.27523</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I81" s="15" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="J81" s="15">
         <v>200</v>
       </c>
       <c r="K81" s="15">
         <v>0.2081</v>
       </c>
       <c r="L81" s="15">
         <v>0.15056</v>
       </c>
       <c r="M81" s="15">
         <v>0.13138</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.15075</v>
       </c>
       <c r="L82" s="15">
         <v>0.13065</v>
       </c>
       <c r="M82" s="15">
         <v>0.12563</v>
       </c>
       <c r="N82" s="15">
-        <v>612</v>
+        <v>689</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E83" s="15">
         <v>10080054771</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>200</v>
       </c>
       <c r="K83" s="15">
         <v>0.3241</v>
       </c>
       <c r="L83" s="15">
         <v>0.23151</v>
       </c>
       <c r="M83" s="15">
         <v>0.20064</v>
       </c>
       <c r="N83" s="15">
         <v>10</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>100</v>
       </c>
       <c r="K84" s="15">
         <v>0.26851</v>
       </c>
       <c r="L84" s="15">
         <v>0.19427</v>
       </c>
       <c r="M84" s="15">
         <v>0.16952</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.14931</v>
       </c>
       <c r="L85" s="15">
         <v>0.1294</v>
       </c>
       <c r="M85" s="15">
         <v>0.12443</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>1000</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
         <v>0.17267</v>
       </c>
       <c r="L86" s="15">
         <v>0.15236</v>
       </c>
       <c r="M86" s="15">
         <v>0.13712</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15">
-        <v>2700</v>
+        <v>2370</v>
       </c>
       <c r="P86" s="15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E87" s="15">
         <v>10080057990</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>100</v>
       </c>
       <c r="K87" s="15">
         <v>0.18792</v>
       </c>
       <c r="L87" s="15">
         <v>0.18792</v>
       </c>
       <c r="M87" s="15">
         <v>0.18792</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E88" s="15">
         <v>10080058935</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>100</v>
       </c>
       <c r="K88" s="15">
         <v>0.34705</v>
       </c>
       <c r="L88" s="15">
         <v>0.24883</v>
       </c>
       <c r="M88" s="15">
         <v>0.21609</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E89" s="15">
         <v>10080049222</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>50</v>
       </c>
       <c r="K89" s="15">
         <v>0.7315700000000001</v>
       </c>
       <c r="L89" s="15">
         <v>0.4988</v>
       </c>
       <c r="M89" s="15">
         <v>0.4323</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E90" s="15">
         <v>10080059630</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="J90" s="15">
         <v>100</v>
       </c>
       <c r="K90" s="15">
         <v>0.18845</v>
       </c>
       <c r="L90" s="15">
         <v>0.18845</v>
       </c>
       <c r="M90" s="15">
         <v>0.18845</v>
       </c>
       <c r="N90" s="15">
-        <v>787</v>
+        <v>965</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E91" s="15">
         <v>10080067225</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>50</v>
       </c>
       <c r="K91" s="15">
         <v>0.54841</v>
       </c>
       <c r="L91" s="15">
         <v>0.3932</v>
       </c>
       <c r="M91" s="15">
         <v>0.34146</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E92" s="15">
         <v>10080037171</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>50</v>
       </c>
       <c r="K92" s="15">
         <v>1.03</v>
       </c>
       <c r="L92" s="15">
         <v>0.72749</v>
       </c>
       <c r="M92" s="15">
         <v>0.63364</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E93" s="15">
         <v>10080009039</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.62852</v>
       </c>
       <c r="L93" s="15">
         <v>0.60856</v>
       </c>
       <c r="M93" s="15">
         <v>0.58861</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
         <v>0.29264</v>
       </c>
       <c r="L94" s="15">
         <v>0.27491</v>
       </c>
       <c r="M94" s="15">
         <v>0.26493</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E95" s="15">
         <v>10080051275</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>50</v>
       </c>
       <c r="K95" s="15">
         <v>0.44604</v>
       </c>
       <c r="L95" s="15">
         <v>0.38657</v>
       </c>
       <c r="M95" s="15">
         <v>0.3717</v>
       </c>
       <c r="N95" s="15">
-        <v>1848</v>
+        <v>2116</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="E96" s="15">
         <v>10080058936</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>50</v>
       </c>
       <c r="K96" s="15">
         <v>0.36625</v>
       </c>
       <c r="L96" s="15">
         <v>0.36625</v>
       </c>
       <c r="M96" s="15">
         <v>0.36625</v>
       </c>
       <c r="N96" s="15">
-        <v>3487</v>
+        <v>2798</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
         <v>0.45947</v>
       </c>
       <c r="L97" s="15">
         <v>0.38536</v>
       </c>
       <c r="M97" s="15">
         <v>0.37054</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14"/>
       <c r="C98" s="15"/>
       <c r="D98" s="15"/>
       <c r="E98" s="15"/>
@@ -5015,317 +5037,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>