--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>15.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1432,51 +1432,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080046627</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>300</v>
       </c>
       <c r="K11" s="15">
         <v>0.12</v>
       </c>
       <c r="L11" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M11" s="15">
         <v>0.077</v>
       </c>
       <c r="N11" s="15">
-        <v>1380</v>
+        <v>1584</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080027133</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15"/>
@@ -1545,51 +1545,51 @@
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>420</v>
       </c>
       <c r="K14" s="15">
         <v>0.11967</v>
       </c>
       <c r="L14" s="15">
         <v>0.10371</v>
       </c>
       <c r="M14" s="15">
         <v>0.09973</v>
       </c>
       <c r="N14" s="15">
-        <v>23768</v>
+        <v>28591</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10000016054</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
@@ -1621,90 +1621,90 @@
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080056754</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>364</v>
       </c>
       <c r="K16" s="15">
         <v>0.17173</v>
       </c>
       <c r="L16" s="15">
         <v>0.12425</v>
       </c>
       <c r="M16" s="15">
         <v>0.10842</v>
       </c>
       <c r="N16" s="15">
-        <v>29896</v>
+        <v>22959</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080017765</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>240</v>
       </c>
       <c r="K17" s="15">
         <v>0.09968</v>
       </c>
       <c r="L17" s="15">
         <v>0.08638999999999999</v>
       </c>
       <c r="M17" s="15">
         <v>0.08305999999999999</v>
       </c>
       <c r="N17" s="15">
-        <v>2432</v>
+        <v>2712</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080009905</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I18" s="15"/>
@@ -1736,51 +1736,51 @@
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>220</v>
       </c>
       <c r="K19" s="15">
         <v>0.21743</v>
       </c>
       <c r="L19" s="15">
         <v>0.15731</v>
       </c>
       <c r="M19" s="15">
         <v>0.13727</v>
       </c>
       <c r="N19" s="15">
-        <v>447</v>
+        <v>615</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E20" s="15">
         <v>10080076202</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I20" s="15"/>
@@ -1812,51 +1812,51 @@
       <c r="D21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E21" s="15">
         <v>10080065051</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>336</v>
       </c>
       <c r="K21" s="15">
         <v>0.16627</v>
       </c>
       <c r="L21" s="15">
         <v>0.12029</v>
       </c>
       <c r="M21" s="15">
         <v>0.10497</v>
       </c>
       <c r="N21" s="15">
-        <v>268</v>
+        <v>205</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="15">
         <v>10080061411</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I22" s="15"/>
@@ -1927,129 +1927,129 @@
       <c r="D24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>308</v>
       </c>
       <c r="K24" s="15">
         <v>0.18512</v>
       </c>
       <c r="L24" s="15">
         <v>0.13394</v>
       </c>
       <c r="M24" s="15">
         <v>0.11687</v>
       </c>
       <c r="N24" s="15">
-        <v>2495</v>
+        <v>2861</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E25" s="15">
         <v>10080057770</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.15027</v>
       </c>
       <c r="L25" s="15">
         <v>0.10872</v>
       </c>
       <c r="M25" s="15">
         <v>0.09487</v>
       </c>
       <c r="N25" s="15">
-        <v>901</v>
+        <v>758</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>180</v>
       </c>
       <c r="K26" s="15">
         <v>0.19051</v>
       </c>
       <c r="L26" s="15">
         <v>0.15978</v>
       </c>
       <c r="M26" s="15">
         <v>0.15364</v>
       </c>
       <c r="N26" s="15">
-        <v>709</v>
+        <v>654</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E27" s="15">
         <v>10000016055</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I27" s="15"/>
@@ -2081,51 +2081,51 @@
       <c r="D28" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="15">
         <v>10080017786</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>180</v>
       </c>
       <c r="K28" s="15">
         <v>0.16301</v>
       </c>
       <c r="L28" s="15">
         <v>0.11794</v>
       </c>
       <c r="M28" s="15">
         <v>0.10291</v>
       </c>
       <c r="N28" s="15">
-        <v>7903</v>
+        <v>6158</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E29" s="15">
         <v>10080009906</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
@@ -2157,51 +2157,51 @@
       <c r="D30" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>180</v>
       </c>
       <c r="K30" s="15">
         <v>0.22544</v>
       </c>
       <c r="L30" s="15">
         <v>0.16311</v>
       </c>
       <c r="M30" s="15">
         <v>0.14233</v>
       </c>
       <c r="N30" s="15">
-        <v>413</v>
+        <v>341</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E31" s="15">
         <v>10080009902</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2233,90 +2233,90 @@
       <c r="D32" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>224</v>
       </c>
       <c r="K32" s="15">
         <v>0.28935</v>
       </c>
       <c r="L32" s="15">
         <v>0.20934</v>
       </c>
       <c r="M32" s="15">
         <v>0.18268</v>
       </c>
       <c r="N32" s="15">
-        <v>4216</v>
+        <v>3092</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E33" s="15">
         <v>10080027165</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>160</v>
       </c>
       <c r="K33" s="15">
-        <v>0.13901</v>
+        <v>0.12351</v>
       </c>
       <c r="L33" s="15">
-        <v>0.12266</v>
+        <v>0.10704</v>
       </c>
       <c r="M33" s="15">
-        <v>0.11039</v>
+        <v>0.10293</v>
       </c>
       <c r="N33" s="15">
-        <v>875</v>
+        <v>1075</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="15">
         <v>10080009907</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
@@ -2350,51 +2350,51 @@
       <c r="D35" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E35" s="15">
         <v>10080075330</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>160</v>
       </c>
       <c r="K35" s="15">
         <v>0.16227</v>
       </c>
       <c r="L35" s="15">
         <v>0.1174</v>
       </c>
       <c r="M35" s="15">
         <v>0.10245</v>
       </c>
       <c r="N35" s="15">
-        <v>685</v>
+        <v>592</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E36" s="15">
         <v>10080028201</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I36" s="15"/>
@@ -2428,51 +2428,51 @@
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080068578</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>140</v>
       </c>
       <c r="K37" s="15">
         <v>0.20615</v>
       </c>
       <c r="L37" s="15">
         <v>0.14915</v>
       </c>
       <c r="M37" s="15">
         <v>0.13015</v>
       </c>
       <c r="N37" s="15">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E38" s="15">
         <v>10000016056</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I38" s="15"/>
@@ -2541,51 +2541,51 @@
       <c r="D40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>196</v>
       </c>
       <c r="K40" s="15">
         <v>0.41845</v>
       </c>
       <c r="L40" s="15">
         <v>0.30275</v>
       </c>
       <c r="M40" s="15">
         <v>0.26418</v>
       </c>
       <c r="N40" s="15">
-        <v>244</v>
+        <v>408</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>4900</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E41" s="15">
         <v>10080017767</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>50</v>
@@ -2619,51 +2619,51 @@
       <c r="D42" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E42" s="15">
         <v>10080034651</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>120</v>
       </c>
       <c r="K42" s="15">
         <v>0.30752</v>
       </c>
       <c r="L42" s="15">
         <v>0.26651</v>
       </c>
       <c r="M42" s="15">
         <v>0.25626</v>
       </c>
       <c r="N42" s="15">
-        <v>1640</v>
+        <v>1760</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15"/>
@@ -2775,90 +2775,90 @@
       <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>140</v>
       </c>
       <c r="K46" s="15">
         <v>0.43389</v>
       </c>
       <c r="L46" s="15">
         <v>0.31392</v>
       </c>
       <c r="M46" s="15">
         <v>0.27393</v>
       </c>
       <c r="N46" s="15">
-        <v>2401</v>
+        <v>2309</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="15">
         <v>10080017769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>80</v>
       </c>
       <c r="K47" s="15">
         <v>0.14826</v>
       </c>
       <c r="L47" s="15">
         <v>0.12849</v>
       </c>
       <c r="M47" s="15">
         <v>0.12355</v>
       </c>
       <c r="N47" s="15">
-        <v>479</v>
+        <v>434</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E48" s="15">
         <v>10080009903</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I48" s="15"/>
@@ -2968,90 +2968,90 @@
       <c r="D51" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E51" s="15">
         <v>10080059011</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>80</v>
       </c>
       <c r="K51" s="15">
         <v>0.85606</v>
       </c>
       <c r="L51" s="15">
         <v>0.48755</v>
       </c>
       <c r="M51" s="15">
         <v>0.44504</v>
       </c>
       <c r="N51" s="15">
-        <v>503</v>
+        <v>474</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E52" s="15">
         <v>10080054780</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>60</v>
       </c>
       <c r="K52" s="15">
         <v>0.18947</v>
       </c>
       <c r="L52" s="15">
         <v>0.1642</v>
       </c>
       <c r="M52" s="15">
         <v>0.15789</v>
       </c>
       <c r="N52" s="15">
-        <v>254</v>
+        <v>215</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E53" s="15">
         <v>10080009904</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I53" s="15"/>
@@ -3122,51 +3122,53 @@
       <c r="D55" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>0.39084</v>
       </c>
       <c r="L55" s="15">
         <v>0.28277</v>
       </c>
       <c r="M55" s="15">
         <v>0.24675</v>
       </c>
       <c r="N55" s="15"/>
-      <c r="O55" s="15"/>
+      <c r="O55" s="15">
+        <v>828</v>
+      </c>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E56" s="15">
         <v>10080070090</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
@@ -3233,51 +3235,51 @@
       <c r="D58" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.62115</v>
       </c>
       <c r="L58" s="15">
         <v>0.44941</v>
       </c>
       <c r="M58" s="15">
         <v>0.39216</v>
       </c>
       <c r="N58" s="15">
-        <v>1664</v>
+        <v>1248</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2000</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E59" s="15">
         <v>10080065047</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
@@ -3348,51 +3350,51 @@
       <c r="D61" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.7422299999999999</v>
       </c>
       <c r="L61" s="15">
         <v>0.537</v>
       </c>
       <c r="M61" s="15">
         <v>0.46859</v>
       </c>
       <c r="N61" s="15">
-        <v>1594</v>
+        <v>1526</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E62" s="15">
         <v>10080027426</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="15"/>
@@ -3574,51 +3576,51 @@
       <c r="D67" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>342</v>
       </c>
       <c r="K67" s="15">
         <v>0.15782</v>
       </c>
       <c r="L67" s="15">
         <v>0.11419</v>
       </c>
       <c r="M67" s="15">
         <v>0.09964000000000001</v>
       </c>
       <c r="N67" s="15">
-        <v>1391</v>
+        <v>1012</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E68" s="15">
         <v>10080074475</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I68" s="15"/>