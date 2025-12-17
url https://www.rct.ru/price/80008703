--- v1 (2025-12-15)
+++ v2 (2025-12-17)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>15.12.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -428,50 +428,53 @@
     <t>L-KLS1-202B-50-S-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-50 (L-KLS1-202B-50-S-B)</t>
   </si>
   <si>
     <t>BH2S-50GBOOA-U</t>
   </si>
   <si>
     <t>вилка на плату / BH2-50 (BH2S-50GBOOA-U)</t>
   </si>
   <si>
     <t>5BH2MSC56-10G05TU-00</t>
   </si>
   <si>
     <t>SMD вилка на плату без установочной площадки / BHS2-10 (BH2M-10GBOOT-U) (5BH2MSC56-10G05TU-00)</t>
   </si>
   <si>
     <t>DS1014-10MF1BSR-B</t>
   </si>
   <si>
     <t>SMD вилка на плату с установочной площадкой / BHS2-10 (DS1014-10MF1BSR-B)</t>
   </si>
   <si>
     <t>10-00052120</t>
+  </si>
+  <si>
+    <t>03.05.2026</t>
   </si>
   <si>
     <t>DS1014-10MF1BXB-B</t>
   </si>
   <si>
     <t>SMD вилка на плату без установочной площадки / BHS2-10 (DS1014-10MF1BXB-B)</t>
   </si>
   <si>
     <t>BH2M-16GBOOT-U</t>
   </si>
   <si>
     <t>SMD вилка на плату без установочной площадки / BHS2-16 (BH2M-16GBOOT-U)</t>
   </si>
   <si>
     <t>DS1014-16MF1BSR-B</t>
   </si>
   <si>
     <t>SMD вилка на плату с установочной площадкой, катушка / BHS2-16 (DS1014-16MF1BSR-B)</t>
   </si>
   <si>
     <t>UT-00095029</t>
   </si>
   <si>
     <t>DS1014-16MF1BXB-B</t>
   </si>
@@ -1432,51 +1435,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080046627</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>300</v>
       </c>
       <c r="K11" s="15">
         <v>0.12</v>
       </c>
       <c r="L11" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M11" s="15">
         <v>0.077</v>
       </c>
       <c r="N11" s="15">
-        <v>1584</v>
+        <v>1787</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080027133</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15"/>
@@ -1545,51 +1548,51 @@
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>420</v>
       </c>
       <c r="K14" s="15">
         <v>0.11967</v>
       </c>
       <c r="L14" s="15">
         <v>0.10371</v>
       </c>
       <c r="M14" s="15">
         <v>0.09973</v>
       </c>
       <c r="N14" s="15">
-        <v>28591</v>
+        <v>25491</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10000016054</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
@@ -1621,91 +1624,89 @@
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080056754</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>364</v>
       </c>
       <c r="K16" s="15">
         <v>0.17173</v>
       </c>
       <c r="L16" s="15">
         <v>0.12425</v>
       </c>
       <c r="M16" s="15">
         <v>0.10842</v>
       </c>
       <c r="N16" s="15">
-        <v>22959</v>
+        <v>22621</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080017765</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>240</v>
       </c>
       <c r="K17" s="15">
         <v>0.09968</v>
       </c>
       <c r="L17" s="15">
         <v>0.08638999999999999</v>
       </c>
       <c r="M17" s="15">
         <v>0.08305999999999999</v>
       </c>
-      <c r="N17" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080009905</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
@@ -1735,53 +1736,51 @@
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>220</v>
       </c>
       <c r="K19" s="15">
         <v>0.21743</v>
       </c>
       <c r="L19" s="15">
         <v>0.15731</v>
       </c>
       <c r="M19" s="15">
         <v>0.13727</v>
       </c>
-      <c r="N19" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E20" s="15">
         <v>10080076202</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
@@ -1812,51 +1811,51 @@
       <c r="D21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E21" s="15">
         <v>10080065051</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>336</v>
       </c>
       <c r="K21" s="15">
         <v>0.16627</v>
       </c>
       <c r="L21" s="15">
         <v>0.12029</v>
       </c>
       <c r="M21" s="15">
         <v>0.10497</v>
       </c>
       <c r="N21" s="15">
-        <v>205</v>
+        <v>265</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="15">
         <v>10080061411</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I22" s="15"/>
@@ -1927,129 +1926,129 @@
       <c r="D24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>308</v>
       </c>
       <c r="K24" s="15">
         <v>0.18512</v>
       </c>
       <c r="L24" s="15">
         <v>0.13394</v>
       </c>
       <c r="M24" s="15">
         <v>0.11687</v>
       </c>
       <c r="N24" s="15">
-        <v>2861</v>
+        <v>2428</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E25" s="15">
         <v>10080057770</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.15027</v>
       </c>
       <c r="L25" s="15">
         <v>0.10872</v>
       </c>
       <c r="M25" s="15">
         <v>0.09487</v>
       </c>
       <c r="N25" s="15">
-        <v>758</v>
+        <v>945</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>180</v>
       </c>
       <c r="K26" s="15">
         <v>0.19051</v>
       </c>
       <c r="L26" s="15">
         <v>0.15978</v>
       </c>
       <c r="M26" s="15">
         <v>0.15364</v>
       </c>
       <c r="N26" s="15">
-        <v>654</v>
+        <v>718</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E27" s="15">
         <v>10000016055</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I27" s="15"/>
@@ -2081,51 +2080,51 @@
       <c r="D28" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="15">
         <v>10080017786</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>180</v>
       </c>
       <c r="K28" s="15">
         <v>0.16301</v>
       </c>
       <c r="L28" s="15">
         <v>0.11794</v>
       </c>
       <c r="M28" s="15">
         <v>0.10291</v>
       </c>
       <c r="N28" s="15">
-        <v>6158</v>
+        <v>6569</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E29" s="15">
         <v>10080009906</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
@@ -2157,51 +2156,51 @@
       <c r="D30" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>180</v>
       </c>
       <c r="K30" s="15">
         <v>0.22544</v>
       </c>
       <c r="L30" s="15">
         <v>0.16311</v>
       </c>
       <c r="M30" s="15">
         <v>0.14233</v>
       </c>
       <c r="N30" s="15">
-        <v>341</v>
+        <v>308</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E31" s="15">
         <v>10080009902</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2233,90 +2232,90 @@
       <c r="D32" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>224</v>
       </c>
       <c r="K32" s="15">
         <v>0.28935</v>
       </c>
       <c r="L32" s="15">
         <v>0.20934</v>
       </c>
       <c r="M32" s="15">
         <v>0.18268</v>
       </c>
       <c r="N32" s="15">
-        <v>3092</v>
+        <v>2998</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E33" s="15">
         <v>10080027165</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>160</v>
       </c>
       <c r="K33" s="15">
         <v>0.12351</v>
       </c>
       <c r="L33" s="15">
         <v>0.10704</v>
       </c>
       <c r="M33" s="15">
         <v>0.10293</v>
       </c>
       <c r="N33" s="15">
-        <v>1075</v>
+        <v>1000</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="15">
         <v>10080009907</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
@@ -2350,51 +2349,51 @@
       <c r="D35" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E35" s="15">
         <v>10080075330</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>160</v>
       </c>
       <c r="K35" s="15">
         <v>0.16227</v>
       </c>
       <c r="L35" s="15">
         <v>0.1174</v>
       </c>
       <c r="M35" s="15">
         <v>0.10245</v>
       </c>
       <c r="N35" s="15">
-        <v>592</v>
+        <v>814</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E36" s="15">
         <v>10080028201</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I36" s="15"/>
@@ -2428,51 +2427,51 @@
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080068578</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>140</v>
       </c>
       <c r="K37" s="15">
         <v>0.20615</v>
       </c>
       <c r="L37" s="15">
         <v>0.14915</v>
       </c>
       <c r="M37" s="15">
         <v>0.13015</v>
       </c>
       <c r="N37" s="15">
-        <v>160</v>
+        <v>146</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E38" s="15">
         <v>10000016056</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I38" s="15"/>
@@ -2541,51 +2540,51 @@
       <c r="D40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>196</v>
       </c>
       <c r="K40" s="15">
         <v>0.41845</v>
       </c>
       <c r="L40" s="15">
         <v>0.30275</v>
       </c>
       <c r="M40" s="15">
         <v>0.26418</v>
       </c>
       <c r="N40" s="15">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>4900</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E41" s="15">
         <v>10080017767</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>50</v>
@@ -2619,90 +2618,90 @@
       <c r="D42" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E42" s="15">
         <v>10080034651</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>120</v>
       </c>
       <c r="K42" s="15">
         <v>0.30752</v>
       </c>
       <c r="L42" s="15">
         <v>0.26651</v>
       </c>
       <c r="M42" s="15">
         <v>0.25626</v>
       </c>
       <c r="N42" s="15">
-        <v>1760</v>
+        <v>1660</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>168</v>
       </c>
       <c r="K43" s="15">
         <v>0.41877</v>
       </c>
       <c r="L43" s="15">
         <v>0.30298</v>
       </c>
       <c r="M43" s="15">
         <v>0.26438</v>
       </c>
       <c r="N43" s="15">
-        <v>2043</v>
+        <v>1923</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4200</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E44" s="15">
         <v>10080027475</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>50</v>
@@ -2775,90 +2774,90 @@
       <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>140</v>
       </c>
       <c r="K46" s="15">
         <v>0.43389</v>
       </c>
       <c r="L46" s="15">
         <v>0.31392</v>
       </c>
       <c r="M46" s="15">
         <v>0.27393</v>
       </c>
       <c r="N46" s="15">
-        <v>2309</v>
+        <v>2001</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E47" s="15">
         <v>10080017769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>80</v>
       </c>
       <c r="K47" s="15">
         <v>0.14826</v>
       </c>
       <c r="L47" s="15">
         <v>0.12849</v>
       </c>
       <c r="M47" s="15">
         <v>0.12355</v>
       </c>
       <c r="N47" s="15">
-        <v>434</v>
+        <v>575</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E48" s="15">
         <v>10080009903</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I48" s="15"/>
@@ -2968,90 +2967,90 @@
       <c r="D51" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E51" s="15">
         <v>10080059011</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>80</v>
       </c>
       <c r="K51" s="15">
         <v>0.85606</v>
       </c>
       <c r="L51" s="15">
         <v>0.48755</v>
       </c>
       <c r="M51" s="15">
         <v>0.44504</v>
       </c>
       <c r="N51" s="15">
-        <v>474</v>
+        <v>618</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E52" s="15">
         <v>10080054780</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>60</v>
       </c>
       <c r="K52" s="15">
         <v>0.18947</v>
       </c>
       <c r="L52" s="15">
         <v>0.1642</v>
       </c>
       <c r="M52" s="15">
         <v>0.15789</v>
       </c>
       <c r="N52" s="15">
-        <v>215</v>
+        <v>240</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E53" s="15">
         <v>10080009904</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I53" s="15"/>
@@ -3123,519 +3122,521 @@
         <v>136</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>0.39084</v>
       </c>
       <c r="L55" s="15">
         <v>0.28277</v>
       </c>
       <c r="M55" s="15">
         <v>0.24675</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15">
-        <v>828</v>
-[...1 lines deleted...]
-      <c r="P55" s="15"/>
+        <v>1080</v>
+      </c>
+      <c r="P55" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E56" s="15">
         <v>10080070090</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.32009</v>
       </c>
       <c r="L56" s="15">
         <v>0.26846</v>
       </c>
       <c r="M56" s="15">
         <v>0.25813</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E57" s="15">
         <v>10080009908</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>24</v>
       </c>
       <c r="K57" s="15">
         <v>0.2562</v>
       </c>
       <c r="L57" s="15">
         <v>0.18369</v>
       </c>
       <c r="M57" s="15">
         <v>0.15953</v>
       </c>
       <c r="N57" s="15">
         <v>46</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.62115</v>
       </c>
       <c r="L58" s="15">
         <v>0.44941</v>
       </c>
       <c r="M58" s="15">
         <v>0.39216</v>
       </c>
       <c r="N58" s="15">
-        <v>1248</v>
+        <v>1331</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2000</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E59" s="15">
         <v>10080065047</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>25</v>
       </c>
       <c r="K59" s="15">
         <v>0.49245</v>
       </c>
       <c r="L59" s="15">
         <v>0.32264</v>
       </c>
       <c r="M59" s="15">
         <v>0.2908</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E60" s="15">
         <v>10080009909</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>20</v>
       </c>
       <c r="K60" s="15">
         <v>0.31558</v>
       </c>
       <c r="L60" s="15">
         <v>0.22832</v>
       </c>
       <c r="M60" s="15">
         <v>0.19924</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.7422299999999999</v>
       </c>
       <c r="L61" s="15">
         <v>0.537</v>
       </c>
       <c r="M61" s="15">
         <v>0.46859</v>
       </c>
       <c r="N61" s="15">
-        <v>1526</v>
+        <v>1913</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E62" s="15">
         <v>10080027426</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>17</v>
       </c>
       <c r="K62" s="15">
         <v>0.73012</v>
       </c>
       <c r="L62" s="15">
         <v>0.41149</v>
       </c>
       <c r="M62" s="15">
         <v>0.37615</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E63" s="15">
         <v>10080069777</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>400</v>
       </c>
       <c r="K63" s="15">
         <v>0.27893</v>
       </c>
       <c r="L63" s="15">
         <v>0.23245</v>
       </c>
       <c r="M63" s="15">
         <v>0.22315</v>
       </c>
       <c r="N63" s="15">
         <v>10</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E64" s="15">
         <v>10080051426</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15">
         <v>0.20207</v>
       </c>
       <c r="L64" s="15">
         <v>0</v>
       </c>
       <c r="M64" s="15">
         <v>0</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E65" s="15">
         <v>10080069776</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>0.32422</v>
       </c>
       <c r="L65" s="15">
         <v>0.27018</v>
       </c>
       <c r="M65" s="15">
         <v>0.25937</v>
       </c>
       <c r="N65" s="15">
         <v>10</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E66" s="15">
         <v>10080074474</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.8114400000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.6762</v>
       </c>
       <c r="M66" s="15">
         <v>0.64915</v>
       </c>
       <c r="N66" s="15">
         <v>5</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>342</v>
       </c>
       <c r="K67" s="15">
         <v>0.15782</v>
       </c>
       <c r="L67" s="15">
         <v>0.11419</v>
       </c>
       <c r="M67" s="15">
         <v>0.09964000000000001</v>
       </c>
       <c r="N67" s="15">
-        <v>1012</v>
+        <v>1170</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E68" s="15">
         <v>10080074475</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.8114400000000001</v>
       </c>
       <c r="L68" s="15">
         <v>0.6762</v>
       </c>
       <c r="M68" s="15">
         <v>0.64915</v>
       </c>
       <c r="N68" s="15">
         <v>5</v>
       </c>
@@ -3702,317 +3703,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>