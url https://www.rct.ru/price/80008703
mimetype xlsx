--- v2 (2025-12-17)
+++ v3 (2025-12-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -188,50 +188,53 @@
     <t>вилка на плату / BH2-10 (L-KLS1-202B-10-S-B)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>5BH2RDA56-10G05AU-00</t>
   </si>
   <si>
     <t>вилка на плату / BH2-10R (5BH2RDA56-10G05AU-00)</t>
   </si>
   <si>
     <t>DS1014-10RF1B-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-10R (DS1014-10RF1B-B)</t>
   </si>
   <si>
     <t>UT-00099346</t>
   </si>
   <si>
     <t>L-KLS1-202B-10-R-B</t>
   </si>
   <si>
     <t>вилка на плату 2,0мм прямой угол / BH2-10R (KLS1-202B-10-R-B)</t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>DS1014-12SF1B-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-12 (DS1014-12SF1B-B)</t>
   </si>
   <si>
     <t>L-KLS1-202B-12-S-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-12 (L-KLS1-202B-12-S-B)</t>
   </si>
   <si>
     <t>BH2S-14GBOOA-U</t>
   </si>
   <si>
     <t>вилка на плату / BH2-14 (BXHLS1-1411-001TB)</t>
   </si>
   <si>
     <t>DS1014-14SF1B-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-14 (DS1014-14SF1B-B)</t>
   </si>
@@ -1435,51 +1438,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080046627</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>300</v>
       </c>
       <c r="K11" s="15">
         <v>0.12</v>
       </c>
       <c r="L11" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M11" s="15">
         <v>0.077</v>
       </c>
       <c r="N11" s="15">
-        <v>1787</v>
+        <v>2014</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080027133</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15"/>
@@ -1548,51 +1551,51 @@
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>420</v>
       </c>
       <c r="K14" s="15">
         <v>0.11967</v>
       </c>
       <c r="L14" s="15">
         <v>0.10371</v>
       </c>
       <c r="M14" s="15">
         <v>0.09973</v>
       </c>
       <c r="N14" s="15">
-        <v>25491</v>
+        <v>25146</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10000016054</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
@@ -1624,51 +1627,51 @@
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080056754</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>364</v>
       </c>
       <c r="K16" s="15">
         <v>0.17173</v>
       </c>
       <c r="L16" s="15">
         <v>0.12425</v>
       </c>
       <c r="M16" s="15">
         <v>0.10842</v>
       </c>
       <c r="N16" s="15">
-        <v>22621</v>
+        <v>28151</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080017765</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I17" s="15"/>
@@ -1774,1869 +1777,1885 @@
       <c r="D20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E20" s="15">
         <v>10080076202</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>240</v>
       </c>
       <c r="K20" s="15">
         <v>0.17349</v>
       </c>
       <c r="L20" s="15">
         <v>0.12552</v>
       </c>
       <c r="M20" s="15">
         <v>0.10953</v>
       </c>
       <c r="N20" s="15"/>
-      <c r="O20" s="15"/>
-      <c r="P20" s="15"/>
+      <c r="O20" s="15">
+        <v>1240</v>
+      </c>
+      <c r="P20" s="15" t="s">
+        <v>58</v>
+      </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080065051</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>336</v>
       </c>
       <c r="K21" s="15">
         <v>0.16627</v>
       </c>
       <c r="L21" s="15">
         <v>0.12029</v>
       </c>
       <c r="M21" s="15">
         <v>0.10497</v>
       </c>
       <c r="N21" s="15">
-        <v>265</v>
+        <v>282</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E22" s="15">
         <v>10080061411</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>220</v>
       </c>
       <c r="K22" s="15">
         <v>0.31504</v>
       </c>
       <c r="L22" s="15">
         <v>0.18706</v>
       </c>
       <c r="M22" s="15">
         <v>0.15752</v>
       </c>
       <c r="N22" s="15">
         <v>85</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E23" s="15">
         <v>10080009901</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>180</v>
       </c>
       <c r="K23" s="15">
         <v>0.36457</v>
       </c>
       <c r="L23" s="15">
         <v>0.32023</v>
       </c>
       <c r="M23" s="15">
         <v>0.30545</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>308</v>
       </c>
       <c r="K24" s="15">
         <v>0.18512</v>
       </c>
       <c r="L24" s="15">
         <v>0.13394</v>
       </c>
       <c r="M24" s="15">
         <v>0.11687</v>
       </c>
       <c r="N24" s="15">
-        <v>2428</v>
+        <v>2794</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080057770</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.15027</v>
       </c>
       <c r="L25" s="15">
         <v>0.10872</v>
       </c>
       <c r="M25" s="15">
         <v>0.09487</v>
       </c>
       <c r="N25" s="15">
-        <v>945</v>
-[...2 lines deleted...]
-      <c r="P25" s="15"/>
+        <v>692</v>
+      </c>
+      <c r="O25" s="15">
+        <v>1260</v>
+      </c>
+      <c r="P25" s="15" t="s">
+        <v>58</v>
+      </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>180</v>
       </c>
       <c r="K26" s="15">
         <v>0.19051</v>
       </c>
       <c r="L26" s="15">
         <v>0.15978</v>
       </c>
       <c r="M26" s="15">
         <v>0.15364</v>
       </c>
       <c r="N26" s="15">
-        <v>718</v>
+        <v>663</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E27" s="15">
         <v>10000016055</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>180</v>
       </c>
       <c r="K27" s="15">
         <v>0.55427</v>
       </c>
       <c r="L27" s="15">
         <v>0.31241</v>
       </c>
       <c r="M27" s="15">
         <v>0.28553</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E28" s="15">
         <v>10080017786</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>180</v>
       </c>
       <c r="K28" s="15">
-        <v>0.16301</v>
+        <v>0.11085</v>
       </c>
       <c r="L28" s="15">
-        <v>0.11794</v>
+        <v>0.09607</v>
       </c>
       <c r="M28" s="15">
-        <v>0.10291</v>
+        <v>0.09238</v>
       </c>
       <c r="N28" s="15">
-        <v>6569</v>
+        <v>6364</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E29" s="15">
         <v>10080009906</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>180</v>
       </c>
       <c r="K29" s="15">
         <v>0.28049</v>
       </c>
       <c r="L29" s="15">
         <v>0.20111</v>
       </c>
       <c r="M29" s="15">
         <v>0.17464</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>180</v>
       </c>
       <c r="K30" s="15">
         <v>0.22544</v>
       </c>
       <c r="L30" s="15">
         <v>0.16311</v>
       </c>
       <c r="M30" s="15">
         <v>0.14233</v>
       </c>
       <c r="N30" s="15">
-        <v>308</v>
+        <v>341</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E31" s="15">
         <v>10080009902</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>160</v>
       </c>
       <c r="K31" s="15">
         <v>0.68351</v>
       </c>
       <c r="L31" s="15">
         <v>0.38526</v>
       </c>
       <c r="M31" s="15">
         <v>0.35212</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>224</v>
       </c>
       <c r="K32" s="15">
         <v>0.28935</v>
       </c>
       <c r="L32" s="15">
         <v>0.20934</v>
       </c>
       <c r="M32" s="15">
         <v>0.18268</v>
       </c>
       <c r="N32" s="15">
-        <v>2998</v>
+        <v>2951</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E33" s="15">
         <v>10080027165</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>160</v>
       </c>
       <c r="K33" s="15">
         <v>0.12351</v>
       </c>
       <c r="L33" s="15">
         <v>0.10704</v>
       </c>
       <c r="M33" s="15">
         <v>0.10293</v>
       </c>
       <c r="N33" s="15">
         <v>1000</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E34" s="15">
         <v>10080009907</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>140</v>
       </c>
       <c r="K34" s="15">
         <v>0.27967</v>
       </c>
       <c r="L34" s="15">
         <v>0.20051</v>
       </c>
       <c r="M34" s="15">
         <v>0.17413</v>
       </c>
       <c r="N34" s="15">
         <v>12</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E35" s="15">
         <v>10080075330</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>160</v>
       </c>
       <c r="K35" s="15">
         <v>0.16227</v>
       </c>
       <c r="L35" s="15">
         <v>0.1174</v>
       </c>
       <c r="M35" s="15">
         <v>0.10245</v>
       </c>
       <c r="N35" s="15">
-        <v>814</v>
+        <v>676</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E36" s="15">
         <v>10080028201</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>250</v>
       </c>
       <c r="K36" s="15">
         <v>0.67475</v>
       </c>
       <c r="L36" s="15">
         <v>0.50607</v>
       </c>
       <c r="M36" s="15">
         <v>0.45546</v>
       </c>
       <c r="N36" s="15">
         <v>11</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E37" s="15">
         <v>10080068578</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>140</v>
       </c>
       <c r="K37" s="15">
         <v>0.20615</v>
       </c>
       <c r="L37" s="15">
         <v>0.14915</v>
       </c>
       <c r="M37" s="15">
         <v>0.13015</v>
       </c>
       <c r="N37" s="15">
-        <v>146</v>
-[...2 lines deleted...]
-      <c r="P37" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="O37" s="15">
+        <v>350</v>
+      </c>
+      <c r="P37" s="15" t="s">
+        <v>58</v>
+      </c>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E38" s="15">
         <v>10000016056</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.30914</v>
       </c>
       <c r="L38" s="15">
         <v>0.27219</v>
       </c>
       <c r="M38" s="15">
         <v>0.25988</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E39" s="15">
         <v>10080017140</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>120</v>
       </c>
       <c r="K39" s="15">
         <v>0.86626</v>
       </c>
       <c r="L39" s="15">
         <v>0.48826</v>
       </c>
       <c r="M39" s="15">
         <v>0.44626</v>
       </c>
       <c r="N39" s="15">
         <v>14</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>196</v>
       </c>
       <c r="K40" s="15">
         <v>0.41845</v>
       </c>
       <c r="L40" s="15">
         <v>0.30275</v>
       </c>
       <c r="M40" s="15">
         <v>0.26418</v>
       </c>
       <c r="N40" s="15">
-        <v>465</v>
+        <v>372</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>4900</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E41" s="15">
         <v>10080017767</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>120</v>
       </c>
       <c r="K41" s="15">
         <v>0.26297</v>
       </c>
       <c r="L41" s="15">
         <v>0.19217</v>
       </c>
       <c r="M41" s="15">
         <v>0.16183</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E42" s="15">
         <v>10080034651</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>120</v>
       </c>
       <c r="K42" s="15">
         <v>0.30752</v>
       </c>
       <c r="L42" s="15">
         <v>0.26651</v>
       </c>
       <c r="M42" s="15">
         <v>0.25626</v>
       </c>
       <c r="N42" s="15">
-        <v>1660</v>
+        <v>1620</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>168</v>
       </c>
       <c r="K43" s="15">
         <v>0.41877</v>
       </c>
       <c r="L43" s="15">
         <v>0.30298</v>
       </c>
       <c r="M43" s="15">
         <v>0.26438</v>
       </c>
       <c r="N43" s="15">
-        <v>1923</v>
+        <v>1562</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4200</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E44" s="15">
         <v>10080027475</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1</v>
       </c>
       <c r="K44" s="15">
         <v>0.43847</v>
       </c>
       <c r="L44" s="15">
         <v>0.17809</v>
       </c>
       <c r="M44" s="15">
         <v>0.17809</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1</v>
       </c>
       <c r="K45" s="15">
         <v>0.32515</v>
       </c>
       <c r="L45" s="15">
         <v>0.31408</v>
       </c>
       <c r="M45" s="15">
         <v>0.30422</v>
       </c>
       <c r="N45" s="15">
         <v>14</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>140</v>
       </c>
       <c r="K46" s="15">
         <v>0.43389</v>
       </c>
       <c r="L46" s="15">
         <v>0.31392</v>
       </c>
       <c r="M46" s="15">
         <v>0.27393</v>
       </c>
       <c r="N46" s="15">
-        <v>2001</v>
+        <v>2678</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E47" s="15">
         <v>10080017769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>80</v>
       </c>
       <c r="K47" s="15">
         <v>0.14826</v>
       </c>
       <c r="L47" s="15">
         <v>0.12849</v>
       </c>
       <c r="M47" s="15">
         <v>0.12355</v>
       </c>
       <c r="N47" s="15">
-        <v>575</v>
+        <v>415</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10080009903</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>80</v>
       </c>
       <c r="K48" s="15">
         <v>0.8326</v>
       </c>
       <c r="L48" s="15">
         <v>0.73284</v>
       </c>
       <c r="M48" s="15">
         <v>0.69958</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E49" s="15">
         <v>10080063378</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>140</v>
       </c>
       <c r="K49" s="15">
         <v>0.56919</v>
       </c>
       <c r="L49" s="15">
         <v>0.37292</v>
       </c>
       <c r="M49" s="15">
         <v>0.33612</v>
       </c>
       <c r="N49" s="15">
         <v>4</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>80</v>
       </c>
       <c r="K50" s="15">
         <v>0.87693</v>
       </c>
       <c r="L50" s="15">
         <v>0.74515</v>
       </c>
       <c r="M50" s="15">
         <v>0.70081</v>
       </c>
       <c r="N50" s="15">
         <v>2</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E51" s="15">
         <v>10080059011</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>80</v>
       </c>
       <c r="K51" s="15">
         <v>0.85606</v>
       </c>
       <c r="L51" s="15">
         <v>0.48755</v>
       </c>
       <c r="M51" s="15">
         <v>0.44504</v>
       </c>
       <c r="N51" s="15">
-        <v>618</v>
+        <v>453</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E52" s="15">
         <v>10080054780</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>60</v>
       </c>
       <c r="K52" s="15">
         <v>0.18947</v>
       </c>
       <c r="L52" s="15">
         <v>0.1642</v>
       </c>
       <c r="M52" s="15">
         <v>0.15789</v>
       </c>
       <c r="N52" s="15">
-        <v>240</v>
-[...2 lines deleted...]
-      <c r="P52" s="15"/>
+        <v>317</v>
+      </c>
+      <c r="O52" s="15">
+        <v>180</v>
+      </c>
+      <c r="P52" s="15" t="s">
+        <v>58</v>
+      </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E53" s="15">
         <v>10080009904</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>60</v>
       </c>
       <c r="K53" s="15">
         <v>0.5144300000000001</v>
       </c>
       <c r="L53" s="15">
         <v>0.38584</v>
       </c>
       <c r="M53" s="15">
         <v>0.34724</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E54" s="15">
         <v>10080008976</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>35</v>
       </c>
       <c r="K54" s="15">
         <v>0.2086</v>
       </c>
       <c r="L54" s="15">
         <v>0.15093</v>
       </c>
       <c r="M54" s="15">
         <v>0.1317</v>
       </c>
       <c r="N54" s="15">
         <v>5</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>0.39084</v>
       </c>
       <c r="L55" s="15">
         <v>0.28277</v>
       </c>
       <c r="M55" s="15">
         <v>0.24675</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15">
-        <v>1080</v>
+        <v>744</v>
       </c>
       <c r="P55" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E56" s="15">
         <v>10080070090</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.32009</v>
       </c>
       <c r="L56" s="15">
         <v>0.26846</v>
       </c>
       <c r="M56" s="15">
         <v>0.25813</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E57" s="15">
         <v>10080009908</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>24</v>
       </c>
       <c r="K57" s="15">
         <v>0.2562</v>
       </c>
       <c r="L57" s="15">
         <v>0.18369</v>
       </c>
       <c r="M57" s="15">
         <v>0.15953</v>
       </c>
       <c r="N57" s="15">
         <v>46</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.62115</v>
       </c>
       <c r="L58" s="15">
         <v>0.44941</v>
       </c>
       <c r="M58" s="15">
         <v>0.39216</v>
       </c>
       <c r="N58" s="15">
-        <v>1331</v>
+        <v>1497</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2000</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E59" s="15">
         <v>10080065047</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>25</v>
       </c>
       <c r="K59" s="15">
-        <v>0.49245</v>
+        <v>0.26556</v>
       </c>
       <c r="L59" s="15">
-        <v>0.32264</v>
+        <v>0.23015</v>
       </c>
       <c r="M59" s="15">
-        <v>0.2908</v>
+        <v>0.2213</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E60" s="15">
         <v>10080009909</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>20</v>
       </c>
       <c r="K60" s="15">
         <v>0.31558</v>
       </c>
       <c r="L60" s="15">
         <v>0.22832</v>
       </c>
       <c r="M60" s="15">
         <v>0.19924</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.7422299999999999</v>
       </c>
       <c r="L61" s="15">
         <v>0.537</v>
       </c>
       <c r="M61" s="15">
         <v>0.46859</v>
       </c>
       <c r="N61" s="15">
-        <v>1913</v>
+        <v>1412</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E62" s="15">
         <v>10080027426</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>17</v>
       </c>
       <c r="K62" s="15">
         <v>0.73012</v>
       </c>
       <c r="L62" s="15">
         <v>0.41149</v>
       </c>
       <c r="M62" s="15">
         <v>0.37615</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E63" s="15">
         <v>10080069777</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>400</v>
       </c>
       <c r="K63" s="15">
         <v>0.27893</v>
       </c>
       <c r="L63" s="15">
         <v>0.23245</v>
       </c>
       <c r="M63" s="15">
         <v>0.22315</v>
       </c>
       <c r="N63" s="15">
         <v>10</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E64" s="15">
         <v>10080051426</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15">
         <v>0.20207</v>
       </c>
       <c r="L64" s="15">
         <v>0</v>
       </c>
       <c r="M64" s="15">
         <v>0</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E65" s="15">
         <v>10080069776</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>0.32422</v>
       </c>
       <c r="L65" s="15">
         <v>0.27018</v>
       </c>
       <c r="M65" s="15">
         <v>0.25937</v>
       </c>
       <c r="N65" s="15">
         <v>10</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E66" s="15">
         <v>10080074474</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.8114400000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.6762</v>
       </c>
       <c r="M66" s="15">
         <v>0.64915</v>
       </c>
       <c r="N66" s="15">
         <v>5</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>342</v>
       </c>
       <c r="K67" s="15">
         <v>0.15782</v>
       </c>
       <c r="L67" s="15">
         <v>0.11419</v>
       </c>
       <c r="M67" s="15">
         <v>0.09964000000000001</v>
       </c>
       <c r="N67" s="15">
-        <v>1170</v>
+        <v>1059</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E68" s="15">
         <v>10080074475</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.8114400000000001</v>
       </c>
       <c r="L68" s="15">
         <v>0.6762</v>
       </c>
       <c r="M68" s="15">
         <v>0.64915</v>
       </c>
       <c r="N68" s="15">
         <v>5</v>
       </c>
@@ -3703,317 +3722,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>