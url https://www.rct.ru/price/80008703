--- v3 (2025-12-19)
+++ v4 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1542,60 +1542,60 @@
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>420</v>
       </c>
       <c r="K14" s="15">
-        <v>0.11967</v>
+        <v>0.11958</v>
       </c>
       <c r="L14" s="15">
-        <v>0.10371</v>
+        <v>0.10364</v>
       </c>
       <c r="M14" s="15">
-        <v>0.09973</v>
+        <v>0.09965</v>
       </c>
       <c r="N14" s="15">
-        <v>25146</v>
+        <v>21382</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10000016054</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
@@ -1618,96 +1618,96 @@
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080056754</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>364</v>
       </c>
       <c r="K16" s="15">
-        <v>0.17173</v>
+        <v>0.11844</v>
       </c>
       <c r="L16" s="15">
-        <v>0.12425</v>
+        <v>0.10265</v>
       </c>
       <c r="M16" s="15">
-        <v>0.10842</v>
+        <v>0.0987</v>
       </c>
       <c r="N16" s="15">
-        <v>28151</v>
+        <v>21271</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080017765</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>240</v>
       </c>
       <c r="K17" s="15">
-        <v>0.09968</v>
+        <v>0.09876</v>
       </c>
       <c r="L17" s="15">
-        <v>0.08638999999999999</v>
+        <v>0.08559</v>
       </c>
       <c r="M17" s="15">
-        <v>0.08305999999999999</v>
+        <v>0.0823</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080009905</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>34</v>
       </c>
@@ -1731,177 +1731,177 @@
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>220</v>
       </c>
       <c r="K19" s="15">
-        <v>0.21743</v>
+        <v>0.15132</v>
       </c>
       <c r="L19" s="15">
-        <v>0.15731</v>
+        <v>0.13114</v>
       </c>
       <c r="M19" s="15">
-        <v>0.13727</v>
+        <v>0.1261</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E20" s="15">
         <v>10080076202</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>240</v>
       </c>
       <c r="K20" s="15">
         <v>0.17349</v>
       </c>
       <c r="L20" s="15">
         <v>0.12552</v>
       </c>
       <c r="M20" s="15">
         <v>0.10953</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15">
-        <v>1240</v>
+        <v>1700</v>
       </c>
       <c r="P20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080065051</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>336</v>
       </c>
       <c r="K21" s="15">
-        <v>0.16627</v>
+        <v>0.11489</v>
       </c>
       <c r="L21" s="15">
-        <v>0.12029</v>
+        <v>0.09957000000000001</v>
       </c>
       <c r="M21" s="15">
-        <v>0.10497</v>
+        <v>0.09574000000000001</v>
       </c>
       <c r="N21" s="15">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="15">
         <v>10080061411</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>220</v>
       </c>
       <c r="K22" s="15">
         <v>0.31504</v>
       </c>
       <c r="L22" s="15">
         <v>0.18706</v>
       </c>
       <c r="M22" s="15">
         <v>0.15752</v>
       </c>
       <c r="N22" s="15">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="15">
         <v>10080009901</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="15"/>
@@ -1924,142 +1924,142 @@
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>308</v>
       </c>
       <c r="K24" s="15">
-        <v>0.18512</v>
+        <v>0.12866</v>
       </c>
       <c r="L24" s="15">
-        <v>0.13394</v>
+        <v>0.1115</v>
       </c>
       <c r="M24" s="15">
-        <v>0.11687</v>
+        <v>0.10721</v>
       </c>
       <c r="N24" s="15">
-        <v>2794</v>
+        <v>2196</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080057770</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
-        <v>0.15027</v>
+        <v>0.10755</v>
       </c>
       <c r="L25" s="15">
-        <v>0.10872</v>
+        <v>0.09321</v>
       </c>
       <c r="M25" s="15">
-        <v>0.09487</v>
+        <v>0.08963</v>
       </c>
       <c r="N25" s="15">
-        <v>692</v>
+        <v>945</v>
       </c>
       <c r="O25" s="15">
-        <v>1260</v>
+        <v>1720</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>180</v>
       </c>
       <c r="K26" s="15">
         <v>0.19051</v>
       </c>
       <c r="L26" s="15">
         <v>0.15978</v>
       </c>
       <c r="M26" s="15">
         <v>0.15364</v>
       </c>
       <c r="N26" s="15">
-        <v>663</v>
+        <v>562</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15">
         <v>10000016055</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I27" s="15"/>
@@ -2091,51 +2091,51 @@
       <c r="D28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="15">
         <v>10080017786</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>180</v>
       </c>
       <c r="K28" s="15">
         <v>0.11085</v>
       </c>
       <c r="L28" s="15">
         <v>0.09607</v>
       </c>
       <c r="M28" s="15">
         <v>0.09238</v>
       </c>
       <c r="N28" s="15">
-        <v>6364</v>
+        <v>8519</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="15">
         <v>10080009906</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
@@ -2158,60 +2158,60 @@
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>180</v>
       </c>
       <c r="K30" s="15">
-        <v>0.22544</v>
+        <v>0.15945</v>
       </c>
       <c r="L30" s="15">
-        <v>0.16311</v>
+        <v>0.13819</v>
       </c>
       <c r="M30" s="15">
-        <v>0.14233</v>
+        <v>0.13288</v>
       </c>
       <c r="N30" s="15">
-        <v>341</v>
+        <v>389</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E31" s="15">
         <v>10080009902</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2234,99 +2234,99 @@
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>224</v>
       </c>
       <c r="K32" s="15">
-        <v>0.28935</v>
+        <v>0.20018</v>
       </c>
       <c r="L32" s="15">
-        <v>0.20934</v>
+        <v>0.17349</v>
       </c>
       <c r="M32" s="15">
-        <v>0.18268</v>
+        <v>0.16681</v>
       </c>
       <c r="N32" s="15">
-        <v>2951</v>
+        <v>3139</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E33" s="15">
         <v>10080027165</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>160</v>
       </c>
       <c r="K33" s="15">
         <v>0.12351</v>
       </c>
       <c r="L33" s="15">
         <v>0.10704</v>
       </c>
       <c r="M33" s="15">
         <v>0.10293</v>
       </c>
       <c r="N33" s="15">
-        <v>1000</v>
+        <v>875</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E34" s="15">
         <v>10080009907</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
@@ -2360,51 +2360,51 @@
       <c r="D35" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E35" s="15">
         <v>10080075330</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>160</v>
       </c>
       <c r="K35" s="15">
         <v>0.16227</v>
       </c>
       <c r="L35" s="15">
         <v>0.1174</v>
       </c>
       <c r="M35" s="15">
         <v>0.10245</v>
       </c>
       <c r="N35" s="15">
-        <v>676</v>
+        <v>814</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E36" s="15">
         <v>10080028201</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I36" s="15"/>
@@ -2429,63 +2429,63 @@
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E37" s="15">
         <v>10080068578</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>140</v>
       </c>
       <c r="K37" s="15">
-        <v>0.20615</v>
+        <v>0.14759</v>
       </c>
       <c r="L37" s="15">
-        <v>0.14915</v>
+        <v>0.12791</v>
       </c>
       <c r="M37" s="15">
-        <v>0.13015</v>
+        <v>0.12299</v>
       </c>
       <c r="N37" s="15">
-        <v>131</v>
+        <v>144</v>
       </c>
       <c r="O37" s="15">
-        <v>350</v>
+        <v>385</v>
       </c>
       <c r="P37" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E38" s="15">
         <v>10000016056</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>34</v>
       </c>
@@ -2546,60 +2546,60 @@
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>196</v>
       </c>
       <c r="K40" s="15">
-        <v>0.41845</v>
+        <v>0.25209</v>
       </c>
       <c r="L40" s="15">
-        <v>0.30275</v>
+        <v>0.21848</v>
       </c>
       <c r="M40" s="15">
-        <v>0.26418</v>
+        <v>0.21008</v>
       </c>
       <c r="N40" s="15">
-        <v>372</v>
+        <v>112</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>4900</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E41" s="15">
         <v>10080017767</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>50</v>
@@ -2633,90 +2633,90 @@
       <c r="D42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E42" s="15">
         <v>10080034651</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>120</v>
       </c>
       <c r="K42" s="15">
         <v>0.30752</v>
       </c>
       <c r="L42" s="15">
         <v>0.26651</v>
       </c>
       <c r="M42" s="15">
         <v>0.25626</v>
       </c>
       <c r="N42" s="15">
-        <v>1620</v>
+        <v>1155</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>168</v>
       </c>
       <c r="K43" s="15">
-        <v>0.41877</v>
+        <v>0.29103</v>
       </c>
       <c r="L43" s="15">
-        <v>0.30298</v>
+        <v>0.25223</v>
       </c>
       <c r="M43" s="15">
-        <v>0.26438</v>
+        <v>0.24253</v>
       </c>
       <c r="N43" s="15">
-        <v>1562</v>
+        <v>1586</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4200</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E44" s="15">
         <v>10080027475</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>50</v>
@@ -2780,99 +2780,99 @@
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>140</v>
       </c>
       <c r="K46" s="15">
-        <v>0.43389</v>
+        <v>0.29925</v>
       </c>
       <c r="L46" s="15">
-        <v>0.31392</v>
+        <v>0.25935</v>
       </c>
       <c r="M46" s="15">
-        <v>0.27393</v>
+        <v>0.24938</v>
       </c>
       <c r="N46" s="15">
-        <v>2678</v>
+        <v>2648</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E47" s="15">
         <v>10080017769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>80</v>
       </c>
       <c r="K47" s="15">
         <v>0.14826</v>
       </c>
       <c r="L47" s="15">
         <v>0.12849</v>
       </c>
       <c r="M47" s="15">
         <v>0.12355</v>
       </c>
       <c r="N47" s="15">
-        <v>415</v>
+        <v>536</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10080009903</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I48" s="15"/>
@@ -2895,57 +2895,57 @@
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15">
         <v>10080063378</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>140</v>
       </c>
       <c r="K49" s="15">
-        <v>0.56919</v>
+        <v>0.31997</v>
       </c>
       <c r="L49" s="15">
-        <v>0.37292</v>
+        <v>0.2773</v>
       </c>
       <c r="M49" s="15">
-        <v>0.33612</v>
+        <v>0.26664</v>
       </c>
       <c r="N49" s="15">
         <v>4</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
@@ -2982,93 +2982,93 @@
       <c r="D51" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E51" s="15">
         <v>10080059011</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>80</v>
       </c>
       <c r="K51" s="15">
         <v>0.85606</v>
       </c>
       <c r="L51" s="15">
         <v>0.48755</v>
       </c>
       <c r="M51" s="15">
         <v>0.44504</v>
       </c>
       <c r="N51" s="15">
-        <v>453</v>
+        <v>589</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E52" s="15">
         <v>10080054780</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>60</v>
       </c>
       <c r="K52" s="15">
         <v>0.18947</v>
       </c>
       <c r="L52" s="15">
         <v>0.1642</v>
       </c>
       <c r="M52" s="15">
         <v>0.15789</v>
       </c>
       <c r="N52" s="15">
-        <v>317</v>
+        <v>247</v>
       </c>
       <c r="O52" s="15">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="P52" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E53" s="15">
         <v>10080009904</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>34</v>
       </c>
@@ -3131,61 +3131,61 @@
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
-        <v>0.39084</v>
+        <v>0.27038</v>
       </c>
       <c r="L55" s="15">
-        <v>0.28277</v>
+        <v>0.23433</v>
       </c>
       <c r="M55" s="15">
-        <v>0.24675</v>
+        <v>0.22531</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15">
-        <v>744</v>
+        <v>828</v>
       </c>
       <c r="P55" s="15" t="s">
         <v>139</v>
       </c>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E56" s="15">
         <v>10080070090</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
@@ -3246,98 +3246,98 @@
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
-        <v>0.62115</v>
+        <v>0.37335</v>
       </c>
       <c r="L58" s="15">
-        <v>0.44941</v>
+        <v>0.32357</v>
       </c>
       <c r="M58" s="15">
-        <v>0.39216</v>
+        <v>0.31113</v>
       </c>
       <c r="N58" s="15">
-        <v>1497</v>
+        <v>1643</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2000</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E59" s="15">
         <v>10080065047</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>25</v>
       </c>
       <c r="K59" s="15">
-        <v>0.26556</v>
+        <v>0.25743</v>
       </c>
       <c r="L59" s="15">
-        <v>0.23015</v>
+        <v>0.22311</v>
       </c>
       <c r="M59" s="15">
-        <v>0.2213</v>
+        <v>0.21453</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E60" s="15">
         <v>10080009909</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>34</v>
       </c>
@@ -3361,60 +3361,60 @@
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
-        <v>0.7422299999999999</v>
+        <v>0.50414</v>
       </c>
       <c r="L61" s="15">
-        <v>0.537</v>
+        <v>0.43692</v>
       </c>
       <c r="M61" s="15">
-        <v>0.46859</v>
+        <v>0.42011</v>
       </c>
       <c r="N61" s="15">
-        <v>1412</v>
+        <v>1777</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E62" s="15">
         <v>10080027426</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="15"/>
@@ -3587,60 +3587,60 @@
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>342</v>
       </c>
       <c r="K67" s="15">
-        <v>0.15782</v>
+        <v>0.10856</v>
       </c>
       <c r="L67" s="15">
-        <v>0.11419</v>
+        <v>0.09408</v>
       </c>
       <c r="M67" s="15">
-        <v>0.09964000000000001</v>
+        <v>0.09046</v>
       </c>
       <c r="N67" s="15">
-        <v>1059</v>
+        <v>1154</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E68" s="15">
         <v>10080074475</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I68" s="15"/>