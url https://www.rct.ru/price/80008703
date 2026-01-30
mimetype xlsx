--- v4 (2026-01-10)
+++ v5 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -190,51 +190,51 @@
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>5BH2RDA56-10G05AU-00</t>
   </si>
   <si>
     <t>вилка на плату / BH2-10R (5BH2RDA56-10G05AU-00)</t>
   </si>
   <si>
     <t>DS1014-10RF1B-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-10R (DS1014-10RF1B-B)</t>
   </si>
   <si>
     <t>UT-00099346</t>
   </si>
   <si>
     <t>L-KLS1-202B-10-R-B</t>
   </si>
   <si>
     <t>вилка на плату 2,0мм прямой угол / BH2-10R (KLS1-202B-10-R-B)</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>DS1014-12SF1B-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-12 (DS1014-12SF1B-B)</t>
   </si>
   <si>
     <t>L-KLS1-202B-12-S-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-12 (L-KLS1-202B-12-S-B)</t>
   </si>
   <si>
     <t>BH2S-14GBOOA-U</t>
   </si>
   <si>
     <t>вилка на плату / BH2-14 (BXHLS1-1411-001TB)</t>
   </si>
   <si>
     <t>DS1014-14SF1B-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-14 (DS1014-14SF1B-B)</t>
   </si>
@@ -433,51 +433,51 @@
   <si>
     <t>вилка на плату / BH2-50 (L-KLS1-202B-50-S-B)</t>
   </si>
   <si>
     <t>BH2S-50GBOOA-U</t>
   </si>
   <si>
     <t>вилка на плату / BH2-50 (BH2S-50GBOOA-U)</t>
   </si>
   <si>
     <t>5BH2MSC56-10G05TU-00</t>
   </si>
   <si>
     <t>SMD вилка на плату без установочной площадки / BHS2-10 (BH2M-10GBOOT-U) (5BH2MSC56-10G05TU-00)</t>
   </si>
   <si>
     <t>DS1014-10MF1BSR-B</t>
   </si>
   <si>
     <t>SMD вилка на плату с установочной площадкой / BHS2-10 (DS1014-10MF1BSR-B)</t>
   </si>
   <si>
     <t>10-00052120</t>
   </si>
   <si>
-    <t>03.05.2026</t>
+    <t>02.04.2026</t>
   </si>
   <si>
     <t>DS1014-10MF1BXB-B</t>
   </si>
   <si>
     <t>SMD вилка на плату без установочной площадки / BHS2-10 (DS1014-10MF1BXB-B)</t>
   </si>
   <si>
     <t>BH2M-16GBOOT-U</t>
   </si>
   <si>
     <t>SMD вилка на плату без установочной площадки / BHS2-16 (BH2M-16GBOOT-U)</t>
   </si>
   <si>
     <t>DS1014-16MF1BSR-B</t>
   </si>
   <si>
     <t>SMD вилка на плату с установочной площадкой, катушка / BHS2-16 (DS1014-16MF1BSR-B)</t>
   </si>
   <si>
     <t>UT-00095029</t>
   </si>
   <si>
     <t>DS1014-16MF1BXB-B</t>
   </si>
@@ -1438,51 +1438,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080046627</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>300</v>
       </c>
       <c r="K11" s="15">
         <v>0.12</v>
       </c>
       <c r="L11" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M11" s="15">
         <v>0.077</v>
       </c>
       <c r="N11" s="15">
-        <v>2014</v>
+        <v>1448</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080027133</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15"/>
@@ -1551,51 +1551,51 @@
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>420</v>
       </c>
       <c r="K14" s="15">
         <v>0.11958</v>
       </c>
       <c r="L14" s="15">
         <v>0.10364</v>
       </c>
       <c r="M14" s="15">
         <v>0.09965</v>
       </c>
       <c r="N14" s="15">
-        <v>21382</v>
+        <v>18325</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10000016054</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
@@ -1627,51 +1627,51 @@
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080056754</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>364</v>
       </c>
       <c r="K16" s="15">
         <v>0.11844</v>
       </c>
       <c r="L16" s="15">
         <v>0.10265</v>
       </c>
       <c r="M16" s="15">
         <v>0.0987</v>
       </c>
       <c r="N16" s="15">
-        <v>21271</v>
+        <v>26140</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080017765</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I17" s="15"/>
@@ -1768,101 +1768,101 @@
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E20" s="15">
         <v>10080076202</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>240</v>
       </c>
       <c r="K20" s="15">
-        <v>0.17349</v>
+        <v>0.12588</v>
       </c>
       <c r="L20" s="15">
-        <v>0.12552</v>
+        <v>0.1091</v>
       </c>
       <c r="M20" s="15">
-        <v>0.10953</v>
+        <v>0.1049</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15">
-        <v>1700</v>
+        <v>1720</v>
       </c>
       <c r="P20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080065051</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>336</v>
       </c>
       <c r="K21" s="15">
         <v>0.11489</v>
       </c>
       <c r="L21" s="15">
         <v>0.09957000000000001</v>
       </c>
       <c r="M21" s="15">
         <v>0.09574000000000001</v>
       </c>
       <c r="N21" s="15">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="15">
         <v>10080061411</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I22" s="15"/>
@@ -1933,133 +1933,133 @@
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>308</v>
       </c>
       <c r="K24" s="15">
         <v>0.12866</v>
       </c>
       <c r="L24" s="15">
         <v>0.1115</v>
       </c>
       <c r="M24" s="15">
         <v>0.10721</v>
       </c>
       <c r="N24" s="15">
-        <v>2196</v>
+        <v>2362</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080057770</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.10755</v>
       </c>
       <c r="L25" s="15">
         <v>0.09321</v>
       </c>
       <c r="M25" s="15">
         <v>0.08963</v>
       </c>
       <c r="N25" s="15">
-        <v>945</v>
+        <v>714</v>
       </c>
       <c r="O25" s="15">
-        <v>1720</v>
+        <v>1300</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>180</v>
       </c>
       <c r="K26" s="15">
         <v>0.19051</v>
       </c>
       <c r="L26" s="15">
         <v>0.15978</v>
       </c>
       <c r="M26" s="15">
         <v>0.15364</v>
       </c>
       <c r="N26" s="15">
-        <v>562</v>
+        <v>617</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15">
         <v>10000016055</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I27" s="15"/>
@@ -2091,51 +2091,51 @@
       <c r="D28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="15">
         <v>10080017786</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>180</v>
       </c>
       <c r="K28" s="15">
         <v>0.11085</v>
       </c>
       <c r="L28" s="15">
         <v>0.09607</v>
       </c>
       <c r="M28" s="15">
         <v>0.09238</v>
       </c>
       <c r="N28" s="15">
-        <v>8519</v>
+        <v>6671</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="15">
         <v>10080009906</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
@@ -2167,51 +2167,51 @@
       <c r="D30" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>180</v>
       </c>
       <c r="K30" s="15">
         <v>0.15945</v>
       </c>
       <c r="L30" s="15">
         <v>0.13819</v>
       </c>
       <c r="M30" s="15">
         <v>0.13288</v>
       </c>
       <c r="N30" s="15">
-        <v>389</v>
+        <v>336</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E31" s="15">
         <v>10080009902</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2243,90 +2243,90 @@
       <c r="D32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>224</v>
       </c>
       <c r="K32" s="15">
         <v>0.20018</v>
       </c>
       <c r="L32" s="15">
         <v>0.17349</v>
       </c>
       <c r="M32" s="15">
         <v>0.16681</v>
       </c>
       <c r="N32" s="15">
-        <v>3139</v>
+        <v>2905</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E33" s="15">
         <v>10080027165</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>160</v>
       </c>
       <c r="K33" s="15">
         <v>0.12351</v>
       </c>
       <c r="L33" s="15">
         <v>0.10704</v>
       </c>
       <c r="M33" s="15">
         <v>0.10293</v>
       </c>
       <c r="N33" s="15">
-        <v>875</v>
+        <v>863</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E34" s="15">
         <v>10080009907</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
@@ -2360,51 +2360,51 @@
       <c r="D35" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E35" s="15">
         <v>10080075330</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>160</v>
       </c>
       <c r="K35" s="15">
         <v>0.16227</v>
       </c>
       <c r="L35" s="15">
         <v>0.1174</v>
       </c>
       <c r="M35" s="15">
         <v>0.10245</v>
       </c>
       <c r="N35" s="15">
-        <v>814</v>
+        <v>505</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E36" s="15">
         <v>10080028201</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I36" s="15"/>
@@ -2438,54 +2438,54 @@
       <c r="D37" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E37" s="15">
         <v>10080068578</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>140</v>
       </c>
       <c r="K37" s="15">
         <v>0.14759</v>
       </c>
       <c r="L37" s="15">
         <v>0.12791</v>
       </c>
       <c r="M37" s="15">
         <v>0.12299</v>
       </c>
       <c r="N37" s="15">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="O37" s="15">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="P37" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E38" s="15">
         <v>10000016056</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>34</v>
       </c>
@@ -2555,51 +2555,51 @@
       <c r="D40" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>196</v>
       </c>
       <c r="K40" s="15">
         <v>0.25209</v>
       </c>
       <c r="L40" s="15">
         <v>0.21848</v>
       </c>
       <c r="M40" s="15">
         <v>0.21008</v>
       </c>
       <c r="N40" s="15">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>4900</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E41" s="15">
         <v>10080017767</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>50</v>
@@ -2633,90 +2633,90 @@
       <c r="D42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E42" s="15">
         <v>10080034651</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>120</v>
       </c>
       <c r="K42" s="15">
         <v>0.30752</v>
       </c>
       <c r="L42" s="15">
         <v>0.26651</v>
       </c>
       <c r="M42" s="15">
         <v>0.25626</v>
       </c>
       <c r="N42" s="15">
-        <v>1155</v>
+        <v>1089</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>168</v>
       </c>
       <c r="K43" s="15">
         <v>0.29103</v>
       </c>
       <c r="L43" s="15">
         <v>0.25223</v>
       </c>
       <c r="M43" s="15">
         <v>0.24253</v>
       </c>
       <c r="N43" s="15">
-        <v>1586</v>
+        <v>2163</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4200</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E44" s="15">
         <v>10080027475</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>50</v>
@@ -2789,90 +2789,90 @@
       <c r="D46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>140</v>
       </c>
       <c r="K46" s="15">
         <v>0.29925</v>
       </c>
       <c r="L46" s="15">
         <v>0.25935</v>
       </c>
       <c r="M46" s="15">
         <v>0.24938</v>
       </c>
       <c r="N46" s="15">
-        <v>2648</v>
+        <v>1878</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E47" s="15">
         <v>10080017769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>80</v>
       </c>
       <c r="K47" s="15">
         <v>0.14826</v>
       </c>
       <c r="L47" s="15">
         <v>0.12849</v>
       </c>
       <c r="M47" s="15">
         <v>0.12355</v>
       </c>
       <c r="N47" s="15">
-        <v>536</v>
+        <v>447</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10080009903</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I48" s="15"/>
@@ -2982,93 +2982,91 @@
       <c r="D51" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E51" s="15">
         <v>10080059011</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>80</v>
       </c>
       <c r="K51" s="15">
         <v>0.85606</v>
       </c>
       <c r="L51" s="15">
         <v>0.48755</v>
       </c>
       <c r="M51" s="15">
         <v>0.44504</v>
       </c>
       <c r="N51" s="15">
-        <v>589</v>
+        <v>431</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E52" s="15">
         <v>10080054780</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>60</v>
       </c>
       <c r="K52" s="15">
         <v>0.18947</v>
       </c>
       <c r="L52" s="15">
         <v>0.1642</v>
       </c>
       <c r="M52" s="15">
         <v>0.15789</v>
       </c>
-      <c r="N52" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N52" s="15"/>
       <c r="O52" s="15">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="P52" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E53" s="15">
         <v>10080009904</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>34</v>
       </c>
@@ -3131,61 +3129,61 @@
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
-        <v>0.27038</v>
+        <v>0.30224</v>
       </c>
       <c r="L55" s="15">
-        <v>0.23433</v>
+        <v>0.26194</v>
       </c>
       <c r="M55" s="15">
-        <v>0.22531</v>
+        <v>0.25186</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15">
-        <v>828</v>
+        <v>1068</v>
       </c>
       <c r="P55" s="15" t="s">
         <v>139</v>
       </c>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E56" s="15">
         <v>10080070090</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
@@ -3255,51 +3253,51 @@
       <c r="D58" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.37335</v>
       </c>
       <c r="L58" s="15">
         <v>0.32357</v>
       </c>
       <c r="M58" s="15">
         <v>0.31113</v>
       </c>
       <c r="N58" s="15">
-        <v>1643</v>
+        <v>1684</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2000</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E59" s="15">
         <v>10080065047</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
@@ -3370,51 +3368,51 @@
       <c r="D61" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.50414</v>
       </c>
       <c r="L61" s="15">
         <v>0.43692</v>
       </c>
       <c r="M61" s="15">
         <v>0.42011</v>
       </c>
       <c r="N61" s="15">
-        <v>1777</v>
+        <v>1412</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E62" s="15">
         <v>10080027426</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="15"/>
@@ -3596,51 +3594,51 @@
       <c r="D67" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>342</v>
       </c>
       <c r="K67" s="15">
         <v>0.10856</v>
       </c>
       <c r="L67" s="15">
         <v>0.09408</v>
       </c>
       <c r="M67" s="15">
         <v>0.09046</v>
       </c>
       <c r="N67" s="15">
-        <v>1154</v>
+        <v>964</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E68" s="15">
         <v>10080074475</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I68" s="15"/>