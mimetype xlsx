--- v5 (2026-01-30)
+++ v6 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -431,53 +431,50 @@
     <t>L-KLS1-202B-50-S-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-50 (L-KLS1-202B-50-S-B)</t>
   </si>
   <si>
     <t>BH2S-50GBOOA-U</t>
   </si>
   <si>
     <t>вилка на плату / BH2-50 (BH2S-50GBOOA-U)</t>
   </si>
   <si>
     <t>5BH2MSC56-10G05TU-00</t>
   </si>
   <si>
     <t>SMD вилка на плату без установочной площадки / BHS2-10 (BH2M-10GBOOT-U) (5BH2MSC56-10G05TU-00)</t>
   </si>
   <si>
     <t>DS1014-10MF1BSR-B</t>
   </si>
   <si>
     <t>SMD вилка на плату с установочной площадкой / BHS2-10 (DS1014-10MF1BSR-B)</t>
   </si>
   <si>
     <t>10-00052120</t>
-  </si>
-[...1 lines deleted...]
-    <t>02.04.2026</t>
   </si>
   <si>
     <t>DS1014-10MF1BXB-B</t>
   </si>
   <si>
     <t>SMD вилка на плату без установочной площадки / BHS2-10 (DS1014-10MF1BXB-B)</t>
   </si>
   <si>
     <t>BH2M-16GBOOT-U</t>
   </si>
   <si>
     <t>SMD вилка на плату без установочной площадки / BHS2-16 (BH2M-16GBOOT-U)</t>
   </si>
   <si>
     <t>DS1014-16MF1BSR-B</t>
   </si>
   <si>
     <t>SMD вилка на плату с установочной площадкой, катушка / BHS2-16 (DS1014-16MF1BSR-B)</t>
   </si>
   <si>
     <t>UT-00095029</t>
   </si>
   <si>
     <t>DS1014-16MF1BXB-B</t>
   </si>
@@ -1438,51 +1435,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080046627</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>300</v>
       </c>
       <c r="K11" s="15">
         <v>0.12</v>
       </c>
       <c r="L11" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M11" s="15">
         <v>0.077</v>
       </c>
       <c r="N11" s="15">
-        <v>1448</v>
+        <v>2036</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080027133</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15"/>
@@ -1551,51 +1548,51 @@
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>420</v>
       </c>
       <c r="K14" s="15">
         <v>0.11958</v>
       </c>
       <c r="L14" s="15">
         <v>0.10364</v>
       </c>
       <c r="M14" s="15">
         <v>0.09965</v>
       </c>
       <c r="N14" s="15">
-        <v>18325</v>
+        <v>15971</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10000016054</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
@@ -1627,51 +1624,51 @@
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080056754</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>364</v>
       </c>
       <c r="K16" s="15">
         <v>0.11844</v>
       </c>
       <c r="L16" s="15">
         <v>0.10265</v>
       </c>
       <c r="M16" s="15">
         <v>0.0987</v>
       </c>
       <c r="N16" s="15">
-        <v>26140</v>
+        <v>23409</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080017765</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I17" s="15"/>
@@ -1778,91 +1775,91 @@
         <v>57</v>
       </c>
       <c r="E20" s="15">
         <v>10080076202</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>240</v>
       </c>
       <c r="K20" s="15">
         <v>0.12588</v>
       </c>
       <c r="L20" s="15">
         <v>0.1091</v>
       </c>
       <c r="M20" s="15">
         <v>0.1049</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15">
-        <v>1720</v>
+        <v>1800</v>
       </c>
       <c r="P20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080065051</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>336</v>
       </c>
       <c r="K21" s="15">
         <v>0.11489</v>
       </c>
       <c r="L21" s="15">
         <v>0.09957000000000001</v>
       </c>
       <c r="M21" s="15">
         <v>0.09574000000000001</v>
       </c>
       <c r="N21" s="15">
-        <v>295</v>
+        <v>205</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="15">
         <v>10080061411</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I22" s="15"/>
@@ -1933,133 +1930,133 @@
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>308</v>
       </c>
       <c r="K24" s="15">
         <v>0.12866</v>
       </c>
       <c r="L24" s="15">
         <v>0.1115</v>
       </c>
       <c r="M24" s="15">
         <v>0.10721</v>
       </c>
       <c r="N24" s="15">
-        <v>2362</v>
+        <v>2961</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080057770</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.10755</v>
       </c>
       <c r="L25" s="15">
         <v>0.09321</v>
       </c>
       <c r="M25" s="15">
         <v>0.08963</v>
       </c>
       <c r="N25" s="15">
-        <v>714</v>
+        <v>901</v>
       </c>
       <c r="O25" s="15">
-        <v>1300</v>
+        <v>1640</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>180</v>
       </c>
       <c r="K26" s="15">
         <v>0.19051</v>
       </c>
       <c r="L26" s="15">
         <v>0.15978</v>
       </c>
       <c r="M26" s="15">
         <v>0.15364</v>
       </c>
       <c r="N26" s="15">
-        <v>617</v>
+        <v>700</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15">
         <v>10000016055</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I27" s="15"/>
@@ -2091,51 +2088,51 @@
       <c r="D28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="15">
         <v>10080017786</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>180</v>
       </c>
       <c r="K28" s="15">
         <v>0.11085</v>
       </c>
       <c r="L28" s="15">
         <v>0.09607</v>
       </c>
       <c r="M28" s="15">
         <v>0.09238</v>
       </c>
       <c r="N28" s="15">
-        <v>6671</v>
+        <v>8519</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="15">
         <v>10080009906</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
@@ -2167,51 +2164,51 @@
       <c r="D30" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>180</v>
       </c>
       <c r="K30" s="15">
         <v>0.15945</v>
       </c>
       <c r="L30" s="15">
         <v>0.13819</v>
       </c>
       <c r="M30" s="15">
         <v>0.13288</v>
       </c>
       <c r="N30" s="15">
-        <v>336</v>
+        <v>298</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E31" s="15">
         <v>10080009902</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2243,90 +2240,90 @@
       <c r="D32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>224</v>
       </c>
       <c r="K32" s="15">
         <v>0.20018</v>
       </c>
       <c r="L32" s="15">
         <v>0.17349</v>
       </c>
       <c r="M32" s="15">
         <v>0.16681</v>
       </c>
       <c r="N32" s="15">
-        <v>2905</v>
+        <v>3795</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E33" s="15">
         <v>10080027165</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>160</v>
       </c>
       <c r="K33" s="15">
         <v>0.12351</v>
       </c>
       <c r="L33" s="15">
         <v>0.10704</v>
       </c>
       <c r="M33" s="15">
         <v>0.10293</v>
       </c>
       <c r="N33" s="15">
-        <v>863</v>
+        <v>888</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E34" s="15">
         <v>10080009907</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
@@ -2360,51 +2357,51 @@
       <c r="D35" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E35" s="15">
         <v>10080075330</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>160</v>
       </c>
       <c r="K35" s="15">
         <v>0.16227</v>
       </c>
       <c r="L35" s="15">
         <v>0.1174</v>
       </c>
       <c r="M35" s="15">
         <v>0.10245</v>
       </c>
       <c r="N35" s="15">
-        <v>505</v>
+        <v>590</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E36" s="15">
         <v>10080028201</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I36" s="15"/>
@@ -2438,54 +2435,54 @@
       <c r="D37" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E37" s="15">
         <v>10080068578</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>140</v>
       </c>
       <c r="K37" s="15">
         <v>0.14759</v>
       </c>
       <c r="L37" s="15">
         <v>0.12791</v>
       </c>
       <c r="M37" s="15">
         <v>0.12299</v>
       </c>
       <c r="N37" s="15">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="O37" s="15">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="P37" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E38" s="15">
         <v>10000016056</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>34</v>
       </c>
@@ -2555,51 +2552,51 @@
       <c r="D40" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>196</v>
       </c>
       <c r="K40" s="15">
         <v>0.25209</v>
       </c>
       <c r="L40" s="15">
         <v>0.21848</v>
       </c>
       <c r="M40" s="15">
         <v>0.21008</v>
       </c>
       <c r="N40" s="15">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>4900</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E41" s="15">
         <v>10080017767</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>50</v>
@@ -2633,90 +2630,90 @@
       <c r="D42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E42" s="15">
         <v>10080034651</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>120</v>
       </c>
       <c r="K42" s="15">
         <v>0.30752</v>
       </c>
       <c r="L42" s="15">
         <v>0.26651</v>
       </c>
       <c r="M42" s="15">
         <v>0.25626</v>
       </c>
       <c r="N42" s="15">
-        <v>1089</v>
+        <v>1002</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>168</v>
       </c>
       <c r="K43" s="15">
         <v>0.29103</v>
       </c>
       <c r="L43" s="15">
         <v>0.25223</v>
       </c>
       <c r="M43" s="15">
         <v>0.24253</v>
       </c>
       <c r="N43" s="15">
-        <v>2163</v>
+        <v>1836</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4200</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E44" s="15">
         <v>10080027475</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>50</v>
@@ -2789,90 +2786,90 @@
       <c r="D46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>140</v>
       </c>
       <c r="K46" s="15">
         <v>0.29925</v>
       </c>
       <c r="L46" s="15">
         <v>0.25935</v>
       </c>
       <c r="M46" s="15">
         <v>0.24938</v>
       </c>
       <c r="N46" s="15">
-        <v>1878</v>
+        <v>2617</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E47" s="15">
         <v>10080017769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>80</v>
       </c>
       <c r="K47" s="15">
         <v>0.14826</v>
       </c>
       <c r="L47" s="15">
         <v>0.12849</v>
       </c>
       <c r="M47" s="15">
         <v>0.12355</v>
       </c>
       <c r="N47" s="15">
-        <v>447</v>
+        <v>479</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10080009903</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I48" s="15"/>
@@ -2982,91 +2979,91 @@
       <c r="D51" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E51" s="15">
         <v>10080059011</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>80</v>
       </c>
       <c r="K51" s="15">
         <v>0.85606</v>
       </c>
       <c r="L51" s="15">
         <v>0.48755</v>
       </c>
       <c r="M51" s="15">
         <v>0.44504</v>
       </c>
       <c r="N51" s="15">
-        <v>431</v>
+        <v>503</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E52" s="15">
         <v>10080054780</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>60</v>
       </c>
       <c r="K52" s="15">
         <v>0.18947</v>
       </c>
       <c r="L52" s="15">
         <v>0.1642</v>
       </c>
       <c r="M52" s="15">
         <v>0.15789</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="P52" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E53" s="15">
         <v>10080009904</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>34</v>
       </c>
@@ -3139,521 +3136,519 @@
         <v>137</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>0.30224</v>
       </c>
       <c r="L55" s="15">
         <v>0.26194</v>
       </c>
       <c r="M55" s="15">
         <v>0.25186</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15">
-        <v>1068</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E56" s="15">
         <v>10080070090</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.32009</v>
       </c>
       <c r="L56" s="15">
         <v>0.26846</v>
       </c>
       <c r="M56" s="15">
         <v>0.25813</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E57" s="15">
         <v>10080009908</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>24</v>
       </c>
       <c r="K57" s="15">
         <v>0.2562</v>
       </c>
       <c r="L57" s="15">
         <v>0.18369</v>
       </c>
       <c r="M57" s="15">
         <v>0.15953</v>
       </c>
       <c r="N57" s="15">
         <v>46</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>144</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.37335</v>
       </c>
       <c r="L58" s="15">
         <v>0.32357</v>
       </c>
       <c r="M58" s="15">
         <v>0.31113</v>
       </c>
       <c r="N58" s="15">
-        <v>1684</v>
+        <v>1596</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2000</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E59" s="15">
         <v>10080065047</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>25</v>
       </c>
       <c r="K59" s="15">
         <v>0.25743</v>
       </c>
       <c r="L59" s="15">
         <v>0.22311</v>
       </c>
       <c r="M59" s="15">
         <v>0.21453</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E60" s="15">
         <v>10080009909</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>20</v>
       </c>
       <c r="K60" s="15">
         <v>0.31558</v>
       </c>
       <c r="L60" s="15">
         <v>0.22832</v>
       </c>
       <c r="M60" s="15">
         <v>0.19924</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.50414</v>
       </c>
       <c r="L61" s="15">
         <v>0.43692</v>
       </c>
       <c r="M61" s="15">
         <v>0.42011</v>
       </c>
       <c r="N61" s="15">
-        <v>1412</v>
+        <v>1845</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E62" s="15">
         <v>10080027426</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>17</v>
       </c>
       <c r="K62" s="15">
         <v>0.73012</v>
       </c>
       <c r="L62" s="15">
         <v>0.41149</v>
       </c>
       <c r="M62" s="15">
         <v>0.37615</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E63" s="15">
         <v>10080069777</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>400</v>
       </c>
       <c r="K63" s="15">
         <v>0.27893</v>
       </c>
       <c r="L63" s="15">
         <v>0.23245</v>
       </c>
       <c r="M63" s="15">
         <v>0.22315</v>
       </c>
       <c r="N63" s="15">
         <v>10</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E64" s="15">
         <v>10080051426</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15">
         <v>0.20207</v>
       </c>
       <c r="L64" s="15">
         <v>0</v>
       </c>
       <c r="M64" s="15">
         <v>0</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E65" s="15">
         <v>10080069776</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>0.32422</v>
       </c>
       <c r="L65" s="15">
         <v>0.27018</v>
       </c>
       <c r="M65" s="15">
         <v>0.25937</v>
       </c>
       <c r="N65" s="15">
         <v>10</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E66" s="15">
         <v>10080074474</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.8114400000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.6762</v>
       </c>
       <c r="M66" s="15">
         <v>0.64915</v>
       </c>
       <c r="N66" s="15">
         <v>5</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>342</v>
       </c>
       <c r="K67" s="15">
         <v>0.10856</v>
       </c>
       <c r="L67" s="15">
         <v>0.09408</v>
       </c>
       <c r="M67" s="15">
         <v>0.09046</v>
       </c>
       <c r="N67" s="15">
-        <v>964</v>
+        <v>980</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E68" s="15">
         <v>10080074475</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.8114400000000001</v>
       </c>
       <c r="L68" s="15">
         <v>0.6762</v>
       </c>
       <c r="M68" s="15">
         <v>0.64915</v>
       </c>
       <c r="N68" s="15">
         <v>5</v>
       </c>
@@ -3720,317 +3715,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>177</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>