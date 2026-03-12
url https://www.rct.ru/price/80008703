--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -188,53 +188,50 @@
     <t>вилка на плату / BH2-10 (L-KLS1-202B-10-S-B)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>5BH2RDA56-10G05AU-00</t>
   </si>
   <si>
     <t>вилка на плату / BH2-10R (5BH2RDA56-10G05AU-00)</t>
   </si>
   <si>
     <t>DS1014-10RF1B-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-10R (DS1014-10RF1B-B)</t>
   </si>
   <si>
     <t>UT-00099346</t>
   </si>
   <si>
     <t>L-KLS1-202B-10-R-B</t>
   </si>
   <si>
     <t>вилка на плату 2,0мм прямой угол / BH2-10R (KLS1-202B-10-R-B)</t>
-  </si>
-[...1 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>DS1014-12SF1B-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-12 (DS1014-12SF1B-B)</t>
   </si>
   <si>
     <t>L-KLS1-202B-12-S-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-12 (L-KLS1-202B-12-S-B)</t>
   </si>
   <si>
     <t>BH2S-14GBOOA-U</t>
   </si>
   <si>
     <t>вилка на плату / BH2-14 (BXHLS1-1411-001TB)</t>
   </si>
   <si>
     <t>DS1014-14SF1B-B</t>
   </si>
   <si>
     <t>вилка на плату / BH2-14 (DS1014-14SF1B-B)</t>
   </si>
@@ -1435,51 +1432,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080046627</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>300</v>
       </c>
       <c r="K11" s="15">
         <v>0.12</v>
       </c>
       <c r="L11" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M11" s="15">
         <v>0.077</v>
       </c>
       <c r="N11" s="15">
-        <v>2036</v>
+        <v>1968</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080027133</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15"/>
@@ -1548,51 +1545,51 @@
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>420</v>
       </c>
       <c r="K14" s="15">
         <v>0.11958</v>
       </c>
       <c r="L14" s="15">
         <v>0.10364</v>
       </c>
       <c r="M14" s="15">
         <v>0.09965</v>
       </c>
       <c r="N14" s="15">
-        <v>15971</v>
+        <v>15613</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10000016054</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
@@ -1624,51 +1621,51 @@
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080056754</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>364</v>
       </c>
       <c r="K16" s="15">
         <v>0.11844</v>
       </c>
       <c r="L16" s="15">
         <v>0.10265</v>
       </c>
       <c r="M16" s="15">
         <v>0.0987</v>
       </c>
       <c r="N16" s="15">
-        <v>23409</v>
+        <v>21735</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080017765</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I17" s="15"/>
@@ -1775,1880 +1772,1870 @@
         <v>57</v>
       </c>
       <c r="E20" s="15">
         <v>10080076202</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>240</v>
       </c>
       <c r="K20" s="15">
         <v>0.12588</v>
       </c>
       <c r="L20" s="15">
         <v>0.1091</v>
       </c>
       <c r="M20" s="15">
         <v>0.1049</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15">
-        <v>1800</v>
-[...3 lines deleted...]
-      </c>
+        <v>1600</v>
+      </c>
+      <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080065051</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>336</v>
       </c>
       <c r="K21" s="15">
         <v>0.11489</v>
       </c>
       <c r="L21" s="15">
         <v>0.09957000000000001</v>
       </c>
       <c r="M21" s="15">
         <v>0.09574000000000001</v>
       </c>
       <c r="N21" s="15">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E22" s="15">
         <v>10080061411</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>220</v>
       </c>
       <c r="K22" s="15">
         <v>0.31504</v>
       </c>
       <c r="L22" s="15">
         <v>0.18706</v>
       </c>
       <c r="M22" s="15">
         <v>0.15752</v>
       </c>
       <c r="N22" s="15">
         <v>66</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E23" s="15">
         <v>10080009901</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>180</v>
       </c>
       <c r="K23" s="15">
         <v>0.36457</v>
       </c>
       <c r="L23" s="15">
         <v>0.32023</v>
       </c>
       <c r="M23" s="15">
         <v>0.30545</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>308</v>
       </c>
       <c r="K24" s="15">
         <v>0.12866</v>
       </c>
       <c r="L24" s="15">
         <v>0.1115</v>
       </c>
       <c r="M24" s="15">
         <v>0.10721</v>
       </c>
       <c r="N24" s="15">
-        <v>2961</v>
+        <v>2063</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080057770</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.10755</v>
       </c>
       <c r="L25" s="15">
         <v>0.09321</v>
       </c>
       <c r="M25" s="15">
         <v>0.08963</v>
       </c>
       <c r="N25" s="15">
-        <v>901</v>
+        <v>791</v>
       </c>
       <c r="O25" s="15">
-        <v>1640</v>
-[...3 lines deleted...]
-      </c>
+        <v>1440</v>
+      </c>
+      <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>180</v>
       </c>
       <c r="K26" s="15">
         <v>0.19051</v>
       </c>
       <c r="L26" s="15">
         <v>0.15978</v>
       </c>
       <c r="M26" s="15">
         <v>0.15364</v>
       </c>
       <c r="N26" s="15">
-        <v>700</v>
+        <v>755</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E27" s="15">
         <v>10000016055</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>180</v>
       </c>
       <c r="K27" s="15">
         <v>0.55427</v>
       </c>
       <c r="L27" s="15">
         <v>0.31241</v>
       </c>
       <c r="M27" s="15">
         <v>0.28553</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E28" s="15">
         <v>10080017786</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>180</v>
       </c>
       <c r="K28" s="15">
         <v>0.11085</v>
       </c>
       <c r="L28" s="15">
         <v>0.09607</v>
       </c>
       <c r="M28" s="15">
         <v>0.09238</v>
       </c>
       <c r="N28" s="15">
-        <v>8519</v>
+        <v>7595</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E29" s="15">
         <v>10080009906</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>180</v>
       </c>
       <c r="K29" s="15">
         <v>0.28049</v>
       </c>
       <c r="L29" s="15">
         <v>0.20111</v>
       </c>
       <c r="M29" s="15">
         <v>0.17464</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>79</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>180</v>
       </c>
       <c r="K30" s="15">
         <v>0.15945</v>
       </c>
       <c r="L30" s="15">
         <v>0.13819</v>
       </c>
       <c r="M30" s="15">
         <v>0.13288</v>
       </c>
       <c r="N30" s="15">
-        <v>298</v>
+        <v>408</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E31" s="15">
         <v>10080009902</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>160</v>
       </c>
       <c r="K31" s="15">
         <v>0.68351</v>
       </c>
       <c r="L31" s="15">
         <v>0.38526</v>
       </c>
       <c r="M31" s="15">
         <v>0.35212</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>84</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>224</v>
       </c>
       <c r="K32" s="15">
         <v>0.20018</v>
       </c>
       <c r="L32" s="15">
         <v>0.17349</v>
       </c>
       <c r="M32" s="15">
         <v>0.16681</v>
       </c>
       <c r="N32" s="15">
-        <v>3795</v>
+        <v>3045</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E33" s="15">
         <v>10080027165</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>160</v>
       </c>
       <c r="K33" s="15">
         <v>0.12351</v>
       </c>
       <c r="L33" s="15">
         <v>0.10704</v>
       </c>
       <c r="M33" s="15">
         <v>0.10293</v>
       </c>
       <c r="N33" s="15">
         <v>888</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E34" s="15">
         <v>10080009907</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>140</v>
       </c>
       <c r="K34" s="15">
         <v>0.27967</v>
       </c>
       <c r="L34" s="15">
         <v>0.20051</v>
       </c>
       <c r="M34" s="15">
         <v>0.17413</v>
       </c>
       <c r="N34" s="15">
         <v>12</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E35" s="15">
         <v>10080075330</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>160</v>
       </c>
       <c r="K35" s="15">
         <v>0.16227</v>
       </c>
       <c r="L35" s="15">
         <v>0.1174</v>
       </c>
       <c r="M35" s="15">
         <v>0.10245</v>
       </c>
       <c r="N35" s="15">
-        <v>590</v>
+        <v>467</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E36" s="15">
         <v>10080028201</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>250</v>
       </c>
       <c r="K36" s="15">
         <v>0.67475</v>
       </c>
       <c r="L36" s="15">
         <v>0.50607</v>
       </c>
       <c r="M36" s="15">
         <v>0.45546</v>
       </c>
       <c r="N36" s="15">
         <v>11</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E37" s="15">
         <v>10080068578</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>140</v>
       </c>
       <c r="K37" s="15">
         <v>0.14759</v>
       </c>
       <c r="L37" s="15">
         <v>0.12791</v>
       </c>
       <c r="M37" s="15">
         <v>0.12299</v>
       </c>
       <c r="N37" s="15">
-        <v>121</v>
+        <v>155</v>
       </c>
       <c r="O37" s="15">
-        <v>325</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E38" s="15">
         <v>10000016056</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.30914</v>
       </c>
       <c r="L38" s="15">
         <v>0.27219</v>
       </c>
       <c r="M38" s="15">
         <v>0.25988</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E39" s="15">
         <v>10080017140</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>120</v>
       </c>
       <c r="K39" s="15">
         <v>0.86626</v>
       </c>
       <c r="L39" s="15">
         <v>0.48826</v>
       </c>
       <c r="M39" s="15">
         <v>0.44626</v>
       </c>
       <c r="N39" s="15">
         <v>14</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>196</v>
       </c>
       <c r="K40" s="15">
         <v>0.25209</v>
       </c>
       <c r="L40" s="15">
         <v>0.21848</v>
       </c>
       <c r="M40" s="15">
         <v>0.21008</v>
       </c>
       <c r="N40" s="15">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15">
         <v>4900</v>
       </c>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E41" s="15">
         <v>10080017767</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>120</v>
       </c>
       <c r="K41" s="15">
         <v>0.26297</v>
       </c>
       <c r="L41" s="15">
         <v>0.19217</v>
       </c>
       <c r="M41" s="15">
         <v>0.16183</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E42" s="15">
         <v>10080034651</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>120</v>
       </c>
       <c r="K42" s="15">
         <v>0.30752</v>
       </c>
       <c r="L42" s="15">
         <v>0.26651</v>
       </c>
       <c r="M42" s="15">
         <v>0.25626</v>
       </c>
       <c r="N42" s="15">
-        <v>1002</v>
+        <v>1110</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>108</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>168</v>
       </c>
       <c r="K43" s="15">
         <v>0.29103</v>
       </c>
       <c r="L43" s="15">
         <v>0.25223</v>
       </c>
       <c r="M43" s="15">
         <v>0.24253</v>
       </c>
       <c r="N43" s="15">
-        <v>1836</v>
+        <v>2071</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4200</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E44" s="15">
         <v>10080027475</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1</v>
       </c>
       <c r="K44" s="15">
         <v>0.43847</v>
       </c>
       <c r="L44" s="15">
         <v>0.17809</v>
       </c>
       <c r="M44" s="15">
         <v>0.17809</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="D45" s="15" t="s">
+      <c r="E45" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1</v>
       </c>
       <c r="K45" s="15">
         <v>0.32515</v>
       </c>
       <c r="L45" s="15">
         <v>0.31408</v>
       </c>
       <c r="M45" s="15">
         <v>0.30422</v>
       </c>
       <c r="N45" s="15">
         <v>14</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>116</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>140</v>
       </c>
       <c r="K46" s="15">
         <v>0.29925</v>
       </c>
       <c r="L46" s="15">
         <v>0.25935</v>
       </c>
       <c r="M46" s="15">
         <v>0.24938</v>
       </c>
       <c r="N46" s="15">
-        <v>2617</v>
+        <v>2032</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E47" s="15">
         <v>10080017769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>80</v>
       </c>
       <c r="K47" s="15">
         <v>0.14826</v>
       </c>
       <c r="L47" s="15">
         <v>0.12849</v>
       </c>
       <c r="M47" s="15">
         <v>0.12355</v>
       </c>
       <c r="N47" s="15">
-        <v>479</v>
+        <v>428</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10080009903</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>80</v>
       </c>
       <c r="K48" s="15">
         <v>0.8326</v>
       </c>
       <c r="L48" s="15">
         <v>0.73284</v>
       </c>
       <c r="M48" s="15">
         <v>0.69958</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E49" s="15">
         <v>10080063378</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>140</v>
       </c>
       <c r="K49" s="15">
         <v>0.31997</v>
       </c>
       <c r="L49" s="15">
         <v>0.2773</v>
       </c>
       <c r="M49" s="15">
         <v>0.26664</v>
       </c>
       <c r="N49" s="15">
         <v>4</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>80</v>
       </c>
       <c r="K50" s="15">
         <v>0.87693</v>
       </c>
       <c r="L50" s="15">
         <v>0.74515</v>
       </c>
       <c r="M50" s="15">
         <v>0.70081</v>
       </c>
       <c r="N50" s="15">
         <v>2</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E51" s="15">
         <v>10080059011</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>80</v>
       </c>
       <c r="K51" s="15">
         <v>0.85606</v>
       </c>
       <c r="L51" s="15">
         <v>0.48755</v>
       </c>
       <c r="M51" s="15">
         <v>0.44504</v>
       </c>
       <c r="N51" s="15">
-        <v>503</v>
+        <v>618</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E52" s="15">
         <v>10080054780</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>60</v>
       </c>
       <c r="K52" s="15">
         <v>0.18947</v>
       </c>
       <c r="L52" s="15">
         <v>0.1642</v>
       </c>
       <c r="M52" s="15">
         <v>0.15789</v>
       </c>
       <c r="N52" s="15"/>
-      <c r="O52" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O52" s="15"/>
+      <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E53" s="15">
         <v>10080009904</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>60</v>
       </c>
       <c r="K53" s="15">
         <v>0.5144300000000001</v>
       </c>
       <c r="L53" s="15">
         <v>0.38584</v>
       </c>
       <c r="M53" s="15">
         <v>0.34724</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E54" s="15">
         <v>10080008976</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>35</v>
       </c>
       <c r="K54" s="15">
         <v>0.2086</v>
       </c>
       <c r="L54" s="15">
         <v>0.15093</v>
       </c>
       <c r="M54" s="15">
         <v>0.1317</v>
       </c>
       <c r="N54" s="15">
         <v>5</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>0.30224</v>
       </c>
       <c r="L55" s="15">
         <v>0.26194</v>
       </c>
       <c r="M55" s="15">
         <v>0.25186</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15">
-        <v>744</v>
+        <v>1044</v>
       </c>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E56" s="15">
         <v>10080070090</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.32009</v>
       </c>
       <c r="L56" s="15">
         <v>0.26846</v>
       </c>
       <c r="M56" s="15">
         <v>0.25813</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E57" s="15">
         <v>10080009908</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>24</v>
       </c>
       <c r="K57" s="15">
         <v>0.2562</v>
       </c>
       <c r="L57" s="15">
         <v>0.18369</v>
       </c>
       <c r="M57" s="15">
         <v>0.15953</v>
       </c>
       <c r="N57" s="15">
         <v>46</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.37335</v>
       </c>
       <c r="L58" s="15">
         <v>0.32357</v>
       </c>
       <c r="M58" s="15">
         <v>0.31113</v>
       </c>
       <c r="N58" s="15">
-        <v>1596</v>
+        <v>1821</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2000</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E59" s="15">
         <v>10080065047</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>25</v>
       </c>
       <c r="K59" s="15">
         <v>0.25743</v>
       </c>
       <c r="L59" s="15">
         <v>0.22311</v>
       </c>
       <c r="M59" s="15">
         <v>0.21453</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E60" s="15">
         <v>10080009909</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>20</v>
       </c>
       <c r="K60" s="15">
         <v>0.31558</v>
       </c>
       <c r="L60" s="15">
         <v>0.22832</v>
       </c>
       <c r="M60" s="15">
         <v>0.19924</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>150</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.50414</v>
       </c>
       <c r="L61" s="15">
         <v>0.43692</v>
       </c>
       <c r="M61" s="15">
         <v>0.42011</v>
       </c>
       <c r="N61" s="15">
-        <v>1845</v>
+        <v>1640</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="E62" s="15">
         <v>10080027426</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>17</v>
       </c>
       <c r="K62" s="15">
         <v>0.73012</v>
       </c>
       <c r="L62" s="15">
         <v>0.41149</v>
       </c>
       <c r="M62" s="15">
         <v>0.37615</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E63" s="15">
         <v>10080069777</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>400</v>
       </c>
       <c r="K63" s="15">
         <v>0.27893</v>
       </c>
       <c r="L63" s="15">
         <v>0.23245</v>
       </c>
       <c r="M63" s="15">
         <v>0.22315</v>
       </c>
       <c r="N63" s="15">
         <v>10</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E64" s="15">
         <v>10080051426</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15">
         <v>0.20207</v>
       </c>
       <c r="L64" s="15">
         <v>0</v>
       </c>
       <c r="M64" s="15">
         <v>0</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E65" s="15">
         <v>10080069776</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>0.32422</v>
       </c>
       <c r="L65" s="15">
         <v>0.27018</v>
       </c>
       <c r="M65" s="15">
         <v>0.25937</v>
       </c>
       <c r="N65" s="15">
         <v>10</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E66" s="15">
         <v>10080074474</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.8114400000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.6762</v>
       </c>
       <c r="M66" s="15">
         <v>0.64915</v>
       </c>
       <c r="N66" s="15">
         <v>5</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>163</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>342</v>
       </c>
       <c r="K67" s="15">
         <v>0.10856</v>
       </c>
       <c r="L67" s="15">
         <v>0.09408</v>
       </c>
       <c r="M67" s="15">
         <v>0.09046</v>
       </c>
       <c r="N67" s="15">
-        <v>980</v>
+        <v>1106</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E68" s="15">
         <v>10080074475</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>50</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.8114400000000001</v>
       </c>
       <c r="L68" s="15">
         <v>0.6762</v>
       </c>
       <c r="M68" s="15">
         <v>0.64915</v>
       </c>
       <c r="N68" s="15">
         <v>5</v>
       </c>
@@ -3715,317 +3702,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>176</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>