--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="929">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1579,51 +1579,51 @@
   <si>
     <t>TS18H02A473K2TB00R</t>
   </si>
   <si>
     <t>1206-X7R-100V- 47nF (0.047uF) 10% TS18H02A473K2TB00R</t>
   </si>
   <si>
     <t>UT-00123246</t>
   </si>
   <si>
     <t xml:space="preserve">CC1206KRX7R0BB473 YAGEO, C3216B473K101NT HOTTECH, 1206B473K101NT FENGHUA, </t>
   </si>
   <si>
     <t>1206B104K101CT</t>
   </si>
   <si>
     <t>1206-X7R-100V- 0.10uF (100nF) 10% 1206B104K101CT</t>
   </si>
   <si>
     <t>UT-00089658</t>
   </si>
   <si>
     <t xml:space="preserve">1206B104K101NT FENGHUA, CL31B104KCFNNNE SAMSUNG, CC1206KRX7R0BB104 YAGEO, TS18H02A104K2TB00R SUNTAN, CC1206KKX7R0BB104 YAGEO, </t>
   </si>
   <si>
-    <t>15.12.2025</t>
+    <t>01.01.2026</t>
   </si>
   <si>
     <t>1206B104K101NT</t>
   </si>
   <si>
     <t>1206-X7R-100V- 0.10uF (100nF) 10% 1206B104K101NT</t>
   </si>
   <si>
     <t xml:space="preserve">CL31B104KCFNNNE SAMSUNG, CC1206KRX7R0BB104 YAGEO, 1206B104K101CT Walsin, TS18H02A104K2TB00R SUNTAN, CC1206KKX7R0BB104 YAGEO, </t>
   </si>
   <si>
     <t>CC1206KKX7R0BB104</t>
   </si>
   <si>
     <t>1206-X7R-100V- 0.10uF (100nF) 10% CC1206KKX7R0BB104</t>
   </si>
   <si>
     <t xml:space="preserve">1206B104K101NT FENGHUA, CL31B104KCFNNNE SAMSUNG, CC1206KRX7R0BB104 YAGEO, 1206B104K101CT Walsin, TS18H02A104K2TB00R SUNTAN, </t>
   </si>
   <si>
     <t>CC1206KRX7R0BB104</t>
   </si>
   <si>
     <t>1206-X7R-100V- 0.10uF (100nF) 10% CC1206KRX7R0BB104</t>
   </si>
@@ -2293,51 +2293,51 @@
   <si>
     <t>CC1206KRX7RYBB332</t>
   </si>
   <si>
     <t>1206-X7R-250V- 3.3nF (3300pF) 10% CC1206KRX7RYBB332</t>
   </si>
   <si>
     <t>UT-00131997</t>
   </si>
   <si>
     <t>1206B331K251NT</t>
   </si>
   <si>
     <t>1206-X7R-250V- 330pF 10% 1206B331K251NT</t>
   </si>
   <si>
     <t>1206B103K251NT</t>
   </si>
   <si>
     <t>1206-X7R-250V- 10nF (0.010uF) 10% 1206B103K251NT</t>
   </si>
   <si>
     <t xml:space="preserve">C3216B103K251NT HOTTECH, TS18H02E103K2TB00R SUNTAN, CC1206KRX7RYBB103 YAGEO, </t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>23.01.2026</t>
   </si>
   <si>
     <t>C3216B103K251NT</t>
   </si>
   <si>
     <t>1206-X7R-250V- 10nF (0.010uF) 10% C3216B103K251NT</t>
   </si>
   <si>
     <t xml:space="preserve">TS18H02E103K2TB00R SUNTAN, 1206B103K251NT FENGHUA, CC1206KRX7RYBB103 YAGEO, </t>
   </si>
   <si>
     <t>TS18H02E103K2TB00R</t>
   </si>
   <si>
     <t>1206-X7R-250V- 10nF (0.010uF) 10% TS18H02E103K2TB00R</t>
   </si>
   <si>
     <t xml:space="preserve">C3216B103K251NT HOTTECH, 1206B103K251NT FENGHUA, CC1206KRX7RYBB103 YAGEO, </t>
   </si>
   <si>
     <t>CC1206KRX7RYBB103</t>
   </si>
   <si>
     <t>1206-X7R-250V- 10nF (0.010uF) 10% CC1206KRX7RYBB103</t>
   </si>
@@ -2635,51 +2635,51 @@
   <si>
     <t xml:space="preserve">CC1206KKX7RZBB152 YAGEO, 1206B152K631NT FENGHUA, TS18H02J152K2TB00R SUNTAN, </t>
   </si>
   <si>
     <t>CC1206KKX7RZBB152</t>
   </si>
   <si>
     <t>1206-X7R-630V- 1.5nF (1500pF) 10% CC1206KKX7RZBB152</t>
   </si>
   <si>
     <t xml:space="preserve">1206B152K631NT FENGHUA, 1206B152K631NT FENGHUA, TS18H02J152K2TB00R SUNTAN, </t>
   </si>
   <si>
     <t>TS18H02J152K2TB00R</t>
   </si>
   <si>
     <t>1206-X7R-630V- 1.5nF (1500pF) 10% TS18H02J152K2TB00R</t>
   </si>
   <si>
     <t>UT-00123250</t>
   </si>
   <si>
     <t xml:space="preserve">CC1206KKX7RZBB152 YAGEO, 1206B152K631NT FENGHUA, 1206B152K631NT FENGHUA, </t>
   </si>
   <si>
-    <t>26.02.2026</t>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>1206B222K631NT</t>
   </si>
   <si>
     <t>1206-X7R-630V- 2.2nF (2200pF) 10% 1206B222K631NT</t>
   </si>
   <si>
     <t xml:space="preserve">CC1206KKX7RZBB222 YAGEO, 1206B222K631NT FENGHUA, </t>
   </si>
   <si>
     <t>CC1206KKX7RZBB222</t>
   </si>
   <si>
     <t>1206-X7R-630V- 2.2nF (2200pF) 10% CC1206KKX7RZBB222</t>
   </si>
   <si>
     <t xml:space="preserve">1206B222K631NT FENGHUA, 1206B222K631NT FENGHUA, </t>
   </si>
   <si>
     <t>C3216B682K631NT</t>
   </si>
   <si>
     <t>1206-X7R-630V- 6.8nF (6800pF) 10% C3216B682K631NT</t>
   </si>
@@ -3610,51 +3610,51 @@
         <v>10080007318</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>4000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03381</v>
       </c>
       <c r="L10" s="15">
         <v>0.03381</v>
       </c>
       <c r="M10" s="15">
         <v>0.03381</v>
       </c>
       <c r="N10" s="15">
-        <v>36000</v>
+        <v>28000</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15">
         <v>10080070248</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
@@ -3990,60 +3990,60 @@
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="15">
         <v>10080068442</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J19" s="15">
         <v>3000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.01781</v>
+        <v>0.01068</v>
       </c>
       <c r="L19" s="15">
-        <v>0.01289</v>
+        <v>0.009259999999999999</v>
       </c>
       <c r="M19" s="15">
-        <v>0.01125</v>
+        <v>0.0089</v>
       </c>
       <c r="N19" s="15">
-        <v>9000</v>
+        <v>6000</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E20" s="15">
         <v>10080018875</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
@@ -4209,102 +4209,102 @@
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="J24" s="15">
         <v>3000</v>
       </c>
       <c r="K24" s="15">
-        <v>0.03775</v>
+        <v>0.01752</v>
       </c>
       <c r="L24" s="15">
-        <v>0.02731</v>
+        <v>0.01752</v>
       </c>
       <c r="M24" s="15">
-        <v>0.02384</v>
+        <v>0.01752</v>
       </c>
       <c r="N24" s="15">
-        <v>27000</v>
+        <v>24000</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J25" s="15">
         <v>3000</v>
       </c>
       <c r="K25" s="15">
-        <v>0.03541</v>
+        <v>0.02085</v>
       </c>
       <c r="L25" s="15">
-        <v>0.02538</v>
+        <v>0.01807</v>
       </c>
       <c r="M25" s="15">
-        <v>0.02205</v>
+        <v>0.01738</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E26" s="15">
         <v>10080003374</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
@@ -4471,100 +4471,100 @@
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J30" s="15">
         <v>3000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.04608</v>
+        <v>0.02671</v>
       </c>
       <c r="L30" s="15">
-        <v>0.0384</v>
+        <v>0.02671</v>
       </c>
       <c r="M30" s="15">
-        <v>0.03687</v>
+        <v>0.02671</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>106</v>
       </c>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.032</v>
+        <v>0.01883</v>
       </c>
       <c r="L31" s="15">
-        <v>0.02294</v>
+        <v>0.01632</v>
       </c>
       <c r="M31" s="15">
-        <v>0.01993</v>
+        <v>0.01569</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E32" s="15">
         <v>10080071895</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>29</v>
@@ -4697,51 +4697,51 @@
         <v>10080032046</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J35" s="15">
         <v>3000</v>
       </c>
       <c r="K35" s="15">
         <v>0.01732</v>
       </c>
       <c r="L35" s="15">
         <v>0.01253</v>
       </c>
       <c r="M35" s="15">
         <v>0.01093</v>
       </c>
       <c r="N35" s="15">
-        <v>12000</v>
+        <v>9000</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E36" s="15">
         <v>10080033364</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>29</v>
       </c>
@@ -4993,57 +4993,57 @@
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>142</v>
       </c>
       <c r="J42" s="15">
         <v>3000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.03568</v>
+        <v>0.02099</v>
       </c>
       <c r="L42" s="15">
-        <v>0.02559</v>
+        <v>0.01819</v>
       </c>
       <c r="M42" s="15">
-        <v>0.02222</v>
+        <v>0.01749</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E43" s="15">
         <v>10080063358</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>29</v>
@@ -5124,57 +5124,57 @@
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="J45" s="15">
         <v>3000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.03692</v>
+        <v>0.02171</v>
       </c>
       <c r="L45" s="15">
-        <v>0.02647</v>
+        <v>0.01881</v>
       </c>
       <c r="M45" s="15">
-        <v>0.02298</v>
+        <v>0.01809</v>
       </c>
       <c r="N45" s="15">
         <v>3000</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E46" s="15">
         <v>10080037438</v>
       </c>
       <c r="F46" s="15"/>
@@ -5423,57 +5423,57 @@
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>175</v>
       </c>
       <c r="J52" s="15">
         <v>3000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.01983</v>
+        <v>0.01382</v>
       </c>
       <c r="L52" s="15">
-        <v>0.01435</v>
+        <v>0.01197</v>
       </c>
       <c r="M52" s="15">
-        <v>0.01252</v>
+        <v>0.01151</v>
       </c>
       <c r="N52" s="15">
         <v>6000</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E53" s="15">
         <v>10080074187</v>
       </c>
       <c r="F53" s="15"/>
@@ -6068,57 +6068,57 @@
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>224</v>
       </c>
       <c r="J67" s="15">
         <v>4000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.01772</v>
+        <v>0.00825</v>
       </c>
       <c r="L67" s="15">
-        <v>0.01282</v>
+        <v>0.00825</v>
       </c>
       <c r="M67" s="15">
-        <v>0.01119</v>
+        <v>0.00825</v>
       </c>
       <c r="N67" s="15">
         <v>12000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E68" s="15">
         <v>10080000404</v>
       </c>
       <c r="F68" s="15"/>
@@ -6204,51 +6204,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080002492</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>234</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>2000</v>
       </c>
       <c r="K70" s="15">
         <v>0.02632</v>
       </c>
       <c r="L70" s="15">
         <v>0.02632</v>
       </c>
       <c r="M70" s="15">
         <v>0.02632</v>
       </c>
       <c r="N70" s="15">
-        <v>32000</v>
+        <v>36000</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E71" s="15">
         <v>10080061831</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
@@ -6326,57 +6326,57 @@
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>243</v>
       </c>
       <c r="J73" s="15">
         <v>3000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.01706</v>
+        <v>0.01179</v>
       </c>
       <c r="L73" s="15">
-        <v>0.01234</v>
+        <v>0.01022</v>
       </c>
       <c r="M73" s="15">
-        <v>0.01077</v>
+        <v>0.00983</v>
       </c>
       <c r="N73" s="15">
         <v>6000</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F74" s="15"/>
@@ -6414,57 +6414,57 @@
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>250</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>251</v>
       </c>
       <c r="J75" s="15">
         <v>3000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.01706</v>
+        <v>0.01181</v>
       </c>
       <c r="L75" s="15">
-        <v>0.01234</v>
+        <v>0.01023</v>
       </c>
       <c r="M75" s="15">
-        <v>0.01077</v>
+        <v>0.00984</v>
       </c>
       <c r="N75" s="15">
         <v>3000</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E76" s="15">
         <v>10080056243</v>
       </c>
       <c r="F76" s="15"/>
@@ -6930,57 +6930,57 @@
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>288</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>289</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>290</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I87" s="15" t="s">
         <v>291</v>
       </c>
       <c r="J87" s="15">
         <v>3000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.02094</v>
+        <v>0.01238</v>
       </c>
       <c r="L87" s="15">
-        <v>0.01501</v>
+        <v>0.01073</v>
       </c>
       <c r="M87" s="15">
-        <v>0.01304</v>
+        <v>0.01031</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>294</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>29</v>
@@ -7057,100 +7057,100 @@
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>299</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>300</v>
       </c>
       <c r="E90" s="15">
         <v>10080070249</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>301</v>
       </c>
       <c r="J90" s="15">
         <v>3000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.02401</v>
+        <v>0.01418</v>
       </c>
       <c r="L90" s="15">
-        <v>0.01722</v>
+        <v>0.01229</v>
       </c>
       <c r="M90" s="15">
-        <v>0.01495</v>
+        <v>0.01181</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>302</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>303</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>304</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>305</v>
       </c>
       <c r="J91" s="15">
         <v>3000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.02076</v>
+        <v>0.01262</v>
       </c>
       <c r="L91" s="15">
-        <v>0.01502</v>
+        <v>0.01093</v>
       </c>
       <c r="M91" s="15">
-        <v>0.01311</v>
+        <v>0.01051</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E92" s="15">
         <v>10080060988</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>29</v>
@@ -7274,60 +7274,60 @@
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E95" s="15">
         <v>10080017905</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>317</v>
       </c>
       <c r="J95" s="15">
         <v>4000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.01009</v>
+        <v>0.00666</v>
       </c>
       <c r="L95" s="15">
-        <v>0.0073</v>
+        <v>0.00577</v>
       </c>
       <c r="M95" s="15">
-        <v>0.00637</v>
+        <v>0.00555</v>
       </c>
       <c r="N95" s="15">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>318</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>319</v>
       </c>
       <c r="E96" s="15">
         <v>10080011382</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>29</v>
       </c>
@@ -7414,51 +7414,51 @@
         <v>326</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>327</v>
       </c>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.00924</v>
       </c>
       <c r="L98" s="15">
         <v>0.00775</v>
       </c>
       <c r="M98" s="15">
         <v>0.00745</v>
       </c>
       <c r="N98" s="15">
-        <v>39000</v>
+        <v>36000</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>29</v>
       </c>
@@ -7502,51 +7502,51 @@
         <v>10080072935</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>334</v>
       </c>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00768</v>
       </c>
       <c r="L100" s="15">
         <v>0.00735</v>
       </c>
       <c r="M100" s="15">
         <v>0.00735</v>
       </c>
       <c r="N100" s="15">
-        <v>21000</v>
+        <v>18000</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>336</v>
       </c>
       <c r="E101" s="15">
         <v>10080018843</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>29</v>
       </c>
@@ -7667,57 +7667,57 @@
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>342</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>343</v>
       </c>
       <c r="E104" s="15">
         <v>10080018876</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>344</v>
       </c>
       <c r="J104" s="15">
         <v>3000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.02155</v>
+        <v>0.01274</v>
       </c>
       <c r="L104" s="15">
-        <v>0.01546</v>
+        <v>0.01104</v>
       </c>
       <c r="M104" s="15">
-        <v>0.01342</v>
+        <v>0.01061</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>345</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>346</v>
       </c>
       <c r="E105" s="15">
         <v>10080007198</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>29</v>
@@ -7762,51 +7762,51 @@
         <v>350</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>352</v>
       </c>
       <c r="J106" s="15">
         <v>3000</v>
       </c>
       <c r="K106" s="15">
         <v>0.01045</v>
       </c>
       <c r="L106" s="15">
         <v>0.01045</v>
       </c>
       <c r="M106" s="15">
         <v>0.01045</v>
       </c>
       <c r="N106" s="15">
-        <v>12000</v>
+        <v>9000</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>353</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>354</v>
       </c>
       <c r="E107" s="15">
         <v>10080008430</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>29</v>
       </c>
@@ -7850,51 +7850,51 @@
         <v>358</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>359</v>
       </c>
       <c r="J108" s="15">
         <v>3000</v>
       </c>
       <c r="K108" s="15">
         <v>0.0143</v>
       </c>
       <c r="L108" s="15">
         <v>0.01035</v>
       </c>
       <c r="M108" s="15">
         <v>0.00903</v>
       </c>
       <c r="N108" s="15">
-        <v>24000</v>
+        <v>27000</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>360</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>361</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>362</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>29</v>
       </c>
@@ -7929,57 +7929,57 @@
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>363</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>364</v>
       </c>
       <c r="E110" s="15">
         <v>10080018932</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I110" s="15" t="s">
         <v>365</v>
       </c>
       <c r="J110" s="15">
         <v>3000</v>
       </c>
       <c r="K110" s="15">
-        <v>0.01063</v>
+        <v>0.00735</v>
       </c>
       <c r="L110" s="15">
-        <v>0.00769</v>
+        <v>0.00637</v>
       </c>
       <c r="M110" s="15">
-        <v>0.00671</v>
+        <v>0.00613</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>366</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>367</v>
       </c>
       <c r="E111" s="15">
         <v>10080052562</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>29</v>
@@ -8404,102 +8404,102 @@
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>398</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>399</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>400</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I121" s="15" t="s">
         <v>401</v>
       </c>
       <c r="J121" s="15">
         <v>3000</v>
       </c>
       <c r="K121" s="15">
-        <v>0.01126</v>
+        <v>0.00779</v>
       </c>
       <c r="L121" s="15">
-        <v>0.008149999999999999</v>
+        <v>0.00675</v>
       </c>
       <c r="M121" s="15">
-        <v>0.00711</v>
+        <v>0.00649</v>
       </c>
       <c r="N121" s="15">
         <v>6000</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>402</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>403</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>404</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I122" s="15" t="s">
         <v>405</v>
       </c>
       <c r="J122" s="15">
         <v>4000</v>
       </c>
       <c r="K122" s="15">
-        <v>0.01837</v>
+        <v>0.01101</v>
       </c>
       <c r="L122" s="15">
-        <v>0.01329</v>
+        <v>0.00954</v>
       </c>
       <c r="M122" s="15">
-        <v>0.01159</v>
+        <v>0.009180000000000001</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>407</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>408</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>29</v>
@@ -8544,51 +8544,51 @@
         <v>10080073770</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I124" s="15" t="s">
         <v>412</v>
       </c>
       <c r="J124" s="15">
         <v>3000</v>
       </c>
       <c r="K124" s="15">
         <v>0.00924</v>
       </c>
       <c r="L124" s="15">
         <v>0.00775</v>
       </c>
       <c r="M124" s="15">
         <v>0.00745</v>
       </c>
       <c r="N124" s="15">
-        <v>18000</v>
+        <v>15000</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>413</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>414</v>
       </c>
       <c r="E125" s="15">
         <v>10080057837</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>29</v>
       </c>
@@ -8842,100 +8842,100 @@
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>432</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>433</v>
       </c>
       <c r="J131" s="15">
         <v>4000</v>
       </c>
       <c r="K131" s="15">
-        <v>0.01837</v>
+        <v>0.01101</v>
       </c>
       <c r="L131" s="15">
-        <v>0.01329</v>
+        <v>0.00954</v>
       </c>
       <c r="M131" s="15">
-        <v>0.01159</v>
+        <v>0.009180000000000001</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>434</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>435</v>
       </c>
       <c r="E132" s="15">
         <v>10080054241</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I132" s="15" t="s">
         <v>436</v>
       </c>
       <c r="J132" s="15">
         <v>3000</v>
       </c>
       <c r="K132" s="15">
-        <v>0.02408</v>
+        <v>0.01452</v>
       </c>
       <c r="L132" s="15">
-        <v>0.01742</v>
+        <v>0.01258</v>
       </c>
       <c r="M132" s="15">
-        <v>0.0152</v>
+        <v>0.0121</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>437</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>438</v>
       </c>
       <c r="E133" s="15">
         <v>10080007145</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>29</v>
@@ -9016,57 +9016,57 @@
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>444</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>445</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>446</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I135" s="15" t="s">
         <v>447</v>
       </c>
       <c r="J135" s="15">
         <v>3000</v>
       </c>
       <c r="K135" s="15">
-        <v>0.01984</v>
+        <v>0.01164</v>
       </c>
       <c r="L135" s="15">
-        <v>0.01435</v>
+        <v>0.01009</v>
       </c>
       <c r="M135" s="15">
-        <v>0.01252</v>
+        <v>0.0097</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>448</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>449</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>450</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>29</v>
@@ -9274,57 +9274,57 @@
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>463</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>464</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>465</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>466</v>
       </c>
       <c r="J141" s="15">
         <v>4000</v>
       </c>
       <c r="K141" s="15">
-        <v>0.01525</v>
+        <v>0.009140000000000001</v>
       </c>
       <c r="L141" s="15">
-        <v>0.01103</v>
+        <v>0.00792</v>
       </c>
       <c r="M141" s="15">
-        <v>0.00963</v>
+        <v>0.00761</v>
       </c>
       <c r="N141" s="15">
         <v>4000</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>467</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>468</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>469</v>
       </c>
       <c r="F142" s="15"/>
@@ -9362,57 +9362,57 @@
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>473</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I143" s="15" t="s">
         <v>474</v>
       </c>
       <c r="J143" s="15">
         <v>4000</v>
       </c>
       <c r="K143" s="15">
-        <v>0.0146</v>
+        <v>0.00992</v>
       </c>
       <c r="L143" s="15">
-        <v>0.01057</v>
+        <v>0.00859</v>
       </c>
       <c r="M143" s="15">
-        <v>0.009220000000000001</v>
+        <v>0.00826</v>
       </c>
       <c r="N143" s="15">
         <v>4000</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>475</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>476</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>477</v>
       </c>
       <c r="F144" s="15"/>
@@ -9581,57 +9581,57 @@
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>491</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>492</v>
       </c>
       <c r="E148" s="15">
         <v>10080074003</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>230</v>
       </c>
       <c r="I148" s="15" t="s">
         <v>493</v>
       </c>
       <c r="J148" s="15">
         <v>3000</v>
       </c>
       <c r="K148" s="15">
-        <v>0.02379</v>
+        <v>0.01532</v>
       </c>
       <c r="L148" s="15">
-        <v>0.01982</v>
+        <v>0.01532</v>
       </c>
       <c r="M148" s="15">
-        <v>0.01904</v>
+        <v>0.01532</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>494</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>495</v>
       </c>
       <c r="E149" s="15" t="s">
         <v>496</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
         <v>29</v>
@@ -9712,57 +9712,57 @@
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>502</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>503</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>504</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I151" s="15" t="s">
         <v>505</v>
       </c>
       <c r="J151" s="15">
         <v>4000</v>
       </c>
       <c r="K151" s="15">
-        <v>0.02086</v>
+        <v>0.01251</v>
       </c>
       <c r="L151" s="15">
-        <v>0.0151</v>
+        <v>0.01084</v>
       </c>
       <c r="M151" s="15">
-        <v>0.01317</v>
+        <v>0.01043</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>506</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>507</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>508</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>29</v>
@@ -9899,97 +9899,97 @@
         <v>519</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I155" s="15" t="s">
         <v>520</v>
       </c>
       <c r="J155" s="15">
         <v>3000</v>
       </c>
       <c r="K155" s="15">
         <v>0.00774</v>
       </c>
       <c r="L155" s="15">
         <v>0.00774</v>
       </c>
       <c r="M155" s="15">
         <v>0.00774</v>
       </c>
       <c r="N155" s="15">
-        <v>6000</v>
+        <v>3000</v>
       </c>
       <c r="O155" s="15">
-        <v>12000</v>
+        <v>9000</v>
       </c>
       <c r="P155" s="15" t="s">
         <v>521</v>
       </c>
       <c r="Q155" s="15"/>
       <c r="R155" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>522</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>523</v>
       </c>
       <c r="E156" s="15">
         <v>10080052643</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I156" s="15" t="s">
         <v>524</v>
       </c>
       <c r="J156" s="15">
         <v>3000</v>
       </c>
       <c r="K156" s="15">
-        <v>0.01811</v>
+        <v>0.01092</v>
       </c>
       <c r="L156" s="15">
-        <v>0.01311</v>
+        <v>0.00946</v>
       </c>
       <c r="M156" s="15">
-        <v>0.01144</v>
+        <v>0.0091</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>525</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>526</v>
       </c>
       <c r="E157" s="15">
         <v>10000016598</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
         <v>29</v>
@@ -10238,57 +10238,57 @@
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>546</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>547</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>548</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I163" s="15" t="s">
         <v>549</v>
       </c>
       <c r="J163" s="15">
         <v>3000</v>
       </c>
       <c r="K163" s="15">
-        <v>0.03172</v>
+        <v>0.01902</v>
       </c>
       <c r="L163" s="15">
-        <v>0.02294</v>
+        <v>0.01648</v>
       </c>
       <c r="M163" s="15">
-        <v>0.02002</v>
+        <v>0.01585</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>550</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>551</v>
       </c>
       <c r="E164" s="15">
         <v>10080046800</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>29</v>
@@ -10369,60 +10369,60 @@
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>556</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>557</v>
       </c>
       <c r="E166" s="15">
         <v>10080064104</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I166" s="15" t="s">
         <v>558</v>
       </c>
       <c r="J166" s="15">
         <v>4000</v>
       </c>
       <c r="K166" s="15">
-        <v>0.04385</v>
+        <v>0.02034</v>
       </c>
       <c r="L166" s="15">
-        <v>0.03172</v>
+        <v>0.02034</v>
       </c>
       <c r="M166" s="15">
-        <v>0.02768</v>
+        <v>0.02034</v>
       </c>
       <c r="N166" s="15">
-        <v>36000</v>
+        <v>32000</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>559</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>560</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>561</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>29</v>
       </c>
@@ -10715,145 +10715,145 @@
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>576</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>577</v>
       </c>
       <c r="E174" s="15">
         <v>10080019095</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H174" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I174" s="15" t="s">
         <v>578</v>
       </c>
       <c r="J174" s="15">
         <v>2000</v>
       </c>
       <c r="K174" s="15">
-        <v>0.03853</v>
+        <v>0.02361</v>
       </c>
       <c r="L174" s="15">
-        <v>0.02788</v>
+        <v>0.02046</v>
       </c>
       <c r="M174" s="15">
-        <v>0.02432</v>
+        <v>0.01968</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
         <v>579</v>
       </c>
       <c r="D175" s="15" t="s">
         <v>580</v>
       </c>
       <c r="E175" s="15" t="s">
         <v>581</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I175" s="15" t="s">
         <v>582</v>
       </c>
       <c r="J175" s="15">
         <v>2000</v>
       </c>
       <c r="K175" s="15">
-        <v>0.02374</v>
+        <v>0.01625</v>
       </c>
       <c r="L175" s="15">
-        <v>0.01718</v>
+        <v>0.01408</v>
       </c>
       <c r="M175" s="15">
-        <v>0.01499</v>
+        <v>0.01354</v>
       </c>
       <c r="N175" s="15">
-        <v>24000</v>
+        <v>18000</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>583</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>584</v>
       </c>
       <c r="E176" s="15">
         <v>10080034846</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H176" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I176" s="15" t="s">
         <v>585</v>
       </c>
       <c r="J176" s="15">
         <v>2000</v>
       </c>
       <c r="K176" s="15">
-        <v>0.03817</v>
+        <v>0.02247</v>
       </c>
       <c r="L176" s="15">
-        <v>0.02736</v>
+        <v>0.01947</v>
       </c>
       <c r="M176" s="15">
-        <v>0.02376</v>
+        <v>0.01873</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>586</v>
       </c>
       <c r="D177" s="15" t="s">
         <v>587</v>
       </c>
       <c r="E177" s="15">
         <v>10080000137</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
         <v>29</v>
@@ -10941,51 +10941,51 @@
         <v>594</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I179" s="15" t="s">
         <v>595</v>
       </c>
       <c r="J179" s="15">
         <v>2000</v>
       </c>
       <c r="K179" s="15">
         <v>0.014</v>
       </c>
       <c r="L179" s="15">
         <v>0.0125</v>
       </c>
       <c r="M179" s="15">
         <v>0.011</v>
       </c>
       <c r="N179" s="15">
-        <v>104000</v>
+        <v>88000</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>596</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>597</v>
       </c>
       <c r="E180" s="15">
         <v>10080064105</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
         <v>29</v>
       </c>
@@ -11147,57 +11147,57 @@
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
         <v>609</v>
       </c>
       <c r="D184" s="15" t="s">
         <v>610</v>
       </c>
       <c r="E184" s="15">
         <v>10080057755</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15" t="s">
         <v>611</v>
       </c>
       <c r="J184" s="15">
         <v>2000</v>
       </c>
       <c r="K184" s="15">
-        <v>0.07222000000000001</v>
+        <v>0.03781</v>
       </c>
       <c r="L184" s="15">
-        <v>0.06018</v>
+        <v>0.03781</v>
       </c>
       <c r="M184" s="15">
-        <v>0.05776</v>
+        <v>0.03781</v>
       </c>
       <c r="N184" s="15"/>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>612</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>613</v>
       </c>
       <c r="E185" s="15">
         <v>10080053870</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
         <v>29</v>
@@ -11278,57 +11278,57 @@
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
         <v>620</v>
       </c>
       <c r="D187" s="15" t="s">
         <v>621</v>
       </c>
       <c r="E187" s="15">
         <v>10080054353</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>230</v>
       </c>
       <c r="I187" s="15" t="s">
         <v>622</v>
       </c>
       <c r="J187" s="15">
         <v>2000</v>
       </c>
       <c r="K187" s="15">
-        <v>0.06324</v>
+        <v>0.04073</v>
       </c>
       <c r="L187" s="15">
-        <v>0.0527</v>
+        <v>0.04073</v>
       </c>
       <c r="M187" s="15">
-        <v>0.05059</v>
+        <v>0.04073</v>
       </c>
       <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>623</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>624</v>
       </c>
       <c r="E188" s="15" t="s">
         <v>625</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
         <v>29</v>
@@ -11450,57 +11450,57 @@
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
         <v>634</v>
       </c>
       <c r="D191" s="15" t="s">
         <v>635</v>
       </c>
       <c r="E191" s="15">
         <v>10080033114</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H191" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I191" s="15" t="s">
         <v>636</v>
       </c>
       <c r="J191" s="15">
         <v>3000</v>
       </c>
       <c r="K191" s="15">
-        <v>0.01786</v>
+        <v>0.01217</v>
       </c>
       <c r="L191" s="15">
-        <v>0.01292</v>
+        <v>0.01054</v>
       </c>
       <c r="M191" s="15">
-        <v>0.01128</v>
+        <v>0.01014</v>
       </c>
       <c r="N191" s="15">
         <v>6000</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
         <v>637</v>
       </c>
       <c r="D192" s="15" t="s">
         <v>638</v>
       </c>
       <c r="E192" s="15" t="s">
         <v>639</v>
       </c>
       <c r="F192" s="15"/>
@@ -11538,57 +11538,57 @@
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
         <v>641</v>
       </c>
       <c r="D193" s="15" t="s">
         <v>642</v>
       </c>
       <c r="E193" s="15" t="s">
         <v>643</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H193" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I193" s="15" t="s">
         <v>644</v>
       </c>
       <c r="J193" s="15">
         <v>3000</v>
       </c>
       <c r="K193" s="15">
-        <v>0.01964</v>
+        <v>0.01178</v>
       </c>
       <c r="L193" s="15">
-        <v>0.01421</v>
+        <v>0.01021</v>
       </c>
       <c r="M193" s="15">
-        <v>0.0124</v>
+        <v>0.009809999999999999</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
         <v>645</v>
       </c>
       <c r="D194" s="15" t="s">
         <v>646</v>
       </c>
       <c r="E194" s="15" t="s">
         <v>647</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
         <v>29</v>
@@ -11676,51 +11676,51 @@
         <v>10080070779</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I196" s="15" t="s">
         <v>654</v>
       </c>
       <c r="J196" s="15">
         <v>3000</v>
       </c>
       <c r="K196" s="15">
         <v>0.008</v>
       </c>
       <c r="L196" s="15">
         <v>0.008</v>
       </c>
       <c r="M196" s="15">
         <v>0.008</v>
       </c>
       <c r="N196" s="15">
-        <v>81000</v>
+        <v>39000</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>652</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>653</v>
       </c>
       <c r="E197" s="15" t="s">
         <v>655</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
         <v>29</v>
       </c>
@@ -11927,57 +11927,57 @@
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>670</v>
       </c>
       <c r="D202" s="15" t="s">
         <v>671</v>
       </c>
       <c r="E202" s="15" t="s">
         <v>672</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I202" s="15" t="s">
         <v>673</v>
       </c>
       <c r="J202" s="15">
         <v>3000</v>
       </c>
       <c r="K202" s="15">
-        <v>0.01818</v>
+        <v>0.01178</v>
       </c>
       <c r="L202" s="15">
-        <v>0.01525</v>
+        <v>0.01021</v>
       </c>
       <c r="M202" s="15">
-        <v>0.01466</v>
+        <v>0.009809999999999999</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
         <v>674</v>
       </c>
       <c r="D203" s="15" t="s">
         <v>675</v>
       </c>
       <c r="E203" s="15" t="s">
         <v>676</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
         <v>29</v>
@@ -12024,51 +12024,51 @@
         <v>680</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H204" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I204" s="15" t="s">
         <v>681</v>
       </c>
       <c r="J204" s="15">
         <v>3000</v>
       </c>
       <c r="K204" s="15">
         <v>0.00695</v>
       </c>
       <c r="L204" s="15">
         <v>0.00695</v>
       </c>
       <c r="M204" s="15">
         <v>0.00695</v>
       </c>
       <c r="N204" s="15">
-        <v>24000</v>
+        <v>30000</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>682</v>
       </c>
       <c r="D205" s="15" t="s">
         <v>683</v>
       </c>
       <c r="E205" s="15">
         <v>10080016025</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
         <v>29</v>
       </c>
@@ -12112,51 +12112,51 @@
         <v>10080017906</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I206" s="15" t="s">
         <v>685</v>
       </c>
       <c r="J206" s="15">
         <v>3000</v>
       </c>
       <c r="K206" s="15">
         <v>0.00723</v>
       </c>
       <c r="L206" s="15">
         <v>0.00694</v>
       </c>
       <c r="M206" s="15">
         <v>0.00665</v>
       </c>
       <c r="N206" s="15">
-        <v>24000</v>
+        <v>12000</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
         <v>686</v>
       </c>
       <c r="D207" s="15" t="s">
         <v>687</v>
       </c>
       <c r="E207" s="15">
         <v>10080006143</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
         <v>29</v>
       </c>
@@ -12234,57 +12234,57 @@
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
         <v>692</v>
       </c>
       <c r="D209" s="15" t="s">
         <v>693</v>
       </c>
       <c r="E209" s="15" t="s">
         <v>694</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I209" s="15" t="s">
         <v>695</v>
       </c>
       <c r="J209" s="15">
         <v>3000</v>
       </c>
       <c r="K209" s="15">
-        <v>0.01727</v>
+        <v>0.01048</v>
       </c>
       <c r="L209" s="15">
-        <v>0.01439</v>
+        <v>0.01048</v>
       </c>
       <c r="M209" s="15">
-        <v>0.01381</v>
+        <v>0.01048</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
         <v>696</v>
       </c>
       <c r="D210" s="15" t="s">
         <v>697</v>
       </c>
       <c r="E210" s="15" t="s">
         <v>698</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
         <v>29</v>
@@ -12327,96 +12327,96 @@
         <v>10080007193</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H211" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I211" s="15" t="s">
         <v>701</v>
       </c>
       <c r="J211" s="15">
         <v>4000</v>
       </c>
       <c r="K211" s="15">
         <v>0.01232</v>
       </c>
       <c r="L211" s="15">
         <v>0.01232</v>
       </c>
       <c r="M211" s="15">
         <v>0.01232</v>
       </c>
       <c r="N211" s="15">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
         <v>702</v>
       </c>
       <c r="D212" s="15" t="s">
         <v>703</v>
       </c>
       <c r="E212" s="15" t="s">
         <v>704</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H212" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I212" s="15" t="s">
         <v>705</v>
       </c>
       <c r="J212" s="15">
         <v>2000</v>
       </c>
       <c r="K212" s="15">
         <v>0.00638</v>
       </c>
       <c r="L212" s="15">
         <v>0.00611</v>
       </c>
       <c r="M212" s="15">
         <v>0.00611</v>
       </c>
       <c r="N212" s="15">
-        <v>6000</v>
+        <v>8000</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
         <v>706</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>707</v>
       </c>
       <c r="E213" s="15">
         <v>10080068445</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
         <v>29</v>
       </c>
@@ -12451,57 +12451,57 @@
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
         <v>709</v>
       </c>
       <c r="D214" s="15" t="s">
         <v>710</v>
       </c>
       <c r="E214" s="15" t="s">
         <v>711</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H214" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I214" s="15" t="s">
         <v>712</v>
       </c>
       <c r="J214" s="15">
         <v>3000</v>
       </c>
       <c r="K214" s="15">
-        <v>0.01545</v>
+        <v>0.0105</v>
       </c>
       <c r="L214" s="15">
-        <v>0.01118</v>
+        <v>0.0091</v>
       </c>
       <c r="M214" s="15">
-        <v>0.00975</v>
+        <v>0.008750000000000001</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
         <v>713</v>
       </c>
       <c r="D215" s="15" t="s">
         <v>714</v>
       </c>
       <c r="E215" s="15">
         <v>10080010446</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
         <v>29</v>
@@ -12844,145 +12844,145 @@
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
         <v>740</v>
       </c>
       <c r="D223" s="15" t="s">
         <v>741</v>
       </c>
       <c r="E223" s="15" t="s">
         <v>742</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I223" s="15" t="s">
         <v>743</v>
       </c>
       <c r="J223" s="15">
         <v>4000</v>
       </c>
       <c r="K223" s="15">
-        <v>0.01679</v>
+        <v>0.01013</v>
       </c>
       <c r="L223" s="15">
-        <v>0.01216</v>
+        <v>0.00878</v>
       </c>
       <c r="M223" s="15">
-        <v>0.0106</v>
+        <v>0.00844</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
         <v>744</v>
       </c>
       <c r="D224" s="15" t="s">
         <v>745</v>
       </c>
       <c r="E224" s="15">
         <v>10080034613</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H224" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I224" s="15" t="s">
         <v>746</v>
       </c>
       <c r="J224" s="15">
         <v>4000</v>
       </c>
       <c r="K224" s="15">
-        <v>0.02412</v>
+        <v>0.01425</v>
       </c>
       <c r="L224" s="15">
-        <v>0.0173</v>
+        <v>0.01235</v>
       </c>
       <c r="M224" s="15">
-        <v>0.01501</v>
+        <v>0.01188</v>
       </c>
       <c r="N224" s="15">
         <v>4000</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
         <v>747</v>
       </c>
       <c r="D225" s="15" t="s">
         <v>748</v>
       </c>
       <c r="E225" s="15" t="s">
         <v>749</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I225" s="15" t="s">
         <v>750</v>
       </c>
       <c r="J225" s="15">
         <v>4000</v>
       </c>
       <c r="K225" s="15">
-        <v>0.01674</v>
+        <v>0.01004</v>
       </c>
       <c r="L225" s="15">
-        <v>0.01211</v>
+        <v>0.008699999999999999</v>
       </c>
       <c r="M225" s="15">
-        <v>0.01057</v>
+        <v>0.008359999999999999</v>
       </c>
       <c r="N225" s="15"/>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
         <v>751</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>752</v>
       </c>
       <c r="E226" s="15" t="s">
         <v>753</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
         <v>29</v>
@@ -13104,57 +13104,57 @@
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
         <v>760</v>
       </c>
       <c r="D229" s="15" t="s">
         <v>761</v>
       </c>
       <c r="E229" s="15">
         <v>10080027764</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H229" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I229" s="15" t="s">
         <v>762</v>
       </c>
       <c r="J229" s="15">
         <v>4000</v>
       </c>
       <c r="K229" s="15">
-        <v>0.01532</v>
+        <v>0.0092</v>
       </c>
       <c r="L229" s="15">
-        <v>0.01109</v>
+        <v>0.00797</v>
       </c>
       <c r="M229" s="15">
-        <v>0.00967</v>
+        <v>0.00766</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
         <v>763</v>
       </c>
       <c r="D230" s="15" t="s">
         <v>764</v>
       </c>
       <c r="E230" s="15">
         <v>10080031500</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
         <v>29</v>
@@ -13360,57 +13360,57 @@
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>778</v>
       </c>
       <c r="D235" s="15" t="s">
         <v>779</v>
       </c>
       <c r="E235" s="15">
         <v>10080054242</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H235" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I235" s="15" t="s">
         <v>780</v>
       </c>
       <c r="J235" s="15">
         <v>3000</v>
       </c>
       <c r="K235" s="15">
-        <v>0.01809</v>
+        <v>0.01091</v>
       </c>
       <c r="L235" s="15">
-        <v>0.01309</v>
+        <v>0.00945</v>
       </c>
       <c r="M235" s="15">
-        <v>0.01142</v>
+        <v>0.009090000000000001</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
         <v>781</v>
       </c>
       <c r="D236" s="15" t="s">
         <v>782</v>
       </c>
       <c r="E236" s="15">
         <v>10080031953</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
         <v>29</v>
@@ -13498,51 +13498,51 @@
         <v>789</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I238" s="15" t="s">
         <v>790</v>
       </c>
       <c r="J238" s="15">
         <v>2000</v>
       </c>
       <c r="K238" s="15">
         <v>0.008569999999999999</v>
       </c>
       <c r="L238" s="15">
         <v>0.008569999999999999</v>
       </c>
       <c r="M238" s="15">
         <v>0.008569999999999999</v>
       </c>
       <c r="N238" s="15">
-        <v>6000</v>
+        <v>8000</v>
       </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
         <v>791</v>
       </c>
       <c r="D239" s="15" t="s">
         <v>792</v>
       </c>
       <c r="E239" s="15">
         <v>10080039376</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
         <v>29</v>
       </c>
@@ -13831,57 +13831,57 @@
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
         <v>812</v>
       </c>
       <c r="D246" s="15" t="s">
         <v>813</v>
       </c>
       <c r="E246" s="15">
         <v>10080068446</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I246" s="15" t="s">
         <v>814</v>
       </c>
       <c r="J246" s="15">
         <v>4000</v>
       </c>
       <c r="K246" s="15">
-        <v>0.01881</v>
+        <v>0.01106</v>
       </c>
       <c r="L246" s="15">
-        <v>0.01349</v>
+        <v>0.00958</v>
       </c>
       <c r="M246" s="15">
-        <v>0.01172</v>
+        <v>0.009209999999999999</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
         <v>815</v>
       </c>
       <c r="D247" s="15" t="s">
         <v>816</v>
       </c>
       <c r="E247" s="15">
         <v>10080066279</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
         <v>29</v>
@@ -13960,57 +13960,57 @@
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
         <v>822</v>
       </c>
       <c r="D249" s="15" t="s">
         <v>823</v>
       </c>
       <c r="E249" s="15">
         <v>10080031419</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I249" s="15" t="s">
         <v>824</v>
       </c>
       <c r="J249" s="15">
         <v>3000</v>
       </c>
       <c r="K249" s="15">
-        <v>0.01904</v>
+        <v>0.01146</v>
       </c>
       <c r="L249" s="15">
-        <v>0.01378</v>
+        <v>0.00993</v>
       </c>
       <c r="M249" s="15">
-        <v>0.01202</v>
+        <v>0.009549999999999999</v>
       </c>
       <c r="N249" s="15"/>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>825</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>826</v>
       </c>
       <c r="E250" s="15" t="s">
         <v>827</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
         <v>29</v>
@@ -14046,57 +14046,57 @@
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
         <v>829</v>
       </c>
       <c r="D251" s="15" t="s">
         <v>830</v>
       </c>
       <c r="E251" s="15" t="s">
         <v>831</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I251" s="15" t="s">
         <v>832</v>
       </c>
       <c r="J251" s="15">
         <v>4000</v>
       </c>
       <c r="K251" s="15">
-        <v>0.01787</v>
+        <v>0.01056</v>
       </c>
       <c r="L251" s="15">
-        <v>0.01281</v>
+        <v>0.00915</v>
       </c>
       <c r="M251" s="15">
-        <v>0.01112</v>
+        <v>0.008800000000000001</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
         <v>833</v>
       </c>
       <c r="D252" s="15" t="s">
         <v>834</v>
       </c>
       <c r="E252" s="15">
         <v>10080032528</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
         <v>29</v>
@@ -14345,57 +14345,57 @@
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
         <v>850</v>
       </c>
       <c r="D258" s="15" t="s">
         <v>851</v>
       </c>
       <c r="E258" s="15">
         <v>10080074223</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H258" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I258" s="15" t="s">
         <v>852</v>
       </c>
       <c r="J258" s="15">
         <v>3000</v>
       </c>
       <c r="K258" s="15">
-        <v>0.0145</v>
+        <v>0.00869</v>
       </c>
       <c r="L258" s="15">
-        <v>0.01049</v>
+        <v>0.00753</v>
       </c>
       <c r="M258" s="15">
-        <v>0.00915</v>
+        <v>0.00724</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
         <v>853</v>
       </c>
       <c r="D259" s="15" t="s">
         <v>854</v>
       </c>
       <c r="E259" s="15">
         <v>10080048201</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
         <v>29</v>
@@ -14659,51 +14659,51 @@
         <v>10080038027</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H265" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I265" s="15" t="s">
         <v>876</v>
       </c>
       <c r="J265" s="15">
         <v>4000</v>
       </c>
       <c r="K265" s="15">
         <v>0.02174</v>
       </c>
       <c r="L265" s="15">
         <v>0.02174</v>
       </c>
       <c r="M265" s="15">
         <v>0.02174</v>
       </c>
       <c r="N265" s="15">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
         <v>874</v>
       </c>
       <c r="D266" s="15" t="s">
         <v>875</v>
       </c>
       <c r="E266" s="15">
         <v>10000019488</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
         <v>29</v>
       </c>
@@ -14747,51 +14747,51 @@
         <v>10080051381</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15" t="s">
         <v>879</v>
       </c>
       <c r="J267" s="15">
         <v>3000</v>
       </c>
       <c r="K267" s="15">
         <v>0.00903</v>
       </c>
       <c r="L267" s="15">
         <v>0.00864</v>
       </c>
       <c r="M267" s="15">
         <v>0.00864</v>
       </c>
       <c r="N267" s="15">
-        <v>18000</v>
+        <v>21000</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
         <v>880</v>
       </c>
       <c r="D268" s="15" t="s">
         <v>881</v>
       </c>
       <c r="E268" s="15">
         <v>10080056242</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
         <v>29</v>
       </c>
@@ -14912,57 +14912,57 @@
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
         <v>886</v>
       </c>
       <c r="D271" s="15" t="s">
         <v>887</v>
       </c>
       <c r="E271" s="15">
         <v>10080039244</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I271" s="15" t="s">
         <v>888</v>
       </c>
       <c r="J271" s="15">
         <v>3000</v>
       </c>
       <c r="K271" s="15">
-        <v>0.01986</v>
+        <v>0.01206</v>
       </c>
       <c r="L271" s="15">
-        <v>0.01438</v>
+        <v>0.01045</v>
       </c>
       <c r="M271" s="15">
-        <v>0.01255</v>
+        <v>0.01005</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
         <v>889</v>
       </c>
       <c r="D272" s="15" t="s">
         <v>890</v>
       </c>
       <c r="E272" s="15">
         <v>10080052535</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
         <v>29</v>
@@ -14998,57 +14998,57 @@
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
         <v>892</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>893</v>
       </c>
       <c r="E273" s="15" t="s">
         <v>894</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H273" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I273" s="15" t="s">
         <v>895</v>
       </c>
       <c r="J273" s="15">
         <v>3000</v>
       </c>
       <c r="K273" s="15">
-        <v>0.01365</v>
+        <v>0.00637</v>
       </c>
       <c r="L273" s="15">
-        <v>0.00988</v>
+        <v>0.00637</v>
       </c>
       <c r="M273" s="15">
-        <v>0.00861</v>
+        <v>0.00637</v>
       </c>
       <c r="N273" s="15">
         <v>12000</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>896</v>
       </c>
       <c r="D274" s="15" t="s">
         <v>897</v>
       </c>
       <c r="E274" s="15">
         <v>10080066088</v>
       </c>
       <c r="F274" s="15"/>