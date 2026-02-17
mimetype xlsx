--- v1 (2026-01-10)
+++ v2 (2026-02-17)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="929">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="931">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>17.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1579,53 +1579,50 @@
   <si>
     <t>TS18H02A473K2TB00R</t>
   </si>
   <si>
     <t>1206-X7R-100V- 47nF (0.047uF) 10% TS18H02A473K2TB00R</t>
   </si>
   <si>
     <t>UT-00123246</t>
   </si>
   <si>
     <t xml:space="preserve">CC1206KRX7R0BB473 YAGEO, C3216B473K101NT HOTTECH, 1206B473K101NT FENGHUA, </t>
   </si>
   <si>
     <t>1206B104K101CT</t>
   </si>
   <si>
     <t>1206-X7R-100V- 0.10uF (100nF) 10% 1206B104K101CT</t>
   </si>
   <si>
     <t>UT-00089658</t>
   </si>
   <si>
     <t xml:space="preserve">1206B104K101NT FENGHUA, CL31B104KCFNNNE SAMSUNG, CC1206KRX7R0BB104 YAGEO, TS18H02A104K2TB00R SUNTAN, CC1206KKX7R0BB104 YAGEO, </t>
   </si>
   <si>
-    <t>01.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>1206B104K101NT</t>
   </si>
   <si>
     <t>1206-X7R-100V- 0.10uF (100nF) 10% 1206B104K101NT</t>
   </si>
   <si>
     <t xml:space="preserve">CL31B104KCFNNNE SAMSUNG, CC1206KRX7R0BB104 YAGEO, 1206B104K101CT Walsin, TS18H02A104K2TB00R SUNTAN, CC1206KKX7R0BB104 YAGEO, </t>
   </si>
   <si>
     <t>CC1206KKX7R0BB104</t>
   </si>
   <si>
     <t>1206-X7R-100V- 0.10uF (100nF) 10% CC1206KKX7R0BB104</t>
   </si>
   <si>
     <t xml:space="preserve">1206B104K101NT FENGHUA, CL31B104KCFNNNE SAMSUNG, CC1206KRX7R0BB104 YAGEO, 1206B104K101CT Walsin, TS18H02A104K2TB00R SUNTAN, </t>
   </si>
   <si>
     <t>CC1206KRX7R0BB104</t>
   </si>
   <si>
     <t>1206-X7R-100V- 0.10uF (100nF) 10% CC1206KRX7R0BB104</t>
   </si>
   <si>
     <t xml:space="preserve">1206B104K101NT FENGHUA, CL31B104KCFNNNE SAMSUNG, 1206B104K101CT Walsin, TS18H02A104K2TB00R SUNTAN, CC1206KKX7R0BB104 YAGEO, </t>
@@ -1840,105 +1837,105 @@
   <si>
     <t>1206-X7R-100V- 1.0uF 10% CL31B105KCHNNNE</t>
   </si>
   <si>
     <t>10-00027690</t>
   </si>
   <si>
     <t xml:space="preserve">HMK316B7105KL-T TAIYO YUDEN, CL31N105KCHNNNE SAMSUNG, MC06KTB101105 VIKING, TS18H02A105K2TB00R SUNTAN, C3216B105K101NT2 HOTTECH, GRM31CR72A105KA01L MURATA, CC1206KKX7R0BB105 YAGEO, TCC1206X7R105K101HT CCTC, C3216B105K101NT HOTTECH, 1206B105K101NT FENGHUA, </t>
   </si>
   <si>
     <t>HMK316B7105KL-T</t>
   </si>
   <si>
     <t>1206-X7R-100V- 1.0uF 10% HMK316B7105KL-T</t>
   </si>
   <si>
     <t xml:space="preserve">CL31N105KCHNNNE SAMSUNG, MC06KTB101105 VIKING, TS18H02A105K2TB00R SUNTAN, CL31B105KCHNNNE SAMSUNG, C3216B105K101NT2 HOTTECH, GRM31CR72A105KA01L MURATA, CC1206KKX7R0BB105 YAGEO, TCC1206X7R105K101HT CCTC, C3216B105K101NT HOTTECH, 1206B105K101NT FENGHUA, </t>
   </si>
   <si>
     <t>C3216B225K101NT</t>
   </si>
   <si>
     <t>1206-X7R-100V- 2.2uF 10% C3216B225K101NT</t>
   </si>
   <si>
-    <t xml:space="preserve">CL31B225KCHSNNE SAMSUNG, GRM31CR72A225KA73L MURATA, CC1206KKX7R0BB225 YAGEO, TS18H02A225K2TB00R SUNTAN, CS3216X7R225K101NRI SAMWHA, </t>
+    <t xml:space="preserve">CL31B225KCHSNNE SAMSUNG, GRM31CR72A225KA73L MURATA, CC1206KKX7R0BB225 YAGEO, TCC1206X7R225K101HT CCTC, TS18H02A225K2TB00R SUNTAN, CS3216X7R225K101NRI SAMWHA, </t>
   </si>
   <si>
     <t>CC1206KKX7R0BB225</t>
   </si>
   <si>
     <t>1206-X7R-100V- 2.2uF 10% CC1206KKX7R0BB225</t>
   </si>
   <si>
-    <t xml:space="preserve">CL31B225KCHSNNE SAMSUNG, GRM31CR72A225KA73L MURATA, C3216B225K101NT HOTTECH, TS18H02A225K2TB00R SUNTAN, CS3216X7R225K101NRI SAMWHA, </t>
+    <t xml:space="preserve">CL31B225KCHSNNE SAMSUNG, GRM31CR72A225KA73L MURATA, C3216B225K101NT HOTTECH, TCC1206X7R225K101HT CCTC, TS18H02A225K2TB00R SUNTAN, CS3216X7R225K101NRI SAMWHA, </t>
   </si>
   <si>
     <t>CL31B225KCHSNNE</t>
   </si>
   <si>
     <t>1206-X7R-100V- 2.2uF 10% CL31B225KCHSNNE</t>
   </si>
   <si>
-    <t xml:space="preserve">GRM31CR72A225KA73L MURATA, CC1206KKX7R0BB225 YAGEO, C3216B225K101NT HOTTECH, TS18H02A225K2TB00R SUNTAN, CS3216X7R225K101NRI SAMWHA, </t>
+    <t xml:space="preserve">GRM31CR72A225KA73L MURATA, CC1206KKX7R0BB225 YAGEO, C3216B225K101NT HOTTECH, TCC1206X7R225K101HT CCTC, TS18H02A225K2TB00R SUNTAN, CS3216X7R225K101NRI SAMWHA, </t>
   </si>
   <si>
     <t>CS3216X7R225K101NRI</t>
   </si>
   <si>
     <t>1206-X7R-100V- 2.2uF 10% CS3216X7R225K101NRI</t>
   </si>
   <si>
     <t>UT-00123141</t>
   </si>
   <si>
     <t>SAMWHA</t>
   </si>
   <si>
-    <t xml:space="preserve">CL31B225KCHSNNE SAMSUNG, GRM31CR72A225KA73L MURATA, CC1206KKX7R0BB225 YAGEO, C3216B225K101NT HOTTECH, TS18H02A225K2TB00R SUNTAN, </t>
+    <t xml:space="preserve">CL31B225KCHSNNE SAMSUNG, GRM31CR72A225KA73L MURATA, CC1206KKX7R0BB225 YAGEO, C3216B225K101NT HOTTECH, TCC1206X7R225K101HT CCTC, TS18H02A225K2TB00R SUNTAN, </t>
   </si>
   <si>
     <t>GRM31CR72A225KA73L</t>
   </si>
   <si>
     <t>1206-X7R-100V- 2.2uF 10% GRM31CR72A225KA73L</t>
   </si>
   <si>
-    <t xml:space="preserve">CL31B225KCHSNNE SAMSUNG, CC1206KKX7R0BB225 YAGEO, C3216B225K101NT HOTTECH, TS18H02A225K2TB00R SUNTAN, CS3216X7R225K101NRI SAMWHA, </t>
+    <t xml:space="preserve">CL31B225KCHSNNE SAMSUNG, CC1206KKX7R0BB225 YAGEO, C3216B225K101NT HOTTECH, TCC1206X7R225K101HT CCTC, TS18H02A225K2TB00R SUNTAN, CS3216X7R225K101NRI SAMWHA, </t>
   </si>
   <si>
     <t>TS18H02A225K2TB00R</t>
   </si>
   <si>
     <t>1206-X7R-100V- 2.2uF 10% TS18H02A225K2TB00R</t>
   </si>
   <si>
     <t>UT-00098253</t>
   </si>
   <si>
-    <t xml:space="preserve">CL31B225KCHSNNE SAMSUNG, GRM31CR72A225KA73L MURATA, CC1206KKX7R0BB225 YAGEO, C3216B225K101NT HOTTECH, CS3216X7R225K101NRI SAMWHA, </t>
+    <t xml:space="preserve">CL31B225KCHSNNE SAMSUNG, GRM31CR72A225KA73L MURATA, CC1206KKX7R0BB225 YAGEO, C3216B225K101NT HOTTECH, TCC1206X7R225K101HT CCTC, CS3216X7R225K101NRI SAMWHA, </t>
   </si>
   <si>
     <t>FV31X103K152EEQ</t>
   </si>
   <si>
     <t xml:space="preserve">1206-X7R-1500V- 10nF (0.01uF) 10% FV31X103K152EEQ </t>
   </si>
   <si>
     <t>UT-00140656</t>
   </si>
   <si>
     <t xml:space="preserve">C1206C103KFRACTU KEMET, C1206X103KFRACTU KEMET, </t>
   </si>
   <si>
     <t>CC1206KKX7RDBB221</t>
   </si>
   <si>
     <t>1206-X7R-2000V- 220pF 10% CC1206KKX7RDBB221</t>
   </si>
   <si>
     <t xml:space="preserve">C3216B221K202NT HOTTECH, TS18H03D221K2TB00R SUNTAN, 1206B221K202NT FENGHUA, FV31X221K202ECG PDC, </t>
   </si>
   <si>
     <t>C3216B221K202NT</t>
   </si>
@@ -2104,50 +2101,62 @@
   <si>
     <t xml:space="preserve">1206B102K202NT FENGHUA, 202R18W102KV4E Johanson, FV31X102K202ECG PDC, C1206X102K202T HEC, 1206B102K202CT Walsin, 1206B102K202NT FENGHUA, MC06KTB202102 VIKING, </t>
   </si>
   <si>
     <t>MC06KTB202102</t>
   </si>
   <si>
     <t xml:space="preserve">1206-X7R-2000V- 1000pF 10% MC06KTB202102 </t>
   </si>
   <si>
     <t xml:space="preserve">1206B102K202NT FENGHUA, 202R18W102KV4E Johanson, FV31X102K202ECG PDC, CC1206KKX7RDBB102 YAGEO, C1206X102K202T HEC, 1206B102K202CT Walsin, 1206B102K202NT FENGHUA, </t>
   </si>
   <si>
     <t>FV31X102K202ECG</t>
   </si>
   <si>
     <t>1206-X7R-2000V- 1000pF 10% FV31X102K202ECG</t>
   </si>
   <si>
     <t>10-00027723</t>
   </si>
   <si>
     <t xml:space="preserve">1206B102K202NT FENGHUA, 202R18W102KV4E Johanson, CC1206KKX7RDBB102 YAGEO, C1206X102K202T HEC, 1206B102K202CT Walsin, 1206B102K202NT FENGHUA, MC06KTB202102 VIKING, </t>
   </si>
   <si>
+    <t>TCC1206X7R101K202DT</t>
+  </si>
+  <si>
+    <t>1206-X7R-2000V- 100pF 10% TCC1206X7R101K202DT</t>
+  </si>
+  <si>
+    <t>UT-00156417</t>
+  </si>
+  <si>
+    <t>23.02.2026</t>
+  </si>
+  <si>
     <t>CC1206KRX7RABB332</t>
   </si>
   <si>
     <t>1206-X7R-200V- 3.3nF (3300pF) 10% CC1206KRX7RABB332</t>
   </si>
   <si>
     <t>UT-00116561</t>
   </si>
   <si>
     <t>CC1206KRX7RABB153</t>
   </si>
   <si>
     <t>1206-X7R-200V- 15nF (0.015uF) 10% CC1206KRX7RABB153</t>
   </si>
   <si>
     <t xml:space="preserve">MC06KTB201153 VIKING, </t>
   </si>
   <si>
     <t>1206B104K201CT</t>
   </si>
   <si>
     <t>1206-X7R-200V- 0.10uF (100nF) 10% 1206B104K201CT</t>
   </si>
   <si>
     <t>UT-00141258</t>
@@ -2293,53 +2302,50 @@
   <si>
     <t>CC1206KRX7RYBB332</t>
   </si>
   <si>
     <t>1206-X7R-250V- 3.3nF (3300pF) 10% CC1206KRX7RYBB332</t>
   </si>
   <si>
     <t>UT-00131997</t>
   </si>
   <si>
     <t>1206B331K251NT</t>
   </si>
   <si>
     <t>1206-X7R-250V- 330pF 10% 1206B331K251NT</t>
   </si>
   <si>
     <t>1206B103K251NT</t>
   </si>
   <si>
     <t>1206-X7R-250V- 10nF (0.010uF) 10% 1206B103K251NT</t>
   </si>
   <si>
     <t xml:space="preserve">C3216B103K251NT HOTTECH, TS18H02E103K2TB00R SUNTAN, CC1206KRX7RYBB103 YAGEO, </t>
   </si>
   <si>
-    <t>23.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>C3216B103K251NT</t>
   </si>
   <si>
     <t>1206-X7R-250V- 10nF (0.010uF) 10% C3216B103K251NT</t>
   </si>
   <si>
     <t xml:space="preserve">TS18H02E103K2TB00R SUNTAN, 1206B103K251NT FENGHUA, CC1206KRX7RYBB103 YAGEO, </t>
   </si>
   <si>
     <t>TS18H02E103K2TB00R</t>
   </si>
   <si>
     <t>1206-X7R-250V- 10nF (0.010uF) 10% TS18H02E103K2TB00R</t>
   </si>
   <si>
     <t xml:space="preserve">C3216B103K251NT HOTTECH, 1206B103K251NT FENGHUA, CC1206KRX7RYBB103 YAGEO, </t>
   </si>
   <si>
     <t>CC1206KRX7RYBB103</t>
   </si>
   <si>
     <t>1206-X7R-250V- 10nF (0.010uF) 10% CC1206KRX7RYBB103</t>
   </si>
   <si>
     <t xml:space="preserve">C3216B103K251NT HOTTECH, TS18H02E103K2TB00R SUNTAN, 1206B103K251NT FENGHUA, </t>
@@ -2635,51 +2641,51 @@
   <si>
     <t xml:space="preserve">CC1206KKX7RZBB152 YAGEO, 1206B152K631NT FENGHUA, TS18H02J152K2TB00R SUNTAN, </t>
   </si>
   <si>
     <t>CC1206KKX7RZBB152</t>
   </si>
   <si>
     <t>1206-X7R-630V- 1.5nF (1500pF) 10% CC1206KKX7RZBB152</t>
   </si>
   <si>
     <t xml:space="preserve">1206B152K631NT FENGHUA, 1206B152K631NT FENGHUA, TS18H02J152K2TB00R SUNTAN, </t>
   </si>
   <si>
     <t>TS18H02J152K2TB00R</t>
   </si>
   <si>
     <t>1206-X7R-630V- 1.5nF (1500pF) 10% TS18H02J152K2TB00R</t>
   </si>
   <si>
     <t>UT-00123250</t>
   </si>
   <si>
     <t xml:space="preserve">CC1206KKX7RZBB152 YAGEO, 1206B152K631NT FENGHUA, 1206B152K631NT FENGHUA, </t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>10.04.2026</t>
   </si>
   <si>
     <t>1206B222K631NT</t>
   </si>
   <si>
     <t>1206-X7R-630V- 2.2nF (2200pF) 10% 1206B222K631NT</t>
   </si>
   <si>
     <t xml:space="preserve">CC1206KKX7RZBB222 YAGEO, 1206B222K631NT FENGHUA, </t>
   </si>
   <si>
     <t>CC1206KKX7RZBB222</t>
   </si>
   <si>
     <t>1206-X7R-630V- 2.2nF (2200pF) 10% CC1206KKX7RZBB222</t>
   </si>
   <si>
     <t xml:space="preserve">1206B222K631NT FENGHUA, 1206B222K631NT FENGHUA, </t>
   </si>
   <si>
     <t>C3216B682K631NT</t>
   </si>
   <si>
     <t>1206-X7R-630V- 6.8nF (6800pF) 10% C3216B682K631NT</t>
   </si>
@@ -3309,51 +3315,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R276"/>
+  <dimension ref="A1:R277"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -3610,51 +3616,51 @@
         <v>10080007318</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>4000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03381</v>
       </c>
       <c r="L10" s="15">
         <v>0.03381</v>
       </c>
       <c r="M10" s="15">
         <v>0.03381</v>
       </c>
       <c r="N10" s="15">
-        <v>28000</v>
+        <v>40000</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15">
         <v>10080070248</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
@@ -3999,51 +4005,51 @@
         <v>10080068442</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J19" s="15">
         <v>3000</v>
       </c>
       <c r="K19" s="15">
         <v>0.01068</v>
       </c>
       <c r="L19" s="15">
         <v>0.009259999999999999</v>
       </c>
       <c r="M19" s="15">
         <v>0.0089</v>
       </c>
       <c r="N19" s="15">
-        <v>6000</v>
+        <v>9000</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E20" s="15">
         <v>10080018875</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
@@ -4218,51 +4224,51 @@
         <v>82</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="J24" s="15">
         <v>3000</v>
       </c>
       <c r="K24" s="15">
         <v>0.01752</v>
       </c>
       <c r="L24" s="15">
         <v>0.01752</v>
       </c>
       <c r="M24" s="15">
         <v>0.01752</v>
       </c>
       <c r="N24" s="15">
-        <v>24000</v>
+        <v>21000</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
@@ -6077,51 +6083,51 @@
         <v>223</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>224</v>
       </c>
       <c r="J67" s="15">
         <v>4000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00825</v>
       </c>
       <c r="L67" s="15">
         <v>0.00825</v>
       </c>
       <c r="M67" s="15">
         <v>0.00825</v>
       </c>
       <c r="N67" s="15">
-        <v>12000</v>
+        <v>8000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E68" s="15">
         <v>10080000404</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
@@ -6204,51 +6210,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080002492</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>234</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>2000</v>
       </c>
       <c r="K70" s="15">
         <v>0.02632</v>
       </c>
       <c r="L70" s="15">
         <v>0.02632</v>
       </c>
       <c r="M70" s="15">
         <v>0.02632</v>
       </c>
       <c r="N70" s="15">
-        <v>36000</v>
+        <v>26000</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E71" s="15">
         <v>10080061831</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
@@ -6290,51 +6296,51 @@
       </c>
       <c r="E72" s="15">
         <v>10080002493</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>234</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>4000</v>
       </c>
       <c r="K72" s="15">
         <v>0.02632</v>
       </c>
       <c r="L72" s="15">
         <v>0.02632</v>
       </c>
       <c r="M72" s="15">
         <v>0.02632</v>
       </c>
       <c r="N72" s="15">
-        <v>36000</v>
+        <v>28000</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
@@ -6422,53 +6428,51 @@
       <c r="E75" s="15" t="s">
         <v>250</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>251</v>
       </c>
       <c r="J75" s="15">
         <v>3000</v>
       </c>
       <c r="K75" s="15">
         <v>0.01181</v>
       </c>
       <c r="L75" s="15">
         <v>0.01023</v>
       </c>
       <c r="M75" s="15">
         <v>0.00984</v>
       </c>
-      <c r="N75" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E76" s="15">
         <v>10080056243</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H76" s="15" t="s">
@@ -7238,96 +7242,96 @@
         <v>315</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>316</v>
       </c>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00856</v>
       </c>
       <c r="L94" s="15">
         <v>0.00718</v>
       </c>
       <c r="M94" s="15">
         <v>0.0069</v>
       </c>
       <c r="N94" s="15">
-        <v>12000</v>
+        <v>15000</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E95" s="15">
         <v>10080017905</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>317</v>
       </c>
       <c r="J95" s="15">
         <v>4000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00666</v>
       </c>
       <c r="L95" s="15">
         <v>0.00577</v>
       </c>
       <c r="M95" s="15">
         <v>0.00555</v>
       </c>
       <c r="N95" s="15">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>318</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>319</v>
       </c>
       <c r="E96" s="15">
         <v>10080011382</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>29</v>
       </c>
@@ -7414,51 +7418,51 @@
         <v>326</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>327</v>
       </c>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.00924</v>
       </c>
       <c r="L98" s="15">
         <v>0.00775</v>
       </c>
       <c r="M98" s="15">
         <v>0.00745</v>
       </c>
       <c r="N98" s="15">
-        <v>36000</v>
+        <v>39000</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>29</v>
       </c>
@@ -7502,51 +7506,51 @@
         <v>10080072935</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>334</v>
       </c>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00768</v>
       </c>
       <c r="L100" s="15">
         <v>0.00735</v>
       </c>
       <c r="M100" s="15">
         <v>0.00735</v>
       </c>
       <c r="N100" s="15">
-        <v>18000</v>
+        <v>15000</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>336</v>
       </c>
       <c r="E101" s="15">
         <v>10080018843</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>29</v>
       </c>
@@ -7762,51 +7766,51 @@
         <v>350</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>352</v>
       </c>
       <c r="J106" s="15">
         <v>3000</v>
       </c>
       <c r="K106" s="15">
         <v>0.01045</v>
       </c>
       <c r="L106" s="15">
         <v>0.01045</v>
       </c>
       <c r="M106" s="15">
         <v>0.01045</v>
       </c>
       <c r="N106" s="15">
-        <v>9000</v>
+        <v>12000</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>353</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>354</v>
       </c>
       <c r="E107" s="15">
         <v>10080008430</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>29</v>
       </c>
@@ -7850,51 +7854,51 @@
         <v>358</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>359</v>
       </c>
       <c r="J108" s="15">
         <v>3000</v>
       </c>
       <c r="K108" s="15">
         <v>0.0143</v>
       </c>
       <c r="L108" s="15">
         <v>0.01035</v>
       </c>
       <c r="M108" s="15">
         <v>0.00903</v>
       </c>
       <c r="N108" s="15">
-        <v>27000</v>
+        <v>30000</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>360</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>361</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>362</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>29</v>
       </c>
@@ -8544,51 +8548,51 @@
         <v>10080073770</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I124" s="15" t="s">
         <v>412</v>
       </c>
       <c r="J124" s="15">
         <v>3000</v>
       </c>
       <c r="K124" s="15">
         <v>0.00924</v>
       </c>
       <c r="L124" s="15">
         <v>0.00775</v>
       </c>
       <c r="M124" s="15">
         <v>0.00745</v>
       </c>
       <c r="N124" s="15">
-        <v>15000</v>
+        <v>18000</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>413</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>414</v>
       </c>
       <c r="E125" s="15">
         <v>10080057837</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>29</v>
       </c>
@@ -8980,51 +8984,51 @@
         <v>442</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I134" s="15" t="s">
         <v>443</v>
       </c>
       <c r="J134" s="15">
         <v>3000</v>
       </c>
       <c r="K134" s="15">
         <v>0.00924</v>
       </c>
       <c r="L134" s="15">
         <v>0.00775</v>
       </c>
       <c r="M134" s="15">
         <v>0.00745</v>
       </c>
       <c r="N134" s="15">
-        <v>15000</v>
+        <v>6000</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>444</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>445</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>446</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>29</v>
       </c>
@@ -9544,53 +9548,51 @@
       <c r="E147" s="15" t="s">
         <v>489</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I147" s="15" t="s">
         <v>490</v>
       </c>
       <c r="J147" s="15">
         <v>4000</v>
       </c>
       <c r="K147" s="15">
         <v>0.00715</v>
       </c>
       <c r="L147" s="15">
         <v>0.00599</v>
       </c>
       <c r="M147" s="15">
         <v>0.00576</v>
       </c>
-      <c r="N147" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>491</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>492</v>
       </c>
       <c r="E148" s="15">
         <v>10080074003</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H148" s="15" t="s">
@@ -9890,5279 +9892,5308 @@
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>517</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>518</v>
       </c>
       <c r="E155" s="15" t="s">
         <v>519</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I155" s="15" t="s">
         <v>520</v>
       </c>
       <c r="J155" s="15">
         <v>3000</v>
       </c>
       <c r="K155" s="15">
-        <v>0.00774</v>
+        <v>0.0078</v>
       </c>
       <c r="L155" s="15">
-        <v>0.00774</v>
+        <v>0.00676</v>
       </c>
       <c r="M155" s="15">
-        <v>0.00774</v>
+        <v>0.0065</v>
       </c>
       <c r="N155" s="15">
-        <v>3000</v>
-[...6 lines deleted...]
-      </c>
+        <v>12000</v>
+      </c>
+      <c r="O155" s="15"/>
+      <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>521</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="E156" s="15">
         <v>10080052643</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="J156" s="15">
         <v>3000</v>
       </c>
       <c r="K156" s="15">
         <v>0.01092</v>
       </c>
       <c r="L156" s="15">
         <v>0.00946</v>
       </c>
       <c r="M156" s="15">
         <v>0.0091</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="E157" s="15">
         <v>10000016598</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="J157" s="15">
         <v>3000</v>
       </c>
       <c r="K157" s="15">
         <v>0.01905</v>
       </c>
       <c r="L157" s="15">
         <v>0.01598</v>
       </c>
       <c r="M157" s="15">
         <v>0.01536</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>527</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="E158" s="15">
         <v>10080002405</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="J158" s="15">
         <v>4000</v>
       </c>
       <c r="K158" s="15">
         <v>100.09</v>
       </c>
       <c r="L158" s="15">
         <v>57.81</v>
       </c>
       <c r="M158" s="15">
         <v>52.51</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>530</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="E159" s="15">
         <v>10080064494</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H159" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="I159" s="15" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
       <c r="J159" s="15">
         <v>2000</v>
       </c>
       <c r="K159" s="15">
         <v>0.02875</v>
       </c>
       <c r="L159" s="15">
         <v>0.02395</v>
       </c>
       <c r="M159" s="15">
         <v>0.02299</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>534</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>535</v>
       </c>
-      <c r="D160" s="15" t="s">
+      <c r="E160" s="15" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I160" s="15" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J160" s="15">
         <v>3000</v>
       </c>
       <c r="K160" s="15">
         <v>0.00691</v>
       </c>
       <c r="L160" s="15">
         <v>0.00691</v>
       </c>
       <c r="M160" s="15">
         <v>0.00691</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>538</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>539</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H161" s="15" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>2000</v>
       </c>
       <c r="K161" s="15">
         <v>0.07115</v>
       </c>
       <c r="L161" s="15">
         <v>0.05929</v>
       </c>
       <c r="M161" s="15">
         <v>0.05693</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>542</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
       <c r="E162" s="15">
         <v>10080056244</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="J162" s="15">
         <v>2000</v>
       </c>
       <c r="K162" s="15">
         <v>0.04354</v>
       </c>
       <c r="L162" s="15">
         <v>0.03122</v>
       </c>
       <c r="M162" s="15">
         <v>0.02711</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>546</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="J163" s="15">
         <v>3000</v>
       </c>
       <c r="K163" s="15">
         <v>0.01902</v>
       </c>
       <c r="L163" s="15">
         <v>0.01648</v>
       </c>
       <c r="M163" s="15">
         <v>0.01585</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>549</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
       <c r="E164" s="15">
         <v>10080046800</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J164" s="15">
         <v>2000</v>
       </c>
       <c r="K164" s="15">
         <v>0.03579</v>
       </c>
       <c r="L164" s="15">
         <v>0.02744</v>
       </c>
       <c r="M164" s="15">
         <v>0.02744</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="E165" s="15">
         <v>10080072934</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H165" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J165" s="15">
         <v>2000</v>
       </c>
       <c r="K165" s="15">
         <v>0.05001</v>
       </c>
       <c r="L165" s="15">
         <v>0.03834</v>
       </c>
       <c r="M165" s="15">
         <v>0.03834</v>
       </c>
       <c r="N165" s="15">
         <v>4000</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="D166" s="15" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="E166" s="15">
         <v>10080064104</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="J166" s="15">
         <v>4000</v>
       </c>
       <c r="K166" s="15">
         <v>0.02034</v>
       </c>
       <c r="L166" s="15">
         <v>0.02034</v>
       </c>
       <c r="M166" s="15">
         <v>0.02034</v>
       </c>
       <c r="N166" s="15">
-        <v>32000</v>
+        <v>36000</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>558</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>559</v>
       </c>
-      <c r="D167" s="15" t="s">
+      <c r="E167" s="15" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H167" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I167" s="15" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="J167" s="15">
         <v>2000</v>
       </c>
       <c r="K167" s="15">
         <v>0.02272</v>
       </c>
       <c r="L167" s="15">
         <v>0.01644</v>
       </c>
       <c r="M167" s="15">
         <v>0.01434</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>558</v>
+      </c>
+      <c r="D168" s="15" t="s">
         <v>559</v>
       </c>
-      <c r="D168" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E168" s="15" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H168" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I168" s="15" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="J168" s="15">
         <v>3000</v>
       </c>
       <c r="K168" s="15">
         <v>0.02396</v>
       </c>
       <c r="L168" s="15">
         <v>0.01733</v>
       </c>
       <c r="M168" s="15">
         <v>0.01512</v>
       </c>
       <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>563</v>
+      </c>
+      <c r="D169" s="15" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
       <c r="E169" s="15">
         <v>10080027517</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H169" s="15" t="s">
         <v>234</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="J169" s="15">
         <v>3000</v>
       </c>
       <c r="K169" s="15">
         <v>0.35052</v>
       </c>
       <c r="L169" s="15">
         <v>0.1768</v>
       </c>
       <c r="M169" s="15">
         <v>0.1606</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D170" s="15" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
       <c r="E170" s="15">
         <v>10080052563</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H170" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I170" s="15" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="J170" s="15">
         <v>3000</v>
       </c>
       <c r="K170" s="15">
         <v>0.04354</v>
       </c>
       <c r="L170" s="15">
         <v>0.03122</v>
       </c>
       <c r="M170" s="15">
         <v>0.02711</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D171" s="15" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
       <c r="E171" s="15">
         <v>10080057332</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H171" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="J171" s="15">
         <v>2000</v>
       </c>
       <c r="K171" s="15">
         <v>0.04468</v>
       </c>
       <c r="L171" s="15">
         <v>0.04468</v>
       </c>
       <c r="M171" s="15">
         <v>0.04468</v>
       </c>
       <c r="N171" s="15"/>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="D172" s="15" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="E172" s="15">
         <v>10080048086</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="15" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="J172" s="15">
         <v>2000</v>
       </c>
       <c r="K172" s="15">
         <v>0.01555</v>
       </c>
       <c r="L172" s="15">
         <v>0.01304</v>
       </c>
       <c r="M172" s="15">
         <v>0.01254</v>
       </c>
       <c r="N172" s="15"/>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>572</v>
+      </c>
+      <c r="D173" s="15" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
       <c r="E173" s="15">
         <v>10080038188</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H173" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I173" s="15" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="J173" s="15">
         <v>2000</v>
       </c>
       <c r="K173" s="15">
         <v>0.2829</v>
       </c>
       <c r="L173" s="15">
         <v>0.10214</v>
       </c>
       <c r="M173" s="15">
         <v>0.09279</v>
       </c>
       <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>575</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="E174" s="15">
         <v>10080019095</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H174" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I174" s="15" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="J174" s="15">
         <v>2000</v>
       </c>
       <c r="K174" s="15">
         <v>0.02361</v>
       </c>
       <c r="L174" s="15">
         <v>0.02046</v>
       </c>
       <c r="M174" s="15">
         <v>0.01968</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>578</v>
+      </c>
+      <c r="D175" s="15" t="s">
         <v>579</v>
       </c>
-      <c r="D175" s="15" t="s">
+      <c r="E175" s="15" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I175" s="15" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="J175" s="15">
         <v>2000</v>
       </c>
       <c r="K175" s="15">
         <v>0.01625</v>
       </c>
       <c r="L175" s="15">
         <v>0.01408</v>
       </c>
       <c r="M175" s="15">
         <v>0.01354</v>
       </c>
       <c r="N175" s="15">
-        <v>18000</v>
+        <v>22000</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="D176" s="15" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="E176" s="15">
         <v>10080034846</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H176" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="J176" s="15">
         <v>2000</v>
       </c>
       <c r="K176" s="15">
         <v>0.02247</v>
       </c>
       <c r="L176" s="15">
         <v>0.01947</v>
       </c>
       <c r="M176" s="15">
         <v>0.01873</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>585</v>
+      </c>
+      <c r="D177" s="15" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="E177" s="15">
         <v>10080000137</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="J177" s="15">
         <v>2000</v>
       </c>
       <c r="K177" s="15">
         <v>0.04563</v>
       </c>
       <c r="L177" s="15">
         <v>0.03498</v>
       </c>
       <c r="M177" s="15">
         <v>0.03498</v>
       </c>
       <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
+        <v>588</v>
+      </c>
+      <c r="D178" s="15" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
       <c r="E178" s="15">
         <v>10080028475</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H178" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I178" s="15" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="J178" s="15">
         <v>2000</v>
       </c>
       <c r="K178" s="15">
         <v>0.30541</v>
       </c>
       <c r="L178" s="15">
         <v>0.11026</v>
       </c>
       <c r="M178" s="15">
         <v>0.10015</v>
       </c>
       <c r="N178" s="15"/>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>591</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>592</v>
       </c>
-      <c r="D179" s="15" t="s">
+      <c r="E179" s="15" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="J179" s="15">
         <v>2000</v>
       </c>
       <c r="K179" s="15">
         <v>0.014</v>
       </c>
       <c r="L179" s="15">
         <v>0.0125</v>
       </c>
       <c r="M179" s="15">
         <v>0.011</v>
       </c>
       <c r="N179" s="15">
-        <v>88000</v>
+        <v>46000</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="D180" s="15" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="E180" s="15">
         <v>10080064105</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H180" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="J180" s="15">
         <v>2000</v>
       </c>
       <c r="K180" s="15">
         <v>0.02807</v>
       </c>
       <c r="L180" s="15">
         <v>0.02031</v>
       </c>
       <c r="M180" s="15">
         <v>0.01772</v>
       </c>
       <c r="N180" s="15"/>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>598</v>
+      </c>
+      <c r="D181" s="15" t="s">
         <v>599</v>
       </c>
-      <c r="D181" s="15" t="s">
+      <c r="E181" s="15" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H181" s="15" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="I181" s="15" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="J181" s="15">
         <v>2000</v>
       </c>
       <c r="K181" s="15">
         <v>0.01094</v>
       </c>
       <c r="L181" s="15">
         <v>0.01049</v>
       </c>
       <c r="M181" s="15">
         <v>0.01003</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>602</v>
+      </c>
+      <c r="D182" s="15" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="E182" s="15">
         <v>10080051188</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H182" s="15" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="I182" s="15" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="J182" s="15"/>
       <c r="K182" s="15">
         <v>0.05737</v>
       </c>
       <c r="L182" s="15">
         <v>0.04398</v>
       </c>
       <c r="M182" s="15">
         <v>0.04398</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>605</v>
+      </c>
+      <c r="D183" s="15" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="E183" s="15">
         <v>10080037213</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H183" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I183" s="15" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="J183" s="15">
         <v>2000</v>
       </c>
       <c r="K183" s="15">
         <v>0.05675</v>
       </c>
       <c r="L183" s="15">
         <v>0.05675</v>
       </c>
       <c r="M183" s="15">
         <v>0.05675</v>
       </c>
       <c r="N183" s="15"/>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
+        <v>608</v>
+      </c>
+      <c r="D184" s="15" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="E184" s="15">
         <v>10080057755</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="J184" s="15">
         <v>2000</v>
       </c>
       <c r="K184" s="15">
         <v>0.03781</v>
       </c>
       <c r="L184" s="15">
         <v>0.03781</v>
       </c>
       <c r="M184" s="15">
         <v>0.03781</v>
       </c>
       <c r="N184" s="15"/>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
+        <v>611</v>
+      </c>
+      <c r="D185" s="15" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
       <c r="E185" s="15">
         <v>10080053870</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H185" s="15" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="I185" s="15" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="J185" s="15">
         <v>2000</v>
       </c>
       <c r="K185" s="15">
         <v>0.0586</v>
       </c>
       <c r="L185" s="15">
         <v>0.04492</v>
       </c>
       <c r="M185" s="15">
         <v>0.04492</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>614</v>
+      </c>
+      <c r="D186" s="15" t="s">
         <v>615</v>
       </c>
-      <c r="D186" s="15" t="s">
+      <c r="E186" s="15" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H186" s="15" t="s">
+        <v>617</v>
+      </c>
+      <c r="I186" s="15" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
       <c r="J186" s="15">
         <v>2000</v>
       </c>
       <c r="K186" s="15">
         <v>0.0382</v>
       </c>
       <c r="L186" s="15">
         <v>0.03204</v>
       </c>
       <c r="M186" s="15">
         <v>0.03081</v>
       </c>
-      <c r="N186" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>619</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
       <c r="E187" s="15">
         <v>10080054353</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>230</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="J187" s="15">
         <v>2000</v>
       </c>
       <c r="K187" s="15">
         <v>0.04073</v>
       </c>
       <c r="L187" s="15">
         <v>0.04073</v>
       </c>
       <c r="M187" s="15">
         <v>0.04073</v>
       </c>
       <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>622</v>
+      </c>
+      <c r="D188" s="15" t="s">
         <v>623</v>
       </c>
-      <c r="D188" s="15" t="s">
+      <c r="E188" s="15" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H188" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="J188" s="15">
         <v>2000</v>
       </c>
       <c r="K188" s="15">
         <v>0.03111</v>
       </c>
       <c r="L188" s="15">
         <v>0.03111</v>
       </c>
       <c r="M188" s="15">
         <v>0.03111</v>
       </c>
       <c r="N188" s="15"/>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="D189" s="15" t="s">
         <v>627</v>
       </c>
-      <c r="D189" s="15" t="s">
+      <c r="E189" s="15" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H189" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="J189" s="15">
         <v>2000</v>
       </c>
       <c r="K189" s="15">
         <v>0.04216</v>
       </c>
       <c r="L189" s="15">
         <v>0.03536</v>
       </c>
       <c r="M189" s="15">
         <v>0.034</v>
       </c>
       <c r="N189" s="15"/>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>630</v>
+      </c>
+      <c r="D190" s="15" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
       <c r="E190" s="15">
         <v>10080067554</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="J190" s="15">
         <v>3000</v>
       </c>
       <c r="K190" s="15">
         <v>0.02353</v>
       </c>
       <c r="L190" s="15">
         <v>0.01961</v>
       </c>
       <c r="M190" s="15">
         <v>0.01883</v>
       </c>
       <c r="N190" s="15"/>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="D191" s="15" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
       <c r="E191" s="15">
         <v>10080033114</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H191" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="J191" s="15">
         <v>3000</v>
       </c>
       <c r="K191" s="15">
         <v>0.01217</v>
       </c>
       <c r="L191" s="15">
         <v>0.01054</v>
       </c>
       <c r="M191" s="15">
         <v>0.01014</v>
       </c>
       <c r="N191" s="15">
         <v>6000</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="D192" s="15" t="s">
         <v>637</v>
       </c>
-      <c r="D192" s="15" t="s">
+      <c r="E192" s="15" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H192" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="J192" s="15">
         <v>3000</v>
       </c>
       <c r="K192" s="15">
         <v>0.01661</v>
       </c>
       <c r="L192" s="15">
         <v>0.01393</v>
       </c>
       <c r="M192" s="15">
         <v>0.01339</v>
       </c>
       <c r="N192" s="15"/>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
+        <v>640</v>
+      </c>
+      <c r="D193" s="15" t="s">
         <v>641</v>
       </c>
-      <c r="D193" s="15" t="s">
+      <c r="E193" s="15" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H193" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="J193" s="15">
         <v>3000</v>
       </c>
       <c r="K193" s="15">
         <v>0.01178</v>
       </c>
       <c r="L193" s="15">
         <v>0.01021</v>
       </c>
       <c r="M193" s="15">
         <v>0.009809999999999999</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
+        <v>644</v>
+      </c>
+      <c r="D194" s="15" t="s">
         <v>645</v>
       </c>
-      <c r="D194" s="15" t="s">
+      <c r="E194" s="15" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H194" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="J194" s="15">
         <v>3000</v>
       </c>
       <c r="K194" s="15">
         <v>0.02266</v>
       </c>
       <c r="L194" s="15">
         <v>0.0164</v>
       </c>
       <c r="M194" s="15">
         <v>0.01431</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>648</v>
+      </c>
+      <c r="D195" s="15" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
       <c r="E195" s="15">
         <v>10080048343</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H195" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="J195" s="15">
         <v>3000</v>
       </c>
       <c r="K195" s="15">
         <v>0.20031</v>
       </c>
       <c r="L195" s="15">
         <v>0.08717</v>
       </c>
       <c r="M195" s="15">
         <v>0.07915</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>651</v>
+      </c>
+      <c r="D196" s="15" t="s">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>653</v>
       </c>
       <c r="E196" s="15">
         <v>10080070779</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="J196" s="15">
         <v>3000</v>
       </c>
       <c r="K196" s="15">
         <v>0.008</v>
       </c>
       <c r="L196" s="15">
         <v>0.008</v>
       </c>
       <c r="M196" s="15">
         <v>0.008</v>
       </c>
       <c r="N196" s="15">
-        <v>39000</v>
+        <v>33000</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
+        <v>651</v>
+      </c>
+      <c r="D197" s="15" t="s">
         <v>652</v>
       </c>
-      <c r="D197" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E197" s="15" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H197" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="J197" s="15">
         <v>4000</v>
       </c>
       <c r="K197" s="15">
         <v>0.02114</v>
       </c>
       <c r="L197" s="15">
         <v>0.0153</v>
       </c>
       <c r="M197" s="15">
         <v>0.01334</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
+        <v>656</v>
+      </c>
+      <c r="D198" s="15" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
       <c r="E198" s="15">
         <v>10080074188</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="J198" s="15">
         <v>3000</v>
       </c>
       <c r="K198" s="15">
         <v>0.02922</v>
       </c>
       <c r="L198" s="15">
         <v>0.02435</v>
       </c>
       <c r="M198" s="15">
         <v>0.02338</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
+        <v>659</v>
+      </c>
+      <c r="D199" s="15" t="s">
         <v>660</v>
       </c>
-      <c r="D199" s="15" t="s">
+      <c r="E199" s="15" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H199" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I199" s="15" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="J199" s="15">
         <v>4000</v>
       </c>
       <c r="K199" s="15">
         <v>0.02898</v>
       </c>
       <c r="L199" s="15">
         <v>0.02078</v>
       </c>
       <c r="M199" s="15">
         <v>0.01804</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
+        <v>663</v>
+      </c>
+      <c r="D200" s="15" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="E200" s="15">
         <v>10080070164</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="J200" s="15">
         <v>3000</v>
       </c>
       <c r="K200" s="15">
         <v>0.02922</v>
       </c>
       <c r="L200" s="15">
         <v>0.02435</v>
       </c>
       <c r="M200" s="15">
         <v>0.02338</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
+        <v>666</v>
+      </c>
+      <c r="D201" s="15" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="E201" s="15">
         <v>10080048342</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H201" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I201" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="J201" s="15">
         <v>3000</v>
       </c>
       <c r="K201" s="15">
         <v>0.22046</v>
       </c>
       <c r="L201" s="15">
         <v>0.09592000000000001</v>
       </c>
       <c r="M201" s="15">
         <v>0.08712</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
+        <v>669</v>
+      </c>
+      <c r="D202" s="15" t="s">
         <v>670</v>
       </c>
-      <c r="D202" s="15" t="s">
+      <c r="E202" s="15" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I202" s="15" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="J202" s="15">
         <v>3000</v>
       </c>
       <c r="K202" s="15">
         <v>0.01178</v>
       </c>
       <c r="L202" s="15">
         <v>0.01021</v>
       </c>
       <c r="M202" s="15">
         <v>0.009809999999999999</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="D203" s="15" t="s">
         <v>674</v>
       </c>
-      <c r="D203" s="15" t="s">
+      <c r="E203" s="15" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H203" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I203" s="15" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="J203" s="15">
         <v>3000</v>
       </c>
       <c r="K203" s="15">
         <v>0.01723</v>
       </c>
       <c r="L203" s="15">
         <v>0.01247</v>
       </c>
       <c r="M203" s="15">
         <v>0.01088</v>
       </c>
       <c r="N203" s="15">
         <v>3000</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
+        <v>677</v>
+      </c>
+      <c r="D204" s="15" t="s">
         <v>678</v>
       </c>
-      <c r="D204" s="15" t="s">
+      <c r="E204" s="15" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H204" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I204" s="15" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="J204" s="15">
         <v>3000</v>
       </c>
       <c r="K204" s="15">
         <v>0.00695</v>
       </c>
       <c r="L204" s="15">
         <v>0.00695</v>
       </c>
       <c r="M204" s="15">
         <v>0.00695</v>
       </c>
       <c r="N204" s="15">
-        <v>30000</v>
+        <v>18000</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="D205" s="15" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="E205" s="15">
         <v>10080016025</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H205" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="J205" s="15">
         <v>4000</v>
       </c>
       <c r="K205" s="15">
         <v>0.01346</v>
       </c>
       <c r="L205" s="15">
         <v>0.01257</v>
       </c>
       <c r="M205" s="15">
         <v>0.01168</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="D206" s="15" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="E206" s="15">
         <v>10080017906</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="J206" s="15">
         <v>3000</v>
       </c>
       <c r="K206" s="15">
         <v>0.00723</v>
       </c>
       <c r="L206" s="15">
         <v>0.00694</v>
       </c>
       <c r="M206" s="15">
         <v>0.00665</v>
       </c>
       <c r="N206" s="15">
-        <v>12000</v>
+        <v>15000</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>685</v>
+      </c>
+      <c r="D207" s="15" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
       <c r="E207" s="15">
         <v>10080006143</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="J207" s="15">
         <v>3000</v>
       </c>
       <c r="K207" s="15">
         <v>0.0769</v>
       </c>
       <c r="L207" s="15">
         <v>0.02778</v>
       </c>
       <c r="M207" s="15">
         <v>0.02525</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="D208" s="15" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="E208" s="15">
         <v>10080017335</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H208" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I208" s="15" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="J208" s="15">
         <v>3000</v>
       </c>
       <c r="K208" s="15">
         <v>0.09634</v>
       </c>
       <c r="L208" s="15">
         <v>0.03478</v>
       </c>
       <c r="M208" s="15">
         <v>0.03158</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>691</v>
+      </c>
+      <c r="D209" s="15" t="s">
         <v>692</v>
       </c>
-      <c r="D209" s="15" t="s">
+      <c r="E209" s="15" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I209" s="15" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="J209" s="15">
         <v>3000</v>
       </c>
       <c r="K209" s="15">
         <v>0.01048</v>
       </c>
       <c r="L209" s="15">
         <v>0.01048</v>
       </c>
       <c r="M209" s="15">
         <v>0.01048</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>695</v>
+      </c>
+      <c r="D210" s="15" t="s">
         <v>696</v>
       </c>
-      <c r="D210" s="15" t="s">
+      <c r="E210" s="15" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H210" s="15" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>4000</v>
       </c>
       <c r="K210" s="15">
-        <v>0.02089</v>
+        <v>0.00944</v>
       </c>
       <c r="L210" s="15">
-        <v>0.01752</v>
+        <v>0.00818</v>
       </c>
       <c r="M210" s="15">
-        <v>0.01686</v>
+        <v>0.007860000000000001</v>
       </c>
       <c r="N210" s="15"/>
       <c r="O210" s="15"/>
-      <c r="P210" s="15"/>
+      <c r="P210" s="15" t="s">
+        <v>698</v>
+      </c>
       <c r="Q210" s="15"/>
       <c r="R210" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>699</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>700</v>
       </c>
-      <c r="E211" s="15">
-        <v>10080007193</v>
+      <c r="E211" s="15" t="s">
+        <v>701</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H211" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I211" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>4000</v>
       </c>
       <c r="K211" s="15">
-        <v>0.01232</v>
+        <v>0.02089</v>
       </c>
       <c r="L211" s="15">
-        <v>0.01232</v>
+        <v>0.01752</v>
       </c>
       <c r="M211" s="15">
-        <v>0.01232</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01686</v>
+      </c>
+      <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
         <v>702</v>
       </c>
       <c r="D212" s="15" t="s">
         <v>703</v>
       </c>
-      <c r="E212" s="15" t="s">
-        <v>704</v>
+      <c r="E212" s="15">
+        <v>10080007193</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H212" s="15" t="s">
-        <v>273</v>
+        <v>30</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="J212" s="15">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="K212" s="15">
-        <v>0.00638</v>
+        <v>0.01232</v>
       </c>
       <c r="L212" s="15">
-        <v>0.00611</v>
+        <v>0.01232</v>
       </c>
       <c r="M212" s="15">
-        <v>0.00611</v>
+        <v>0.01232</v>
       </c>
       <c r="N212" s="15">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
+        <v>705</v>
+      </c>
+      <c r="D213" s="15" t="s">
         <v>706</v>
       </c>
-      <c r="D213" s="15" t="s">
+      <c r="E213" s="15" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080068445</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H213" s="15" t="s">
-        <v>39</v>
+        <v>273</v>
       </c>
       <c r="I213" s="15" t="s">
         <v>708</v>
       </c>
       <c r="J213" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K213" s="15">
-        <v>0.00709</v>
+        <v>0.00638</v>
       </c>
       <c r="L213" s="15">
-        <v>0.0068</v>
+        <v>0.00611</v>
       </c>
       <c r="M213" s="15">
-        <v>0.0068</v>
-[...1 lines deleted...]
-      <c r="N213" s="15"/>
+        <v>0.00611</v>
+      </c>
+      <c r="N213" s="15">
+        <v>6000</v>
+      </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
         <v>709</v>
       </c>
       <c r="D214" s="15" t="s">
         <v>710</v>
       </c>
-      <c r="E214" s="15" t="s">
-        <v>711</v>
+      <c r="E214" s="15">
+        <v>10080068445</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H214" s="15" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="J214" s="15">
         <v>3000</v>
       </c>
       <c r="K214" s="15">
-        <v>0.0105</v>
+        <v>0.00709</v>
       </c>
       <c r="L214" s="15">
-        <v>0.0091</v>
+        <v>0.0068</v>
       </c>
       <c r="M214" s="15">
-        <v>0.008750000000000001</v>
+        <v>0.0068</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
+        <v>712</v>
+      </c>
+      <c r="D215" s="15" t="s">
         <v>713</v>
       </c>
-      <c r="D215" s="15" t="s">
+      <c r="E215" s="15" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080010446</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H215" s="15" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="I215" s="15" t="s">
         <v>715</v>
       </c>
       <c r="J215" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K215" s="15">
-        <v>0.01043</v>
+        <v>0.0105</v>
       </c>
       <c r="L215" s="15">
-        <v>0.01043</v>
+        <v>0.0091</v>
       </c>
       <c r="M215" s="15">
-        <v>0.01043</v>
+        <v>0.008750000000000001</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
         <v>716</v>
       </c>
       <c r="D216" s="15" t="s">
         <v>717</v>
       </c>
-      <c r="E216" s="15" t="s">
-        <v>718</v>
+      <c r="E216" s="15">
+        <v>10080010446</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H216" s="15" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="J216" s="15">
         <v>2000</v>
       </c>
       <c r="K216" s="15">
-        <v>0.00717</v>
+        <v>0.01043</v>
       </c>
       <c r="L216" s="15">
-        <v>0.00717</v>
+        <v>0.01043</v>
       </c>
       <c r="M216" s="15">
-        <v>0.00717</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01043</v>
+      </c>
+      <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>719</v>
+      </c>
+      <c r="D217" s="15" t="s">
         <v>720</v>
       </c>
-      <c r="D217" s="15" t="s">
+      <c r="E217" s="15" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080073056</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H217" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="I217" s="15" t="s">
         <v>722</v>
       </c>
-      <c r="I217" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J217" s="15">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="K217" s="15">
-        <v>0.01973</v>
+        <v>0.00717</v>
       </c>
       <c r="L217" s="15">
-        <v>0.01512</v>
+        <v>0.00717</v>
       </c>
       <c r="M217" s="15">
-        <v>0.01512</v>
-[...1 lines deleted...]
-      <c r="N217" s="15"/>
+        <v>0.00717</v>
+      </c>
+      <c r="N217" s="15">
+        <v>2000</v>
+      </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>723</v>
+      </c>
+      <c r="D218" s="15" t="s">
         <v>724</v>
       </c>
-      <c r="D218" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E218" s="15">
-        <v>10080011305</v>
+        <v>10080073056</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H218" s="15" t="s">
-        <v>39</v>
+        <v>725</v>
       </c>
       <c r="I218" s="15" t="s">
         <v>726</v>
       </c>
       <c r="J218" s="15">
         <v>4000</v>
       </c>
       <c r="K218" s="15">
-        <v>0.01009</v>
+        <v>0.01973</v>
       </c>
       <c r="L218" s="15">
-        <v>0.0073</v>
+        <v>0.01512</v>
       </c>
       <c r="M218" s="15">
-        <v>0.00637</v>
+        <v>0.01512</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>727</v>
       </c>
       <c r="D219" s="15" t="s">
         <v>728</v>
       </c>
       <c r="E219" s="15">
-        <v>10080007298</v>
+        <v>10080011305</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H219" s="15" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="I219" s="15" t="s">
         <v>729</v>
       </c>
       <c r="J219" s="15">
         <v>4000</v>
       </c>
       <c r="K219" s="15">
-        <v>0.02002</v>
+        <v>0.01009</v>
       </c>
       <c r="L219" s="15">
-        <v>0.01679</v>
+        <v>0.0073</v>
       </c>
       <c r="M219" s="15">
-        <v>0.01615</v>
+        <v>0.00637</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
         <v>730</v>
       </c>
       <c r="D220" s="15" t="s">
         <v>731</v>
       </c>
       <c r="E220" s="15">
-        <v>10080008429</v>
+        <v>10080007298</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H220" s="15" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I220" s="15" t="s">
         <v>732</v>
       </c>
       <c r="J220" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K220" s="15">
-        <v>0.09718</v>
+        <v>0.02002</v>
       </c>
       <c r="L220" s="15">
-        <v>0.05613</v>
+        <v>0.01679</v>
       </c>
       <c r="M220" s="15">
-        <v>0.04736</v>
+        <v>0.01615</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
         <v>733</v>
       </c>
       <c r="D221" s="15" t="s">
         <v>734</v>
       </c>
-      <c r="E221" s="15" t="s">
-        <v>735</v>
+      <c r="E221" s="15">
+        <v>10080008429</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H221" s="15" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="J221" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K221" s="15">
-        <v>0.00861</v>
+        <v>0.09718</v>
       </c>
       <c r="L221" s="15">
-        <v>0.00746</v>
+        <v>0.05613</v>
       </c>
       <c r="M221" s="15">
-        <v>0.00718</v>
+        <v>0.04736</v>
       </c>
       <c r="N221" s="15"/>
-      <c r="O221" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O221" s="15"/>
+      <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>736</v>
+      </c>
+      <c r="D222" s="15" t="s">
         <v>737</v>
       </c>
-      <c r="D222" s="15" t="s">
+      <c r="E222" s="15" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080031497</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H222" s="15" t="s">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="I222" s="15" t="s">
         <v>739</v>
       </c>
       <c r="J222" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K222" s="15">
-        <v>0.01365</v>
+        <v>0.00711</v>
       </c>
       <c r="L222" s="15">
-        <v>0.00988</v>
+        <v>0.00616</v>
       </c>
       <c r="M222" s="15">
-        <v>0.00861</v>
+        <v>0.00593</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
         <v>740</v>
       </c>
       <c r="D223" s="15" t="s">
         <v>741</v>
       </c>
-      <c r="E223" s="15" t="s">
-        <v>742</v>
+      <c r="E223" s="15">
+        <v>10080031497</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H223" s="15" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="J223" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K223" s="15">
-        <v>0.01013</v>
+        <v>0.01365</v>
       </c>
       <c r="L223" s="15">
-        <v>0.00878</v>
+        <v>0.00988</v>
       </c>
       <c r="M223" s="15">
-        <v>0.00844</v>
+        <v>0.00861</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
+        <v>743</v>
+      </c>
+      <c r="D224" s="15" t="s">
         <v>744</v>
       </c>
-      <c r="D224" s="15" t="s">
+      <c r="E224" s="15" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080034613</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H224" s="15" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="I224" s="15" t="s">
         <v>746</v>
       </c>
       <c r="J224" s="15">
         <v>4000</v>
       </c>
       <c r="K224" s="15">
-        <v>0.01425</v>
+        <v>0.01013</v>
       </c>
       <c r="L224" s="15">
-        <v>0.01235</v>
+        <v>0.00878</v>
       </c>
       <c r="M224" s="15">
-        <v>0.01188</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00844</v>
+      </c>
+      <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
         <v>747</v>
       </c>
       <c r="D225" s="15" t="s">
         <v>748</v>
       </c>
-      <c r="E225" s="15" t="s">
-        <v>749</v>
+      <c r="E225" s="15">
+        <v>10080034613</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H225" s="15" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J225" s="15">
         <v>4000</v>
       </c>
       <c r="K225" s="15">
-        <v>0.01004</v>
+        <v>0.01425</v>
       </c>
       <c r="L225" s="15">
-        <v>0.008699999999999999</v>
+        <v>0.01235</v>
       </c>
       <c r="M225" s="15">
-        <v>0.008359999999999999</v>
-[...1 lines deleted...]
-      <c r="N225" s="15"/>
+        <v>0.01188</v>
+      </c>
+      <c r="N225" s="15">
+        <v>4000</v>
+      </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="D226" s="15" t="s">
         <v>751</v>
       </c>
-      <c r="D226" s="15" t="s">
+      <c r="E226" s="15" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H226" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I226" s="15"/>
+        <v>68</v>
+      </c>
+      <c r="I226" s="15" t="s">
+        <v>753</v>
+      </c>
       <c r="J226" s="15">
         <v>4000</v>
       </c>
       <c r="K226" s="15">
-        <v>0.01962</v>
+        <v>0.01004</v>
       </c>
       <c r="L226" s="15">
-        <v>0.01646</v>
+        <v>0.008699999999999999</v>
       </c>
       <c r="M226" s="15">
-        <v>0.01582</v>
+        <v>0.008359999999999999</v>
       </c>
       <c r="N226" s="15"/>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>754</v>
       </c>
       <c r="D227" s="15" t="s">
         <v>755</v>
       </c>
-      <c r="E227" s="15">
-        <v>10080068568</v>
+      <c r="E227" s="15" t="s">
+        <v>756</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H227" s="15" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
         <v>4000</v>
       </c>
       <c r="K227" s="15">
-        <v>0.02096</v>
+        <v>0.01962</v>
       </c>
       <c r="L227" s="15">
-        <v>0.01608</v>
+        <v>0.01646</v>
       </c>
       <c r="M227" s="15">
-        <v>0.01608</v>
+        <v>0.01582</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="E228" s="15">
-        <v>10080039365</v>
+        <v>10080068568</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H228" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I228" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>4000</v>
       </c>
       <c r="K228" s="15">
-        <v>0.007979999999999999</v>
+        <v>0.02096</v>
       </c>
       <c r="L228" s="15">
-        <v>0.00692</v>
+        <v>0.01608</v>
       </c>
       <c r="M228" s="15">
-        <v>0.00665</v>
+        <v>0.01608</v>
       </c>
       <c r="N228" s="15"/>
-      <c r="O228" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O228" s="15"/>
+      <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
+        <v>759</v>
+      </c>
+      <c r="D229" s="15" t="s">
         <v>760</v>
       </c>
-      <c r="D229" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E229" s="15">
-        <v>10080027764</v>
+        <v>10080039365</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H229" s="15" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="J229" s="15">
         <v>4000</v>
       </c>
       <c r="K229" s="15">
-        <v>0.0092</v>
+        <v>0.00779</v>
       </c>
       <c r="L229" s="15">
-        <v>0.00797</v>
+        <v>0.00675</v>
       </c>
       <c r="M229" s="15">
-        <v>0.00766</v>
-[...1 lines deleted...]
-      <c r="N229" s="15"/>
+        <v>0.00649</v>
+      </c>
+      <c r="N229" s="15">
+        <v>8000</v>
+      </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>762</v>
+      </c>
+      <c r="D230" s="15" t="s">
         <v>763</v>
       </c>
-      <c r="D230" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E230" s="15">
-        <v>10080031500</v>
+        <v>10080027764</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H230" s="15" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="J230" s="15">
         <v>4000</v>
       </c>
       <c r="K230" s="15">
-        <v>0.11897</v>
+        <v>0.0092</v>
       </c>
       <c r="L230" s="15">
-        <v>0.04809</v>
+        <v>0.00797</v>
       </c>
       <c r="M230" s="15">
-        <v>0.04372</v>
+        <v>0.00766</v>
       </c>
       <c r="N230" s="15"/>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>765</v>
+      </c>
+      <c r="D231" s="15" t="s">
         <v>766</v>
       </c>
-      <c r="D231" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E231" s="15">
-        <v>10080069282</v>
+        <v>10080031500</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H231" s="15" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="I231" s="15" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="J231" s="15">
         <v>4000</v>
       </c>
       <c r="K231" s="15">
-        <v>0.01589</v>
+        <v>0.11897</v>
       </c>
       <c r="L231" s="15">
-        <v>0.01331</v>
+        <v>0.04809</v>
       </c>
       <c r="M231" s="15">
-        <v>0.0128</v>
+        <v>0.04372</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>768</v>
+      </c>
+      <c r="D232" s="15" t="s">
         <v>769</v>
       </c>
-      <c r="D232" s="15" t="s">
-[...3 lines deleted...]
-        <v>771</v>
+      <c r="E232" s="15">
+        <v>10080069282</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H232" s="15" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="I232" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I232" s="15" t="s">
+        <v>770</v>
+      </c>
       <c r="J232" s="15">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="K232" s="15">
-        <v>0.009350000000000001</v>
+        <v>0.01589</v>
       </c>
       <c r="L232" s="15">
-        <v>0.009350000000000001</v>
+        <v>0.01331</v>
       </c>
       <c r="M232" s="15">
-        <v>0.009350000000000001</v>
+        <v>0.0128</v>
       </c>
       <c r="N232" s="15"/>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>771</v>
+      </c>
+      <c r="D233" s="15" t="s">
         <v>772</v>
       </c>
-      <c r="D233" s="15" t="s">
+      <c r="E233" s="15" t="s">
         <v>773</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080066466</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H233" s="15" t="s">
-        <v>230</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>2000</v>
       </c>
       <c r="K233" s="15">
-        <v>0.03178</v>
+        <v>0.009350000000000001</v>
       </c>
       <c r="L233" s="15">
-        <v>0.02435</v>
+        <v>0.009350000000000001</v>
       </c>
       <c r="M233" s="15">
-        <v>0.02435</v>
+        <v>0.009350000000000001</v>
       </c>
       <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>774</v>
+      </c>
+      <c r="D234" s="15" t="s">
         <v>775</v>
       </c>
-      <c r="D234" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E234" s="15">
-        <v>10080010448</v>
+        <v>10080066466</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H234" s="15" t="s">
-        <v>30</v>
+        <v>230</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="J234" s="15">
         <v>2000</v>
       </c>
       <c r="K234" s="15">
-        <v>0.21138</v>
+        <v>0.03178</v>
       </c>
       <c r="L234" s="15">
-        <v>0.10678</v>
+        <v>0.02435</v>
       </c>
       <c r="M234" s="15">
-        <v>0.09701</v>
+        <v>0.02435</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
+        <v>777</v>
+      </c>
+      <c r="D235" s="15" t="s">
         <v>778</v>
       </c>
-      <c r="D235" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E235" s="15">
-        <v>10080054242</v>
+        <v>10080010448</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H235" s="15" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="I235" s="15" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="J235" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K235" s="15">
-        <v>0.01091</v>
+        <v>0.21138</v>
       </c>
       <c r="L235" s="15">
-        <v>0.00945</v>
+        <v>0.10678</v>
       </c>
       <c r="M235" s="15">
-        <v>0.009090000000000001</v>
+        <v>0.09701</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>780</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>781</v>
       </c>
-      <c r="D236" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E236" s="15">
-        <v>10080031953</v>
+        <v>10080054242</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H236" s="15" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="J236" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K236" s="15">
-        <v>0.04686</v>
+        <v>0.01091</v>
       </c>
       <c r="L236" s="15">
-        <v>0.0378</v>
+        <v>0.00945</v>
       </c>
       <c r="M236" s="15">
-        <v>0.03628</v>
+        <v>0.009090000000000001</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>783</v>
+      </c>
+      <c r="D237" s="15" t="s">
         <v>784</v>
       </c>
-      <c r="D237" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E237" s="15">
-        <v>10080049755</v>
+        <v>10080031953</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H237" s="15" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="J237" s="15">
         <v>2000</v>
       </c>
       <c r="K237" s="15">
-        <v>0.01801</v>
+        <v>0.04686</v>
       </c>
       <c r="L237" s="15">
-        <v>0.01511</v>
+        <v>0.0378</v>
       </c>
       <c r="M237" s="15">
-        <v>0.01453</v>
+        <v>0.03628</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
+        <v>786</v>
+      </c>
+      <c r="D238" s="15" t="s">
         <v>787</v>
       </c>
-      <c r="D238" s="15" t="s">
-[...3 lines deleted...]
-        <v>789</v>
+      <c r="E238" s="15">
+        <v>10080049755</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H238" s="15" t="s">
-        <v>351</v>
+        <v>30</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="J238" s="15">
         <v>2000</v>
       </c>
       <c r="K238" s="15">
-        <v>0.008569999999999999</v>
+        <v>0.01801</v>
       </c>
       <c r="L238" s="15">
-        <v>0.008569999999999999</v>
+        <v>0.01511</v>
       </c>
       <c r="M238" s="15">
-        <v>0.008569999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01453</v>
+      </c>
+      <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>789</v>
+      </c>
+      <c r="D239" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="E239" s="15" t="s">
         <v>791</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080039376</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H239" s="15" t="s">
-        <v>35</v>
+        <v>351</v>
       </c>
       <c r="I239" s="15" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="J239" s="15">
         <v>2000</v>
       </c>
       <c r="K239" s="15">
-        <v>0.14617</v>
+        <v>0.008569999999999999</v>
       </c>
       <c r="L239" s="15">
-        <v>0.05274</v>
+        <v>0.008569999999999999</v>
       </c>
       <c r="M239" s="15">
-        <v>0.04798</v>
+        <v>0.008569999999999999</v>
       </c>
       <c r="N239" s="15"/>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
+        <v>793</v>
+      </c>
+      <c r="D240" s="15" t="s">
         <v>794</v>
       </c>
-      <c r="D240" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E240" s="15">
-        <v>10080065139</v>
+        <v>10080039376</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H240" s="15" t="s">
-        <v>273</v>
+        <v>35</v>
       </c>
       <c r="I240" s="15" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="J240" s="15">
         <v>2000</v>
       </c>
       <c r="K240" s="15">
-        <v>0.01763</v>
+        <v>0.14617</v>
       </c>
       <c r="L240" s="15">
-        <v>0.01351</v>
+        <v>0.05274</v>
       </c>
       <c r="M240" s="15">
-        <v>0.01351</v>
+        <v>0.04798</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
+        <v>796</v>
+      </c>
+      <c r="D241" s="15" t="s">
         <v>797</v>
       </c>
-      <c r="D241" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E241" s="15">
-        <v>10080064106</v>
+        <v>10080065139</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H241" s="15" t="s">
-        <v>83</v>
+        <v>273</v>
       </c>
       <c r="I241" s="15" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="J241" s="15">
         <v>2000</v>
       </c>
       <c r="K241" s="15">
-        <v>0.02309</v>
+        <v>0.01763</v>
       </c>
       <c r="L241" s="15">
-        <v>0.01383</v>
+        <v>0.01351</v>
       </c>
       <c r="M241" s="15">
-        <v>0.01383</v>
+        <v>0.01351</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="D242" s="15" t="s">
         <v>800</v>
       </c>
-      <c r="D242" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E242" s="15">
-        <v>10080074300</v>
+        <v>10080064106</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H242" s="15" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="I242" s="15" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="J242" s="15">
         <v>2000</v>
       </c>
       <c r="K242" s="15">
-        <v>0.02866</v>
+        <v>0.02309</v>
       </c>
       <c r="L242" s="15">
-        <v>0.02197</v>
+        <v>0.01383</v>
       </c>
       <c r="M242" s="15">
-        <v>0.02197</v>
+        <v>0.01383</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
+        <v>802</v>
+      </c>
+      <c r="D243" s="15" t="s">
         <v>803</v>
       </c>
-      <c r="D243" s="15" t="s">
-[...3 lines deleted...]
-        <v>805</v>
+      <c r="E243" s="15">
+        <v>10080074300</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H243" s="15" t="s">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="I243" s="15" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J243" s="15">
         <v>2000</v>
       </c>
       <c r="K243" s="15">
-        <v>0.02962</v>
+        <v>0.02866</v>
       </c>
       <c r="L243" s="15">
-        <v>0.02144</v>
+        <v>0.02197</v>
       </c>
       <c r="M243" s="15">
-        <v>0.0187</v>
+        <v>0.02197</v>
       </c>
       <c r="N243" s="15"/>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
+        <v>805</v>
+      </c>
+      <c r="D244" s="15" t="s">
+        <v>806</v>
+      </c>
+      <c r="E244" s="15" t="s">
         <v>807</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080034817</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H244" s="15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I244" s="15"/>
+        <v>83</v>
+      </c>
+      <c r="I244" s="15" t="s">
+        <v>808</v>
+      </c>
       <c r="J244" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K244" s="15">
-        <v>0.01268</v>
+        <v>0.02962</v>
       </c>
       <c r="L244" s="15">
-        <v>0.01268</v>
+        <v>0.02144</v>
       </c>
       <c r="M244" s="15">
-        <v>0.01268</v>
+        <v>0.0187</v>
       </c>
       <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
         <v>809</v>
       </c>
       <c r="D245" s="15" t="s">
         <v>810</v>
       </c>
-      <c r="E245" s="15" t="s">
-        <v>811</v>
+      <c r="E245" s="15">
+        <v>10080034817</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H245" s="15" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
         <v>3000</v>
       </c>
       <c r="K245" s="15">
-        <v>0.02901</v>
+        <v>0.01268</v>
       </c>
       <c r="L245" s="15">
-        <v>0.02434</v>
+        <v>0.01268</v>
       </c>
       <c r="M245" s="15">
-        <v>0.0234</v>
+        <v>0.01268</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
+        <v>811</v>
+      </c>
+      <c r="D246" s="15" t="s">
         <v>812</v>
       </c>
-      <c r="D246" s="15" t="s">
+      <c r="E246" s="15" t="s">
         <v>813</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080068446</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H246" s="15" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I246" s="15"/>
       <c r="J246" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K246" s="15">
-        <v>0.01106</v>
+        <v>0.02901</v>
       </c>
       <c r="L246" s="15">
-        <v>0.00958</v>
+        <v>0.02434</v>
       </c>
       <c r="M246" s="15">
-        <v>0.009209999999999999</v>
+        <v>0.0234</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
+        <v>814</v>
+      </c>
+      <c r="D247" s="15" t="s">
         <v>815</v>
       </c>
-      <c r="D247" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E247" s="15">
-        <v>10080066279</v>
+        <v>10080068446</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H247" s="15" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="J247" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K247" s="15">
-        <v>0.01952</v>
+        <v>0.01106</v>
       </c>
       <c r="L247" s="15">
-        <v>0.01496</v>
+        <v>0.00958</v>
       </c>
       <c r="M247" s="15">
-        <v>0.01496</v>
+        <v>0.009209999999999999</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
+        <v>817</v>
+      </c>
+      <c r="D248" s="15" t="s">
         <v>818</v>
       </c>
-      <c r="D248" s="15" t="s">
-[...3 lines deleted...]
-        <v>820</v>
+      <c r="E248" s="15">
+        <v>10080066279</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H248" s="15" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="I248" s="15" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="J248" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K248" s="15">
-        <v>0.00587</v>
+        <v>0.01952</v>
       </c>
       <c r="L248" s="15">
-        <v>0.00587</v>
+        <v>0.01496</v>
       </c>
       <c r="M248" s="15">
-        <v>0.00587</v>
+        <v>0.01496</v>
       </c>
       <c r="N248" s="15"/>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
+        <v>820</v>
+      </c>
+      <c r="D249" s="15" t="s">
+        <v>821</v>
+      </c>
+      <c r="E249" s="15" t="s">
         <v>822</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080031419</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H249" s="15" t="s">
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="J249" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K249" s="15">
-        <v>0.01146</v>
+        <v>0.00587</v>
       </c>
       <c r="L249" s="15">
-        <v>0.00993</v>
+        <v>0.00587</v>
       </c>
       <c r="M249" s="15">
-        <v>0.009549999999999999</v>
+        <v>0.00587</v>
       </c>
       <c r="N249" s="15"/>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
+        <v>824</v>
+      </c>
+      <c r="D250" s="15" t="s">
         <v>825</v>
       </c>
-      <c r="D250" s="15" t="s">
-[...3 lines deleted...]
-        <v>827</v>
+      <c r="E250" s="15">
+        <v>10080031419</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H250" s="15" t="s">
-        <v>273</v>
+        <v>39</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="J250" s="15">
         <v>3000</v>
       </c>
       <c r="K250" s="15">
-        <v>0.00902</v>
+        <v>0.01146</v>
       </c>
       <c r="L250" s="15">
-        <v>0.00757</v>
+        <v>0.00993</v>
       </c>
       <c r="M250" s="15">
-        <v>0.00728</v>
+        <v>0.009549999999999999</v>
       </c>
       <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
+        <v>827</v>
+      </c>
+      <c r="D251" s="15" t="s">
+        <v>828</v>
+      </c>
+      <c r="E251" s="15" t="s">
         <v>829</v>
-      </c>
-[...4 lines deleted...]
-        <v>831</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H251" s="15" t="s">
-        <v>68</v>
+        <v>273</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="J251" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K251" s="15">
-        <v>0.01056</v>
+        <v>0.00902</v>
       </c>
       <c r="L251" s="15">
-        <v>0.00915</v>
+        <v>0.00757</v>
       </c>
       <c r="M251" s="15">
-        <v>0.008800000000000001</v>
+        <v>0.00728</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
+        <v>831</v>
+      </c>
+      <c r="D252" s="15" t="s">
+        <v>832</v>
+      </c>
+      <c r="E252" s="15" t="s">
         <v>833</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080032528</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H252" s="15" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="J252" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K252" s="15">
-        <v>0.01732</v>
+        <v>0.01056</v>
       </c>
       <c r="L252" s="15">
-        <v>0.01453</v>
+        <v>0.00915</v>
       </c>
       <c r="M252" s="15">
-        <v>0.01397</v>
+        <v>0.008800000000000001</v>
       </c>
       <c r="N252" s="15"/>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>835</v>
+      </c>
+      <c r="D253" s="15" t="s">
         <v>836</v>
       </c>
-      <c r="D253" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E253" s="15">
-        <v>10080034414</v>
+        <v>10080032528</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H253" s="15" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I253" s="15" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="J253" s="15">
         <v>3000</v>
       </c>
       <c r="K253" s="15">
-        <v>0.13174</v>
+        <v>0.01732</v>
       </c>
       <c r="L253" s="15">
-        <v>0.04755</v>
+        <v>0.01453</v>
       </c>
       <c r="M253" s="15">
-        <v>0.04319</v>
+        <v>0.01397</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>838</v>
+      </c>
+      <c r="D254" s="15" t="s">
         <v>839</v>
       </c>
-      <c r="D254" s="15" t="s">
-[...3 lines deleted...]
-        <v>841</v>
+      <c r="E254" s="15">
+        <v>10080034414</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H254" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I254" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I254" s="15" t="s">
+        <v>840</v>
+      </c>
       <c r="J254" s="15">
         <v>3000</v>
       </c>
       <c r="K254" s="15">
-        <v>0.01325</v>
+        <v>0.13174</v>
       </c>
       <c r="L254" s="15">
-        <v>0.01325</v>
+        <v>0.04755</v>
       </c>
       <c r="M254" s="15">
-        <v>0.01325</v>
+        <v>0.04319</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
+        <v>841</v>
+      </c>
+      <c r="D255" s="15" t="s">
         <v>842</v>
       </c>
-      <c r="D255" s="15" t="s">
+      <c r="E255" s="15" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080034939</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H255" s="15" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I255" s="15"/>
       <c r="J255" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K255" s="15">
-        <v>0.01</v>
+        <v>0.01325</v>
       </c>
       <c r="L255" s="15">
-        <v>0.01</v>
+        <v>0.01325</v>
       </c>
       <c r="M255" s="15">
-        <v>0.01</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01325</v>
+      </c>
+      <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>844</v>
+      </c>
+      <c r="D256" s="15" t="s">
         <v>845</v>
       </c>
-      <c r="D256" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E256" s="15">
-        <v>10080038720</v>
+        <v>10080034939</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H256" s="15" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="J256" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K256" s="15">
-        <v>0.01822</v>
+        <v>0.01</v>
       </c>
       <c r="L256" s="15">
-        <v>0.01397</v>
+        <v>0.01</v>
       </c>
       <c r="M256" s="15">
-        <v>0.01397</v>
-[...1 lines deleted...]
-      <c r="N256" s="15"/>
+        <v>0.01</v>
+      </c>
+      <c r="N256" s="15">
+        <v>24000</v>
+      </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
+        <v>847</v>
+      </c>
+      <c r="D257" s="15" t="s">
         <v>848</v>
       </c>
-      <c r="D257" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E257" s="15">
-        <v>10080035771</v>
+        <v>10080038720</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H257" s="15" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="I257" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I257" s="15" t="s">
+        <v>849</v>
+      </c>
       <c r="J257" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K257" s="15">
-        <v>0.02355</v>
+        <v>0.01822</v>
       </c>
       <c r="L257" s="15">
-        <v>0.02355</v>
+        <v>0.01397</v>
       </c>
       <c r="M257" s="15">
-        <v>0.02355</v>
+        <v>0.01397</v>
       </c>
       <c r="N257" s="15"/>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
         <v>850</v>
       </c>
       <c r="D258" s="15" t="s">
         <v>851</v>
       </c>
       <c r="E258" s="15">
-        <v>10080074223</v>
+        <v>10080035771</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H258" s="15" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I258" s="15"/>
       <c r="J258" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K258" s="15">
-        <v>0.00869</v>
+        <v>0.02355</v>
       </c>
       <c r="L258" s="15">
-        <v>0.00753</v>
+        <v>0.02355</v>
       </c>
       <c r="M258" s="15">
-        <v>0.00724</v>
+        <v>0.02355</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
+        <v>852</v>
+      </c>
+      <c r="D259" s="15" t="s">
         <v>853</v>
       </c>
-      <c r="D259" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E259" s="15">
-        <v>10080048201</v>
+        <v>10080074223</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H259" s="15" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="J259" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K259" s="15">
-        <v>0.02355</v>
+        <v>0.00869</v>
       </c>
       <c r="L259" s="15">
-        <v>0.02355</v>
+        <v>0.00753</v>
       </c>
       <c r="M259" s="15">
-        <v>0.02355</v>
+        <v>0.00724</v>
       </c>
       <c r="N259" s="15"/>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
+        <v>855</v>
+      </c>
+      <c r="D260" s="15" t="s">
         <v>856</v>
       </c>
-      <c r="D260" s="15" t="s">
-[...3 lines deleted...]
-        <v>858</v>
+      <c r="E260" s="15">
+        <v>10080048201</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H260" s="15" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="J260" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K260" s="15">
-        <v>0.02901</v>
+        <v>0.02355</v>
       </c>
       <c r="L260" s="15">
-        <v>0.02434</v>
+        <v>0.02355</v>
       </c>
       <c r="M260" s="15">
-        <v>0.0234</v>
+        <v>0.02355</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>858</v>
+      </c>
+      <c r="D261" s="15" t="s">
+        <v>859</v>
+      </c>
+      <c r="E261" s="15" t="s">
         <v>860</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080033946</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H261" s="15" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="I261" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I261" s="15" t="s">
+        <v>861</v>
+      </c>
       <c r="J261" s="15">
         <v>3000</v>
       </c>
       <c r="K261" s="15">
-        <v>0.02355</v>
+        <v>0.02901</v>
       </c>
       <c r="L261" s="15">
-        <v>0.02355</v>
+        <v>0.02434</v>
       </c>
       <c r="M261" s="15">
-        <v>0.02355</v>
+        <v>0.0234</v>
       </c>
       <c r="N261" s="15"/>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
         <v>862</v>
       </c>
       <c r="D262" s="15" t="s">
         <v>863</v>
       </c>
-      <c r="E262" s="15" t="s">
-        <v>864</v>
+      <c r="E262" s="15">
+        <v>10080033946</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I262" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I262" s="15"/>
       <c r="J262" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K262" s="15">
-        <v>0.0073</v>
+        <v>0.02355</v>
       </c>
       <c r="L262" s="15">
-        <v>0.00699</v>
+        <v>0.02355</v>
       </c>
       <c r="M262" s="15">
-        <v>0.00699</v>
+        <v>0.02355</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
+        <v>864</v>
+      </c>
+      <c r="D263" s="15" t="s">
+        <v>865</v>
+      </c>
+      <c r="E263" s="15" t="s">
         <v>866</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080064947</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H263" s="15" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="J263" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K263" s="15">
-        <v>0.01732</v>
+        <v>0.0073</v>
       </c>
       <c r="L263" s="15">
-        <v>0.01453</v>
+        <v>0.00699</v>
       </c>
       <c r="M263" s="15">
-        <v>0.01397</v>
+        <v>0.00699</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
+        <v>868</v>
+      </c>
+      <c r="D264" s="15" t="s">
         <v>869</v>
       </c>
-      <c r="D264" s="15" t="s">
-[...3 lines deleted...]
-        <v>871</v>
+      <c r="E264" s="15">
+        <v>10080064947</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H264" s="15" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="J264" s="15">
         <v>3000</v>
       </c>
       <c r="K264" s="15">
-        <v>0.01358</v>
+        <v>0.01732</v>
       </c>
       <c r="L264" s="15">
-        <v>0.00983</v>
+        <v>0.01453</v>
       </c>
       <c r="M264" s="15">
-        <v>0.008580000000000001</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.01397</v>
+      </c>
+      <c r="N264" s="15"/>
+      <c r="O264" s="15"/>
+      <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>875</v>
-[...2 lines deleted...]
-        <v>10080038027</v>
+        <v>872</v>
+      </c>
+      <c r="E265" s="15" t="s">
+        <v>873</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H265" s="15" t="s">
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="I265" s="15" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="J265" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K265" s="15">
-        <v>0.02174</v>
+        <v>0.01091</v>
       </c>
       <c r="L265" s="15">
-        <v>0.02174</v>
+        <v>0.00963</v>
       </c>
       <c r="M265" s="15">
-        <v>0.02174</v>
+        <v>0.008670000000000001</v>
       </c>
       <c r="N265" s="15">
-        <v>24000</v>
-[...2 lines deleted...]
-      <c r="P265" s="15"/>
+        <v>3000</v>
+      </c>
+      <c r="O265" s="15">
+        <v>6000</v>
+      </c>
+      <c r="P265" s="15" t="s">
+        <v>875</v>
+      </c>
       <c r="Q265" s="15"/>
       <c r="R265" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="E266" s="15">
-        <v>10000019488</v>
+        <v>10080038027</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H266" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="J266" s="15">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="K266" s="15">
         <v>0.02174</v>
       </c>
       <c r="L266" s="15">
         <v>0.02174</v>
       </c>
       <c r="M266" s="15">
         <v>0.02174</v>
       </c>
-      <c r="N266" s="15"/>
+      <c r="N266" s="15">
+        <v>20000</v>
+      </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
+        <v>876</v>
+      </c>
+      <c r="D267" s="15" t="s">
         <v>877</v>
       </c>
-      <c r="D267" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E267" s="15">
-        <v>10080051381</v>
+        <v>10000019488</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H267" s="15" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>879</v>
+        <v>878</v>
       </c>
       <c r="J267" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K267" s="15">
-        <v>0.00903</v>
+        <v>0.02174</v>
       </c>
       <c r="L267" s="15">
-        <v>0.00864</v>
+        <v>0.02174</v>
       </c>
       <c r="M267" s="15">
-        <v>0.00864</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02174</v>
+      </c>
+      <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
+        <v>879</v>
+      </c>
+      <c r="D268" s="15" t="s">
         <v>880</v>
       </c>
-      <c r="D268" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E268" s="15">
-        <v>10080056242</v>
+        <v>10080051381</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H268" s="15" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="I268" s="15" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="J268" s="15">
         <v>3000</v>
       </c>
       <c r="K268" s="15">
-        <v>0.02355</v>
+        <v>0.00903</v>
       </c>
       <c r="L268" s="15">
-        <v>0.02355</v>
+        <v>0.00864</v>
       </c>
       <c r="M268" s="15">
-        <v>0.02355</v>
-[...1 lines deleted...]
-      <c r="N268" s="15"/>
+        <v>0.00864</v>
+      </c>
+      <c r="N268" s="15">
+        <v>15000</v>
+      </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="E269" s="15">
-        <v>10080036855</v>
+        <v>10080056242</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H269" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I269" s="15" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="J269" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K269" s="15">
-        <v>0.14437</v>
+        <v>0.02355</v>
       </c>
       <c r="L269" s="15">
-        <v>0.05214</v>
+        <v>0.02355</v>
       </c>
       <c r="M269" s="15">
-        <v>0.04736</v>
+        <v>0.02355</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>882</v>
+      </c>
+      <c r="D270" s="15" t="s">
         <v>883</v>
       </c>
-      <c r="D270" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E270" s="15">
-        <v>10080074224</v>
+        <v>10080036855</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H270" s="15" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="I270" s="15" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="J270" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K270" s="15">
-        <v>0.01746</v>
+        <v>0.14437</v>
       </c>
       <c r="L270" s="15">
-        <v>0.01466</v>
+        <v>0.05214</v>
       </c>
       <c r="M270" s="15">
-        <v>0.01409</v>
+        <v>0.04736</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>885</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>886</v>
       </c>
-      <c r="D271" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E271" s="15">
-        <v>10080039244</v>
+        <v>10080074224</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H271" s="15" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="J271" s="15">
         <v>3000</v>
       </c>
       <c r="K271" s="15">
-        <v>0.01206</v>
+        <v>0.01746</v>
       </c>
       <c r="L271" s="15">
-        <v>0.01045</v>
+        <v>0.01466</v>
       </c>
       <c r="M271" s="15">
-        <v>0.01005</v>
+        <v>0.01409</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>888</v>
+      </c>
+      <c r="D272" s="15" t="s">
         <v>889</v>
       </c>
-      <c r="D272" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E272" s="15">
-        <v>10080052535</v>
+        <v>10080039244</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H272" s="15" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="J272" s="15">
         <v>3000</v>
       </c>
       <c r="K272" s="15">
-        <v>0.00818</v>
+        <v>0.01206</v>
       </c>
       <c r="L272" s="15">
-        <v>0.00818</v>
+        <v>0.01045</v>
       </c>
       <c r="M272" s="15">
-        <v>0.00818</v>
+        <v>0.01005</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
+        <v>891</v>
+      </c>
+      <c r="D273" s="15" t="s">
         <v>892</v>
       </c>
-      <c r="D273" s="15" t="s">
-[...3 lines deleted...]
-        <v>894</v>
+      <c r="E273" s="15">
+        <v>10080052535</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H273" s="15" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="J273" s="15">
         <v>3000</v>
       </c>
       <c r="K273" s="15">
-        <v>0.00637</v>
+        <v>0.00818</v>
       </c>
       <c r="L273" s="15">
-        <v>0.00637</v>
+        <v>0.00818</v>
       </c>
       <c r="M273" s="15">
-        <v>0.00637</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00818</v>
+      </c>
+      <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>894</v>
+      </c>
+      <c r="D274" s="15" t="s">
+        <v>895</v>
+      </c>
+      <c r="E274" s="15" t="s">
         <v>896</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080066088</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H274" s="15" t="s">
-        <v>230</v>
+        <v>83</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
       <c r="J274" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K274" s="15">
-        <v>0.11735</v>
+        <v>0.00637</v>
       </c>
       <c r="L274" s="15">
-        <v>0.11224</v>
+        <v>0.00637</v>
       </c>
       <c r="M274" s="15">
-        <v>0.10714</v>
-[...1 lines deleted...]
-      <c r="N274" s="15"/>
+        <v>0.00637</v>
+      </c>
+      <c r="N274" s="15">
+        <v>12000</v>
+      </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
+        <v>898</v>
+      </c>
+      <c r="D275" s="15" t="s">
         <v>899</v>
       </c>
-      <c r="D275" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E275" s="15">
-        <v>10080061193</v>
+        <v>10080066088</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H275" s="15" t="s">
-        <v>116</v>
+        <v>230</v>
       </c>
       <c r="I275" s="15" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
       <c r="J275" s="15">
         <v>2000</v>
       </c>
       <c r="K275" s="15">
-        <v>0.10766</v>
+        <v>0.11735</v>
       </c>
       <c r="L275" s="15">
-        <v>0.08971999999999999</v>
+        <v>0.11224</v>
       </c>
       <c r="M275" s="15">
-        <v>0.08613999999999999</v>
+        <v>0.10714</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="276" spans="1:18">
-      <c r="B276" s="14"/>
-[...2 lines deleted...]
-      <c r="E276" s="15"/>
+      <c r="B276" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C276" s="15" t="s">
+        <v>901</v>
+      </c>
+      <c r="D276" s="15" t="s">
+        <v>902</v>
+      </c>
+      <c r="E276" s="15">
+        <v>10080061193</v>
+      </c>
       <c r="F276" s="15"/>
-      <c r="G276" s="15"/>
-[...5 lines deleted...]
-      <c r="M276" s="15"/>
+      <c r="G276" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="H276" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="I276" s="15" t="s">
+        <v>903</v>
+      </c>
+      <c r="J276" s="15">
+        <v>2000</v>
+      </c>
+      <c r="K276" s="15">
+        <v>0.10766</v>
+      </c>
+      <c r="L276" s="15">
+        <v>0.08971999999999999</v>
+      </c>
+      <c r="M276" s="15">
+        <v>0.08613999999999999</v>
+      </c>
       <c r="N276" s="15"/>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
+      <c r="R276" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="277" spans="1:18">
+      <c r="B277" s="14"/>
+      <c r="C277" s="15"/>
+      <c r="D277" s="15"/>
+      <c r="E277" s="15"/>
+      <c r="F277" s="15"/>
+      <c r="G277" s="15"/>
+      <c r="H277" s="15"/>
+      <c r="I277" s="15"/>
+      <c r="J277" s="15"/>
+      <c r="K277" s="15"/>
+      <c r="L277" s="15"/>
+      <c r="M277" s="15"/>
+      <c r="N277" s="15"/>
+      <c r="O277" s="15"/>
+      <c r="P277" s="15"/>
+      <c r="Q277" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -15182,317 +15213,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>