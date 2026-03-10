--- v2 (2026-02-17)
+++ v3 (2026-03-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="931">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="930">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>17.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2108,53 +2108,50 @@
     <t xml:space="preserve">1206-X7R-2000V- 1000pF 10% MC06KTB202102 </t>
   </si>
   <si>
     <t xml:space="preserve">1206B102K202NT FENGHUA, 202R18W102KV4E Johanson, FV31X102K202ECG PDC, CC1206KKX7RDBB102 YAGEO, C1206X102K202T HEC, 1206B102K202CT Walsin, 1206B102K202NT FENGHUA, </t>
   </si>
   <si>
     <t>FV31X102K202ECG</t>
   </si>
   <si>
     <t>1206-X7R-2000V- 1000pF 10% FV31X102K202ECG</t>
   </si>
   <si>
     <t>10-00027723</t>
   </si>
   <si>
     <t xml:space="preserve">1206B102K202NT FENGHUA, 202R18W102KV4E Johanson, CC1206KKX7RDBB102 YAGEO, C1206X102K202T HEC, 1206B102K202CT Walsin, 1206B102K202NT FENGHUA, MC06KTB202102 VIKING, </t>
   </si>
   <si>
     <t>TCC1206X7R101K202DT</t>
   </si>
   <si>
     <t>1206-X7R-2000V- 100pF 10% TCC1206X7R101K202DT</t>
   </si>
   <si>
     <t>UT-00156417</t>
-  </si>
-[...1 lines deleted...]
-    <t>23.02.2026</t>
   </si>
   <si>
     <t>CC1206KRX7RABB332</t>
   </si>
   <si>
     <t>1206-X7R-200V- 3.3nF (3300pF) 10% CC1206KRX7RABB332</t>
   </si>
   <si>
     <t>UT-00116561</t>
   </si>
   <si>
     <t>CC1206KRX7RABB153</t>
   </si>
   <si>
     <t>1206-X7R-200V- 15nF (0.015uF) 10% CC1206KRX7RABB153</t>
   </si>
   <si>
     <t xml:space="preserve">MC06KTB201153 VIKING, </t>
   </si>
   <si>
     <t>1206B104K201CT</t>
   </si>
   <si>
     <t>1206-X7R-200V- 0.10uF (100nF) 10% 1206B104K201CT</t>
   </si>
@@ -3616,51 +3613,51 @@
         <v>10080007318</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>4000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03381</v>
       </c>
       <c r="L10" s="15">
         <v>0.03381</v>
       </c>
       <c r="M10" s="15">
         <v>0.03381</v>
       </c>
       <c r="N10" s="15">
-        <v>40000</v>
+        <v>32000</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15">
         <v>10080070248</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
@@ -4005,51 +4002,51 @@
         <v>10080068442</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J19" s="15">
         <v>3000</v>
       </c>
       <c r="K19" s="15">
         <v>0.01068</v>
       </c>
       <c r="L19" s="15">
         <v>0.009259999999999999</v>
       </c>
       <c r="M19" s="15">
         <v>0.0089</v>
       </c>
       <c r="N19" s="15">
-        <v>9000</v>
+        <v>6000</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E20" s="15">
         <v>10080018875</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
@@ -4440,53 +4437,51 @@
       <c r="E29" s="15">
         <v>10080028619</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>98</v>
       </c>
       <c r="J29" s="15">
         <v>3000</v>
       </c>
       <c r="K29" s="15">
         <v>0.008149999999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.0078</v>
       </c>
       <c r="M29" s="15">
         <v>0.0078</v>
       </c>
-      <c r="N29" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
@@ -4703,51 +4698,51 @@
         <v>10080032046</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J35" s="15">
         <v>3000</v>
       </c>
       <c r="K35" s="15">
         <v>0.01732</v>
       </c>
       <c r="L35" s="15">
         <v>0.01253</v>
       </c>
       <c r="M35" s="15">
         <v>0.01093</v>
       </c>
       <c r="N35" s="15">
-        <v>9000</v>
+        <v>12000</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E36" s="15">
         <v>10080033364</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>29</v>
       </c>
@@ -5138,53 +5133,51 @@
       <c r="E45" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="J45" s="15">
         <v>3000</v>
       </c>
       <c r="K45" s="15">
         <v>0.02171</v>
       </c>
       <c r="L45" s="15">
         <v>0.01881</v>
       </c>
       <c r="M45" s="15">
         <v>0.01809</v>
       </c>
-      <c r="N45" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E46" s="15">
         <v>10080037438</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H46" s="15" t="s">
@@ -5952,51 +5945,51 @@
         <v>10080065374</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>214</v>
       </c>
       <c r="J64" s="15">
         <v>3000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03107</v>
       </c>
       <c r="L64" s="15">
         <v>0.02589</v>
       </c>
       <c r="M64" s="15">
         <v>0.02485</v>
       </c>
       <c r="N64" s="15">
-        <v>12000</v>
+        <v>9000</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E65" s="15">
         <v>10080012251</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
@@ -6210,51 +6203,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080002492</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>234</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>2000</v>
       </c>
       <c r="K70" s="15">
         <v>0.02632</v>
       </c>
       <c r="L70" s="15">
         <v>0.02632</v>
       </c>
       <c r="M70" s="15">
         <v>0.02632</v>
       </c>
       <c r="N70" s="15">
-        <v>26000</v>
+        <v>28000</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E71" s="15">
         <v>10080061831</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
@@ -6296,51 +6289,51 @@
       </c>
       <c r="E72" s="15">
         <v>10080002493</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>234</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>4000</v>
       </c>
       <c r="K72" s="15">
         <v>0.02632</v>
       </c>
       <c r="L72" s="15">
         <v>0.02632</v>
       </c>
       <c r="M72" s="15">
         <v>0.02632</v>
       </c>
       <c r="N72" s="15">
-        <v>28000</v>
+        <v>32000</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
@@ -7242,51 +7235,51 @@
         <v>315</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>316</v>
       </c>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00856</v>
       </c>
       <c r="L94" s="15">
         <v>0.00718</v>
       </c>
       <c r="M94" s="15">
         <v>0.0069</v>
       </c>
       <c r="N94" s="15">
-        <v>15000</v>
+        <v>12000</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E95" s="15">
         <v>10080017905</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>29</v>
       </c>
@@ -7418,51 +7411,51 @@
         <v>326</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>327</v>
       </c>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.00924</v>
       </c>
       <c r="L98" s="15">
         <v>0.00775</v>
       </c>
       <c r="M98" s="15">
         <v>0.00745</v>
       </c>
       <c r="N98" s="15">
-        <v>39000</v>
+        <v>33000</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>29</v>
       </c>
@@ -7506,51 +7499,51 @@
         <v>10080072935</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>334</v>
       </c>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00768</v>
       </c>
       <c r="L100" s="15">
         <v>0.00735</v>
       </c>
       <c r="M100" s="15">
         <v>0.00735</v>
       </c>
       <c r="N100" s="15">
-        <v>15000</v>
+        <v>12000</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>336</v>
       </c>
       <c r="E101" s="15">
         <v>10080018843</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>29</v>
       </c>
@@ -7766,51 +7759,51 @@
         <v>350</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>352</v>
       </c>
       <c r="J106" s="15">
         <v>3000</v>
       </c>
       <c r="K106" s="15">
         <v>0.01045</v>
       </c>
       <c r="L106" s="15">
         <v>0.01045</v>
       </c>
       <c r="M106" s="15">
         <v>0.01045</v>
       </c>
       <c r="N106" s="15">
-        <v>12000</v>
+        <v>9000</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>353</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>354</v>
       </c>
       <c r="E107" s="15">
         <v>10080008430</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>29</v>
       </c>
@@ -7854,51 +7847,51 @@
         <v>358</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>359</v>
       </c>
       <c r="J108" s="15">
         <v>3000</v>
       </c>
       <c r="K108" s="15">
         <v>0.0143</v>
       </c>
       <c r="L108" s="15">
         <v>0.01035</v>
       </c>
       <c r="M108" s="15">
         <v>0.00903</v>
       </c>
       <c r="N108" s="15">
-        <v>30000</v>
+        <v>27000</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>360</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>361</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>362</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>29</v>
       </c>
@@ -8197,53 +8190,51 @@
         <v>383</v>
       </c>
       <c r="E116" s="15">
         <v>10080057433</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>3000</v>
       </c>
       <c r="K116" s="15">
         <v>0.00924</v>
       </c>
       <c r="L116" s="15">
         <v>0.00775</v>
       </c>
       <c r="M116" s="15">
         <v>0.00745</v>
       </c>
-      <c r="N116" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>384</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>385</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>386</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H117" s="15" t="s">
@@ -10376,51 +10367,51 @@
         <v>10080064104</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I166" s="15" t="s">
         <v>557</v>
       </c>
       <c r="J166" s="15">
         <v>4000</v>
       </c>
       <c r="K166" s="15">
         <v>0.02034</v>
       </c>
       <c r="L166" s="15">
         <v>0.02034</v>
       </c>
       <c r="M166" s="15">
         <v>0.02034</v>
       </c>
       <c r="N166" s="15">
-        <v>36000</v>
+        <v>32000</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>558</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>559</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>560</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>29</v>
       </c>
@@ -10939,51 +10930,51 @@
         <v>593</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I179" s="15" t="s">
         <v>594</v>
       </c>
       <c r="J179" s="15">
         <v>2000</v>
       </c>
       <c r="K179" s="15">
         <v>0.014</v>
       </c>
       <c r="L179" s="15">
         <v>0.0125</v>
       </c>
       <c r="M179" s="15">
         <v>0.011</v>
       </c>
       <c r="N179" s="15">
-        <v>46000</v>
+        <v>38000</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>595</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>596</v>
       </c>
       <c r="E180" s="15">
         <v>10080064105</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
         <v>29</v>
       </c>
@@ -11455,51 +11446,51 @@
         <v>10080033114</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H191" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I191" s="15" t="s">
         <v>635</v>
       </c>
       <c r="J191" s="15">
         <v>3000</v>
       </c>
       <c r="K191" s="15">
         <v>0.01217</v>
       </c>
       <c r="L191" s="15">
         <v>0.01054</v>
       </c>
       <c r="M191" s="15">
         <v>0.01014</v>
       </c>
       <c r="N191" s="15">
-        <v>6000</v>
+        <v>3000</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
         <v>636</v>
       </c>
       <c r="D192" s="15" t="s">
         <v>637</v>
       </c>
       <c r="E192" s="15" t="s">
         <v>638</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
         <v>29</v>
       </c>
@@ -11672,51 +11663,51 @@
         <v>10080070779</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I196" s="15" t="s">
         <v>653</v>
       </c>
       <c r="J196" s="15">
         <v>3000</v>
       </c>
       <c r="K196" s="15">
         <v>0.008</v>
       </c>
       <c r="L196" s="15">
         <v>0.008</v>
       </c>
       <c r="M196" s="15">
         <v>0.008</v>
       </c>
       <c r="N196" s="15">
-        <v>33000</v>
+        <v>36000</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>651</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>652</v>
       </c>
       <c r="E197" s="15" t="s">
         <v>654</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
         <v>29</v>
       </c>
@@ -12020,51 +12011,51 @@
         <v>679</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H204" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I204" s="15" t="s">
         <v>680</v>
       </c>
       <c r="J204" s="15">
         <v>3000</v>
       </c>
       <c r="K204" s="15">
         <v>0.00695</v>
       </c>
       <c r="L204" s="15">
         <v>0.00695</v>
       </c>
       <c r="M204" s="15">
         <v>0.00695</v>
       </c>
       <c r="N204" s="15">
-        <v>18000</v>
+        <v>24000</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>681</v>
       </c>
       <c r="D205" s="15" t="s">
         <v>682</v>
       </c>
       <c r="E205" s="15">
         <v>10080016025</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
         <v>29</v>
       </c>
@@ -12271,2891 +12262,2889 @@
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
         <v>695</v>
       </c>
       <c r="D210" s="15" t="s">
         <v>696</v>
       </c>
       <c r="E210" s="15" t="s">
         <v>697</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H210" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>4000</v>
       </c>
       <c r="K210" s="15">
-        <v>0.00944</v>
+        <v>0.0095</v>
       </c>
       <c r="L210" s="15">
-        <v>0.00818</v>
+        <v>0.008229999999999999</v>
       </c>
       <c r="M210" s="15">
-        <v>0.007860000000000001</v>
+        <v>0.00791</v>
       </c>
       <c r="N210" s="15"/>
       <c r="O210" s="15"/>
-      <c r="P210" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="D211" s="15" t="s">
         <v>699</v>
       </c>
-      <c r="D211" s="15" t="s">
+      <c r="E211" s="15" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H211" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>4000</v>
       </c>
       <c r="K211" s="15">
         <v>0.02089</v>
       </c>
       <c r="L211" s="15">
         <v>0.01752</v>
       </c>
       <c r="M211" s="15">
         <v>0.01686</v>
       </c>
       <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>701</v>
+      </c>
+      <c r="D212" s="15" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
       <c r="E212" s="15">
         <v>10080007193</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="J212" s="15">
         <v>4000</v>
       </c>
       <c r="K212" s="15">
         <v>0.01232</v>
       </c>
       <c r="L212" s="15">
         <v>0.01232</v>
       </c>
       <c r="M212" s="15">
         <v>0.01232</v>
       </c>
       <c r="N212" s="15">
         <v>12000</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
+        <v>704</v>
+      </c>
+      <c r="D213" s="15" t="s">
         <v>705</v>
       </c>
-      <c r="D213" s="15" t="s">
+      <c r="E213" s="15" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H213" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="J213" s="15">
         <v>2000</v>
       </c>
       <c r="K213" s="15">
         <v>0.00638</v>
       </c>
       <c r="L213" s="15">
         <v>0.00611</v>
       </c>
       <c r="M213" s="15">
         <v>0.00611</v>
       </c>
       <c r="N213" s="15">
         <v>6000</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>708</v>
+      </c>
+      <c r="D214" s="15" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
       <c r="E214" s="15">
         <v>10080068445</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H214" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="J214" s="15">
         <v>3000</v>
       </c>
       <c r="K214" s="15">
         <v>0.00709</v>
       </c>
       <c r="L214" s="15">
         <v>0.0068</v>
       </c>
       <c r="M214" s="15">
         <v>0.0068</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
+        <v>711</v>
+      </c>
+      <c r="D215" s="15" t="s">
         <v>712</v>
       </c>
-      <c r="D215" s="15" t="s">
+      <c r="E215" s="15" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H215" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="J215" s="15">
         <v>3000</v>
       </c>
       <c r="K215" s="15">
         <v>0.0105</v>
       </c>
       <c r="L215" s="15">
         <v>0.0091</v>
       </c>
       <c r="M215" s="15">
         <v>0.008750000000000001</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
+        <v>715</v>
+      </c>
+      <c r="D216" s="15" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
       <c r="E216" s="15">
         <v>10080010446</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H216" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="J216" s="15">
         <v>2000</v>
       </c>
       <c r="K216" s="15">
         <v>0.01043</v>
       </c>
       <c r="L216" s="15">
         <v>0.01043</v>
       </c>
       <c r="M216" s="15">
         <v>0.01043</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>718</v>
+      </c>
+      <c r="D217" s="15" t="s">
         <v>719</v>
       </c>
-      <c r="D217" s="15" t="s">
+      <c r="E217" s="15" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H217" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="J217" s="15">
         <v>2000</v>
       </c>
       <c r="K217" s="15">
         <v>0.00717</v>
       </c>
       <c r="L217" s="15">
         <v>0.00717</v>
       </c>
       <c r="M217" s="15">
         <v>0.00717</v>
       </c>
       <c r="N217" s="15">
         <v>2000</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>722</v>
+      </c>
+      <c r="D218" s="15" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
       <c r="E218" s="15">
         <v>10080073056</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H218" s="15" t="s">
+        <v>724</v>
+      </c>
+      <c r="I218" s="15" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
       <c r="J218" s="15">
         <v>4000</v>
       </c>
       <c r="K218" s="15">
         <v>0.01973</v>
       </c>
       <c r="L218" s="15">
         <v>0.01512</v>
       </c>
       <c r="M218" s="15">
         <v>0.01512</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>726</v>
+      </c>
+      <c r="D219" s="15" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
       <c r="E219" s="15">
         <v>10080011305</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H219" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="J219" s="15">
         <v>4000</v>
       </c>
       <c r="K219" s="15">
         <v>0.01009</v>
       </c>
       <c r="L219" s="15">
         <v>0.0073</v>
       </c>
       <c r="M219" s="15">
         <v>0.00637</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>729</v>
+      </c>
+      <c r="D220" s="15" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
       <c r="E220" s="15">
         <v>10080007298</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H220" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="J220" s="15">
         <v>4000</v>
       </c>
       <c r="K220" s="15">
         <v>0.02002</v>
       </c>
       <c r="L220" s="15">
         <v>0.01679</v>
       </c>
       <c r="M220" s="15">
         <v>0.01615</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>732</v>
+      </c>
+      <c r="D221" s="15" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="E221" s="15">
         <v>10080008429</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H221" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="J221" s="15">
         <v>3000</v>
       </c>
       <c r="K221" s="15">
         <v>0.09718</v>
       </c>
       <c r="L221" s="15">
         <v>0.05613</v>
       </c>
       <c r="M221" s="15">
         <v>0.04736</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>735</v>
+      </c>
+      <c r="D222" s="15" t="s">
         <v>736</v>
       </c>
-      <c r="D222" s="15" t="s">
+      <c r="E222" s="15" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H222" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I222" s="15" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="J222" s="15">
         <v>4000</v>
       </c>
       <c r="K222" s="15">
         <v>0.00711</v>
       </c>
       <c r="L222" s="15">
         <v>0.00616</v>
       </c>
       <c r="M222" s="15">
         <v>0.00593</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
+        <v>739</v>
+      </c>
+      <c r="D223" s="15" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>741</v>
       </c>
       <c r="E223" s="15">
         <v>10080031497</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="J223" s="15">
         <v>3000</v>
       </c>
       <c r="K223" s="15">
         <v>0.01365</v>
       </c>
       <c r="L223" s="15">
         <v>0.00988</v>
       </c>
       <c r="M223" s="15">
         <v>0.00861</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
+        <v>742</v>
+      </c>
+      <c r="D224" s="15" t="s">
         <v>743</v>
       </c>
-      <c r="D224" s="15" t="s">
+      <c r="E224" s="15" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H224" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="J224" s="15">
         <v>4000</v>
       </c>
       <c r="K224" s="15">
         <v>0.01013</v>
       </c>
       <c r="L224" s="15">
         <v>0.00878</v>
       </c>
       <c r="M224" s="15">
         <v>0.00844</v>
       </c>
       <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
+        <v>746</v>
+      </c>
+      <c r="D225" s="15" t="s">
         <v>747</v>
-      </c>
-[...1 lines deleted...]
-        <v>748</v>
       </c>
       <c r="E225" s="15">
         <v>10080034613</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="J225" s="15">
         <v>4000</v>
       </c>
       <c r="K225" s="15">
         <v>0.01425</v>
       </c>
       <c r="L225" s="15">
         <v>0.01235</v>
       </c>
       <c r="M225" s="15">
         <v>0.01188</v>
       </c>
       <c r="N225" s="15">
         <v>4000</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
+        <v>749</v>
+      </c>
+      <c r="D226" s="15" t="s">
         <v>750</v>
       </c>
-      <c r="D226" s="15" t="s">
+      <c r="E226" s="15" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H226" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="J226" s="15">
         <v>4000</v>
       </c>
       <c r="K226" s="15">
         <v>0.01004</v>
       </c>
       <c r="L226" s="15">
         <v>0.008699999999999999</v>
       </c>
       <c r="M226" s="15">
         <v>0.008359999999999999</v>
       </c>
       <c r="N226" s="15"/>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
+        <v>753</v>
+      </c>
+      <c r="D227" s="15" t="s">
         <v>754</v>
       </c>
-      <c r="D227" s="15" t="s">
+      <c r="E227" s="15" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
         <v>4000</v>
       </c>
       <c r="K227" s="15">
         <v>0.01962</v>
       </c>
       <c r="L227" s="15">
         <v>0.01646</v>
       </c>
       <c r="M227" s="15">
         <v>0.01582</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
+        <v>756</v>
+      </c>
+      <c r="D228" s="15" t="s">
         <v>757</v>
-      </c>
-[...1 lines deleted...]
-        <v>758</v>
       </c>
       <c r="E228" s="15">
         <v>10080068568</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H228" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>4000</v>
       </c>
       <c r="K228" s="15">
         <v>0.02096</v>
       </c>
       <c r="L228" s="15">
         <v>0.01608</v>
       </c>
       <c r="M228" s="15">
         <v>0.01608</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
+        <v>758</v>
+      </c>
+      <c r="D229" s="15" t="s">
         <v>759</v>
-      </c>
-[...1 lines deleted...]
-        <v>760</v>
       </c>
       <c r="E229" s="15">
         <v>10080039365</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H229" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="J229" s="15">
         <v>4000</v>
       </c>
       <c r="K229" s="15">
         <v>0.00779</v>
       </c>
       <c r="L229" s="15">
         <v>0.00675</v>
       </c>
       <c r="M229" s="15">
         <v>0.00649</v>
       </c>
       <c r="N229" s="15">
         <v>8000</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>761</v>
+      </c>
+      <c r="D230" s="15" t="s">
         <v>762</v>
-      </c>
-[...1 lines deleted...]
-        <v>763</v>
       </c>
       <c r="E230" s="15">
         <v>10080027764</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H230" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="J230" s="15">
         <v>4000</v>
       </c>
       <c r="K230" s="15">
         <v>0.0092</v>
       </c>
       <c r="L230" s="15">
         <v>0.00797</v>
       </c>
       <c r="M230" s="15">
         <v>0.00766</v>
       </c>
       <c r="N230" s="15"/>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>764</v>
+      </c>
+      <c r="D231" s="15" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
       <c r="E231" s="15">
         <v>10080031500</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H231" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I231" s="15" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="J231" s="15">
         <v>4000</v>
       </c>
       <c r="K231" s="15">
         <v>0.11897</v>
       </c>
       <c r="L231" s="15">
         <v>0.04809</v>
       </c>
       <c r="M231" s="15">
         <v>0.04372</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>767</v>
+      </c>
+      <c r="D232" s="15" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
       <c r="E232" s="15">
         <v>10080069282</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H232" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I232" s="15" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="J232" s="15">
         <v>4000</v>
       </c>
       <c r="K232" s="15">
         <v>0.01589</v>
       </c>
       <c r="L232" s="15">
         <v>0.01331</v>
       </c>
       <c r="M232" s="15">
         <v>0.0128</v>
       </c>
       <c r="N232" s="15"/>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>770</v>
+      </c>
+      <c r="D233" s="15" t="s">
         <v>771</v>
       </c>
-      <c r="D233" s="15" t="s">
+      <c r="E233" s="15" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H233" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>2000</v>
       </c>
       <c r="K233" s="15">
         <v>0.009350000000000001</v>
       </c>
       <c r="L233" s="15">
         <v>0.009350000000000001</v>
       </c>
       <c r="M233" s="15">
         <v>0.009350000000000001</v>
       </c>
       <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>773</v>
+      </c>
+      <c r="D234" s="15" t="s">
         <v>774</v>
-      </c>
-[...1 lines deleted...]
-        <v>775</v>
       </c>
       <c r="E234" s="15">
         <v>10080066466</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H234" s="15" t="s">
         <v>230</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="J234" s="15">
         <v>2000</v>
       </c>
       <c r="K234" s="15">
         <v>0.03178</v>
       </c>
       <c r="L234" s="15">
         <v>0.02435</v>
       </c>
       <c r="M234" s="15">
         <v>0.02435</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
+        <v>776</v>
+      </c>
+      <c r="D235" s="15" t="s">
         <v>777</v>
-      </c>
-[...1 lines deleted...]
-        <v>778</v>
       </c>
       <c r="E235" s="15">
         <v>10080010448</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H235" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I235" s="15" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="J235" s="15">
         <v>2000</v>
       </c>
       <c r="K235" s="15">
         <v>0.21138</v>
       </c>
       <c r="L235" s="15">
         <v>0.10678</v>
       </c>
       <c r="M235" s="15">
         <v>0.09701</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>779</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>781</v>
       </c>
       <c r="E236" s="15">
         <v>10080054242</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H236" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="J236" s="15">
         <v>3000</v>
       </c>
       <c r="K236" s="15">
         <v>0.01091</v>
       </c>
       <c r="L236" s="15">
         <v>0.00945</v>
       </c>
       <c r="M236" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>782</v>
+      </c>
+      <c r="D237" s="15" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
       <c r="E237" s="15">
         <v>10080031953</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H237" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="J237" s="15">
         <v>2000</v>
       </c>
       <c r="K237" s="15">
         <v>0.04686</v>
       </c>
       <c r="L237" s="15">
         <v>0.0378</v>
       </c>
       <c r="M237" s="15">
         <v>0.03628</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
+        <v>785</v>
+      </c>
+      <c r="D238" s="15" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
       <c r="E238" s="15">
         <v>10080049755</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="J238" s="15">
         <v>2000</v>
       </c>
       <c r="K238" s="15">
         <v>0.01801</v>
       </c>
       <c r="L238" s="15">
         <v>0.01511</v>
       </c>
       <c r="M238" s="15">
         <v>0.01453</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>788</v>
+      </c>
+      <c r="D239" s="15" t="s">
         <v>789</v>
       </c>
-      <c r="D239" s="15" t="s">
+      <c r="E239" s="15" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H239" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I239" s="15" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="J239" s="15">
         <v>2000</v>
       </c>
       <c r="K239" s="15">
         <v>0.008569999999999999</v>
       </c>
       <c r="L239" s="15">
         <v>0.008569999999999999</v>
       </c>
       <c r="M239" s="15">
         <v>0.008569999999999999</v>
       </c>
       <c r="N239" s="15"/>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
+        <v>792</v>
+      </c>
+      <c r="D240" s="15" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
       <c r="E240" s="15">
         <v>10080039376</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H240" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I240" s="15" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="J240" s="15">
         <v>2000</v>
       </c>
       <c r="K240" s="15">
         <v>0.14617</v>
       </c>
       <c r="L240" s="15">
         <v>0.05274</v>
       </c>
       <c r="M240" s="15">
         <v>0.04798</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
+        <v>795</v>
+      </c>
+      <c r="D241" s="15" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
       <c r="E241" s="15">
         <v>10080065139</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H241" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I241" s="15" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="J241" s="15">
         <v>2000</v>
       </c>
       <c r="K241" s="15">
         <v>0.01763</v>
       </c>
       <c r="L241" s="15">
         <v>0.01351</v>
       </c>
       <c r="M241" s="15">
         <v>0.01351</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
+        <v>798</v>
+      </c>
+      <c r="D242" s="15" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
       <c r="E242" s="15">
         <v>10080064106</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H242" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I242" s="15" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="J242" s="15">
         <v>2000</v>
       </c>
       <c r="K242" s="15">
         <v>0.02309</v>
       </c>
       <c r="L242" s="15">
         <v>0.01383</v>
       </c>
       <c r="M242" s="15">
         <v>0.01383</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
+        <v>801</v>
+      </c>
+      <c r="D243" s="15" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
       <c r="E243" s="15">
         <v>10080074300</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H243" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I243" s="15" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="J243" s="15">
         <v>2000</v>
       </c>
       <c r="K243" s="15">
         <v>0.02866</v>
       </c>
       <c r="L243" s="15">
         <v>0.02197</v>
       </c>
       <c r="M243" s="15">
         <v>0.02197</v>
       </c>
       <c r="N243" s="15"/>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
+        <v>804</v>
+      </c>
+      <c r="D244" s="15" t="s">
         <v>805</v>
       </c>
-      <c r="D244" s="15" t="s">
+      <c r="E244" s="15" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H244" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="J244" s="15">
         <v>2000</v>
       </c>
       <c r="K244" s="15">
         <v>0.02962</v>
       </c>
       <c r="L244" s="15">
         <v>0.02144</v>
       </c>
       <c r="M244" s="15">
         <v>0.0187</v>
       </c>
       <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
+        <v>808</v>
+      </c>
+      <c r="D245" s="15" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
       <c r="E245" s="15">
         <v>10080034817</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H245" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
         <v>3000</v>
       </c>
       <c r="K245" s="15">
         <v>0.01268</v>
       </c>
       <c r="L245" s="15">
         <v>0.01268</v>
       </c>
       <c r="M245" s="15">
         <v>0.01268</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
+        <v>810</v>
+      </c>
+      <c r="D246" s="15" t="s">
         <v>811</v>
       </c>
-      <c r="D246" s="15" t="s">
+      <c r="E246" s="15" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15">
         <v>3000</v>
       </c>
       <c r="K246" s="15">
         <v>0.02901</v>
       </c>
       <c r="L246" s="15">
         <v>0.02434</v>
       </c>
       <c r="M246" s="15">
         <v>0.0234</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
+        <v>813</v>
+      </c>
+      <c r="D247" s="15" t="s">
         <v>814</v>
-      </c>
-[...1 lines deleted...]
-        <v>815</v>
       </c>
       <c r="E247" s="15">
         <v>10080068446</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H247" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="J247" s="15">
         <v>4000</v>
       </c>
       <c r="K247" s="15">
         <v>0.01106</v>
       </c>
       <c r="L247" s="15">
         <v>0.00958</v>
       </c>
       <c r="M247" s="15">
         <v>0.009209999999999999</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
+        <v>816</v>
+      </c>
+      <c r="D248" s="15" t="s">
         <v>817</v>
-      </c>
-[...1 lines deleted...]
-        <v>818</v>
       </c>
       <c r="E248" s="15">
         <v>10080066279</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="J248" s="15">
         <v>3000</v>
       </c>
       <c r="K248" s="15">
         <v>0.01952</v>
       </c>
       <c r="L248" s="15">
         <v>0.01496</v>
       </c>
       <c r="M248" s="15">
         <v>0.01496</v>
       </c>
       <c r="N248" s="15"/>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
+        <v>819</v>
+      </c>
+      <c r="D249" s="15" t="s">
         <v>820</v>
       </c>
-      <c r="D249" s="15" t="s">
+      <c r="E249" s="15" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="J249" s="15">
         <v>4000</v>
       </c>
       <c r="K249" s="15">
         <v>0.00587</v>
       </c>
       <c r="L249" s="15">
         <v>0.00587</v>
       </c>
       <c r="M249" s="15">
         <v>0.00587</v>
       </c>
       <c r="N249" s="15"/>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
+        <v>823</v>
+      </c>
+      <c r="D250" s="15" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
       <c r="E250" s="15">
         <v>10080031419</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H250" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="J250" s="15">
         <v>3000</v>
       </c>
       <c r="K250" s="15">
         <v>0.01146</v>
       </c>
       <c r="L250" s="15">
         <v>0.00993</v>
       </c>
       <c r="M250" s="15">
         <v>0.009549999999999999</v>
       </c>
       <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
+        <v>826</v>
+      </c>
+      <c r="D251" s="15" t="s">
         <v>827</v>
       </c>
-      <c r="D251" s="15" t="s">
+      <c r="E251" s="15" t="s">
         <v>828</v>
-      </c>
-[...1 lines deleted...]
-        <v>829</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="J251" s="15">
         <v>3000</v>
       </c>
       <c r="K251" s="15">
         <v>0.00902</v>
       </c>
       <c r="L251" s="15">
         <v>0.00757</v>
       </c>
       <c r="M251" s="15">
         <v>0.00728</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
+        <v>830</v>
+      </c>
+      <c r="D252" s="15" t="s">
         <v>831</v>
       </c>
-      <c r="D252" s="15" t="s">
+      <c r="E252" s="15" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H252" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="J252" s="15">
         <v>4000</v>
       </c>
       <c r="K252" s="15">
         <v>0.01056</v>
       </c>
       <c r="L252" s="15">
         <v>0.00915</v>
       </c>
       <c r="M252" s="15">
         <v>0.008800000000000001</v>
       </c>
       <c r="N252" s="15"/>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>834</v>
+      </c>
+      <c r="D253" s="15" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
       <c r="E253" s="15">
         <v>10080032528</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H253" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I253" s="15" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="J253" s="15">
         <v>3000</v>
       </c>
       <c r="K253" s="15">
         <v>0.01732</v>
       </c>
       <c r="L253" s="15">
         <v>0.01453</v>
       </c>
       <c r="M253" s="15">
         <v>0.01397</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>837</v>
+      </c>
+      <c r="D254" s="15" t="s">
         <v>838</v>
-      </c>
-[...1 lines deleted...]
-        <v>839</v>
       </c>
       <c r="E254" s="15">
         <v>10080034414</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H254" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I254" s="15" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="J254" s="15">
         <v>3000</v>
       </c>
       <c r="K254" s="15">
         <v>0.13174</v>
       </c>
       <c r="L254" s="15">
         <v>0.04755</v>
       </c>
       <c r="M254" s="15">
         <v>0.04319</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
+        <v>840</v>
+      </c>
+      <c r="D255" s="15" t="s">
         <v>841</v>
       </c>
-      <c r="D255" s="15" t="s">
+      <c r="E255" s="15" t="s">
         <v>842</v>
-      </c>
-[...1 lines deleted...]
-        <v>843</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H255" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>3000</v>
       </c>
       <c r="K255" s="15">
         <v>0.01325</v>
       </c>
       <c r="L255" s="15">
         <v>0.01325</v>
       </c>
       <c r="M255" s="15">
         <v>0.01325</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>843</v>
+      </c>
+      <c r="D256" s="15" t="s">
         <v>844</v>
-      </c>
-[...1 lines deleted...]
-        <v>845</v>
       </c>
       <c r="E256" s="15">
         <v>10080034939</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H256" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="J256" s="15">
         <v>4000</v>
       </c>
       <c r="K256" s="15">
         <v>0.01</v>
       </c>
       <c r="L256" s="15">
         <v>0.01</v>
       </c>
       <c r="M256" s="15">
         <v>0.01</v>
       </c>
       <c r="N256" s="15">
-        <v>24000</v>
+        <v>32000</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
+        <v>846</v>
+      </c>
+      <c r="D257" s="15" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
       <c r="E257" s="15">
         <v>10080038720</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H257" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="J257" s="15">
         <v>3000</v>
       </c>
       <c r="K257" s="15">
         <v>0.01822</v>
       </c>
       <c r="L257" s="15">
         <v>0.01397</v>
       </c>
       <c r="M257" s="15">
         <v>0.01397</v>
       </c>
       <c r="N257" s="15"/>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
+        <v>849</v>
+      </c>
+      <c r="D258" s="15" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
       <c r="E258" s="15">
         <v>10080035771</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H258" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I258" s="15"/>
       <c r="J258" s="15">
         <v>4000</v>
       </c>
       <c r="K258" s="15">
         <v>0.02355</v>
       </c>
       <c r="L258" s="15">
         <v>0.02355</v>
       </c>
       <c r="M258" s="15">
         <v>0.02355</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
+        <v>851</v>
+      </c>
+      <c r="D259" s="15" t="s">
         <v>852</v>
-      </c>
-[...1 lines deleted...]
-        <v>853</v>
       </c>
       <c r="E259" s="15">
         <v>10080074223</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H259" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="J259" s="15">
         <v>3000</v>
       </c>
       <c r="K259" s="15">
         <v>0.00869</v>
       </c>
       <c r="L259" s="15">
         <v>0.00753</v>
       </c>
       <c r="M259" s="15">
         <v>0.00724</v>
       </c>
       <c r="N259" s="15"/>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
+        <v>854</v>
+      </c>
+      <c r="D260" s="15" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
       <c r="E260" s="15">
         <v>10080048201</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H260" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="J260" s="15">
         <v>4000</v>
       </c>
       <c r="K260" s="15">
         <v>0.02355</v>
       </c>
       <c r="L260" s="15">
         <v>0.02355</v>
       </c>
       <c r="M260" s="15">
         <v>0.02355</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>857</v>
+      </c>
+      <c r="D261" s="15" t="s">
         <v>858</v>
       </c>
-      <c r="D261" s="15" t="s">
+      <c r="E261" s="15" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H261" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="J261" s="15">
         <v>3000</v>
       </c>
       <c r="K261" s="15">
         <v>0.02901</v>
       </c>
       <c r="L261" s="15">
         <v>0.02434</v>
       </c>
       <c r="M261" s="15">
         <v>0.0234</v>
       </c>
       <c r="N261" s="15"/>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
+        <v>861</v>
+      </c>
+      <c r="D262" s="15" t="s">
         <v>862</v>
-      </c>
-[...1 lines deleted...]
-        <v>863</v>
       </c>
       <c r="E262" s="15">
         <v>10080033946</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I262" s="15"/>
       <c r="J262" s="15">
         <v>3000</v>
       </c>
       <c r="K262" s="15">
         <v>0.02355</v>
       </c>
       <c r="L262" s="15">
         <v>0.02355</v>
       </c>
       <c r="M262" s="15">
         <v>0.02355</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
+        <v>863</v>
+      </c>
+      <c r="D263" s="15" t="s">
         <v>864</v>
       </c>
-      <c r="D263" s="15" t="s">
+      <c r="E263" s="15" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H263" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="J263" s="15">
         <v>4000</v>
       </c>
       <c r="K263" s="15">
         <v>0.0073</v>
       </c>
       <c r="L263" s="15">
         <v>0.00699</v>
       </c>
       <c r="M263" s="15">
         <v>0.00699</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
+        <v>867</v>
+      </c>
+      <c r="D264" s="15" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
       <c r="E264" s="15">
         <v>10080064947</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="J264" s="15">
         <v>3000</v>
       </c>
       <c r="K264" s="15">
         <v>0.01732</v>
       </c>
       <c r="L264" s="15">
         <v>0.01453</v>
       </c>
       <c r="M264" s="15">
         <v>0.01397</v>
       </c>
       <c r="N264" s="15"/>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
+        <v>870</v>
+      </c>
+      <c r="D265" s="15" t="s">
         <v>871</v>
       </c>
-      <c r="D265" s="15" t="s">
+      <c r="E265" s="15" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H265" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I265" s="15" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="J265" s="15">
         <v>3000</v>
       </c>
       <c r="K265" s="15">
         <v>0.01091</v>
       </c>
       <c r="L265" s="15">
         <v>0.00963</v>
       </c>
       <c r="M265" s="15">
         <v>0.008670000000000001</v>
       </c>
       <c r="N265" s="15">
         <v>3000</v>
       </c>
       <c r="O265" s="15">
         <v>6000</v>
       </c>
       <c r="P265" s="15" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="Q265" s="15"/>
       <c r="R265" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
+        <v>875</v>
+      </c>
+      <c r="D266" s="15" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
       <c r="E266" s="15">
         <v>10080038027</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H266" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="J266" s="15">
         <v>4000</v>
       </c>
       <c r="K266" s="15">
         <v>0.02174</v>
       </c>
       <c r="L266" s="15">
         <v>0.02174</v>
       </c>
       <c r="M266" s="15">
         <v>0.02174</v>
       </c>
       <c r="N266" s="15">
         <v>20000</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
+        <v>875</v>
+      </c>
+      <c r="D267" s="15" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
       <c r="E267" s="15">
         <v>10000019488</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="J267" s="15">
         <v>1000</v>
       </c>
       <c r="K267" s="15">
         <v>0.02174</v>
       </c>
       <c r="L267" s="15">
         <v>0.02174</v>
       </c>
       <c r="M267" s="15">
         <v>0.02174</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
+        <v>878</v>
+      </c>
+      <c r="D268" s="15" t="s">
         <v>879</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
       <c r="E268" s="15">
         <v>10080051381</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="J268" s="15">
         <v>3000</v>
       </c>
       <c r="K268" s="15">
         <v>0.00903</v>
       </c>
       <c r="L268" s="15">
         <v>0.00864</v>
       </c>
       <c r="M268" s="15">
         <v>0.00864</v>
       </c>
       <c r="N268" s="15">
-        <v>15000</v>
+        <v>18000</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
+        <v>881</v>
+      </c>
+      <c r="D269" s="15" t="s">
         <v>882</v>
-      </c>
-[...1 lines deleted...]
-        <v>883</v>
       </c>
       <c r="E269" s="15">
         <v>10080056242</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H269" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I269" s="15" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="J269" s="15">
         <v>3000</v>
       </c>
       <c r="K269" s="15">
         <v>0.02355</v>
       </c>
       <c r="L269" s="15">
         <v>0.02355</v>
       </c>
       <c r="M269" s="15">
         <v>0.02355</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>881</v>
+      </c>
+      <c r="D270" s="15" t="s">
         <v>882</v>
-      </c>
-[...1 lines deleted...]
-        <v>883</v>
       </c>
       <c r="E270" s="15">
         <v>10080036855</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I270" s="15" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="J270" s="15">
         <v>2000</v>
       </c>
       <c r="K270" s="15">
         <v>0.14437</v>
       </c>
       <c r="L270" s="15">
         <v>0.05214</v>
       </c>
       <c r="M270" s="15">
         <v>0.04736</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>884</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
       <c r="E271" s="15">
         <v>10080074224</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="J271" s="15">
         <v>3000</v>
       </c>
       <c r="K271" s="15">
         <v>0.01746</v>
       </c>
       <c r="L271" s="15">
         <v>0.01466</v>
       </c>
       <c r="M271" s="15">
         <v>0.01409</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>887</v>
+      </c>
+      <c r="D272" s="15" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
       <c r="E272" s="15">
         <v>10080039244</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="J272" s="15">
         <v>3000</v>
       </c>
       <c r="K272" s="15">
         <v>0.01206</v>
       </c>
       <c r="L272" s="15">
         <v>0.01045</v>
       </c>
       <c r="M272" s="15">
         <v>0.01005</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
+        <v>890</v>
+      </c>
+      <c r="D273" s="15" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
       <c r="E273" s="15">
         <v>10080052535</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H273" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="J273" s="15">
         <v>3000</v>
       </c>
       <c r="K273" s="15">
         <v>0.00818</v>
       </c>
       <c r="L273" s="15">
         <v>0.00818</v>
       </c>
       <c r="M273" s="15">
         <v>0.00818</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>893</v>
+      </c>
+      <c r="D274" s="15" t="s">
         <v>894</v>
       </c>
-      <c r="D274" s="15" t="s">
+      <c r="E274" s="15" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H274" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="J274" s="15">
         <v>3000</v>
       </c>
       <c r="K274" s="15">
         <v>0.00637</v>
       </c>
       <c r="L274" s="15">
         <v>0.00637</v>
       </c>
       <c r="M274" s="15">
         <v>0.00637</v>
       </c>
       <c r="N274" s="15">
         <v>12000</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
+        <v>897</v>
+      </c>
+      <c r="D275" s="15" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
       <c r="E275" s="15">
         <v>10080066088</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H275" s="15" t="s">
         <v>230</v>
       </c>
       <c r="I275" s="15" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="J275" s="15">
         <v>2000</v>
       </c>
       <c r="K275" s="15">
         <v>0.11735</v>
       </c>
       <c r="L275" s="15">
         <v>0.11224</v>
       </c>
       <c r="M275" s="15">
         <v>0.10714</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
+        <v>900</v>
+      </c>
+      <c r="D276" s="15" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
       <c r="E276" s="15">
         <v>10080061193</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H276" s="15" t="s">
         <v>116</v>
       </c>
       <c r="I276" s="15" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="J276" s="15">
         <v>2000</v>
       </c>
       <c r="K276" s="15">
         <v>0.10766</v>
       </c>
       <c r="L276" s="15">
         <v>0.08971999999999999</v>
       </c>
       <c r="M276" s="15">
         <v>0.08613999999999999</v>
       </c>
       <c r="N276" s="15"/>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14"/>
       <c r="C277" s="15"/>
       <c r="D277" s="15"/>
@@ -15213,317 +15202,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>912</v>
+        <v>911</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>912</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>916</v>
-      </c>
-[...1 lines deleted...]
-        <v>917</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>921</v>
-      </c>
-[...1 lines deleted...]
-        <v>922</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>924</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>928</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>929</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>