--- v3 (2026-03-10)
+++ v4 (2026-03-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="930">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="929">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2636,53 +2636,50 @@
     <t>UT-00089628</t>
   </si>
   <si>
     <t xml:space="preserve">CC1206KKX7RZBB152 YAGEO, 1206B152K631NT FENGHUA, TS18H02J152K2TB00R SUNTAN, </t>
   </si>
   <si>
     <t>CC1206KKX7RZBB152</t>
   </si>
   <si>
     <t>1206-X7R-630V- 1.5nF (1500pF) 10% CC1206KKX7RZBB152</t>
   </si>
   <si>
     <t xml:space="preserve">1206B152K631NT FENGHUA, 1206B152K631NT FENGHUA, TS18H02J152K2TB00R SUNTAN, </t>
   </si>
   <si>
     <t>TS18H02J152K2TB00R</t>
   </si>
   <si>
     <t>1206-X7R-630V- 1.5nF (1500pF) 10% TS18H02J152K2TB00R</t>
   </si>
   <si>
     <t>UT-00123250</t>
   </si>
   <si>
     <t xml:space="preserve">CC1206KKX7RZBB152 YAGEO, 1206B152K631NT FENGHUA, 1206B152K631NT FENGHUA, </t>
-  </si>
-[...1 lines deleted...]
-    <t>10.04.2026</t>
   </si>
   <si>
     <t>1206B222K631NT</t>
   </si>
   <si>
     <t>1206-X7R-630V- 2.2nF (2200pF) 10% 1206B222K631NT</t>
   </si>
   <si>
     <t xml:space="preserve">CC1206KKX7RZBB222 YAGEO, 1206B222K631NT FENGHUA, </t>
   </si>
   <si>
     <t>CC1206KKX7RZBB222</t>
   </si>
   <si>
     <t>1206-X7R-630V- 2.2nF (2200pF) 10% CC1206KKX7RZBB222</t>
   </si>
   <si>
     <t xml:space="preserve">1206B222K631NT FENGHUA, 1206B222K631NT FENGHUA, </t>
   </si>
   <si>
     <t>C3216B682K631NT</t>
   </si>
   <si>
     <t>1206-X7R-630V- 6.8nF (6800pF) 10% C3216B682K631NT</t>
   </si>
@@ -3788,53 +3785,51 @@
       <c r="E14" s="15">
         <v>10080068441</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.00726</v>
       </c>
       <c r="L14" s="15">
         <v>0.00696</v>
       </c>
       <c r="M14" s="15">
         <v>0.00666</v>
       </c>
-      <c r="N14" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="15">
         <v>10080010445</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
@@ -4002,51 +3997,51 @@
         <v>10080068442</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J19" s="15">
         <v>3000</v>
       </c>
       <c r="K19" s="15">
         <v>0.01068</v>
       </c>
       <c r="L19" s="15">
         <v>0.009259999999999999</v>
       </c>
       <c r="M19" s="15">
         <v>0.0089</v>
       </c>
       <c r="N19" s="15">
-        <v>6000</v>
+        <v>9000</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E20" s="15">
         <v>10080018875</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
@@ -4697,53 +4692,51 @@
       <c r="E35" s="15">
         <v>10080032046</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J35" s="15">
         <v>3000</v>
       </c>
       <c r="K35" s="15">
         <v>0.01732</v>
       </c>
       <c r="L35" s="15">
         <v>0.01253</v>
       </c>
       <c r="M35" s="15">
         <v>0.01093</v>
       </c>
-      <c r="N35" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E36" s="15">
         <v>10080033364</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="15" t="s">
@@ -5945,51 +5938,51 @@
         <v>10080065374</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>214</v>
       </c>
       <c r="J64" s="15">
         <v>3000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03107</v>
       </c>
       <c r="L64" s="15">
         <v>0.02589</v>
       </c>
       <c r="M64" s="15">
         <v>0.02485</v>
       </c>
       <c r="N64" s="15">
-        <v>9000</v>
+        <v>12000</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E65" s="15">
         <v>10080012251</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
@@ -6076,51 +6069,51 @@
         <v>223</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>224</v>
       </c>
       <c r="J67" s="15">
         <v>4000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00825</v>
       </c>
       <c r="L67" s="15">
         <v>0.00825</v>
       </c>
       <c r="M67" s="15">
         <v>0.00825</v>
       </c>
       <c r="N67" s="15">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E68" s="15">
         <v>10080000404</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
@@ -6203,51 +6196,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080002492</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>234</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>2000</v>
       </c>
       <c r="K70" s="15">
         <v>0.02632</v>
       </c>
       <c r="L70" s="15">
         <v>0.02632</v>
       </c>
       <c r="M70" s="15">
         <v>0.02632</v>
       </c>
       <c r="N70" s="15">
-        <v>28000</v>
+        <v>30000</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E71" s="15">
         <v>10080061831</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
@@ -6289,51 +6282,51 @@
       </c>
       <c r="E72" s="15">
         <v>10080002493</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>234</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>4000</v>
       </c>
       <c r="K72" s="15">
         <v>0.02632</v>
       </c>
       <c r="L72" s="15">
         <v>0.02632</v>
       </c>
       <c r="M72" s="15">
         <v>0.02632</v>
       </c>
       <c r="N72" s="15">
-        <v>32000</v>
+        <v>36000</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
@@ -7235,51 +7228,51 @@
         <v>315</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>316</v>
       </c>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00856</v>
       </c>
       <c r="L94" s="15">
         <v>0.00718</v>
       </c>
       <c r="M94" s="15">
         <v>0.0069</v>
       </c>
       <c r="N94" s="15">
-        <v>12000</v>
+        <v>9000</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E95" s="15">
         <v>10080017905</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>29</v>
       </c>
@@ -7411,51 +7404,51 @@
         <v>326</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>327</v>
       </c>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.00924</v>
       </c>
       <c r="L98" s="15">
         <v>0.00775</v>
       </c>
       <c r="M98" s="15">
         <v>0.00745</v>
       </c>
       <c r="N98" s="15">
-        <v>33000</v>
+        <v>6000</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>29</v>
       </c>
@@ -7499,51 +7492,51 @@
         <v>10080072935</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>334</v>
       </c>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00768</v>
       </c>
       <c r="L100" s="15">
         <v>0.00735</v>
       </c>
       <c r="M100" s="15">
         <v>0.00735</v>
       </c>
       <c r="N100" s="15">
-        <v>12000</v>
+        <v>15000</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>336</v>
       </c>
       <c r="E101" s="15">
         <v>10080018843</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>29</v>
       </c>
@@ -7759,51 +7752,51 @@
         <v>350</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>351</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>352</v>
       </c>
       <c r="J106" s="15">
         <v>3000</v>
       </c>
       <c r="K106" s="15">
         <v>0.01045</v>
       </c>
       <c r="L106" s="15">
         <v>0.01045</v>
       </c>
       <c r="M106" s="15">
         <v>0.01045</v>
       </c>
       <c r="N106" s="15">
-        <v>9000</v>
+        <v>12000</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>353</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>354</v>
       </c>
       <c r="E107" s="15">
         <v>10080008430</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>29</v>
       </c>
@@ -8539,51 +8532,51 @@
         <v>10080073770</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I124" s="15" t="s">
         <v>412</v>
       </c>
       <c r="J124" s="15">
         <v>3000</v>
       </c>
       <c r="K124" s="15">
         <v>0.00924</v>
       </c>
       <c r="L124" s="15">
         <v>0.00775</v>
       </c>
       <c r="M124" s="15">
         <v>0.00745</v>
       </c>
       <c r="N124" s="15">
-        <v>18000</v>
+        <v>15000</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>413</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>414</v>
       </c>
       <c r="E125" s="15">
         <v>10080057837</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>29</v>
       </c>
@@ -8974,54 +8967,54 @@
       <c r="E134" s="15" t="s">
         <v>442</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I134" s="15" t="s">
         <v>443</v>
       </c>
       <c r="J134" s="15">
         <v>3000</v>
       </c>
       <c r="K134" s="15">
         <v>0.00924</v>
       </c>
       <c r="L134" s="15">
         <v>0.00775</v>
       </c>
       <c r="M134" s="15">
         <v>0.00745</v>
       </c>
-      <c r="N134" s="15">
+      <c r="N134" s="15"/>
+      <c r="O134" s="15">
         <v>6000</v>
       </c>
-      <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>444</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>445</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>446</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>68</v>
@@ -9892,51 +9885,51 @@
         <v>519</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I155" s="15" t="s">
         <v>520</v>
       </c>
       <c r="J155" s="15">
         <v>3000</v>
       </c>
       <c r="K155" s="15">
         <v>0.0078</v>
       </c>
       <c r="L155" s="15">
         <v>0.00676</v>
       </c>
       <c r="M155" s="15">
         <v>0.0065</v>
       </c>
       <c r="N155" s="15">
-        <v>12000</v>
+        <v>9000</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>521</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>522</v>
       </c>
       <c r="E156" s="15">
         <v>10080052643</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>29</v>
       </c>
@@ -10756,51 +10749,51 @@
         <v>580</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I175" s="15" t="s">
         <v>581</v>
       </c>
       <c r="J175" s="15">
         <v>2000</v>
       </c>
       <c r="K175" s="15">
         <v>0.01625</v>
       </c>
       <c r="L175" s="15">
         <v>0.01408</v>
       </c>
       <c r="M175" s="15">
         <v>0.01354</v>
       </c>
       <c r="N175" s="15">
-        <v>22000</v>
+        <v>24000</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>582</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>583</v>
       </c>
       <c r="E176" s="15">
         <v>10080034846</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>29</v>
       </c>
@@ -10930,51 +10923,51 @@
         <v>593</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I179" s="15" t="s">
         <v>594</v>
       </c>
       <c r="J179" s="15">
         <v>2000</v>
       </c>
       <c r="K179" s="15">
         <v>0.014</v>
       </c>
       <c r="L179" s="15">
         <v>0.0125</v>
       </c>
       <c r="M179" s="15">
         <v>0.011</v>
       </c>
       <c r="N179" s="15">
-        <v>38000</v>
+        <v>40000</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>595</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>596</v>
       </c>
       <c r="E180" s="15">
         <v>10080064105</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
         <v>29</v>
       </c>
@@ -11663,51 +11656,51 @@
         <v>10080070779</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I196" s="15" t="s">
         <v>653</v>
       </c>
       <c r="J196" s="15">
         <v>3000</v>
       </c>
       <c r="K196" s="15">
         <v>0.008</v>
       </c>
       <c r="L196" s="15">
         <v>0.008</v>
       </c>
       <c r="M196" s="15">
         <v>0.008</v>
       </c>
       <c r="N196" s="15">
-        <v>36000</v>
+        <v>33000</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>651</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>652</v>
       </c>
       <c r="E197" s="15" t="s">
         <v>654</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
         <v>29</v>
       </c>
@@ -12011,51 +12004,51 @@
         <v>679</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H204" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I204" s="15" t="s">
         <v>680</v>
       </c>
       <c r="J204" s="15">
         <v>3000</v>
       </c>
       <c r="K204" s="15">
         <v>0.00695</v>
       </c>
       <c r="L204" s="15">
         <v>0.00695</v>
       </c>
       <c r="M204" s="15">
         <v>0.00695</v>
       </c>
       <c r="N204" s="15">
-        <v>24000</v>
+        <v>27000</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>681</v>
       </c>
       <c r="D205" s="15" t="s">
         <v>682</v>
       </c>
       <c r="E205" s="15">
         <v>10080016025</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
         <v>29</v>
       </c>
@@ -12099,51 +12092,51 @@
         <v>10080017906</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I206" s="15" t="s">
         <v>684</v>
       </c>
       <c r="J206" s="15">
         <v>3000</v>
       </c>
       <c r="K206" s="15">
         <v>0.00723</v>
       </c>
       <c r="L206" s="15">
         <v>0.00694</v>
       </c>
       <c r="M206" s="15">
         <v>0.00665</v>
       </c>
       <c r="N206" s="15">
-        <v>15000</v>
+        <v>12000</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
         <v>685</v>
       </c>
       <c r="D207" s="15" t="s">
         <v>686</v>
       </c>
       <c r="E207" s="15">
         <v>10080006143</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
         <v>29</v>
       </c>
@@ -12355,51 +12348,51 @@
         <v>10080007193</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15" t="s">
         <v>703</v>
       </c>
       <c r="J212" s="15">
         <v>4000</v>
       </c>
       <c r="K212" s="15">
         <v>0.01232</v>
       </c>
       <c r="L212" s="15">
         <v>0.01232</v>
       </c>
       <c r="M212" s="15">
         <v>0.01232</v>
       </c>
       <c r="N212" s="15">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
         <v>704</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>705</v>
       </c>
       <c r="E213" s="15" t="s">
         <v>706</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
         <v>29</v>
       </c>
@@ -14635,516 +14628,514 @@
       </c>
       <c r="H265" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I265" s="15" t="s">
         <v>873</v>
       </c>
       <c r="J265" s="15">
         <v>3000</v>
       </c>
       <c r="K265" s="15">
         <v>0.01091</v>
       </c>
       <c r="L265" s="15">
         <v>0.00963</v>
       </c>
       <c r="M265" s="15">
         <v>0.008670000000000001</v>
       </c>
       <c r="N265" s="15">
         <v>3000</v>
       </c>
       <c r="O265" s="15">
         <v>6000</v>
       </c>
-      <c r="P265" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
+        <v>874</v>
+      </c>
+      <c r="D266" s="15" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
       <c r="E266" s="15">
         <v>10080038027</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H266" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="J266" s="15">
         <v>4000</v>
       </c>
       <c r="K266" s="15">
         <v>0.02174</v>
       </c>
       <c r="L266" s="15">
         <v>0.02174</v>
       </c>
       <c r="M266" s="15">
         <v>0.02174</v>
       </c>
       <c r="N266" s="15">
-        <v>20000</v>
+        <v>28000</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
+        <v>874</v>
+      </c>
+      <c r="D267" s="15" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
       <c r="E267" s="15">
         <v>10000019488</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="J267" s="15">
         <v>1000</v>
       </c>
       <c r="K267" s="15">
         <v>0.02174</v>
       </c>
       <c r="L267" s="15">
         <v>0.02174</v>
       </c>
       <c r="M267" s="15">
         <v>0.02174</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
+        <v>877</v>
+      </c>
+      <c r="D268" s="15" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>879</v>
       </c>
       <c r="E268" s="15">
         <v>10080051381</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="J268" s="15">
         <v>3000</v>
       </c>
       <c r="K268" s="15">
         <v>0.00903</v>
       </c>
       <c r="L268" s="15">
         <v>0.00864</v>
       </c>
       <c r="M268" s="15">
         <v>0.00864</v>
       </c>
       <c r="N268" s="15">
-        <v>18000</v>
+        <v>15000</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
+        <v>880</v>
+      </c>
+      <c r="D269" s="15" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
       <c r="E269" s="15">
         <v>10080056242</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H269" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I269" s="15" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="J269" s="15">
         <v>3000</v>
       </c>
       <c r="K269" s="15">
         <v>0.02355</v>
       </c>
       <c r="L269" s="15">
         <v>0.02355</v>
       </c>
       <c r="M269" s="15">
         <v>0.02355</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>880</v>
+      </c>
+      <c r="D270" s="15" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
       <c r="E270" s="15">
         <v>10080036855</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I270" s="15" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="J270" s="15">
         <v>2000</v>
       </c>
       <c r="K270" s="15">
         <v>0.14437</v>
       </c>
       <c r="L270" s="15">
         <v>0.05214</v>
       </c>
       <c r="M270" s="15">
         <v>0.04736</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>883</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
       <c r="E271" s="15">
         <v>10080074224</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="J271" s="15">
         <v>3000</v>
       </c>
       <c r="K271" s="15">
         <v>0.01746</v>
       </c>
       <c r="L271" s="15">
         <v>0.01466</v>
       </c>
       <c r="M271" s="15">
         <v>0.01409</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>886</v>
+      </c>
+      <c r="D272" s="15" t="s">
         <v>887</v>
-      </c>
-[...1 lines deleted...]
-        <v>888</v>
       </c>
       <c r="E272" s="15">
         <v>10080039244</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="J272" s="15">
         <v>3000</v>
       </c>
       <c r="K272" s="15">
         <v>0.01206</v>
       </c>
       <c r="L272" s="15">
         <v>0.01045</v>
       </c>
       <c r="M272" s="15">
         <v>0.01005</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
+        <v>889</v>
+      </c>
+      <c r="D273" s="15" t="s">
         <v>890</v>
-      </c>
-[...1 lines deleted...]
-        <v>891</v>
       </c>
       <c r="E273" s="15">
         <v>10080052535</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H273" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="J273" s="15">
         <v>3000</v>
       </c>
       <c r="K273" s="15">
         <v>0.00818</v>
       </c>
       <c r="L273" s="15">
         <v>0.00818</v>
       </c>
       <c r="M273" s="15">
         <v>0.00818</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>892</v>
+      </c>
+      <c r="D274" s="15" t="s">
         <v>893</v>
       </c>
-      <c r="D274" s="15" t="s">
+      <c r="E274" s="15" t="s">
         <v>894</v>
-      </c>
-[...1 lines deleted...]
-        <v>895</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H274" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="J274" s="15">
         <v>3000</v>
       </c>
       <c r="K274" s="15">
         <v>0.00637</v>
       </c>
       <c r="L274" s="15">
         <v>0.00637</v>
       </c>
       <c r="M274" s="15">
         <v>0.00637</v>
       </c>
       <c r="N274" s="15">
-        <v>12000</v>
+        <v>9000</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
+        <v>896</v>
+      </c>
+      <c r="D275" s="15" t="s">
         <v>897</v>
-      </c>
-[...1 lines deleted...]
-        <v>898</v>
       </c>
       <c r="E275" s="15">
         <v>10080066088</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H275" s="15" t="s">
         <v>230</v>
       </c>
       <c r="I275" s="15" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="J275" s="15">
         <v>2000</v>
       </c>
       <c r="K275" s="15">
         <v>0.11735</v>
       </c>
       <c r="L275" s="15">
         <v>0.11224</v>
       </c>
       <c r="M275" s="15">
         <v>0.10714</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
+        <v>899</v>
+      </c>
+      <c r="D276" s="15" t="s">
         <v>900</v>
-      </c>
-[...1 lines deleted...]
-        <v>901</v>
       </c>
       <c r="E276" s="15">
         <v>10080061193</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H276" s="15" t="s">
         <v>116</v>
       </c>
       <c r="I276" s="15" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="J276" s="15">
         <v>2000</v>
       </c>
       <c r="K276" s="15">
         <v>0.10766</v>
       </c>
       <c r="L276" s="15">
         <v>0.08971999999999999</v>
       </c>
       <c r="M276" s="15">
         <v>0.08613999999999999</v>
       </c>
       <c r="N276" s="15"/>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14"/>
       <c r="C277" s="15"/>
       <c r="D277" s="15"/>
@@ -15202,317 +15193,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>906</v>
-      </c>
-[...1 lines deleted...]
-        <v>907</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>911</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>912</v>
-      </c>
-[...1 lines deleted...]
-        <v>913</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>914</v>
+        <v>913</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>918</v>
-      </c>
-[...1 lines deleted...]
-        <v>919</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>922</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>923</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>924</v>
-      </c>
-[...1 lines deleted...]
-        <v>925</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>926</v>
-      </c>
-[...1 lines deleted...]
-        <v>927</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>