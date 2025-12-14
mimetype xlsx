--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -3690,51 +3690,51 @@
         <v>10080066109</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>179</v>
       </c>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.01102</v>
       </c>
       <c r="L50" s="15">
         <v>0.007979999999999999</v>
       </c>
       <c r="M50" s="15">
         <v>0.00696</v>
       </c>
       <c r="N50" s="15">
-        <v>24000</v>
+        <v>30000</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
@@ -4167,51 +4167,51 @@
         <v>215</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>216</v>
       </c>
       <c r="J61" s="15">
         <v>3000</v>
       </c>
       <c r="K61" s="15">
         <v>0.02699</v>
       </c>
       <c r="L61" s="15">
         <v>0.01953</v>
       </c>
       <c r="M61" s="15">
         <v>0.01704</v>
       </c>
       <c r="N61" s="15">
-        <v>48000</v>
+        <v>42000</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
@@ -4384,96 +4384,96 @@
         <v>10080074221</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>234</v>
       </c>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.01139</v>
       </c>
       <c r="L66" s="15">
         <v>0.00817</v>
       </c>
       <c r="M66" s="15">
         <v>0.00708</v>
       </c>
       <c r="N66" s="15">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E67" s="15">
         <v>10080075404</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>237</v>
       </c>
       <c r="J67" s="15">
         <v>4000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00966</v>
       </c>
       <c r="L67" s="15">
         <v>0.00804</v>
       </c>
       <c r="M67" s="15">
         <v>0.00773</v>
       </c>
       <c r="N67" s="15">
-        <v>60000</v>
+        <v>56000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E68" s="15">
         <v>10000020409</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
@@ -5029,51 +5029,51 @@
       </c>
       <c r="E81" s="15">
         <v>10080056315</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>145</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.0216</v>
       </c>
       <c r="L81" s="15">
         <v>0.02066</v>
       </c>
       <c r="M81" s="15">
         <v>0.02066</v>
       </c>
       <c r="N81" s="15">
-        <v>12000</v>
+        <v>9000</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>281</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>282</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>283</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>29</v>
       </c>