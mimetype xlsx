--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -3690,51 +3690,51 @@
         <v>10080066109</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>179</v>
       </c>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.01102</v>
       </c>
       <c r="L50" s="15">
         <v>0.007979999999999999</v>
       </c>
       <c r="M50" s="15">
         <v>0.00696</v>
       </c>
       <c r="N50" s="15">
-        <v>30000</v>
+        <v>24000</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
@@ -4167,51 +4167,51 @@
         <v>215</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>216</v>
       </c>
       <c r="J61" s="15">
         <v>3000</v>
       </c>
       <c r="K61" s="15">
         <v>0.02699</v>
       </c>
       <c r="L61" s="15">
         <v>0.01953</v>
       </c>
       <c r="M61" s="15">
         <v>0.01704</v>
       </c>
       <c r="N61" s="15">
-        <v>42000</v>
+        <v>45000</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
@@ -4429,51 +4429,51 @@
         <v>10080075404</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>237</v>
       </c>
       <c r="J67" s="15">
         <v>4000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00966</v>
       </c>
       <c r="L67" s="15">
         <v>0.00804</v>
       </c>
       <c r="M67" s="15">
         <v>0.00773</v>
       </c>
       <c r="N67" s="15">
-        <v>56000</v>
+        <v>60000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E68" s="15">
         <v>10000020409</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
@@ -4942,53 +4942,51 @@
       <c r="E79" s="15" t="s">
         <v>273</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>274</v>
       </c>
       <c r="J79" s="15">
         <v>4000</v>
       </c>
       <c r="K79" s="15">
         <v>0.00903</v>
       </c>
       <c r="L79" s="15">
         <v>0.00653</v>
       </c>
       <c r="M79" s="15">
         <v>0.0057</v>
       </c>
-      <c r="N79" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>275</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>277</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H80" s="15" t="s">
@@ -5029,51 +5027,51 @@
       </c>
       <c r="E81" s="15">
         <v>10080056315</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>145</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.0216</v>
       </c>
       <c r="L81" s="15">
         <v>0.02066</v>
       </c>
       <c r="M81" s="15">
         <v>0.02066</v>
       </c>
       <c r="N81" s="15">
-        <v>9000</v>
+        <v>12000</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>281</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>282</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>283</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>29</v>
       </c>