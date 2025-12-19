--- v2 (2025-12-16)
+++ v3 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -3690,51 +3690,51 @@
         <v>10080066109</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>179</v>
       </c>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.01102</v>
       </c>
       <c r="L50" s="15">
         <v>0.007979999999999999</v>
       </c>
       <c r="M50" s="15">
         <v>0.00696</v>
       </c>
       <c r="N50" s="15">
-        <v>24000</v>
+        <v>30000</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
@@ -4167,51 +4167,51 @@
         <v>215</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>216</v>
       </c>
       <c r="J61" s="15">
         <v>3000</v>
       </c>
       <c r="K61" s="15">
         <v>0.02699</v>
       </c>
       <c r="L61" s="15">
         <v>0.01953</v>
       </c>
       <c r="M61" s="15">
         <v>0.01704</v>
       </c>
       <c r="N61" s="15">
-        <v>45000</v>
+        <v>39000</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
@@ -4429,51 +4429,51 @@
         <v>10080075404</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>237</v>
       </c>
       <c r="J67" s="15">
         <v>4000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00966</v>
       </c>
       <c r="L67" s="15">
         <v>0.00804</v>
       </c>
       <c r="M67" s="15">
         <v>0.00773</v>
       </c>
       <c r="N67" s="15">
-        <v>60000</v>
+        <v>68000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E68" s="15">
         <v>10000020409</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
@@ -5026,53 +5026,51 @@
         <v>280</v>
       </c>
       <c r="E81" s="15">
         <v>10080056315</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>145</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.0216</v>
       </c>
       <c r="L81" s="15">
         <v>0.02066</v>
       </c>
       <c r="M81" s="15">
         <v>0.02066</v>
       </c>
-      <c r="N81" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>281</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>282</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>283</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H82" s="15" t="s">
@@ -5242,51 +5240,51 @@
         <v>298</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I86" s="15" t="s">
         <v>299</v>
       </c>
       <c r="J86" s="15">
         <v>4000</v>
       </c>
       <c r="K86" s="15">
         <v>0.00718</v>
       </c>
       <c r="L86" s="15">
         <v>0.00689</v>
       </c>
       <c r="M86" s="15">
         <v>0.0066</v>
       </c>
       <c r="N86" s="15">
-        <v>24000</v>
+        <v>28000</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>300</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>29</v>
       </c>