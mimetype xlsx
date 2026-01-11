--- v3 (2025-12-19)
+++ v4 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2002,102 +2002,102 @@
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080070244</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15">
         <v>4000</v>
       </c>
       <c r="K11" s="15">
-        <v>0.00766</v>
+        <v>0.00461</v>
       </c>
       <c r="L11" s="15">
-        <v>0.00554</v>
+        <v>0.00399</v>
       </c>
       <c r="M11" s="15">
-        <v>0.00484</v>
+        <v>0.00384</v>
       </c>
       <c r="N11" s="15">
         <v>8000</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15">
         <v>10080042021</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>4000</v>
       </c>
       <c r="K12" s="15">
-        <v>0.00736</v>
+        <v>0.00443</v>
       </c>
       <c r="L12" s="15">
-        <v>0.00532</v>
+        <v>0.00384</v>
       </c>
       <c r="M12" s="15">
-        <v>0.00465</v>
+        <v>0.00369</v>
       </c>
       <c r="N12" s="15">
         <v>8000</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15">
         <v>10080000136</v>
       </c>
       <c r="F13" s="15"/>
@@ -2180,57 +2180,57 @@
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="J15" s="15">
         <v>4000</v>
       </c>
       <c r="K15" s="15">
-        <v>0.01001</v>
+        <v>0.006</v>
       </c>
       <c r="L15" s="15">
-        <v>0.00725</v>
+        <v>0.0052</v>
       </c>
       <c r="M15" s="15">
-        <v>0.00631</v>
+        <v>0.005</v>
       </c>
       <c r="N15" s="15">
         <v>4000</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F16" s="15"/>
@@ -2563,57 +2563,57 @@
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
-        <v>0.01022</v>
+        <v>0.00708</v>
       </c>
       <c r="L24" s="15">
-        <v>0.00739</v>
+        <v>0.00614</v>
       </c>
       <c r="M24" s="15">
-        <v>0.00645</v>
+        <v>0.0059</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
@@ -2993,57 +2993,57 @@
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J34" s="15">
         <v>4000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.01404</v>
+        <v>0.00971</v>
       </c>
       <c r="L34" s="15">
-        <v>0.01016</v>
+        <v>0.008410000000000001</v>
       </c>
       <c r="M34" s="15">
-        <v>0.00886</v>
+        <v>0.00809</v>
       </c>
       <c r="N34" s="15">
         <v>4000</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E35" s="15">
         <v>10080010606</v>
       </c>
       <c r="F35" s="15"/>
@@ -3165,57 +3165,57 @@
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E38" s="15">
         <v>10080051960</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J38" s="15">
         <v>4000</v>
       </c>
       <c r="K38" s="15">
-        <v>0.00764</v>
+        <v>0.00461</v>
       </c>
       <c r="L38" s="15">
-        <v>0.00552</v>
+        <v>0.00399</v>
       </c>
       <c r="M38" s="15">
-        <v>0.00482</v>
+        <v>0.00384</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
@@ -3466,57 +3466,57 @@
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E45" s="15">
         <v>10080057832</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>166</v>
       </c>
       <c r="J45" s="15">
         <v>3000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.009039999999999999</v>
+        <v>0.00548</v>
       </c>
       <c r="L45" s="15">
-        <v>0.00653</v>
+        <v>0.00475</v>
       </c>
       <c r="M45" s="15">
-        <v>0.0057</v>
+        <v>0.00456</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>29</v>
@@ -3681,57 +3681,57 @@
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E50" s="15">
         <v>10080066109</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>179</v>
       </c>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.01102</v>
+        <v>0.00762</v>
       </c>
       <c r="L50" s="15">
-        <v>0.007979999999999999</v>
+        <v>0.0066</v>
       </c>
       <c r="M50" s="15">
-        <v>0.00696</v>
+        <v>0.00635</v>
       </c>
       <c r="N50" s="15">
         <v>30000</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F51" s="15"/>
@@ -4167,51 +4167,51 @@
         <v>215</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>216</v>
       </c>
       <c r="J61" s="15">
         <v>3000</v>
       </c>
       <c r="K61" s="15">
         <v>0.02699</v>
       </c>
       <c r="L61" s="15">
         <v>0.01953</v>
       </c>
       <c r="M61" s="15">
         <v>0.01704</v>
       </c>
       <c r="N61" s="15">
-        <v>39000</v>
+        <v>42000</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
@@ -4384,51 +4384,51 @@
         <v>10080074221</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>234</v>
       </c>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.01139</v>
       </c>
       <c r="L66" s="15">
         <v>0.00817</v>
       </c>
       <c r="M66" s="15">
         <v>0.00708</v>
       </c>
       <c r="N66" s="15">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E67" s="15">
         <v>10080075404</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
@@ -4508,57 +4508,57 @@
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E69" s="15">
         <v>10080054239</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>243</v>
       </c>
       <c r="J69" s="15">
         <v>4000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.00508</v>
+        <v>0.00348</v>
       </c>
       <c r="L69" s="15">
-        <v>0.00367</v>
+        <v>0.00302</v>
       </c>
       <c r="M69" s="15">
-        <v>0.00321</v>
+        <v>0.0029</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E70" s="15">
         <v>10080057601</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
@@ -4977,57 +4977,57 @@
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>275</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>277</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>278</v>
       </c>
       <c r="J80" s="15">
         <v>4000</v>
       </c>
       <c r="K80" s="15">
-        <v>0.00975</v>
+        <v>0.00587</v>
       </c>
       <c r="L80" s="15">
-        <v>0.00706</v>
+        <v>0.00508</v>
       </c>
       <c r="M80" s="15">
-        <v>0.00616</v>
+        <v>0.00489</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>279</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E81" s="15">
         <v>10080056315</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>29</v>
@@ -5104,100 +5104,100 @@
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>287</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I83" s="15" t="s">
         <v>288</v>
       </c>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.05132</v>
+        <v>0.03533</v>
       </c>
       <c r="L83" s="15">
-        <v>0.03713</v>
+        <v>0.03062</v>
       </c>
       <c r="M83" s="15">
-        <v>0.0324</v>
+        <v>0.02944</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I84" s="15" t="s">
         <v>292</v>
       </c>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.08393</v>
+        <v>0.0504</v>
       </c>
       <c r="L84" s="15">
-        <v>0.06072</v>
+        <v>0.04368</v>
       </c>
       <c r="M84" s="15">
-        <v>0.05298</v>
+        <v>0.042</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>293</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>294</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>295</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>29</v>
@@ -5414,93 +5414,93 @@
         <v>313</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>314</v>
       </c>
       <c r="J90" s="15">
         <v>4000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00292</v>
       </c>
       <c r="L90" s="15">
         <v>0.00279</v>
       </c>
       <c r="M90" s="15">
         <v>0.00279</v>
       </c>
       <c r="N90" s="15">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>315</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>316</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>317</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>318</v>
       </c>
       <c r="J91" s="15">
         <v>4000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.008999999999999999</v>
+        <v>0.00531</v>
       </c>
       <c r="L91" s="15">
-        <v>0.00652</v>
+        <v>0.0046</v>
       </c>
       <c r="M91" s="15">
-        <v>0.00569</v>
+        <v>0.00443</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E92" s="15">
         <v>10080074653</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>29</v>
@@ -5536,57 +5536,57 @@
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I93" s="15" t="s">
         <v>325</v>
       </c>
       <c r="J93" s="15">
         <v>4000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.008999999999999999</v>
+        <v>0.00531</v>
       </c>
       <c r="L93" s="15">
-        <v>0.00652</v>
+        <v>0.0046</v>
       </c>
       <c r="M93" s="15">
-        <v>0.00569</v>
+        <v>0.00443</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E94" s="15">
         <v>10080066341</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>29</v>
@@ -5839,57 +5839,57 @@
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>344</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>345</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>346</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>347</v>
       </c>
       <c r="J100" s="15">
         <v>4000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.00971</v>
+        <v>0.00584</v>
       </c>
       <c r="L100" s="15">
-        <v>0.00703</v>
+        <v>0.00506</v>
       </c>
       <c r="M100" s="15">
-        <v>0.00613</v>
+        <v>0.00486</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>348</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>349</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>350</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>29</v>