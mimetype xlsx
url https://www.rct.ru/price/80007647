--- v4 (2026-01-11)
+++ v5 (2026-02-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="386">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -415,50 +415,59 @@
   <si>
     <t xml:space="preserve">MC05KTB251681 VIKING, CC0805JRNPOYBN681 YAGEO, TS18H02E681J8TN00R SUNTAN, </t>
   </si>
   <si>
     <t>MC05KTB251681</t>
   </si>
   <si>
     <t>0805-NPO-250V- 680 pF 5% MC05KTB251681</t>
   </si>
   <si>
     <t xml:space="preserve">CC0805JRNPOYBN681 YAGEO, TS18H02E681J8TN00R SUNTAN, 0805CG681J251NT FENGHUA, </t>
   </si>
   <si>
     <t>TS18H02E681J8TN00R</t>
   </si>
   <si>
     <t>0805-NPO-250V- 680 pF 5% TS18H02E681J8TN00R</t>
   </si>
   <si>
     <t>10-00027595</t>
   </si>
   <si>
     <t xml:space="preserve">MC05KTB251681 VIKING, CC0805JRNPOYBN681 YAGEO, 0805CG681J251NT FENGHUA, </t>
   </si>
   <si>
+    <t>CC0805JKNPOYBN332</t>
+  </si>
+  <si>
+    <t>0805-NPO-250V- 3.3nF (3300pF) 5% CC0805JKNPOYBN332</t>
+  </si>
+  <si>
+    <t>UT-00156063</t>
+  </si>
+  <si>
     <t>CC0805JRNPOBBN470</t>
   </si>
   <si>
     <t>0805-NPO-500V- 47pF 5% CC0805JRNPOBBN470</t>
   </si>
   <si>
     <t>0805CG101J501NT</t>
   </si>
   <si>
     <t>0805-NPO-500V- 100pF 5% 0805CG101J501NT</t>
   </si>
   <si>
     <t xml:space="preserve">TS18H02H1011J8TN00R SUNTAN, </t>
   </si>
   <si>
     <t>TS18H02H1011J8TN00R</t>
   </si>
   <si>
     <t>0805-NPO-500V- 100pF 5% TS18H02H1011J8TN00R</t>
   </si>
   <si>
     <t>UT-00101783</t>
   </si>
   <si>
     <t xml:space="preserve">0805CG101J501NT FENGHUA, </t>
@@ -508,50 +517,53 @@
   <si>
     <t>0805-X7R-1000V- 2.2nF (2200pF) 10% FV21X222K102ECG</t>
   </si>
   <si>
     <t>UT-00097789</t>
   </si>
   <si>
     <t>PDC</t>
   </si>
   <si>
     <t xml:space="preserve">C0805X222K102T HEC, 0805B222K102CT Walsin, </t>
   </si>
   <si>
     <t>0805B104K101CT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.10uF (100nF) 10% 0805B104K101CT</t>
   </si>
   <si>
     <t>UT-00089679</t>
   </si>
   <si>
     <t xml:space="preserve">0805B104K101NT FENGHUA, 0805B104K101NT FENGHUA, TS18H02A104K8TB00R SUNTAN, CC0805KKX7R0BB104 YAGEO, C0805C104K1RACTU KEMET, CL21B104KCFNNNE SAMSUNG, CSA0805X7R104K101KT HRE, GRM21BR72A104KAC4L MURATA, </t>
   </si>
   <si>
+    <t>06.03.2026</t>
+  </si>
+  <si>
     <t>0805B104K101NT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.1uF (100nF) 10% 0805B104K101NT</t>
   </si>
   <si>
     <t xml:space="preserve">0805B104K101NT FENGHUA, TS18H02A104K8TB00R SUNTAN, CC0805KKX7R0BB104 YAGEO, 0805B104K101CT Walsin, C0805C104K1RACTU KEMET, CL21B104KCFNNNE SAMSUNG, CSA0805X7R104K101KT HRE, GRM21BR72A104KAC4L MURATA, </t>
   </si>
   <si>
     <t>10-00027538</t>
   </si>
   <si>
     <t>CC0805KKX7R0BB104</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.1uF (100nF) 10% CC0805KKX7R0BB104</t>
   </si>
   <si>
     <t xml:space="preserve">0805B104K101NT FENGHUA, 0805B104K101NT FENGHUA, TS18H02A104K8TB00R SUNTAN, 0805B104K101CT Walsin, C0805C104K1RACTU KEMET, CL21B104KCFNNNE SAMSUNG, CSA0805X7R104K101KT HRE, GRM21BR72A104KAC4L MURATA, </t>
   </si>
   <si>
     <t>TS18H02A104K8TB00R</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.1uF (100nF) 10% TS18H02A104K8TB00R</t>
@@ -589,126 +601,111 @@
   <si>
     <t>0805-X7R-100V- 0.22uF (220nF) 10% CC0805KKX7R0BB224</t>
   </si>
   <si>
     <t xml:space="preserve">GRM21AR72A224KAC5L MURATA, 0805B224K101NT FENGHUA, CL21B224KCQVPNE SAMSUNG, 0805B224K101NT FENGHUA, </t>
   </si>
   <si>
     <t>CL21B224KCQVPNE</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.22uF (220nF) 10% CL21B224KCQVPNE</t>
   </si>
   <si>
     <t xml:space="preserve">GRM21AR72A224KAC5L MURATA, 0805B224K101NT FENGHUA, CC0805KKX7R0BB224 YAGEO, 0805B224K101NT FENGHUA, </t>
   </si>
   <si>
     <t>CC0805KKX7R0BB334</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.33uF (330nF) 10% CC0805KKX7R0BB334</t>
   </si>
   <si>
     <t>10-00027592</t>
   </si>
   <si>
-    <t xml:space="preserve">FM21X334K101ECG PDC, TS18H02A334K8TB00R SUNTAN, TS18H02A334K8TB00R SUNTAN, GRM21AR72A334KAC5L MURATA, </t>
-[...1 lines deleted...]
-  <si>
     <t>FM21X334K101ECG</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.33uF (330nF) 10% FM21X334K101ECG</t>
   </si>
   <si>
-    <t xml:space="preserve">TS18H02A334K8TB00R SUNTAN, CC0805KKX7R0BB334 YAGEO, TS18H02A334K8TB00R SUNTAN, GRM21AR72A334KAC5L MURATA, </t>
-[...1 lines deleted...]
-  <si>
     <t>GRM21AR72A334KAC5L</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.33uF (330nF) 10% GRM21AR72A334KAC5L</t>
   </si>
   <si>
     <t>UT-00135191</t>
   </si>
   <si>
-    <t xml:space="preserve">FM21X334K101ECG PDC, TS18H02A334K8TB00R SUNTAN, CC0805KKX7R0BB334 YAGEO, TS18H02A334K8TB00R SUNTAN, </t>
-[...1 lines deleted...]
-  <si>
     <t>TS18H02A334K8TB00R</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.33uF (330nF) 10% TS18H02A334K8TB00R</t>
   </si>
   <si>
     <t>UT-00089616</t>
   </si>
   <si>
-    <t xml:space="preserve">FM21X334K101ECG PDC, CC0805KKX7R0BB334 YAGEO, TS18H02A334K8TB00R SUNTAN, GRM21AR72A334KAC5L MURATA, </t>
-[...1 lines deleted...]
-  <si>
     <t>UT-00123430</t>
   </si>
   <si>
-    <t xml:space="preserve">FM21X334K101ECG PDC, TS18H02A334K8TB00R SUNTAN, CC0805KKX7R0BB334 YAGEO, GRM21AR72A334KAC5L MURATA, </t>
-[...1 lines deleted...]
-  <si>
     <t>C2012B474K101NT3</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.47uF (470nF) 10% C2012B474K101NT3</t>
   </si>
   <si>
     <t>UT-00117035</t>
   </si>
   <si>
-    <t xml:space="preserve">TS18H02A474K8TB00R SUNTAN, CC0805KKX7R0BB474 YAGEO, </t>
+    <t xml:space="preserve">TS18H02A474K8TB00R SUNTAN, C2012B474K101NT HOTTECH, CC0805KKX7R0BB474 YAGEO, </t>
   </si>
   <si>
     <t>CC0805KKX7R0BB474</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.47uF (470nF) 10% CC0805KKX7R0BB474</t>
   </si>
   <si>
     <t>UT-00106810</t>
   </si>
   <si>
-    <t xml:space="preserve">TS18H02A474K8TB00R SUNTAN, C2012B474K101NT3 HOTTECH, </t>
+    <t xml:space="preserve">TS18H02A474K8TB00R SUNTAN, C2012B474K101NT HOTTECH, C2012B474K101NT3 HOTTECH, </t>
   </si>
   <si>
     <t>TS18H02A474K8TB00R</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.47uF (470nF) 10% TS18H02A474K8TB00R</t>
   </si>
   <si>
     <t>10-00027562</t>
   </si>
   <si>
-    <t xml:space="preserve">CC0805KKX7R0BB474 YAGEO, C2012B474K101NT3 HOTTECH, </t>
+    <t xml:space="preserve">C2012B474K101NT HOTTECH, CC0805KKX7R0BB474 YAGEO, C2012B474K101NT3 HOTTECH, </t>
   </si>
   <si>
     <t>CC0805KRX7R0BB471</t>
   </si>
   <si>
     <t>0805-X7R-100V- 470pF 10% CC0805KRX7R0BB471</t>
   </si>
   <si>
     <t>UT-00120909</t>
   </si>
   <si>
     <t>CC0805KRX7R0BB102</t>
   </si>
   <si>
     <t>0805-X7R-100V- 1.0nF (1000pF) 10% CC0805KRX7R0BB102</t>
   </si>
   <si>
     <t>10-00027596</t>
   </si>
   <si>
     <t xml:space="preserve">0805B102K101NT FENGHUA, </t>
   </si>
   <si>
     <t>0805B182K101NT</t>
   </si>
@@ -775,50 +772,62 @@
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% C2012B103K101NT</t>
   </si>
   <si>
     <t xml:space="preserve">0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, TCC0805X7R103K101DT CCTC, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>CC0805KRX7R0BB103</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% CC0805KRX7R0BB103</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, TCC0805X7R103K101DT CCTC, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>MC05KTB101103</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% MC05KTB101103</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, TCC0805X7R103K101DT CCTC, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
+    <t>TCC0805X7R103K101DT</t>
+  </si>
+  <si>
+    <t>0805-X7R-100V- 10nF (0.01uF) 10% TCC0805X7R103K101DT</t>
+  </si>
+  <si>
+    <t>UT-00153873</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
+  </si>
+  <si>
     <t>TS18H02A103K8TB00R</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% TS18H02A103K8TB00R</t>
   </si>
   <si>
     <t>UT-00117088</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, TCC0805X7R103K101DT CCTC, CC0805KRX7R0BB103 YAGEO, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>0805B273K101NT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 27nF (0.027uF) 10% 0805B273K101NT</t>
   </si>
   <si>
     <t>CC0805KKX7R0BB473</t>
   </si>
   <si>
     <t>0805-X7R-100V- 47nF (0.047uF) 10% CC0805KKX7R0BB473</t>
   </si>
   <si>
     <t>UT-00105407</t>
@@ -1027,51 +1036,51 @@
   <si>
     <t>0805B682K251NT</t>
   </si>
   <si>
     <t>0805-X7R-250V- 6.8nF (6800pF) 10% 0805B682K251NT</t>
   </si>
   <si>
     <t xml:space="preserve">GRM21AR72E682KW01D MURATA, </t>
   </si>
   <si>
     <t>GRM21AR72E682KW01D</t>
   </si>
   <si>
     <t>0805-X7R-250V- 6.8nF (6800pF) 10% GRM21AR72E682KW01D</t>
   </si>
   <si>
     <t xml:space="preserve">0805B682K251NT FENGHUA, </t>
   </si>
   <si>
     <t>0805B103K251CT</t>
   </si>
   <si>
     <t>0805-X7R-250V- 10nF (0.01uF) 10% 0805B103K251CT</t>
   </si>
   <si>
-    <t xml:space="preserve">GCJ21BR72E103KXJ3L MURATA, CC0805KKX7RYBB103 YAGEO, GRM21BR72E103KW03L MURATA, </t>
+    <t xml:space="preserve">0805B103K251NT FENGHUA, GCJ21BR72E103KXJ3L MURATA, CC0805KKX7RYBB103 YAGEO, GRM21BR72E103KW03L MURATA, </t>
   </si>
   <si>
     <t>FM21X223K251ECG</t>
   </si>
   <si>
     <t>0805-X7R-250V- 22nF (0.022uF) 10% FM21X223K251ECG</t>
   </si>
   <si>
     <t xml:space="preserve">CC0805KKX7RYBB223 YAGEO, </t>
   </si>
   <si>
     <t>0805B103K501NT</t>
   </si>
   <si>
     <t>0805-X7R-500V- 10nF (0.01uF) 10% 0805B103K501NT</t>
   </si>
   <si>
     <t xml:space="preserve">CC0805KKX7RBBB103 YAGEO, C2012B103K501NT HOTTECH, FM21X103K501ECG PDC, </t>
   </si>
   <si>
     <t>C2012B103K501NT</t>
   </si>
   <si>
     <t>0805-X7R-500V- 10nF (0.01uF) 10% C2012B103K501NT</t>
   </si>
@@ -1671,51 +1680,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R103"/>
+  <dimension ref="A1:R105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -3107,2901 +3116,2983 @@
       </c>
       <c r="L36" s="15">
         <v>0.009509999999999999</v>
       </c>
       <c r="M36" s="15">
         <v>0.0083</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>134</v>
       </c>
-      <c r="E37" s="15">
-        <v>10080007197</v>
+      <c r="E37" s="15" t="s">
+        <v>135</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.00665</v>
+        <v>0.02712</v>
       </c>
       <c r="L37" s="15">
-        <v>0.00665</v>
+        <v>0.0235</v>
       </c>
       <c r="M37" s="15">
-        <v>0.00665</v>
+        <v>0.0226</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E38" s="15">
-        <v>10080051960</v>
+        <v>10080007197</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="15" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>4000</v>
       </c>
       <c r="K38" s="15">
-        <v>0.00461</v>
+        <v>0.00665</v>
       </c>
       <c r="L38" s="15">
-        <v>0.00399</v>
+        <v>0.00665</v>
       </c>
       <c r="M38" s="15">
-        <v>0.00384</v>
+        <v>0.00665</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="E39" s="15" t="s">
-        <v>140</v>
+      <c r="E39" s="15">
+        <v>10080051960</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="15" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J39" s="15">
         <v>4000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.00572</v>
+        <v>0.00461</v>
       </c>
       <c r="L39" s="15">
-        <v>0.00572</v>
+        <v>0.00399</v>
       </c>
       <c r="M39" s="15">
-        <v>0.00572</v>
+        <v>0.00384</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="15" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="I40" s="15"/>
+        <v>49</v>
+      </c>
+      <c r="I40" s="15" t="s">
+        <v>144</v>
+      </c>
       <c r="J40" s="15">
         <v>4000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.01253</v>
+        <v>0.00572</v>
       </c>
       <c r="L40" s="15">
-        <v>0.01253</v>
+        <v>0.00572</v>
       </c>
       <c r="M40" s="15">
-        <v>0.01253</v>
+        <v>0.00572</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="15" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>4000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.01565</v>
+        <v>0.01253</v>
       </c>
       <c r="L41" s="15">
-        <v>0.01304</v>
+        <v>0.01253</v>
       </c>
       <c r="M41" s="15">
-        <v>0.01252</v>
+        <v>0.01253</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D42" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="E42" s="15" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="15" t="s">
-        <v>92</v>
+        <v>152</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J42" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.01226</v>
+        <v>0.01565</v>
       </c>
       <c r="L42" s="15">
-        <v>0.01028</v>
+        <v>0.01304</v>
       </c>
       <c r="M42" s="15">
-        <v>0.009889999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01252</v>
+      </c>
+      <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="15" t="s">
-        <v>158</v>
+        <v>92</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="J43" s="15">
         <v>3000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.02694</v>
+        <v>0.01226</v>
       </c>
       <c r="L43" s="15">
-        <v>0.02259</v>
+        <v>0.01028</v>
       </c>
       <c r="M43" s="15">
-        <v>0.02171</v>
-[...1 lines deleted...]
-      <c r="N43" s="15"/>
+        <v>0.009889999999999999</v>
+      </c>
+      <c r="N43" s="15">
+        <v>3000</v>
+      </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D44" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="E44" s="15" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H44" s="15" t="s">
-        <v>92</v>
+        <v>161</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J44" s="15">
         <v>3000</v>
       </c>
       <c r="K44" s="15">
-        <v>0.00335</v>
+        <v>0.02694</v>
       </c>
       <c r="L44" s="15">
-        <v>0.00321</v>
+        <v>0.02259</v>
       </c>
       <c r="M44" s="15">
-        <v>0.00307</v>
+        <v>0.02171</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="D45" s="15" t="s">
+      <c r="E45" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080057832</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="15" t="s">
-        <v>38</v>
+        <v>92</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>166</v>
       </c>
       <c r="J45" s="15">
         <v>3000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.00548</v>
+        <v>0.00335</v>
       </c>
       <c r="L45" s="15">
-        <v>0.00475</v>
+        <v>0.00321</v>
       </c>
       <c r="M45" s="15">
-        <v>0.00456</v>
+        <v>0.00307</v>
       </c>
       <c r="N45" s="15"/>
-      <c r="O45" s="15"/>
-      <c r="P45" s="15"/>
+      <c r="O45" s="15">
+        <v>27000</v>
+      </c>
+      <c r="P45" s="15" t="s">
+        <v>167</v>
+      </c>
       <c r="Q45" s="15"/>
       <c r="R45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>169</v>
+      </c>
+      <c r="E46" s="15">
+        <v>10080057832</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="J46" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.00936</v>
+        <v>0.00548</v>
       </c>
       <c r="L46" s="15">
-        <v>0.00677</v>
+        <v>0.00475</v>
       </c>
       <c r="M46" s="15">
-        <v>0.00591</v>
+        <v>0.00456</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>169</v>
       </c>
-      <c r="E47" s="15">
-        <v>10080041217</v>
+      <c r="E47" s="15" t="s">
+        <v>171</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H47" s="15" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>170</v>
       </c>
       <c r="J47" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K47" s="15">
-        <v>0.01305</v>
+        <v>0.00936</v>
       </c>
       <c r="L47" s="15">
-        <v>0.01131</v>
+        <v>0.00677</v>
       </c>
       <c r="M47" s="15">
-        <v>0.01087</v>
+        <v>0.00591</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E48" s="15">
-        <v>10080064102</v>
+        <v>10080041217</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="15" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J48" s="15">
         <v>3000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.00365</v>
+        <v>0.01305</v>
       </c>
       <c r="L48" s="15">
-        <v>0.00365</v>
+        <v>0.01131</v>
       </c>
       <c r="M48" s="15">
-        <v>0.00365</v>
+        <v>0.01087</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E49" s="15">
-        <v>10080027053</v>
+        <v>10080064102</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H49" s="15" t="s">
-        <v>145</v>
+        <v>49</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J49" s="15">
         <v>3000</v>
       </c>
       <c r="K49" s="15">
-        <v>0.00874</v>
+        <v>0.00365</v>
       </c>
       <c r="L49" s="15">
-        <v>0.0067</v>
+        <v>0.00365</v>
       </c>
       <c r="M49" s="15">
-        <v>0.0067</v>
+        <v>0.00365</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E50" s="15">
-        <v>10080066109</v>
+        <v>10080027053</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="15" t="s">
-        <v>38</v>
+        <v>148</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.00762</v>
+        <v>0.00874</v>
       </c>
       <c r="L50" s="15">
-        <v>0.0066</v>
+        <v>0.0067</v>
       </c>
       <c r="M50" s="15">
-        <v>0.00635</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0067</v>
+      </c>
+      <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>182</v>
+      </c>
+      <c r="E51" s="15">
+        <v>10080066109</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="J51" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K51" s="15">
-        <v>0.01493</v>
+        <v>0.00762</v>
       </c>
       <c r="L51" s="15">
-        <v>0.0108</v>
+        <v>0.0066</v>
       </c>
       <c r="M51" s="15">
-        <v>0.00942</v>
-[...1 lines deleted...]
-      <c r="N51" s="15"/>
+        <v>0.00635</v>
+      </c>
+      <c r="N51" s="15">
+        <v>21000</v>
+      </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="D52" s="15" t="s">
-[...3 lines deleted...]
-        <v>10080041218</v>
+      <c r="E52" s="15" t="s">
+        <v>184</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H52" s="15" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J52" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.02213</v>
+        <v>0.01493</v>
       </c>
       <c r="L52" s="15">
-        <v>0.02234</v>
+        <v>0.0108</v>
       </c>
       <c r="M52" s="15">
-        <v>0.01695</v>
+        <v>0.00942</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E53" s="15">
-        <v>10080074176</v>
+        <v>10080041218</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H53" s="15" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J53" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.01597</v>
+        <v>0.02213</v>
       </c>
       <c r="L53" s="15">
-        <v>0.01332</v>
+        <v>0.02234</v>
       </c>
       <c r="M53" s="15">
-        <v>0.01278</v>
+        <v>0.01695</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="E54" s="15" t="s">
         <v>190</v>
+      </c>
+      <c r="E54" s="15">
+        <v>10080074176</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H54" s="15" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>191</v>
       </c>
       <c r="J54" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.01052</v>
+        <v>0.01597</v>
       </c>
       <c r="L54" s="15">
-        <v>0.01052</v>
+        <v>0.01332</v>
       </c>
       <c r="M54" s="15">
-        <v>0.01052</v>
+        <v>0.01278</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="E55" s="15">
-        <v>10080038814</v>
+      <c r="E55" s="15" t="s">
+        <v>194</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H55" s="15" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>3000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.07514999999999999</v>
+        <v>0.01052</v>
       </c>
       <c r="L55" s="15">
-        <v>0.06262</v>
+        <v>0.01052</v>
       </c>
       <c r="M55" s="15">
-        <v>0.06012</v>
+        <v>0.01052</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="E56" s="15" t="s">
-        <v>197</v>
+      <c r="E56" s="15">
+        <v>10080038814</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H56" s="15" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>3000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.01588</v>
+        <v>0.07514999999999999</v>
       </c>
       <c r="L56" s="15">
-        <v>0.01588</v>
+        <v>0.06262</v>
       </c>
       <c r="M56" s="15">
-        <v>0.01588</v>
+        <v>0.06012</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D57" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="E57" s="15" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H57" s="15" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="I57" s="15"/>
       <c r="J57" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.01659</v>
+        <v>0.01588</v>
       </c>
       <c r="L57" s="15">
-        <v>0.01659</v>
+        <v>0.01588</v>
       </c>
       <c r="M57" s="15">
-        <v>0.01659</v>
+        <v>0.01588</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="I58" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I58" s="15"/>
       <c r="J58" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.02443</v>
+        <v>0.01659</v>
       </c>
       <c r="L58" s="15">
-        <v>0.01768</v>
+        <v>0.01659</v>
       </c>
       <c r="M58" s="15">
-        <v>0.01543</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01659</v>
+      </c>
+      <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H59" s="15" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>3000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.03261</v>
+        <v>0.02443</v>
       </c>
       <c r="L59" s="15">
-        <v>0.0236</v>
+        <v>0.01768</v>
       </c>
       <c r="M59" s="15">
-        <v>0.0206</v>
-[...1 lines deleted...]
-      <c r="N59" s="15"/>
+        <v>0.01543</v>
+      </c>
+      <c r="N59" s="15">
+        <v>6000</v>
+      </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="15" t="s">
-        <v>30</v>
+        <v>79</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="J60" s="15">
         <v>3000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.02204</v>
+        <v>0.03261</v>
       </c>
       <c r="L60" s="15">
-        <v>0.02204</v>
+        <v>0.0236</v>
       </c>
       <c r="M60" s="15">
-        <v>0.02204</v>
+        <v>0.0206</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="15" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J61" s="15">
         <v>3000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.02699</v>
+        <v>0.02204</v>
       </c>
       <c r="L61" s="15">
-        <v>0.01953</v>
+        <v>0.02204</v>
       </c>
       <c r="M61" s="15">
-        <v>0.01704</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02204</v>
+      </c>
+      <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I62" s="15"/>
+        <v>49</v>
+      </c>
+      <c r="I62" s="15" t="s">
+        <v>215</v>
+      </c>
       <c r="J62" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.01002</v>
+        <v>0.02699</v>
       </c>
       <c r="L62" s="15">
-        <v>0.008410000000000001</v>
+        <v>0.01953</v>
       </c>
       <c r="M62" s="15">
-        <v>0.0081</v>
+        <v>0.01704</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I63" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>4000</v>
       </c>
       <c r="K63" s="15">
-        <v>51.36</v>
+        <v>0.01002</v>
       </c>
       <c r="L63" s="15">
-        <v>29.67</v>
+        <v>0.008410000000000001</v>
       </c>
       <c r="M63" s="15">
-        <v>26.95</v>
+        <v>0.0081</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="J64" s="15">
         <v>4000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.00372</v>
+        <v>51.36</v>
       </c>
       <c r="L64" s="15">
-        <v>0.00357</v>
+        <v>29.67</v>
       </c>
       <c r="M64" s="15">
-        <v>0.00357</v>
-[...3 lines deleted...]
-      </c>
+        <v>26.95</v>
+      </c>
+      <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="15" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="J65" s="15">
         <v>4000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.00583</v>
+        <v>0.00372</v>
       </c>
       <c r="L65" s="15">
-        <v>0.00583</v>
+        <v>0.00357</v>
       </c>
       <c r="M65" s="15">
-        <v>0.00583</v>
-[...1 lines deleted...]
-      <c r="N65" s="15"/>
+        <v>0.00357</v>
+      </c>
+      <c r="N65" s="15">
+        <v>4000</v>
+      </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>10080074221</v>
+        <v>228</v>
+      </c>
+      <c r="E66" s="15" t="s">
+        <v>229</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.01139</v>
+        <v>0.00583</v>
       </c>
       <c r="L66" s="15">
-        <v>0.00817</v>
+        <v>0.00583</v>
       </c>
       <c r="M66" s="15">
-        <v>0.00708</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00583</v>
+      </c>
+      <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E67" s="15">
-        <v>10080075404</v>
+        <v>10080074221</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="J67" s="15">
         <v>4000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.00966</v>
+        <v>0.01139</v>
       </c>
       <c r="L67" s="15">
-        <v>0.00804</v>
+        <v>0.00817</v>
       </c>
       <c r="M67" s="15">
-        <v>0.00773</v>
+        <v>0.00708</v>
       </c>
       <c r="N67" s="15">
-        <v>68000</v>
+        <v>12000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E68" s="15">
-        <v>10000020409</v>
+        <v>10080075404</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="15" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="J68" s="15">
         <v>4000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.01252</v>
+        <v>0.00966</v>
       </c>
       <c r="L68" s="15">
-        <v>0.009599999999999999</v>
+        <v>0.00804</v>
       </c>
       <c r="M68" s="15">
-        <v>0.009599999999999999</v>
-[...1 lines deleted...]
-      <c r="N68" s="15"/>
+        <v>0.00773</v>
+      </c>
+      <c r="N68" s="15">
+        <v>72000</v>
+      </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="E69" s="15">
-        <v>10080054239</v>
+        <v>10000020409</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H69" s="15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="J69" s="15">
         <v>4000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.00348</v>
+        <v>0.01252</v>
       </c>
       <c r="L69" s="15">
-        <v>0.00302</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="M69" s="15">
-        <v>0.0029</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="D70" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="15">
-        <v>10080057601</v>
+        <v>10080054239</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J70" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.0147</v>
+        <v>0.00348</v>
       </c>
       <c r="L70" s="15">
-        <v>0.01185</v>
+        <v>0.00302</v>
       </c>
       <c r="M70" s="15">
-        <v>0.01137</v>
+        <v>0.0029</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="E71" s="15">
-        <v>10080052559</v>
+        <v>10080057601</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H71" s="15" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="J71" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.01328</v>
+        <v>0.0147</v>
       </c>
       <c r="L71" s="15">
-        <v>0.009299999999999999</v>
+        <v>0.01185</v>
       </c>
       <c r="M71" s="15">
-        <v>0.009299999999999999</v>
+        <v>0.01137</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="E72" s="15">
-        <v>10080000127</v>
+        <v>10080052559</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
-        <v>30</v>
+        <v>79</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="J72" s="15">
         <v>4000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.00407</v>
+        <v>0.01328</v>
       </c>
       <c r="L72" s="15">
-        <v>0.00407</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="M72" s="15">
-        <v>0.00407</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E73" s="15">
-        <v>10080035926</v>
+        <v>10080000127</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="J73" s="15">
         <v>4000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.0379</v>
+        <v>0.00407</v>
       </c>
       <c r="L73" s="15">
-        <v>0.01532</v>
+        <v>0.00407</v>
       </c>
       <c r="M73" s="15">
-        <v>0.01392</v>
+        <v>0.00407</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>250</v>
+      </c>
+      <c r="E74" s="15">
+        <v>10080035926</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="15" t="s">
-        <v>49</v>
+        <v>114</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="J74" s="15">
         <v>4000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.00776</v>
+        <v>0.0379</v>
       </c>
       <c r="L74" s="15">
-        <v>0.00561</v>
+        <v>0.01532</v>
       </c>
       <c r="M74" s="15">
-        <v>0.0049</v>
+        <v>0.01392</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>10080047998</v>
+        <v>253</v>
+      </c>
+      <c r="E75" s="15" t="s">
+        <v>254</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="15" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="I75" s="15"/>
+        <v>62</v>
+      </c>
+      <c r="I75" s="15" t="s">
+        <v>255</v>
+      </c>
       <c r="J75" s="15">
         <v>4000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.01326</v>
+        <v>0.00413</v>
       </c>
       <c r="L75" s="15">
-        <v>0.01017</v>
+        <v>0.00358</v>
       </c>
       <c r="M75" s="15">
-        <v>0.01017</v>
-[...3 lines deleted...]
-      <c r="P75" s="15"/>
+        <v>0.00344</v>
+      </c>
+      <c r="N75" s="15">
+        <v>20000</v>
+      </c>
+      <c r="O75" s="15">
+        <v>180000</v>
+      </c>
+      <c r="P75" s="15" t="s">
+        <v>167</v>
+      </c>
       <c r="Q75" s="15"/>
       <c r="R75" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H76" s="15" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="J76" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K76" s="15">
-        <v>0.01055</v>
+        <v>0.00776</v>
       </c>
       <c r="L76" s="15">
-        <v>0.00885</v>
+        <v>0.00561</v>
       </c>
       <c r="M76" s="15">
-        <v>0.00851</v>
+        <v>0.0049</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>261</v>
+      </c>
+      <c r="E77" s="15">
+        <v>10080047998</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H77" s="15" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="J77" s="15"/>
+        <v>38</v>
+      </c>
+      <c r="I77" s="15"/>
+      <c r="J77" s="15">
+        <v>4000</v>
+      </c>
       <c r="K77" s="15">
-        <v>0.00861</v>
+        <v>0.01326</v>
       </c>
       <c r="L77" s="15">
-        <v>0.00722</v>
+        <v>0.01017</v>
       </c>
       <c r="M77" s="15">
-        <v>0.00695</v>
+        <v>0.01017</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H78" s="15" t="s">
-        <v>158</v>
+        <v>30</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="J78" s="15">
         <v>3000</v>
       </c>
       <c r="K78" s="15">
-        <v>0.01245</v>
+        <v>0.01055</v>
       </c>
       <c r="L78" s="15">
-        <v>0.01045</v>
+        <v>0.00885</v>
       </c>
       <c r="M78" s="15">
-        <v>0.01005</v>
+        <v>0.00851</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H79" s="15" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="J79" s="15"/>
       <c r="K79" s="15">
-        <v>0.00903</v>
+        <v>0.00861</v>
       </c>
       <c r="L79" s="15">
-        <v>0.00653</v>
+        <v>0.00722</v>
       </c>
       <c r="M79" s="15">
-        <v>0.0057</v>
+        <v>0.00695</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H80" s="15" t="s">
-        <v>38</v>
+        <v>161</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="J80" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K80" s="15">
-        <v>0.00587</v>
+        <v>0.01245</v>
       </c>
       <c r="L80" s="15">
-        <v>0.00508</v>
+        <v>0.01045</v>
       </c>
       <c r="M80" s="15">
-        <v>0.00489</v>
+        <v>0.01005</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>10080056315</v>
+        <v>275</v>
+      </c>
+      <c r="E81" s="15" t="s">
+        <v>276</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H81" s="15" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="I81" s="15"/>
+        <v>49</v>
+      </c>
+      <c r="I81" s="15" t="s">
+        <v>277</v>
+      </c>
       <c r="J81" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K81" s="15">
-        <v>0.0216</v>
+        <v>0.00903</v>
       </c>
       <c r="L81" s="15">
-        <v>0.02066</v>
+        <v>0.00653</v>
       </c>
       <c r="M81" s="15">
-        <v>0.02066</v>
+        <v>0.0057</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="J82" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.04586</v>
+        <v>0.00587</v>
       </c>
       <c r="L82" s="15">
-        <v>0.03821</v>
+        <v>0.00508</v>
       </c>
       <c r="M82" s="15">
-        <v>0.03669</v>
+        <v>0.00489</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>283</v>
+      </c>
+      <c r="E83" s="15">
+        <v>10080056315</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H83" s="15" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.03533</v>
+        <v>0.0216</v>
       </c>
       <c r="L83" s="15">
-        <v>0.03062</v>
+        <v>0.02066</v>
       </c>
       <c r="M83" s="15">
-        <v>0.02944</v>
+        <v>0.02066</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H84" s="15" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.0504</v>
+        <v>0.04586</v>
       </c>
       <c r="L84" s="15">
-        <v>0.04368</v>
+        <v>0.03821</v>
       </c>
       <c r="M84" s="15">
-        <v>0.042</v>
+        <v>0.03669</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H85" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I85" s="15"/>
+        <v>79</v>
+      </c>
+      <c r="I85" s="15" t="s">
+        <v>291</v>
+      </c>
       <c r="J85" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.009849999999999999</v>
+        <v>0.03533</v>
       </c>
       <c r="L85" s="15">
-        <v>0.009849999999999999</v>
+        <v>0.03062</v>
       </c>
       <c r="M85" s="15">
-        <v>0.009849999999999999</v>
+        <v>0.02944</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H86" s="15" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="J86" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.00718</v>
+        <v>0.0504</v>
       </c>
       <c r="L86" s="15">
-        <v>0.00689</v>
+        <v>0.04368</v>
       </c>
       <c r="M86" s="15">
-        <v>0.0066</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.042</v>
+      </c>
+      <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I87" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>4000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.009050000000000001</v>
+        <v>0.009849999999999999</v>
       </c>
       <c r="L87" s="15">
-        <v>0.00759</v>
+        <v>0.009849999999999999</v>
       </c>
       <c r="M87" s="15">
-        <v>0.0073</v>
+        <v>0.009849999999999999</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H88" s="15" t="s">
-        <v>92</v>
+        <v>38</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="J88" s="15">
         <v>4000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.01533</v>
+        <v>0.00718</v>
       </c>
       <c r="L88" s="15">
-        <v>0.01286</v>
+        <v>0.00689</v>
       </c>
       <c r="M88" s="15">
-        <v>0.01236</v>
-[...1 lines deleted...]
-      <c r="N88" s="15"/>
+        <v>0.0066</v>
+      </c>
+      <c r="N88" s="15">
+        <v>24000</v>
+      </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>304</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H89" s="15" t="s">
-        <v>309</v>
+        <v>30</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="J89" s="15">
         <v>4000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.00898</v>
+        <v>0.009050000000000001</v>
       </c>
       <c r="L89" s="15">
-        <v>0.00753</v>
+        <v>0.00759</v>
       </c>
       <c r="M89" s="15">
-        <v>0.00724</v>
+        <v>0.0073</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H90" s="15" t="s">
-        <v>38</v>
+        <v>92</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="J90" s="15">
         <v>4000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.00292</v>
+        <v>0.01533</v>
       </c>
       <c r="L90" s="15">
-        <v>0.00279</v>
+        <v>0.01286</v>
       </c>
       <c r="M90" s="15">
-        <v>0.00279</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01236</v>
+      </c>
+      <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H91" s="15" t="s">
-        <v>79</v>
+        <v>312</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="J91" s="15">
         <v>4000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.00531</v>
+        <v>0.00898</v>
       </c>
       <c r="L91" s="15">
-        <v>0.0046</v>
+        <v>0.00753</v>
       </c>
       <c r="M91" s="15">
-        <v>0.00443</v>
+        <v>0.00724</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>10080074653</v>
+        <v>315</v>
+      </c>
+      <c r="E92" s="15" t="s">
+        <v>316</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="J92" s="15">
         <v>4000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.01133</v>
+        <v>0.00292</v>
       </c>
       <c r="L92" s="15">
-        <v>0.0095</v>
+        <v>0.00279</v>
       </c>
       <c r="M92" s="15">
-        <v>0.009140000000000001</v>
-[...1 lines deleted...]
-      <c r="N92" s="15"/>
+        <v>0.00279</v>
+      </c>
+      <c r="N92" s="15">
+        <v>16000</v>
+      </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="J93" s="15">
         <v>4000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00531</v>
       </c>
       <c r="L93" s="15">
         <v>0.0046</v>
       </c>
       <c r="M93" s="15">
         <v>0.00443</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="E94" s="15">
-        <v>10080066341</v>
+        <v>10080074653</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H94" s="15" t="s">
-        <v>145</v>
+        <v>30</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="J94" s="15">
         <v>4000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.008880000000000001</v>
+        <v>0.01133</v>
       </c>
       <c r="L94" s="15">
-        <v>0.00746</v>
+        <v>0.0095</v>
       </c>
       <c r="M94" s="15">
-        <v>0.00717</v>
+        <v>0.009140000000000001</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>10080071217</v>
+        <v>326</v>
+      </c>
+      <c r="E95" s="15" t="s">
+        <v>327</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H95" s="15" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="J95" s="15">
         <v>4000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.01424</v>
+        <v>0.00531</v>
       </c>
       <c r="L95" s="15">
-        <v>0.01091</v>
+        <v>0.0046</v>
       </c>
       <c r="M95" s="15">
-        <v>0.01091</v>
+        <v>0.00443</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="E96" s="15">
-        <v>10080071163</v>
+        <v>10080066341</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H96" s="15" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="J96" s="15">
         <v>4000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.01472</v>
+        <v>0.008880000000000001</v>
       </c>
       <c r="L96" s="15">
-        <v>0.01129</v>
+        <v>0.00746</v>
       </c>
       <c r="M96" s="15">
-        <v>0.01129</v>
+        <v>0.00717</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="E97" s="15">
-        <v>10080043407</v>
+        <v>10080071217</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H97" s="15" t="s">
-        <v>92</v>
+        <v>38</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="J97" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.00553</v>
+        <v>0.01424</v>
       </c>
       <c r="L97" s="15">
-        <v>0.00464</v>
+        <v>0.01091</v>
       </c>
       <c r="M97" s="15">
-        <v>0.00446</v>
+        <v>0.01091</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="E98" s="15">
-        <v>10080069148</v>
+        <v>10080071163</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H98" s="15" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="J98" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.02821</v>
+        <v>0.01472</v>
       </c>
       <c r="L98" s="15">
-        <v>0.02163</v>
+        <v>0.01129</v>
       </c>
       <c r="M98" s="15">
-        <v>0.02163</v>
+        <v>0.01129</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="E99" s="15">
-        <v>10080048928</v>
+        <v>10080043407</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H99" s="15" t="s">
-        <v>38</v>
+        <v>92</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.0048</v>
+        <v>0.00553</v>
       </c>
       <c r="L99" s="15">
-        <v>0.0044</v>
+        <v>0.00464</v>
       </c>
       <c r="M99" s="15">
-        <v>0.0039</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00446</v>
+      </c>
+      <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>342</v>
+      </c>
+      <c r="E100" s="15">
+        <v>10080069148</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H100" s="15" t="s">
-        <v>79</v>
+        <v>161</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="J100" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.00584</v>
+        <v>0.02821</v>
       </c>
       <c r="L100" s="15">
-        <v>0.00506</v>
+        <v>0.02163</v>
       </c>
       <c r="M100" s="15">
-        <v>0.00486</v>
+        <v>0.02163</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>345</v>
+      </c>
+      <c r="E101" s="15">
+        <v>10080048928</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H101" s="15" t="s">
-        <v>158</v>
+        <v>38</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.01031</v>
+        <v>0.0048</v>
       </c>
       <c r="L101" s="15">
-        <v>0.00864</v>
+        <v>0.0044</v>
       </c>
       <c r="M101" s="15">
-        <v>0.00831</v>
-[...1 lines deleted...]
-      <c r="N101" s="15"/>
+        <v>0.0039</v>
+      </c>
+      <c r="N101" s="15">
+        <v>3000</v>
+      </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H102" s="15" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="J102" s="15">
         <v>4000</v>
       </c>
       <c r="K102" s="15">
-        <v>0.00831</v>
+        <v>0.00584</v>
       </c>
       <c r="L102" s="15">
-        <v>0.0072</v>
+        <v>0.00506</v>
       </c>
       <c r="M102" s="15">
-        <v>0.00693</v>
+        <v>0.00486</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:18">
-      <c r="B103" s="14"/>
-[...2 lines deleted...]
-      <c r="E103" s="15"/>
+      <c r="B103" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C103" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D103" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="E103" s="15" t="s">
+        <v>353</v>
+      </c>
       <c r="F103" s="15"/>
-      <c r="G103" s="15"/>
-[...5 lines deleted...]
-      <c r="M103" s="15"/>
+      <c r="G103" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="H103" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="I103" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="J103" s="15">
+        <v>3000</v>
+      </c>
+      <c r="K103" s="15">
+        <v>0.01031</v>
+      </c>
+      <c r="L103" s="15">
+        <v>0.00864</v>
+      </c>
+      <c r="M103" s="15">
+        <v>0.00831</v>
+      </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
+      <c r="R103" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="104" spans="1:18">
+      <c r="B104" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C104" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="D104" s="15" t="s">
+        <v>356</v>
+      </c>
+      <c r="E104" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="F104" s="15"/>
+      <c r="G104" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="H104" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="I104" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="J104" s="15">
+        <v>4000</v>
+      </c>
+      <c r="K104" s="15">
+        <v>0.00831</v>
+      </c>
+      <c r="L104" s="15">
+        <v>0.0072</v>
+      </c>
+      <c r="M104" s="15">
+        <v>0.00693</v>
+      </c>
+      <c r="N104" s="15"/>
+      <c r="O104" s="15"/>
+      <c r="P104" s="15"/>
+      <c r="Q104" s="15"/>
+      <c r="R104" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="105" spans="1:18">
+      <c r="B105" s="14"/>
+      <c r="C105" s="15"/>
+      <c r="D105" s="15"/>
+      <c r="E105" s="15"/>
+      <c r="F105" s="15"/>
+      <c r="G105" s="15"/>
+      <c r="H105" s="15"/>
+      <c r="I105" s="15"/>
+      <c r="J105" s="15"/>
+      <c r="K105" s="15"/>
+      <c r="L105" s="15"/>
+      <c r="M105" s="15"/>
+      <c r="N105" s="15"/>
+      <c r="O105" s="15"/>
+      <c r="P105" s="15"/>
+      <c r="Q105" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6021,317 +6112,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>