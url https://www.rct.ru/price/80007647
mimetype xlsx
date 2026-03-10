--- v5 (2026-02-18)
+++ v6 (2026-03-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="386">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -517,51 +517,51 @@
   <si>
     <t>0805-X7R-1000V- 2.2nF (2200pF) 10% FV21X222K102ECG</t>
   </si>
   <si>
     <t>UT-00097789</t>
   </si>
   <si>
     <t>PDC</t>
   </si>
   <si>
     <t xml:space="preserve">C0805X222K102T HEC, 0805B222K102CT Walsin, </t>
   </si>
   <si>
     <t>0805B104K101CT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.10uF (100nF) 10% 0805B104K101CT</t>
   </si>
   <si>
     <t>UT-00089679</t>
   </si>
   <si>
     <t xml:space="preserve">0805B104K101NT FENGHUA, 0805B104K101NT FENGHUA, TS18H02A104K8TB00R SUNTAN, CC0805KKX7R0BB104 YAGEO, C0805C104K1RACTU KEMET, CL21B104KCFNNNE SAMSUNG, CSA0805X7R104K101KT HRE, GRM21BR72A104KAC4L MURATA, </t>
   </si>
   <si>
-    <t>06.03.2026</t>
+    <t>15.03.2026</t>
   </si>
   <si>
     <t>0805B104K101NT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.1uF (100nF) 10% 0805B104K101NT</t>
   </si>
   <si>
     <t xml:space="preserve">0805B104K101NT FENGHUA, TS18H02A104K8TB00R SUNTAN, CC0805KKX7R0BB104 YAGEO, 0805B104K101CT Walsin, C0805C104K1RACTU KEMET, CL21B104KCFNNNE SAMSUNG, CSA0805X7R104K101KT HRE, GRM21BR72A104KAC4L MURATA, </t>
   </si>
   <si>
     <t>10-00027538</t>
   </si>
   <si>
     <t>CC0805KKX7R0BB104</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.1uF (100nF) 10% CC0805KKX7R0BB104</t>
   </si>
   <si>
     <t xml:space="preserve">0805B104K101NT FENGHUA, 0805B104K101NT FENGHUA, TS18H02A104K8TB00R SUNTAN, 0805B104K101CT Walsin, C0805C104K1RACTU KEMET, CL21B104KCFNNNE SAMSUNG, CSA0805X7R104K101KT HRE, GRM21BR72A104KAC4L MURATA, </t>
   </si>
   <si>
     <t>TS18H02A104K8TB00R</t>
   </si>
@@ -761,50 +761,53 @@
     <t>0805B103K101NT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% 0805B103K101NT</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, TCC0805X7R103K101DT CCTC, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>C2012B103K101NT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% C2012B103K101NT</t>
   </si>
   <si>
     <t xml:space="preserve">0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, TCC0805X7R103K101DT CCTC, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>CC0805KRX7R0BB103</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% CC0805KRX7R0BB103</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, TCC0805X7R103K101DT CCTC, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
+  </si>
+  <si>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>MC05KTB101103</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% MC05KTB101103</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, TCC0805X7R103K101DT CCTC, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>TCC0805X7R103K101DT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% TCC0805X7R103K101DT</t>
   </si>
   <si>
     <t>UT-00153873</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>TS18H02A103K8TB00R</t>
   </si>
@@ -4080,51 +4083,51 @@
       </c>
       <c r="E59" s="15" t="s">
         <v>203</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>3000</v>
       </c>
       <c r="K59" s="15">
         <v>0.02443</v>
       </c>
       <c r="L59" s="15">
         <v>0.01768</v>
       </c>
       <c r="M59" s="15">
         <v>0.01543</v>
       </c>
       <c r="N59" s="15">
-        <v>6000</v>
+        <v>3000</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>29</v>
       </c>
@@ -4210,51 +4213,53 @@
       <c r="E62" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>215</v>
       </c>
       <c r="J62" s="15">
         <v>3000</v>
       </c>
       <c r="K62" s="15">
         <v>0.02699</v>
       </c>
       <c r="L62" s="15">
         <v>0.01953</v>
       </c>
       <c r="M62" s="15">
         <v>0.01704</v>
       </c>
-      <c r="N62" s="15"/>
+      <c r="N62" s="15">
+        <v>54000</v>
+      </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>218</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="15" t="s">
@@ -4426,96 +4431,96 @@
         <v>10080074221</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>233</v>
       </c>
       <c r="J67" s="15">
         <v>4000</v>
       </c>
       <c r="K67" s="15">
         <v>0.01139</v>
       </c>
       <c r="L67" s="15">
         <v>0.00817</v>
       </c>
       <c r="M67" s="15">
         <v>0.00708</v>
       </c>
       <c r="N67" s="15">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E68" s="15">
         <v>10080075404</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>236</v>
       </c>
       <c r="J68" s="15">
         <v>4000</v>
       </c>
       <c r="K68" s="15">
         <v>0.00966</v>
       </c>
       <c r="L68" s="15">
         <v>0.00804</v>
       </c>
       <c r="M68" s="15">
         <v>0.00773</v>
       </c>
       <c r="N68" s="15">
-        <v>72000</v>
+        <v>60000</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E69" s="15">
         <v>10000020409</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>29</v>
       </c>
@@ -4689,1372 +4694,1374 @@
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>248</v>
       </c>
       <c r="J73" s="15">
         <v>4000</v>
       </c>
       <c r="K73" s="15">
         <v>0.00407</v>
       </c>
       <c r="L73" s="15">
         <v>0.00407</v>
       </c>
       <c r="M73" s="15">
         <v>0.00407</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
-      <c r="P73" s="15"/>
+      <c r="P73" s="15" t="s">
+        <v>249</v>
+      </c>
       <c r="Q73" s="15"/>
       <c r="R73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E74" s="15">
         <v>10080035926</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>114</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J74" s="15">
         <v>4000</v>
       </c>
       <c r="K74" s="15">
         <v>0.0379</v>
       </c>
       <c r="L74" s="15">
         <v>0.01532</v>
       </c>
       <c r="M74" s="15">
         <v>0.01392</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J75" s="15">
         <v>4000</v>
       </c>
       <c r="K75" s="15">
         <v>0.00413</v>
       </c>
       <c r="L75" s="15">
         <v>0.00358</v>
       </c>
       <c r="M75" s="15">
         <v>0.00344</v>
       </c>
       <c r="N75" s="15">
         <v>20000</v>
       </c>
       <c r="O75" s="15">
-        <v>180000</v>
+        <v>168000</v>
       </c>
       <c r="P75" s="15" t="s">
         <v>167</v>
       </c>
       <c r="Q75" s="15"/>
       <c r="R75" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J76" s="15">
         <v>4000</v>
       </c>
       <c r="K76" s="15">
         <v>0.00776</v>
       </c>
       <c r="L76" s="15">
         <v>0.00561</v>
       </c>
       <c r="M76" s="15">
         <v>0.0049</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E77" s="15">
         <v>10080047998</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>4000</v>
       </c>
       <c r="K77" s="15">
         <v>0.01326</v>
       </c>
       <c r="L77" s="15">
         <v>0.01017</v>
       </c>
       <c r="M77" s="15">
         <v>0.01017</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="J78" s="15">
         <v>3000</v>
       </c>
       <c r="K78" s="15">
         <v>0.01055</v>
       </c>
       <c r="L78" s="15">
         <v>0.00885</v>
       </c>
       <c r="M78" s="15">
         <v>0.00851</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.00861</v>
       </c>
       <c r="L79" s="15">
         <v>0.00722</v>
       </c>
       <c r="M79" s="15">
         <v>0.00695</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>161</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="J80" s="15">
         <v>3000</v>
       </c>
       <c r="K80" s="15">
         <v>0.01245</v>
       </c>
       <c r="L80" s="15">
         <v>0.01045</v>
       </c>
       <c r="M80" s="15">
         <v>0.01005</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I81" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="J81" s="15">
         <v>4000</v>
       </c>
       <c r="K81" s="15">
         <v>0.00903</v>
       </c>
       <c r="L81" s="15">
         <v>0.00653</v>
       </c>
       <c r="M81" s="15">
         <v>0.0057</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J82" s="15">
         <v>4000</v>
       </c>
       <c r="K82" s="15">
         <v>0.00587</v>
       </c>
       <c r="L82" s="15">
         <v>0.00508</v>
       </c>
       <c r="M82" s="15">
         <v>0.00489</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E83" s="15">
         <v>10080056315</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>148</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0216</v>
       </c>
       <c r="L83" s="15">
         <v>0.02066</v>
       </c>
       <c r="M83" s="15">
         <v>0.02066</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
         <v>0.04586</v>
       </c>
       <c r="L84" s="15">
         <v>0.03821</v>
       </c>
       <c r="M84" s="15">
         <v>0.03669</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
         <v>0.03533</v>
       </c>
       <c r="L85" s="15">
         <v>0.03062</v>
       </c>
       <c r="M85" s="15">
         <v>0.02944</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J86" s="15">
         <v>3000</v>
       </c>
       <c r="K86" s="15">
         <v>0.0504</v>
       </c>
       <c r="L86" s="15">
         <v>0.04368</v>
       </c>
       <c r="M86" s="15">
         <v>0.042</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>4000</v>
       </c>
       <c r="K87" s="15">
         <v>0.009849999999999999</v>
       </c>
       <c r="L87" s="15">
         <v>0.009849999999999999</v>
       </c>
       <c r="M87" s="15">
         <v>0.009849999999999999</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="J88" s="15">
         <v>4000</v>
       </c>
       <c r="K88" s="15">
         <v>0.00718</v>
       </c>
       <c r="L88" s="15">
         <v>0.00689</v>
       </c>
       <c r="M88" s="15">
         <v>0.0066</v>
       </c>
       <c r="N88" s="15">
-        <v>24000</v>
+        <v>32000</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J89" s="15">
         <v>4000</v>
       </c>
       <c r="K89" s="15">
         <v>0.009050000000000001</v>
       </c>
       <c r="L89" s="15">
         <v>0.00759</v>
       </c>
       <c r="M89" s="15">
         <v>0.0073</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>92</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J90" s="15">
         <v>4000</v>
       </c>
       <c r="K90" s="15">
         <v>0.01533</v>
       </c>
       <c r="L90" s="15">
         <v>0.01286</v>
       </c>
       <c r="M90" s="15">
         <v>0.01236</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H91" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J91" s="15">
         <v>4000</v>
       </c>
       <c r="K91" s="15">
         <v>0.00898</v>
       </c>
       <c r="L91" s="15">
         <v>0.00753</v>
       </c>
       <c r="M91" s="15">
         <v>0.00724</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J92" s="15">
         <v>4000</v>
       </c>
       <c r="K92" s="15">
         <v>0.00292</v>
       </c>
       <c r="L92" s="15">
         <v>0.00279</v>
       </c>
       <c r="M92" s="15">
         <v>0.00279</v>
       </c>
       <c r="N92" s="15">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="J93" s="15">
         <v>4000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00531</v>
       </c>
       <c r="L93" s="15">
         <v>0.0046</v>
       </c>
       <c r="M93" s="15">
         <v>0.00443</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E94" s="15">
         <v>10080074653</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="J94" s="15">
         <v>4000</v>
       </c>
       <c r="K94" s="15">
         <v>0.01133</v>
       </c>
       <c r="L94" s="15">
         <v>0.0095</v>
       </c>
       <c r="M94" s="15">
         <v>0.009140000000000001</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J95" s="15">
         <v>4000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00531</v>
       </c>
       <c r="L95" s="15">
         <v>0.0046</v>
       </c>
       <c r="M95" s="15">
         <v>0.00443</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E96" s="15">
         <v>10080066341</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>148</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J96" s="15">
         <v>4000</v>
       </c>
       <c r="K96" s="15">
         <v>0.008880000000000001</v>
       </c>
       <c r="L96" s="15">
         <v>0.00746</v>
       </c>
       <c r="M96" s="15">
         <v>0.00717</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E97" s="15">
         <v>10080071217</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J97" s="15">
         <v>4000</v>
       </c>
       <c r="K97" s="15">
         <v>0.01424</v>
       </c>
       <c r="L97" s="15">
         <v>0.01091</v>
       </c>
       <c r="M97" s="15">
         <v>0.01091</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E98" s="15">
         <v>10080071163</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>148</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J98" s="15">
         <v>4000</v>
       </c>
       <c r="K98" s="15">
         <v>0.01472</v>
       </c>
       <c r="L98" s="15">
         <v>0.01129</v>
       </c>
       <c r="M98" s="15">
         <v>0.01129</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E99" s="15">
         <v>10080043407</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>92</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00553</v>
       </c>
       <c r="L99" s="15">
         <v>0.00464</v>
       </c>
       <c r="M99" s="15">
         <v>0.00446</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E100" s="15">
         <v>10080069148</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>161</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.02821</v>
       </c>
       <c r="L100" s="15">
         <v>0.02163</v>
       </c>
       <c r="M100" s="15">
         <v>0.02163</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E101" s="15">
         <v>10080048928</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
         <v>0.0048</v>
       </c>
       <c r="L101" s="15">
         <v>0.0044</v>
       </c>
       <c r="M101" s="15">
         <v>0.0039</v>
       </c>
       <c r="N101" s="15">
         <v>3000</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="J102" s="15">
         <v>4000</v>
       </c>
       <c r="K102" s="15">
         <v>0.00584</v>
       </c>
       <c r="L102" s="15">
         <v>0.00506</v>
       </c>
       <c r="M102" s="15">
         <v>0.00486</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>161</v>
       </c>
       <c r="I103" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="J103" s="15">
         <v>3000</v>
       </c>
       <c r="K103" s="15">
         <v>0.01031</v>
       </c>
       <c r="L103" s="15">
         <v>0.00864</v>
       </c>
       <c r="M103" s="15">
         <v>0.00831</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>92</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J104" s="15">
         <v>4000</v>
       </c>
       <c r="K104" s="15">
         <v>0.00831</v>
       </c>
       <c r="L104" s="15">
         <v>0.0072</v>
       </c>
       <c r="M104" s="15">
         <v>0.00693</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14"/>
       <c r="C105" s="15"/>
       <c r="D105" s="15"/>
@@ -6112,317 +6119,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>