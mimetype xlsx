--- v6 (2026-03-10)
+++ v7 (2026-03-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="386">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>27.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -517,51 +517,51 @@
   <si>
     <t>0805-X7R-1000V- 2.2nF (2200pF) 10% FV21X222K102ECG</t>
   </si>
   <si>
     <t>UT-00097789</t>
   </si>
   <si>
     <t>PDC</t>
   </si>
   <si>
     <t xml:space="preserve">C0805X222K102T HEC, 0805B222K102CT Walsin, </t>
   </si>
   <si>
     <t>0805B104K101CT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.10uF (100nF) 10% 0805B104K101CT</t>
   </si>
   <si>
     <t>UT-00089679</t>
   </si>
   <si>
     <t xml:space="preserve">0805B104K101NT FENGHUA, 0805B104K101NT FENGHUA, TS18H02A104K8TB00R SUNTAN, CC0805KKX7R0BB104 YAGEO, C0805C104K1RACTU KEMET, CL21B104KCFNNNE SAMSUNG, CSA0805X7R104K101KT HRE, GRM21BR72A104KAC4L MURATA, </t>
   </si>
   <si>
-    <t>15.03.2026</t>
+    <t>23.03.2026</t>
   </si>
   <si>
     <t>0805B104K101NT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.1uF (100nF) 10% 0805B104K101NT</t>
   </si>
   <si>
     <t xml:space="preserve">0805B104K101NT FENGHUA, TS18H02A104K8TB00R SUNTAN, CC0805KKX7R0BB104 YAGEO, 0805B104K101CT Walsin, C0805C104K1RACTU KEMET, CL21B104KCFNNNE SAMSUNG, CSA0805X7R104K101KT HRE, GRM21BR72A104KAC4L MURATA, </t>
   </si>
   <si>
     <t>10-00027538</t>
   </si>
   <si>
     <t>CC0805KKX7R0BB104</t>
   </si>
   <si>
     <t>0805-X7R-100V- 0.1uF (100nF) 10% CC0805KKX7R0BB104</t>
   </si>
   <si>
     <t xml:space="preserve">0805B104K101NT FENGHUA, 0805B104K101NT FENGHUA, TS18H02A104K8TB00R SUNTAN, 0805B104K101CT Walsin, C0805C104K1RACTU KEMET, CL21B104KCFNNNE SAMSUNG, CSA0805X7R104K101KT HRE, GRM21BR72A104KAC4L MURATA, </t>
   </si>
   <si>
     <t>TS18H02A104K8TB00R</t>
   </si>
@@ -761,53 +761,50 @@
     <t>0805B103K101NT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% 0805B103K101NT</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, TCC0805X7R103K101DT CCTC, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>C2012B103K101NT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% C2012B103K101NT</t>
   </si>
   <si>
     <t xml:space="preserve">0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, TCC0805X7R103K101DT CCTC, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>CC0805KRX7R0BB103</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% CC0805KRX7R0BB103</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, TCC0805X7R103K101DT CCTC, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
-  </si>
-[...1 lines deleted...]
-    <t>12.03.2026</t>
   </si>
   <si>
     <t>MC05KTB101103</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% MC05KTB101103</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, TCC0805X7R103K101DT CCTC, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>TCC0805X7R103K101DT</t>
   </si>
   <si>
     <t>0805-X7R-100V- 10nF (0.01uF) 10% TCC0805X7R103K101DT</t>
   </si>
   <si>
     <t>UT-00153873</t>
   </si>
   <si>
     <t xml:space="preserve">C2012B103K101NT HOTTECH, 0805B103K101NT FENGHUA, 0805B103K101NT FENGHUA, CL21B103KCANNNC SAMSUNG, MC05KTB101103 VIKING, CC0805KRX7R0BB103 YAGEO, TS18H02A103K8TB00R SUNTAN, TCC0805X7R103K101DTS CCTC, </t>
   </si>
   <si>
     <t>TS18H02A103K8TB00R</t>
   </si>
@@ -2155,53 +2152,51 @@
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="J14" s="15">
         <v>4000</v>
       </c>
       <c r="K14" s="15">
         <v>0.00392</v>
       </c>
       <c r="L14" s="15">
         <v>0.00392</v>
       </c>
       <c r="M14" s="15">
         <v>0.00392</v>
       </c>
-      <c r="N14" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
@@ -3747,51 +3742,51 @@
         <v>10080066109</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J51" s="15">
         <v>3000</v>
       </c>
       <c r="K51" s="15">
         <v>0.00762</v>
       </c>
       <c r="L51" s="15">
         <v>0.0066</v>
       </c>
       <c r="M51" s="15">
         <v>0.00635</v>
       </c>
       <c r="N51" s="15">
-        <v>21000</v>
+        <v>27000</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>29</v>
       </c>
@@ -4082,53 +4077,51 @@
         <v>201</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>203</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>3000</v>
       </c>
       <c r="K59" s="15">
         <v>0.02443</v>
       </c>
       <c r="L59" s="15">
         <v>0.01768</v>
       </c>
       <c r="M59" s="15">
         <v>0.01543</v>
       </c>
-      <c r="N59" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="15" t="s">
@@ -4214,51 +4207,51 @@
         <v>214</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>215</v>
       </c>
       <c r="J62" s="15">
         <v>3000</v>
       </c>
       <c r="K62" s="15">
         <v>0.02699</v>
       </c>
       <c r="L62" s="15">
         <v>0.01953</v>
       </c>
       <c r="M62" s="15">
         <v>0.01704</v>
       </c>
       <c r="N62" s="15">
-        <v>54000</v>
+        <v>48000</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>218</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
@@ -4431,96 +4424,96 @@
         <v>10080074221</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>233</v>
       </c>
       <c r="J67" s="15">
         <v>4000</v>
       </c>
       <c r="K67" s="15">
         <v>0.01139</v>
       </c>
       <c r="L67" s="15">
         <v>0.00817</v>
       </c>
       <c r="M67" s="15">
         <v>0.00708</v>
       </c>
       <c r="N67" s="15">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E68" s="15">
         <v>10080075404</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>236</v>
       </c>
       <c r="J68" s="15">
         <v>4000</v>
       </c>
       <c r="K68" s="15">
         <v>0.00966</v>
       </c>
       <c r="L68" s="15">
         <v>0.00804</v>
       </c>
       <c r="M68" s="15">
         <v>0.00773</v>
       </c>
       <c r="N68" s="15">
-        <v>60000</v>
+        <v>72000</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E69" s="15">
         <v>10000020409</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>29</v>
       </c>
@@ -4694,1374 +4687,1372 @@
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>248</v>
       </c>
       <c r="J73" s="15">
         <v>4000</v>
       </c>
       <c r="K73" s="15">
         <v>0.00407</v>
       </c>
       <c r="L73" s="15">
         <v>0.00407</v>
       </c>
       <c r="M73" s="15">
         <v>0.00407</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
-      <c r="P73" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E74" s="15">
         <v>10080035926</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>114</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="J74" s="15">
         <v>4000</v>
       </c>
       <c r="K74" s="15">
         <v>0.0379</v>
       </c>
       <c r="L74" s="15">
         <v>0.01532</v>
       </c>
       <c r="M74" s="15">
         <v>0.01392</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="J75" s="15">
         <v>4000</v>
       </c>
       <c r="K75" s="15">
         <v>0.00413</v>
       </c>
       <c r="L75" s="15">
         <v>0.00358</v>
       </c>
       <c r="M75" s="15">
         <v>0.00344</v>
       </c>
       <c r="N75" s="15">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="O75" s="15">
-        <v>168000</v>
+        <v>144000</v>
       </c>
       <c r="P75" s="15" t="s">
         <v>167</v>
       </c>
       <c r="Q75" s="15"/>
       <c r="R75" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J76" s="15">
         <v>4000</v>
       </c>
       <c r="K76" s="15">
         <v>0.00776</v>
       </c>
       <c r="L76" s="15">
         <v>0.00561</v>
       </c>
       <c r="M76" s="15">
         <v>0.0049</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E77" s="15">
         <v>10080047998</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>4000</v>
       </c>
       <c r="K77" s="15">
         <v>0.01326</v>
       </c>
       <c r="L77" s="15">
         <v>0.01017</v>
       </c>
       <c r="M77" s="15">
         <v>0.01017</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="J78" s="15">
         <v>3000</v>
       </c>
       <c r="K78" s="15">
         <v>0.01055</v>
       </c>
       <c r="L78" s="15">
         <v>0.00885</v>
       </c>
       <c r="M78" s="15">
         <v>0.00851</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>267</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.00861</v>
       </c>
       <c r="L79" s="15">
         <v>0.00722</v>
       </c>
       <c r="M79" s="15">
         <v>0.00695</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>271</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>161</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J80" s="15">
         <v>3000</v>
       </c>
       <c r="K80" s="15">
         <v>0.01245</v>
       </c>
       <c r="L80" s="15">
         <v>0.01045</v>
       </c>
       <c r="M80" s="15">
         <v>0.01005</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>275</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I81" s="15" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="J81" s="15">
         <v>4000</v>
       </c>
       <c r="K81" s="15">
         <v>0.00903</v>
       </c>
       <c r="L81" s="15">
         <v>0.00653</v>
       </c>
       <c r="M81" s="15">
         <v>0.0057</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>279</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J82" s="15">
         <v>4000</v>
       </c>
       <c r="K82" s="15">
         <v>0.00587</v>
       </c>
       <c r="L82" s="15">
         <v>0.00508</v>
       </c>
       <c r="M82" s="15">
         <v>0.00489</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E83" s="15">
         <v>10080056315</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>148</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0216</v>
       </c>
       <c r="L83" s="15">
         <v>0.02066</v>
       </c>
       <c r="M83" s="15">
         <v>0.02066</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
         <v>0.04586</v>
       </c>
       <c r="L84" s="15">
         <v>0.03821</v>
       </c>
       <c r="M84" s="15">
         <v>0.03669</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>289</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
         <v>0.03533</v>
       </c>
       <c r="L85" s="15">
         <v>0.03062</v>
       </c>
       <c r="M85" s="15">
         <v>0.02944</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>293</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J86" s="15">
         <v>3000</v>
       </c>
       <c r="K86" s="15">
         <v>0.0504</v>
       </c>
       <c r="L86" s="15">
         <v>0.04368</v>
       </c>
       <c r="M86" s="15">
         <v>0.042</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>4000</v>
       </c>
       <c r="K87" s="15">
         <v>0.009849999999999999</v>
       </c>
       <c r="L87" s="15">
         <v>0.009849999999999999</v>
       </c>
       <c r="M87" s="15">
         <v>0.009849999999999999</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>300</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="J88" s="15">
         <v>4000</v>
       </c>
       <c r="K88" s="15">
         <v>0.00718</v>
       </c>
       <c r="L88" s="15">
         <v>0.00689</v>
       </c>
       <c r="M88" s="15">
         <v>0.0066</v>
       </c>
       <c r="N88" s="15">
-        <v>32000</v>
+        <v>24000</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>304</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J89" s="15">
         <v>4000</v>
       </c>
       <c r="K89" s="15">
         <v>0.009050000000000001</v>
       </c>
       <c r="L89" s="15">
         <v>0.00759</v>
       </c>
       <c r="M89" s="15">
         <v>0.0073</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>308</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>92</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="J90" s="15">
         <v>4000</v>
       </c>
       <c r="K90" s="15">
         <v>0.01533</v>
       </c>
       <c r="L90" s="15">
         <v>0.01286</v>
       </c>
       <c r="M90" s="15">
         <v>0.01236</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>308</v>
       </c>
-      <c r="D91" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" s="15" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H91" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="I91" s="15" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="J91" s="15">
         <v>4000</v>
       </c>
       <c r="K91" s="15">
         <v>0.00898</v>
       </c>
       <c r="L91" s="15">
         <v>0.00753</v>
       </c>
       <c r="M91" s="15">
         <v>0.00724</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>315</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="J92" s="15">
         <v>4000</v>
       </c>
       <c r="K92" s="15">
         <v>0.00292</v>
       </c>
       <c r="L92" s="15">
         <v>0.00279</v>
       </c>
       <c r="M92" s="15">
         <v>0.00279</v>
       </c>
       <c r="N92" s="15">
         <v>12000</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>319</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="J93" s="15">
         <v>4000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00531</v>
       </c>
       <c r="L93" s="15">
         <v>0.0046</v>
       </c>
       <c r="M93" s="15">
         <v>0.00443</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="E94" s="15">
         <v>10080074653</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="J94" s="15">
         <v>4000</v>
       </c>
       <c r="K94" s="15">
         <v>0.01133</v>
       </c>
       <c r="L94" s="15">
         <v>0.0095</v>
       </c>
       <c r="M94" s="15">
         <v>0.009140000000000001</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>326</v>
       </c>
-      <c r="D95" s="15" t="s">
+      <c r="E95" s="15" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J95" s="15">
         <v>4000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00531</v>
       </c>
       <c r="L95" s="15">
         <v>0.0046</v>
       </c>
       <c r="M95" s="15">
         <v>0.00443</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="E96" s="15">
         <v>10080066341</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>148</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="J96" s="15">
         <v>4000</v>
       </c>
       <c r="K96" s="15">
         <v>0.008880000000000001</v>
       </c>
       <c r="L96" s="15">
         <v>0.00746</v>
       </c>
       <c r="M96" s="15">
         <v>0.00717</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E97" s="15">
         <v>10080071217</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="J97" s="15">
         <v>4000</v>
       </c>
       <c r="K97" s="15">
         <v>0.01424</v>
       </c>
       <c r="L97" s="15">
         <v>0.01091</v>
       </c>
       <c r="M97" s="15">
         <v>0.01091</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="E98" s="15">
         <v>10080071163</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>148</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="J98" s="15">
         <v>4000</v>
       </c>
       <c r="K98" s="15">
         <v>0.01472</v>
       </c>
       <c r="L98" s="15">
         <v>0.01129</v>
       </c>
       <c r="M98" s="15">
         <v>0.01129</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="E99" s="15">
         <v>10080043407</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>92</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00553</v>
       </c>
       <c r="L99" s="15">
         <v>0.00464</v>
       </c>
       <c r="M99" s="15">
         <v>0.00446</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E100" s="15">
         <v>10080069148</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>161</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.02821</v>
       </c>
       <c r="L100" s="15">
         <v>0.02163</v>
       </c>
       <c r="M100" s="15">
         <v>0.02163</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="E101" s="15">
         <v>10080048928</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
         <v>0.0048</v>
       </c>
       <c r="L101" s="15">
         <v>0.0044</v>
       </c>
       <c r="M101" s="15">
         <v>0.0039</v>
       </c>
       <c r="N101" s="15">
         <v>3000</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>348</v>
       </c>
-      <c r="D102" s="15" t="s">
+      <c r="E102" s="15" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="J102" s="15">
         <v>4000</v>
       </c>
       <c r="K102" s="15">
         <v>0.00584</v>
       </c>
       <c r="L102" s="15">
         <v>0.00506</v>
       </c>
       <c r="M102" s="15">
         <v>0.00486</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>352</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>161</v>
       </c>
       <c r="I103" s="15" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="J103" s="15">
         <v>3000</v>
       </c>
       <c r="K103" s="15">
         <v>0.01031</v>
       </c>
       <c r="L103" s="15">
         <v>0.00864</v>
       </c>
       <c r="M103" s="15">
         <v>0.00831</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>356</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>92</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="J104" s="15">
         <v>4000</v>
       </c>
       <c r="K104" s="15">
         <v>0.00831</v>
       </c>
       <c r="L104" s="15">
         <v>0.0072</v>
       </c>
       <c r="M104" s="15">
         <v>0.00693</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14"/>
       <c r="C105" s="15"/>
       <c r="D105" s="15"/>
@@ -6119,317 +6110,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>368</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>