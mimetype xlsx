--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -257,50 +257,53 @@
     <t>DS1026-03-1x68B1XBX</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм SMT Вертикальные / PBS2-06SA (DS1026-03-1x68B1XBX)</t>
   </si>
   <si>
     <t>10-00055769</t>
   </si>
   <si>
     <t>CH-200-FH-1X7P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-07 (CH-200-FH-1X7P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-01-1x7S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-07 (DS1026-01-1x7S8BV)</t>
   </si>
   <si>
     <t>CH-200-FH-1X8P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-08 (CH-200-FH-1X8P-4.3-GO-A)</t>
+  </si>
+  <si>
+    <t>21.04.2026</t>
   </si>
   <si>
     <t>DS1026-01-1x8S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-08 (DS1026-01-1x8S8BV)</t>
   </si>
   <si>
     <t>PBS2-09</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-09</t>
   </si>
   <si>
     <t>10-00055764</t>
   </si>
   <si>
     <t>CH-200-FH-1X9P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-09 (CH-200-FH-1X9P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-01-1x9S8BV</t>
   </si>
@@ -1409,209 +1412,211 @@
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.43637</v>
       </c>
       <c r="L12" s="15">
         <v>0.31571</v>
       </c>
       <c r="M12" s="15">
         <v>0.27549</v>
       </c>
       <c r="N12" s="15">
-        <v>670</v>
+        <v>750</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10000014661</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1200</v>
       </c>
       <c r="K13" s="15">
         <v>0.03177</v>
       </c>
       <c r="L13" s="15">
         <v>0.02298</v>
       </c>
       <c r="M13" s="15">
         <v>0.02006</v>
       </c>
       <c r="N13" s="15">
-        <v>50797</v>
+        <v>49302</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000014662</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>87</v>
       </c>
       <c r="K14" s="15">
         <v>0.03296</v>
       </c>
       <c r="L14" s="15">
         <v>0.02856</v>
       </c>
       <c r="M14" s="15">
         <v>0.02746</v>
       </c>
       <c r="N14" s="15">
-        <v>81404</v>
+        <v>92555</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080066372</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.0401</v>
       </c>
       <c r="L15" s="15">
         <v>0.03475</v>
       </c>
       <c r="M15" s="15">
         <v>0.03341</v>
       </c>
       <c r="N15" s="15">
-        <v>1612</v>
+        <v>2080</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15">
         <v>10000014663</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>67</v>
       </c>
       <c r="K16" s="15">
         <v>0.03983</v>
       </c>
       <c r="L16" s="15">
         <v>0.03452</v>
       </c>
       <c r="M16" s="15">
         <v>0.03319</v>
       </c>
       <c r="N16" s="15">
-        <v>26996</v>
-[...1 lines deleted...]
-      <c r="O16" s="15"/>
+        <v>34644</v>
+      </c>
+      <c r="O16" s="15">
+        <v>7700</v>
+      </c>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
@@ -1641,90 +1646,90 @@
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080072007</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.06101</v>
       </c>
       <c r="L18" s="15">
         <v>0.04358</v>
       </c>
       <c r="M18" s="15">
         <v>0.03922</v>
       </c>
       <c r="N18" s="15">
-        <v>421</v>
+        <v>477</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10000014664</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>54</v>
       </c>
       <c r="K19" s="15">
         <v>0.06349</v>
       </c>
       <c r="L19" s="15">
         <v>0.04594</v>
       </c>
       <c r="M19" s="15">
         <v>0.04009</v>
       </c>
       <c r="N19" s="15">
-        <v>19945</v>
+        <v>22131</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I20" s="15"/>
@@ -1793,168 +1798,168 @@
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080052288</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.07706</v>
       </c>
       <c r="L22" s="15">
         <v>0.05575</v>
       </c>
       <c r="M22" s="15">
         <v>0.04865</v>
       </c>
       <c r="N22" s="15">
-        <v>540</v>
+        <v>506</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.07426000000000001</v>
       </c>
       <c r="L23" s="15">
         <v>0.05373</v>
       </c>
       <c r="M23" s="15">
         <v>0.04688</v>
       </c>
       <c r="N23" s="15">
-        <v>6090</v>
+        <v>5110</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080006331</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>45</v>
       </c>
       <c r="K24" s="15">
         <v>0.07353999999999999</v>
       </c>
       <c r="L24" s="15">
         <v>0.05321</v>
       </c>
       <c r="M24" s="15">
         <v>0.04643</v>
       </c>
       <c r="N24" s="15">
-        <v>114480</v>
+        <v>94966</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>46</v>
       </c>
       <c r="K25" s="15">
         <v>0.0793</v>
       </c>
       <c r="L25" s="15">
         <v>0.05737</v>
       </c>
       <c r="M25" s="15">
         <v>0.05007</v>
       </c>
       <c r="N25" s="15">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I26" s="15"/>
@@ -1986,1247 +1991,1267 @@
       <c r="D27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="15">
         <v>10080052289</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.04551</v>
       </c>
       <c r="L27" s="15">
         <v>0.03944</v>
       </c>
       <c r="M27" s="15">
         <v>0.03793</v>
       </c>
       <c r="N27" s="15">
-        <v>3981</v>
+        <v>3310</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10080017743</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>39</v>
       </c>
       <c r="K28" s="15">
         <v>0.08719</v>
       </c>
       <c r="L28" s="15">
         <v>0.06308</v>
       </c>
       <c r="M28" s="15">
         <v>0.05505</v>
       </c>
       <c r="N28" s="15">
-        <v>11773</v>
-[...1 lines deleted...]
-      <c r="O28" s="15"/>
+        <v>11225</v>
+      </c>
+      <c r="O28" s="15">
+        <v>4100</v>
+      </c>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E29" s="15">
         <v>10080052290</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>600</v>
       </c>
       <c r="K29" s="15">
         <v>0.06714000000000001</v>
       </c>
       <c r="L29" s="15">
         <v>0.04858</v>
       </c>
       <c r="M29" s="15">
         <v>0.04239</v>
       </c>
       <c r="N29" s="15">
-        <v>280</v>
-[...2 lines deleted...]
-      <c r="P29" s="15"/>
+        <v>315</v>
+      </c>
+      <c r="O29" s="15">
+        <v>1080</v>
+      </c>
+      <c r="P29" s="15" t="s">
+        <v>81</v>
+      </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E30" s="15">
         <v>10000014665</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>34</v>
       </c>
       <c r="K30" s="15">
         <v>0.09834</v>
       </c>
       <c r="L30" s="15">
         <v>0.07115</v>
       </c>
       <c r="M30" s="15">
         <v>0.06209</v>
       </c>
       <c r="N30" s="15">
-        <v>4360</v>
-[...1 lines deleted...]
-      <c r="O30" s="15"/>
+        <v>4074</v>
+      </c>
+      <c r="O30" s="15">
+        <v>3950</v>
+      </c>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>31</v>
       </c>
       <c r="K31" s="15">
         <v>0.23771</v>
       </c>
       <c r="L31" s="15">
         <v>0.18967</v>
       </c>
       <c r="M31" s="15">
         <v>0.17735</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080070676</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>520</v>
       </c>
       <c r="K32" s="15">
         <v>0.08578</v>
       </c>
       <c r="L32" s="15">
         <v>0.06206</v>
       </c>
       <c r="M32" s="15">
         <v>0.05416</v>
       </c>
       <c r="N32" s="15">
-        <v>708</v>
+        <v>843</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080016309</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>30</v>
       </c>
       <c r="K33" s="15">
         <v>0.11539</v>
       </c>
       <c r="L33" s="15">
         <v>0.08348999999999999</v>
       </c>
       <c r="M33" s="15">
         <v>0.07285</v>
       </c>
       <c r="N33" s="15">
-        <v>1297</v>
+        <v>961</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>28</v>
       </c>
       <c r="K34" s="15">
         <v>0.08935999999999999</v>
       </c>
       <c r="L34" s="15">
         <v>0.06038</v>
       </c>
       <c r="M34" s="15">
         <v>0.05555</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E35" s="15">
         <v>10080061334</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>480</v>
       </c>
       <c r="K35" s="15">
         <v>0.10524</v>
       </c>
       <c r="L35" s="15">
         <v>0.07614</v>
       </c>
       <c r="M35" s="15">
         <v>0.06644</v>
       </c>
       <c r="N35" s="15">
-        <v>14725</v>
+        <v>14217</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E36" s="15">
         <v>10000014666</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>28</v>
       </c>
       <c r="K36" s="15">
         <v>0.12271</v>
       </c>
       <c r="L36" s="15">
         <v>0.08878</v>
       </c>
       <c r="M36" s="15">
         <v>0.07747</v>
       </c>
       <c r="N36" s="15">
-        <v>18022</v>
+        <v>21188</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>800</v>
       </c>
       <c r="K37" s="15">
         <v>0.35363</v>
       </c>
       <c r="L37" s="15">
         <v>0.30648</v>
       </c>
       <c r="M37" s="15">
         <v>0.29469</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E38" s="15">
         <v>10080040535</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>25</v>
       </c>
       <c r="K38" s="15">
         <v>0.13337</v>
       </c>
       <c r="L38" s="15">
         <v>0.09649000000000001</v>
       </c>
       <c r="M38" s="15">
         <v>0.0842</v>
       </c>
       <c r="N38" s="15"/>
-      <c r="O38" s="15"/>
+      <c r="O38" s="15">
+        <v>1520</v>
+      </c>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10080045607</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>25</v>
       </c>
       <c r="K39" s="15">
         <v>0.39926</v>
       </c>
       <c r="L39" s="15">
         <v>0.28886</v>
       </c>
       <c r="M39" s="15">
         <v>0.25207</v>
       </c>
       <c r="N39" s="15">
-        <v>1617</v>
+        <v>1656</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E40" s="15">
         <v>10080052291</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.1037</v>
       </c>
       <c r="L40" s="15">
         <v>0.07503</v>
       </c>
       <c r="M40" s="15">
         <v>0.06547</v>
       </c>
       <c r="N40" s="15"/>
-      <c r="O40" s="15"/>
-      <c r="P40" s="15"/>
+      <c r="O40" s="15">
+        <v>1068</v>
+      </c>
+      <c r="P40" s="15" t="s">
+        <v>81</v>
+      </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E41" s="15">
         <v>10080018030</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>23</v>
       </c>
       <c r="K41" s="15">
         <v>0.1317</v>
       </c>
       <c r="L41" s="15">
         <v>0.09528</v>
       </c>
       <c r="M41" s="15">
         <v>0.08315</v>
       </c>
       <c r="N41" s="15"/>
-      <c r="O41" s="15"/>
+      <c r="O41" s="15">
+        <v>1560</v>
+      </c>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
         <v>0.14407</v>
       </c>
       <c r="L42" s="15">
         <v>0.12084</v>
       </c>
       <c r="M42" s="15">
         <v>0.11619</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E43" s="15">
         <v>10080066331</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>21</v>
       </c>
       <c r="K43" s="15">
         <v>0.16138</v>
       </c>
       <c r="L43" s="15">
         <v>0.11676</v>
       </c>
       <c r="M43" s="15">
         <v>0.10189</v>
       </c>
       <c r="N43" s="15">
         <v>25</v>
       </c>
-      <c r="O43" s="15"/>
+      <c r="O43" s="15">
+        <v>700</v>
+      </c>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.61583</v>
       </c>
       <c r="L44" s="15">
         <v>0.3695</v>
       </c>
       <c r="M44" s="15">
         <v>0.30791</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E45" s="15">
         <v>10080052292</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>280</v>
       </c>
       <c r="K45" s="15">
         <v>0.1704</v>
       </c>
       <c r="L45" s="15">
         <v>0.12216</v>
       </c>
       <c r="M45" s="15">
         <v>0.10609</v>
       </c>
       <c r="N45" s="15">
-        <v>1183</v>
+        <v>1199</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E46" s="15">
         <v>10080006330</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>17</v>
       </c>
       <c r="K46" s="15">
         <v>0.18744</v>
       </c>
       <c r="L46" s="15">
         <v>0.13561</v>
       </c>
       <c r="M46" s="15">
         <v>0.11834</v>
       </c>
       <c r="N46" s="15">
         <v>28</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.16582</v>
       </c>
       <c r="L47" s="15">
         <v>0.13907</v>
       </c>
       <c r="M47" s="15">
         <v>0.13373</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>3000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>800</v>
       </c>
       <c r="K48" s="15">
         <v>0.61736</v>
       </c>
       <c r="L48" s="15">
         <v>0.53504</v>
       </c>
       <c r="M48" s="15">
         <v>0.51446</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E49" s="15">
         <v>10080052293</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>240</v>
       </c>
       <c r="K49" s="15">
         <v>0.17214</v>
       </c>
       <c r="L49" s="15">
         <v>0.12455</v>
       </c>
       <c r="M49" s="15">
         <v>0.10868</v>
       </c>
       <c r="N49" s="15">
-        <v>1202</v>
+        <v>1302</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E50" s="15">
         <v>10000014668</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>14</v>
       </c>
       <c r="K50" s="15">
         <v>0.22592</v>
       </c>
       <c r="L50" s="15">
         <v>0.16345</v>
       </c>
       <c r="M50" s="15">
         <v>0.14263</v>
       </c>
       <c r="N50" s="15"/>
-      <c r="O50" s="15"/>
+      <c r="O50" s="15">
+        <v>1560</v>
+      </c>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E51" s="15">
         <v>10080041341</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>11</v>
       </c>
       <c r="K51" s="15">
         <v>0.1647</v>
       </c>
       <c r="L51" s="15">
         <v>0.14274</v>
       </c>
       <c r="M51" s="15">
         <v>0.13725</v>
       </c>
       <c r="N51" s="15">
-        <v>17068</v>
+        <v>23783</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E52" s="15">
         <v>10080066373</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>160</v>
       </c>
       <c r="K52" s="15">
         <v>0.23759</v>
       </c>
       <c r="L52" s="15">
         <v>0.1719</v>
       </c>
       <c r="M52" s="15">
         <v>0.15</v>
       </c>
       <c r="N52" s="15">
-        <v>1303</v>
+        <v>1358</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E53" s="15">
         <v>10000014669</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>11</v>
       </c>
       <c r="K53" s="15">
         <v>0.23976</v>
       </c>
       <c r="L53" s="15">
         <v>0.17347</v>
       </c>
       <c r="M53" s="15">
         <v>0.15137</v>
       </c>
       <c r="N53" s="15">
-        <v>1170</v>
+        <v>920</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E54" s="15">
         <v>10080031690</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>10</v>
       </c>
       <c r="K54" s="15">
         <v>0.37648</v>
       </c>
       <c r="L54" s="15">
         <v>0.21442</v>
       </c>
       <c r="M54" s="15">
         <v>0.19572</v>
       </c>
       <c r="N54" s="15">
-        <v>337</v>
+        <v>466</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E55" s="15">
         <v>10000014670</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>144</v>
       </c>
       <c r="K55" s="15">
         <v>0.48244</v>
       </c>
       <c r="L55" s="15">
         <v>0.25335</v>
       </c>
       <c r="M55" s="15">
         <v>0.22921</v>
       </c>
       <c r="N55" s="15">
-        <v>627</v>
+        <v>658</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>1.35</v>
       </c>
       <c r="L56" s="15">
         <v>0.76362</v>
       </c>
       <c r="M56" s="15">
         <v>0.67741</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E57" s="15">
         <v>10080052294</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>120</v>
       </c>
       <c r="K57" s="15">
         <v>0.30288</v>
       </c>
       <c r="L57" s="15">
         <v>0.21635</v>
       </c>
       <c r="M57" s="15">
         <v>0.19471</v>
       </c>
       <c r="N57" s="15">
-        <v>670</v>
+        <v>810</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E58" s="15">
         <v>10000011592</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>7</v>
       </c>
       <c r="K58" s="15">
         <v>0.33314</v>
       </c>
       <c r="L58" s="15">
         <v>0.24103</v>
       </c>
       <c r="M58" s="15">
         <v>0.21032</v>
       </c>
       <c r="N58" s="15">
-        <v>1378</v>
+        <v>1103</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E59" s="15">
         <v>10080010463</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>7</v>
       </c>
       <c r="K59" s="15">
         <v>0.72667</v>
       </c>
       <c r="L59" s="15">
         <v>0.38058</v>
       </c>
       <c r="M59" s="15">
         <v>0.36334</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
@@ -3291,317 +3316,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>