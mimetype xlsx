--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1412,90 +1412,90 @@
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.43637</v>
       </c>
       <c r="L12" s="15">
         <v>0.31571</v>
       </c>
       <c r="M12" s="15">
         <v>0.27549</v>
       </c>
       <c r="N12" s="15">
-        <v>750</v>
+        <v>900</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10000014661</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1200</v>
       </c>
       <c r="K13" s="15">
         <v>0.03177</v>
       </c>
       <c r="L13" s="15">
         <v>0.02298</v>
       </c>
       <c r="M13" s="15">
         <v>0.02006</v>
       </c>
       <c r="N13" s="15">
-        <v>49302</v>
+        <v>65736</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000014662</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I14" s="15"/>
@@ -1529,93 +1529,93 @@
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080066372</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.0401</v>
       </c>
       <c r="L15" s="15">
         <v>0.03475</v>
       </c>
       <c r="M15" s="15">
         <v>0.03341</v>
       </c>
       <c r="N15" s="15">
-        <v>2080</v>
+        <v>1664</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15">
         <v>10000014663</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>67</v>
       </c>
       <c r="K16" s="15">
         <v>0.03983</v>
       </c>
       <c r="L16" s="15">
         <v>0.03452</v>
       </c>
       <c r="M16" s="15">
         <v>0.03319</v>
       </c>
       <c r="N16" s="15">
-        <v>34644</v>
+        <v>35094</v>
       </c>
       <c r="O16" s="15">
-        <v>7700</v>
+        <v>7800</v>
       </c>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
@@ -1646,90 +1646,90 @@
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080072007</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.06101</v>
       </c>
       <c r="L18" s="15">
         <v>0.04358</v>
       </c>
       <c r="M18" s="15">
         <v>0.03922</v>
       </c>
       <c r="N18" s="15">
-        <v>477</v>
+        <v>559</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10000014664</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>54</v>
       </c>
       <c r="K19" s="15">
         <v>0.06349</v>
       </c>
       <c r="L19" s="15">
         <v>0.04594</v>
       </c>
       <c r="M19" s="15">
         <v>0.04009</v>
       </c>
       <c r="N19" s="15">
-        <v>22131</v>
+        <v>16666</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I20" s="15"/>
@@ -1798,168 +1798,168 @@
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080052288</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.07706</v>
       </c>
       <c r="L22" s="15">
         <v>0.05575</v>
       </c>
       <c r="M22" s="15">
         <v>0.04865</v>
       </c>
       <c r="N22" s="15">
-        <v>506</v>
+        <v>574</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.07426000000000001</v>
       </c>
       <c r="L23" s="15">
         <v>0.05373</v>
       </c>
       <c r="M23" s="15">
         <v>0.04688</v>
       </c>
       <c r="N23" s="15">
-        <v>5110</v>
+        <v>5250</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080006331</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>45</v>
       </c>
       <c r="K24" s="15">
         <v>0.07353999999999999</v>
       </c>
       <c r="L24" s="15">
         <v>0.05321</v>
       </c>
       <c r="M24" s="15">
         <v>0.04643</v>
       </c>
       <c r="N24" s="15">
-        <v>94966</v>
+        <v>102772</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>46</v>
       </c>
       <c r="K25" s="15">
         <v>0.0793</v>
       </c>
       <c r="L25" s="15">
         <v>0.05737</v>
       </c>
       <c r="M25" s="15">
         <v>0.05007</v>
       </c>
       <c r="N25" s="15">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I26" s="15"/>
@@ -1991,177 +1991,177 @@
       <c r="D27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="15">
         <v>10080052289</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.04551</v>
       </c>
       <c r="L27" s="15">
         <v>0.03944</v>
       </c>
       <c r="M27" s="15">
         <v>0.03793</v>
       </c>
       <c r="N27" s="15">
-        <v>3310</v>
+        <v>3176</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10080017743</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>39</v>
       </c>
       <c r="K28" s="15">
         <v>0.08719</v>
       </c>
       <c r="L28" s="15">
         <v>0.06308</v>
       </c>
       <c r="M28" s="15">
         <v>0.05505</v>
       </c>
       <c r="N28" s="15">
-        <v>11225</v>
+        <v>10952</v>
       </c>
       <c r="O28" s="15">
-        <v>4100</v>
+        <v>4000</v>
       </c>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E29" s="15">
         <v>10080052290</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>600</v>
       </c>
       <c r="K29" s="15">
         <v>0.06714000000000001</v>
       </c>
       <c r="L29" s="15">
         <v>0.04858</v>
       </c>
       <c r="M29" s="15">
         <v>0.04239</v>
       </c>
       <c r="N29" s="15">
-        <v>315</v>
+        <v>280</v>
       </c>
       <c r="O29" s="15">
-        <v>1080</v>
+        <v>960</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E30" s="15">
         <v>10000014665</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>34</v>
       </c>
       <c r="K30" s="15">
         <v>0.09834</v>
       </c>
       <c r="L30" s="15">
         <v>0.07115</v>
       </c>
       <c r="M30" s="15">
         <v>0.06209</v>
       </c>
       <c r="N30" s="15">
-        <v>4074</v>
+        <v>4486</v>
       </c>
       <c r="O30" s="15">
-        <v>3950</v>
+        <v>4350</v>
       </c>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
@@ -2192,90 +2192,90 @@
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080070676</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>520</v>
       </c>
       <c r="K32" s="15">
         <v>0.08578</v>
       </c>
       <c r="L32" s="15">
         <v>0.06206</v>
       </c>
       <c r="M32" s="15">
         <v>0.05416</v>
       </c>
       <c r="N32" s="15">
-        <v>843</v>
+        <v>687</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080016309</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>30</v>
       </c>
       <c r="K33" s="15">
         <v>0.11539</v>
       </c>
       <c r="L33" s="15">
         <v>0.08348999999999999</v>
       </c>
       <c r="M33" s="15">
         <v>0.07285</v>
       </c>
       <c r="N33" s="15">
-        <v>961</v>
+        <v>1037</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
@@ -2307,90 +2307,90 @@
       <c r="D35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E35" s="15">
         <v>10080061334</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>480</v>
       </c>
       <c r="K35" s="15">
         <v>0.10524</v>
       </c>
       <c r="L35" s="15">
         <v>0.07614</v>
       </c>
       <c r="M35" s="15">
         <v>0.06644</v>
       </c>
       <c r="N35" s="15">
-        <v>14217</v>
+        <v>13033</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="15">
         <v>10000014666</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>28</v>
       </c>
       <c r="K36" s="15">
         <v>0.12271</v>
       </c>
       <c r="L36" s="15">
         <v>0.08878</v>
       </c>
       <c r="M36" s="15">
         <v>0.07747</v>
       </c>
       <c r="N36" s="15">
-        <v>21188</v>
+        <v>16073</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
@@ -2423,170 +2423,170 @@
         <v>102</v>
       </c>
       <c r="E38" s="15">
         <v>10080040535</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>25</v>
       </c>
       <c r="K38" s="15">
         <v>0.13337</v>
       </c>
       <c r="L38" s="15">
         <v>0.09649000000000001</v>
       </c>
       <c r="M38" s="15">
         <v>0.0842</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15">
-        <v>1520</v>
+        <v>1340</v>
       </c>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10080045607</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>25</v>
       </c>
       <c r="K39" s="15">
         <v>0.39926</v>
       </c>
       <c r="L39" s="15">
         <v>0.28886</v>
       </c>
       <c r="M39" s="15">
         <v>0.25207</v>
       </c>
       <c r="N39" s="15">
-        <v>1656</v>
+        <v>1423</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E40" s="15">
         <v>10080052291</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.1037</v>
       </c>
       <c r="L40" s="15">
         <v>0.07503</v>
       </c>
       <c r="M40" s="15">
         <v>0.06547</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15">
-        <v>1068</v>
+        <v>973</v>
       </c>
       <c r="P40" s="15" t="s">
         <v>81</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E41" s="15">
         <v>10080018030</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>23</v>
       </c>
       <c r="K41" s="15">
         <v>0.1317</v>
       </c>
       <c r="L41" s="15">
         <v>0.09528</v>
       </c>
       <c r="M41" s="15">
         <v>0.08315</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15">
-        <v>1560</v>
+        <v>1520</v>
       </c>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
@@ -2620,51 +2620,51 @@
       <c r="E43" s="15">
         <v>10080066331</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>21</v>
       </c>
       <c r="K43" s="15">
         <v>0.16138</v>
       </c>
       <c r="L43" s="15">
         <v>0.11676</v>
       </c>
       <c r="M43" s="15">
         <v>0.10189</v>
       </c>
       <c r="N43" s="15">
         <v>25</v>
       </c>
       <c r="O43" s="15">
-        <v>700</v>
+        <v>790</v>
       </c>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15"/>
@@ -2693,51 +2693,51 @@
       <c r="D45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E45" s="15">
         <v>10080052292</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>280</v>
       </c>
       <c r="K45" s="15">
         <v>0.1704</v>
       </c>
       <c r="L45" s="15">
         <v>0.12216</v>
       </c>
       <c r="M45" s="15">
         <v>0.10609</v>
       </c>
       <c r="N45" s="15">
-        <v>1199</v>
+        <v>986</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E46" s="15">
         <v>10080006330</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I46" s="15"/>
@@ -2845,246 +2845,246 @@
       <c r="D49" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E49" s="15">
         <v>10080052293</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>240</v>
       </c>
       <c r="K49" s="15">
         <v>0.17214</v>
       </c>
       <c r="L49" s="15">
         <v>0.12455</v>
       </c>
       <c r="M49" s="15">
         <v>0.10868</v>
       </c>
       <c r="N49" s="15">
-        <v>1302</v>
+        <v>1442</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E50" s="15">
         <v>10000014668</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>14</v>
       </c>
       <c r="K50" s="15">
         <v>0.22592</v>
       </c>
       <c r="L50" s="15">
         <v>0.16345</v>
       </c>
       <c r="M50" s="15">
         <v>0.14263</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15">
-        <v>1560</v>
+        <v>1300</v>
       </c>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E51" s="15">
         <v>10080041341</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>11</v>
       </c>
       <c r="K51" s="15">
         <v>0.1647</v>
       </c>
       <c r="L51" s="15">
         <v>0.14274</v>
       </c>
       <c r="M51" s="15">
         <v>0.13725</v>
       </c>
       <c r="N51" s="15">
-        <v>23783</v>
+        <v>17908</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E52" s="15">
         <v>10080066373</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>160</v>
       </c>
       <c r="K52" s="15">
         <v>0.23759</v>
       </c>
       <c r="L52" s="15">
         <v>0.1719</v>
       </c>
       <c r="M52" s="15">
         <v>0.15</v>
       </c>
       <c r="N52" s="15">
-        <v>1358</v>
+        <v>1542</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E53" s="15">
         <v>10000014669</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>11</v>
       </c>
       <c r="K53" s="15">
         <v>0.23976</v>
       </c>
       <c r="L53" s="15">
         <v>0.17347</v>
       </c>
       <c r="M53" s="15">
         <v>0.15137</v>
       </c>
       <c r="N53" s="15">
-        <v>920</v>
+        <v>189</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E54" s="15">
         <v>10080031690</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>10</v>
       </c>
       <c r="K54" s="15">
         <v>0.37648</v>
       </c>
       <c r="L54" s="15">
         <v>0.21442</v>
       </c>
       <c r="M54" s="15">
         <v>0.19572</v>
       </c>
       <c r="N54" s="15">
-        <v>466</v>
+        <v>440</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E55" s="15">
         <v>10000014670</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I55" s="15"/>
@@ -3153,51 +3153,51 @@
       <c r="D57" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E57" s="15">
         <v>10080052294</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>120</v>
       </c>
       <c r="K57" s="15">
         <v>0.30288</v>
       </c>
       <c r="L57" s="15">
         <v>0.21635</v>
       </c>
       <c r="M57" s="15">
         <v>0.19471</v>
       </c>
       <c r="N57" s="15">
-        <v>810</v>
+        <v>790</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E58" s="15">
         <v>10000011592</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I58" s="15"/>