--- v2 (2025-12-16)
+++ v3 (2026-01-11)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -164,50 +164,53 @@
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-02 (DS1026-01-1x2S8BV) (PBS2-2)</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>DS1026-01-1x3S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-03 (DS1026-01-1x3S8BV)</t>
   </si>
   <si>
     <t>CH-200-FH-1X4P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-04 (CH-200-FH-1X4P-4.3-GO-A)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
     <t>DS1026-01-1x4S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-04 (DS1026-01-1x4S8BV)</t>
+  </si>
+  <si>
+    <t>03.05.2026</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-1-04-S</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-04 (L-KLS1-208B-4.3-1-04-S)</t>
   </si>
   <si>
     <t>UT-00129585</t>
   </si>
   <si>
     <t>CH-200-FH-1X5P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-05 (CH-200-FH-1X5P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-01-1x5S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-05 (DS1026-01-1x5S8BV)</t>
   </si>
   <si>
     <t>DS1026-03-1x58B2SRX</t>
   </si>
@@ -1333,1925 +1336,1939 @@
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
-        <v>0.07165000000000001</v>
+        <v>0.04272</v>
       </c>
       <c r="L10" s="15">
-        <v>0.05183</v>
+        <v>0.03702</v>
       </c>
       <c r="M10" s="15">
-        <v>0.04523</v>
+        <v>0.0356</v>
       </c>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
-        <v>0.35519</v>
+        <v>0.21179</v>
       </c>
       <c r="L11" s="15">
-        <v>0.25698</v>
+        <v>0.18355</v>
       </c>
       <c r="M11" s="15">
-        <v>0.22424</v>
+        <v>0.17649</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
-        <v>0.43637</v>
+        <v>0.26804</v>
       </c>
       <c r="L12" s="15">
-        <v>0.31571</v>
+        <v>0.2323</v>
       </c>
       <c r="M12" s="15">
-        <v>0.27549</v>
+        <v>0.22336</v>
       </c>
       <c r="N12" s="15">
-        <v>900</v>
+        <v>880</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10000014661</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1200</v>
       </c>
       <c r="K13" s="15">
-        <v>0.03177</v>
+        <v>0.0219</v>
       </c>
       <c r="L13" s="15">
-        <v>0.02298</v>
+        <v>0.01898</v>
       </c>
       <c r="M13" s="15">
-        <v>0.02006</v>
+        <v>0.01825</v>
       </c>
       <c r="N13" s="15">
-        <v>65736</v>
+        <v>53037</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000014662</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>87</v>
       </c>
       <c r="K14" s="15">
         <v>0.03296</v>
       </c>
       <c r="L14" s="15">
         <v>0.02856</v>
       </c>
       <c r="M14" s="15">
         <v>0.02746</v>
       </c>
       <c r="N14" s="15">
-        <v>92555</v>
+        <v>94190</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080066372</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.0401</v>
       </c>
       <c r="L15" s="15">
         <v>0.03475</v>
       </c>
       <c r="M15" s="15">
         <v>0.03341</v>
       </c>
       <c r="N15" s="15">
-        <v>1664</v>
+        <v>2080</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15">
         <v>10000014663</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>67</v>
       </c>
       <c r="K16" s="15">
         <v>0.03983</v>
       </c>
       <c r="L16" s="15">
         <v>0.03452</v>
       </c>
       <c r="M16" s="15">
         <v>0.03319</v>
       </c>
       <c r="N16" s="15">
-        <v>35094</v>
+        <v>20494</v>
       </c>
       <c r="O16" s="15">
-        <v>7800</v>
-[...1 lines deleted...]
-      <c r="P16" s="15"/>
+        <v>8200</v>
+      </c>
+      <c r="P16" s="15" t="s">
+        <v>50</v>
+      </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.10058</v>
       </c>
       <c r="L17" s="15">
         <v>0.07184</v>
       </c>
       <c r="M17" s="15">
         <v>0.06897</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080072007</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.06101</v>
+        <v>0.04413</v>
       </c>
       <c r="L18" s="15">
-        <v>0.04358</v>
+        <v>0.03825</v>
       </c>
       <c r="M18" s="15">
-        <v>0.03922</v>
+        <v>0.03678</v>
       </c>
       <c r="N18" s="15">
-        <v>559</v>
+        <v>435</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10000014664</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>54</v>
       </c>
       <c r="K19" s="15">
-        <v>0.06349</v>
+        <v>0.04382</v>
       </c>
       <c r="L19" s="15">
-        <v>0.04594</v>
+        <v>0.03797</v>
       </c>
       <c r="M19" s="15">
-        <v>0.04009</v>
+        <v>0.03651</v>
       </c>
       <c r="N19" s="15">
-        <v>16666</v>
+        <v>14922</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>800</v>
       </c>
       <c r="K20" s="15">
         <v>0.26039</v>
       </c>
       <c r="L20" s="15">
         <v>0.22567</v>
       </c>
       <c r="M20" s="15">
         <v>0.21699</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.10868</v>
       </c>
       <c r="L21" s="15">
         <v>0.06038</v>
       </c>
       <c r="M21" s="15">
         <v>0.05313</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10080052288</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
-        <v>0.07706</v>
+        <v>0.05027</v>
       </c>
       <c r="L22" s="15">
-        <v>0.05575</v>
+        <v>0.04356</v>
       </c>
       <c r="M22" s="15">
-        <v>0.04865</v>
+        <v>0.04189</v>
       </c>
       <c r="N22" s="15">
-        <v>574</v>
+        <v>540</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
-        <v>0.07426000000000001</v>
+        <v>0.05274</v>
       </c>
       <c r="L23" s="15">
-        <v>0.05373</v>
+        <v>0.04571</v>
       </c>
       <c r="M23" s="15">
-        <v>0.04688</v>
+        <v>0.04395</v>
       </c>
       <c r="N23" s="15">
-        <v>5250</v>
+        <v>4690</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E24" s="15">
         <v>10080006331</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>45</v>
       </c>
       <c r="K24" s="15">
-        <v>0.07353999999999999</v>
+        <v>0.05072</v>
       </c>
       <c r="L24" s="15">
-        <v>0.05321</v>
+        <v>0.04395</v>
       </c>
       <c r="M24" s="15">
-        <v>0.04643</v>
+        <v>0.04226</v>
       </c>
       <c r="N24" s="15">
-        <v>102772</v>
+        <v>83236</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>46</v>
       </c>
       <c r="K25" s="15">
-        <v>0.0793</v>
+        <v>0.04905</v>
       </c>
       <c r="L25" s="15">
-        <v>0.05737</v>
+        <v>0.04251</v>
       </c>
       <c r="M25" s="15">
-        <v>0.05007</v>
+        <v>0.04088</v>
       </c>
       <c r="N25" s="15">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>45</v>
       </c>
       <c r="K26" s="15">
-        <v>0.23173</v>
+        <v>0.16103</v>
       </c>
       <c r="L26" s="15">
-        <v>0.16766</v>
+        <v>0.13956</v>
       </c>
       <c r="M26" s="15">
-        <v>0.1463</v>
+        <v>0.13419</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E27" s="15">
         <v>10080052289</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.04551</v>
       </c>
       <c r="L27" s="15">
         <v>0.03944</v>
       </c>
       <c r="M27" s="15">
         <v>0.03793</v>
       </c>
       <c r="N27" s="15">
-        <v>3176</v>
+        <v>4025</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080017743</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>39</v>
       </c>
       <c r="K28" s="15">
-        <v>0.08719</v>
+        <v>0.05951</v>
       </c>
       <c r="L28" s="15">
-        <v>0.06308</v>
+        <v>0.05157</v>
       </c>
       <c r="M28" s="15">
-        <v>0.05505</v>
+        <v>0.04959</v>
       </c>
       <c r="N28" s="15">
-        <v>10952</v>
+        <v>11833</v>
       </c>
       <c r="O28" s="15">
-        <v>4000</v>
-[...1 lines deleted...]
-      <c r="P28" s="15"/>
+        <v>4500</v>
+      </c>
+      <c r="P28" s="15" t="s">
+        <v>50</v>
+      </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080052290</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>600</v>
       </c>
       <c r="K29" s="15">
-        <v>0.06714000000000001</v>
+        <v>0.04556</v>
       </c>
       <c r="L29" s="15">
-        <v>0.04858</v>
+        <v>0.03948</v>
       </c>
       <c r="M29" s="15">
-        <v>0.04239</v>
+        <v>0.03796</v>
       </c>
       <c r="N29" s="15">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="O29" s="15">
-        <v>960</v>
+        <v>1008</v>
       </c>
       <c r="P29" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10000014665</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>34</v>
       </c>
       <c r="K30" s="15">
-        <v>0.09834</v>
+        <v>0.06804</v>
       </c>
       <c r="L30" s="15">
-        <v>0.07115</v>
+        <v>0.05897</v>
       </c>
       <c r="M30" s="15">
-        <v>0.06209</v>
+        <v>0.0567</v>
       </c>
       <c r="N30" s="15">
-        <v>4486</v>
+        <v>3764</v>
       </c>
       <c r="O30" s="15">
-        <v>4350</v>
-[...1 lines deleted...]
-      <c r="P30" s="15"/>
+        <v>3650</v>
+      </c>
+      <c r="P30" s="15" t="s">
+        <v>50</v>
+      </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>31</v>
       </c>
       <c r="K31" s="15">
         <v>0.23771</v>
       </c>
       <c r="L31" s="15">
         <v>0.18967</v>
       </c>
       <c r="M31" s="15">
         <v>0.17735</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E32" s="15">
         <v>10080070676</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>520</v>
       </c>
       <c r="K32" s="15">
-        <v>0.08578</v>
+        <v>0.06093</v>
       </c>
       <c r="L32" s="15">
-        <v>0.06206</v>
+        <v>0.05281</v>
       </c>
       <c r="M32" s="15">
-        <v>0.05416</v>
+        <v>0.05078</v>
       </c>
       <c r="N32" s="15">
-        <v>687</v>
+        <v>812</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E33" s="15">
         <v>10080016309</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>30</v>
       </c>
       <c r="K33" s="15">
-        <v>0.11539</v>
+        <v>0.06491</v>
       </c>
       <c r="L33" s="15">
-        <v>0.08348999999999999</v>
+        <v>0.05625</v>
       </c>
       <c r="M33" s="15">
-        <v>0.07285</v>
+        <v>0.05409</v>
       </c>
       <c r="N33" s="15">
-        <v>1037</v>
+        <v>1114</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>28</v>
       </c>
       <c r="K34" s="15">
         <v>0.08935999999999999</v>
       </c>
       <c r="L34" s="15">
         <v>0.06038</v>
       </c>
       <c r="M34" s="15">
         <v>0.05555</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E35" s="15">
         <v>10080061334</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>480</v>
       </c>
       <c r="K35" s="15">
-        <v>0.10524</v>
+        <v>0.06752</v>
       </c>
       <c r="L35" s="15">
-        <v>0.07614</v>
+        <v>0.05851</v>
       </c>
       <c r="M35" s="15">
-        <v>0.06644</v>
+        <v>0.05626</v>
       </c>
       <c r="N35" s="15">
-        <v>13033</v>
+        <v>12356</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E36" s="15">
         <v>10000014666</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>28</v>
       </c>
       <c r="K36" s="15">
-        <v>0.12271</v>
+        <v>0.08343</v>
       </c>
       <c r="L36" s="15">
-        <v>0.08878</v>
+        <v>0.07231</v>
       </c>
       <c r="M36" s="15">
-        <v>0.07747</v>
+        <v>0.06952999999999999</v>
       </c>
       <c r="N36" s="15">
-        <v>16073</v>
+        <v>20944</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>800</v>
       </c>
       <c r="K37" s="15">
         <v>0.35363</v>
       </c>
       <c r="L37" s="15">
         <v>0.30648</v>
       </c>
       <c r="M37" s="15">
         <v>0.29469</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E38" s="15">
         <v>10080040535</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>25</v>
       </c>
       <c r="K38" s="15">
-        <v>0.13337</v>
+        <v>0.0927</v>
       </c>
       <c r="L38" s="15">
-        <v>0.09649000000000001</v>
+        <v>0.08033999999999999</v>
       </c>
       <c r="M38" s="15">
-        <v>0.0842</v>
+        <v>0.07725</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15">
-        <v>1340</v>
-[...1 lines deleted...]
-      <c r="P38" s="15"/>
+        <v>1680</v>
+      </c>
+      <c r="P38" s="15" t="s">
+        <v>50</v>
+      </c>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E39" s="15">
         <v>10080045607</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>25</v>
       </c>
       <c r="K39" s="15">
-        <v>0.39926</v>
+        <v>0.27581</v>
       </c>
       <c r="L39" s="15">
-        <v>0.28886</v>
+        <v>0.23903</v>
       </c>
       <c r="M39" s="15">
-        <v>0.25207</v>
+        <v>0.22984</v>
       </c>
       <c r="N39" s="15">
-        <v>1423</v>
+        <v>1559</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E40" s="15">
         <v>10080052291</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.1037</v>
       </c>
       <c r="L40" s="15">
         <v>0.07503</v>
       </c>
       <c r="M40" s="15">
         <v>0.06547</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15">
-        <v>973</v>
+        <v>912</v>
       </c>
       <c r="P40" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E41" s="15">
         <v>10080018030</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>23</v>
       </c>
       <c r="K41" s="15">
-        <v>0.1317</v>
+        <v>0.09002</v>
       </c>
       <c r="L41" s="15">
-        <v>0.09528</v>
+        <v>0.07801</v>
       </c>
       <c r="M41" s="15">
-        <v>0.08315</v>
+        <v>0.07500999999999999</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15">
-        <v>1520</v>
-[...1 lines deleted...]
-      <c r="P41" s="15"/>
+        <v>1300</v>
+      </c>
+      <c r="P41" s="15" t="s">
+        <v>50</v>
+      </c>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
         <v>0.14407</v>
       </c>
       <c r="L42" s="15">
         <v>0.12084</v>
       </c>
       <c r="M42" s="15">
         <v>0.11619</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E43" s="15">
         <v>10080066331</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>21</v>
       </c>
       <c r="K43" s="15">
-        <v>0.16138</v>
+        <v>0.11202</v>
       </c>
       <c r="L43" s="15">
-        <v>0.11676</v>
+        <v>0.09708</v>
       </c>
       <c r="M43" s="15">
-        <v>0.10189</v>
+        <v>0.09335</v>
       </c>
       <c r="N43" s="15">
         <v>25</v>
       </c>
       <c r="O43" s="15">
-        <v>790</v>
-[...1 lines deleted...]
-      <c r="P43" s="15"/>
+        <v>830</v>
+      </c>
+      <c r="P43" s="15" t="s">
+        <v>50</v>
+      </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.61583</v>
       </c>
       <c r="L44" s="15">
         <v>0.3695</v>
       </c>
       <c r="M44" s="15">
         <v>0.30791</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E45" s="15">
         <v>10080052292</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>280</v>
       </c>
       <c r="K45" s="15">
-        <v>0.1704</v>
+        <v>0.09810000000000001</v>
       </c>
       <c r="L45" s="15">
-        <v>0.12216</v>
+        <v>0.08502</v>
       </c>
       <c r="M45" s="15">
-        <v>0.10609</v>
+        <v>0.08175</v>
       </c>
       <c r="N45" s="15">
-        <v>986</v>
+        <v>1117</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E46" s="15">
         <v>10080006330</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>17</v>
       </c>
       <c r="K46" s="15">
-        <v>0.18744</v>
+        <v>0.11537</v>
       </c>
       <c r="L46" s="15">
-        <v>0.13561</v>
+        <v>0.09998</v>
       </c>
       <c r="M46" s="15">
-        <v>0.11834</v>
+        <v>0.09614</v>
       </c>
       <c r="N46" s="15">
         <v>28</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.16582</v>
       </c>
       <c r="L47" s="15">
         <v>0.13907</v>
       </c>
       <c r="M47" s="15">
         <v>0.13373</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>3000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>800</v>
       </c>
       <c r="K48" s="15">
         <v>0.61736</v>
       </c>
       <c r="L48" s="15">
         <v>0.53504</v>
       </c>
       <c r="M48" s="15">
         <v>0.51446</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E49" s="15">
         <v>10080052293</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>240</v>
       </c>
       <c r="K49" s="15">
-        <v>0.17214</v>
+        <v>0.11042</v>
       </c>
       <c r="L49" s="15">
-        <v>0.12455</v>
+        <v>0.09569</v>
       </c>
       <c r="M49" s="15">
-        <v>0.10868</v>
+        <v>0.09200999999999999</v>
       </c>
       <c r="N49" s="15">
-        <v>1442</v>
+        <v>1242</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E50" s="15">
         <v>10000014668</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>14</v>
       </c>
       <c r="K50" s="15">
-        <v>0.22592</v>
+        <v>0.15683</v>
       </c>
       <c r="L50" s="15">
-        <v>0.16345</v>
+        <v>0.13592</v>
       </c>
       <c r="M50" s="15">
-        <v>0.14263</v>
+        <v>0.13069</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15">
-        <v>1300</v>
-[...1 lines deleted...]
-      <c r="P50" s="15"/>
+        <v>1360</v>
+      </c>
+      <c r="P50" s="15" t="s">
+        <v>50</v>
+      </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E51" s="15">
         <v>10080041341</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>11</v>
       </c>
       <c r="K51" s="15">
-        <v>0.1647</v>
+        <v>0.16415</v>
       </c>
       <c r="L51" s="15">
-        <v>0.14274</v>
+        <v>0.14226</v>
       </c>
       <c r="M51" s="15">
-        <v>0.13725</v>
+        <v>0.13679</v>
       </c>
       <c r="N51" s="15">
-        <v>17908</v>
+        <v>24980</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E52" s="15">
         <v>10080066373</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>160</v>
       </c>
       <c r="K52" s="15">
-        <v>0.23759</v>
+        <v>0.16878</v>
       </c>
       <c r="L52" s="15">
-        <v>0.1719</v>
+        <v>0.14628</v>
       </c>
       <c r="M52" s="15">
-        <v>0.15</v>
+        <v>0.14065</v>
       </c>
       <c r="N52" s="15">
-        <v>1542</v>
+        <v>1634</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E53" s="15">
         <v>10000014669</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>11</v>
       </c>
       <c r="K53" s="15">
-        <v>0.23976</v>
+        <v>0.16539</v>
       </c>
       <c r="L53" s="15">
-        <v>0.17347</v>
+        <v>0.14334</v>
       </c>
       <c r="M53" s="15">
-        <v>0.15137</v>
+        <v>0.13783</v>
       </c>
       <c r="N53" s="15">
-        <v>189</v>
+        <v>263</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E54" s="15">
         <v>10080031690</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>10</v>
       </c>
       <c r="K54" s="15">
         <v>0.37648</v>
       </c>
       <c r="L54" s="15">
         <v>0.21442</v>
       </c>
       <c r="M54" s="15">
         <v>0.19572</v>
       </c>
       <c r="N54" s="15">
-        <v>440</v>
+        <v>404</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E55" s="15">
         <v>10000014670</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>144</v>
       </c>
       <c r="K55" s="15">
         <v>0.48244</v>
       </c>
       <c r="L55" s="15">
         <v>0.25335</v>
       </c>
       <c r="M55" s="15">
         <v>0.22921</v>
       </c>
       <c r="N55" s="15">
-        <v>658</v>
+        <v>682</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>1.35</v>
       </c>
       <c r="L56" s="15">
         <v>0.76362</v>
       </c>
       <c r="M56" s="15">
         <v>0.67741</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E57" s="15">
         <v>10080052294</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>120</v>
       </c>
       <c r="K57" s="15">
-        <v>0.30288</v>
+        <v>0.21518</v>
       </c>
       <c r="L57" s="15">
-        <v>0.21635</v>
+        <v>0.18649</v>
       </c>
       <c r="M57" s="15">
-        <v>0.19471</v>
+        <v>0.17931</v>
       </c>
       <c r="N57" s="15">
-        <v>790</v>
+        <v>630</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E58" s="15">
         <v>10000011592</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>7</v>
       </c>
       <c r="K58" s="15">
-        <v>0.33314</v>
+        <v>0.23048</v>
       </c>
       <c r="L58" s="15">
-        <v>0.24103</v>
+        <v>0.19975</v>
       </c>
       <c r="M58" s="15">
-        <v>0.21032</v>
+        <v>0.19206</v>
       </c>
       <c r="N58" s="15">
-        <v>1103</v>
+        <v>1161</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E59" s="15">
         <v>10080010463</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>7</v>
       </c>
       <c r="K59" s="15">
         <v>0.72667</v>
       </c>
       <c r="L59" s="15">
         <v>0.38058</v>
       </c>
       <c r="M59" s="15">
         <v>0.36334</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
@@ -3316,317 +3333,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>