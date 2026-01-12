--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>12.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1415,210 +1415,210 @@
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.26804</v>
       </c>
       <c r="L12" s="15">
         <v>0.2323</v>
       </c>
       <c r="M12" s="15">
         <v>0.22336</v>
       </c>
       <c r="N12" s="15">
-        <v>880</v>
+        <v>790</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10000014661</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1200</v>
       </c>
       <c r="K13" s="15">
         <v>0.0219</v>
       </c>
       <c r="L13" s="15">
         <v>0.01898</v>
       </c>
       <c r="M13" s="15">
         <v>0.01825</v>
       </c>
       <c r="N13" s="15">
-        <v>53037</v>
+        <v>55278</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000014662</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>87</v>
       </c>
       <c r="K14" s="15">
         <v>0.03296</v>
       </c>
       <c r="L14" s="15">
         <v>0.02856</v>
       </c>
       <c r="M14" s="15">
         <v>0.02746</v>
       </c>
       <c r="N14" s="15">
-        <v>94190</v>
+        <v>68703</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080066372</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.0401</v>
       </c>
       <c r="L15" s="15">
         <v>0.03475</v>
       </c>
       <c r="M15" s="15">
         <v>0.03341</v>
       </c>
       <c r="N15" s="15">
-        <v>2080</v>
+        <v>1612</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15">
         <v>10000014663</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>67</v>
       </c>
       <c r="K16" s="15">
         <v>0.03983</v>
       </c>
       <c r="L16" s="15">
         <v>0.03452</v>
       </c>
       <c r="M16" s="15">
         <v>0.03319</v>
       </c>
       <c r="N16" s="15">
-        <v>20494</v>
+        <v>17245</v>
       </c>
       <c r="O16" s="15">
-        <v>8200</v>
+        <v>6900</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
@@ -1651,90 +1651,90 @@
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080072007</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04413</v>
       </c>
       <c r="L18" s="15">
         <v>0.03825</v>
       </c>
       <c r="M18" s="15">
         <v>0.03678</v>
       </c>
       <c r="N18" s="15">
-        <v>435</v>
+        <v>573</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10000014664</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>54</v>
       </c>
       <c r="K19" s="15">
         <v>0.04382</v>
       </c>
       <c r="L19" s="15">
         <v>0.03797</v>
       </c>
       <c r="M19" s="15">
         <v>0.03651</v>
       </c>
       <c r="N19" s="15">
-        <v>14922</v>
+        <v>19325</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I20" s="15"/>
@@ -1803,168 +1803,168 @@
       <c r="D22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10080052288</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.05027</v>
       </c>
       <c r="L22" s="15">
         <v>0.04356</v>
       </c>
       <c r="M22" s="15">
         <v>0.04189</v>
       </c>
       <c r="N22" s="15">
-        <v>540</v>
+        <v>581</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.05274</v>
       </c>
       <c r="L23" s="15">
         <v>0.04571</v>
       </c>
       <c r="M23" s="15">
         <v>0.04395</v>
       </c>
       <c r="N23" s="15">
-        <v>4690</v>
+        <v>4970</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="15">
         <v>10080006331</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>45</v>
       </c>
       <c r="K24" s="15">
         <v>0.05072</v>
       </c>
       <c r="L24" s="15">
         <v>0.04395</v>
       </c>
       <c r="M24" s="15">
         <v>0.04226</v>
       </c>
       <c r="N24" s="15">
-        <v>83236</v>
+        <v>89181</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>46</v>
       </c>
       <c r="K25" s="15">
         <v>0.04905</v>
       </c>
       <c r="L25" s="15">
         <v>0.04251</v>
       </c>
       <c r="M25" s="15">
         <v>0.04088</v>
       </c>
       <c r="N25" s="15">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I26" s="15"/>
@@ -2035,140 +2035,140 @@
       <c r="D28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080017743</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>39</v>
       </c>
       <c r="K28" s="15">
         <v>0.05951</v>
       </c>
       <c r="L28" s="15">
         <v>0.05157</v>
       </c>
       <c r="M28" s="15">
         <v>0.04959</v>
       </c>
       <c r="N28" s="15">
-        <v>11833</v>
+        <v>8809</v>
       </c>
       <c r="O28" s="15">
-        <v>4500</v>
+        <v>3350</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080052290</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>600</v>
       </c>
       <c r="K29" s="15">
         <v>0.04556</v>
       </c>
       <c r="L29" s="15">
         <v>0.03948</v>
       </c>
       <c r="M29" s="15">
         <v>0.03796</v>
       </c>
       <c r="N29" s="15">
-        <v>294</v>
+        <v>256</v>
       </c>
       <c r="O29" s="15">
-        <v>1008</v>
+        <v>876</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10000014665</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>34</v>
       </c>
       <c r="K30" s="15">
         <v>0.06804</v>
       </c>
       <c r="L30" s="15">
         <v>0.05897</v>
       </c>
       <c r="M30" s="15">
         <v>0.0567</v>
       </c>
       <c r="N30" s="15">
-        <v>3764</v>
+        <v>3146</v>
       </c>
       <c r="O30" s="15">
-        <v>3650</v>
+        <v>3050</v>
       </c>
       <c r="P30" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
@@ -2201,90 +2201,90 @@
       <c r="D32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="15">
         <v>10080070676</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>520</v>
       </c>
       <c r="K32" s="15">
         <v>0.06093</v>
       </c>
       <c r="L32" s="15">
         <v>0.05281</v>
       </c>
       <c r="M32" s="15">
         <v>0.05078</v>
       </c>
       <c r="N32" s="15">
-        <v>812</v>
+        <v>936</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="15">
         <v>10080016309</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>30</v>
       </c>
       <c r="K33" s="15">
         <v>0.06491</v>
       </c>
       <c r="L33" s="15">
         <v>0.05625</v>
       </c>
       <c r="M33" s="15">
         <v>0.05409</v>
       </c>
       <c r="N33" s="15">
-        <v>1114</v>
+        <v>1251</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
@@ -2355,51 +2355,51 @@
       <c r="D36" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E36" s="15">
         <v>10000014666</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>28</v>
       </c>
       <c r="K36" s="15">
         <v>0.08343</v>
       </c>
       <c r="L36" s="15">
         <v>0.07231</v>
       </c>
       <c r="M36" s="15">
         <v>0.06952999999999999</v>
       </c>
       <c r="N36" s="15">
-        <v>20944</v>
+        <v>14856</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
@@ -2432,172 +2432,172 @@
         <v>103</v>
       </c>
       <c r="E38" s="15">
         <v>10080040535</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>25</v>
       </c>
       <c r="K38" s="15">
         <v>0.0927</v>
       </c>
       <c r="L38" s="15">
         <v>0.08033999999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.07725</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15">
-        <v>1680</v>
+        <v>1580</v>
       </c>
       <c r="P38" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E39" s="15">
         <v>10080045607</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>25</v>
       </c>
       <c r="K39" s="15">
         <v>0.27581</v>
       </c>
       <c r="L39" s="15">
         <v>0.23903</v>
       </c>
       <c r="M39" s="15">
         <v>0.22984</v>
       </c>
       <c r="N39" s="15">
-        <v>1559</v>
+        <v>1306</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E40" s="15">
         <v>10080052291</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.1037</v>
       </c>
       <c r="L40" s="15">
         <v>0.07503</v>
       </c>
       <c r="M40" s="15">
         <v>0.06547</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15">
-        <v>912</v>
+        <v>828</v>
       </c>
       <c r="P40" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="15">
         <v>10080018030</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>23</v>
       </c>
       <c r="K41" s="15">
         <v>0.09002</v>
       </c>
       <c r="L41" s="15">
         <v>0.07801</v>
       </c>
       <c r="M41" s="15">
         <v>0.07500999999999999</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15">
-        <v>1300</v>
+        <v>1800</v>
       </c>
       <c r="P41" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
@@ -2633,51 +2633,51 @@
       <c r="E43" s="15">
         <v>10080066331</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>21</v>
       </c>
       <c r="K43" s="15">
         <v>0.11202</v>
       </c>
       <c r="L43" s="15">
         <v>0.09708</v>
       </c>
       <c r="M43" s="15">
         <v>0.09335</v>
       </c>
       <c r="N43" s="15">
         <v>25</v>
       </c>
       <c r="O43" s="15">
-        <v>830</v>
+        <v>640</v>
       </c>
       <c r="P43" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>42</v>
       </c>
@@ -2708,51 +2708,51 @@
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15">
         <v>10080052292</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>280</v>
       </c>
       <c r="K45" s="15">
         <v>0.09810000000000001</v>
       </c>
       <c r="L45" s="15">
         <v>0.08502</v>
       </c>
       <c r="M45" s="15">
         <v>0.08175</v>
       </c>
       <c r="N45" s="15">
-        <v>1117</v>
+        <v>1265</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E46" s="15">
         <v>10080006330</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I46" s="15"/>
@@ -2860,287 +2860,287 @@
       <c r="D49" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E49" s="15">
         <v>10080052293</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>240</v>
       </c>
       <c r="K49" s="15">
         <v>0.11042</v>
       </c>
       <c r="L49" s="15">
         <v>0.09569</v>
       </c>
       <c r="M49" s="15">
         <v>0.09200999999999999</v>
       </c>
       <c r="N49" s="15">
-        <v>1242</v>
+        <v>1362</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E50" s="15">
         <v>10000014668</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>14</v>
       </c>
       <c r="K50" s="15">
         <v>0.15683</v>
       </c>
       <c r="L50" s="15">
         <v>0.13592</v>
       </c>
       <c r="M50" s="15">
         <v>0.13069</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15">
-        <v>1360</v>
+        <v>1260</v>
       </c>
       <c r="P50" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E51" s="15">
         <v>10080041341</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>11</v>
       </c>
       <c r="K51" s="15">
         <v>0.16415</v>
       </c>
       <c r="L51" s="15">
         <v>0.14226</v>
       </c>
       <c r="M51" s="15">
         <v>0.13679</v>
       </c>
       <c r="N51" s="15">
-        <v>24980</v>
+        <v>24702</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E52" s="15">
         <v>10080066373</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>160</v>
       </c>
       <c r="K52" s="15">
         <v>0.16878</v>
       </c>
       <c r="L52" s="15">
         <v>0.14628</v>
       </c>
       <c r="M52" s="15">
         <v>0.14065</v>
       </c>
       <c r="N52" s="15">
-        <v>1634</v>
+        <v>1120</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E53" s="15">
         <v>10000014669</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>11</v>
       </c>
       <c r="K53" s="15">
         <v>0.16539</v>
       </c>
       <c r="L53" s="15">
         <v>0.14334</v>
       </c>
       <c r="M53" s="15">
         <v>0.13783</v>
       </c>
       <c r="N53" s="15">
-        <v>263</v>
+        <v>180</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E54" s="15">
         <v>10080031690</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>10</v>
       </c>
       <c r="K54" s="15">
         <v>0.37648</v>
       </c>
       <c r="L54" s="15">
         <v>0.21442</v>
       </c>
       <c r="M54" s="15">
         <v>0.19572</v>
       </c>
       <c r="N54" s="15">
-        <v>404</v>
+        <v>337</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E55" s="15">
         <v>10000014670</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>144</v>
       </c>
       <c r="K55" s="15">
         <v>0.48244</v>
       </c>
       <c r="L55" s="15">
         <v>0.25335</v>
       </c>
       <c r="M55" s="15">
         <v>0.22921</v>
       </c>
       <c r="N55" s="15">
-        <v>682</v>
+        <v>697</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I56" s="15"/>
@@ -3170,90 +3170,90 @@
       <c r="D57" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E57" s="15">
         <v>10080052294</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>120</v>
       </c>
       <c r="K57" s="15">
         <v>0.21518</v>
       </c>
       <c r="L57" s="15">
         <v>0.18649</v>
       </c>
       <c r="M57" s="15">
         <v>0.17931</v>
       </c>
       <c r="N57" s="15">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E58" s="15">
         <v>10000011592</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>7</v>
       </c>
       <c r="K58" s="15">
         <v>0.23048</v>
       </c>
       <c r="L58" s="15">
         <v>0.19975</v>
       </c>
       <c r="M58" s="15">
         <v>0.19206</v>
       </c>
       <c r="N58" s="15">
-        <v>1161</v>
+        <v>1075</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E59" s="15">
         <v>10080010463</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>