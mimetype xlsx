--- v4 (2026-01-12)
+++ v5 (2026-02-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -166,147 +166,147 @@
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>DS1026-01-1x3S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-03 (DS1026-01-1x3S8BV)</t>
   </si>
   <si>
     <t>CH-200-FH-1X4P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-04 (CH-200-FH-1X4P-4.3-GO-A)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
     <t>DS1026-01-1x4S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-04 (DS1026-01-1x4S8BV)</t>
   </si>
   <si>
-    <t>03.05.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS1-208B-4.3-1-04-S</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-04 (L-KLS1-208B-4.3-1-04-S)</t>
   </si>
   <si>
     <t>UT-00129585</t>
   </si>
   <si>
     <t>CH-200-FH-1X5P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-05 (CH-200-FH-1X5P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-01-1x5S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-05 (DS1026-01-1x5S8BV)</t>
   </si>
   <si>
     <t>DS1026-03-1x58B2SRX</t>
   </si>
   <si>
     <t>Гнездо на плату, вертикальное, 1 ряд, шаг 2.0мм, 5 контактов, SMD / PBS2-05SB (DS1026-03-1x58B2SRX)</t>
   </si>
   <si>
     <t>UT-00151439</t>
   </si>
   <si>
     <t xml:space="preserve">PBS2-06 </t>
   </si>
   <si>
     <t xml:space="preserve">гнездо на плату 1ряд шаг2,0мм / PBS2-06 </t>
   </si>
   <si>
     <t>10-00055774</t>
   </si>
   <si>
     <t>RUICHI</t>
   </si>
   <si>
     <t>CH-200-FH-1X6P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-06 (CH-200-FH-1X6P-4.3-GO-A)</t>
   </si>
   <si>
+    <t xml:space="preserve">CH-200-FH-1X6P-4.3-GO-A SHAINOR, </t>
+  </si>
+  <si>
     <t>UT-00147968</t>
   </si>
   <si>
     <t>DS1026-01-1x6S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-06 (DS1026-01-1x6S8BV)</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-1-06-S</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-06 (L-KLS1-208B-4.3-1-06-S)</t>
   </si>
   <si>
     <t>10-00055773</t>
   </si>
   <si>
     <t>DS1026-03-1x68B1XBX</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм SMT Вертикальные / PBS2-06SA (DS1026-03-1x68B1XBX)</t>
   </si>
   <si>
     <t>10-00055769</t>
   </si>
   <si>
     <t>CH-200-FH-1X7P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-07 (CH-200-FH-1X7P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-01-1x7S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-07 (DS1026-01-1x7S8BV)</t>
   </si>
   <si>
     <t>CH-200-FH-1X8P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-08 (CH-200-FH-1X8P-4.3-GO-A)</t>
   </si>
   <si>
-    <t>21.04.2026</t>
+    <t>29.03.2026</t>
   </si>
   <si>
     <t>DS1026-01-1x8S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-08 (DS1026-01-1x8S8BV)</t>
   </si>
   <si>
     <t>PBS2-09</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-09</t>
   </si>
   <si>
     <t>10-00055764</t>
   </si>
   <si>
     <t>CH-200-FH-1X9P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-09 (CH-200-FH-1X9P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-01-1x9S8BV</t>
   </si>
@@ -1415,556 +1415,558 @@
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.26804</v>
       </c>
       <c r="L12" s="15">
         <v>0.2323</v>
       </c>
       <c r="M12" s="15">
         <v>0.22336</v>
       </c>
       <c r="N12" s="15">
-        <v>790</v>
+        <v>840</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10000014661</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1200</v>
       </c>
       <c r="K13" s="15">
         <v>0.0219</v>
       </c>
       <c r="L13" s="15">
         <v>0.01898</v>
       </c>
       <c r="M13" s="15">
         <v>0.01825</v>
       </c>
       <c r="N13" s="15">
-        <v>55278</v>
+        <v>47680</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000014662</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>87</v>
       </c>
       <c r="K14" s="15">
         <v>0.03296</v>
       </c>
       <c r="L14" s="15">
         <v>0.02856</v>
       </c>
       <c r="M14" s="15">
         <v>0.02746</v>
       </c>
       <c r="N14" s="15">
-        <v>68703</v>
+        <v>72028</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080066372</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.0401</v>
       </c>
       <c r="L15" s="15">
         <v>0.03475</v>
       </c>
       <c r="M15" s="15">
         <v>0.03341</v>
       </c>
       <c r="N15" s="15">
-        <v>1612</v>
+        <v>1560</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15">
         <v>10000014663</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>67</v>
       </c>
       <c r="K16" s="15">
         <v>0.03983</v>
       </c>
       <c r="L16" s="15">
         <v>0.03452</v>
       </c>
       <c r="M16" s="15">
         <v>0.03319</v>
       </c>
       <c r="N16" s="15">
-        <v>17245</v>
+        <v>22243</v>
       </c>
       <c r="O16" s="15">
-        <v>6900</v>
-[...3 lines deleted...]
-      </c>
+        <v>8900</v>
+      </c>
+      <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="E17" s="15" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.10058</v>
       </c>
       <c r="L17" s="15">
         <v>0.07184</v>
       </c>
       <c r="M17" s="15">
         <v>0.06897</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080072007</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04413</v>
       </c>
       <c r="L18" s="15">
         <v>0.03825</v>
       </c>
       <c r="M18" s="15">
         <v>0.03678</v>
       </c>
       <c r="N18" s="15">
-        <v>573</v>
+        <v>309</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10000014664</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>54</v>
       </c>
       <c r="K19" s="15">
         <v>0.04382</v>
       </c>
       <c r="L19" s="15">
         <v>0.03797</v>
       </c>
       <c r="M19" s="15">
         <v>0.03651</v>
       </c>
       <c r="N19" s="15">
-        <v>19325</v>
+        <v>17071</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D20" s="15" t="s">
+      <c r="E20" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>800</v>
       </c>
       <c r="K20" s="15">
         <v>0.26039</v>
       </c>
       <c r="L20" s="15">
         <v>0.22567</v>
       </c>
       <c r="M20" s="15">
         <v>0.21699</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="D21" s="15" t="s">
+      <c r="E21" s="15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.10868</v>
       </c>
       <c r="L21" s="15">
         <v>0.06038</v>
       </c>
       <c r="M21" s="15">
         <v>0.05313</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10080052288</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="I22" s="15"/>
+      <c r="I22" s="15" t="s">
+        <v>66</v>
+      </c>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.05027</v>
       </c>
       <c r="L22" s="15">
         <v>0.04356</v>
       </c>
       <c r="M22" s="15">
         <v>0.04189</v>
       </c>
       <c r="N22" s="15">
-        <v>581</v>
+        <v>472</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="I23" s="15"/>
+      <c r="I23" s="15" t="s">
+        <v>66</v>
+      </c>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.05274</v>
       </c>
       <c r="L23" s="15">
         <v>0.04571</v>
       </c>
       <c r="M23" s="15">
         <v>0.04395</v>
       </c>
       <c r="N23" s="15">
-        <v>4970</v>
+        <v>4340</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="15">
         <v>10080006331</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>45</v>
       </c>
       <c r="K24" s="15">
         <v>0.05072</v>
       </c>
       <c r="L24" s="15">
         <v>0.04395</v>
       </c>
       <c r="M24" s="15">
         <v>0.04226</v>
       </c>
       <c r="N24" s="15">
-        <v>89181</v>
+        <v>72392</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>46</v>
       </c>
       <c r="K25" s="15">
         <v>0.04905</v>
       </c>
       <c r="L25" s="15">
         <v>0.04251</v>
       </c>
       <c r="M25" s="15">
         <v>0.04088</v>
       </c>
       <c r="N25" s="15">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I26" s="15"/>
@@ -1996,183 +1998,179 @@
       <c r="D27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E27" s="15">
         <v>10080052289</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.04551</v>
       </c>
       <c r="L27" s="15">
         <v>0.03944</v>
       </c>
       <c r="M27" s="15">
         <v>0.03793</v>
       </c>
       <c r="N27" s="15">
-        <v>4025</v>
+        <v>2684</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080017743</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>39</v>
       </c>
       <c r="K28" s="15">
         <v>0.05951</v>
       </c>
       <c r="L28" s="15">
         <v>0.05157</v>
       </c>
       <c r="M28" s="15">
         <v>0.04959</v>
       </c>
       <c r="N28" s="15">
-        <v>8809</v>
+        <v>8552</v>
       </c>
       <c r="O28" s="15">
-        <v>3350</v>
-[...3 lines deleted...]
-      </c>
+        <v>3550</v>
+      </c>
+      <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080052290</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>600</v>
       </c>
       <c r="K29" s="15">
         <v>0.04556</v>
       </c>
       <c r="L29" s="15">
         <v>0.03948</v>
       </c>
       <c r="M29" s="15">
         <v>0.03796</v>
       </c>
       <c r="N29" s="15">
-        <v>256</v>
+        <v>192</v>
       </c>
       <c r="O29" s="15">
-        <v>876</v>
+        <v>768</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10000014665</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>34</v>
       </c>
       <c r="K30" s="15">
         <v>0.06804</v>
       </c>
       <c r="L30" s="15">
         <v>0.05897</v>
       </c>
       <c r="M30" s="15">
         <v>0.0567</v>
       </c>
       <c r="N30" s="15">
-        <v>3146</v>
+        <v>1547</v>
       </c>
       <c r="O30" s="15">
-        <v>3050</v>
-[...3 lines deleted...]
-      </c>
+        <v>3150</v>
+      </c>
+      <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>31</v>
       </c>
@@ -2201,90 +2199,90 @@
       <c r="D32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="15">
         <v>10080070676</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>520</v>
       </c>
       <c r="K32" s="15">
         <v>0.06093</v>
       </c>
       <c r="L32" s="15">
         <v>0.05281</v>
       </c>
       <c r="M32" s="15">
         <v>0.05078</v>
       </c>
       <c r="N32" s="15">
-        <v>936</v>
+        <v>760</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="15">
         <v>10080016309</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>30</v>
       </c>
       <c r="K33" s="15">
         <v>0.06491</v>
       </c>
       <c r="L33" s="15">
         <v>0.05625</v>
       </c>
       <c r="M33" s="15">
         <v>0.05409</v>
       </c>
       <c r="N33" s="15">
-        <v>1251</v>
+        <v>882</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
@@ -2316,90 +2314,90 @@
       <c r="D35" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E35" s="15">
         <v>10080061334</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>480</v>
       </c>
       <c r="K35" s="15">
         <v>0.06752</v>
       </c>
       <c r="L35" s="15">
         <v>0.05851</v>
       </c>
       <c r="M35" s="15">
         <v>0.05626</v>
       </c>
       <c r="N35" s="15">
-        <v>12356</v>
+        <v>14048</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E36" s="15">
         <v>10000014666</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>28</v>
       </c>
       <c r="K36" s="15">
         <v>0.08343</v>
       </c>
       <c r="L36" s="15">
         <v>0.07231</v>
       </c>
       <c r="M36" s="15">
         <v>0.06952999999999999</v>
       </c>
       <c r="N36" s="15">
-        <v>14856</v>
+        <v>20701</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
@@ -2422,186 +2420,182 @@
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E38" s="15">
         <v>10080040535</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>25</v>
       </c>
       <c r="K38" s="15">
-        <v>0.0927</v>
+        <v>0.10331</v>
       </c>
       <c r="L38" s="15">
-        <v>0.08033999999999999</v>
+        <v>0.08953</v>
       </c>
       <c r="M38" s="15">
-        <v>0.07725</v>
+        <v>0.08609</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15">
-        <v>1580</v>
-[...3 lines deleted...]
-      </c>
+        <v>1560</v>
+      </c>
+      <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E39" s="15">
         <v>10080045607</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>25</v>
       </c>
       <c r="K39" s="15">
         <v>0.27581</v>
       </c>
       <c r="L39" s="15">
         <v>0.23903</v>
       </c>
       <c r="M39" s="15">
         <v>0.22984</v>
       </c>
       <c r="N39" s="15">
-        <v>1306</v>
+        <v>1559</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E40" s="15">
         <v>10080052291</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.1037</v>
       </c>
       <c r="L40" s="15">
         <v>0.07503</v>
       </c>
       <c r="M40" s="15">
         <v>0.06547</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15">
-        <v>828</v>
+        <v>1020</v>
       </c>
       <c r="P40" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="15">
         <v>10080018030</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>23</v>
       </c>
       <c r="K41" s="15">
-        <v>0.09002</v>
+        <v>0.11195</v>
       </c>
       <c r="L41" s="15">
-        <v>0.07801</v>
+        <v>0.09702</v>
       </c>
       <c r="M41" s="15">
-        <v>0.07500999999999999</v>
+        <v>0.09329</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15">
-        <v>1800</v>
-[...3 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>25</v>
       </c>
@@ -2630,58 +2624,56 @@
       <c r="D43" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E43" s="15">
         <v>10080066331</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>21</v>
       </c>
       <c r="K43" s="15">
         <v>0.11202</v>
       </c>
       <c r="L43" s="15">
         <v>0.09708</v>
       </c>
       <c r="M43" s="15">
         <v>0.09335</v>
       </c>
       <c r="N43" s="15">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="O43" s="15">
-        <v>640</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.61583</v>
@@ -2708,51 +2700,51 @@
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15">
         <v>10080052292</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>280</v>
       </c>
       <c r="K45" s="15">
         <v>0.09810000000000001</v>
       </c>
       <c r="L45" s="15">
         <v>0.08502</v>
       </c>
       <c r="M45" s="15">
         <v>0.08175</v>
       </c>
       <c r="N45" s="15">
-        <v>1265</v>
+        <v>1413</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E46" s="15">
         <v>10080006330</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I46" s="15"/>
@@ -2860,287 +2852,285 @@
       <c r="D49" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E49" s="15">
         <v>10080052293</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>240</v>
       </c>
       <c r="K49" s="15">
         <v>0.11042</v>
       </c>
       <c r="L49" s="15">
         <v>0.09569</v>
       </c>
       <c r="M49" s="15">
         <v>0.09200999999999999</v>
       </c>
       <c r="N49" s="15">
-        <v>1362</v>
+        <v>1282</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E50" s="15">
         <v>10000014668</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>14</v>
       </c>
       <c r="K50" s="15">
-        <v>0.15683</v>
+        <v>0.17243</v>
       </c>
       <c r="L50" s="15">
-        <v>0.13592</v>
+        <v>0.14944</v>
       </c>
       <c r="M50" s="15">
-        <v>0.13069</v>
+        <v>0.14369</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15">
-        <v>1260</v>
-[...3 lines deleted...]
-      </c>
+        <v>1700</v>
+      </c>
+      <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E51" s="15">
         <v>10080041341</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>11</v>
       </c>
       <c r="K51" s="15">
         <v>0.16415</v>
       </c>
       <c r="L51" s="15">
         <v>0.14226</v>
       </c>
       <c r="M51" s="15">
         <v>0.13679</v>
       </c>
       <c r="N51" s="15">
-        <v>24702</v>
+        <v>22204</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E52" s="15">
         <v>10080066373</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>160</v>
       </c>
       <c r="K52" s="15">
         <v>0.16878</v>
       </c>
       <c r="L52" s="15">
         <v>0.14628</v>
       </c>
       <c r="M52" s="15">
         <v>0.14065</v>
       </c>
       <c r="N52" s="15">
-        <v>1120</v>
+        <v>1634</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E53" s="15">
         <v>10000014669</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>11</v>
       </c>
       <c r="K53" s="15">
         <v>0.16539</v>
       </c>
       <c r="L53" s="15">
         <v>0.14334</v>
       </c>
       <c r="M53" s="15">
         <v>0.13783</v>
       </c>
       <c r="N53" s="15">
-        <v>180</v>
+        <v>263</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E54" s="15">
         <v>10080031690</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>10</v>
       </c>
       <c r="K54" s="15">
         <v>0.37648</v>
       </c>
       <c r="L54" s="15">
         <v>0.21442</v>
       </c>
       <c r="M54" s="15">
         <v>0.19572</v>
       </c>
       <c r="N54" s="15">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E55" s="15">
         <v>10000014670</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>144</v>
       </c>
       <c r="K55" s="15">
         <v>0.48244</v>
       </c>
       <c r="L55" s="15">
         <v>0.25335</v>
       </c>
       <c r="M55" s="15">
         <v>0.22921</v>
       </c>
       <c r="N55" s="15">
-        <v>697</v>
+        <v>550</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I56" s="15"/>
@@ -3170,91 +3160,89 @@
       <c r="D57" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E57" s="15">
         <v>10080052294</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>120</v>
       </c>
       <c r="K57" s="15">
         <v>0.21518</v>
       </c>
       <c r="L57" s="15">
         <v>0.18649</v>
       </c>
       <c r="M57" s="15">
         <v>0.17931</v>
       </c>
       <c r="N57" s="15">
-        <v>640</v>
+        <v>870</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E58" s="15">
         <v>10000011592</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>7</v>
       </c>
       <c r="K58" s="15">
         <v>0.23048</v>
       </c>
       <c r="L58" s="15">
         <v>0.19975</v>
       </c>
       <c r="M58" s="15">
         <v>0.19206</v>
       </c>
-      <c r="N58" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E59" s="15">
         <v>10080010463</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">