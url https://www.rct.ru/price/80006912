--- v5 (2026-02-18)
+++ v6 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -260,53 +260,50 @@
     <t>DS1026-03-1x68B1XBX</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм SMT Вертикальные / PBS2-06SA (DS1026-03-1x68B1XBX)</t>
   </si>
   <si>
     <t>10-00055769</t>
   </si>
   <si>
     <t>CH-200-FH-1X7P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-07 (CH-200-FH-1X7P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-01-1x7S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-07 (DS1026-01-1x7S8BV)</t>
   </si>
   <si>
     <t>CH-200-FH-1X8P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-08 (CH-200-FH-1X8P-4.3-GO-A)</t>
-  </si>
-[...1 lines deleted...]
-    <t>29.03.2026</t>
   </si>
   <si>
     <t>DS1026-01-1x8S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-08 (DS1026-01-1x8S8BV)</t>
   </si>
   <si>
     <t>PBS2-09</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-09</t>
   </si>
   <si>
     <t>10-00055764</t>
   </si>
   <si>
     <t>CH-200-FH-1X9P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 1ряд шаг2,0мм / PBS2-09 (CH-200-FH-1X9P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-01-1x9S8BV</t>
   </si>
@@ -1415,90 +1412,90 @@
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.26804</v>
       </c>
       <c r="L12" s="15">
         <v>0.2323</v>
       </c>
       <c r="M12" s="15">
         <v>0.22336</v>
       </c>
       <c r="N12" s="15">
-        <v>840</v>
+        <v>870</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10000014661</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1200</v>
       </c>
       <c r="K13" s="15">
         <v>0.0219</v>
       </c>
       <c r="L13" s="15">
         <v>0.01898</v>
       </c>
       <c r="M13" s="15">
         <v>0.01825</v>
       </c>
       <c r="N13" s="15">
-        <v>47680</v>
+        <v>64206</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000014662</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I14" s="15"/>
@@ -1532,93 +1529,93 @@
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080066372</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.0401</v>
       </c>
       <c r="L15" s="15">
         <v>0.03475</v>
       </c>
       <c r="M15" s="15">
         <v>0.03341</v>
       </c>
       <c r="N15" s="15">
-        <v>1560</v>
+        <v>1924</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15">
         <v>10000014663</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>67</v>
       </c>
       <c r="K16" s="15">
         <v>0.03983</v>
       </c>
       <c r="L16" s="15">
         <v>0.03452</v>
       </c>
       <c r="M16" s="15">
         <v>0.03319</v>
       </c>
       <c r="N16" s="15">
-        <v>22243</v>
+        <v>21993</v>
       </c>
       <c r="O16" s="15">
-        <v>8900</v>
+        <v>8800</v>
       </c>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
@@ -1649,90 +1646,90 @@
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080072007</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04413</v>
       </c>
       <c r="L18" s="15">
         <v>0.03825</v>
       </c>
       <c r="M18" s="15">
         <v>0.03678</v>
       </c>
       <c r="N18" s="15">
-        <v>309</v>
+        <v>294</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10000014664</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>54</v>
       </c>
       <c r="K19" s="15">
         <v>0.04382</v>
       </c>
       <c r="L19" s="15">
         <v>0.03797</v>
       </c>
       <c r="M19" s="15">
         <v>0.03651</v>
       </c>
       <c r="N19" s="15">
-        <v>17071</v>
+        <v>15929</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I20" s="15"/>
@@ -1803,170 +1800,170 @@
       </c>
       <c r="E22" s="15">
         <v>10080052288</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.05027</v>
       </c>
       <c r="L22" s="15">
         <v>0.04356</v>
       </c>
       <c r="M22" s="15">
         <v>0.04189</v>
       </c>
       <c r="N22" s="15">
-        <v>472</v>
+        <v>513</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.05274</v>
       </c>
       <c r="L23" s="15">
         <v>0.04571</v>
       </c>
       <c r="M23" s="15">
         <v>0.04395</v>
       </c>
       <c r="N23" s="15">
-        <v>4340</v>
+        <v>3350</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="15">
         <v>10080006331</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>45</v>
       </c>
       <c r="K24" s="15">
         <v>0.05072</v>
       </c>
       <c r="L24" s="15">
         <v>0.04395</v>
       </c>
       <c r="M24" s="15">
         <v>0.04226</v>
       </c>
       <c r="N24" s="15">
-        <v>72392</v>
+        <v>68922</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>46</v>
       </c>
       <c r="K25" s="15">
         <v>0.04905</v>
       </c>
       <c r="L25" s="15">
         <v>0.04251</v>
       </c>
       <c r="M25" s="15">
         <v>0.04088</v>
       </c>
       <c r="N25" s="15">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I26" s="15"/>
@@ -1998,1265 +1995,1261 @@
       <c r="D27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E27" s="15">
         <v>10080052289</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.04551</v>
       </c>
       <c r="L27" s="15">
         <v>0.03944</v>
       </c>
       <c r="M27" s="15">
         <v>0.03793</v>
       </c>
       <c r="N27" s="15">
-        <v>2684</v>
+        <v>3086</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080017743</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>39</v>
       </c>
       <c r="K28" s="15">
         <v>0.05951</v>
       </c>
       <c r="L28" s="15">
         <v>0.05157</v>
       </c>
       <c r="M28" s="15">
         <v>0.04959</v>
       </c>
       <c r="N28" s="15">
-        <v>8552</v>
+        <v>7348</v>
       </c>
       <c r="O28" s="15">
-        <v>3550</v>
+        <v>3050</v>
       </c>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080052290</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>600</v>
       </c>
       <c r="K29" s="15">
         <v>0.04556</v>
       </c>
       <c r="L29" s="15">
         <v>0.03948</v>
       </c>
       <c r="M29" s="15">
         <v>0.03796</v>
       </c>
       <c r="N29" s="15">
-        <v>192</v>
+        <v>270</v>
       </c>
       <c r="O29" s="15">
-        <v>768</v>
-[...3 lines deleted...]
-      </c>
+        <v>1080</v>
+      </c>
+      <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10000014665</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>34</v>
       </c>
       <c r="K30" s="15">
         <v>0.06804</v>
       </c>
       <c r="L30" s="15">
         <v>0.05897</v>
       </c>
       <c r="M30" s="15">
         <v>0.0567</v>
       </c>
       <c r="N30" s="15">
-        <v>1547</v>
+        <v>2178</v>
       </c>
       <c r="O30" s="15">
-        <v>3150</v>
+        <v>4500</v>
       </c>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>31</v>
       </c>
       <c r="K31" s="15">
         <v>0.23771</v>
       </c>
       <c r="L31" s="15">
         <v>0.18967</v>
       </c>
       <c r="M31" s="15">
         <v>0.17735</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E32" s="15">
         <v>10080070676</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>520</v>
       </c>
       <c r="K32" s="15">
         <v>0.06093</v>
       </c>
       <c r="L32" s="15">
         <v>0.05281</v>
       </c>
       <c r="M32" s="15">
         <v>0.05078</v>
       </c>
       <c r="N32" s="15">
-        <v>760</v>
+        <v>624</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E33" s="15">
         <v>10080016309</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>30</v>
       </c>
       <c r="K33" s="15">
         <v>0.06491</v>
       </c>
       <c r="L33" s="15">
         <v>0.05625</v>
       </c>
       <c r="M33" s="15">
         <v>0.05409</v>
       </c>
       <c r="N33" s="15">
-        <v>882</v>
+        <v>923</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>28</v>
       </c>
       <c r="K34" s="15">
         <v>0.08935999999999999</v>
       </c>
       <c r="L34" s="15">
         <v>0.06038</v>
       </c>
       <c r="M34" s="15">
         <v>0.05555</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E35" s="15">
         <v>10080061334</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>480</v>
       </c>
       <c r="K35" s="15">
         <v>0.06752</v>
       </c>
       <c r="L35" s="15">
         <v>0.05851</v>
       </c>
       <c r="M35" s="15">
         <v>0.05626</v>
       </c>
       <c r="N35" s="15">
-        <v>14048</v>
+        <v>14725</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E36" s="15">
         <v>10000014666</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>28</v>
       </c>
       <c r="K36" s="15">
         <v>0.08343</v>
       </c>
       <c r="L36" s="15">
         <v>0.07231</v>
       </c>
       <c r="M36" s="15">
         <v>0.06952999999999999</v>
       </c>
       <c r="N36" s="15">
-        <v>20701</v>
+        <v>15099</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>800</v>
       </c>
       <c r="K37" s="15">
         <v>0.35363</v>
       </c>
       <c r="L37" s="15">
         <v>0.30648</v>
       </c>
       <c r="M37" s="15">
         <v>0.29469</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E38" s="15">
         <v>10080040535</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>25</v>
       </c>
       <c r="K38" s="15">
         <v>0.10331</v>
       </c>
       <c r="L38" s="15">
         <v>0.08953</v>
       </c>
       <c r="M38" s="15">
         <v>0.08609</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15">
-        <v>1560</v>
+        <v>1260</v>
       </c>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E39" s="15">
         <v>10080045607</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>25</v>
       </c>
       <c r="K39" s="15">
         <v>0.27581</v>
       </c>
       <c r="L39" s="15">
         <v>0.23903</v>
       </c>
       <c r="M39" s="15">
         <v>0.22984</v>
       </c>
       <c r="N39" s="15">
-        <v>1559</v>
+        <v>1656</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E40" s="15">
         <v>10080052291</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
-        <v>0.1037</v>
+        <v>0.06962</v>
       </c>
       <c r="L40" s="15">
-        <v>0.07503</v>
+        <v>0.06033</v>
       </c>
       <c r="M40" s="15">
-        <v>0.06547</v>
+        <v>0.05801</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15">
-        <v>1020</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E41" s="15">
         <v>10080018030</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>23</v>
       </c>
       <c r="K41" s="15">
         <v>0.11195</v>
       </c>
       <c r="L41" s="15">
         <v>0.09702</v>
       </c>
       <c r="M41" s="15">
         <v>0.09329</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15">
-        <v>1380</v>
+        <v>1580</v>
       </c>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
         <v>0.14407</v>
       </c>
       <c r="L42" s="15">
         <v>0.12084</v>
       </c>
       <c r="M42" s="15">
         <v>0.11619</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E43" s="15">
         <v>10080066331</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>21</v>
       </c>
       <c r="K43" s="15">
         <v>0.11202</v>
       </c>
       <c r="L43" s="15">
         <v>0.09708</v>
       </c>
       <c r="M43" s="15">
         <v>0.09335</v>
       </c>
       <c r="N43" s="15">
         <v>23</v>
       </c>
       <c r="O43" s="15">
-        <v>660</v>
+        <v>630</v>
       </c>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.61583</v>
       </c>
       <c r="L44" s="15">
         <v>0.3695</v>
       </c>
       <c r="M44" s="15">
         <v>0.30791</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E45" s="15">
         <v>10080052292</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>280</v>
       </c>
       <c r="K45" s="15">
         <v>0.09810000000000001</v>
       </c>
       <c r="L45" s="15">
         <v>0.08502</v>
       </c>
       <c r="M45" s="15">
         <v>0.08175</v>
       </c>
       <c r="N45" s="15">
-        <v>1413</v>
+        <v>1068</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E46" s="15">
         <v>10080006330</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>17</v>
       </c>
       <c r="K46" s="15">
         <v>0.11537</v>
       </c>
       <c r="L46" s="15">
         <v>0.09998</v>
       </c>
       <c r="M46" s="15">
         <v>0.09614</v>
       </c>
       <c r="N46" s="15">
         <v>28</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.16582</v>
       </c>
       <c r="L47" s="15">
         <v>0.13907</v>
       </c>
       <c r="M47" s="15">
         <v>0.13373</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>3000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>800</v>
       </c>
       <c r="K48" s="15">
         <v>0.61736</v>
       </c>
       <c r="L48" s="15">
         <v>0.53504</v>
       </c>
       <c r="M48" s="15">
         <v>0.51446</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E49" s="15">
         <v>10080052293</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>240</v>
       </c>
       <c r="K49" s="15">
         <v>0.11042</v>
       </c>
       <c r="L49" s="15">
         <v>0.09569</v>
       </c>
       <c r="M49" s="15">
         <v>0.09200999999999999</v>
       </c>
       <c r="N49" s="15">
-        <v>1282</v>
+        <v>1482</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E50" s="15">
         <v>10000014668</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>14</v>
       </c>
       <c r="K50" s="15">
         <v>0.17243</v>
       </c>
       <c r="L50" s="15">
         <v>0.14944</v>
       </c>
       <c r="M50" s="15">
         <v>0.14369</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15">
-        <v>1700</v>
+        <v>1420</v>
       </c>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E51" s="15">
         <v>10080041341</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>11</v>
       </c>
       <c r="K51" s="15">
         <v>0.16415</v>
       </c>
       <c r="L51" s="15">
         <v>0.14226</v>
       </c>
       <c r="M51" s="15">
         <v>0.13679</v>
       </c>
       <c r="N51" s="15">
         <v>22204</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E52" s="15">
         <v>10080066373</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>160</v>
       </c>
       <c r="K52" s="15">
         <v>0.16878</v>
       </c>
       <c r="L52" s="15">
         <v>0.14628</v>
       </c>
       <c r="M52" s="15">
         <v>0.14065</v>
       </c>
       <c r="N52" s="15">
-        <v>1634</v>
+        <v>1193</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E53" s="15">
         <v>10000014669</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>11</v>
       </c>
       <c r="K53" s="15">
         <v>0.16539</v>
       </c>
       <c r="L53" s="15">
         <v>0.14334</v>
       </c>
       <c r="M53" s="15">
         <v>0.13783</v>
       </c>
       <c r="N53" s="15">
-        <v>263</v>
+        <v>216</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E54" s="15">
         <v>10080031690</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>10</v>
       </c>
       <c r="K54" s="15">
         <v>0.37648</v>
       </c>
       <c r="L54" s="15">
         <v>0.21442</v>
       </c>
       <c r="M54" s="15">
         <v>0.19572</v>
       </c>
       <c r="N54" s="15">
-        <v>347</v>
+        <v>419</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E55" s="15">
         <v>10000014670</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>144</v>
       </c>
       <c r="K55" s="15">
         <v>0.48244</v>
       </c>
       <c r="L55" s="15">
         <v>0.25335</v>
       </c>
       <c r="M55" s="15">
         <v>0.22921</v>
       </c>
       <c r="N55" s="15">
-        <v>550</v>
+        <v>488</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>1.35</v>
       </c>
       <c r="L56" s="15">
         <v>0.76362</v>
       </c>
       <c r="M56" s="15">
         <v>0.67741</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E57" s="15">
         <v>10080052294</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>120</v>
       </c>
       <c r="K57" s="15">
         <v>0.21518</v>
       </c>
       <c r="L57" s="15">
         <v>0.18649</v>
       </c>
       <c r="M57" s="15">
         <v>0.17931</v>
       </c>
       <c r="N57" s="15">
-        <v>870</v>
+        <v>900</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E58" s="15">
         <v>10000011592</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>7</v>
       </c>
       <c r="K58" s="15">
         <v>0.23048</v>
       </c>
       <c r="L58" s="15">
         <v>0.19975</v>
       </c>
       <c r="M58" s="15">
         <v>0.19206</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E59" s="15">
         <v>10080010463</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>7</v>
       </c>
       <c r="K59" s="15">
         <v>0.72667</v>
       </c>
       <c r="L59" s="15">
         <v>0.38058</v>
       </c>
       <c r="M59" s="15">
         <v>0.36334</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
@@ -3321,317 +3314,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>