--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -388,50 +388,53 @@
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-08SP (PBD2-2-4SM-G-4,5mm) (DS1026-07-2x4S8BSS) (DS1026-07-2x4S8BSXRS)</t>
   </si>
   <si>
     <t>10-00055636</t>
   </si>
   <si>
     <t>DS1026-05-2x5S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (DS1026-05-2x5S8BV)</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-10-S</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (L-KLS1-208B-4.3-2-10-S)</t>
   </si>
   <si>
     <t>CH-200-FH-2X5P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (PBD2-2-5S-G-4,3mm) (CH-200-FH-2X5P-4.3-GO-A)</t>
   </si>
   <si>
+    <t>21.04.2026</t>
+  </si>
+  <si>
     <t>DS1026-09-2x5S8BSSRX</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда шаг 2,0мм smd / PBD2-10S (DS1026-09-2x5S8BSSRX)</t>
   </si>
   <si>
     <t>UT-00148995</t>
   </si>
   <si>
     <t>DS1026-09-2x5S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда шаг 2,0мм smd / PBD2-10S (DS1026-09-2x5S8BSXBX)</t>
   </si>
   <si>
     <t>DS1026-09-2x5S8BSSRS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-10S DS1026-09-2x5S8BSSRS (PBD2-2-5SM)</t>
   </si>
   <si>
     <t>10-00055629</t>
   </si>
   <si>
     <t>DS1026-07-2x5S8BSXRS</t>
@@ -481,51 +484,51 @@
   <si>
     <t xml:space="preserve">гнездо на плату 2ряда шаг2,0мм / PBD2-14 </t>
   </si>
   <si>
     <t>10-00055674</t>
   </si>
   <si>
     <t>CH-200-FH-2X7P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-14 (CH-200-FH-2X7P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-05-2x7S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-14 (DS1026-05-2x7S8BV)</t>
   </si>
   <si>
     <t>DS1026-05-2x8S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-16 (PBD2-2-8S-G-4,3mm) (DS1026-05-2x8S8BV)</t>
   </si>
   <si>
-    <t>02.03.2026</t>
+    <t>08.03.2026</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-16-S</t>
   </si>
   <si>
     <t>гнездо с шагом 2 мм / PBD2-16-4.3mm (PBD2-2-8S-G-4,3mm) (L-KLS1-208B-4.3-2-16-S)</t>
   </si>
   <si>
     <t>DS1026-09-2x8S8BSSRS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-16S (DS1026-09-2x8S8BSSRS)</t>
   </si>
   <si>
     <t>DS1026-09-2x8S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-16S (DS1026-09-2x8S8BSXBX)</t>
   </si>
   <si>
     <t xml:space="preserve">PBD2-18 </t>
   </si>
   <si>
     <t xml:space="preserve">гнездо на плату 2ряда шаг2,0мм / PBD2-18 </t>
   </si>
@@ -1625,324 +1628,326 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080055207</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>25</v>
       </c>
       <c r="K9" s="15">
         <v>0.27007</v>
       </c>
       <c r="L9" s="15">
         <v>0.1954</v>
       </c>
       <c r="M9" s="15">
         <v>0.1705</v>
       </c>
       <c r="N9" s="15">
-        <v>53846</v>
+        <v>71526</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080050486</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>23</v>
       </c>
       <c r="K10" s="15">
         <v>0.30692</v>
       </c>
       <c r="L10" s="15">
         <v>0.22205</v>
       </c>
       <c r="M10" s="15">
         <v>0.19378</v>
       </c>
       <c r="N10" s="15">
-        <v>94054</v>
+        <v>69994</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080055209</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>21</v>
       </c>
       <c r="K11" s="15">
         <v>0.33767</v>
       </c>
       <c r="L11" s="15">
         <v>0.24431</v>
       </c>
       <c r="M11" s="15">
         <v>0.21319</v>
       </c>
       <c r="N11" s="15">
-        <v>11741</v>
-[...1 lines deleted...]
-      <c r="O11" s="15"/>
+        <v>9650</v>
+      </c>
+      <c r="O11" s="15">
+        <v>6000</v>
+      </c>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080055210</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>18</v>
       </c>
       <c r="K12" s="15">
         <v>0.36823</v>
       </c>
       <c r="L12" s="15">
         <v>0.26641</v>
       </c>
       <c r="M12" s="15">
         <v>0.23248</v>
       </c>
       <c r="N12" s="15">
-        <v>41949</v>
+        <v>59829</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080055211</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>16</v>
       </c>
       <c r="K13" s="15">
         <v>0.5835</v>
       </c>
       <c r="L13" s="15">
         <v>0.33233</v>
       </c>
       <c r="M13" s="15">
         <v>0.30335</v>
       </c>
       <c r="N13" s="15">
-        <v>1417</v>
+        <v>1398</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>14</v>
       </c>
       <c r="K14" s="15">
         <v>0.67459</v>
       </c>
       <c r="L14" s="15">
         <v>0.56579</v>
       </c>
       <c r="M14" s="15">
         <v>0.54403</v>
       </c>
       <c r="N14" s="15">
-        <v>1497</v>
+        <v>1557</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15">
         <v>10080048980</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>700</v>
       </c>
       <c r="K15" s="15">
         <v>0.07851</v>
       </c>
       <c r="L15" s="15">
         <v>0.0568</v>
       </c>
       <c r="M15" s="15">
         <v>0.04957</v>
       </c>
       <c r="N15" s="15">
-        <v>67413</v>
+        <v>50935</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10080055216</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>87</v>
       </c>
       <c r="K16" s="15">
         <v>0.10075</v>
       </c>
       <c r="L16" s="15">
         <v>0.07290000000000001</v>
       </c>
       <c r="M16" s="15">
         <v>0.06361</v>
       </c>
       <c r="N16" s="15">
-        <v>7529</v>
+        <v>7311</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
@@ -1972,209 +1977,213 @@
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080055022</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>67</v>
       </c>
       <c r="K18" s="15">
         <v>0.11588</v>
       </c>
       <c r="L18" s="15">
         <v>0.08384</v>
       </c>
       <c r="M18" s="15">
         <v>0.07316</v>
       </c>
       <c r="N18" s="15">
-        <v>3849</v>
-[...1 lines deleted...]
-      <c r="O18" s="15"/>
+        <v>3806</v>
+      </c>
+      <c r="O18" s="15">
+        <v>4400</v>
+      </c>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="15">
         <v>10080048981</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>54</v>
       </c>
       <c r="K19" s="15">
         <v>0.12716</v>
       </c>
       <c r="L19" s="15">
         <v>0.092</v>
       </c>
       <c r="M19" s="15">
         <v>0.08028</v>
       </c>
       <c r="N19" s="15">
-        <v>62000</v>
+        <v>44778</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080055212</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>45</v>
       </c>
       <c r="K20" s="15">
         <v>0.14489</v>
       </c>
       <c r="L20" s="15">
         <v>0.10483</v>
       </c>
       <c r="M20" s="15">
         <v>0.09147</v>
       </c>
       <c r="N20" s="15">
-        <v>14337</v>
+        <v>16224</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080074678</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>39</v>
       </c>
       <c r="K21" s="15">
         <v>0.14517</v>
       </c>
       <c r="L21" s="15">
         <v>0.10503</v>
       </c>
       <c r="M21" s="15">
         <v>0.09165</v>
       </c>
       <c r="N21" s="15">
-        <v>305</v>
+        <v>384</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080048982</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>34</v>
       </c>
       <c r="K22" s="15">
         <v>0.18169</v>
       </c>
       <c r="L22" s="15">
         <v>0.13146</v>
       </c>
       <c r="M22" s="15">
         <v>0.11471</v>
       </c>
       <c r="N22" s="15">
-        <v>3845</v>
-[...1 lines deleted...]
-      <c r="O22" s="15"/>
+        <v>3264</v>
+      </c>
+      <c r="O22" s="15">
+        <v>1460</v>
+      </c>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080051954</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
@@ -2298,57 +2307,57 @@
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="15">
         <v>10080073747</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15">
-        <v>0.41288</v>
+        <v>0.23935</v>
       </c>
       <c r="L27" s="15">
-        <v>0.34407</v>
+        <v>0.23935</v>
       </c>
       <c r="M27" s="15">
-        <v>0.3303</v>
+        <v>0.23935</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>60</v>
       </c>
@@ -2457,90 +2466,90 @@
       <c r="D31" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E31" s="15">
         <v>10080066370</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>82</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.06637999999999999</v>
       </c>
       <c r="L31" s="15">
         <v>0.04803</v>
       </c>
       <c r="M31" s="15">
         <v>0.04191</v>
       </c>
       <c r="N31" s="15">
-        <v>479</v>
+        <v>463</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E32" s="15">
         <v>10000014625</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>700</v>
       </c>
       <c r="K32" s="15">
         <v>0.03983</v>
       </c>
       <c r="L32" s="15">
         <v>0.03452</v>
       </c>
       <c r="M32" s="15">
         <v>0.03319</v>
       </c>
       <c r="N32" s="15">
-        <v>10477</v>
+        <v>9535</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E33" s="15">
         <v>10080047108</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I33" s="15"/>
@@ -2572,51 +2581,51 @@
       <c r="D34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.17865</v>
       </c>
       <c r="L34" s="15">
         <v>0.15483</v>
       </c>
       <c r="M34" s="15">
         <v>0.14888</v>
       </c>
       <c r="N34" s="15">
-        <v>4021</v>
+        <v>4980</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E35" s="15">
         <v>10080066740</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
@@ -2648,90 +2657,90 @@
       <c r="D36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E36" s="15">
         <v>10080052282</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>82</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.08168</v>
       </c>
       <c r="L36" s="15">
         <v>0.05909</v>
       </c>
       <c r="M36" s="15">
         <v>0.05157</v>
       </c>
       <c r="N36" s="15">
-        <v>627</v>
+        <v>855</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10000014627</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>87</v>
       </c>
       <c r="K37" s="15">
         <v>0.07246</v>
       </c>
       <c r="L37" s="15">
         <v>0.05242</v>
       </c>
       <c r="M37" s="15">
         <v>0.04574</v>
       </c>
       <c r="N37" s="15">
-        <v>3226</v>
+        <v>3183</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E38" s="15">
         <v>10080037107</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I38" s="15"/>
@@ -2837,170 +2846,168 @@
       <c r="D41" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>93</v>
       </c>
       <c r="K41" s="15">
         <v>0.14186</v>
       </c>
       <c r="L41" s="15">
         <v>0.10133</v>
       </c>
       <c r="M41" s="15">
         <v>0.09118999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>2164</v>
+      </c>
+      <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>69</v>
       </c>
       <c r="K42" s="15">
         <v>0.22419</v>
       </c>
       <c r="L42" s="15">
         <v>0.16221</v>
       </c>
       <c r="M42" s="15">
         <v>0.14154</v>
       </c>
       <c r="N42" s="15">
-        <v>747</v>
+        <v>785</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E43" s="15">
         <v>10000015582</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>67</v>
       </c>
       <c r="K43" s="15">
         <v>0.09249</v>
       </c>
       <c r="L43" s="15">
         <v>0.06691</v>
       </c>
       <c r="M43" s="15">
         <v>0.05839</v>
       </c>
       <c r="N43" s="15">
-        <v>12254</v>
+        <v>8874</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>72</v>
       </c>
       <c r="K44" s="15">
         <v>0.25333</v>
       </c>
       <c r="L44" s="15">
         <v>0.18328</v>
       </c>
       <c r="M44" s="15">
         <v>0.15993</v>
       </c>
       <c r="N44" s="15">
-        <v>820</v>
+        <v>1115</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
@@ -3030,2349 +3037,2351 @@
       <c r="D46" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E46" s="15">
         <v>10000014628</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>54</v>
       </c>
       <c r="K46" s="15">
         <v>0.11445</v>
       </c>
       <c r="L46" s="15">
         <v>0.0828</v>
       </c>
       <c r="M46" s="15">
         <v>0.07224999999999999</v>
       </c>
       <c r="N46" s="15"/>
-      <c r="O46" s="15"/>
+      <c r="O46" s="15">
+        <v>3780</v>
+      </c>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E47" s="15">
         <v>10080054550</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>45</v>
       </c>
       <c r="K47" s="15">
-        <v>0.09845</v>
+        <v>0.04331</v>
       </c>
       <c r="L47" s="15">
-        <v>0.07123</v>
+        <v>0.04331</v>
       </c>
       <c r="M47" s="15">
-        <v>0.06216</v>
+        <v>0.04331</v>
       </c>
       <c r="N47" s="15">
         <v>23</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E48" s="15">
         <v>10080052283</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>82</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>400</v>
       </c>
       <c r="K48" s="15">
         <v>0.09807</v>
       </c>
       <c r="L48" s="15">
         <v>0.07096</v>
       </c>
       <c r="M48" s="15">
         <v>0.06192</v>
       </c>
       <c r="N48" s="15">
         <v>90</v>
       </c>
-      <c r="O48" s="15"/>
-      <c r="P48" s="15"/>
+      <c r="O48" s="15">
+        <v>4330</v>
+      </c>
+      <c r="P48" s="15" t="s">
+        <v>124</v>
+      </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>700</v>
       </c>
       <c r="K49" s="15">
         <v>0.30578</v>
       </c>
       <c r="L49" s="15">
         <v>0.26501</v>
       </c>
       <c r="M49" s="15">
         <v>0.25481</v>
       </c>
       <c r="N49" s="15">
-        <v>2072</v>
+        <v>1848</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E50" s="15">
         <v>10080045602</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>56</v>
       </c>
       <c r="K50" s="15">
         <v>0.35036</v>
       </c>
       <c r="L50" s="15">
         <v>0.23611</v>
       </c>
       <c r="M50" s="15">
         <v>0.22088</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>700</v>
       </c>
       <c r="K51" s="15">
         <v>0.44324</v>
       </c>
       <c r="L51" s="15">
         <v>0.32069</v>
       </c>
       <c r="M51" s="15">
         <v>0.27984</v>
       </c>
       <c r="N51" s="15">
-        <v>58717</v>
+        <v>44158</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>800</v>
       </c>
       <c r="K52" s="15">
         <v>0.2857</v>
       </c>
       <c r="L52" s="15">
         <v>0.23962</v>
       </c>
       <c r="M52" s="15">
         <v>0.2304</v>
       </c>
       <c r="N52" s="15">
-        <v>248</v>
+        <v>316</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1044</v>
       </c>
       <c r="K53" s="15">
         <v>0.12088</v>
       </c>
       <c r="L53" s="15">
         <v>0.11562</v>
       </c>
       <c r="M53" s="15">
         <v>0.11037</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E54" s="15">
         <v>10000015583</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>45</v>
       </c>
       <c r="K54" s="15">
         <v>0.1379</v>
       </c>
       <c r="L54" s="15">
         <v>0.09977</v>
       </c>
       <c r="M54" s="15">
         <v>0.08706</v>
       </c>
       <c r="N54" s="15">
-        <v>3771</v>
+        <v>4950</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E55" s="15">
         <v>10080037105</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>38</v>
       </c>
       <c r="K55" s="15">
         <v>0.12112</v>
       </c>
       <c r="L55" s="15">
         <v>0.08684</v>
       </c>
       <c r="M55" s="15">
         <v>0.07541</v>
       </c>
       <c r="N55" s="15">
         <v>61</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>49</v>
       </c>
       <c r="K56" s="15">
         <v>0.41766</v>
       </c>
       <c r="L56" s="15">
         <v>0.29945</v>
       </c>
       <c r="M56" s="15">
         <v>0.26989</v>
       </c>
       <c r="N56" s="15">
         <v>4025</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.32762</v>
       </c>
       <c r="L57" s="15">
         <v>0.1712</v>
       </c>
       <c r="M57" s="15">
         <v>0.16381</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E58" s="15">
         <v>10080052284</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>82</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>340</v>
       </c>
       <c r="K58" s="15">
         <v>0.11571</v>
       </c>
       <c r="L58" s="15">
         <v>0.08265</v>
       </c>
       <c r="M58" s="15">
         <v>0.07439</v>
       </c>
       <c r="N58" s="15">
-        <v>979</v>
+        <v>685</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E59" s="15">
         <v>10000015584</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>39</v>
       </c>
       <c r="K59" s="15">
         <v>0.1593</v>
       </c>
       <c r="L59" s="15">
         <v>0.11525</v>
       </c>
       <c r="M59" s="15">
         <v>0.10057</v>
       </c>
       <c r="N59" s="15">
-        <v>1290</v>
+        <v>961</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10000014629</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>34</v>
       </c>
       <c r="K60" s="15">
         <v>0.13725</v>
       </c>
       <c r="L60" s="15">
         <v>0.11895</v>
       </c>
       <c r="M60" s="15">
         <v>0.11438</v>
       </c>
       <c r="N60" s="15">
-        <v>1914</v>
+        <v>1767</v>
       </c>
       <c r="O60" s="15">
-        <v>3900</v>
+        <v>3600</v>
       </c>
       <c r="P60" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10080053585</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>38</v>
       </c>
       <c r="K61" s="15">
         <v>0.18547</v>
       </c>
       <c r="L61" s="15">
         <v>0.10701</v>
       </c>
       <c r="M61" s="15">
         <v>0.0963</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E62" s="15">
         <v>10080066737</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>700</v>
       </c>
       <c r="K62" s="15">
         <v>0.43097</v>
       </c>
       <c r="L62" s="15">
         <v>0.35915</v>
       </c>
       <c r="M62" s="15">
         <v>0.34478</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E63" s="15">
         <v>10080045603</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>34</v>
       </c>
       <c r="K63" s="15">
         <v>0.43192</v>
       </c>
       <c r="L63" s="15">
         <v>0.31249</v>
       </c>
       <c r="M63" s="15">
         <v>0.27268</v>
       </c>
       <c r="N63" s="15">
-        <v>1900</v>
+        <v>2232</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>50</v>
       </c>
       <c r="K64" s="15">
         <v>0.18106</v>
       </c>
       <c r="L64" s="15">
         <v>0.14534</v>
       </c>
       <c r="M64" s="15">
         <v>0.13671</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E65" s="15">
         <v>10000015585</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>30</v>
       </c>
       <c r="K65" s="15">
         <v>0.21667</v>
       </c>
       <c r="L65" s="15">
         <v>0.15676</v>
       </c>
       <c r="M65" s="15">
         <v>0.13679</v>
       </c>
       <c r="N65" s="15">
-        <v>7408</v>
+        <v>5834</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E66" s="15">
         <v>10080028885</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
       <c r="K66" s="15">
         <v>0.21123</v>
       </c>
       <c r="L66" s="15">
         <v>0.14792</v>
       </c>
       <c r="M66" s="15">
         <v>0.13733</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E67" s="15">
         <v>10080045604</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>31</v>
       </c>
       <c r="K67" s="15">
         <v>0.50667</v>
       </c>
       <c r="L67" s="15">
         <v>0.36657</v>
       </c>
       <c r="M67" s="15">
         <v>0.31987</v>
       </c>
       <c r="N67" s="15">
-        <v>898</v>
+        <v>943</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E68" s="15">
         <v>10080050535</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>800</v>
       </c>
       <c r="K68" s="15">
-        <v>0.30666</v>
+        <v>0.27251</v>
       </c>
       <c r="L68" s="15">
-        <v>0.27059</v>
+        <v>0.23617</v>
       </c>
       <c r="M68" s="15">
-        <v>0.24353</v>
+        <v>0.22709</v>
       </c>
       <c r="N68" s="15">
-        <v>39167</v>
+        <v>32555</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E69" s="15">
         <v>10080046778</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>500</v>
       </c>
       <c r="K69" s="15">
         <v>0.24915</v>
       </c>
       <c r="L69" s="15">
         <v>0.14454</v>
       </c>
       <c r="M69" s="15">
         <v>0.13027</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E70" s="15">
         <v>10080052285</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>82</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>240</v>
       </c>
       <c r="K70" s="15">
         <v>0.20388</v>
       </c>
       <c r="L70" s="15">
         <v>0.14751</v>
       </c>
       <c r="M70" s="15">
         <v>0.12872</v>
       </c>
       <c r="N70" s="15">
-        <v>592</v>
+        <v>454</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>28</v>
       </c>
       <c r="K71" s="15">
         <v>0.28891</v>
       </c>
       <c r="L71" s="15">
         <v>0.19471</v>
       </c>
       <c r="M71" s="15">
         <v>0.18214</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E72" s="15">
         <v>10000014630</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>28</v>
       </c>
       <c r="K72" s="15">
         <v>0.18123</v>
       </c>
       <c r="L72" s="15">
         <v>0.17368</v>
       </c>
       <c r="M72" s="15">
         <v>0.16614</v>
       </c>
       <c r="N72" s="15">
-        <v>17228</v>
+        <v>14961</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>700</v>
       </c>
       <c r="K73" s="15">
         <v>0.63331</v>
       </c>
       <c r="L73" s="15">
         <v>0.4582</v>
       </c>
       <c r="M73" s="15">
         <v>0.39983</v>
       </c>
       <c r="N73" s="15">
-        <v>2210</v>
+        <v>2307</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E74" s="15">
         <v>10080035810</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>29</v>
       </c>
       <c r="K74" s="15">
         <v>0.27702</v>
       </c>
       <c r="L74" s="15">
         <v>0.18351</v>
       </c>
       <c r="M74" s="15">
         <v>0.16014</v>
       </c>
       <c r="N74" s="15">
         <v>60</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E75" s="15">
         <v>10080052286</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>82</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>220</v>
       </c>
       <c r="K75" s="15">
         <v>0.12998</v>
       </c>
       <c r="L75" s="15">
         <v>0.11265</v>
       </c>
       <c r="M75" s="15">
         <v>0.10831</v>
       </c>
       <c r="N75" s="15">
-        <v>325</v>
+        <v>252</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E76" s="15">
         <v>10000015586</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>25</v>
       </c>
       <c r="K76" s="15">
         <v>0.27175</v>
       </c>
       <c r="L76" s="15">
         <v>0.19661</v>
       </c>
       <c r="M76" s="15">
         <v>0.17157</v>
       </c>
       <c r="N76" s="15">
-        <v>2032</v>
+        <v>2004</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E77" s="15">
         <v>10080037106</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>21</v>
       </c>
       <c r="K77" s="15">
         <v>0.27917</v>
       </c>
       <c r="L77" s="15">
         <v>0.16107</v>
       </c>
       <c r="M77" s="15">
         <v>0.14495</v>
       </c>
       <c r="N77" s="15">
         <v>6</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E78" s="15">
         <v>10080061639</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>27</v>
       </c>
       <c r="K78" s="15">
         <v>0.12516</v>
       </c>
       <c r="L78" s="15">
         <v>0.12516</v>
       </c>
       <c r="M78" s="15">
         <v>0.12516</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E79" s="15">
         <v>10080052287</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>82</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>200</v>
       </c>
       <c r="K79" s="15">
         <v>0.30876</v>
       </c>
       <c r="L79" s="15">
         <v>0.17585</v>
       </c>
       <c r="M79" s="15">
         <v>0.16052</v>
       </c>
       <c r="N79" s="15">
-        <v>181</v>
+        <v>156</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E80" s="15">
         <v>10000014631</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>23</v>
       </c>
       <c r="K80" s="15">
         <v>0.35645</v>
       </c>
       <c r="L80" s="15">
         <v>0.221</v>
       </c>
       <c r="M80" s="15">
         <v>0.20675</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E81" s="15">
         <v>10080037102</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>19</v>
       </c>
       <c r="K81" s="15">
-        <v>0.16471</v>
+        <v>0.14636</v>
       </c>
       <c r="L81" s="15">
-        <v>0.14534</v>
+        <v>0.12684</v>
       </c>
       <c r="M81" s="15">
-        <v>0.1308</v>
+        <v>0.12196</v>
       </c>
       <c r="N81" s="15">
-        <v>903</v>
+        <v>997</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E82" s="15">
         <v>10080009188</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>21</v>
       </c>
       <c r="K82" s="15">
         <v>0.47371</v>
       </c>
       <c r="L82" s="15">
         <v>0.2876</v>
       </c>
       <c r="M82" s="15">
         <v>0.25377</v>
       </c>
       <c r="N82" s="15">
         <v>3</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E83" s="15">
         <v>10080037103</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>18</v>
       </c>
       <c r="K83" s="15">
         <v>0.14702</v>
       </c>
       <c r="L83" s="15">
         <v>0.12741</v>
       </c>
       <c r="M83" s="15">
         <v>0.12251</v>
       </c>
       <c r="N83" s="15">
         <v>32</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1012</v>
       </c>
       <c r="K84" s="15">
         <v>0.18301</v>
       </c>
       <c r="L84" s="15">
         <v>0.17505</v>
       </c>
       <c r="M84" s="15">
         <v>0.1671</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.25125</v>
       </c>
       <c r="L85" s="15">
         <v>0.20076</v>
       </c>
       <c r="M85" s="15">
         <v>0.18844</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E86" s="15">
         <v>10080018029</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>20</v>
       </c>
       <c r="K86" s="15">
         <v>0.24704</v>
       </c>
       <c r="L86" s="15">
         <v>0.2141</v>
       </c>
       <c r="M86" s="15">
         <v>0.20586</v>
       </c>
       <c r="N86" s="15">
-        <v>2938</v>
+        <v>2530</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E87" s="15">
         <v>10000014632</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>18</v>
       </c>
       <c r="K87" s="15">
         <v>0.32945</v>
       </c>
       <c r="L87" s="15">
         <v>0.23836</v>
       </c>
       <c r="M87" s="15">
         <v>0.20799</v>
       </c>
       <c r="N87" s="15">
         <v>61</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E88" s="15">
         <v>10080032297</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>15</v>
       </c>
       <c r="K88" s="15">
         <v>0.18839</v>
       </c>
       <c r="L88" s="15">
         <v>0.16327</v>
       </c>
       <c r="M88" s="15">
         <v>0.15699</v>
       </c>
       <c r="N88" s="15">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>2484</v>
+      </c>
+      <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15"/>
       <c r="K89" s="15">
         <v>0.42292</v>
       </c>
       <c r="L89" s="15">
         <v>0.35244</v>
       </c>
       <c r="M89" s="15">
         <v>0.33834</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>14</v>
       </c>
       <c r="K90" s="15">
         <v>0.27928</v>
       </c>
       <c r="L90" s="15">
         <v>0.20206</v>
       </c>
       <c r="M90" s="15">
         <v>0.17632</v>
       </c>
       <c r="N90" s="15">
-        <v>1676</v>
+        <v>1614</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E91" s="15">
         <v>10080009189</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>16</v>
       </c>
       <c r="K91" s="15">
         <v>0.54029</v>
       </c>
       <c r="L91" s="15">
         <v>0.32804</v>
       </c>
       <c r="M91" s="15">
         <v>0.28946</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E92" s="15">
         <v>10080037104</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>13</v>
       </c>
       <c r="K92" s="15">
         <v>0.44022</v>
       </c>
       <c r="L92" s="15">
         <v>0.25398</v>
       </c>
       <c r="M92" s="15">
         <v>0.22856</v>
       </c>
       <c r="N92" s="15">
-        <v>818</v>
+        <v>938</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E93" s="15">
         <v>10080059422</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.38576</v>
       </c>
       <c r="L93" s="15">
         <v>0.32147</v>
       </c>
       <c r="M93" s="15">
         <v>0.30861</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E94" s="15">
         <v>10080016679</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>120</v>
       </c>
       <c r="K94" s="15">
         <v>0.36087</v>
       </c>
       <c r="L94" s="15">
         <v>0.2882</v>
       </c>
       <c r="M94" s="15">
         <v>0.27096</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E95" s="15">
         <v>10080066371</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>82</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>120</v>
       </c>
       <c r="K95" s="15">
         <v>0.21098</v>
       </c>
       <c r="L95" s="15">
         <v>0.18285</v>
       </c>
       <c r="M95" s="15">
         <v>0.17581</v>
       </c>
       <c r="N95" s="15">
-        <v>1124</v>
+        <v>888</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E96" s="15">
         <v>10000014656</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J96" s="15">
         <v>120</v>
       </c>
       <c r="K96" s="15">
         <v>0.51213</v>
       </c>
       <c r="L96" s="15">
         <v>0.34513</v>
       </c>
       <c r="M96" s="15">
         <v>0.32286</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E97" s="15">
         <v>10080028263</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J97" s="15">
         <v>14</v>
       </c>
       <c r="K97" s="15">
         <v>0.43363</v>
       </c>
       <c r="L97" s="15">
         <v>0.31373</v>
       </c>
       <c r="M97" s="15">
         <v>0.27377</v>
       </c>
       <c r="N97" s="15">
-        <v>649</v>
+        <v>702</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.24312</v>
       </c>
       <c r="L98" s="15">
         <v>0.24312</v>
       </c>
       <c r="M98" s="15">
         <v>0.24312</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E99" s="15">
         <v>10080033071</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>13</v>
       </c>
       <c r="K99" s="15">
         <v>0.69628</v>
       </c>
       <c r="L99" s="15">
         <v>0.42273</v>
       </c>
       <c r="M99" s="15">
         <v>0.37301</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E100" s="15">
         <v>10080047183</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>11</v>
       </c>
       <c r="K100" s="15">
         <v>0.50678</v>
       </c>
       <c r="L100" s="15">
         <v>0.36666</v>
       </c>
       <c r="M100" s="15">
         <v>0.31995</v>
       </c>
       <c r="N100" s="15">
-        <v>587</v>
+        <v>426</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E101" s="15">
         <v>10000017306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>11</v>
       </c>
       <c r="K101" s="15">
         <v>0.53551</v>
       </c>
       <c r="L101" s="15">
         <v>0.38745</v>
       </c>
       <c r="M101" s="15">
         <v>0.33809</v>
       </c>
       <c r="N101" s="15">
-        <v>1179</v>
+        <v>1048</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E102" s="15">
         <v>10000014658</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>9</v>
       </c>
       <c r="K102" s="15">
         <v>0.61958</v>
       </c>
       <c r="L102" s="15">
         <v>0.44827</v>
       </c>
       <c r="M102" s="15">
         <v>0.39116</v>
       </c>
       <c r="N102" s="15">
-        <v>548</v>
+        <v>516</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E103" s="15">
         <v>10080008328</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>8</v>
       </c>
       <c r="K103" s="15">
         <v>1.15</v>
       </c>
       <c r="L103" s="15">
         <v>0.69231</v>
       </c>
       <c r="M103" s="15">
         <v>0.61539</v>
       </c>
       <c r="N103" s="15">
-        <v>1554</v>
+        <v>1535</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15"/>
       <c r="K104" s="15">
         <v>2.46</v>
       </c>
       <c r="L104" s="15">
         <v>1.48</v>
       </c>
       <c r="M104" s="15">
         <v>1.23</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E105" s="15">
         <v>10000014660</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>7</v>
       </c>
       <c r="K105" s="15">
         <v>0.80974</v>
       </c>
       <c r="L105" s="15">
         <v>0.58585</v>
       </c>
       <c r="M105" s="15">
         <v>0.51122</v>
       </c>
-      <c r="N105" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E106" s="15">
         <v>10080070280</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>7</v>
       </c>
       <c r="K106" s="15">
         <v>1.68</v>
       </c>
       <c r="L106" s="15">
         <v>1.22</v>
       </c>
       <c r="M106" s="15">
         <v>1.06</v>
       </c>
       <c r="N106" s="15">
-        <v>835</v>
+        <v>686</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14"/>
       <c r="C107" s="15"/>
       <c r="D107" s="15"/>
       <c r="E107" s="15"/>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15"/>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15"/>
       <c r="L107" s="15"/>
       <c r="M107" s="15"/>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
     </row>
   </sheetData>
@@ -5415,317 +5424,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>