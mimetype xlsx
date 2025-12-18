--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -118,50 +118,53 @@
   <si>
     <t>2 ряда -вертикальные</t>
   </si>
   <si>
     <t>DS1026-06-2x11S8BV</t>
   </si>
   <si>
     <t>DS1026-06-2x11S8BV (PBD2-2-11S-G-4,3mm)</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>DS1026-06-2x12S8BV</t>
   </si>
   <si>
     <t>Разъем DS1026-06-2x12S8BV</t>
   </si>
   <si>
     <t>DS1026-06-2x13S8BV</t>
   </si>
   <si>
     <t>Разъем DS1026-06-2x13S8BV</t>
   </si>
   <si>
+    <t>03.05.2026</t>
+  </si>
+  <si>
     <t>DS1026-06-2x15S8BV</t>
   </si>
   <si>
     <t>Разъем DS1026-06-2x15S8BV</t>
   </si>
   <si>
     <t>DS1026-06-2x17S8BV</t>
   </si>
   <si>
     <t>Разъем DS1026-06-2x17S8BV</t>
   </si>
   <si>
     <t>DS1026-06-2x20S8BV</t>
   </si>
   <si>
     <t>Разъем DS1026-06-2x20S8BV</t>
   </si>
   <si>
     <t>10-00055622</t>
   </si>
   <si>
     <t>DS1026-06-2x2S8BV</t>
   </si>
   <si>
     <t>Разъем DS1026-06-2x2S8BV</t>
@@ -424,51 +427,51 @@
   <si>
     <t>DS1026-09-2x5S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда шаг 2,0мм smd / PBD2-10S (DS1026-09-2x5S8BSXBX)</t>
   </si>
   <si>
     <t>DS1026-09-2x5S8BSSRS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-10S DS1026-09-2x5S8BSSRS (PBD2-2-5SM)</t>
   </si>
   <si>
     <t>10-00055629</t>
   </si>
   <si>
     <t>DS1026-07-2x5S8BSXRS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd без направляющих, с установочной площадкой / PBD2-10S (DS1026-07-2x5S8BSXRS)</t>
   </si>
   <si>
     <t>UT-00104707</t>
   </si>
   <si>
-    <t>08.01.2026</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-10-T-4.6x6.2-B-P</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда, шаг 2.0мм, SMD, без направляющих, с установочной площадкой / PBD2-10S (L-KLS1-208B-4.3-2-10-T-4.6x6.2-B-P)</t>
   </si>
   <si>
     <t>UT-00098403</t>
   </si>
   <si>
     <t>DS1026-05-2x6S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-12 (DS1026-05-2x6S8BV)</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-12-S</t>
   </si>
   <si>
     <t>гнездо с шагом 2 мм / PBD2-12 (PBD2-2-6S-G-4,3mm) (L-KLS1-208B-4.3-2-12-S)</t>
   </si>
   <si>
     <t>DS1026-07-2x6S8BSXBX</t>
   </si>
@@ -484,51 +487,51 @@
   <si>
     <t xml:space="preserve">гнездо на плату 2ряда шаг2,0мм / PBD2-14 </t>
   </si>
   <si>
     <t>10-00055674</t>
   </si>
   <si>
     <t>CH-200-FH-2X7P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-14 (CH-200-FH-2X7P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-05-2x7S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-14 (DS1026-05-2x7S8BV)</t>
   </si>
   <si>
     <t>DS1026-05-2x8S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-16 (PBD2-2-8S-G-4,3mm) (DS1026-05-2x8S8BV)</t>
   </si>
   <si>
-    <t>08.03.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-16-S</t>
   </si>
   <si>
     <t>гнездо с шагом 2 мм / PBD2-16-4.3mm (PBD2-2-8S-G-4,3mm) (L-KLS1-208B-4.3-2-16-S)</t>
   </si>
   <si>
     <t>DS1026-09-2x8S8BSSRS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-16S (DS1026-09-2x8S8BSSRS)</t>
   </si>
   <si>
     <t>DS1026-09-2x8S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-16S (DS1026-09-2x8S8BSXBX)</t>
   </si>
   <si>
     <t xml:space="preserve">PBD2-18 </t>
   </si>
   <si>
     <t xml:space="preserve">гнездо на плату 2ряда шаг2,0мм / PBD2-18 </t>
   </si>
@@ -1628,3760 +1631,3768 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080055207</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>25</v>
       </c>
       <c r="K9" s="15">
         <v>0.27007</v>
       </c>
       <c r="L9" s="15">
         <v>0.1954</v>
       </c>
       <c r="M9" s="15">
         <v>0.1705</v>
       </c>
       <c r="N9" s="15">
-        <v>71526</v>
+        <v>56257</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080050486</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>23</v>
       </c>
       <c r="K10" s="15">
         <v>0.30692</v>
       </c>
       <c r="L10" s="15">
         <v>0.22205</v>
       </c>
       <c r="M10" s="15">
         <v>0.19378</v>
       </c>
       <c r="N10" s="15">
-        <v>69994</v>
+        <v>97335</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080055209</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>21</v>
       </c>
       <c r="K11" s="15">
         <v>0.33767</v>
       </c>
       <c r="L11" s="15">
         <v>0.24431</v>
       </c>
       <c r="M11" s="15">
         <v>0.21319</v>
       </c>
       <c r="N11" s="15">
-        <v>9650</v>
+        <v>14154</v>
       </c>
       <c r="O11" s="15">
-        <v>6000</v>
-[...1 lines deleted...]
-      <c r="P11" s="15"/>
+        <v>8800</v>
+      </c>
+      <c r="P11" s="15" t="s">
+        <v>34</v>
+      </c>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080055210</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>18</v>
       </c>
       <c r="K12" s="15">
         <v>0.36823</v>
       </c>
       <c r="L12" s="15">
         <v>0.26641</v>
       </c>
       <c r="M12" s="15">
         <v>0.23248</v>
       </c>
       <c r="N12" s="15">
-        <v>59829</v>
+        <v>56390</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080055211</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>16</v>
       </c>
       <c r="K13" s="15">
         <v>0.5835</v>
       </c>
       <c r="L13" s="15">
         <v>0.33233</v>
       </c>
       <c r="M13" s="15">
         <v>0.30335</v>
       </c>
       <c r="N13" s="15">
-        <v>1398</v>
+        <v>1268</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>14</v>
       </c>
       <c r="K14" s="15">
         <v>0.67459</v>
       </c>
       <c r="L14" s="15">
         <v>0.56579</v>
       </c>
       <c r="M14" s="15">
         <v>0.54403</v>
       </c>
       <c r="N14" s="15">
-        <v>1557</v>
+        <v>1578</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080048980</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>700</v>
       </c>
       <c r="K15" s="15">
         <v>0.07851</v>
       </c>
       <c r="L15" s="15">
         <v>0.0568</v>
       </c>
       <c r="M15" s="15">
         <v>0.04957</v>
       </c>
       <c r="N15" s="15">
-        <v>50935</v>
+        <v>58425</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080055216</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>87</v>
       </c>
       <c r="K16" s="15">
         <v>0.10075</v>
       </c>
       <c r="L16" s="15">
         <v>0.07290000000000001</v>
       </c>
       <c r="M16" s="15">
         <v>0.06361</v>
       </c>
       <c r="N16" s="15">
-        <v>7311</v>
+        <v>7747</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>1.18</v>
       </c>
       <c r="L17" s="15">
         <v>0.99348</v>
       </c>
       <c r="M17" s="15">
         <v>0.95528</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080055022</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>67</v>
       </c>
       <c r="K18" s="15">
         <v>0.11588</v>
       </c>
       <c r="L18" s="15">
         <v>0.08384</v>
       </c>
       <c r="M18" s="15">
         <v>0.07316</v>
       </c>
       <c r="N18" s="15">
-        <v>3806</v>
+        <v>3503</v>
       </c>
       <c r="O18" s="15">
-        <v>4400</v>
-[...1 lines deleted...]
-      <c r="P18" s="15"/>
+        <v>4051</v>
+      </c>
+      <c r="P18" s="15" t="s">
+        <v>34</v>
+      </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E19" s="15">
         <v>10080048981</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>54</v>
       </c>
       <c r="K19" s="15">
         <v>0.12716</v>
       </c>
       <c r="L19" s="15">
         <v>0.092</v>
       </c>
       <c r="M19" s="15">
         <v>0.08028</v>
       </c>
       <c r="N19" s="15">
-        <v>44778</v>
+        <v>49600</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080055212</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>45</v>
       </c>
       <c r="K20" s="15">
         <v>0.14489</v>
       </c>
       <c r="L20" s="15">
         <v>0.10483</v>
       </c>
       <c r="M20" s="15">
         <v>0.09147</v>
       </c>
       <c r="N20" s="15">
-        <v>16224</v>
+        <v>16412</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080074678</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>39</v>
       </c>
       <c r="K21" s="15">
         <v>0.14517</v>
       </c>
       <c r="L21" s="15">
         <v>0.10503</v>
       </c>
       <c r="M21" s="15">
         <v>0.09165</v>
       </c>
       <c r="N21" s="15">
-        <v>384</v>
+        <v>314</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080048982</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>34</v>
       </c>
       <c r="K22" s="15">
         <v>0.18169</v>
       </c>
       <c r="L22" s="15">
         <v>0.13146</v>
       </c>
       <c r="M22" s="15">
         <v>0.11471</v>
       </c>
       <c r="N22" s="15">
-        <v>3264</v>
+        <v>3711</v>
       </c>
       <c r="O22" s="15">
-        <v>1460</v>
-[...1 lines deleted...]
-      <c r="P22" s="15"/>
+        <v>1660</v>
+      </c>
+      <c r="P22" s="15" t="s">
+        <v>34</v>
+      </c>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E23" s="15">
         <v>10080051954</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>0.32529</v>
       </c>
       <c r="L23" s="15">
         <v>0.26674</v>
       </c>
       <c r="M23" s="15">
         <v>0.2559</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.14124</v>
       </c>
       <c r="L24" s="15">
         <v>0.11846</v>
       </c>
       <c r="M24" s="15">
         <v>0.1139</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.22491</v>
       </c>
       <c r="L25" s="15">
         <v>0.18863</v>
       </c>
       <c r="M25" s="15">
         <v>0.18137</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E26" s="15">
         <v>10080073746</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15">
         <v>0.33562</v>
       </c>
       <c r="L26" s="15">
         <v>0.27967</v>
       </c>
       <c r="M26" s="15">
         <v>0.26849</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E27" s="15">
         <v>10080073747</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15">
         <v>0.23935</v>
       </c>
       <c r="L27" s="15">
         <v>0.23935</v>
       </c>
       <c r="M27" s="15">
         <v>0.23935</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>58</v>
       </c>
       <c r="K28" s="15">
         <v>0.35689</v>
       </c>
       <c r="L28" s="15">
         <v>0.29933</v>
       </c>
       <c r="M28" s="15">
         <v>0.28782</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>42</v>
       </c>
       <c r="K29" s="15">
         <v>0.21936</v>
       </c>
       <c r="L29" s="15">
         <v>0.19011</v>
       </c>
       <c r="M29" s="15">
         <v>0.1828</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15">
         <v>1020</v>
       </c>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.34451</v>
       </c>
       <c r="L30" s="15">
         <v>0.34451</v>
       </c>
       <c r="M30" s="15">
         <v>0.34451</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E31" s="15">
         <v>10080066370</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.06637999999999999</v>
       </c>
       <c r="L31" s="15">
         <v>0.04803</v>
       </c>
       <c r="M31" s="15">
         <v>0.04191</v>
       </c>
       <c r="N31" s="15">
-        <v>463</v>
+        <v>452</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E32" s="15">
         <v>10000014625</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>700</v>
       </c>
       <c r="K32" s="15">
         <v>0.03983</v>
       </c>
       <c r="L32" s="15">
         <v>0.03452</v>
       </c>
       <c r="M32" s="15">
         <v>0.03319</v>
       </c>
       <c r="N32" s="15">
-        <v>9535</v>
+        <v>7769</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E33" s="15">
         <v>10080047108</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.08130999999999999</v>
       </c>
       <c r="L33" s="15">
         <v>0.04716</v>
       </c>
       <c r="M33" s="15">
         <v>0.04252</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.17865</v>
       </c>
       <c r="L34" s="15">
         <v>0.15483</v>
       </c>
       <c r="M34" s="15">
         <v>0.14888</v>
       </c>
       <c r="N34" s="15">
-        <v>4980</v>
+        <v>5220</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E35" s="15">
         <v>10080066740</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>126</v>
       </c>
       <c r="K35" s="15">
         <v>0.19005</v>
       </c>
       <c r="L35" s="15">
         <v>0.1375</v>
       </c>
       <c r="M35" s="15">
         <v>0.11998</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E36" s="15">
         <v>10080052282</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.08168</v>
       </c>
       <c r="L36" s="15">
         <v>0.05909</v>
       </c>
       <c r="M36" s="15">
         <v>0.05157</v>
       </c>
       <c r="N36" s="15">
-        <v>855</v>
+        <v>806</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E37" s="15">
         <v>10000014627</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>87</v>
       </c>
       <c r="K37" s="15">
         <v>0.07246</v>
       </c>
       <c r="L37" s="15">
         <v>0.05242</v>
       </c>
       <c r="M37" s="15">
         <v>0.04574</v>
       </c>
       <c r="N37" s="15">
-        <v>3183</v>
+        <v>3706</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E38" s="15">
         <v>10080037107</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>73</v>
       </c>
       <c r="K38" s="15">
         <v>0.07674</v>
       </c>
       <c r="L38" s="15">
         <v>0.04426</v>
       </c>
       <c r="M38" s="15">
         <v>0.03985</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.17724</v>
       </c>
       <c r="L39" s="15">
         <v>0.14769</v>
       </c>
       <c r="M39" s="15">
         <v>0.14178</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>96</v>
       </c>
       <c r="K40" s="15">
         <v>0.21503</v>
       </c>
       <c r="L40" s="15">
         <v>0.15417</v>
       </c>
       <c r="M40" s="15">
         <v>0.13895</v>
       </c>
       <c r="N40" s="15">
         <v>63</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>93</v>
       </c>
       <c r="K41" s="15">
         <v>0.14186</v>
       </c>
       <c r="L41" s="15">
         <v>0.10133</v>
       </c>
       <c r="M41" s="15">
         <v>0.09118999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>2164</v>
+        <v>2675</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>69</v>
       </c>
       <c r="K42" s="15">
         <v>0.22419</v>
       </c>
       <c r="L42" s="15">
         <v>0.16221</v>
       </c>
       <c r="M42" s="15">
         <v>0.14154</v>
       </c>
       <c r="N42" s="15">
-        <v>785</v>
+        <v>1071</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E43" s="15">
         <v>10000015582</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>67</v>
       </c>
       <c r="K43" s="15">
         <v>0.09249</v>
       </c>
       <c r="L43" s="15">
         <v>0.06691</v>
       </c>
       <c r="M43" s="15">
         <v>0.05839</v>
       </c>
       <c r="N43" s="15">
-        <v>8874</v>
+        <v>11268</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>72</v>
       </c>
       <c r="K44" s="15">
         <v>0.25333</v>
       </c>
       <c r="L44" s="15">
         <v>0.18328</v>
       </c>
       <c r="M44" s="15">
         <v>0.15993</v>
       </c>
       <c r="N44" s="15">
-        <v>1115</v>
+        <v>1075</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.25144</v>
       </c>
       <c r="L45" s="15">
         <v>0</v>
       </c>
       <c r="M45" s="15">
         <v>0</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E46" s="15">
         <v>10000014628</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>54</v>
       </c>
       <c r="K46" s="15">
         <v>0.11445</v>
       </c>
       <c r="L46" s="15">
         <v>0.0828</v>
       </c>
       <c r="M46" s="15">
         <v>0.07224999999999999</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>3780</v>
-[...1 lines deleted...]
-      <c r="P46" s="15"/>
+        <v>3660</v>
+      </c>
+      <c r="P46" s="15" t="s">
+        <v>34</v>
+      </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E47" s="15">
         <v>10080054550</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>45</v>
       </c>
       <c r="K47" s="15">
         <v>0.04331</v>
       </c>
       <c r="L47" s="15">
         <v>0.04331</v>
       </c>
       <c r="M47" s="15">
         <v>0.04331</v>
       </c>
       <c r="N47" s="15">
         <v>23</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E48" s="15">
         <v>10080052283</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>400</v>
       </c>
       <c r="K48" s="15">
         <v>0.09807</v>
       </c>
       <c r="L48" s="15">
         <v>0.07096</v>
       </c>
       <c r="M48" s="15">
         <v>0.06192</v>
       </c>
       <c r="N48" s="15">
         <v>90</v>
       </c>
       <c r="O48" s="15">
-        <v>4330</v>
+        <v>3221</v>
       </c>
       <c r="P48" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>700</v>
       </c>
       <c r="K49" s="15">
         <v>0.30578</v>
       </c>
       <c r="L49" s="15">
         <v>0.26501</v>
       </c>
       <c r="M49" s="15">
         <v>0.25481</v>
       </c>
       <c r="N49" s="15">
-        <v>1848</v>
+        <v>2156</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E50" s="15">
         <v>10080045602</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>56</v>
       </c>
       <c r="K50" s="15">
         <v>0.35036</v>
       </c>
       <c r="L50" s="15">
         <v>0.23611</v>
       </c>
       <c r="M50" s="15">
         <v>0.22088</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>700</v>
       </c>
       <c r="K51" s="15">
         <v>0.44324</v>
       </c>
       <c r="L51" s="15">
         <v>0.32069</v>
       </c>
       <c r="M51" s="15">
         <v>0.27984</v>
       </c>
       <c r="N51" s="15">
-        <v>44158</v>
+        <v>44882</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>800</v>
       </c>
       <c r="K52" s="15">
         <v>0.2857</v>
       </c>
       <c r="L52" s="15">
         <v>0.23962</v>
       </c>
       <c r="M52" s="15">
         <v>0.2304</v>
       </c>
       <c r="N52" s="15">
-        <v>316</v>
+        <v>332</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1044</v>
       </c>
       <c r="K53" s="15">
         <v>0.12088</v>
       </c>
       <c r="L53" s="15">
         <v>0.11562</v>
       </c>
       <c r="M53" s="15">
         <v>0.11037</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E54" s="15">
         <v>10000015583</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>45</v>
       </c>
       <c r="K54" s="15">
         <v>0.1379</v>
       </c>
       <c r="L54" s="15">
         <v>0.09977</v>
       </c>
       <c r="M54" s="15">
         <v>0.08706</v>
       </c>
       <c r="N54" s="15">
-        <v>4950</v>
+        <v>4478</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E55" s="15">
         <v>10080037105</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>38</v>
       </c>
       <c r="K55" s="15">
-        <v>0.12112</v>
+        <v>0.07191</v>
       </c>
       <c r="L55" s="15">
-        <v>0.08684</v>
+        <v>0.06232</v>
       </c>
       <c r="M55" s="15">
-        <v>0.07541</v>
+        <v>0.05993</v>
       </c>
       <c r="N55" s="15">
         <v>61</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>49</v>
       </c>
       <c r="K56" s="15">
         <v>0.41766</v>
       </c>
       <c r="L56" s="15">
         <v>0.29945</v>
       </c>
       <c r="M56" s="15">
         <v>0.26989</v>
       </c>
       <c r="N56" s="15">
-        <v>4025</v>
+        <v>4592</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.32762</v>
       </c>
       <c r="L57" s="15">
         <v>0.1712</v>
       </c>
       <c r="M57" s="15">
         <v>0.16381</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E58" s="15">
         <v>10080052284</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>340</v>
       </c>
       <c r="K58" s="15">
         <v>0.11571</v>
       </c>
       <c r="L58" s="15">
         <v>0.08265</v>
       </c>
       <c r="M58" s="15">
         <v>0.07439</v>
       </c>
       <c r="N58" s="15">
-        <v>685</v>
+        <v>729</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E59" s="15">
         <v>10000015584</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>39</v>
       </c>
       <c r="K59" s="15">
         <v>0.1593</v>
       </c>
       <c r="L59" s="15">
         <v>0.11525</v>
       </c>
       <c r="M59" s="15">
         <v>0.10057</v>
       </c>
       <c r="N59" s="15">
-        <v>961</v>
+        <v>1554</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E60" s="15">
         <v>10000014629</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>34</v>
       </c>
       <c r="K60" s="15">
         <v>0.13725</v>
       </c>
       <c r="L60" s="15">
         <v>0.11895</v>
       </c>
       <c r="M60" s="15">
         <v>0.11438</v>
       </c>
       <c r="N60" s="15">
-        <v>1767</v>
+        <v>1845</v>
       </c>
       <c r="O60" s="15">
-        <v>3600</v>
+        <v>4100</v>
       </c>
       <c r="P60" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E61" s="15">
         <v>10080053585</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>38</v>
       </c>
       <c r="K61" s="15">
         <v>0.18547</v>
       </c>
       <c r="L61" s="15">
         <v>0.10701</v>
       </c>
       <c r="M61" s="15">
         <v>0.0963</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080066737</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>700</v>
       </c>
       <c r="K62" s="15">
         <v>0.43097</v>
       </c>
       <c r="L62" s="15">
         <v>0.35915</v>
       </c>
       <c r="M62" s="15">
         <v>0.34478</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10080045603</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>34</v>
       </c>
       <c r="K63" s="15">
         <v>0.43192</v>
       </c>
       <c r="L63" s="15">
         <v>0.31249</v>
       </c>
       <c r="M63" s="15">
         <v>0.27268</v>
       </c>
       <c r="N63" s="15">
-        <v>2232</v>
+        <v>1809</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>50</v>
       </c>
       <c r="K64" s="15">
         <v>0.18106</v>
       </c>
       <c r="L64" s="15">
         <v>0.14534</v>
       </c>
       <c r="M64" s="15">
         <v>0.13671</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E65" s="15">
         <v>10000015585</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>30</v>
       </c>
       <c r="K65" s="15">
         <v>0.21667</v>
       </c>
       <c r="L65" s="15">
         <v>0.15676</v>
       </c>
       <c r="M65" s="15">
         <v>0.13679</v>
       </c>
       <c r="N65" s="15">
-        <v>5834</v>
+        <v>5927</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E66" s="15">
         <v>10080028885</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
       <c r="K66" s="15">
         <v>0.21123</v>
       </c>
       <c r="L66" s="15">
         <v>0.14792</v>
       </c>
       <c r="M66" s="15">
         <v>0.13733</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E67" s="15">
         <v>10080045604</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>31</v>
       </c>
       <c r="K67" s="15">
         <v>0.50667</v>
       </c>
       <c r="L67" s="15">
         <v>0.36657</v>
       </c>
       <c r="M67" s="15">
         <v>0.31987</v>
       </c>
       <c r="N67" s="15">
-        <v>943</v>
+        <v>1227</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E68" s="15">
         <v>10080050535</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>800</v>
       </c>
       <c r="K68" s="15">
         <v>0.27251</v>
       </c>
       <c r="L68" s="15">
         <v>0.23617</v>
       </c>
       <c r="M68" s="15">
         <v>0.22709</v>
       </c>
       <c r="N68" s="15">
-        <v>32555</v>
+        <v>41711</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E69" s="15">
         <v>10080046778</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>500</v>
       </c>
       <c r="K69" s="15">
         <v>0.24915</v>
       </c>
       <c r="L69" s="15">
         <v>0.14454</v>
       </c>
       <c r="M69" s="15">
         <v>0.13027</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E70" s="15">
         <v>10080052285</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>240</v>
       </c>
       <c r="K70" s="15">
         <v>0.20388</v>
       </c>
       <c r="L70" s="15">
         <v>0.14751</v>
       </c>
       <c r="M70" s="15">
         <v>0.12872</v>
       </c>
       <c r="N70" s="15">
-        <v>454</v>
+        <v>419</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>28</v>
       </c>
       <c r="K71" s="15">
         <v>0.28891</v>
       </c>
       <c r="L71" s="15">
         <v>0.19471</v>
       </c>
       <c r="M71" s="15">
         <v>0.18214</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E72" s="15">
         <v>10000014630</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>28</v>
       </c>
       <c r="K72" s="15">
         <v>0.18123</v>
       </c>
       <c r="L72" s="15">
         <v>0.17368</v>
       </c>
       <c r="M72" s="15">
         <v>0.16614</v>
       </c>
       <c r="N72" s="15">
-        <v>14961</v>
+        <v>17001</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>700</v>
       </c>
       <c r="K73" s="15">
         <v>0.63331</v>
       </c>
       <c r="L73" s="15">
         <v>0.4582</v>
       </c>
       <c r="M73" s="15">
         <v>0.39983</v>
       </c>
       <c r="N73" s="15">
-        <v>2307</v>
+        <v>2145</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E74" s="15">
         <v>10080035810</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>29</v>
       </c>
       <c r="K74" s="15">
-        <v>0.27702</v>
+        <v>0.15323</v>
       </c>
       <c r="L74" s="15">
-        <v>0.18351</v>
+        <v>0.1328</v>
       </c>
       <c r="M74" s="15">
-        <v>0.16014</v>
+        <v>0.12769</v>
       </c>
       <c r="N74" s="15">
         <v>60</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E75" s="15">
         <v>10080052286</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>220</v>
       </c>
       <c r="K75" s="15">
         <v>0.12998</v>
       </c>
       <c r="L75" s="15">
         <v>0.11265</v>
       </c>
       <c r="M75" s="15">
         <v>0.10831</v>
       </c>
       <c r="N75" s="15">
-        <v>252</v>
+        <v>280</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E76" s="15">
         <v>10000015586</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>25</v>
       </c>
       <c r="K76" s="15">
         <v>0.27175</v>
       </c>
       <c r="L76" s="15">
         <v>0.19661</v>
       </c>
       <c r="M76" s="15">
         <v>0.17157</v>
       </c>
       <c r="N76" s="15">
-        <v>2004</v>
+        <v>2343</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E77" s="15">
         <v>10080037106</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>21</v>
       </c>
       <c r="K77" s="15">
         <v>0.27917</v>
       </c>
       <c r="L77" s="15">
         <v>0.16107</v>
       </c>
       <c r="M77" s="15">
         <v>0.14495</v>
       </c>
       <c r="N77" s="15">
         <v>6</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E78" s="15">
         <v>10080061639</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>27</v>
       </c>
       <c r="K78" s="15">
         <v>0.12516</v>
       </c>
       <c r="L78" s="15">
         <v>0.12516</v>
       </c>
       <c r="M78" s="15">
         <v>0.12516</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E79" s="15">
         <v>10080052287</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>200</v>
       </c>
       <c r="K79" s="15">
         <v>0.30876</v>
       </c>
       <c r="L79" s="15">
         <v>0.17585</v>
       </c>
       <c r="M79" s="15">
         <v>0.16052</v>
       </c>
       <c r="N79" s="15">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E80" s="15">
         <v>10000014631</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>23</v>
       </c>
       <c r="K80" s="15">
         <v>0.35645</v>
       </c>
       <c r="L80" s="15">
         <v>0.221</v>
       </c>
       <c r="M80" s="15">
         <v>0.20675</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E81" s="15">
         <v>10080037102</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>19</v>
       </c>
       <c r="K81" s="15">
         <v>0.14636</v>
       </c>
       <c r="L81" s="15">
         <v>0.12684</v>
       </c>
       <c r="M81" s="15">
         <v>0.12196</v>
       </c>
       <c r="N81" s="15">
-        <v>997</v>
+        <v>980</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E82" s="15">
         <v>10080009188</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>21</v>
       </c>
       <c r="K82" s="15">
         <v>0.47371</v>
       </c>
       <c r="L82" s="15">
         <v>0.2876</v>
       </c>
       <c r="M82" s="15">
         <v>0.25377</v>
       </c>
       <c r="N82" s="15">
         <v>3</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E83" s="15">
         <v>10080037103</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>18</v>
       </c>
       <c r="K83" s="15">
         <v>0.14702</v>
       </c>
       <c r="L83" s="15">
         <v>0.12741</v>
       </c>
       <c r="M83" s="15">
         <v>0.12251</v>
       </c>
       <c r="N83" s="15">
         <v>32</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1012</v>
       </c>
       <c r="K84" s="15">
         <v>0.18301</v>
       </c>
       <c r="L84" s="15">
         <v>0.17505</v>
       </c>
       <c r="M84" s="15">
         <v>0.1671</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.25125</v>
       </c>
       <c r="L85" s="15">
         <v>0.20076</v>
       </c>
       <c r="M85" s="15">
         <v>0.18844</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E86" s="15">
         <v>10080018029</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>20</v>
       </c>
       <c r="K86" s="15">
         <v>0.24704</v>
       </c>
       <c r="L86" s="15">
         <v>0.2141</v>
       </c>
       <c r="M86" s="15">
         <v>0.20586</v>
       </c>
       <c r="N86" s="15">
-        <v>2530</v>
+        <v>3206</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E87" s="15">
         <v>10000014632</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>18</v>
       </c>
       <c r="K87" s="15">
         <v>0.32945</v>
       </c>
       <c r="L87" s="15">
         <v>0.23836</v>
       </c>
       <c r="M87" s="15">
         <v>0.20799</v>
       </c>
       <c r="N87" s="15">
         <v>61</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E88" s="15">
         <v>10080032297</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>15</v>
       </c>
       <c r="K88" s="15">
         <v>0.18839</v>
       </c>
       <c r="L88" s="15">
         <v>0.16327</v>
       </c>
       <c r="M88" s="15">
         <v>0.15699</v>
       </c>
       <c r="N88" s="15">
-        <v>2484</v>
+        <v>2844</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15"/>
       <c r="K89" s="15">
         <v>0.42292</v>
       </c>
       <c r="L89" s="15">
         <v>0.35244</v>
       </c>
       <c r="M89" s="15">
         <v>0.33834</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>14</v>
       </c>
       <c r="K90" s="15">
         <v>0.27928</v>
       </c>
       <c r="L90" s="15">
         <v>0.20206</v>
       </c>
       <c r="M90" s="15">
         <v>0.17632</v>
       </c>
       <c r="N90" s="15">
-        <v>1614</v>
+        <v>1531</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E91" s="15">
         <v>10080009189</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>16</v>
       </c>
       <c r="K91" s="15">
         <v>0.54029</v>
       </c>
       <c r="L91" s="15">
         <v>0.32804</v>
       </c>
       <c r="M91" s="15">
         <v>0.28946</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E92" s="15">
         <v>10080037104</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>13</v>
       </c>
       <c r="K92" s="15">
         <v>0.44022</v>
       </c>
       <c r="L92" s="15">
         <v>0.25398</v>
       </c>
       <c r="M92" s="15">
         <v>0.22856</v>
       </c>
       <c r="N92" s="15">
-        <v>938</v>
+        <v>763</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E93" s="15">
         <v>10080059422</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.38576</v>
       </c>
       <c r="L93" s="15">
         <v>0.32147</v>
       </c>
       <c r="M93" s="15">
         <v>0.30861</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E94" s="15">
         <v>10080016679</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>120</v>
       </c>
       <c r="K94" s="15">
         <v>0.36087</v>
       </c>
       <c r="L94" s="15">
         <v>0.2882</v>
       </c>
       <c r="M94" s="15">
         <v>0.27096</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E95" s="15">
         <v>10080066371</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>120</v>
       </c>
       <c r="K95" s="15">
         <v>0.21098</v>
       </c>
       <c r="L95" s="15">
         <v>0.18285</v>
       </c>
       <c r="M95" s="15">
         <v>0.17581</v>
       </c>
       <c r="N95" s="15">
-        <v>888</v>
+        <v>1027</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E96" s="15">
         <v>10000014656</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J96" s="15">
         <v>120</v>
       </c>
       <c r="K96" s="15">
         <v>0.51213</v>
       </c>
       <c r="L96" s="15">
         <v>0.34513</v>
       </c>
       <c r="M96" s="15">
         <v>0.32286</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E97" s="15">
         <v>10080028263</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J97" s="15">
         <v>14</v>
       </c>
       <c r="K97" s="15">
         <v>0.43363</v>
       </c>
       <c r="L97" s="15">
         <v>0.31373</v>
       </c>
       <c r="M97" s="15">
         <v>0.27377</v>
       </c>
       <c r="N97" s="15">
-        <v>702</v>
+        <v>787</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.24312</v>
       </c>
       <c r="L98" s="15">
         <v>0.24312</v>
       </c>
       <c r="M98" s="15">
         <v>0.24312</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E99" s="15">
         <v>10080033071</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>13</v>
       </c>
       <c r="K99" s="15">
         <v>0.69628</v>
       </c>
       <c r="L99" s="15">
         <v>0.42273</v>
       </c>
       <c r="M99" s="15">
         <v>0.37301</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E100" s="15">
         <v>10080047183</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>11</v>
       </c>
       <c r="K100" s="15">
         <v>0.50678</v>
       </c>
       <c r="L100" s="15">
         <v>0.36666</v>
       </c>
       <c r="M100" s="15">
         <v>0.31995</v>
       </c>
       <c r="N100" s="15">
-        <v>426</v>
+        <v>594</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E101" s="15">
         <v>10000017306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>11</v>
       </c>
       <c r="K101" s="15">
         <v>0.53551</v>
       </c>
       <c r="L101" s="15">
         <v>0.38745</v>
       </c>
       <c r="M101" s="15">
         <v>0.33809</v>
       </c>
       <c r="N101" s="15">
-        <v>1048</v>
+        <v>838</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E102" s="15">
         <v>10000014658</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>9</v>
       </c>
       <c r="K102" s="15">
         <v>0.61958</v>
       </c>
       <c r="L102" s="15">
         <v>0.44827</v>
       </c>
       <c r="M102" s="15">
         <v>0.39116</v>
       </c>
       <c r="N102" s="15">
-        <v>516</v>
+        <v>579</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E103" s="15">
         <v>10080008328</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>8</v>
       </c>
       <c r="K103" s="15">
         <v>1.15</v>
       </c>
       <c r="L103" s="15">
         <v>0.69231</v>
       </c>
       <c r="M103" s="15">
         <v>0.61539</v>
       </c>
       <c r="N103" s="15">
-        <v>1535</v>
+        <v>1403</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15"/>
       <c r="K104" s="15">
         <v>2.46</v>
       </c>
       <c r="L104" s="15">
         <v>1.48</v>
       </c>
       <c r="M104" s="15">
         <v>1.23</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E105" s="15">
         <v>10000014660</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>7</v>
       </c>
       <c r="K105" s="15">
         <v>0.80974</v>
       </c>
       <c r="L105" s="15">
         <v>0.58585</v>
       </c>
       <c r="M105" s="15">
         <v>0.51122</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E106" s="15">
         <v>10080070280</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>7</v>
       </c>
       <c r="K106" s="15">
         <v>1.68</v>
       </c>
       <c r="L106" s="15">
         <v>1.22</v>
       </c>
       <c r="M106" s="15">
         <v>1.06</v>
       </c>
       <c r="N106" s="15">
-        <v>686</v>
+        <v>816</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14"/>
       <c r="C107" s="15"/>
       <c r="D107" s="15"/>
       <c r="E107" s="15"/>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15"/>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15"/>
       <c r="L107" s="15"/>
       <c r="M107" s="15"/>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
     </row>
   </sheetData>
@@ -5424,317 +5435,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>