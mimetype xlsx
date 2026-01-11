--- v2 (2025-12-18)
+++ v3 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -97,735 +97,735 @@
   <si>
     <t>Мелкий опт</t>
   </si>
   <si>
     <t>Опт</t>
   </si>
   <si>
     <t>Свободный остаток</t>
   </si>
   <si>
     <t>Ожидается</t>
   </si>
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>2 ряда -вертикальные</t>
   </si>
   <si>
+    <t>KLS1-208B-2.2-2-20-T3</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / KLS1-208B-2.2-2-20-T3</t>
+  </si>
+  <si>
+    <t>KLS</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-2.2-2-06-T-2.5X6.2-B-R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">гнездо двухрядное на плату, шаг 2мм, SMT / L-KLS1-208B-2.2-2-06-T-2.5X6.2-B-R </t>
+  </si>
+  <si>
+    <t>UT-00149380</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-2.2-2-10-T3C-T</t>
+  </si>
+  <si>
+    <t>гнездо двухрядное на плату, шаг 2мм, SMD с направляющими, в линейках / L-KLS1-208B-2.2-2-10-T3C-T</t>
+  </si>
+  <si>
+    <t>UT-00101334</t>
+  </si>
+  <si>
+    <t>L-KLS1-208BX-6.35-2-08-S-2.5X14.35-B</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / L-KLS1-208BX-6.35-2-08-S-2.5X14.35-B</t>
+  </si>
+  <si>
+    <t>L-KLS1-208BX-6.35-2-10-S-2.5X14.35-B</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / L-KLS1-208BX-6.35-2-10-S-2.5X14.35-B</t>
+  </si>
+  <si>
+    <t>L-KLS1-208BX-6.35-2-10-S-2.7X12.35-B</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / L-KLS1-208BX-6.35-2-10-S-2.7X12.35-B</t>
+  </si>
+  <si>
+    <t>UT-00106025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS1-208BX-6.35-2-14-S-3.3X8.35-B </t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / L-KLS1-208BX-6.35-2-14-S-3.3X8.35-B</t>
+  </si>
+  <si>
+    <t>UT-00148496</t>
+  </si>
+  <si>
+    <t>DS1023-15-2x5B8SRS2</t>
+  </si>
+  <si>
+    <t>гнездо на плату двухрядное 2х5 шаг 2,54 SMD с установочной площадкой / PBD-10S (DS1023-15-2x5B8SRS2)</t>
+  </si>
+  <si>
+    <t>UT-00102709</t>
+  </si>
+  <si>
+    <t>CONNFLY</t>
+  </si>
+  <si>
+    <t>DS1026-06-2x2S8BV</t>
+  </si>
+  <si>
+    <t>PBD2-04 (DS1026-06-2x2S8BV)</t>
+  </si>
+  <si>
+    <t>CH-200-FH-2X2P-4.3-GO-A</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-04 (CH-200-FH-2X2P-4.3-GO-A)</t>
+  </si>
+  <si>
+    <t>SHAINOR</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x2S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-04 (DS1026-05-2x2S8BV)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-04-S</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм / PBD2-04-4.3mm (PBD2-2-02S-G-4,3mm) (L-KLS1-208B-4.3-2-04-S)</t>
+  </si>
+  <si>
+    <t>DS1026-09-2x2S8BSMRX</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd, с майларовой пленкой / PBD2-04S (DS1026-09-2x2S8BSMRX)</t>
+  </si>
+  <si>
+    <t>UT-00149086</t>
+  </si>
+  <si>
+    <t>DS1026-09-2x2S8BSXBX</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-04S (DS1026-09-2x2S8BSXBX)</t>
+  </si>
+  <si>
+    <t>DS1026-06-2x3S8BV</t>
+  </si>
+  <si>
+    <t>PBD2-06 (DS1026-06-2x3S8BV)</t>
+  </si>
+  <si>
+    <t>CH-200-FH-2X3P-4.3-GO-A</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-06 (CH-200-FH-2X3P-4.3-GO-A)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x3S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-06 (DS1026-05-2x3S8BV)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-06-S</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм / PBD2-06-4.3mm (PBD2-2-03S-G-4,3mm) (L-KLS1-208B-4.3-2-06-S)</t>
+  </si>
+  <si>
+    <t>DS1026-07-2x3S8BSX</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-06S (DS1026-07-2x3S8BSX)</t>
+  </si>
+  <si>
+    <t>UT-00089826</t>
+  </si>
+  <si>
+    <t>DS1026-07-2x3S8BSXBX</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм SMD, без направляющих / PBD2-06S (DS1026-07-2x3S8BSXBX)</t>
+  </si>
+  <si>
+    <t>UT-00098225</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-06-T-4.6x6.2-B-P</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2 ряда, шаг 2.0мм, SMD, без направляющих, с установочной площадкой / PBD2-06S (L-KLS1-208B-4.3-2-06-T-4.6x6.2-B-P)</t>
+  </si>
+  <si>
+    <t>UT-00098402</t>
+  </si>
+  <si>
+    <t>DS1026-06-2x4S8BV</t>
+  </si>
+  <si>
+    <t>PBD2-08 (DS1026-06-2x4S8BV)</t>
+  </si>
+  <si>
+    <t>03.05.2026</t>
+  </si>
+  <si>
+    <t>DS1026-20-2x4S8BVB</t>
+  </si>
+  <si>
+    <t>гнёзда в плату двухрядные, шаг 2мм H=6.35мм / PBD2-08 (DS1026-20-2x4S8BVB)</t>
+  </si>
+  <si>
+    <t>UT-00132658</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x4S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-08 (PBD2-2-04S-G-4,3mm) (DS1026-05-2x4S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-07-2x4S8BSXBX</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd, линейки / PBD2-08S (DS1026-07-2x4S8BSXBX)</t>
+  </si>
+  <si>
+    <t>10-00055653</t>
+  </si>
+  <si>
+    <t>DS1026-07-2x4S8BSS</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-08SP (PBD2-2-4SM-G-4,5mm) (DS1026-07-2x4S8BSS) (DS1026-07-2x4S8BSXRS)</t>
+  </si>
+  <si>
+    <t>10-00055636</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x5S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (DS1026-05-2x5S8BV)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-10-S</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (L-KLS1-208B-4.3-2-10-S)</t>
+  </si>
+  <si>
+    <t>CH-200-FH-2X5P-4.3-GO-A</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (PBD2-2-5S-G-4,3mm) (CH-200-FH-2X5P-4.3-GO-A)</t>
+  </si>
+  <si>
+    <t>21.04.2026</t>
+  </si>
+  <si>
+    <t>DS1026-06-2x5S8BV</t>
+  </si>
+  <si>
+    <t>PBD2-10 (DS1026-06-2x5S8BV) (PBD2-2-05S-G-4,3mm)</t>
+  </si>
+  <si>
+    <t>DS1026-09-2x5S8BSSRX</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2 ряда шаг 2,0мм smd / PBD2-10S (DS1026-09-2x5S8BSSRX)</t>
+  </si>
+  <si>
+    <t>UT-00148995</t>
+  </si>
+  <si>
+    <t>DS1026-09-2x5S8BSXBX</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2 ряда шаг 2,0мм smd / PBD2-10S (DS1026-09-2x5S8BSXBX)</t>
+  </si>
+  <si>
+    <t>DS1026-09-2x5S8BSSRS</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-10S DS1026-09-2x5S8BSSRS (PBD2-2-5SM)</t>
+  </si>
+  <si>
+    <t>10-00055629</t>
+  </si>
+  <si>
+    <t>DS1026-07-2x5S8BSXRS</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd без направляющих, с установочной площадкой / PBD2-10S (DS1026-07-2x5S8BSXRS)</t>
+  </si>
+  <si>
+    <t>UT-00104707</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-10-T-4.6x6.2-B-P</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2 ряда, шаг 2.0мм, SMD, без направляющих, с установочной площадкой / PBD2-10S (L-KLS1-208B-4.3-2-10-T-4.6x6.2-B-P)</t>
+  </si>
+  <si>
+    <t>UT-00098403</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x6S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-12 (DS1026-05-2x6S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-06-2x6S8BV</t>
+  </si>
+  <si>
+    <t>PBD2-12 (DS1026-06-2x6S8BV)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-12-S</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм / PBD2-12 (PBD2-2-6S-G-4,3mm) (L-KLS1-208B-4.3-2-12-S)</t>
+  </si>
+  <si>
+    <t>DS1026-07-2x6S8BSXBX</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-12S (DS1026-07-2x6S8BSXBX)</t>
+  </si>
+  <si>
+    <t>UT-00089825</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PBD2-14 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">гнездо на плату 2ряда шаг2,0мм / PBD2-14 </t>
+  </si>
+  <si>
+    <t>10-00055674</t>
+  </si>
+  <si>
+    <t>CH-200-FH-2X7P-4.3-GO-A</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-14 (CH-200-FH-2X7P-4.3-GO-A)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x7S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-14 (DS1026-05-2x7S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-06-2x7S8BV</t>
+  </si>
+  <si>
+    <t>шаг 2мм / PBD2-14 (DS1026-06-2x7S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-06-2x8S8BV</t>
+  </si>
+  <si>
+    <t>PBD2-16 (DS1026-06-2x8S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x8S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-16 (PBD2-2-8S-G-4,3mm) (DS1026-05-2x8S8BV)</t>
+  </si>
+  <si>
+    <t>13.02.2026</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-16-S</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм / PBD2-16-4.3mm (PBD2-2-8S-G-4,3mm) (L-KLS1-208B-4.3-2-16-S)</t>
+  </si>
+  <si>
+    <t>DS1026-09-2x8S8BSSRS</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-16S (DS1026-09-2x8S8BSSRS)</t>
+  </si>
+  <si>
+    <t>DS1026-09-2x8S8BSXBX</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-16S (DS1026-09-2x8S8BSXBX)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PBD2-18 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">гнездо на плату 2ряда шаг2,0мм / PBD2-18 </t>
+  </si>
+  <si>
+    <t>10-00055675</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x9S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-18 (DS1026-05-2x9S8BV)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-18-S</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм / PBD2-18-4.3mm (PBD2-2-9S-G-4,3mm) (L-KLS1-208B-4.3-2-18-S)</t>
+  </si>
+  <si>
+    <t>DS1026-09-2x9S8BSXBX</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-18S (DS1026-09-2x9S8BSXBX)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-2-26-T3C-R</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм (SMT/With Post/W4.5/U Type /W6.2/H4.6/PA6T/Au1u/Reel Packing) / PBD2-2-13SM-G-PCG-4,6mm (KLS1-208B-2-26-T3C-R)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-08-T3C-W4.0-R</t>
+  </si>
+  <si>
+    <t>PBD2-2-4SM-G-PCG-4,5mm (L-KLS1-208B-4.3-2-08-T3C-W4.0-R)</t>
+  </si>
+  <si>
+    <t>CH-200-FH-2X10P-4.3-GO-A</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-20 (CH-200-FH-2X10P-4.3-GO-A)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x10S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-20 (DS1026-05-2x10S8BV)</t>
+  </si>
+  <si>
+    <t>UT-00089431</t>
+  </si>
+  <si>
+    <t>DS1026-06-2x10S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-20 (DS1026-06-2x10S8BV) (PBD2-2-10S-G-4,3mm)</t>
+  </si>
+  <si>
+    <t>DS1026-09-2x10S8BSSRS</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-20S (DS1026-09-2x10S8BSSRS)</t>
+  </si>
+  <si>
+    <t>10-00055627</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-20-T3</t>
+  </si>
+  <si>
+    <t>PBD2-20S (L-KLS1-208B-4.3-2-20-T3)</t>
+  </si>
+  <si>
     <t>DS1026-06-2x11S8BV</t>
   </si>
   <si>
-    <t>DS1026-06-2x11S8BV (PBD2-2-11S-G-4,3mm)</t>
-[...2 lines deleted...]
-    <t>CONNFLY</t>
+    <t>PBD2-22 (DS1026-06-2x11S8BV) (PBD2-2-11S-G-4,3mm)</t>
+  </si>
+  <si>
+    <t>CH-200-FH-2X11P-4.3-GO-A</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-22 (CH-200-FH-2X11P-4.3-GO-A)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x11S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-22 (DS1026-05-2x11S8BV)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-22-S</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм / PBD2-22-4.3mm (PBD2-2-11S-G-4,3mm) (L-KLS1-208B-4.3-2-22-S)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-22-T</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-22S (L-KLS1-208B-4.3-2-22-T)</t>
+  </si>
+  <si>
+    <t>CH-200-FH-2X12P-4.3-GO-A</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-24 (CH-200-FH-2X12P-4.3-GO-A)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x12S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-24 (DS1026-05-2x12S8BV)</t>
   </si>
   <si>
     <t>DS1026-06-2x12S8BV</t>
   </si>
   <si>
-    <t>Разъем DS1026-06-2x12S8BV</t>
+    <t>PBD2-24 (DS1026-06-2x12S8BV)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-24-S</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм / PBD2-24 (PBD2-2-12S-G-4,3mm) (L-KLS1-208B-4.3-2-24-S)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x13 S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-26 (DS1026-05-2x13 S8BV)</t>
   </si>
   <si>
     <t>DS1026-06-2x13S8BV</t>
   </si>
   <si>
-    <t>Разъем DS1026-06-2x13S8BV</t>
-[...2 lines deleted...]
-    <t>03.05.2026</t>
+    <t>PBD2-26 (DS1026-06-2x13S8BV)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-26-S</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм / PBD2-26 (PBD2-2-13S-G-4,3mm) (L-KLS1-208B-4.3-2-26-S)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-26-T-4.6x6.2-B-P</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2 ряда, шаг 2.0мм, SMD, без направляющих, с установочной площадкой / PBD2-26S (L-KLS1-208B-4.3-2-26-T-4.6x6.2-B-P)</t>
+  </si>
+  <si>
+    <t>UT-00098404</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PBD2-28 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">гнездо на плату 2ряда шаг2,0мм / PBD2-28 </t>
+  </si>
+  <si>
+    <t>10-00055676</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x14S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-28 (DS1026-05-2x14S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x15S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-30 (DS1026-05-2x15S8BV)</t>
   </si>
   <si>
     <t>DS1026-06-2x15S8BV</t>
   </si>
   <si>
-    <t>Разъем DS1026-06-2x15S8BV</t>
+    <t>PBD2-30 (DS1026-06-2x15S8BV)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-30-S</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм - высота 4,3мм / PBD2-30-4.3mm (PBD2-2-15S-G-4,3mm) (L-KLS1-208B-4.3-2-30-S)</t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x16S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-32 (DS1026-05-2x16S8BV)</t>
+  </si>
+  <si>
+    <t>10-00055702</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-32-S</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм / PBD2-32-4.3mm (L-KLS1-208B-4.3-2-32-S)</t>
+  </si>
+  <si>
+    <t>10-00055642</t>
   </si>
   <si>
     <t>DS1026-06-2x17S8BV</t>
   </si>
   <si>
-    <t>Разъем DS1026-06-2x17S8BV</t>
+    <t>PBD2-34 (DS1026-06-2x17S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x17S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-34 (DS1026-05-2x17S8BV)</t>
+  </si>
+  <si>
+    <t>L-KLS1-208B-4.3-2-34-S</t>
+  </si>
+  <si>
+    <t>гнездо с шагом 2 мм / PBD2-34-4.3mm (PBD2-2-17S-G-4,3mm) (L-KLS1-208B-4.3-2-34-S)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x18S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-36 (DS1026-05-2x18S8BV)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PBD2-40 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">гнездо на плату 2ряда шаг2,0мм / PBD2-40 </t>
+  </si>
+  <si>
+    <t>CH-200-FH-2X20P-4.3-GO-A</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-40 (CH-200-FH-2X20P-4.3-GO-A)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x20S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-40 (DS1026-05-2x20S8BV)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DS1026-05-2x20S8BV CONNFLY, </t>
   </si>
   <si>
     <t>DS1026-06-2x20S8BV</t>
   </si>
   <si>
-    <t>Разъем DS1026-06-2x20S8BV</t>
+    <t>PBD2-40 (DS1026-06-2x20S8BV)</t>
   </si>
   <si>
     <t>10-00055622</t>
   </si>
   <si>
-    <t>DS1026-06-2x2S8BV</t>
-[...8 lines deleted...]
-    <t>Разъем DS1026-06-2x3S8BV</t>
+    <t>L-KLS1-208B-4.3-2-40-T3-4.6X6.2-B-T</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2 ряда шаг 2,0мм с направляющими SMD / PBD2-40S (L-KLS1-208B-4.3-2-40-T3-4.6X6.2-B-T)</t>
+  </si>
+  <si>
+    <t>UT-00095114</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x22S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-44 (DS1026-05-2x22S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x24S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-48 (DS1026-05-2x24S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x25S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-50 (DS1026-05-2x25S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x30S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-60 (DS1026-05-2x30S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x32S8BV</t>
+  </si>
+  <si>
+    <t>(гнездо на плату 2ряда шаг2,0мм , -40 до +105) / PBD2-64 (DS1026-05-2x32S8BV)</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x35S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-70 (DS1026-05-2x35S8BV)</t>
+  </si>
+  <si>
+    <t>10-00055706</t>
+  </si>
+  <si>
+    <t>DS1026-05-2x40S8BV</t>
+  </si>
+  <si>
+    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-80 (DS1026-05-2x40S8BV)</t>
   </si>
   <si>
     <t>DS1026-06-2x40S8BV</t>
   </si>
   <si>
-    <t>Разъем DS1026-06-2x40S8BV</t>
+    <t>PBD2-80 (DS1026-06-2x40S8BV)</t>
   </si>
   <si>
     <t>10-00055640</t>
-  </si>
-[...619 lines deleted...]
-    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-80 (DS1026-05-2x40S8BV)</t>
   </si>
   <si>
     <t>DS1026-07-2x40S8BSSBX</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-80S (DS1026-07-2x40S8BSSBX)</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
@@ -1610,3789 +1610,3789 @@
       </c>
       <c r="O7" s="4" t="s">
         <v>22</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>24</v>
       </c>
       <c r="R7" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
-        <v>10080055207</v>
+        <v>10080051954</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
-      <c r="J9" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J9" s="15"/>
       <c r="K9" s="15">
-        <v>0.27007</v>
+        <v>0.32529</v>
       </c>
       <c r="L9" s="15">
-        <v>0.1954</v>
+        <v>0.26674</v>
       </c>
       <c r="M9" s="15">
-        <v>0.1705</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.2559</v>
+      </c>
+      <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="E10" s="15">
-        <v>10080050486</v>
+      <c r="E10" s="15" t="s">
+        <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
-        <v>23</v>
+        <v>1000</v>
       </c>
       <c r="K10" s="15">
-        <v>0.30692</v>
+        <v>0.14124</v>
       </c>
       <c r="L10" s="15">
-        <v>0.22205</v>
+        <v>0.11846</v>
       </c>
       <c r="M10" s="15">
-        <v>0.19378</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1139</v>
+      </c>
+      <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>10080055209</v>
+        <v>34</v>
+      </c>
+      <c r="E11" s="15" t="s">
+        <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
-      <c r="J11" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J11" s="15"/>
       <c r="K11" s="15">
-        <v>0.33767</v>
+        <v>0.22491</v>
       </c>
       <c r="L11" s="15">
-        <v>0.24431</v>
+        <v>0.18863</v>
       </c>
       <c r="M11" s="15">
-        <v>0.21319</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.18137</v>
+      </c>
+      <c r="N11" s="15"/>
+      <c r="O11" s="15"/>
+      <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E12" s="15">
-        <v>10080055210</v>
+        <v>10080073746</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
-      <c r="J12" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J12" s="15"/>
       <c r="K12" s="15">
-        <v>0.36823</v>
+        <v>0.33562</v>
       </c>
       <c r="L12" s="15">
-        <v>0.26641</v>
+        <v>0.27967</v>
       </c>
       <c r="M12" s="15">
-        <v>0.23248</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26849</v>
+      </c>
+      <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E13" s="15">
-        <v>10080055211</v>
+        <v>10080073747</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
-      <c r="J13" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J13" s="15"/>
       <c r="K13" s="15">
-        <v>0.5835</v>
+        <v>0.23935</v>
       </c>
       <c r="L13" s="15">
-        <v>0.33233</v>
+        <v>0.23935</v>
       </c>
       <c r="M13" s="15">
-        <v>0.30335</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.23935</v>
+      </c>
+      <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="K14" s="15">
-        <v>0.67459</v>
+        <v>0.35689</v>
       </c>
       <c r="L14" s="15">
-        <v>0.56579</v>
+        <v>0.29933</v>
       </c>
       <c r="M14" s="15">
-        <v>0.54403</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.28782</v>
+      </c>
+      <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>10080048980</v>
+        <v>44</v>
+      </c>
+      <c r="E15" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
-        <v>700</v>
+        <v>42</v>
       </c>
       <c r="K15" s="15">
-        <v>0.07851</v>
+        <v>0.21936</v>
       </c>
       <c r="L15" s="15">
-        <v>0.0568</v>
+        <v>0.19011</v>
       </c>
       <c r="M15" s="15">
-        <v>0.04957</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1828</v>
+      </c>
+      <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
-      <c r="Q15" s="15"/>
+      <c r="Q15" s="15">
+        <v>1020</v>
+      </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>10080055216</v>
+        <v>47</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>48</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
-        <v>87</v>
+        <v>500</v>
       </c>
       <c r="K16" s="15">
-        <v>0.10075</v>
+        <v>0.34451</v>
       </c>
       <c r="L16" s="15">
-        <v>0.07290000000000001</v>
+        <v>0.34451</v>
       </c>
       <c r="M16" s="15">
-        <v>0.06361</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.34451</v>
+      </c>
+      <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>51</v>
+      </c>
+      <c r="E17" s="15">
+        <v>10080048980</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I17" s="15"/>
-      <c r="J17" s="15"/>
+      <c r="J17" s="15">
+        <v>700</v>
+      </c>
       <c r="K17" s="15">
-        <v>1.18</v>
+        <v>0.05237</v>
       </c>
       <c r="L17" s="15">
-        <v>0.99348</v>
+        <v>0.04538</v>
       </c>
       <c r="M17" s="15">
-        <v>0.95528</v>
-[...1 lines deleted...]
-      <c r="N17" s="15"/>
+        <v>0.04364</v>
+      </c>
+      <c r="N17" s="15">
+        <v>51684</v>
+      </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E18" s="15">
-        <v>10080055022</v>
+        <v>10080066370</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
-        <v>67</v>
+        <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.11588</v>
+        <v>0.04335</v>
       </c>
       <c r="L18" s="15">
-        <v>0.08384</v>
+        <v>0.03757</v>
       </c>
       <c r="M18" s="15">
-        <v>0.07316</v>
+        <v>0.03613</v>
       </c>
       <c r="N18" s="15">
-        <v>3503</v>
-[...6 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="O18" s="15"/>
+      <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E19" s="15">
-        <v>10080048981</v>
+        <v>10000014625</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
-        <v>54</v>
+        <v>700</v>
       </c>
       <c r="K19" s="15">
-        <v>0.12716</v>
+        <v>0.03983</v>
       </c>
       <c r="L19" s="15">
-        <v>0.092</v>
+        <v>0.03452</v>
       </c>
       <c r="M19" s="15">
-        <v>0.08028</v>
+        <v>0.03319</v>
       </c>
       <c r="N19" s="15">
-        <v>49600</v>
+        <v>8829</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E20" s="15">
-        <v>10080055212</v>
+        <v>10080047108</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
-        <v>45</v>
+        <v>1000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.14489</v>
+        <v>0.08130999999999999</v>
       </c>
       <c r="L20" s="15">
-        <v>0.10483</v>
+        <v>0.04716</v>
       </c>
       <c r="M20" s="15">
-        <v>0.09147</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04252</v>
+      </c>
+      <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>10080074678</v>
+        <v>60</v>
+      </c>
+      <c r="E21" s="15" t="s">
+        <v>61</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
-        <v>39</v>
+        <v>1000</v>
       </c>
       <c r="K21" s="15">
-        <v>0.14517</v>
+        <v>0.17865</v>
       </c>
       <c r="L21" s="15">
-        <v>0.10503</v>
+        <v>0.15483</v>
       </c>
       <c r="M21" s="15">
-        <v>0.09165</v>
+        <v>0.14888</v>
       </c>
       <c r="N21" s="15">
-        <v>314</v>
+        <v>4740</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E22" s="15">
-        <v>10080048982</v>
+        <v>10080066740</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="K22" s="15">
-        <v>0.18169</v>
+        <v>0.13205</v>
       </c>
       <c r="L22" s="15">
-        <v>0.13146</v>
+        <v>0.11444</v>
       </c>
       <c r="M22" s="15">
-        <v>0.11471</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.11004</v>
+      </c>
+      <c r="N22" s="15"/>
+      <c r="O22" s="15"/>
+      <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E23" s="15">
-        <v>10080051954</v>
+        <v>10080055216</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I23" s="15"/>
-      <c r="J23" s="15"/>
+      <c r="J23" s="15">
+        <v>87</v>
+      </c>
       <c r="K23" s="15">
-        <v>0.32529</v>
+        <v>0.06966</v>
       </c>
       <c r="L23" s="15">
-        <v>0.26674</v>
+        <v>0.06037</v>
       </c>
       <c r="M23" s="15">
-        <v>0.2559</v>
-[...1 lines deleted...]
-      <c r="N23" s="15"/>
+        <v>0.05805</v>
+      </c>
+      <c r="N23" s="15">
+        <v>6656</v>
+      </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>67</v>
+      </c>
+      <c r="E24" s="15">
+        <v>10080052282</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
-        <v>0.14124</v>
+        <v>0.05462</v>
       </c>
       <c r="L24" s="15">
-        <v>0.11846</v>
+        <v>0.04733</v>
       </c>
       <c r="M24" s="15">
-        <v>0.1139</v>
-[...1 lines deleted...]
-      <c r="N24" s="15"/>
+        <v>0.04551</v>
+      </c>
+      <c r="N24" s="15">
+        <v>607</v>
+      </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>69</v>
+      </c>
+      <c r="E25" s="15">
+        <v>10000014627</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I25" s="15"/>
-      <c r="J25" s="15"/>
+      <c r="J25" s="15">
+        <v>87</v>
+      </c>
       <c r="K25" s="15">
-        <v>0.22491</v>
+        <v>0.05036</v>
       </c>
       <c r="L25" s="15">
-        <v>0.18863</v>
+        <v>0.04364</v>
       </c>
       <c r="M25" s="15">
-        <v>0.18137</v>
-[...1 lines deleted...]
-      <c r="N25" s="15"/>
+        <v>0.04196</v>
+      </c>
+      <c r="N25" s="15">
+        <v>2703</v>
+      </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E26" s="15">
-        <v>10080073746</v>
+        <v>10080037107</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="I26" s="15"/>
-      <c r="J26" s="15"/>
+      <c r="J26" s="15">
+        <v>73</v>
+      </c>
       <c r="K26" s="15">
-        <v>0.33562</v>
+        <v>0.07674</v>
       </c>
       <c r="L26" s="15">
-        <v>0.27967</v>
+        <v>0.04426</v>
       </c>
       <c r="M26" s="15">
-        <v>0.26849</v>
+        <v>0.03985</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>10080073747</v>
+        <v>73</v>
+      </c>
+      <c r="E27" s="15" t="s">
+        <v>74</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15">
-        <v>0.23935</v>
+        <v>0.17724</v>
       </c>
       <c r="L27" s="15">
-        <v>0.23935</v>
+        <v>0.14769</v>
       </c>
       <c r="M27" s="15">
-        <v>0.23935</v>
+        <v>0.14178</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="K28" s="15">
-        <v>0.35689</v>
+        <v>0.21503</v>
       </c>
       <c r="L28" s="15">
-        <v>0.29933</v>
+        <v>0.15417</v>
       </c>
       <c r="M28" s="15">
-        <v>0.28782</v>
-[...1 lines deleted...]
-      <c r="N28" s="15"/>
+        <v>0.13895</v>
+      </c>
+      <c r="N28" s="15">
+        <v>63</v>
+      </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="K29" s="15">
-        <v>0.21936</v>
+        <v>0.09533</v>
       </c>
       <c r="L29" s="15">
-        <v>0.19011</v>
+        <v>0.08262</v>
       </c>
       <c r="M29" s="15">
-        <v>0.1828</v>
-[...1 lines deleted...]
-      <c r="N29" s="15"/>
+        <v>0.07944</v>
+      </c>
+      <c r="N29" s="15">
+        <v>2495</v>
+      </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
-      <c r="Q29" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>82</v>
+      </c>
+      <c r="E30" s="15">
+        <v>10080055022</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
-        <v>500</v>
+        <v>67</v>
       </c>
       <c r="K30" s="15">
-        <v>0.34451</v>
+        <v>0.07994</v>
       </c>
       <c r="L30" s="15">
-        <v>0.34451</v>
+        <v>0.06927999999999999</v>
       </c>
       <c r="M30" s="15">
-        <v>0.34451</v>
-[...3 lines deleted...]
-      <c r="P30" s="15"/>
+        <v>0.06661</v>
+      </c>
+      <c r="N30" s="15">
+        <v>3589</v>
+      </c>
+      <c r="O30" s="15">
+        <v>4150</v>
+      </c>
+      <c r="P30" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>10080066370</v>
+        <v>85</v>
+      </c>
+      <c r="E31" s="15" t="s">
+        <v>86</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
-        <v>1000</v>
+        <v>69</v>
       </c>
       <c r="K31" s="15">
-        <v>0.06637999999999999</v>
+        <v>0.13506</v>
       </c>
       <c r="L31" s="15">
-        <v>0.04803</v>
+        <v>0.11705</v>
       </c>
       <c r="M31" s="15">
-        <v>0.04191</v>
+        <v>0.11255</v>
       </c>
       <c r="N31" s="15">
-        <v>452</v>
+        <v>34</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E32" s="15">
-        <v>10000014625</v>
+        <v>10000015582</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
-        <v>700</v>
+        <v>67</v>
       </c>
       <c r="K32" s="15">
-        <v>0.03983</v>
+        <v>0.0612</v>
       </c>
       <c r="L32" s="15">
-        <v>0.03452</v>
+        <v>0.05304</v>
       </c>
       <c r="M32" s="15">
-        <v>0.03319</v>
+        <v>0.051</v>
       </c>
       <c r="N32" s="15">
-        <v>7769</v>
+        <v>10142</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>10080047108</v>
+        <v>90</v>
+      </c>
+      <c r="E33" s="15" t="s">
+        <v>91</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
-        <v>1000</v>
+        <v>72</v>
       </c>
       <c r="K33" s="15">
-        <v>0.08130999999999999</v>
+        <v>0.17516</v>
       </c>
       <c r="L33" s="15">
-        <v>0.04716</v>
+        <v>0.1518</v>
       </c>
       <c r="M33" s="15">
-        <v>0.04252</v>
-[...1 lines deleted...]
-      <c r="N33" s="15"/>
+        <v>0.14596</v>
+      </c>
+      <c r="N33" s="15">
+        <v>722</v>
+      </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I34" s="15"/>
-      <c r="J34" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J34" s="15"/>
       <c r="K34" s="15">
-        <v>0.17865</v>
+        <v>0.25144</v>
       </c>
       <c r="L34" s="15">
-        <v>0.15483</v>
+        <v>0</v>
       </c>
       <c r="M34" s="15">
-        <v>0.14888</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="E35" s="15">
-        <v>10080066740</v>
+        <v>10000014628</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
-        <v>126</v>
+        <v>54</v>
       </c>
       <c r="K35" s="15">
-        <v>0.19005</v>
+        <v>0.07778</v>
       </c>
       <c r="L35" s="15">
-        <v>0.1375</v>
+        <v>0.06741</v>
       </c>
       <c r="M35" s="15">
-        <v>0.11998</v>
+        <v>0.06481000000000001</v>
       </c>
       <c r="N35" s="15"/>
-      <c r="O35" s="15"/>
-      <c r="P35" s="15"/>
+      <c r="O35" s="15">
+        <v>3780</v>
+      </c>
+      <c r="P35" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E36" s="15">
-        <v>10080052282</v>
+        <v>10080054550</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
-        <v>1000</v>
+        <v>45</v>
       </c>
       <c r="K36" s="15">
-        <v>0.08168</v>
+        <v>0.04331</v>
       </c>
       <c r="L36" s="15">
-        <v>0.05909</v>
+        <v>0.04331</v>
       </c>
       <c r="M36" s="15">
-        <v>0.05157</v>
+        <v>0.04331</v>
       </c>
       <c r="N36" s="15">
-        <v>806</v>
+        <v>23</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="E37" s="15">
-        <v>10000014627</v>
+        <v>10080052283</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
-        <v>87</v>
+        <v>400</v>
       </c>
       <c r="K37" s="15">
-        <v>0.07246</v>
+        <v>0.05877</v>
       </c>
       <c r="L37" s="15">
-        <v>0.05242</v>
+        <v>0.05093</v>
       </c>
       <c r="M37" s="15">
-        <v>0.04574</v>
+        <v>0.04898</v>
       </c>
       <c r="N37" s="15">
-        <v>3706</v>
-[...2 lines deleted...]
-      <c r="P37" s="15"/>
+        <v>90</v>
+      </c>
+      <c r="O37" s="15">
+        <v>4647</v>
+      </c>
+      <c r="P37" s="15" t="s">
+        <v>101</v>
+      </c>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E38" s="15">
-        <v>10080037107</v>
+        <v>10080048981</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="K38" s="15">
-        <v>0.07674</v>
+        <v>0.08769</v>
       </c>
       <c r="L38" s="15">
-        <v>0.04426</v>
+        <v>0.076</v>
       </c>
       <c r="M38" s="15">
-        <v>0.03985</v>
-[...1 lines deleted...]
-      <c r="N38" s="15"/>
+        <v>0.07308000000000001</v>
+      </c>
+      <c r="N38" s="15">
+        <v>38471</v>
+      </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I39" s="15"/>
-      <c r="J39" s="15"/>
+      <c r="J39" s="15">
+        <v>700</v>
+      </c>
       <c r="K39" s="15">
-        <v>0.17724</v>
+        <v>0.30578</v>
       </c>
       <c r="L39" s="15">
-        <v>0.14769</v>
+        <v>0.26501</v>
       </c>
       <c r="M39" s="15">
-        <v>0.14178</v>
-[...1 lines deleted...]
-      <c r="N39" s="15"/>
+        <v>0.25481</v>
+      </c>
+      <c r="N39" s="15">
+        <v>1876</v>
+      </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>108</v>
+      </c>
+      <c r="E40" s="15">
+        <v>10080045602</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
-        <v>96</v>
+        <v>56</v>
       </c>
       <c r="K40" s="15">
-        <v>0.21503</v>
+        <v>0.19802</v>
       </c>
       <c r="L40" s="15">
-        <v>0.15417</v>
+        <v>0.17161</v>
       </c>
       <c r="M40" s="15">
-        <v>0.13895</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.16501</v>
+      </c>
+      <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
-        <v>93</v>
+        <v>700</v>
       </c>
       <c r="K41" s="15">
-        <v>0.14186</v>
+        <v>0.30647</v>
       </c>
       <c r="L41" s="15">
-        <v>0.10133</v>
+        <v>0.2656</v>
       </c>
       <c r="M41" s="15">
-        <v>0.09118999999999999</v>
+        <v>0.25539</v>
       </c>
       <c r="N41" s="15">
-        <v>2675</v>
+        <v>53569</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
-        <v>69</v>
+        <v>800</v>
       </c>
       <c r="K42" s="15">
-        <v>0.22419</v>
+        <v>0.31368</v>
       </c>
       <c r="L42" s="15">
-        <v>0.16221</v>
+        <v>0.27186</v>
       </c>
       <c r="M42" s="15">
-        <v>0.14154</v>
+        <v>0.2614</v>
       </c>
       <c r="N42" s="15">
-        <v>1071</v>
+        <v>300</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>10000015582</v>
+        <v>116</v>
+      </c>
+      <c r="E43" s="15" t="s">
+        <v>117</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
-        <v>67</v>
+        <v>1044</v>
       </c>
       <c r="K43" s="15">
-        <v>0.09249</v>
+        <v>0.12088</v>
       </c>
       <c r="L43" s="15">
-        <v>0.06691</v>
+        <v>0.11562</v>
       </c>
       <c r="M43" s="15">
-        <v>0.05839</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11037</v>
+      </c>
+      <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>119</v>
+      </c>
+      <c r="E44" s="15">
+        <v>10000015583</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="K44" s="15">
-        <v>0.25333</v>
+        <v>0.09372</v>
       </c>
       <c r="L44" s="15">
-        <v>0.18328</v>
+        <v>0.08122</v>
       </c>
       <c r="M44" s="15">
-        <v>0.15993</v>
+        <v>0.0781</v>
       </c>
       <c r="N44" s="15">
-        <v>1075</v>
+        <v>3889</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>121</v>
+      </c>
+      <c r="E45" s="15">
+        <v>10080055212</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I45" s="15"/>
-      <c r="J45" s="15"/>
+      <c r="J45" s="15">
+        <v>45</v>
+      </c>
       <c r="K45" s="15">
-        <v>0.25144</v>
+        <v>0.09999</v>
       </c>
       <c r="L45" s="15">
-        <v>0</v>
+        <v>0.08666</v>
       </c>
       <c r="M45" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N45" s="15"/>
+        <v>0.08333</v>
+      </c>
+      <c r="N45" s="15">
+        <v>12828</v>
+      </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E46" s="15">
-        <v>10000014628</v>
+        <v>10080037105</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="K46" s="15">
-        <v>0.11445</v>
+        <v>0.07191</v>
       </c>
       <c r="L46" s="15">
-        <v>0.0828</v>
+        <v>0.06232</v>
       </c>
       <c r="M46" s="15">
-        <v>0.07224999999999999</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.05993</v>
+      </c>
+      <c r="N46" s="15">
+        <v>61</v>
+      </c>
+      <c r="O46" s="15"/>
+      <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>10080054550</v>
+        <v>125</v>
+      </c>
+      <c r="E47" s="15" t="s">
+        <v>126</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="K47" s="15">
-        <v>0.04331</v>
+        <v>0.24374</v>
       </c>
       <c r="L47" s="15">
-        <v>0.04331</v>
+        <v>0.21124</v>
       </c>
       <c r="M47" s="15">
-        <v>0.04331</v>
+        <v>0.20311</v>
       </c>
       <c r="N47" s="15">
-        <v>23</v>
+        <v>4875</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>10080052283</v>
+        <v>128</v>
+      </c>
+      <c r="E48" s="15" t="s">
+        <v>129</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="K48" s="15">
-        <v>0.09807</v>
+        <v>0.32762</v>
       </c>
       <c r="L48" s="15">
-        <v>0.07096</v>
+        <v>0.1712</v>
       </c>
       <c r="M48" s="15">
-        <v>0.06192</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.16381</v>
+      </c>
+      <c r="N48" s="15"/>
+      <c r="O48" s="15"/>
+      <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>131</v>
+      </c>
+      <c r="E49" s="15">
+        <v>10080052284</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
-        <v>700</v>
+        <v>340</v>
       </c>
       <c r="K49" s="15">
-        <v>0.30578</v>
+        <v>0.07973</v>
       </c>
       <c r="L49" s="15">
-        <v>0.26501</v>
+        <v>0.06909999999999999</v>
       </c>
       <c r="M49" s="15">
-        <v>0.25481</v>
+        <v>0.06644</v>
       </c>
       <c r="N49" s="15">
-        <v>2156</v>
+        <v>685</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="E50" s="15">
-        <v>10080045602</v>
+        <v>10000015584</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="K50" s="15">
-        <v>0.35036</v>
+        <v>0.11021</v>
       </c>
       <c r="L50" s="15">
-        <v>0.23611</v>
+        <v>0.09551</v>
       </c>
       <c r="M50" s="15">
-        <v>0.22088</v>
-[...1 lines deleted...]
-      <c r="N50" s="15"/>
+        <v>0.09184</v>
+      </c>
+      <c r="N50" s="15">
+        <v>1554</v>
+      </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>135</v>
+      </c>
+      <c r="E51" s="15">
+        <v>10080074678</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
-        <v>700</v>
+        <v>39</v>
       </c>
       <c r="K51" s="15">
-        <v>0.44324</v>
+        <v>0.10053</v>
       </c>
       <c r="L51" s="15">
-        <v>0.32069</v>
+        <v>0.08713</v>
       </c>
       <c r="M51" s="15">
-        <v>0.27984</v>
+        <v>0.08377999999999999</v>
       </c>
       <c r="N51" s="15">
-        <v>44882</v>
+        <v>309</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>137</v>
+      </c>
+      <c r="E52" s="15">
+        <v>10080048982</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
-        <v>800</v>
+        <v>34</v>
       </c>
       <c r="K52" s="15">
-        <v>0.2857</v>
+        <v>0.12555</v>
       </c>
       <c r="L52" s="15">
-        <v>0.23962</v>
+        <v>0.10881</v>
       </c>
       <c r="M52" s="15">
-        <v>0.2304</v>
+        <v>0.10463</v>
       </c>
       <c r="N52" s="15">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="O52" s="15"/>
+        <v>3085</v>
+      </c>
+      <c r="O52" s="15">
+        <v>1380</v>
+      </c>
       <c r="P52" s="15" t="s">
-        <v>137</v>
+        <v>83</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="E53" s="15" t="s">
-        <v>140</v>
+      <c r="E53" s="15">
+        <v>10000014629</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
-        <v>1044</v>
+        <v>34</v>
       </c>
       <c r="K53" s="15">
-        <v>0.12088</v>
+        <v>0.13694</v>
       </c>
       <c r="L53" s="15">
-        <v>0.11562</v>
+        <v>0.11868</v>
       </c>
       <c r="M53" s="15">
-        <v>0.11037</v>
-[...3 lines deleted...]
-      <c r="P53" s="15"/>
+        <v>0.11411</v>
+      </c>
+      <c r="N53" s="15">
+        <v>1287</v>
+      </c>
+      <c r="O53" s="15">
+        <v>3900</v>
+      </c>
+      <c r="P53" s="15" t="s">
+        <v>140</v>
+      </c>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E54" s="15">
-        <v>10000015583</v>
+        <v>10080053585</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="K54" s="15">
-        <v>0.1379</v>
+        <v>0.18547</v>
       </c>
       <c r="L54" s="15">
-        <v>0.09977</v>
+        <v>0.10701</v>
       </c>
       <c r="M54" s="15">
-        <v>0.08706</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0963</v>
+      </c>
+      <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E55" s="15">
-        <v>10080037105</v>
+        <v>10080066737</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
-        <v>38</v>
+        <v>700</v>
       </c>
       <c r="K55" s="15">
-        <v>0.07191</v>
+        <v>0.43097</v>
       </c>
       <c r="L55" s="15">
-        <v>0.06232</v>
+        <v>0.35915</v>
       </c>
       <c r="M55" s="15">
-        <v>0.05993</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.34478</v>
+      </c>
+      <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="E56" s="15" t="s">
-        <v>147</v>
+      <c r="E56" s="15">
+        <v>10080045603</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="K56" s="15">
-        <v>0.41766</v>
+        <v>0.30009</v>
       </c>
       <c r="L56" s="15">
-        <v>0.29945</v>
+        <v>0.26008</v>
       </c>
       <c r="M56" s="15">
-        <v>0.26989</v>
+        <v>0.25008</v>
       </c>
       <c r="N56" s="15">
-        <v>4592</v>
+        <v>2292</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
-        <v>0.32762</v>
+        <v>0.18106</v>
       </c>
       <c r="L57" s="15">
-        <v>0.1712</v>
+        <v>0.14534</v>
       </c>
       <c r="M57" s="15">
-        <v>0.16381</v>
+        <v>0.13671</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D58" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="15">
-        <v>10080052284</v>
+        <v>10000015585</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
-        <v>340</v>
+        <v>30</v>
       </c>
       <c r="K58" s="15">
-        <v>0.11571</v>
+        <v>0.14966</v>
       </c>
       <c r="L58" s="15">
-        <v>0.08265</v>
+        <v>0.1297</v>
       </c>
       <c r="M58" s="15">
-        <v>0.07439</v>
+        <v>0.12471</v>
       </c>
       <c r="N58" s="15">
-        <v>729</v>
+        <v>6390</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="D59" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="15">
-        <v>10000015584</v>
+        <v>10080028885</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
-      <c r="J59" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J59" s="15"/>
       <c r="K59" s="15">
-        <v>0.1593</v>
+        <v>0.21123</v>
       </c>
       <c r="L59" s="15">
-        <v>0.11525</v>
+        <v>0.14792</v>
       </c>
       <c r="M59" s="15">
-        <v>0.10057</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13733</v>
+      </c>
+      <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="D60" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="15">
-        <v>10000014629</v>
+        <v>10080045604</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="K60" s="15">
-        <v>0.13725</v>
+        <v>0.30524</v>
       </c>
       <c r="L60" s="15">
-        <v>0.11895</v>
+        <v>0.26454</v>
       </c>
       <c r="M60" s="15">
-        <v>0.11438</v>
+        <v>0.25436</v>
       </c>
       <c r="N60" s="15">
-        <v>1845</v>
-[...6 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="O60" s="15"/>
+      <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="E61" s="15">
-        <v>10080053585</v>
+        <v>10080050535</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
-        <v>38</v>
+        <v>800</v>
       </c>
       <c r="K61" s="15">
-        <v>0.18547</v>
+        <v>0.27251</v>
       </c>
       <c r="L61" s="15">
-        <v>0.10701</v>
+        <v>0.23617</v>
       </c>
       <c r="M61" s="15">
-        <v>0.0963</v>
-[...1 lines deleted...]
-      <c r="N61" s="15"/>
+        <v>0.22709</v>
+      </c>
+      <c r="N61" s="15">
+        <v>32579</v>
+      </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="E62" s="15">
-        <v>10080066737</v>
+        <v>10080046778</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="K62" s="15">
-        <v>0.43097</v>
+        <v>0.24915</v>
       </c>
       <c r="L62" s="15">
-        <v>0.35915</v>
+        <v>0.14454</v>
       </c>
       <c r="M62" s="15">
-        <v>0.34478</v>
+        <v>0.13027</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="E63" s="15">
-        <v>10080045603</v>
+        <v>10080052285</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>34</v>
+        <v>240</v>
       </c>
       <c r="K63" s="15">
-        <v>0.43192</v>
+        <v>0.12635</v>
       </c>
       <c r="L63" s="15">
-        <v>0.31249</v>
+        <v>0.1095</v>
       </c>
       <c r="M63" s="15">
-        <v>0.27268</v>
+        <v>0.10529</v>
       </c>
       <c r="N63" s="15">
-        <v>1809</v>
+        <v>347</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="E64" s="15" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="K64" s="15">
-        <v>0.18106</v>
+        <v>0.16383</v>
       </c>
       <c r="L64" s="15">
-        <v>0.14534</v>
+        <v>0.14199</v>
       </c>
       <c r="M64" s="15">
-        <v>0.13671</v>
+        <v>0.13653</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="E65" s="15">
-        <v>10000015585</v>
+        <v>10000014630</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="K65" s="15">
-        <v>0.21667</v>
+        <v>0.18123</v>
       </c>
       <c r="L65" s="15">
-        <v>0.15676</v>
+        <v>0.17368</v>
       </c>
       <c r="M65" s="15">
-        <v>0.13679</v>
+        <v>0.16614</v>
       </c>
       <c r="N65" s="15">
-        <v>5927</v>
+        <v>17904</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="E66" s="15" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028885</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I66" s="15"/>
-      <c r="J66" s="15"/>
+      <c r="J66" s="15">
+        <v>700</v>
+      </c>
       <c r="K66" s="15">
-        <v>0.21123</v>
+        <v>0.43788</v>
       </c>
       <c r="L66" s="15">
-        <v>0.14792</v>
+        <v>0.3795</v>
       </c>
       <c r="M66" s="15">
-        <v>0.13733</v>
-[...1 lines deleted...]
-      <c r="N66" s="15"/>
+        <v>0.3649</v>
+      </c>
+      <c r="N66" s="15">
+        <v>2242</v>
+      </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="D67" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="15">
-        <v>10080045604</v>
+        <v>10080035810</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="K67" s="15">
-        <v>0.50667</v>
+        <v>0.15272</v>
       </c>
       <c r="L67" s="15">
-        <v>0.36657</v>
+        <v>0.13235</v>
       </c>
       <c r="M67" s="15">
-        <v>0.31987</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12726</v>
+      </c>
+      <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>173</v>
       </c>
-      <c r="D68" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="15">
-        <v>10080050535</v>
+        <v>10080055207</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
-        <v>800</v>
+        <v>25</v>
       </c>
       <c r="K68" s="15">
-        <v>0.27251</v>
+        <v>0.16695</v>
       </c>
       <c r="L68" s="15">
-        <v>0.23617</v>
+        <v>0.14469</v>
       </c>
       <c r="M68" s="15">
-        <v>0.22709</v>
+        <v>0.13913</v>
       </c>
       <c r="N68" s="15">
-        <v>41711</v>
+        <v>52422</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="D69" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="15">
-        <v>10080046778</v>
+        <v>10080052286</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
-        <v>500</v>
+        <v>220</v>
       </c>
       <c r="K69" s="15">
-        <v>0.24915</v>
+        <v>0.12998</v>
       </c>
       <c r="L69" s="15">
-        <v>0.14454</v>
+        <v>0.11265</v>
       </c>
       <c r="M69" s="15">
-        <v>0.13027</v>
-[...1 lines deleted...]
-      <c r="N69" s="15"/>
+        <v>0.10831</v>
+      </c>
+      <c r="N69" s="15">
+        <v>225</v>
+      </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>177</v>
       </c>
-      <c r="D70" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="15">
-        <v>10080052285</v>
+        <v>10000015586</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
-        <v>240</v>
+        <v>25</v>
       </c>
       <c r="K70" s="15">
-        <v>0.20388</v>
+        <v>0.188</v>
       </c>
       <c r="L70" s="15">
-        <v>0.14751</v>
+        <v>0.16293</v>
       </c>
       <c r="M70" s="15">
-        <v>0.12872</v>
+        <v>0.15666</v>
       </c>
       <c r="N70" s="15">
-        <v>419</v>
+        <v>1863</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>179</v>
       </c>
-      <c r="D71" s="15" t="s">
-[...3 lines deleted...]
-        <v>181</v>
+      <c r="E71" s="15">
+        <v>10080037106</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="K71" s="15">
-        <v>0.28891</v>
+        <v>0.27917</v>
       </c>
       <c r="L71" s="15">
-        <v>0.19471</v>
+        <v>0.16107</v>
       </c>
       <c r="M71" s="15">
-        <v>0.18214</v>
-[...1 lines deleted...]
-      <c r="N71" s="15"/>
+        <v>0.14495</v>
+      </c>
+      <c r="N71" s="15">
+        <v>6</v>
+      </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="E72" s="15">
-        <v>10000014630</v>
+        <v>10080061639</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K72" s="15">
-        <v>0.18123</v>
+        <v>0.12516</v>
       </c>
       <c r="L72" s="15">
-        <v>0.17368</v>
+        <v>0.12516</v>
       </c>
       <c r="M72" s="15">
-        <v>0.16614</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12516</v>
+      </c>
+      <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>183</v>
+      </c>
+      <c r="E73" s="15">
+        <v>10080052287</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>700</v>
+        <v>200</v>
       </c>
       <c r="K73" s="15">
-        <v>0.63331</v>
+        <v>0.14054</v>
       </c>
       <c r="L73" s="15">
-        <v>0.4582</v>
+        <v>0.1218</v>
       </c>
       <c r="M73" s="15">
-        <v>0.39983</v>
+        <v>0.11711</v>
       </c>
       <c r="N73" s="15">
-        <v>2145</v>
+        <v>188</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="E74" s="15">
-        <v>10080035810</v>
+        <v>10000014631</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K74" s="15">
-        <v>0.15323</v>
+        <v>0.1793</v>
       </c>
       <c r="L74" s="15">
-        <v>0.1328</v>
+        <v>0.15539</v>
       </c>
       <c r="M74" s="15">
-        <v>0.12769</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14941</v>
+      </c>
+      <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="E75" s="15">
-        <v>10080052286</v>
+        <v>10080050486</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
-        <v>220</v>
+        <v>23</v>
       </c>
       <c r="K75" s="15">
-        <v>0.12998</v>
+        <v>0.1889</v>
       </c>
       <c r="L75" s="15">
-        <v>0.11265</v>
+        <v>0.16371</v>
       </c>
       <c r="M75" s="15">
-        <v>0.10831</v>
+        <v>0.15741</v>
       </c>
       <c r="N75" s="15">
-        <v>280</v>
+        <v>90773</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E76" s="15">
-        <v>10000015586</v>
+        <v>10080037102</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K76" s="15">
-        <v>0.27175</v>
+        <v>0.14303</v>
       </c>
       <c r="L76" s="15">
-        <v>0.19661</v>
+        <v>0.12396</v>
       </c>
       <c r="M76" s="15">
-        <v>0.17157</v>
+        <v>0.11919</v>
       </c>
       <c r="N76" s="15">
-        <v>2343</v>
+        <v>715</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="E77" s="15">
-        <v>10080037106</v>
+        <v>10080009188</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>21</v>
       </c>
       <c r="K77" s="15">
-        <v>0.27917</v>
+        <v>0.47371</v>
       </c>
       <c r="L77" s="15">
-        <v>0.16107</v>
+        <v>0.2876</v>
       </c>
       <c r="M77" s="15">
-        <v>0.14495</v>
+        <v>0.25377</v>
       </c>
       <c r="N77" s="15">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E78" s="15">
-        <v>10080061639</v>
+        <v>10080055209</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="K78" s="15">
-        <v>0.12516</v>
+        <v>0.2333</v>
       </c>
       <c r="L78" s="15">
-        <v>0.12516</v>
+        <v>0.20219</v>
       </c>
       <c r="M78" s="15">
-        <v>0.12516</v>
-[...3 lines deleted...]
-      <c r="P78" s="15"/>
+        <v>0.19441</v>
+      </c>
+      <c r="N78" s="15">
+        <v>12867</v>
+      </c>
+      <c r="O78" s="15">
+        <v>8000</v>
+      </c>
+      <c r="P78" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E79" s="15">
-        <v>10080052287</v>
+        <v>10080037103</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
-        <v>200</v>
+        <v>18</v>
       </c>
       <c r="K79" s="15">
-        <v>0.30876</v>
+        <v>0.14702</v>
       </c>
       <c r="L79" s="15">
-        <v>0.17585</v>
+        <v>0.12741</v>
       </c>
       <c r="M79" s="15">
-        <v>0.16052</v>
+        <v>0.12251</v>
       </c>
       <c r="N79" s="15">
-        <v>152</v>
+        <v>32</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>10000014631</v>
+        <v>197</v>
+      </c>
+      <c r="E80" s="15" t="s">
+        <v>198</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
-        <v>23</v>
+        <v>1012</v>
       </c>
       <c r="K80" s="15">
-        <v>0.35645</v>
+        <v>0.18301</v>
       </c>
       <c r="L80" s="15">
-        <v>0.221</v>
+        <v>0.17505</v>
       </c>
       <c r="M80" s="15">
-        <v>0.20675</v>
+        <v>0.1671</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D81" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="E81" s="15" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080037102</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="I81" s="15"/>
-      <c r="J81" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J81" s="15"/>
       <c r="K81" s="15">
-        <v>0.14636</v>
+        <v>0.25125</v>
       </c>
       <c r="L81" s="15">
-        <v>0.12684</v>
+        <v>0.20076</v>
       </c>
       <c r="M81" s="15">
-        <v>0.12196</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.18844</v>
+      </c>
+      <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>203</v>
       </c>
-      <c r="D82" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="15">
-        <v>10080009188</v>
+        <v>10080018029</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K82" s="15">
-        <v>0.47371</v>
+        <v>0.24704</v>
       </c>
       <c r="L82" s="15">
-        <v>0.2876</v>
+        <v>0.2141</v>
       </c>
       <c r="M82" s="15">
-        <v>0.25377</v>
+        <v>0.20586</v>
       </c>
       <c r="N82" s="15">
-        <v>3</v>
+        <v>2530</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>205</v>
       </c>
-      <c r="D83" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="15">
-        <v>10080037103</v>
+        <v>10000014632</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>18</v>
       </c>
       <c r="K83" s="15">
-        <v>0.14702</v>
+        <v>0.22494</v>
       </c>
       <c r="L83" s="15">
-        <v>0.12741</v>
+        <v>0.19495</v>
       </c>
       <c r="M83" s="15">
-        <v>0.12251</v>
+        <v>0.18745</v>
       </c>
       <c r="N83" s="15">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="D84" s="15" t="s">
-[...3 lines deleted...]
-        <v>209</v>
+      <c r="E84" s="15">
+        <v>10080055210</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
-        <v>1012</v>
+        <v>18</v>
       </c>
       <c r="K84" s="15">
-        <v>0.18301</v>
+        <v>0.24471</v>
       </c>
       <c r="L84" s="15">
-        <v>0.17505</v>
+        <v>0.21208</v>
       </c>
       <c r="M84" s="15">
-        <v>0.1671</v>
-[...1 lines deleted...]
-      <c r="N84" s="15"/>
+        <v>0.20393</v>
+      </c>
+      <c r="N84" s="15">
+        <v>60516</v>
+      </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>209</v>
+      </c>
+      <c r="E85" s="15">
+        <v>10080032297</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="I85" s="15"/>
-      <c r="J85" s="15"/>
+      <c r="J85" s="15">
+        <v>15</v>
+      </c>
       <c r="K85" s="15">
-        <v>0.25125</v>
+        <v>0.18353</v>
       </c>
       <c r="L85" s="15">
-        <v>0.20076</v>
+        <v>0.15906</v>
       </c>
       <c r="M85" s="15">
-        <v>0.18844</v>
-[...3 lines deleted...]
-      <c r="P85" s="15"/>
+        <v>0.15294</v>
+      </c>
+      <c r="N85" s="15">
+        <v>2112</v>
+      </c>
+      <c r="O85" s="15">
+        <v>128</v>
+      </c>
+      <c r="P85" s="15" t="s">
+        <v>210</v>
+      </c>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D86" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="E86" s="15" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080018029</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I86" s="15"/>
-      <c r="J86" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J86" s="15"/>
       <c r="K86" s="15">
-        <v>0.24704</v>
+        <v>0.42292</v>
       </c>
       <c r="L86" s="15">
-        <v>0.2141</v>
+        <v>0.35244</v>
       </c>
       <c r="M86" s="15">
-        <v>0.20586</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.33834</v>
+      </c>
+      <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000014632</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K87" s="15">
-        <v>0.32945</v>
+        <v>0.27928</v>
       </c>
       <c r="L87" s="15">
-        <v>0.23836</v>
+        <v>0.20206</v>
       </c>
       <c r="M87" s="15">
-        <v>0.20799</v>
+        <v>0.17632</v>
       </c>
       <c r="N87" s="15">
-        <v>61</v>
+        <v>1676</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E88" s="15">
-        <v>10080032297</v>
+        <v>10080055211</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K88" s="15">
-        <v>0.18839</v>
+        <v>0.5835</v>
       </c>
       <c r="L88" s="15">
-        <v>0.16327</v>
+        <v>0.33233</v>
       </c>
       <c r="M88" s="15">
-        <v>0.15699</v>
+        <v>0.30335</v>
       </c>
       <c r="N88" s="15">
-        <v>2844</v>
+        <v>1343</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="E89" s="15" t="s">
-        <v>221</v>
+      <c r="E89" s="15">
+        <v>10080009189</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I89" s="15"/>
-      <c r="J89" s="15"/>
+      <c r="J89" s="15">
+        <v>16</v>
+      </c>
       <c r="K89" s="15">
-        <v>0.42292</v>
+        <v>0.54029</v>
       </c>
       <c r="L89" s="15">
-        <v>0.35244</v>
+        <v>0.32804</v>
       </c>
       <c r="M89" s="15">
-        <v>0.33834</v>
+        <v>0.28946</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>222</v>
       </c>
-      <c r="D90" s="15" t="s">
-[...3 lines deleted...]
-        <v>224</v>
+      <c r="E90" s="15">
+        <v>10080037104</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K90" s="15">
-        <v>0.27928</v>
+        <v>0.44022</v>
       </c>
       <c r="L90" s="15">
-        <v>0.20206</v>
+        <v>0.25398</v>
       </c>
       <c r="M90" s="15">
-        <v>0.17632</v>
+        <v>0.22856</v>
       </c>
       <c r="N90" s="15">
-        <v>1531</v>
+        <v>971</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="E91" s="15">
-        <v>10080009189</v>
+        <v>10080059422</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I91" s="15"/>
-      <c r="J91" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J91" s="15"/>
       <c r="K91" s="15">
-        <v>0.54029</v>
+        <v>0.38576</v>
       </c>
       <c r="L91" s="15">
-        <v>0.32804</v>
+        <v>0.32147</v>
       </c>
       <c r="M91" s="15">
-        <v>0.28946</v>
+        <v>0.30861</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="E92" s="15">
-        <v>10080037104</v>
+        <v>10080016679</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="K92" s="15">
-        <v>0.44022</v>
+        <v>0.36087</v>
       </c>
       <c r="L92" s="15">
-        <v>0.25398</v>
+        <v>0.2882</v>
       </c>
       <c r="M92" s="15">
-        <v>0.22856</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.27096</v>
+      </c>
+      <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="E93" s="15">
-        <v>10080059422</v>
+        <v>10080066371</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I93" s="15"/>
-      <c r="J93" s="15"/>
+      <c r="J93" s="15">
+        <v>120</v>
+      </c>
       <c r="K93" s="15">
-        <v>0.38576</v>
+        <v>0.21098</v>
       </c>
       <c r="L93" s="15">
-        <v>0.32147</v>
+        <v>0.18285</v>
       </c>
       <c r="M93" s="15">
-        <v>0.30861</v>
-[...1 lines deleted...]
-      <c r="N93" s="15"/>
+        <v>0.17581</v>
+      </c>
+      <c r="N93" s="15">
+        <v>1179</v>
+      </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="E94" s="15">
-        <v>10080016679</v>
+        <v>10000014656</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="I94" s="15"/>
+        <v>49</v>
+      </c>
+      <c r="I94" s="15" t="s">
+        <v>231</v>
+      </c>
       <c r="J94" s="15">
         <v>120</v>
       </c>
       <c r="K94" s="15">
-        <v>0.36087</v>
+        <v>0.27929</v>
       </c>
       <c r="L94" s="15">
-        <v>0.2882</v>
+        <v>0.24205</v>
       </c>
       <c r="M94" s="15">
-        <v>0.27096</v>
+        <v>0.23274</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="E95" s="15">
-        <v>10080066371</v>
+        <v>10080028263</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="I95" s="15"/>
+        <v>49</v>
+      </c>
+      <c r="I95" s="15" t="s">
+        <v>231</v>
+      </c>
       <c r="J95" s="15">
-        <v>120</v>
+        <v>14</v>
       </c>
       <c r="K95" s="15">
-        <v>0.21098</v>
+        <v>0.29997</v>
       </c>
       <c r="L95" s="15">
-        <v>0.18285</v>
+        <v>0.25997</v>
       </c>
       <c r="M95" s="15">
-        <v>0.17581</v>
+        <v>0.24998</v>
       </c>
       <c r="N95" s="15">
-        <v>1027</v>
+        <v>638</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>10000014656</v>
+        <v>233</v>
+      </c>
+      <c r="E96" s="15" t="s">
+        <v>234</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I96" s="15"/>
       <c r="J96" s="15">
-        <v>120</v>
+        <v>14</v>
       </c>
       <c r="K96" s="15">
-        <v>0.51213</v>
+        <v>0.67459</v>
       </c>
       <c r="L96" s="15">
-        <v>0.34513</v>
+        <v>0.56579</v>
       </c>
       <c r="M96" s="15">
-        <v>0.32286</v>
-[...1 lines deleted...]
-      <c r="N96" s="15"/>
+        <v>0.54403</v>
+      </c>
+      <c r="N96" s="15">
+        <v>1295</v>
+      </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>236</v>
       </c>
-      <c r="E97" s="15">
-        <v>10080028263</v>
+      <c r="E97" s="15" t="s">
+        <v>237</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I97" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I97" s="15"/>
       <c r="J97" s="15">
-        <v>14</v>
+        <v>1000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.43363</v>
+        <v>0.24312</v>
       </c>
       <c r="L97" s="15">
-        <v>0.31373</v>
+        <v>0.24312</v>
       </c>
       <c r="M97" s="15">
-        <v>0.27377</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.24312</v>
+      </c>
+      <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>239</v>
       </c>
-      <c r="E98" s="15" t="s">
-        <v>240</v>
+      <c r="E98" s="15">
+        <v>10080033071</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
-        <v>1000</v>
+        <v>13</v>
       </c>
       <c r="K98" s="15">
-        <v>0.24312</v>
+        <v>0.69628</v>
       </c>
       <c r="L98" s="15">
-        <v>0.24312</v>
+        <v>0.42273</v>
       </c>
       <c r="M98" s="15">
-        <v>0.24312</v>
+        <v>0.37301</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="D99" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="15">
-        <v>10080033071</v>
+        <v>10080047183</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K99" s="15">
-        <v>0.69628</v>
+        <v>0.34644</v>
       </c>
       <c r="L99" s="15">
-        <v>0.42273</v>
+        <v>0.30025</v>
       </c>
       <c r="M99" s="15">
-        <v>0.37301</v>
-[...1 lines deleted...]
-      <c r="N99" s="15"/>
+        <v>0.2887</v>
+      </c>
+      <c r="N99" s="15">
+        <v>573</v>
+      </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>243</v>
       </c>
-      <c r="D100" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" s="15">
-        <v>10080047183</v>
+        <v>10000017306</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>11</v>
       </c>
       <c r="K100" s="15">
-        <v>0.50678</v>
+        <v>0.32223</v>
       </c>
       <c r="L100" s="15">
-        <v>0.36666</v>
+        <v>0.27927</v>
       </c>
       <c r="M100" s="15">
-        <v>0.31995</v>
+        <v>0.26853</v>
       </c>
       <c r="N100" s="15">
-        <v>594</v>
+        <v>1048</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>245</v>
       </c>
-      <c r="D101" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="15">
-        <v>10000017306</v>
+        <v>10000014658</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="K101" s="15">
-        <v>0.53551</v>
+        <v>0.42797</v>
       </c>
       <c r="L101" s="15">
-        <v>0.38745</v>
+        <v>0.3709</v>
       </c>
       <c r="M101" s="15">
-        <v>0.33809</v>
+        <v>0.35664</v>
       </c>
       <c r="N101" s="15">
-        <v>838</v>
+        <v>564</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D102" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" s="15">
-        <v>10000014658</v>
+        <v>10080008328</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K102" s="15">
-        <v>0.61958</v>
+        <v>1.15</v>
       </c>
       <c r="L102" s="15">
-        <v>0.44827</v>
+        <v>0.69231</v>
       </c>
       <c r="M102" s="15">
-        <v>0.39116</v>
+        <v>0.61539</v>
       </c>
       <c r="N102" s="15">
-        <v>579</v>
+        <v>1059</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>249</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080008328</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I103" s="15"/>
-      <c r="J103" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J103" s="15"/>
       <c r="K103" s="15">
-        <v>1.15</v>
+        <v>2.46</v>
       </c>
       <c r="L103" s="15">
-        <v>0.69231</v>
+        <v>1.48</v>
       </c>
       <c r="M103" s="15">
-        <v>0.61539</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.23</v>
+      </c>
+      <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>251</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="E104" s="15" t="s">
-        <v>253</v>
+      <c r="E104" s="15">
+        <v>10000014660</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I104" s="15"/>
-      <c r="J104" s="15"/>
+      <c r="J104" s="15">
+        <v>7</v>
+      </c>
       <c r="K104" s="15">
-        <v>2.46</v>
+        <v>0.56015</v>
       </c>
       <c r="L104" s="15">
-        <v>1.48</v>
+        <v>0.48546</v>
       </c>
       <c r="M104" s="15">
-        <v>1.23</v>
+        <v>0.46679</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>254</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000014660</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I105" s="15"/>
-      <c r="J105" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J105" s="15"/>
       <c r="K105" s="15">
-        <v>0.80974</v>
+        <v>1.18</v>
       </c>
       <c r="L105" s="15">
-        <v>0.58585</v>
+        <v>0.99348</v>
       </c>
       <c r="M105" s="15">
-        <v>0.51122</v>
+        <v>0.95528</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>256</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E106" s="15">
         <v>10080070280</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>7</v>
       </c>
       <c r="K106" s="15">
-        <v>1.68</v>
+        <v>1.16</v>
       </c>
       <c r="L106" s="15">
-        <v>1.22</v>
+        <v>1.01</v>
       </c>
       <c r="M106" s="15">
-        <v>1.06</v>
+        <v>0.96736</v>
       </c>
       <c r="N106" s="15">
-        <v>816</v>
+        <v>696</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14"/>
       <c r="C107" s="15"/>
       <c r="D107" s="15"/>
       <c r="E107" s="15"/>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15"/>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15"/>
       <c r="L107" s="15"/>
       <c r="M107" s="15"/>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
     </row>
   </sheetData>