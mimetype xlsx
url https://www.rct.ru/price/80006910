--- v3 (2026-01-11)
+++ v4 (2026-02-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -193,218 +193,236 @@
   <si>
     <t>PBD2-04 (DS1026-06-2x2S8BV)</t>
   </si>
   <si>
     <t>CH-200-FH-2X2P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-04 (CH-200-FH-2X2P-4.3-GO-A)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
     <t>DS1026-05-2x2S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-04 (DS1026-05-2x2S8BV)</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-04-S</t>
   </si>
   <si>
     <t>гнездо с шагом 2 мм / PBD2-04-4.3mm (PBD2-2-02S-G-4,3mm) (L-KLS1-208B-4.3-2-04-S)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-208B-4.3-2-04-S KLS, </t>
+  </si>
+  <si>
     <t>DS1026-09-2x2S8BSMRX</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd, с майларовой пленкой / PBD2-04S (DS1026-09-2x2S8BSMRX)</t>
   </si>
   <si>
     <t>UT-00149086</t>
   </si>
   <si>
     <t>DS1026-09-2x2S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-04S (DS1026-09-2x2S8BSXBX)</t>
   </si>
   <si>
     <t>DS1026-06-2x3S8BV</t>
   </si>
   <si>
     <t>PBD2-06 (DS1026-06-2x3S8BV)</t>
   </si>
   <si>
     <t>CH-200-FH-2X3P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-06 (CH-200-FH-2X3P-4.3-GO-A)</t>
   </si>
   <si>
     <t>DS1026-05-2x3S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-06 (DS1026-05-2x3S8BV)</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-06-S</t>
   </si>
   <si>
     <t>гнездо с шагом 2 мм / PBD2-06-4.3mm (PBD2-2-03S-G-4,3mm) (L-KLS1-208B-4.3-2-06-S)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-208B-4.3-2-06-S KLS, </t>
+  </si>
+  <si>
     <t>DS1026-07-2x3S8BSX</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-06S (DS1026-07-2x3S8BSX)</t>
   </si>
   <si>
     <t>UT-00089826</t>
   </si>
   <si>
     <t>DS1026-07-2x3S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм SMD, без направляющих / PBD2-06S (DS1026-07-2x3S8BSXBX)</t>
   </si>
   <si>
     <t>UT-00098225</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-06-T-4.6x6.2-B-P</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда, шаг 2.0мм, SMD, без направляющих, с установочной площадкой / PBD2-06S (L-KLS1-208B-4.3-2-06-T-4.6x6.2-B-P)</t>
   </si>
   <si>
     <t>UT-00098402</t>
   </si>
   <si>
     <t>DS1026-06-2x4S8BV</t>
   </si>
   <si>
     <t>PBD2-08 (DS1026-06-2x4S8BV)</t>
   </si>
   <si>
-    <t>03.05.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DS1026-20-2x4S8BVB</t>
   </si>
   <si>
     <t>гнёзда в плату двухрядные, шаг 2мм H=6.35мм / PBD2-08 (DS1026-20-2x4S8BVB)</t>
   </si>
   <si>
     <t>UT-00132658</t>
   </si>
   <si>
     <t>DS1026-05-2x4S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-08 (PBD2-2-04S-G-4,3mm) (DS1026-05-2x4S8BV)</t>
   </si>
   <si>
     <t>DS1026-07-2x4S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd, линейки / PBD2-08S (DS1026-07-2x4S8BSXBX)</t>
   </si>
   <si>
     <t>10-00055653</t>
   </si>
   <si>
     <t>DS1026-07-2x4S8BSS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-08SP (PBD2-2-4SM-G-4,5mm) (DS1026-07-2x4S8BSS) (DS1026-07-2x4S8BSXRS)</t>
   </si>
   <si>
     <t>10-00055636</t>
   </si>
   <si>
     <t>DS1026-05-2x5S8BV</t>
   </si>
   <si>
-    <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (DS1026-05-2x5S8BV)</t>
+    <t>гнездо на плату 2ряда шаг 2,0мм, ширина корпуса 4.6мм / PBD2-10 (DS1026-05-2x5S8BV)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DS1026-06-2x5S8BV CONNFLY, CH-200-FH-2X5P-4.3-GO-A SHAINOR, L-KLS1-208B-4.3-2-10-S KLS, </t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-10-S</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (L-KLS1-208B-4.3-2-10-S)</t>
   </si>
   <si>
+    <t xml:space="preserve">DS1026-06-2x5S8BV CONNFLY, CH-200-FH-2X5P-4.3-GO-A SHAINOR, DS1026-05-2x5S8BV CONNFLY, </t>
+  </si>
+  <si>
     <t>CH-200-FH-2X5P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (PBD2-2-5S-G-4,3mm) (CH-200-FH-2X5P-4.3-GO-A)</t>
   </si>
   <si>
-    <t>21.04.2026</t>
+    <t xml:space="preserve">DS1026-06-2x5S8BV CONNFLY, L-KLS1-208B-4.3-2-10-S KLS, DS1026-05-2x5S8BV CONNFLY, </t>
+  </si>
+  <si>
+    <t>29.03.2026</t>
   </si>
   <si>
     <t>DS1026-06-2x5S8BV</t>
   </si>
   <si>
-    <t>PBD2-10 (DS1026-06-2x5S8BV) (PBD2-2-05S-G-4,3mm)</t>
+    <t>гнездо на плату 2ряда шаг 2,0мм, ширина корпуса 4.1мм / PBD2-10 (DS1026-06-2x5S8BV) (PBD2-2-05S-G-4,3mm)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH-200-FH-2X5P-4.3-GO-A SHAINOR, L-KLS1-208B-4.3-2-10-S KLS, DS1026-05-2x5S8BV CONNFLY, </t>
   </si>
   <si>
     <t>DS1026-09-2x5S8BSSRX</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда шаг 2,0мм smd / PBD2-10S (DS1026-09-2x5S8BSSRX)</t>
   </si>
   <si>
     <t>UT-00148995</t>
   </si>
   <si>
     <t>DS1026-09-2x5S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда шаг 2,0мм smd / PBD2-10S (DS1026-09-2x5S8BSXBX)</t>
   </si>
   <si>
     <t>DS1026-09-2x5S8BSSRS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-10S DS1026-09-2x5S8BSSRS (PBD2-2-5SM)</t>
   </si>
   <si>
     <t>10-00055629</t>
   </si>
   <si>
     <t>DS1026-07-2x5S8BSXRS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd без направляющих, с установочной площадкой / PBD2-10S (DS1026-07-2x5S8BSXRS)</t>
   </si>
   <si>
     <t>UT-00104707</t>
   </si>
   <si>
+    <t>11.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS1-208B-4.3-2-10-T-4.6x6.2-B-P</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда, шаг 2.0мм, SMD, без направляющих, с установочной площадкой / PBD2-10S (L-KLS1-208B-4.3-2-10-T-4.6x6.2-B-P)</t>
   </si>
   <si>
     <t>UT-00098403</t>
   </si>
   <si>
     <t>DS1026-05-2x6S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-12 (DS1026-05-2x6S8BV)</t>
   </si>
   <si>
     <t>DS1026-06-2x6S8BV</t>
   </si>
   <si>
     <t>PBD2-12 (DS1026-06-2x6S8BV)</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-12-S</t>
   </si>
   <si>
     <t>гнездо с шагом 2 мм / PBD2-12 (PBD2-2-6S-G-4,3mm) (L-KLS1-208B-4.3-2-12-S)</t>
@@ -436,53 +454,50 @@
   <si>
     <t>DS1026-05-2x7S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-14 (DS1026-05-2x7S8BV)</t>
   </si>
   <si>
     <t>DS1026-06-2x7S8BV</t>
   </si>
   <si>
     <t>шаг 2мм / PBD2-14 (DS1026-06-2x7S8BV)</t>
   </si>
   <si>
     <t>DS1026-06-2x8S8BV</t>
   </si>
   <si>
     <t>PBD2-16 (DS1026-06-2x8S8BV)</t>
   </si>
   <si>
     <t>DS1026-05-2x8S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-16 (PBD2-2-8S-G-4,3mm) (DS1026-05-2x8S8BV)</t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS1-208B-4.3-2-16-S</t>
   </si>
   <si>
     <t>гнездо с шагом 2 мм / PBD2-16-4.3mm (PBD2-2-8S-G-4,3mm) (L-KLS1-208B-4.3-2-16-S)</t>
   </si>
   <si>
     <t>DS1026-09-2x8S8BSSRS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-16S (DS1026-09-2x8S8BSSRS)</t>
   </si>
   <si>
     <t>DS1026-09-2x8S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-16S (DS1026-09-2x8S8BSXBX)</t>
   </si>
   <si>
     <t xml:space="preserve">PBD2-18 </t>
   </si>
   <si>
     <t xml:space="preserve">гнездо на плату 2ряда шаг2,0мм / PBD2-18 </t>
   </si>
   <si>
     <t>10-00055675</t>
@@ -646,51 +661,51 @@
   <si>
     <t>DS1026-05-2x14S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-28 (DS1026-05-2x14S8BV)</t>
   </si>
   <si>
     <t>DS1026-05-2x15S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-30 (DS1026-05-2x15S8BV)</t>
   </si>
   <si>
     <t>DS1026-06-2x15S8BV</t>
   </si>
   <si>
     <t>PBD2-30 (DS1026-06-2x15S8BV)</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-30-S</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм - высота 4,3мм / PBD2-30-4.3mm (PBD2-2-15S-G-4,3mm) (L-KLS1-208B-4.3-2-30-S)</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>DS1026-05-2x16S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-32 (DS1026-05-2x16S8BV)</t>
   </si>
   <si>
     <t>10-00055702</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-32-S</t>
   </si>
   <si>
     <t>гнездо с шагом 2 мм / PBD2-32-4.3mm (L-KLS1-208B-4.3-2-32-S)</t>
   </si>
   <si>
     <t>10-00055642</t>
   </si>
   <si>
     <t>DS1026-06-2x17S8BV</t>
   </si>
   <si>
     <t>PBD2-34 (DS1026-06-2x17S8BV)</t>
   </si>
@@ -1921,3478 +1936,3472 @@
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15">
         <v>10080048980</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>700</v>
       </c>
       <c r="K17" s="15">
         <v>0.05237</v>
       </c>
       <c r="L17" s="15">
         <v>0.04538</v>
       </c>
       <c r="M17" s="15">
         <v>0.04364</v>
       </c>
       <c r="N17" s="15">
-        <v>51684</v>
+        <v>65915</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080066370</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04335</v>
       </c>
       <c r="L18" s="15">
         <v>0.03757</v>
       </c>
       <c r="M18" s="15">
         <v>0.03613</v>
       </c>
       <c r="N18" s="15">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10000014625</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>700</v>
       </c>
       <c r="K19" s="15">
         <v>0.03983</v>
       </c>
       <c r="L19" s="15">
         <v>0.03452</v>
       </c>
       <c r="M19" s="15">
         <v>0.03319</v>
       </c>
       <c r="N19" s="15">
-        <v>8829</v>
+        <v>10359</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080047108</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I20" s="15"/>
+      <c r="I20" s="15" t="s">
+        <v>59</v>
+      </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.08130999999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.04716</v>
       </c>
       <c r="M20" s="15">
         <v>0.04252</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.17865</v>
       </c>
       <c r="L21" s="15">
         <v>0.15483</v>
       </c>
       <c r="M21" s="15">
         <v>0.14888</v>
       </c>
       <c r="N21" s="15">
-        <v>4740</v>
+        <v>4680</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E22" s="15">
         <v>10080066740</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>126</v>
       </c>
       <c r="K22" s="15">
         <v>0.13205</v>
       </c>
       <c r="L22" s="15">
         <v>0.11444</v>
       </c>
       <c r="M22" s="15">
         <v>0.11004</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080055216</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>87</v>
       </c>
       <c r="K23" s="15">
         <v>0.06966</v>
       </c>
       <c r="L23" s="15">
         <v>0.06037</v>
       </c>
       <c r="M23" s="15">
         <v>0.05805</v>
       </c>
       <c r="N23" s="15">
-        <v>6656</v>
+        <v>8028</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080052282</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.05462</v>
       </c>
       <c r="L24" s="15">
         <v>0.04733</v>
       </c>
       <c r="M24" s="15">
         <v>0.04551</v>
       </c>
       <c r="N24" s="15">
-        <v>607</v>
+        <v>826</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10000014627</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>87</v>
       </c>
       <c r="K25" s="15">
         <v>0.05036</v>
       </c>
       <c r="L25" s="15">
         <v>0.04364</v>
       </c>
       <c r="M25" s="15">
         <v>0.04196</v>
       </c>
       <c r="N25" s="15">
-        <v>2703</v>
+        <v>3749</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080037107</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I26" s="15"/>
+      <c r="I26" s="15" t="s">
+        <v>73</v>
+      </c>
       <c r="J26" s="15">
         <v>73</v>
       </c>
       <c r="K26" s="15">
         <v>0.07674</v>
       </c>
       <c r="L26" s="15">
         <v>0.04426</v>
       </c>
       <c r="M26" s="15">
         <v>0.03985</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15">
         <v>0.17724</v>
       </c>
       <c r="L27" s="15">
         <v>0.14769</v>
       </c>
       <c r="M27" s="15">
         <v>0.14178</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>96</v>
       </c>
       <c r="K28" s="15">
         <v>0.21503</v>
       </c>
       <c r="L28" s="15">
         <v>0.15417</v>
       </c>
       <c r="M28" s="15">
         <v>0.13895</v>
       </c>
       <c r="N28" s="15">
         <v>63</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>93</v>
       </c>
       <c r="K29" s="15">
         <v>0.09533</v>
       </c>
       <c r="L29" s="15">
         <v>0.08262</v>
       </c>
       <c r="M29" s="15">
         <v>0.07944</v>
       </c>
       <c r="N29" s="15">
-        <v>2495</v>
+        <v>1864</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080055022</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>67</v>
       </c>
       <c r="K30" s="15">
         <v>0.07994</v>
       </c>
       <c r="L30" s="15">
         <v>0.06927999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06661</v>
       </c>
       <c r="N30" s="15">
-        <v>3589</v>
+        <v>2638</v>
       </c>
       <c r="O30" s="15">
-        <v>4150</v>
-[...3 lines deleted...]
-      </c>
+        <v>3050</v>
+      </c>
+      <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>69</v>
       </c>
       <c r="K31" s="15">
         <v>0.13506</v>
       </c>
       <c r="L31" s="15">
         <v>0.11705</v>
       </c>
       <c r="M31" s="15">
         <v>0.11255</v>
       </c>
-      <c r="N31" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E32" s="15">
         <v>10000015582</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>67</v>
       </c>
       <c r="K32" s="15">
         <v>0.0612</v>
       </c>
       <c r="L32" s="15">
         <v>0.05304</v>
       </c>
       <c r="M32" s="15">
         <v>0.051</v>
       </c>
       <c r="N32" s="15">
-        <v>10142</v>
+        <v>11297</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>72</v>
       </c>
       <c r="K33" s="15">
         <v>0.17516</v>
       </c>
       <c r="L33" s="15">
         <v>0.1518</v>
       </c>
       <c r="M33" s="15">
         <v>0.14596</v>
       </c>
       <c r="N33" s="15">
-        <v>722</v>
+        <v>973</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.25144</v>
       </c>
       <c r="L34" s="15">
         <v>0</v>
       </c>
       <c r="M34" s="15">
         <v>0</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E35" s="15">
         <v>10000014628</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="I35" s="15"/>
+      <c r="I35" s="15" t="s">
+        <v>98</v>
+      </c>
       <c r="J35" s="15">
         <v>54</v>
       </c>
       <c r="K35" s="15">
-        <v>0.07778</v>
+        <v>0.08738</v>
       </c>
       <c r="L35" s="15">
-        <v>0.06741</v>
+        <v>0.07573000000000001</v>
       </c>
       <c r="M35" s="15">
-        <v>0.06481000000000001</v>
+        <v>0.07281</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15">
-        <v>3780</v>
-[...3 lines deleted...]
-      </c>
+        <v>4081</v>
+      </c>
+      <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E36" s="15">
         <v>10080054550</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I36" s="15"/>
+      <c r="I36" s="15" t="s">
+        <v>101</v>
+      </c>
       <c r="J36" s="15">
         <v>45</v>
       </c>
       <c r="K36" s="15">
         <v>0.04331</v>
       </c>
       <c r="L36" s="15">
         <v>0.04331</v>
       </c>
       <c r="M36" s="15">
         <v>0.04331</v>
       </c>
       <c r="N36" s="15">
         <v>23</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E37" s="15">
         <v>10080052283</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="I37" s="15"/>
+      <c r="I37" s="15" t="s">
+        <v>104</v>
+      </c>
       <c r="J37" s="15">
         <v>400</v>
       </c>
       <c r="K37" s="15">
         <v>0.05877</v>
       </c>
       <c r="L37" s="15">
         <v>0.05093</v>
       </c>
       <c r="M37" s="15">
         <v>0.04898</v>
       </c>
       <c r="N37" s="15">
         <v>90</v>
       </c>
       <c r="O37" s="15">
-        <v>4647</v>
+        <v>4594</v>
       </c>
       <c r="P37" s="15" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080048981</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="I38" s="15"/>
+      <c r="I38" s="15" t="s">
+        <v>108</v>
+      </c>
       <c r="J38" s="15">
         <v>54</v>
       </c>
       <c r="K38" s="15">
         <v>0.08769</v>
       </c>
       <c r="L38" s="15">
         <v>0.076</v>
       </c>
       <c r="M38" s="15">
         <v>0.07308000000000001</v>
       </c>
       <c r="N38" s="15">
-        <v>38471</v>
+        <v>34529</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>700</v>
       </c>
       <c r="K39" s="15">
         <v>0.30578</v>
       </c>
       <c r="L39" s="15">
         <v>0.26501</v>
       </c>
       <c r="M39" s="15">
         <v>0.25481</v>
       </c>
-      <c r="N39" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080045602</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>56</v>
       </c>
       <c r="K40" s="15">
         <v>0.19802</v>
       </c>
       <c r="L40" s="15">
         <v>0.17161</v>
       </c>
       <c r="M40" s="15">
         <v>0.16501</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>700</v>
       </c>
       <c r="K41" s="15">
         <v>0.30647</v>
       </c>
       <c r="L41" s="15">
         <v>0.2656</v>
       </c>
       <c r="M41" s="15">
         <v>0.25539</v>
       </c>
       <c r="N41" s="15">
-        <v>53569</v>
+        <v>59032</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>800</v>
       </c>
       <c r="K42" s="15">
-        <v>0.31368</v>
+        <v>0.32654</v>
       </c>
       <c r="L42" s="15">
-        <v>0.27186</v>
+        <v>0.283</v>
       </c>
       <c r="M42" s="15">
-        <v>0.2614</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.27211</v>
+      </c>
+      <c r="N42" s="15"/>
       <c r="O42" s="15"/>
-      <c r="P42" s="15"/>
+      <c r="P42" s="15" t="s">
+        <v>120</v>
+      </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1044</v>
       </c>
       <c r="K43" s="15">
         <v>0.12088</v>
       </c>
       <c r="L43" s="15">
         <v>0.11562</v>
       </c>
       <c r="M43" s="15">
         <v>0.11037</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="E44" s="15">
         <v>10000015583</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>45</v>
       </c>
       <c r="K44" s="15">
         <v>0.09372</v>
       </c>
       <c r="L44" s="15">
         <v>0.08122</v>
       </c>
       <c r="M44" s="15">
         <v>0.0781</v>
       </c>
       <c r="N44" s="15">
-        <v>3889</v>
+        <v>4337</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="E45" s="15">
         <v>10080055212</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>45</v>
       </c>
       <c r="K45" s="15">
         <v>0.09999</v>
       </c>
       <c r="L45" s="15">
         <v>0.08666</v>
       </c>
       <c r="M45" s="15">
         <v>0.08333</v>
       </c>
       <c r="N45" s="15">
-        <v>12828</v>
+        <v>12071</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="E46" s="15">
         <v>10080037105</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>38</v>
       </c>
       <c r="K46" s="15">
         <v>0.07191</v>
       </c>
       <c r="L46" s="15">
         <v>0.06232</v>
       </c>
       <c r="M46" s="15">
         <v>0.05993</v>
       </c>
       <c r="N46" s="15">
         <v>61</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>49</v>
       </c>
       <c r="K47" s="15">
         <v>0.24374</v>
       </c>
       <c r="L47" s="15">
         <v>0.21124</v>
       </c>
       <c r="M47" s="15">
         <v>0.20311</v>
       </c>
       <c r="N47" s="15">
-        <v>4875</v>
+        <v>3305</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>50</v>
       </c>
       <c r="K48" s="15">
         <v>0.32762</v>
       </c>
       <c r="L48" s="15">
         <v>0.1712</v>
       </c>
       <c r="M48" s="15">
         <v>0.16381</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="E49" s="15">
         <v>10080052284</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>340</v>
       </c>
       <c r="K49" s="15">
         <v>0.07973</v>
       </c>
       <c r="L49" s="15">
         <v>0.06909999999999999</v>
       </c>
       <c r="M49" s="15">
         <v>0.06644</v>
       </c>
       <c r="N49" s="15">
-        <v>685</v>
+        <v>751</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E50" s="15">
         <v>10000015584</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>39</v>
       </c>
       <c r="K50" s="15">
         <v>0.11021</v>
       </c>
       <c r="L50" s="15">
         <v>0.09551</v>
       </c>
       <c r="M50" s="15">
         <v>0.09184</v>
       </c>
       <c r="N50" s="15">
-        <v>1554</v>
+        <v>1287</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="E51" s="15">
         <v>10080074678</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>39</v>
       </c>
       <c r="K51" s="15">
         <v>0.10053</v>
       </c>
       <c r="L51" s="15">
         <v>0.08713</v>
       </c>
       <c r="M51" s="15">
         <v>0.08377999999999999</v>
       </c>
       <c r="N51" s="15">
-        <v>309</v>
+        <v>51</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="E52" s="15">
         <v>10080048982</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>34</v>
       </c>
       <c r="K52" s="15">
         <v>0.12555</v>
       </c>
       <c r="L52" s="15">
         <v>0.10881</v>
       </c>
       <c r="M52" s="15">
         <v>0.10463</v>
       </c>
       <c r="N52" s="15">
-        <v>3085</v>
+        <v>3308</v>
       </c>
       <c r="O52" s="15">
-        <v>1380</v>
-[...3 lines deleted...]
-      </c>
+        <v>1480</v>
+      </c>
+      <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="E53" s="15">
         <v>10000014629</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>34</v>
       </c>
       <c r="K53" s="15">
         <v>0.13694</v>
       </c>
       <c r="L53" s="15">
         <v>0.11868</v>
       </c>
       <c r="M53" s="15">
         <v>0.11411</v>
       </c>
       <c r="N53" s="15">
-        <v>1287</v>
-[...6 lines deleted...]
-      </c>
+        <v>4476</v>
+      </c>
+      <c r="O53" s="15"/>
+      <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="E54" s="15">
         <v>10080053585</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>38</v>
       </c>
       <c r="K54" s="15">
         <v>0.18547</v>
       </c>
       <c r="L54" s="15">
         <v>0.10701</v>
       </c>
       <c r="M54" s="15">
         <v>0.0963</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E55" s="15">
         <v>10080066737</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>700</v>
       </c>
       <c r="K55" s="15">
         <v>0.43097</v>
       </c>
       <c r="L55" s="15">
         <v>0.35915</v>
       </c>
       <c r="M55" s="15">
         <v>0.34478</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="E56" s="15">
         <v>10080045603</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>34</v>
       </c>
       <c r="K56" s="15">
         <v>0.30009</v>
       </c>
       <c r="L56" s="15">
         <v>0.26008</v>
       </c>
       <c r="M56" s="15">
         <v>0.25008</v>
       </c>
       <c r="N56" s="15">
-        <v>2292</v>
+        <v>1990</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.18106</v>
       </c>
       <c r="L57" s="15">
         <v>0.14534</v>
       </c>
       <c r="M57" s="15">
         <v>0.13671</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="E58" s="15">
         <v>10000015585</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>30</v>
       </c>
       <c r="K58" s="15">
         <v>0.14966</v>
       </c>
       <c r="L58" s="15">
         <v>0.1297</v>
       </c>
       <c r="M58" s="15">
         <v>0.12471</v>
       </c>
       <c r="N58" s="15">
-        <v>6390</v>
+        <v>7223</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E59" s="15">
         <v>10080028885</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.21123</v>
       </c>
       <c r="L59" s="15">
         <v>0.14792</v>
       </c>
       <c r="M59" s="15">
         <v>0.13733</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="E60" s="15">
         <v>10080045604</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>31</v>
       </c>
       <c r="K60" s="15">
         <v>0.30524</v>
       </c>
       <c r="L60" s="15">
         <v>0.26454</v>
       </c>
       <c r="M60" s="15">
         <v>0.25436</v>
       </c>
       <c r="N60" s="15">
-        <v>898</v>
+        <v>1078</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="E61" s="15">
         <v>10080050535</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>800</v>
       </c>
       <c r="K61" s="15">
         <v>0.27251</v>
       </c>
       <c r="L61" s="15">
         <v>0.23617</v>
       </c>
       <c r="M61" s="15">
         <v>0.22709</v>
       </c>
       <c r="N61" s="15">
-        <v>32579</v>
+        <v>20907</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="E62" s="15">
         <v>10080046778</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.24915</v>
       </c>
       <c r="L62" s="15">
         <v>0.14454</v>
       </c>
       <c r="M62" s="15">
         <v>0.13027</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E63" s="15">
         <v>10080052285</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>240</v>
       </c>
       <c r="K63" s="15">
         <v>0.12635</v>
       </c>
       <c r="L63" s="15">
         <v>0.1095</v>
       </c>
       <c r="M63" s="15">
         <v>0.10529</v>
       </c>
       <c r="N63" s="15">
-        <v>347</v>
+        <v>373</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>28</v>
       </c>
       <c r="K64" s="15">
         <v>0.16383</v>
       </c>
       <c r="L64" s="15">
         <v>0.14199</v>
       </c>
       <c r="M64" s="15">
         <v>0.13653</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E65" s="15">
         <v>10000014630</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>28</v>
       </c>
       <c r="K65" s="15">
         <v>0.18123</v>
       </c>
       <c r="L65" s="15">
         <v>0.17368</v>
       </c>
       <c r="M65" s="15">
         <v>0.16614</v>
       </c>
       <c r="N65" s="15">
-        <v>17904</v>
+        <v>19448</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>700</v>
       </c>
       <c r="K66" s="15">
         <v>0.43788</v>
       </c>
       <c r="L66" s="15">
         <v>0.3795</v>
       </c>
       <c r="M66" s="15">
         <v>0.3649</v>
       </c>
       <c r="N66" s="15">
-        <v>2242</v>
+        <v>2275</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="E67" s="15">
         <v>10080035810</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>29</v>
       </c>
       <c r="K67" s="15">
         <v>0.15272</v>
       </c>
       <c r="L67" s="15">
         <v>0.13235</v>
       </c>
       <c r="M67" s="15">
         <v>0.12726</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="E68" s="15">
         <v>10080055207</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>25</v>
       </c>
       <c r="K68" s="15">
         <v>0.16695</v>
       </c>
       <c r="L68" s="15">
         <v>0.14469</v>
       </c>
       <c r="M68" s="15">
         <v>0.13913</v>
       </c>
       <c r="N68" s="15">
-        <v>52422</v>
+        <v>64519</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="E69" s="15">
         <v>10080052286</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>220</v>
       </c>
       <c r="K69" s="15">
         <v>0.12998</v>
       </c>
       <c r="L69" s="15">
         <v>0.11265</v>
       </c>
       <c r="M69" s="15">
         <v>0.10831</v>
       </c>
       <c r="N69" s="15">
-        <v>225</v>
+        <v>264</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E70" s="15">
         <v>10000015586</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>25</v>
       </c>
       <c r="K70" s="15">
         <v>0.188</v>
       </c>
       <c r="L70" s="15">
         <v>0.16293</v>
       </c>
       <c r="M70" s="15">
         <v>0.15666</v>
       </c>
       <c r="N70" s="15">
-        <v>1863</v>
+        <v>1775</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="E71" s="15">
         <v>10080037106</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>21</v>
       </c>
       <c r="K71" s="15">
         <v>0.27917</v>
       </c>
       <c r="L71" s="15">
         <v>0.16107</v>
       </c>
       <c r="M71" s="15">
         <v>0.14495</v>
       </c>
       <c r="N71" s="15">
         <v>6</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E72" s="15">
         <v>10080061639</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>27</v>
       </c>
       <c r="K72" s="15">
         <v>0.12516</v>
       </c>
       <c r="L72" s="15">
         <v>0.12516</v>
       </c>
       <c r="M72" s="15">
         <v>0.12516</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E73" s="15">
         <v>10080052287</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.14054</v>
       </c>
       <c r="L73" s="15">
         <v>0.1218</v>
       </c>
       <c r="M73" s="15">
         <v>0.11711</v>
       </c>
       <c r="N73" s="15">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="E74" s="15">
         <v>10000014631</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>23</v>
       </c>
       <c r="K74" s="15">
         <v>0.1793</v>
       </c>
       <c r="L74" s="15">
         <v>0.15539</v>
       </c>
       <c r="M74" s="15">
         <v>0.14941</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="E75" s="15">
         <v>10080050486</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>23</v>
       </c>
       <c r="K75" s="15">
         <v>0.1889</v>
       </c>
       <c r="L75" s="15">
         <v>0.16371</v>
       </c>
       <c r="M75" s="15">
         <v>0.15741</v>
       </c>
       <c r="N75" s="15">
-        <v>90773</v>
+        <v>85892</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="E76" s="15">
         <v>10080037102</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>19</v>
       </c>
       <c r="K76" s="15">
         <v>0.14303</v>
       </c>
       <c r="L76" s="15">
         <v>0.12396</v>
       </c>
       <c r="M76" s="15">
         <v>0.11919</v>
       </c>
       <c r="N76" s="15">
-        <v>715</v>
+        <v>1037</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="E77" s="15">
         <v>10080009188</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>21</v>
       </c>
       <c r="K77" s="15">
         <v>0.47371</v>
       </c>
       <c r="L77" s="15">
         <v>0.2876</v>
       </c>
       <c r="M77" s="15">
         <v>0.25377</v>
       </c>
       <c r="N77" s="15">
         <v>3</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E78" s="15">
         <v>10080055209</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>21</v>
       </c>
       <c r="K78" s="15">
         <v>0.2333</v>
       </c>
       <c r="L78" s="15">
         <v>0.20219</v>
       </c>
       <c r="M78" s="15">
         <v>0.19441</v>
       </c>
       <c r="N78" s="15">
-        <v>12867</v>
+        <v>10133</v>
       </c>
       <c r="O78" s="15">
-        <v>8000</v>
-[...3 lines deleted...]
-      </c>
+        <v>6300</v>
+      </c>
+      <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E79" s="15">
         <v>10080037103</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>18</v>
       </c>
       <c r="K79" s="15">
         <v>0.14702</v>
       </c>
       <c r="L79" s="15">
         <v>0.12741</v>
       </c>
       <c r="M79" s="15">
         <v>0.12251</v>
       </c>
-      <c r="N79" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1012</v>
       </c>
       <c r="K80" s="15">
         <v>0.18301</v>
       </c>
       <c r="L80" s="15">
         <v>0.17505</v>
       </c>
       <c r="M80" s="15">
         <v>0.1671</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
         <v>0.25125</v>
       </c>
       <c r="L81" s="15">
         <v>0.20076</v>
       </c>
       <c r="M81" s="15">
         <v>0.18844</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="E82" s="15">
         <v>10080018029</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>20</v>
       </c>
       <c r="K82" s="15">
         <v>0.24704</v>
       </c>
       <c r="L82" s="15">
         <v>0.2141</v>
       </c>
       <c r="M82" s="15">
         <v>0.20586</v>
       </c>
       <c r="N82" s="15">
-        <v>2530</v>
+        <v>2351</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="E83" s="15">
         <v>10000014632</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>18</v>
       </c>
       <c r="K83" s="15">
         <v>0.22494</v>
       </c>
       <c r="L83" s="15">
         <v>0.19495</v>
       </c>
       <c r="M83" s="15">
         <v>0.18745</v>
       </c>
       <c r="N83" s="15">
         <v>61</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="E84" s="15">
         <v>10080055210</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>18</v>
       </c>
       <c r="K84" s="15">
         <v>0.24471</v>
       </c>
       <c r="L84" s="15">
         <v>0.21208</v>
       </c>
       <c r="M84" s="15">
         <v>0.20393</v>
       </c>
       <c r="N84" s="15">
-        <v>60516</v>
+        <v>52927</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E85" s="15">
         <v>10080032297</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>15</v>
       </c>
       <c r="K85" s="15">
         <v>0.18353</v>
       </c>
       <c r="L85" s="15">
         <v>0.15906</v>
       </c>
       <c r="M85" s="15">
         <v>0.15294</v>
       </c>
       <c r="N85" s="15">
-        <v>2112</v>
+        <v>2592</v>
       </c>
       <c r="O85" s="15">
-        <v>128</v>
+        <v>144</v>
       </c>
       <c r="P85" s="15" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15"/>
       <c r="K86" s="15">
         <v>0.42292</v>
       </c>
       <c r="L86" s="15">
         <v>0.35244</v>
       </c>
       <c r="M86" s="15">
         <v>0.33834</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>14</v>
       </c>
       <c r="K87" s="15">
         <v>0.27928</v>
       </c>
       <c r="L87" s="15">
         <v>0.20206</v>
       </c>
       <c r="M87" s="15">
         <v>0.17632</v>
       </c>
       <c r="N87" s="15">
-        <v>1676</v>
+        <v>1510</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E88" s="15">
         <v>10080055211</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>16</v>
       </c>
       <c r="K88" s="15">
         <v>0.5835</v>
       </c>
       <c r="L88" s="15">
         <v>0.33233</v>
       </c>
       <c r="M88" s="15">
         <v>0.30335</v>
       </c>
       <c r="N88" s="15">
-        <v>1343</v>
+        <v>1175</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E89" s="15">
         <v>10080009189</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>16</v>
       </c>
       <c r="K89" s="15">
         <v>0.54029</v>
       </c>
       <c r="L89" s="15">
         <v>0.32804</v>
       </c>
       <c r="M89" s="15">
         <v>0.28946</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E90" s="15">
         <v>10080037104</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>13</v>
       </c>
       <c r="K90" s="15">
         <v>0.44022</v>
       </c>
       <c r="L90" s="15">
         <v>0.25398</v>
       </c>
       <c r="M90" s="15">
         <v>0.22856</v>
       </c>
       <c r="N90" s="15">
-        <v>971</v>
+        <v>720</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E91" s="15">
         <v>10080059422</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.38576</v>
       </c>
       <c r="L91" s="15">
         <v>0.32147</v>
       </c>
       <c r="M91" s="15">
         <v>0.30861</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E92" s="15">
         <v>10080016679</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>120</v>
       </c>
       <c r="K92" s="15">
         <v>0.36087</v>
       </c>
       <c r="L92" s="15">
         <v>0.2882</v>
       </c>
       <c r="M92" s="15">
         <v>0.27096</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="E93" s="15">
         <v>10080066371</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>120</v>
       </c>
       <c r="K93" s="15">
         <v>0.21098</v>
       </c>
       <c r="L93" s="15">
         <v>0.18285</v>
       </c>
       <c r="M93" s="15">
         <v>0.17581</v>
       </c>
       <c r="N93" s="15">
-        <v>1179</v>
+        <v>874</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E94" s="15">
         <v>10000014656</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="J94" s="15">
         <v>120</v>
       </c>
       <c r="K94" s="15">
         <v>0.27929</v>
       </c>
       <c r="L94" s="15">
         <v>0.24205</v>
       </c>
       <c r="M94" s="15">
         <v>0.23274</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E95" s="15">
         <v>10080028263</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="J95" s="15">
         <v>14</v>
       </c>
       <c r="K95" s="15">
         <v>0.29997</v>
       </c>
       <c r="L95" s="15">
         <v>0.25997</v>
       </c>
       <c r="M95" s="15">
         <v>0.24998</v>
       </c>
       <c r="N95" s="15">
-        <v>638</v>
+        <v>372</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>14</v>
       </c>
       <c r="K96" s="15">
         <v>0.67459</v>
       </c>
       <c r="L96" s="15">
         <v>0.56579</v>
       </c>
       <c r="M96" s="15">
         <v>0.54403</v>
       </c>
       <c r="N96" s="15">
-        <v>1295</v>
+        <v>1497</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.24312</v>
       </c>
       <c r="L97" s="15">
         <v>0.24312</v>
       </c>
       <c r="M97" s="15">
         <v>0.24312</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E98" s="15">
         <v>10080033071</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>13</v>
       </c>
       <c r="K98" s="15">
         <v>0.69628</v>
       </c>
       <c r="L98" s="15">
         <v>0.42273</v>
       </c>
       <c r="M98" s="15">
         <v>0.37301</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="E99" s="15">
         <v>10080047183</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>11</v>
       </c>
       <c r="K99" s="15">
         <v>0.34644</v>
       </c>
       <c r="L99" s="15">
         <v>0.30025</v>
       </c>
       <c r="M99" s="15">
         <v>0.2887</v>
       </c>
       <c r="N99" s="15">
-        <v>573</v>
+        <v>545</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="E100" s="15">
         <v>10000017306</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>11</v>
       </c>
       <c r="K100" s="15">
         <v>0.32223</v>
       </c>
       <c r="L100" s="15">
         <v>0.27927</v>
       </c>
       <c r="M100" s="15">
         <v>0.26853</v>
       </c>
       <c r="N100" s="15">
-        <v>1048</v>
+        <v>1074</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E101" s="15">
         <v>10000014658</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>9</v>
       </c>
       <c r="K101" s="15">
         <v>0.42797</v>
       </c>
       <c r="L101" s="15">
         <v>0.3709</v>
       </c>
       <c r="M101" s="15">
         <v>0.35664</v>
       </c>
       <c r="N101" s="15">
-        <v>564</v>
+        <v>603</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="E102" s="15">
         <v>10080008328</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>8</v>
       </c>
       <c r="K102" s="15">
         <v>1.15</v>
       </c>
       <c r="L102" s="15">
         <v>0.69231</v>
       </c>
       <c r="M102" s="15">
         <v>0.61539</v>
       </c>
       <c r="N102" s="15">
-        <v>1059</v>
+        <v>1204</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15"/>
       <c r="K103" s="15">
         <v>2.46</v>
       </c>
       <c r="L103" s="15">
         <v>1.48</v>
       </c>
       <c r="M103" s="15">
         <v>1.23</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="E104" s="15">
         <v>10000014660</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>7</v>
       </c>
       <c r="K104" s="15">
         <v>0.56015</v>
       </c>
       <c r="L104" s="15">
         <v>0.48546</v>
       </c>
       <c r="M104" s="15">
         <v>0.46679</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>1.18</v>
       </c>
       <c r="L105" s="15">
         <v>0.99348</v>
       </c>
       <c r="M105" s="15">
         <v>0.95528</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="E106" s="15">
         <v>10080070280</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>7</v>
       </c>
       <c r="K106" s="15">
         <v>1.16</v>
       </c>
       <c r="L106" s="15">
         <v>1.01</v>
       </c>
       <c r="M106" s="15">
         <v>0.96736</v>
       </c>
       <c r="N106" s="15">
-        <v>696</v>
+        <v>788</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14"/>
       <c r="C107" s="15"/>
       <c r="D107" s="15"/>
       <c r="E107" s="15"/>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15"/>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15"/>
       <c r="L107" s="15"/>
       <c r="M107" s="15"/>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
     </row>
   </sheetData>
@@ -5435,317 +5444,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>