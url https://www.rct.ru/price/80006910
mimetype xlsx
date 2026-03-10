--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -331,53 +331,50 @@
   <si>
     <t>гнездо на плату 2ряда шаг 2,0мм, ширина корпуса 4.6мм / PBD2-10 (DS1026-05-2x5S8BV)</t>
   </si>
   <si>
     <t xml:space="preserve">DS1026-06-2x5S8BV CONNFLY, CH-200-FH-2X5P-4.3-GO-A SHAINOR, L-KLS1-208B-4.3-2-10-S KLS, </t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-10-S</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (L-KLS1-208B-4.3-2-10-S)</t>
   </si>
   <si>
     <t xml:space="preserve">DS1026-06-2x5S8BV CONNFLY, CH-200-FH-2X5P-4.3-GO-A SHAINOR, DS1026-05-2x5S8BV CONNFLY, </t>
   </si>
   <si>
     <t>CH-200-FH-2X5P-4.3-GO-A</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-10 (PBD2-2-5S-G-4,3mm) (CH-200-FH-2X5P-4.3-GO-A)</t>
   </si>
   <si>
     <t xml:space="preserve">DS1026-06-2x5S8BV CONNFLY, L-KLS1-208B-4.3-2-10-S KLS, DS1026-05-2x5S8BV CONNFLY, </t>
   </si>
   <si>
-    <t>29.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DS1026-06-2x5S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг 2,0мм, ширина корпуса 4.1мм / PBD2-10 (DS1026-06-2x5S8BV) (PBD2-2-05S-G-4,3mm)</t>
   </si>
   <si>
     <t xml:space="preserve">CH-200-FH-2X5P-4.3-GO-A SHAINOR, L-KLS1-208B-4.3-2-10-S KLS, DS1026-05-2x5S8BV CONNFLY, </t>
   </si>
   <si>
     <t>DS1026-09-2x5S8BSSRX</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда шаг 2,0мм smd / PBD2-10S (DS1026-09-2x5S8BSSRX)</t>
   </si>
   <si>
     <t>UT-00148995</t>
   </si>
   <si>
     <t>DS1026-09-2x5S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда шаг 2,0мм smd / PBD2-10S (DS1026-09-2x5S8BSXBX)</t>
   </si>
   <si>
     <t>DS1026-09-2x5S8BSSRS</t>
@@ -659,53 +656,50 @@
     <t>10-00055676</t>
   </si>
   <si>
     <t>DS1026-05-2x14S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-28 (DS1026-05-2x14S8BV)</t>
   </si>
   <si>
     <t>DS1026-05-2x15S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-30 (DS1026-05-2x15S8BV)</t>
   </si>
   <si>
     <t>DS1026-06-2x15S8BV</t>
   </si>
   <si>
     <t>PBD2-30 (DS1026-06-2x15S8BV)</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-30-S</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм - высота 4,3мм / PBD2-30-4.3mm (PBD2-2-15S-G-4,3mm) (L-KLS1-208B-4.3-2-30-S)</t>
-  </si>
-[...1 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>DS1026-05-2x16S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-32 (DS1026-05-2x16S8BV)</t>
   </si>
   <si>
     <t>10-00055702</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-32-S</t>
   </si>
   <si>
     <t>гнездо с шагом 2 мм / PBD2-32-4.3mm (L-KLS1-208B-4.3-2-32-S)</t>
   </si>
   <si>
     <t>10-00055642</t>
   </si>
   <si>
     <t>DS1026-06-2x17S8BV</t>
   </si>
   <si>
     <t>PBD2-34 (DS1026-06-2x17S8BV)</t>
   </si>
@@ -1936,129 +1930,129 @@
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15">
         <v>10080048980</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>700</v>
       </c>
       <c r="K17" s="15">
         <v>0.05237</v>
       </c>
       <c r="L17" s="15">
         <v>0.04538</v>
       </c>
       <c r="M17" s="15">
         <v>0.04364</v>
       </c>
       <c r="N17" s="15">
-        <v>65915</v>
+        <v>46440</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080066370</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04335</v>
       </c>
       <c r="L18" s="15">
         <v>0.03757</v>
       </c>
       <c r="M18" s="15">
         <v>0.03613</v>
       </c>
       <c r="N18" s="15">
-        <v>447</v>
+        <v>354</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10000014625</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>700</v>
       </c>
       <c r="K19" s="15">
         <v>0.03983</v>
       </c>
       <c r="L19" s="15">
         <v>0.03452</v>
       </c>
       <c r="M19" s="15">
         <v>0.03319</v>
       </c>
       <c r="N19" s="15">
-        <v>10359</v>
+        <v>8946</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080047108</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -2092,51 +2086,51 @@
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.17865</v>
       </c>
       <c r="L21" s="15">
         <v>0.15483</v>
       </c>
       <c r="M21" s="15">
         <v>0.14888</v>
       </c>
       <c r="N21" s="15">
-        <v>4680</v>
+        <v>5280</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E22" s="15">
         <v>10080066740</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I22" s="15"/>
@@ -2168,129 +2162,129 @@
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080055216</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>87</v>
       </c>
       <c r="K23" s="15">
         <v>0.06966</v>
       </c>
       <c r="L23" s="15">
         <v>0.06037</v>
       </c>
       <c r="M23" s="15">
         <v>0.05805</v>
       </c>
       <c r="N23" s="15">
-        <v>8028</v>
+        <v>6588</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080052282</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.05462</v>
       </c>
       <c r="L24" s="15">
         <v>0.04733</v>
       </c>
       <c r="M24" s="15">
         <v>0.04551</v>
       </c>
       <c r="N24" s="15">
-        <v>826</v>
+        <v>627</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10000014627</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>87</v>
       </c>
       <c r="K25" s="15">
         <v>0.05036</v>
       </c>
       <c r="L25" s="15">
         <v>0.04364</v>
       </c>
       <c r="M25" s="15">
         <v>0.04196</v>
       </c>
       <c r="N25" s="15">
-        <v>3749</v>
+        <v>3183</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080037107</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2398,93 +2392,93 @@
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>93</v>
       </c>
       <c r="K29" s="15">
         <v>0.09533</v>
       </c>
       <c r="L29" s="15">
         <v>0.08262</v>
       </c>
       <c r="M29" s="15">
         <v>0.07944</v>
       </c>
       <c r="N29" s="15">
-        <v>1864</v>
+        <v>2675</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080055022</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>67</v>
       </c>
       <c r="K30" s="15">
         <v>0.07994</v>
       </c>
       <c r="L30" s="15">
         <v>0.06927999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06661</v>
       </c>
       <c r="N30" s="15">
-        <v>2638</v>
+        <v>2725</v>
       </c>
       <c r="O30" s="15">
-        <v>3050</v>
+        <v>3150</v>
       </c>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
@@ -2515,90 +2509,90 @@
       <c r="D32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="15">
         <v>10000015582</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>67</v>
       </c>
       <c r="K32" s="15">
         <v>0.0612</v>
       </c>
       <c r="L32" s="15">
         <v>0.05304</v>
       </c>
       <c r="M32" s="15">
         <v>0.051</v>
       </c>
       <c r="N32" s="15">
-        <v>11297</v>
+        <v>8390</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>72</v>
       </c>
       <c r="K33" s="15">
         <v>0.17516</v>
       </c>
       <c r="L33" s="15">
         <v>0.1518</v>
       </c>
       <c r="M33" s="15">
         <v>0.14596</v>
       </c>
       <c r="N33" s="15">
-        <v>973</v>
+        <v>766</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I34" s="15"/>
@@ -2631,51 +2625,51 @@
       <c r="E35" s="15">
         <v>10000014628</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="J35" s="15">
         <v>54</v>
       </c>
       <c r="K35" s="15">
         <v>0.08738</v>
       </c>
       <c r="L35" s="15">
         <v>0.07573000000000001</v>
       </c>
       <c r="M35" s="15">
         <v>0.07281</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15">
-        <v>4081</v>
+        <v>4200</v>
       </c>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15">
         <v>10080054550</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>101</v>
@@ -2711,2697 +2705,2691 @@
         <v>103</v>
       </c>
       <c r="E37" s="15">
         <v>10080052283</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="J37" s="15">
         <v>400</v>
       </c>
       <c r="K37" s="15">
         <v>0.05877</v>
       </c>
       <c r="L37" s="15">
         <v>0.05093</v>
       </c>
       <c r="M37" s="15">
         <v>0.04898</v>
       </c>
-      <c r="N37" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N37" s="15"/>
       <c r="O37" s="15">
-        <v>4594</v>
-[...3 lines deleted...]
-      </c>
+        <v>2864</v>
+      </c>
+      <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080048981</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J38" s="15">
         <v>54</v>
       </c>
       <c r="K38" s="15">
         <v>0.08769</v>
       </c>
       <c r="L38" s="15">
         <v>0.076</v>
       </c>
       <c r="M38" s="15">
         <v>0.07308000000000001</v>
       </c>
       <c r="N38" s="15">
-        <v>34529</v>
+        <v>40935</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>700</v>
       </c>
       <c r="K39" s="15">
         <v>0.30578</v>
       </c>
       <c r="L39" s="15">
         <v>0.26501</v>
       </c>
       <c r="M39" s="15">
         <v>0.25481</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080045602</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>56</v>
       </c>
       <c r="K40" s="15">
         <v>0.19802</v>
       </c>
       <c r="L40" s="15">
         <v>0.17161</v>
       </c>
       <c r="M40" s="15">
         <v>0.16501</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>700</v>
       </c>
       <c r="K41" s="15">
         <v>0.30647</v>
       </c>
       <c r="L41" s="15">
         <v>0.2656</v>
       </c>
       <c r="M41" s="15">
         <v>0.25539</v>
       </c>
       <c r="N41" s="15">
-        <v>59032</v>
+        <v>45354</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>800</v>
       </c>
       <c r="K42" s="15">
         <v>0.32654</v>
       </c>
       <c r="L42" s="15">
         <v>0.283</v>
       </c>
       <c r="M42" s="15">
         <v>0.27211</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1044</v>
       </c>
       <c r="K43" s="15">
         <v>0.12088</v>
       </c>
       <c r="L43" s="15">
         <v>0.11562</v>
       </c>
       <c r="M43" s="15">
         <v>0.11037</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E44" s="15">
         <v>10000015583</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>45</v>
       </c>
       <c r="K44" s="15">
         <v>0.09372</v>
       </c>
       <c r="L44" s="15">
         <v>0.08122</v>
       </c>
       <c r="M44" s="15">
         <v>0.0781</v>
       </c>
       <c r="N44" s="15">
-        <v>4337</v>
+        <v>4395</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E45" s="15">
         <v>10080055212</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>45</v>
       </c>
       <c r="K45" s="15">
         <v>0.09999</v>
       </c>
       <c r="L45" s="15">
         <v>0.08666</v>
       </c>
       <c r="M45" s="15">
         <v>0.08333</v>
       </c>
       <c r="N45" s="15">
-        <v>12071</v>
+        <v>13244</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E46" s="15">
         <v>10080037105</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>38</v>
       </c>
       <c r="K46" s="15">
         <v>0.07191</v>
       </c>
       <c r="L46" s="15">
         <v>0.06232</v>
       </c>
       <c r="M46" s="15">
         <v>0.05993</v>
       </c>
       <c r="N46" s="15">
         <v>61</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>49</v>
       </c>
       <c r="K47" s="15">
         <v>0.24374</v>
       </c>
       <c r="L47" s="15">
         <v>0.21124</v>
       </c>
       <c r="M47" s="15">
         <v>0.20311</v>
       </c>
       <c r="N47" s="15">
-        <v>3305</v>
+        <v>3468</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>133</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>50</v>
       </c>
       <c r="K48" s="15">
         <v>0.32762</v>
       </c>
       <c r="L48" s="15">
         <v>0.1712</v>
       </c>
       <c r="M48" s="15">
         <v>0.16381</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E49" s="15">
         <v>10080052284</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>340</v>
       </c>
       <c r="K49" s="15">
         <v>0.07973</v>
       </c>
       <c r="L49" s="15">
         <v>0.06909999999999999</v>
       </c>
       <c r="M49" s="15">
         <v>0.06644</v>
       </c>
       <c r="N49" s="15">
-        <v>751</v>
+        <v>903</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E50" s="15">
         <v>10000015584</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>39</v>
       </c>
       <c r="K50" s="15">
         <v>0.11021</v>
       </c>
       <c r="L50" s="15">
         <v>0.09551</v>
       </c>
       <c r="M50" s="15">
         <v>0.09184</v>
       </c>
       <c r="N50" s="15">
-        <v>1287</v>
+        <v>1008</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E51" s="15">
         <v>10080074678</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>39</v>
       </c>
       <c r="K51" s="15">
         <v>0.10053</v>
       </c>
       <c r="L51" s="15">
         <v>0.08713</v>
       </c>
       <c r="M51" s="15">
         <v>0.08377999999999999</v>
       </c>
       <c r="N51" s="15">
         <v>51</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E52" s="15">
         <v>10080048982</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>34</v>
       </c>
       <c r="K52" s="15">
         <v>0.12555</v>
       </c>
       <c r="L52" s="15">
         <v>0.10881</v>
       </c>
       <c r="M52" s="15">
         <v>0.10463</v>
       </c>
       <c r="N52" s="15">
-        <v>3308</v>
+        <v>3621</v>
       </c>
       <c r="O52" s="15">
-        <v>1480</v>
+        <v>1620</v>
       </c>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E53" s="15">
         <v>10000014629</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>34</v>
       </c>
       <c r="K53" s="15">
         <v>0.13694</v>
       </c>
       <c r="L53" s="15">
         <v>0.11868</v>
       </c>
       <c r="M53" s="15">
         <v>0.11411</v>
       </c>
       <c r="N53" s="15">
-        <v>4476</v>
+        <v>5035</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E54" s="15">
         <v>10080053585</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>38</v>
       </c>
       <c r="K54" s="15">
         <v>0.18547</v>
       </c>
       <c r="L54" s="15">
         <v>0.10701</v>
       </c>
       <c r="M54" s="15">
         <v>0.0963</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E55" s="15">
         <v>10080066737</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>700</v>
       </c>
       <c r="K55" s="15">
         <v>0.43097</v>
       </c>
       <c r="L55" s="15">
         <v>0.35915</v>
       </c>
       <c r="M55" s="15">
         <v>0.34478</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E56" s="15">
         <v>10080045603</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>34</v>
       </c>
       <c r="K56" s="15">
         <v>0.30009</v>
       </c>
       <c r="L56" s="15">
         <v>0.26008</v>
       </c>
       <c r="M56" s="15">
         <v>0.25008</v>
       </c>
       <c r="N56" s="15">
-        <v>1990</v>
+        <v>2503</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>152</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.18106</v>
       </c>
       <c r="L57" s="15">
         <v>0.14534</v>
       </c>
       <c r="M57" s="15">
         <v>0.13671</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E58" s="15">
         <v>10000015585</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>30</v>
       </c>
       <c r="K58" s="15">
         <v>0.14966</v>
       </c>
       <c r="L58" s="15">
         <v>0.1297</v>
       </c>
       <c r="M58" s="15">
         <v>0.12471</v>
       </c>
       <c r="N58" s="15">
-        <v>7223</v>
+        <v>7408</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E59" s="15">
         <v>10080028885</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.21123</v>
       </c>
       <c r="L59" s="15">
         <v>0.14792</v>
       </c>
       <c r="M59" s="15">
         <v>0.13733</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E60" s="15">
         <v>10080045604</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>31</v>
       </c>
       <c r="K60" s="15">
         <v>0.30524</v>
       </c>
       <c r="L60" s="15">
         <v>0.26454</v>
       </c>
       <c r="M60" s="15">
         <v>0.25436</v>
       </c>
       <c r="N60" s="15">
-        <v>1078</v>
+        <v>1063</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E61" s="15">
         <v>10080050535</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>800</v>
       </c>
       <c r="K61" s="15">
         <v>0.27251</v>
       </c>
       <c r="L61" s="15">
         <v>0.23617</v>
       </c>
       <c r="M61" s="15">
         <v>0.22709</v>
       </c>
       <c r="N61" s="15">
-        <v>20907</v>
+        <v>24789</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E62" s="15">
         <v>10080046778</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.24915</v>
       </c>
       <c r="L62" s="15">
         <v>0.14454</v>
       </c>
       <c r="M62" s="15">
         <v>0.13027</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E63" s="15">
         <v>10080052285</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>240</v>
       </c>
       <c r="K63" s="15">
         <v>0.12635</v>
       </c>
       <c r="L63" s="15">
         <v>0.1095</v>
       </c>
       <c r="M63" s="15">
         <v>0.10529</v>
       </c>
       <c r="N63" s="15">
-        <v>373</v>
+        <v>306</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>167</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>28</v>
       </c>
       <c r="K64" s="15">
         <v>0.16383</v>
       </c>
       <c r="L64" s="15">
         <v>0.14199</v>
       </c>
       <c r="M64" s="15">
         <v>0.13653</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E65" s="15">
         <v>10000014630</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>28</v>
       </c>
       <c r="K65" s="15">
         <v>0.18123</v>
       </c>
       <c r="L65" s="15">
         <v>0.17368</v>
       </c>
       <c r="M65" s="15">
         <v>0.16614</v>
       </c>
       <c r="N65" s="15">
-        <v>19448</v>
+        <v>20126</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>172</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>700</v>
       </c>
       <c r="K66" s="15">
         <v>0.43788</v>
       </c>
       <c r="L66" s="15">
         <v>0.3795</v>
       </c>
       <c r="M66" s="15">
         <v>0.3649</v>
       </c>
       <c r="N66" s="15">
-        <v>2275</v>
+        <v>2177</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E67" s="15">
         <v>10080035810</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>29</v>
       </c>
       <c r="K67" s="15">
         <v>0.15272</v>
       </c>
       <c r="L67" s="15">
         <v>0.13235</v>
       </c>
       <c r="M67" s="15">
         <v>0.12726</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E68" s="15">
         <v>10080055207</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>25</v>
       </c>
       <c r="K68" s="15">
         <v>0.16695</v>
       </c>
       <c r="L68" s="15">
         <v>0.14469</v>
       </c>
       <c r="M68" s="15">
         <v>0.13913</v>
       </c>
       <c r="N68" s="15">
-        <v>64519</v>
+        <v>63529</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="E69" s="15">
         <v>10080052286</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>220</v>
       </c>
       <c r="K69" s="15">
         <v>0.12998</v>
       </c>
       <c r="L69" s="15">
         <v>0.11265</v>
       </c>
       <c r="M69" s="15">
         <v>0.10831</v>
       </c>
       <c r="N69" s="15">
-        <v>264</v>
+        <v>186</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="E70" s="15">
         <v>10000015586</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>25</v>
       </c>
       <c r="K70" s="15">
         <v>0.188</v>
       </c>
       <c r="L70" s="15">
         <v>0.16293</v>
       </c>
       <c r="M70" s="15">
         <v>0.15666</v>
       </c>
       <c r="N70" s="15">
-        <v>1775</v>
+        <v>1672</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E71" s="15">
         <v>10080037106</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>21</v>
       </c>
       <c r="K71" s="15">
         <v>0.27917</v>
       </c>
       <c r="L71" s="15">
         <v>0.16107</v>
       </c>
       <c r="M71" s="15">
         <v>0.14495</v>
       </c>
       <c r="N71" s="15">
         <v>6</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E72" s="15">
         <v>10080061639</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>27</v>
       </c>
       <c r="K72" s="15">
         <v>0.12516</v>
       </c>
       <c r="L72" s="15">
         <v>0.12516</v>
       </c>
       <c r="M72" s="15">
         <v>0.12516</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E73" s="15">
         <v>10080052287</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.14054</v>
       </c>
       <c r="L73" s="15">
         <v>0.1218</v>
       </c>
       <c r="M73" s="15">
         <v>0.11711</v>
       </c>
       <c r="N73" s="15">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="E74" s="15">
         <v>10000014631</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>23</v>
       </c>
       <c r="K74" s="15">
         <v>0.1793</v>
       </c>
       <c r="L74" s="15">
         <v>0.15539</v>
       </c>
       <c r="M74" s="15">
         <v>0.14941</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="E75" s="15">
         <v>10080050486</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>23</v>
       </c>
       <c r="K75" s="15">
         <v>0.1889</v>
       </c>
       <c r="L75" s="15">
         <v>0.16371</v>
       </c>
       <c r="M75" s="15">
         <v>0.15741</v>
       </c>
       <c r="N75" s="15">
-        <v>85892</v>
+        <v>84819</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E76" s="15">
         <v>10080037102</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>19</v>
       </c>
       <c r="K76" s="15">
         <v>0.14303</v>
       </c>
       <c r="L76" s="15">
         <v>0.12396</v>
       </c>
       <c r="M76" s="15">
         <v>0.11919</v>
       </c>
       <c r="N76" s="15">
-        <v>1037</v>
+        <v>911</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="E77" s="15">
         <v>10080009188</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>21</v>
       </c>
       <c r="K77" s="15">
         <v>0.47371</v>
       </c>
       <c r="L77" s="15">
         <v>0.2876</v>
       </c>
       <c r="M77" s="15">
         <v>0.25377</v>
       </c>
       <c r="N77" s="15">
         <v>3</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E78" s="15">
         <v>10080055209</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>21</v>
       </c>
       <c r="K78" s="15">
         <v>0.2333</v>
       </c>
       <c r="L78" s="15">
         <v>0.20219</v>
       </c>
       <c r="M78" s="15">
         <v>0.19441</v>
       </c>
       <c r="N78" s="15">
-        <v>10133</v>
+        <v>13671</v>
       </c>
       <c r="O78" s="15">
-        <v>6300</v>
+        <v>8500</v>
       </c>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E79" s="15">
         <v>10080037103</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>18</v>
       </c>
       <c r="K79" s="15">
         <v>0.14702</v>
       </c>
       <c r="L79" s="15">
         <v>0.12741</v>
       </c>
       <c r="M79" s="15">
         <v>0.12251</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1012</v>
       </c>
       <c r="K80" s="15">
         <v>0.18301</v>
       </c>
       <c r="L80" s="15">
         <v>0.17505</v>
       </c>
       <c r="M80" s="15">
         <v>0.1671</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>204</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
         <v>0.25125</v>
       </c>
       <c r="L81" s="15">
         <v>0.20076</v>
       </c>
       <c r="M81" s="15">
         <v>0.18844</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E82" s="15">
         <v>10080018029</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>20</v>
       </c>
       <c r="K82" s="15">
         <v>0.24704</v>
       </c>
       <c r="L82" s="15">
         <v>0.2141</v>
       </c>
       <c r="M82" s="15">
         <v>0.20586</v>
       </c>
       <c r="N82" s="15">
-        <v>2351</v>
+        <v>2708</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="E83" s="15">
         <v>10000014632</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>18</v>
       </c>
       <c r="K83" s="15">
         <v>0.22494</v>
       </c>
       <c r="L83" s="15">
         <v>0.19495</v>
       </c>
       <c r="M83" s="15">
         <v>0.18745</v>
       </c>
       <c r="N83" s="15">
         <v>61</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E84" s="15">
         <v>10080055210</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>18</v>
       </c>
       <c r="K84" s="15">
         <v>0.24471</v>
       </c>
       <c r="L84" s="15">
         <v>0.21208</v>
       </c>
       <c r="M84" s="15">
         <v>0.20393</v>
       </c>
       <c r="N84" s="15">
-        <v>52927</v>
+        <v>46386</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="E85" s="15">
         <v>10080032297</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>15</v>
       </c>
       <c r="K85" s="15">
         <v>0.18353</v>
       </c>
       <c r="L85" s="15">
         <v>0.15906</v>
       </c>
       <c r="M85" s="15">
         <v>0.15294</v>
       </c>
       <c r="N85" s="15">
-        <v>2592</v>
+        <v>2484</v>
       </c>
       <c r="O85" s="15">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D86" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="E86" s="15" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15"/>
       <c r="K86" s="15">
         <v>0.42292</v>
       </c>
       <c r="L86" s="15">
         <v>0.35244</v>
       </c>
       <c r="M86" s="15">
         <v>0.33834</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="D87" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="E87" s="15" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>14</v>
       </c>
       <c r="K87" s="15">
         <v>0.27928</v>
       </c>
       <c r="L87" s="15">
         <v>0.20206</v>
       </c>
       <c r="M87" s="15">
         <v>0.17632</v>
       </c>
       <c r="N87" s="15">
-        <v>1510</v>
+        <v>1862</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="E88" s="15">
         <v>10080055211</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>16</v>
       </c>
       <c r="K88" s="15">
         <v>0.5835</v>
       </c>
       <c r="L88" s="15">
         <v>0.33233</v>
       </c>
       <c r="M88" s="15">
         <v>0.30335</v>
       </c>
       <c r="N88" s="15">
-        <v>1175</v>
+        <v>1361</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="E89" s="15">
         <v>10080009189</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>16</v>
       </c>
       <c r="K89" s="15">
         <v>0.54029</v>
       </c>
       <c r="L89" s="15">
         <v>0.32804</v>
       </c>
       <c r="M89" s="15">
         <v>0.28946</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E90" s="15">
         <v>10080037104</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>13</v>
       </c>
       <c r="K90" s="15">
         <v>0.44022</v>
       </c>
       <c r="L90" s="15">
         <v>0.25398</v>
       </c>
       <c r="M90" s="15">
         <v>0.22856</v>
       </c>
       <c r="N90" s="15">
-        <v>720</v>
+        <v>763</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="E91" s="15">
         <v>10080059422</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.38576</v>
       </c>
       <c r="L91" s="15">
         <v>0.32147</v>
       </c>
       <c r="M91" s="15">
         <v>0.30861</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="E92" s="15">
         <v>10080016679</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>120</v>
       </c>
       <c r="K92" s="15">
         <v>0.36087</v>
       </c>
       <c r="L92" s="15">
         <v>0.2882</v>
       </c>
       <c r="M92" s="15">
         <v>0.27096</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="E93" s="15">
         <v>10080066371</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>120</v>
       </c>
       <c r="K93" s="15">
         <v>0.21098</v>
       </c>
       <c r="L93" s="15">
         <v>0.18285</v>
       </c>
       <c r="M93" s="15">
         <v>0.17581</v>
       </c>
       <c r="N93" s="15">
-        <v>874</v>
+        <v>1033</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="E94" s="15">
         <v>10000014656</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="J94" s="15">
         <v>120</v>
       </c>
       <c r="K94" s="15">
         <v>0.27929</v>
       </c>
       <c r="L94" s="15">
         <v>0.24205</v>
       </c>
       <c r="M94" s="15">
         <v>0.23274</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="E95" s="15">
         <v>10080028263</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="J95" s="15">
         <v>14</v>
       </c>
       <c r="K95" s="15">
         <v>0.29997</v>
       </c>
       <c r="L95" s="15">
         <v>0.25997</v>
       </c>
       <c r="M95" s="15">
         <v>0.24998</v>
       </c>
       <c r="N95" s="15">
-        <v>372</v>
+        <v>480</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D96" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="E96" s="15" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>14</v>
       </c>
       <c r="K96" s="15">
         <v>0.67459</v>
       </c>
       <c r="L96" s="15">
         <v>0.56579</v>
       </c>
       <c r="M96" s="15">
         <v>0.54403</v>
       </c>
       <c r="N96" s="15">
-        <v>1497</v>
+        <v>1618</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D97" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="E97" s="15" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.24312</v>
       </c>
       <c r="L97" s="15">
         <v>0.24312</v>
       </c>
       <c r="M97" s="15">
         <v>0.24312</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="E98" s="15">
         <v>10080033071</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>13</v>
       </c>
       <c r="K98" s="15">
         <v>0.69628</v>
       </c>
       <c r="L98" s="15">
         <v>0.42273</v>
       </c>
       <c r="M98" s="15">
         <v>0.37301</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="E99" s="15">
         <v>10080047183</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>11</v>
       </c>
       <c r="K99" s="15">
         <v>0.34644</v>
       </c>
       <c r="L99" s="15">
         <v>0.30025</v>
       </c>
       <c r="M99" s="15">
         <v>0.2887</v>
       </c>
       <c r="N99" s="15">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="E100" s="15">
         <v>10000017306</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>11</v>
       </c>
       <c r="K100" s="15">
         <v>0.32223</v>
       </c>
       <c r="L100" s="15">
         <v>0.27927</v>
       </c>
       <c r="M100" s="15">
         <v>0.26853</v>
       </c>
       <c r="N100" s="15">
-        <v>1074</v>
+        <v>799</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E101" s="15">
         <v>10000014658</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>9</v>
       </c>
       <c r="K101" s="15">
         <v>0.42797</v>
       </c>
       <c r="L101" s="15">
         <v>0.3709</v>
       </c>
       <c r="M101" s="15">
         <v>0.35664</v>
       </c>
       <c r="N101" s="15">
-        <v>603</v>
+        <v>500</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="E102" s="15">
         <v>10080008328</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>8</v>
       </c>
       <c r="K102" s="15">
         <v>1.15</v>
       </c>
       <c r="L102" s="15">
         <v>0.69231</v>
       </c>
       <c r="M102" s="15">
         <v>0.61539</v>
       </c>
       <c r="N102" s="15">
-        <v>1204</v>
+        <v>1237</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D103" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="E103" s="15" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15"/>
       <c r="K103" s="15">
         <v>2.46</v>
       </c>
       <c r="L103" s="15">
         <v>1.48</v>
       </c>
       <c r="M103" s="15">
         <v>1.23</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="E104" s="15">
         <v>10000014660</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>7</v>
       </c>
       <c r="K104" s="15">
         <v>0.56015</v>
       </c>
       <c r="L104" s="15">
         <v>0.48546</v>
       </c>
       <c r="M104" s="15">
         <v>0.46679</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D105" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="E105" s="15" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>1.18</v>
       </c>
       <c r="L105" s="15">
         <v>0.99348</v>
       </c>
       <c r="M105" s="15">
         <v>0.95528</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="E106" s="15">
         <v>10080070280</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>7</v>
       </c>
       <c r="K106" s="15">
         <v>1.16</v>
       </c>
       <c r="L106" s="15">
         <v>1.01</v>
       </c>
       <c r="M106" s="15">
         <v>0.96736</v>
       </c>
       <c r="N106" s="15">
-        <v>788</v>
+        <v>733</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14"/>
       <c r="C107" s="15"/>
       <c r="D107" s="15"/>
       <c r="E107" s="15"/>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15"/>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15"/>
       <c r="L107" s="15"/>
       <c r="M107" s="15"/>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
     </row>
   </sheetData>
@@ -5444,317 +5432,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>