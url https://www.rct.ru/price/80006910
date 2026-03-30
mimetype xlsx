--- v5 (2026-03-10)
+++ v6 (2026-03-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -373,51 +373,51 @@
   <si>
     <t>DS1026-09-2x5S8BSXBX</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда шаг 2,0мм smd / PBD2-10S (DS1026-09-2x5S8BSXBX)</t>
   </si>
   <si>
     <t>DS1026-09-2x5S8BSSRS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd / PBD2-10S DS1026-09-2x5S8BSSRS (PBD2-2-5SM)</t>
   </si>
   <si>
     <t>10-00055629</t>
   </si>
   <si>
     <t>DS1026-07-2x5S8BSXRS</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм smd без направляющих, с установочной площадкой / PBD2-10S (DS1026-07-2x5S8BSXRS)</t>
   </si>
   <si>
     <t>UT-00104707</t>
   </si>
   <si>
-    <t>11.04.2026</t>
+    <t>22.04.2026</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-10-T-4.6x6.2-B-P</t>
   </si>
   <si>
     <t>гнездо на плату 2 ряда, шаг 2.0мм, SMD, без направляющих, с установочной площадкой / PBD2-10S (L-KLS1-208B-4.3-2-10-T-4.6x6.2-B-P)</t>
   </si>
   <si>
     <t>UT-00098403</t>
   </si>
   <si>
     <t>DS1026-05-2x6S8BV</t>
   </si>
   <si>
     <t>гнездо на плату 2ряда шаг2,0мм / PBD2-12 (DS1026-05-2x6S8BV)</t>
   </si>
   <si>
     <t>DS1026-06-2x6S8BV</t>
   </si>
   <si>
     <t>PBD2-12 (DS1026-06-2x6S8BV)</t>
   </si>
   <si>
     <t>L-KLS1-208B-4.3-2-12-S</t>
   </si>
@@ -1930,129 +1930,129 @@
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15">
         <v>10080048980</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>700</v>
       </c>
       <c r="K17" s="15">
         <v>0.05237</v>
       </c>
       <c r="L17" s="15">
         <v>0.04538</v>
       </c>
       <c r="M17" s="15">
         <v>0.04364</v>
       </c>
       <c r="N17" s="15">
-        <v>46440</v>
+        <v>61421</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080066370</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04335</v>
       </c>
       <c r="L18" s="15">
         <v>0.03757</v>
       </c>
       <c r="M18" s="15">
         <v>0.03613</v>
       </c>
       <c r="N18" s="15">
-        <v>354</v>
+        <v>490</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10000014625</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>700</v>
       </c>
       <c r="K19" s="15">
         <v>0.03983</v>
       </c>
       <c r="L19" s="15">
         <v>0.03452</v>
       </c>
       <c r="M19" s="15">
         <v>0.03319</v>
       </c>
       <c r="N19" s="15">
-        <v>8946</v>
+        <v>9182</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080047108</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -2086,51 +2086,51 @@
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.17865</v>
       </c>
       <c r="L21" s="15">
         <v>0.15483</v>
       </c>
       <c r="M21" s="15">
         <v>0.14888</v>
       </c>
       <c r="N21" s="15">
-        <v>5280</v>
+        <v>3840</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E22" s="15">
         <v>10080066740</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I22" s="15"/>
@@ -2162,129 +2162,129 @@
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080055216</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>87</v>
       </c>
       <c r="K23" s="15">
         <v>0.06966</v>
       </c>
       <c r="L23" s="15">
         <v>0.06037</v>
       </c>
       <c r="M23" s="15">
         <v>0.05805</v>
       </c>
       <c r="N23" s="15">
-        <v>6588</v>
+        <v>5677</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080052282</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.05462</v>
       </c>
       <c r="L24" s="15">
         <v>0.04733</v>
       </c>
       <c r="M24" s="15">
         <v>0.04551</v>
       </c>
       <c r="N24" s="15">
-        <v>627</v>
+        <v>845</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10000014627</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>87</v>
       </c>
       <c r="K25" s="15">
         <v>0.05036</v>
       </c>
       <c r="L25" s="15">
         <v>0.04364</v>
       </c>
       <c r="M25" s="15">
         <v>0.04196</v>
       </c>
       <c r="N25" s="15">
-        <v>3183</v>
+        <v>2962</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080037107</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2392,94 +2392,92 @@
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>93</v>
       </c>
       <c r="K29" s="15">
         <v>0.09533</v>
       </c>
       <c r="L29" s="15">
         <v>0.08262</v>
       </c>
       <c r="M29" s="15">
         <v>0.07944</v>
       </c>
       <c r="N29" s="15">
-        <v>2675</v>
+        <v>2645</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080055022</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>67</v>
       </c>
       <c r="K30" s="15">
         <v>0.07994</v>
       </c>
       <c r="L30" s="15">
         <v>0.06927999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06661</v>
       </c>
       <c r="N30" s="15">
-        <v>2725</v>
-[...3 lines deleted...]
-      </c>
+        <v>8112</v>
+      </c>
+      <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>69</v>
@@ -2509,90 +2507,90 @@
       <c r="D32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="15">
         <v>10000015582</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>67</v>
       </c>
       <c r="K32" s="15">
         <v>0.0612</v>
       </c>
       <c r="L32" s="15">
         <v>0.05304</v>
       </c>
       <c r="M32" s="15">
         <v>0.051</v>
       </c>
       <c r="N32" s="15">
-        <v>8390</v>
+        <v>7191</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>72</v>
       </c>
       <c r="K33" s="15">
         <v>0.17516</v>
       </c>
       <c r="L33" s="15">
         <v>0.1518</v>
       </c>
       <c r="M33" s="15">
         <v>0.14596</v>
       </c>
       <c r="N33" s="15">
-        <v>766</v>
+        <v>689</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I34" s="15"/>
@@ -2623,54 +2621,54 @@
         <v>97</v>
       </c>
       <c r="E35" s="15">
         <v>10000014628</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="J35" s="15">
         <v>54</v>
       </c>
       <c r="K35" s="15">
         <v>0.08738</v>
       </c>
       <c r="L35" s="15">
         <v>0.07573000000000001</v>
       </c>
       <c r="M35" s="15">
         <v>0.07281</v>
       </c>
-      <c r="N35" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N35" s="15">
+        <v>5251</v>
+      </c>
+      <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15">
         <v>10080054550</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>101</v>
       </c>
@@ -2694,104 +2692,104 @@
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E37" s="15">
         <v>10080052283</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="J37" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.05877</v>
       </c>
       <c r="L37" s="15">
         <v>0.05093</v>
       </c>
       <c r="M37" s="15">
         <v>0.04898</v>
       </c>
-      <c r="N37" s="15"/>
-      <c r="O37" s="15">
+      <c r="N37" s="15">
         <v>2864</v>
       </c>
+      <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E38" s="15">
         <v>10080048981</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="J38" s="15">
         <v>54</v>
       </c>
       <c r="K38" s="15">
         <v>0.08769</v>
       </c>
       <c r="L38" s="15">
         <v>0.076</v>
       </c>
       <c r="M38" s="15">
         <v>0.07308000000000001</v>
       </c>
       <c r="N38" s="15">
-        <v>40935</v>
+        <v>33708</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I39" s="15"/>
@@ -2860,51 +2858,51 @@
       <c r="D41" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>700</v>
       </c>
       <c r="K41" s="15">
         <v>0.30647</v>
       </c>
       <c r="L41" s="15">
         <v>0.2656</v>
       </c>
       <c r="M41" s="15">
         <v>0.25539</v>
       </c>
       <c r="N41" s="15">
-        <v>45354</v>
+        <v>56153</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I42" s="15"/>
@@ -2974,91 +2972,89 @@
       </c>
       <c r="D44" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E44" s="15">
         <v>10000015583</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>45</v>
       </c>
       <c r="K44" s="15">
         <v>0.09372</v>
       </c>
       <c r="L44" s="15">
         <v>0.08122</v>
       </c>
       <c r="M44" s="15">
         <v>0.0781</v>
       </c>
-      <c r="N44" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E45" s="15">
         <v>10080055212</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>45</v>
       </c>
       <c r="K45" s="15">
         <v>0.09999</v>
       </c>
       <c r="L45" s="15">
         <v>0.08666</v>
       </c>
       <c r="M45" s="15">
         <v>0.08333</v>
       </c>
       <c r="N45" s="15">
-        <v>13244</v>
+        <v>13242</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E46" s="15">
         <v>10080037105</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
@@ -3092,51 +3088,51 @@
       <c r="D47" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>49</v>
       </c>
       <c r="K47" s="15">
         <v>0.24374</v>
       </c>
       <c r="L47" s="15">
         <v>0.21124</v>
       </c>
       <c r="M47" s="15">
         <v>0.20311</v>
       </c>
       <c r="N47" s="15">
-        <v>3468</v>
+        <v>4497</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
@@ -3168,209 +3164,203 @@
       <c r="D49" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E49" s="15">
         <v>10080052284</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>340</v>
       </c>
       <c r="K49" s="15">
         <v>0.07973</v>
       </c>
       <c r="L49" s="15">
         <v>0.06909999999999999</v>
       </c>
       <c r="M49" s="15">
         <v>0.06644</v>
       </c>
       <c r="N49" s="15">
-        <v>903</v>
+        <v>772</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E50" s="15">
         <v>10000015584</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>39</v>
       </c>
       <c r="K50" s="15">
         <v>0.11021</v>
       </c>
       <c r="L50" s="15">
         <v>0.09551</v>
       </c>
       <c r="M50" s="15">
         <v>0.09184</v>
       </c>
-      <c r="N50" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E51" s="15">
         <v>10080074678</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>39</v>
       </c>
       <c r="K51" s="15">
         <v>0.10053</v>
       </c>
       <c r="L51" s="15">
         <v>0.08713</v>
       </c>
       <c r="M51" s="15">
         <v>0.08377999999999999</v>
       </c>
-      <c r="N51" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E52" s="15">
         <v>10080048982</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>34</v>
       </c>
       <c r="K52" s="15">
         <v>0.12555</v>
       </c>
       <c r="L52" s="15">
         <v>0.10881</v>
       </c>
       <c r="M52" s="15">
         <v>0.10463</v>
       </c>
       <c r="N52" s="15">
-        <v>3621</v>
-[...3 lines deleted...]
-      </c>
+        <v>5112</v>
+      </c>
+      <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E53" s="15">
         <v>10000014629</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>34</v>
       </c>
       <c r="K53" s="15">
         <v>0.13694</v>
       </c>
       <c r="L53" s="15">
         <v>0.11868</v>
       </c>
       <c r="M53" s="15">
         <v>0.11411</v>
       </c>
       <c r="N53" s="15">
-        <v>5035</v>
+        <v>4911</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E54" s="15">
         <v>10080053585</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
@@ -3439,51 +3429,51 @@
       <c r="D56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E56" s="15">
         <v>10080045603</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>34</v>
       </c>
       <c r="K56" s="15">
         <v>0.30009</v>
       </c>
       <c r="L56" s="15">
         <v>0.26008</v>
       </c>
       <c r="M56" s="15">
         <v>0.25008</v>
       </c>
       <c r="N56" s="15">
-        <v>2503</v>
+        <v>2292</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
@@ -3515,51 +3505,51 @@
       <c r="D58" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E58" s="15">
         <v>10000015585</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>30</v>
       </c>
       <c r="K58" s="15">
         <v>0.14966</v>
       </c>
       <c r="L58" s="15">
         <v>0.1297</v>
       </c>
       <c r="M58" s="15">
         <v>0.12471</v>
       </c>
       <c r="N58" s="15">
-        <v>7408</v>
+        <v>6760</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E59" s="15">
         <v>10080028885</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
@@ -3589,90 +3579,90 @@
       <c r="D60" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E60" s="15">
         <v>10080045604</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>31</v>
       </c>
       <c r="K60" s="15">
         <v>0.30524</v>
       </c>
       <c r="L60" s="15">
         <v>0.26454</v>
       </c>
       <c r="M60" s="15">
         <v>0.25436</v>
       </c>
       <c r="N60" s="15">
-        <v>1063</v>
+        <v>1332</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E61" s="15">
         <v>10080050535</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>800</v>
       </c>
       <c r="K61" s="15">
         <v>0.27251</v>
       </c>
       <c r="L61" s="15">
         <v>0.23617</v>
       </c>
       <c r="M61" s="15">
         <v>0.22709</v>
       </c>
       <c r="N61" s="15">
-        <v>24789</v>
+        <v>18650</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E62" s="15">
         <v>10080046778</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
@@ -3704,51 +3694,51 @@
       <c r="D63" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E63" s="15">
         <v>10080052285</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>240</v>
       </c>
       <c r="K63" s="15">
         <v>0.12635</v>
       </c>
       <c r="L63" s="15">
         <v>0.1095</v>
       </c>
       <c r="M63" s="15">
         <v>0.10529</v>
       </c>
       <c r="N63" s="15">
-        <v>306</v>
+        <v>434</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I64" s="15"/>
@@ -3780,90 +3770,90 @@
       <c r="D65" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E65" s="15">
         <v>10000014630</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>28</v>
       </c>
       <c r="K65" s="15">
         <v>0.18123</v>
       </c>
       <c r="L65" s="15">
         <v>0.17368</v>
       </c>
       <c r="M65" s="15">
         <v>0.16614</v>
       </c>
       <c r="N65" s="15">
-        <v>20126</v>
+        <v>15672</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>700</v>
       </c>
       <c r="K66" s="15">
         <v>0.43788</v>
       </c>
       <c r="L66" s="15">
         <v>0.3795</v>
       </c>
       <c r="M66" s="15">
         <v>0.3649</v>
       </c>
       <c r="N66" s="15">
-        <v>2177</v>
+        <v>2242</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E67" s="15">
         <v>10080035810</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
@@ -3895,129 +3885,129 @@
       <c r="D68" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E68" s="15">
         <v>10080055207</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>25</v>
       </c>
       <c r="K68" s="15">
         <v>0.16695</v>
       </c>
       <c r="L68" s="15">
         <v>0.14469</v>
       </c>
       <c r="M68" s="15">
         <v>0.13913</v>
       </c>
       <c r="N68" s="15">
-        <v>63529</v>
+        <v>44034</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E69" s="15">
         <v>10080052286</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>220</v>
       </c>
       <c r="K69" s="15">
         <v>0.12998</v>
       </c>
       <c r="L69" s="15">
         <v>0.11265</v>
       </c>
       <c r="M69" s="15">
         <v>0.10831</v>
       </c>
       <c r="N69" s="15">
-        <v>186</v>
+        <v>249</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E70" s="15">
         <v>10000015586</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>25</v>
       </c>
       <c r="K70" s="15">
         <v>0.188</v>
       </c>
       <c r="L70" s="15">
         <v>0.16293</v>
       </c>
       <c r="M70" s="15">
         <v>0.15666</v>
       </c>
       <c r="N70" s="15">
-        <v>1672</v>
+        <v>1634</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E71" s="15">
         <v>10080037106</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
@@ -4088,51 +4078,51 @@
       <c r="D73" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E73" s="15">
         <v>10080052287</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.14054</v>
       </c>
       <c r="L73" s="15">
         <v>0.1218</v>
       </c>
       <c r="M73" s="15">
         <v>0.11711</v>
       </c>
       <c r="N73" s="15">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E74" s="15">
         <v>10000014631</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I74" s="15"/>
@@ -4164,90 +4154,90 @@
       <c r="D75" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E75" s="15">
         <v>10080050486</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>23</v>
       </c>
       <c r="K75" s="15">
         <v>0.1889</v>
       </c>
       <c r="L75" s="15">
         <v>0.16371</v>
       </c>
       <c r="M75" s="15">
         <v>0.15741</v>
       </c>
       <c r="N75" s="15">
-        <v>84819</v>
+        <v>88283</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E76" s="15">
         <v>10080037102</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>19</v>
       </c>
       <c r="K76" s="15">
         <v>0.14303</v>
       </c>
       <c r="L76" s="15">
         <v>0.12396</v>
       </c>
       <c r="M76" s="15">
         <v>0.11919</v>
       </c>
       <c r="N76" s="15">
-        <v>911</v>
+        <v>945</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E77" s="15">
         <v>10080009188</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I77" s="15"/>
@@ -4281,55 +4271,53 @@
       <c r="D78" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E78" s="15">
         <v>10080055209</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>21</v>
       </c>
       <c r="K78" s="15">
         <v>0.2333</v>
       </c>
       <c r="L78" s="15">
         <v>0.20219</v>
       </c>
       <c r="M78" s="15">
         <v>0.19441</v>
       </c>
       <c r="N78" s="15">
-        <v>13671</v>
-[...3 lines deleted...]
-      </c>
+        <v>23214</v>
+      </c>
+      <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E79" s="15">
         <v>10080037103</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>18</v>
@@ -4431,51 +4419,51 @@
       <c r="D82" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E82" s="15">
         <v>10080018029</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>20</v>
       </c>
       <c r="K82" s="15">
         <v>0.24704</v>
       </c>
       <c r="L82" s="15">
         <v>0.2141</v>
       </c>
       <c r="M82" s="15">
         <v>0.20586</v>
       </c>
       <c r="N82" s="15">
-        <v>2708</v>
+        <v>2200</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E83" s="15">
         <v>10000014632</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I83" s="15"/>
@@ -4509,94 +4497,92 @@
       <c r="D84" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E84" s="15">
         <v>10080055210</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>18</v>
       </c>
       <c r="K84" s="15">
         <v>0.24471</v>
       </c>
       <c r="L84" s="15">
         <v>0.21208</v>
       </c>
       <c r="M84" s="15">
         <v>0.20393</v>
       </c>
       <c r="N84" s="15">
-        <v>46386</v>
+        <v>41008</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>212</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E85" s="15">
         <v>10080032297</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>15</v>
       </c>
       <c r="K85" s="15">
         <v>0.18353</v>
       </c>
       <c r="L85" s="15">
         <v>0.15906</v>
       </c>
       <c r="M85" s="15">
         <v>0.15294</v>
       </c>
       <c r="N85" s="15">
-        <v>2484</v>
-[...3 lines deleted...]
-      </c>
+        <v>3040</v>
+      </c>
+      <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15"/>
       <c r="K86" s="15">
@@ -4624,90 +4610,90 @@
       <c r="D87" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>14</v>
       </c>
       <c r="K87" s="15">
         <v>0.27928</v>
       </c>
       <c r="L87" s="15">
         <v>0.20206</v>
       </c>
       <c r="M87" s="15">
         <v>0.17632</v>
       </c>
       <c r="N87" s="15">
-        <v>1862</v>
+        <v>1820</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E88" s="15">
         <v>10080055211</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>16</v>
       </c>
       <c r="K88" s="15">
         <v>0.5835</v>
       </c>
       <c r="L88" s="15">
         <v>0.33233</v>
       </c>
       <c r="M88" s="15">
         <v>0.30335</v>
       </c>
       <c r="N88" s="15">
-        <v>1361</v>
+        <v>1268</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E89" s="15">
         <v>10080009189</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I89" s="15"/>
@@ -4850,51 +4836,51 @@
       <c r="D93" s="15" t="s">
         <v>231</v>
       </c>
       <c r="E93" s="15">
         <v>10080066371</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>120</v>
       </c>
       <c r="K93" s="15">
         <v>0.21098</v>
       </c>
       <c r="L93" s="15">
         <v>0.18285</v>
       </c>
       <c r="M93" s="15">
         <v>0.17581</v>
       </c>
       <c r="N93" s="15">
-        <v>1033</v>
+        <v>1150</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>232</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>233</v>
       </c>
       <c r="E94" s="15">
         <v>10000014656</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I94" s="15" t="s">
@@ -4930,90 +4916,90 @@
       </c>
       <c r="E95" s="15">
         <v>10080028263</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>234</v>
       </c>
       <c r="J95" s="15">
         <v>14</v>
       </c>
       <c r="K95" s="15">
         <v>0.29997</v>
       </c>
       <c r="L95" s="15">
         <v>0.25997</v>
       </c>
       <c r="M95" s="15">
         <v>0.24998</v>
       </c>
       <c r="N95" s="15">
-        <v>480</v>
+        <v>275</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>14</v>
       </c>
       <c r="K96" s="15">
         <v>0.67459</v>
       </c>
       <c r="L96" s="15">
         <v>0.56579</v>
       </c>
       <c r="M96" s="15">
         <v>0.54403</v>
       </c>
       <c r="N96" s="15">
-        <v>1618</v>
+        <v>1214</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>240</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15"/>
@@ -5082,168 +5068,168 @@
       <c r="D99" s="15" t="s">
         <v>244</v>
       </c>
       <c r="E99" s="15">
         <v>10080047183</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>11</v>
       </c>
       <c r="K99" s="15">
         <v>0.34644</v>
       </c>
       <c r="L99" s="15">
         <v>0.30025</v>
       </c>
       <c r="M99" s="15">
         <v>0.2887</v>
       </c>
       <c r="N99" s="15">
-        <v>552</v>
+        <v>461</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E100" s="15">
         <v>10000017306</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>11</v>
       </c>
       <c r="K100" s="15">
         <v>0.32223</v>
       </c>
       <c r="L100" s="15">
         <v>0.27927</v>
       </c>
       <c r="M100" s="15">
         <v>0.26853</v>
       </c>
       <c r="N100" s="15">
-        <v>799</v>
+        <v>851</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E101" s="15">
         <v>10000014658</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>9</v>
       </c>
       <c r="K101" s="15">
         <v>0.42797</v>
       </c>
       <c r="L101" s="15">
         <v>0.3709</v>
       </c>
       <c r="M101" s="15">
         <v>0.35664</v>
       </c>
       <c r="N101" s="15">
-        <v>500</v>
+        <v>476</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E102" s="15">
         <v>10080008328</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>8</v>
       </c>
       <c r="K102" s="15">
         <v>1.15</v>
       </c>
       <c r="L102" s="15">
         <v>0.69231</v>
       </c>
       <c r="M102" s="15">
         <v>0.61539</v>
       </c>
       <c r="N102" s="15">
-        <v>1237</v>
+        <v>1286</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>251</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>252</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>253</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I103" s="15"/>
@@ -5345,51 +5331,51 @@
       <c r="D106" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E106" s="15">
         <v>10080070280</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>7</v>
       </c>
       <c r="K106" s="15">
         <v>1.16</v>
       </c>
       <c r="L106" s="15">
         <v>1.01</v>
       </c>
       <c r="M106" s="15">
         <v>0.96736</v>
       </c>
       <c r="N106" s="15">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14"/>
       <c r="C107" s="15"/>
       <c r="D107" s="15"/>
       <c r="E107" s="15"/>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15"/>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15"/>
       <c r="L107" s="15"/>
       <c r="M107" s="15"/>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
     </row>
   </sheetData>