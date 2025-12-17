--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="356">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1914,90 +1914,90 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>205</v>
       </c>
       <c r="K11" s="15">
         <v>0.04563</v>
       </c>
       <c r="L11" s="15">
         <v>0.04563</v>
       </c>
       <c r="M11" s="15">
         <v>0.04563</v>
       </c>
       <c r="N11" s="15">
-        <v>121</v>
+        <v>158</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080033247</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.7924</v>
       </c>
       <c r="L12" s="15">
         <v>0.42097</v>
       </c>
       <c r="M12" s="15">
         <v>0.35905</v>
       </c>
       <c r="N12" s="15">
-        <v>1141</v>
+        <v>1521</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080060616</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="15"/>
@@ -2064,51 +2064,51 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080049742</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>145</v>
       </c>
       <c r="K15" s="15">
         <v>0.12362</v>
       </c>
       <c r="L15" s="15">
         <v>0.08944000000000001</v>
       </c>
       <c r="M15" s="15">
         <v>0.07804999999999999</v>
       </c>
       <c r="N15" s="15">
-        <v>3708</v>
+        <v>3238</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080060617</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I16" s="15"/>
@@ -2142,168 +2142,168 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.24931</v>
       </c>
       <c r="L17" s="15">
         <v>0.18038</v>
       </c>
       <c r="M17" s="15">
         <v>0.1574</v>
       </c>
       <c r="N17" s="15">
-        <v>304</v>
+        <v>244</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
-        <v>0.18532</v>
+        <v>0.15</v>
       </c>
       <c r="L18" s="15">
-        <v>0.13408</v>
+        <v>0.12</v>
       </c>
       <c r="M18" s="15">
-        <v>0.117</v>
+        <v>0.11</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10080071367</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J19" s="15">
         <v>143</v>
       </c>
       <c r="K19" s="15">
         <v>0.12252</v>
       </c>
       <c r="L19" s="15">
         <v>0.08864</v>
       </c>
       <c r="M19" s="15">
         <v>0.07735</v>
       </c>
       <c r="N19" s="15">
-        <v>5859</v>
+        <v>6388</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15">
         <v>10080047881</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>105</v>
       </c>
       <c r="K20" s="15">
         <v>0.12734</v>
       </c>
       <c r="L20" s="15">
         <v>0.09213</v>
       </c>
       <c r="M20" s="15">
         <v>0.08039</v>
       </c>
       <c r="N20" s="15">
-        <v>3366</v>
+        <v>3595</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080015788</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I21" s="15"/>
@@ -2374,92 +2374,90 @@
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080046080</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>86</v>
       </c>
       <c r="K23" s="15">
         <v>0.14404</v>
       </c>
       <c r="L23" s="15">
         <v>0.10289</v>
       </c>
       <c r="M23" s="15">
         <v>0.0926</v>
       </c>
       <c r="N23" s="15">
-        <v>637</v>
-[...3 lines deleted...]
-      </c>
+        <v>1651</v>
+      </c>
+      <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080054731</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>90</v>
       </c>
       <c r="K24" s="15">
         <v>0.24041</v>
       </c>
       <c r="L24" s="15">
         <v>0.17394</v>
       </c>
       <c r="M24" s="15">
         <v>0.15178</v>
       </c>
       <c r="N24" s="15">
-        <v>1889</v>
+        <v>2609</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
@@ -2639,51 +2637,51 @@
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080049386</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>90</v>
       </c>
       <c r="K30" s="15">
         <v>0.07937</v>
       </c>
       <c r="L30" s="15">
         <v>0.06877999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06614</v>
       </c>
       <c r="N30" s="15">
-        <v>181</v>
+        <v>154</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10080012105</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2717,90 +2715,90 @@
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080025929</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>152</v>
       </c>
       <c r="K32" s="15">
         <v>0.30791</v>
       </c>
       <c r="L32" s="15">
         <v>0.26234</v>
       </c>
       <c r="M32" s="15">
         <v>0.24633</v>
       </c>
       <c r="N32" s="15">
-        <v>431</v>
+        <v>447</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080054774</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>72</v>
       </c>
       <c r="K33" s="15">
         <v>0.23442</v>
       </c>
       <c r="L33" s="15">
         <v>0.13524</v>
       </c>
       <c r="M33" s="15">
         <v>0.12172</v>
       </c>
       <c r="N33" s="15">
-        <v>487</v>
+        <v>457</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080038671</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15"/>
@@ -2832,90 +2830,90 @@
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>850</v>
       </c>
       <c r="K35" s="15">
         <v>0.20967</v>
       </c>
       <c r="L35" s="15">
         <v>0.15169</v>
       </c>
       <c r="M35" s="15">
         <v>0.13237</v>
       </c>
       <c r="N35" s="15">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="15">
         <v>10080047086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>62</v>
       </c>
       <c r="K36" s="15">
         <v>0.57624</v>
       </c>
       <c r="L36" s="15">
         <v>0.41691</v>
       </c>
       <c r="M36" s="15">
         <v>0.3638</v>
       </c>
       <c r="N36" s="15">
-        <v>2297</v>
+        <v>2323</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080060619</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I37" s="15"/>
@@ -2984,90 +2982,90 @@
       <c r="D39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10080054775</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>55</v>
       </c>
       <c r="K39" s="15">
         <v>0.118</v>
       </c>
       <c r="L39" s="15">
         <v>0.118</v>
       </c>
       <c r="M39" s="15">
         <v>0.118</v>
       </c>
       <c r="N39" s="15">
-        <v>1725</v>
+        <v>2008</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>54</v>
       </c>
       <c r="K40" s="15">
         <v>0.41142</v>
       </c>
       <c r="L40" s="15">
         <v>0.35656</v>
       </c>
       <c r="M40" s="15">
         <v>0.34285</v>
       </c>
       <c r="N40" s="15">
-        <v>1485</v>
+        <v>1177</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="15"/>
@@ -3170,51 +3168,53 @@
       </c>
       <c r="D44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E44" s="15">
         <v>10080054776</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>44</v>
       </c>
       <c r="K44" s="15">
         <v>0.14711</v>
       </c>
       <c r="L44" s="15">
         <v>0.12749</v>
       </c>
       <c r="M44" s="15">
         <v>0.12259</v>
       </c>
-      <c r="N44" s="15"/>
+      <c r="N44" s="15">
+        <v>160</v>
+      </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15"/>
@@ -3461,51 +3461,51 @@
       <c r="D52" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.19815</v>
       </c>
       <c r="L52" s="15">
         <v>0.17173</v>
       </c>
       <c r="M52" s="15">
         <v>0.16513</v>
       </c>
       <c r="N52" s="15">
-        <v>2211</v>
+        <v>2343</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I53" s="15"/>
@@ -3572,51 +3572,51 @@
       <c r="D55" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E55" s="15">
         <v>10080010000</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>42</v>
       </c>
       <c r="K55" s="15">
         <v>0.73407</v>
       </c>
       <c r="L55" s="15">
         <v>0.64538</v>
       </c>
       <c r="M55" s="15">
         <v>0.61583</v>
       </c>
       <c r="N55" s="15">
-        <v>355</v>
+        <v>388</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I56" s="15"/>
@@ -3792,51 +3792,51 @@
       <c r="D61" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>900</v>
       </c>
       <c r="K61" s="15">
         <v>1.34</v>
       </c>
       <c r="L61" s="15">
         <v>0.97031</v>
       </c>
       <c r="M61" s="15">
         <v>0.8467</v>
       </c>
       <c r="N61" s="15">
-        <v>801</v>
+        <v>639</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="15">
         <v>10080010001</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I62" s="15"/>
@@ -3942,90 +3942,90 @@
       <c r="D65" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E65" s="15">
         <v>10080070281</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>31</v>
       </c>
       <c r="K65" s="15">
         <v>0.33223</v>
       </c>
       <c r="L65" s="15">
         <v>0.24037</v>
       </c>
       <c r="M65" s="15">
         <v>0.20975</v>
       </c>
       <c r="N65" s="15">
-        <v>1596</v>
+        <v>1818</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>175</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>240</v>
       </c>
       <c r="K66" s="15">
         <v>0.31731</v>
       </c>
       <c r="L66" s="15">
         <v>0.26612</v>
       </c>
       <c r="M66" s="15">
         <v>0.25589</v>
       </c>
       <c r="N66" s="15">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I67" s="15"/>
@@ -4135,51 +4135,51 @@
       <c r="D70" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>23</v>
       </c>
       <c r="K70" s="15">
         <v>1.77</v>
       </c>
       <c r="L70" s="15">
         <v>1.28</v>
       </c>
       <c r="M70" s="15">
         <v>1.12</v>
       </c>
       <c r="N70" s="15">
-        <v>3090</v>
+        <v>3605</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E71" s="15">
         <v>10080010002</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I71" s="15"/>
@@ -4211,90 +4211,90 @@
       <c r="D72" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E72" s="15">
         <v>10080052119</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>22</v>
       </c>
       <c r="K72" s="15">
         <v>0.55018</v>
       </c>
       <c r="L72" s="15">
         <v>0.39806</v>
       </c>
       <c r="M72" s="15">
         <v>0.34735</v>
       </c>
       <c r="N72" s="15">
-        <v>888</v>
+        <v>1137</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E73" s="15">
         <v>10080045606</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>22</v>
       </c>
       <c r="K73" s="15">
         <v>1.64</v>
       </c>
       <c r="L73" s="15">
         <v>1.18</v>
       </c>
       <c r="M73" s="15">
         <v>1.03</v>
       </c>
       <c r="N73" s="15">
-        <v>3690</v>
+        <v>4275</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I74" s="15"/>
@@ -4622,51 +4622,51 @@
       <c r="D83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>10</v>
       </c>
       <c r="K83" s="15">
         <v>1.65</v>
       </c>
       <c r="L83" s="15">
         <v>1.65</v>
       </c>
       <c r="M83" s="15">
         <v>1.65</v>
       </c>
       <c r="N83" s="15">
-        <v>2542</v>
+        <v>2512</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15">
         <v>5000</v>
       </c>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E84" s="15">
         <v>10080010005</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>62</v>
@@ -4700,51 +4700,51 @@
       <c r="D85" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E85" s="15">
         <v>10080049174</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>11</v>
       </c>
       <c r="K85" s="15">
         <v>0.64458</v>
       </c>
       <c r="L85" s="15">
         <v>0.55864</v>
       </c>
       <c r="M85" s="15">
         <v>0.53715</v>
       </c>
       <c r="N85" s="15">
-        <v>567</v>
+        <v>691</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I86" s="15"/>
@@ -4776,51 +4776,51 @@
       <c r="D87" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.06205</v>
       </c>
       <c r="L87" s="15">
         <v>0.04111</v>
       </c>
       <c r="M87" s="15">
         <v>0.03587</v>
       </c>
       <c r="N87" s="15">
-        <v>386</v>
+        <v>371</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E88" s="15">
         <v>10080060613</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I88" s="15"/>
@@ -4959,51 +4959,51 @@
       <c r="D92" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E92" s="15">
         <v>10080050582</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.06111</v>
       </c>
       <c r="L92" s="15">
         <v>0.04421</v>
       </c>
       <c r="M92" s="15">
         <v>0.03858</v>
       </c>
       <c r="N92" s="15">
-        <v>3397</v>
+        <v>3476</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E93" s="15">
         <v>10080009992</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I93" s="15"/>
@@ -5035,51 +5035,51 @@
       <c r="D94" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E94" s="15">
         <v>10080046081</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.06290999999999999</v>
       </c>
       <c r="L94" s="15">
         <v>0.04551</v>
       </c>
       <c r="M94" s="15">
         <v>0.03972</v>
       </c>
       <c r="N94" s="15">
-        <v>851</v>
+        <v>1013</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
@@ -5111,51 +5111,51 @@
       <c r="D96" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E96" s="15">
         <v>10080047084</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>86</v>
       </c>
       <c r="K96" s="15">
         <v>0.33967</v>
       </c>
       <c r="L96" s="15">
         <v>0.24575</v>
       </c>
       <c r="M96" s="15">
         <v>0.21445</v>
       </c>
       <c r="N96" s="15">
-        <v>3150</v>
+        <v>3600</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E97" s="15">
         <v>10080009768</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I97" s="15"/>
@@ -5187,51 +5187,51 @@
       <c r="D98" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E98" s="15">
         <v>10080046082</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.05357</v>
       </c>
       <c r="L98" s="15">
         <v>0.04642</v>
       </c>
       <c r="M98" s="15">
         <v>0.04464</v>
       </c>
       <c r="N98" s="15">
-        <v>2797</v>
+        <v>2507</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>250</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
@@ -5400,60 +5400,60 @@
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E104" s="15">
         <v>10080048066</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.08643000000000001</v>
+        <v>0.07679999999999999</v>
       </c>
       <c r="L104" s="15">
-        <v>0.07625999999999999</v>
+        <v>0.06655999999999999</v>
       </c>
       <c r="M104" s="15">
-        <v>0.06863</v>
+        <v>0.064</v>
       </c>
       <c r="N104" s="15">
-        <v>709</v>
+        <v>700</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>261</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>262</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>263</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
@@ -5666,55 +5666,53 @@
       <c r="D111" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E111" s="15">
         <v>10080046083</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
         <v>0.102</v>
       </c>
       <c r="L111" s="15">
         <v>0.07285999999999999</v>
       </c>
       <c r="M111" s="15">
         <v>0.06557</v>
       </c>
       <c r="N111" s="15">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>836</v>
+      </c>
+      <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="15" t="s">
         <v>280</v>
       </c>
@@ -5968,55 +5966,53 @@
       <c r="D119" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E119" s="15">
         <v>10080055984</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.14322</v>
       </c>
       <c r="L119" s="15">
         <v>0.1023</v>
       </c>
       <c r="M119" s="15">
         <v>0.09207</v>
       </c>
       <c r="N119" s="15">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E120" s="15">
         <v>10080010755</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>440</v>
@@ -6046,55 +6042,53 @@
       <c r="D121" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E121" s="15">
         <v>10080048090</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.07197000000000001</v>
       </c>
       <c r="L121" s="15">
         <v>0.07197000000000001</v>
       </c>
       <c r="M121" s="15">
         <v>0.07197000000000001</v>
       </c>
       <c r="N121" s="15">
-        <v>863</v>
-[...3 lines deleted...]
-      </c>
+        <v>1312</v>
+      </c>
+      <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>302</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>303</v>
       </c>
       <c r="E122" s="15">
         <v>10080009996</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>400</v>
@@ -6272,51 +6266,51 @@
       <c r="D127" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E127" s="15">
         <v>10080049175</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>250</v>
       </c>
       <c r="K127" s="15">
         <v>0.19671</v>
       </c>
       <c r="L127" s="15">
         <v>0.14232</v>
       </c>
       <c r="M127" s="15">
         <v>0.12419</v>
       </c>
       <c r="N127" s="15">
-        <v>700</v>
+        <v>740</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>315</v>
       </c>
       <c r="E128" s="15">
         <v>10080009767</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I128" s="15"/>
@@ -6348,51 +6342,51 @@
       <c r="D129" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E129" s="15">
         <v>10080049176</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>15</v>
       </c>
       <c r="K129" s="15">
         <v>0.21278</v>
       </c>
       <c r="L129" s="15">
         <v>0.18441</v>
       </c>
       <c r="M129" s="15">
         <v>0.17731</v>
       </c>
       <c r="N129" s="15">
-        <v>590</v>
+        <v>770</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>318</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>319</v>
       </c>
       <c r="E130" s="15">
         <v>10080026016</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I130" s="15"/>
@@ -6424,51 +6418,51 @@
       <c r="D131" s="15" t="s">
         <v>321</v>
       </c>
       <c r="E131" s="15">
         <v>10080070747</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>12</v>
       </c>
       <c r="K131" s="15">
         <v>0.35347</v>
       </c>
       <c r="L131" s="15">
         <v>0.25574</v>
       </c>
       <c r="M131" s="15">
         <v>0.22316</v>
       </c>
       <c r="N131" s="15">
-        <v>178</v>
+        <v>126</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E132" s="15">
         <v>10080010006</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I132" s="15"/>
@@ -6491,60 +6485,60 @@
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>324</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E133" s="15">
         <v>10080046084</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>11</v>
       </c>
       <c r="K133" s="15">
-        <v>0.2925</v>
+        <v>0.25995</v>
       </c>
       <c r="L133" s="15">
-        <v>0.25809</v>
+        <v>0.22529</v>
       </c>
       <c r="M133" s="15">
-        <v>0.23228</v>
+        <v>0.21663</v>
       </c>
       <c r="N133" s="15">
-        <v>1731</v>
+        <v>1408</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="15"/>