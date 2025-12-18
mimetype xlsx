--- v1 (2025-12-17)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="356">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1914,90 +1914,90 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>205</v>
       </c>
       <c r="K11" s="15">
         <v>0.04563</v>
       </c>
       <c r="L11" s="15">
         <v>0.04563</v>
       </c>
       <c r="M11" s="15">
         <v>0.04563</v>
       </c>
       <c r="N11" s="15">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080033247</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.7924</v>
       </c>
       <c r="L12" s="15">
         <v>0.42097</v>
       </c>
       <c r="M12" s="15">
         <v>0.35905</v>
       </c>
       <c r="N12" s="15">
-        <v>1521</v>
+        <v>1124</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080060616</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="15"/>
@@ -2064,51 +2064,51 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080049742</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>145</v>
       </c>
       <c r="K15" s="15">
         <v>0.12362</v>
       </c>
       <c r="L15" s="15">
         <v>0.08944000000000001</v>
       </c>
       <c r="M15" s="15">
         <v>0.07804999999999999</v>
       </c>
       <c r="N15" s="15">
-        <v>3238</v>
+        <v>3395</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080060617</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I16" s="15"/>
@@ -2142,51 +2142,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.24931</v>
       </c>
       <c r="L17" s="15">
         <v>0.18038</v>
       </c>
       <c r="M17" s="15">
         <v>0.1574</v>
       </c>
       <c r="N17" s="15">
-        <v>244</v>
+        <v>267</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
@@ -2259,51 +2259,51 @@
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15">
         <v>10080047881</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>105</v>
       </c>
       <c r="K20" s="15">
         <v>0.12734</v>
       </c>
       <c r="L20" s="15">
         <v>0.09213</v>
       </c>
       <c r="M20" s="15">
         <v>0.08039</v>
       </c>
       <c r="N20" s="15">
-        <v>3595</v>
+        <v>3419</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080015788</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I21" s="15"/>
@@ -2374,90 +2374,90 @@
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080046080</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>86</v>
       </c>
       <c r="K23" s="15">
         <v>0.14404</v>
       </c>
       <c r="L23" s="15">
         <v>0.10289</v>
       </c>
       <c r="M23" s="15">
         <v>0.0926</v>
       </c>
       <c r="N23" s="15">
-        <v>1651</v>
+        <v>1234</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080054731</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>90</v>
       </c>
       <c r="K24" s="15">
         <v>0.24041</v>
       </c>
       <c r="L24" s="15">
         <v>0.17394</v>
       </c>
       <c r="M24" s="15">
         <v>0.15178</v>
       </c>
       <c r="N24" s="15">
-        <v>2609</v>
+        <v>2009</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
@@ -2491,51 +2491,51 @@
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080055222</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1100</v>
       </c>
       <c r="K26" s="15">
         <v>0.31754</v>
       </c>
       <c r="L26" s="15">
         <v>0.2752</v>
       </c>
       <c r="M26" s="15">
         <v>0.26461</v>
       </c>
       <c r="N26" s="15">
-        <v>38935</v>
+        <v>50785</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>
@@ -2637,51 +2637,51 @@
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080049386</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>90</v>
       </c>
       <c r="K30" s="15">
         <v>0.07937</v>
       </c>
       <c r="L30" s="15">
         <v>0.06877999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06614</v>
       </c>
       <c r="N30" s="15">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10080012105</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2715,90 +2715,90 @@
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080025929</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>152</v>
       </c>
       <c r="K32" s="15">
         <v>0.30791</v>
       </c>
       <c r="L32" s="15">
         <v>0.26234</v>
       </c>
       <c r="M32" s="15">
         <v>0.24633</v>
       </c>
       <c r="N32" s="15">
-        <v>447</v>
+        <v>404</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080054774</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>72</v>
       </c>
       <c r="K33" s="15">
         <v>0.23442</v>
       </c>
       <c r="L33" s="15">
         <v>0.13524</v>
       </c>
       <c r="M33" s="15">
         <v>0.12172</v>
       </c>
       <c r="N33" s="15">
-        <v>457</v>
+        <v>553</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080038671</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15"/>
@@ -2830,90 +2830,90 @@
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>850</v>
       </c>
       <c r="K35" s="15">
         <v>0.20967</v>
       </c>
       <c r="L35" s="15">
         <v>0.15169</v>
       </c>
       <c r="M35" s="15">
         <v>0.13237</v>
       </c>
       <c r="N35" s="15">
-        <v>291</v>
+        <v>335</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="15">
         <v>10080047086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>62</v>
       </c>
       <c r="K36" s="15">
         <v>0.57624</v>
       </c>
       <c r="L36" s="15">
         <v>0.41691</v>
       </c>
       <c r="M36" s="15">
         <v>0.3638</v>
       </c>
       <c r="N36" s="15">
-        <v>2323</v>
+        <v>1896</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080060619</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I37" s="15"/>
@@ -2982,90 +2982,90 @@
       <c r="D39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10080054775</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>55</v>
       </c>
       <c r="K39" s="15">
         <v>0.118</v>
       </c>
       <c r="L39" s="15">
         <v>0.118</v>
       </c>
       <c r="M39" s="15">
         <v>0.118</v>
       </c>
       <c r="N39" s="15">
-        <v>2008</v>
+        <v>1607</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>54</v>
       </c>
       <c r="K40" s="15">
         <v>0.41142</v>
       </c>
       <c r="L40" s="15">
         <v>0.35656</v>
       </c>
       <c r="M40" s="15">
         <v>0.34285</v>
       </c>
       <c r="N40" s="15">
-        <v>1177</v>
+        <v>1331</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="15"/>
@@ -3169,51 +3169,51 @@
       <c r="D44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E44" s="15">
         <v>10080054776</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>44</v>
       </c>
       <c r="K44" s="15">
         <v>0.14711</v>
       </c>
       <c r="L44" s="15">
         <v>0.12749</v>
       </c>
       <c r="M44" s="15">
         <v>0.12259</v>
       </c>
       <c r="N44" s="15">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="15"/>
@@ -3380,57 +3380,57 @@
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="15">
         <v>10080033226</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>46</v>
       </c>
       <c r="K50" s="15">
-        <v>0.25154</v>
+        <v>0.14777</v>
       </c>
       <c r="L50" s="15">
-        <v>0.18035</v>
+        <v>0.12806</v>
       </c>
       <c r="M50" s="15">
-        <v>0.15662</v>
+        <v>0.12314</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>37</v>
       </c>
@@ -3461,51 +3461,51 @@
       <c r="D52" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.19815</v>
       </c>
       <c r="L52" s="15">
         <v>0.17173</v>
       </c>
       <c r="M52" s="15">
         <v>0.16513</v>
       </c>
       <c r="N52" s="15">
-        <v>2343</v>
+        <v>2079</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I53" s="15"/>
@@ -3572,51 +3572,51 @@
       <c r="D55" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E55" s="15">
         <v>10080010000</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>42</v>
       </c>
       <c r="K55" s="15">
         <v>0.73407</v>
       </c>
       <c r="L55" s="15">
         <v>0.64538</v>
       </c>
       <c r="M55" s="15">
         <v>0.61583</v>
       </c>
       <c r="N55" s="15">
-        <v>388</v>
+        <v>448</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I56" s="15"/>
@@ -3792,51 +3792,51 @@
       <c r="D61" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>900</v>
       </c>
       <c r="K61" s="15">
         <v>1.34</v>
       </c>
       <c r="L61" s="15">
         <v>0.97031</v>
       </c>
       <c r="M61" s="15">
         <v>0.8467</v>
       </c>
       <c r="N61" s="15">
-        <v>639</v>
+        <v>657</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="15">
         <v>10080010001</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I62" s="15"/>
@@ -3893,139 +3893,139 @@
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E64" s="15">
         <v>10080049173</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K64" s="15">
         <v>0.34546</v>
       </c>
       <c r="L64" s="15">
         <v>0.24994</v>
       </c>
       <c r="M64" s="15">
         <v>0.2181</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E65" s="15">
         <v>10080070281</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>31</v>
       </c>
       <c r="K65" s="15">
         <v>0.33223</v>
       </c>
       <c r="L65" s="15">
         <v>0.24037</v>
       </c>
       <c r="M65" s="15">
         <v>0.20975</v>
       </c>
       <c r="N65" s="15">
-        <v>1818</v>
+        <v>1840</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>175</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>240</v>
       </c>
       <c r="K66" s="15">
         <v>0.31731</v>
       </c>
       <c r="L66" s="15">
         <v>0.26612</v>
       </c>
       <c r="M66" s="15">
         <v>0.25589</v>
       </c>
       <c r="N66" s="15">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I67" s="15"/>
@@ -4135,51 +4135,51 @@
       <c r="D70" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>23</v>
       </c>
       <c r="K70" s="15">
         <v>1.77</v>
       </c>
       <c r="L70" s="15">
         <v>1.28</v>
       </c>
       <c r="M70" s="15">
         <v>1.12</v>
       </c>
       <c r="N70" s="15">
-        <v>3605</v>
+        <v>3792</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E71" s="15">
         <v>10080010002</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I71" s="15"/>
@@ -4211,90 +4211,90 @@
       <c r="D72" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E72" s="15">
         <v>10080052119</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>22</v>
       </c>
       <c r="K72" s="15">
         <v>0.55018</v>
       </c>
       <c r="L72" s="15">
         <v>0.39806</v>
       </c>
       <c r="M72" s="15">
         <v>0.34735</v>
       </c>
       <c r="N72" s="15">
-        <v>1137</v>
+        <v>1095</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E73" s="15">
         <v>10080045606</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>22</v>
       </c>
       <c r="K73" s="15">
         <v>1.64</v>
       </c>
       <c r="L73" s="15">
         <v>1.18</v>
       </c>
       <c r="M73" s="15">
         <v>1.03</v>
       </c>
       <c r="N73" s="15">
-        <v>4275</v>
+        <v>3924</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I74" s="15"/>
@@ -4317,57 +4317,57 @@
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E75" s="15">
         <v>10080064340</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>23</v>
       </c>
       <c r="K75" s="15">
-        <v>0.60875</v>
+        <v>0.35853</v>
       </c>
       <c r="L75" s="15">
-        <v>0.43646</v>
+        <v>0.31073</v>
       </c>
       <c r="M75" s="15">
-        <v>0.37904</v>
+        <v>0.29878</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E76" s="15">
         <v>10080071844</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>37</v>
       </c>
@@ -4622,51 +4622,51 @@
       <c r="D83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>10</v>
       </c>
       <c r="K83" s="15">
         <v>1.65</v>
       </c>
       <c r="L83" s="15">
         <v>1.65</v>
       </c>
       <c r="M83" s="15">
         <v>1.65</v>
       </c>
       <c r="N83" s="15">
-        <v>2512</v>
+        <v>2422</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15">
         <v>5000</v>
       </c>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E84" s="15">
         <v>10080010005</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>62</v>
@@ -4700,51 +4700,51 @@
       <c r="D85" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E85" s="15">
         <v>10080049174</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>11</v>
       </c>
       <c r="K85" s="15">
         <v>0.64458</v>
       </c>
       <c r="L85" s="15">
         <v>0.55864</v>
       </c>
       <c r="M85" s="15">
         <v>0.53715</v>
       </c>
       <c r="N85" s="15">
-        <v>691</v>
+        <v>593</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I86" s="15"/>
@@ -4776,51 +4776,51 @@
       <c r="D87" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.06205</v>
       </c>
       <c r="L87" s="15">
         <v>0.04111</v>
       </c>
       <c r="M87" s="15">
         <v>0.03587</v>
       </c>
       <c r="N87" s="15">
-        <v>371</v>
+        <v>320</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E88" s="15">
         <v>10080060613</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I88" s="15"/>
@@ -4959,51 +4959,51 @@
       <c r="D92" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E92" s="15">
         <v>10080050582</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.06111</v>
       </c>
       <c r="L92" s="15">
         <v>0.04421</v>
       </c>
       <c r="M92" s="15">
         <v>0.03858</v>
       </c>
       <c r="N92" s="15">
-        <v>3476</v>
+        <v>2647</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E93" s="15">
         <v>10080009992</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I93" s="15"/>
@@ -5035,51 +5035,51 @@
       <c r="D94" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E94" s="15">
         <v>10080046081</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.06290999999999999</v>
       </c>
       <c r="L94" s="15">
         <v>0.04551</v>
       </c>
       <c r="M94" s="15">
         <v>0.03972</v>
       </c>
       <c r="N94" s="15">
-        <v>1013</v>
+        <v>1113</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
@@ -5111,51 +5111,51 @@
       <c r="D96" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E96" s="15">
         <v>10080047084</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>86</v>
       </c>
       <c r="K96" s="15">
         <v>0.33967</v>
       </c>
       <c r="L96" s="15">
         <v>0.24575</v>
       </c>
       <c r="M96" s="15">
         <v>0.21445</v>
       </c>
       <c r="N96" s="15">
-        <v>3600</v>
+        <v>4350</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E97" s="15">
         <v>10080009768</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I97" s="15"/>
@@ -5187,51 +5187,51 @@
       <c r="D98" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E98" s="15">
         <v>10080046082</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.05357</v>
       </c>
       <c r="L98" s="15">
         <v>0.04642</v>
       </c>
       <c r="M98" s="15">
         <v>0.04464</v>
       </c>
       <c r="N98" s="15">
-        <v>2507</v>
+        <v>2604</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>250</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
@@ -5666,51 +5666,51 @@
       <c r="D111" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E111" s="15">
         <v>10080046083</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
         <v>0.102</v>
       </c>
       <c r="L111" s="15">
         <v>0.07285999999999999</v>
       </c>
       <c r="M111" s="15">
         <v>0.06557</v>
       </c>
       <c r="N111" s="15">
-        <v>836</v>
+        <v>671</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="15" t="s">
@@ -5966,51 +5966,51 @@
       <c r="D119" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E119" s="15">
         <v>10080055984</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.14322</v>
       </c>
       <c r="L119" s="15">
         <v>0.1023</v>
       </c>
       <c r="M119" s="15">
         <v>0.09207</v>
       </c>
       <c r="N119" s="15">
-        <v>278</v>
+        <v>250</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E120" s="15">
         <v>10080010755</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I120" s="15"/>
@@ -6042,51 +6042,51 @@
       <c r="D121" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E121" s="15">
         <v>10080048090</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.07197000000000001</v>
       </c>
       <c r="L121" s="15">
         <v>0.07197000000000001</v>
       </c>
       <c r="M121" s="15">
         <v>0.07197000000000001</v>
       </c>
       <c r="N121" s="15">
-        <v>1312</v>
+        <v>1462</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>302</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>303</v>
       </c>
       <c r="E122" s="15">
         <v>10080009996</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I122" s="15"/>
@@ -6109,57 +6109,57 @@
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>304</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E123" s="15">
         <v>10080054777</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
-        <v>0.19928</v>
+        <v>0.11702</v>
       </c>
       <c r="L123" s="15">
-        <v>0.14289</v>
+        <v>0.10141</v>
       </c>
       <c r="M123" s="15">
-        <v>0.12409</v>
+        <v>0.09751</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E124" s="15">
         <v>10080049842</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>37</v>
       </c>
@@ -6257,60 +6257,60 @@
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E127" s="15">
         <v>10080049175</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>250</v>
       </c>
       <c r="K127" s="15">
-        <v>0.19671</v>
+        <v>0.13635</v>
       </c>
       <c r="L127" s="15">
-        <v>0.14232</v>
+        <v>0.11817</v>
       </c>
       <c r="M127" s="15">
-        <v>0.12419</v>
+        <v>0.11363</v>
       </c>
       <c r="N127" s="15">
-        <v>740</v>
+        <v>600</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>315</v>
       </c>
       <c r="E128" s="15">
         <v>10080009767</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I128" s="15"/>
@@ -6342,51 +6342,51 @@
       <c r="D129" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E129" s="15">
         <v>10080049176</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>15</v>
       </c>
       <c r="K129" s="15">
         <v>0.21278</v>
       </c>
       <c r="L129" s="15">
         <v>0.18441</v>
       </c>
       <c r="M129" s="15">
         <v>0.17731</v>
       </c>
       <c r="N129" s="15">
-        <v>770</v>
+        <v>590</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>318</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>319</v>
       </c>
       <c r="E130" s="15">
         <v>10080026016</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I130" s="15"/>
@@ -6418,51 +6418,51 @@
       <c r="D131" s="15" t="s">
         <v>321</v>
       </c>
       <c r="E131" s="15">
         <v>10080070747</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>12</v>
       </c>
       <c r="K131" s="15">
         <v>0.35347</v>
       </c>
       <c r="L131" s="15">
         <v>0.25574</v>
       </c>
       <c r="M131" s="15">
         <v>0.22316</v>
       </c>
       <c r="N131" s="15">
-        <v>126</v>
+        <v>162</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E132" s="15">
         <v>10080010006</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I132" s="15"/>
@@ -6494,51 +6494,51 @@
       <c r="D133" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E133" s="15">
         <v>10080046084</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>11</v>
       </c>
       <c r="K133" s="15">
         <v>0.25995</v>
       </c>
       <c r="L133" s="15">
         <v>0.22529</v>
       </c>
       <c r="M133" s="15">
         <v>0.21663</v>
       </c>
       <c r="N133" s="15">
-        <v>1408</v>
+        <v>1961</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="15"/>