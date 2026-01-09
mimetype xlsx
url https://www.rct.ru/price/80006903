--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="356">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="357">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -527,50 +527,53 @@
     <t>DS1065-05-2x14S8BSSRS</t>
   </si>
   <si>
     <t>Гнездо на плату с шагом 1,27, двухрядное, SMD, H=4.4mm, 28 контактов / PBD1.27-28S (DS1065-05-2x14S8BSSRS)</t>
   </si>
   <si>
     <t>UT-00102779</t>
   </si>
   <si>
     <t>HFIDS3-15-01-001-T</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х15 шаг 1.27 / PBD1.27-30 (HFIDS3-15-01-001-T)</t>
   </si>
   <si>
     <t>KLS1-208C-4.4-2-30-S</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х15 шаг 1.27 / PBD1.27-30 (KLS1-208C-4.4-2-30-S)</t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-2-30-S</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х15 шаг 1.27 / PBD1.27-30 (L-KLS1-208C-3.4-2-30-S)</t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.3-2-30-T3</t>
   </si>
   <si>
     <t>Гнездо на плату с шагом 1,27, двухрядное, SMD, H=4.3mm, 30 контактов / PBD1.27-30S (L-KLS1-208C-4.3-2-30-T3)</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R</t>
   </si>
   <si>
     <t>розетка прямая двухрядная, шаг 1.27мм, SMD, h=4.6мм, с внешними направляющими, в катушке / PBD1.27-30S (L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R)</t>
   </si>
   <si>
     <t>UT-00099595</t>
   </si>
   <si>
     <t>розетка прямая двухрядная, шаг 1.27мм, SMD, h=4.6мм, с внешними направляющими / PBD1.27-30S (L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R)</t>
   </si>
   <si>
     <t>UT-00119572</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-T</t>
   </si>
@@ -1914,90 +1917,90 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>205</v>
       </c>
       <c r="K11" s="15">
         <v>0.04563</v>
       </c>
       <c r="L11" s="15">
         <v>0.04563</v>
       </c>
       <c r="M11" s="15">
         <v>0.04563</v>
       </c>
       <c r="N11" s="15">
-        <v>154</v>
+        <v>131</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080033247</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.7924</v>
       </c>
       <c r="L12" s="15">
         <v>0.42097</v>
       </c>
       <c r="M12" s="15">
         <v>0.35905</v>
       </c>
       <c r="N12" s="15">
-        <v>1124</v>
+        <v>1383</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080060616</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="15"/>
@@ -2055,60 +2058,60 @@
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080049742</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>145</v>
       </c>
       <c r="K15" s="15">
-        <v>0.12362</v>
+        <v>0.08735999999999999</v>
       </c>
       <c r="L15" s="15">
-        <v>0.08944000000000001</v>
+        <v>0.07571</v>
       </c>
       <c r="M15" s="15">
-        <v>0.07804999999999999</v>
+        <v>0.0728</v>
       </c>
       <c r="N15" s="15">
-        <v>3395</v>
+        <v>3551</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080060617</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I16" s="15"/>
@@ -2133,60 +2136,60 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.24931</v>
+        <v>0.17247</v>
       </c>
       <c r="L17" s="15">
-        <v>0.18038</v>
+        <v>0.14947</v>
       </c>
       <c r="M17" s="15">
-        <v>0.1574</v>
+        <v>0.14373</v>
       </c>
       <c r="N17" s="15">
-        <v>267</v>
+        <v>330</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
@@ -2220,90 +2223,90 @@
       </c>
       <c r="E19" s="15">
         <v>10080071367</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J19" s="15">
         <v>143</v>
       </c>
       <c r="K19" s="15">
         <v>0.12252</v>
       </c>
       <c r="L19" s="15">
         <v>0.08864</v>
       </c>
       <c r="M19" s="15">
         <v>0.07735</v>
       </c>
       <c r="N19" s="15">
-        <v>6388</v>
+        <v>7277</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15">
         <v>10080047881</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>105</v>
       </c>
       <c r="K20" s="15">
-        <v>0.12734</v>
+        <v>0.08498</v>
       </c>
       <c r="L20" s="15">
-        <v>0.09213</v>
+        <v>0.07364999999999999</v>
       </c>
       <c r="M20" s="15">
-        <v>0.08039</v>
+        <v>0.07081</v>
       </c>
       <c r="N20" s="15">
-        <v>3419</v>
+        <v>2738</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080015788</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I21" s="15"/>
@@ -2365,99 +2368,99 @@
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080046080</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>86</v>
       </c>
       <c r="K23" s="15">
-        <v>0.14404</v>
+        <v>0.09805999999999999</v>
       </c>
       <c r="L23" s="15">
-        <v>0.10289</v>
+        <v>0.08498</v>
       </c>
       <c r="M23" s="15">
-        <v>0.0926</v>
+        <v>0.08171</v>
       </c>
       <c r="N23" s="15">
-        <v>1234</v>
+        <v>1363</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080054731</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>90</v>
       </c>
       <c r="K24" s="15">
-        <v>0.24041</v>
+        <v>0.16514</v>
       </c>
       <c r="L24" s="15">
-        <v>0.17394</v>
+        <v>0.14312</v>
       </c>
       <c r="M24" s="15">
-        <v>0.15178</v>
+        <v>0.13761</v>
       </c>
       <c r="N24" s="15">
-        <v>2009</v>
+        <v>2219</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
@@ -2491,51 +2494,51 @@
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080055222</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1100</v>
       </c>
       <c r="K26" s="15">
         <v>0.31754</v>
       </c>
       <c r="L26" s="15">
         <v>0.2752</v>
       </c>
       <c r="M26" s="15">
         <v>0.26461</v>
       </c>
       <c r="N26" s="15">
-        <v>50785</v>
+        <v>33892</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>
@@ -2637,51 +2640,51 @@
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080049386</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>90</v>
       </c>
       <c r="K30" s="15">
         <v>0.07937</v>
       </c>
       <c r="L30" s="15">
         <v>0.06877999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06614</v>
       </c>
       <c r="N30" s="15">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10080012105</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2715,90 +2718,90 @@
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080025929</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>152</v>
       </c>
       <c r="K32" s="15">
         <v>0.30791</v>
       </c>
       <c r="L32" s="15">
         <v>0.26234</v>
       </c>
       <c r="M32" s="15">
         <v>0.24633</v>
       </c>
       <c r="N32" s="15">
-        <v>404</v>
+        <v>469</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080054774</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>72</v>
       </c>
       <c r="K33" s="15">
         <v>0.23442</v>
       </c>
       <c r="L33" s="15">
         <v>0.13524</v>
       </c>
       <c r="M33" s="15">
         <v>0.12172</v>
       </c>
       <c r="N33" s="15">
-        <v>553</v>
+        <v>590</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080038671</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15"/>
@@ -2821,99 +2824,99 @@
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>850</v>
       </c>
       <c r="K35" s="15">
-        <v>0.20967</v>
+        <v>0.14484</v>
       </c>
       <c r="L35" s="15">
-        <v>0.15169</v>
+        <v>0.12553</v>
       </c>
       <c r="M35" s="15">
-        <v>0.13237</v>
+        <v>0.1207</v>
       </c>
       <c r="N35" s="15">
-        <v>335</v>
+        <v>379</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="15">
         <v>10080047086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>62</v>
       </c>
       <c r="K36" s="15">
-        <v>0.57624</v>
+        <v>0.3971</v>
       </c>
       <c r="L36" s="15">
-        <v>0.41691</v>
+        <v>0.34415</v>
       </c>
       <c r="M36" s="15">
-        <v>0.3638</v>
+        <v>0.33091</v>
       </c>
       <c r="N36" s="15">
-        <v>1896</v>
+        <v>1602</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080060619</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I37" s="15"/>
@@ -2982,90 +2985,90 @@
       <c r="D39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10080054775</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>55</v>
       </c>
       <c r="K39" s="15">
         <v>0.118</v>
       </c>
       <c r="L39" s="15">
         <v>0.118</v>
       </c>
       <c r="M39" s="15">
         <v>0.118</v>
       </c>
       <c r="N39" s="15">
-        <v>1607</v>
+        <v>1670</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>54</v>
       </c>
       <c r="K40" s="15">
         <v>0.41142</v>
       </c>
       <c r="L40" s="15">
         <v>0.35656</v>
       </c>
       <c r="M40" s="15">
         <v>0.34285</v>
       </c>
       <c r="N40" s="15">
-        <v>1331</v>
+        <v>1678</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="15"/>
@@ -3169,51 +3172,51 @@
       <c r="D44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E44" s="15">
         <v>10080054776</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>44</v>
       </c>
       <c r="K44" s="15">
         <v>0.14711</v>
       </c>
       <c r="L44" s="15">
         <v>0.12749</v>
       </c>
       <c r="M44" s="15">
         <v>0.12259</v>
       </c>
       <c r="N44" s="15">
-        <v>165</v>
+        <v>222</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="15"/>
@@ -3452,57 +3455,57 @@
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.19815</v>
+        <v>0.19806</v>
       </c>
       <c r="L52" s="15">
-        <v>0.17173</v>
+        <v>0.17165</v>
       </c>
       <c r="M52" s="15">
-        <v>0.16513</v>
+        <v>0.16505</v>
       </c>
       <c r="N52" s="15">
         <v>2079</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
@@ -3572,51 +3575,51 @@
       <c r="D55" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E55" s="15">
         <v>10080010000</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>42</v>
       </c>
       <c r="K55" s="15">
         <v>0.73407</v>
       </c>
       <c r="L55" s="15">
         <v>0.64538</v>
       </c>
       <c r="M55" s="15">
         <v>0.61583</v>
       </c>
       <c r="N55" s="15">
-        <v>448</v>
+        <v>476</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I56" s="15"/>
@@ -3792,51 +3795,51 @@
       <c r="D61" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>900</v>
       </c>
       <c r="K61" s="15">
         <v>1.34</v>
       </c>
       <c r="L61" s="15">
         <v>0.97031</v>
       </c>
       <c r="M61" s="15">
         <v>0.8467</v>
       </c>
       <c r="N61" s="15">
-        <v>657</v>
+        <v>621</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="15">
         <v>10080010001</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I62" s="15"/>
@@ -3905,2658 +3908,2670 @@
       <c r="D64" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E64" s="15">
         <v>10080049173</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>30</v>
       </c>
       <c r="K64" s="15">
         <v>0.34546</v>
       </c>
       <c r="L64" s="15">
         <v>0.24994</v>
       </c>
       <c r="M64" s="15">
         <v>0.2181</v>
       </c>
       <c r="N64" s="15"/>
-      <c r="O64" s="15"/>
-      <c r="P64" s="15"/>
+      <c r="O64" s="15">
+        <v>222</v>
+      </c>
+      <c r="P64" s="15" t="s">
+        <v>171</v>
+      </c>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E65" s="15">
         <v>10080070281</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>31</v>
       </c>
       <c r="K65" s="15">
         <v>0.33223</v>
       </c>
       <c r="L65" s="15">
         <v>0.24037</v>
       </c>
       <c r="M65" s="15">
         <v>0.20975</v>
       </c>
       <c r="N65" s="15">
-        <v>1840</v>
-[...2 lines deleted...]
-      <c r="P65" s="15"/>
+        <v>1530</v>
+      </c>
+      <c r="O65" s="15">
+        <v>2070</v>
+      </c>
+      <c r="P65" s="15" t="s">
+        <v>171</v>
+      </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>240</v>
       </c>
       <c r="K66" s="15">
         <v>0.31731</v>
       </c>
       <c r="L66" s="15">
         <v>0.26612</v>
       </c>
       <c r="M66" s="15">
         <v>0.25589</v>
       </c>
       <c r="N66" s="15">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>26</v>
       </c>
       <c r="K67" s="15">
         <v>0.32126</v>
       </c>
       <c r="L67" s="15">
         <v>0.26945</v>
       </c>
       <c r="M67" s="15">
         <v>0.25908</v>
       </c>
       <c r="N67" s="15">
         <v>14</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>26</v>
       </c>
       <c r="K68" s="15">
         <v>0.31635</v>
       </c>
       <c r="L68" s="15">
         <v>0.26533</v>
       </c>
       <c r="M68" s="15">
         <v>0.25513</v>
       </c>
       <c r="N68" s="15">
         <v>18</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E69" s="15">
         <v>10080012106</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>31</v>
       </c>
       <c r="K69" s="15">
         <v>0.42663</v>
       </c>
       <c r="L69" s="15">
         <v>0.2475</v>
       </c>
       <c r="M69" s="15">
         <v>0.22308</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>23</v>
       </c>
       <c r="K70" s="15">
         <v>1.77</v>
       </c>
       <c r="L70" s="15">
         <v>1.28</v>
       </c>
       <c r="M70" s="15">
         <v>1.12</v>
       </c>
       <c r="N70" s="15">
-        <v>3792</v>
+        <v>3698</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E71" s="15">
         <v>10080010002</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>160</v>
       </c>
       <c r="K71" s="15">
         <v>1.77</v>
       </c>
       <c r="L71" s="15">
         <v>0.9306</v>
       </c>
       <c r="M71" s="15">
         <v>0.84197</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E72" s="15">
         <v>10080052119</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>22</v>
       </c>
       <c r="K72" s="15">
         <v>0.55018</v>
       </c>
       <c r="L72" s="15">
         <v>0.39806</v>
       </c>
       <c r="M72" s="15">
         <v>0.34735</v>
       </c>
       <c r="N72" s="15">
-        <v>1095</v>
+        <v>1151</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E73" s="15">
         <v>10080045606</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>22</v>
       </c>
       <c r="K73" s="15">
-        <v>1.64</v>
+        <v>1.13</v>
       </c>
       <c r="L73" s="15">
-        <v>1.18</v>
+        <v>0.98125</v>
       </c>
       <c r="M73" s="15">
-        <v>1.03</v>
+        <v>0.94351</v>
       </c>
       <c r="N73" s="15">
-        <v>3924</v>
+        <v>4100</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.28841</v>
       </c>
       <c r="L74" s="15">
         <v>0.27587</v>
       </c>
       <c r="M74" s="15">
         <v>0.26333</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E75" s="15">
         <v>10080064340</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>23</v>
       </c>
       <c r="K75" s="15">
         <v>0.35853</v>
       </c>
       <c r="L75" s="15">
         <v>0.31073</v>
       </c>
       <c r="M75" s="15">
         <v>0.29878</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E76" s="15">
         <v>10080071844</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.45281</v>
       </c>
       <c r="L76" s="15">
         <v>0.37735</v>
       </c>
       <c r="M76" s="15">
         <v>0.36225</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E77" s="15">
         <v>10080010003</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>160</v>
       </c>
       <c r="K77" s="15">
         <v>1.25</v>
       </c>
       <c r="L77" s="15">
         <v>1.1</v>
       </c>
       <c r="M77" s="15">
         <v>1.05</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
         <v>0.48936</v>
       </c>
       <c r="L78" s="15">
         <v>0.40781</v>
       </c>
       <c r="M78" s="15">
         <v>0.39149</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E79" s="15">
         <v>10080010004</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>16</v>
       </c>
       <c r="K79" s="15">
         <v>1.49</v>
       </c>
       <c r="L79" s="15">
         <v>1.32</v>
       </c>
       <c r="M79" s="15">
         <v>1.26</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E80" s="15">
         <v>10080006255</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J80" s="15">
         <v>15</v>
       </c>
       <c r="K80" s="15">
         <v>1.55</v>
       </c>
       <c r="L80" s="15">
         <v>1.12</v>
       </c>
       <c r="M80" s="15">
         <v>0.97822</v>
       </c>
       <c r="N80" s="15">
         <v>9</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>0.57739</v>
       </c>
       <c r="L81" s="15">
         <v>0.48426</v>
       </c>
       <c r="M81" s="15">
         <v>0.46564</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E82" s="15">
         <v>10080071198</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>10</v>
       </c>
       <c r="K82" s="15">
         <v>2.68</v>
       </c>
       <c r="L82" s="15">
         <v>2.24</v>
       </c>
       <c r="M82" s="15">
         <v>2.15</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>10</v>
       </c>
       <c r="K83" s="15">
         <v>1.65</v>
       </c>
       <c r="L83" s="15">
         <v>1.65</v>
       </c>
       <c r="M83" s="15">
         <v>1.65</v>
       </c>
       <c r="N83" s="15">
-        <v>2422</v>
+        <v>2662</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15">
         <v>5000</v>
       </c>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E84" s="15">
         <v>10080010005</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>12</v>
       </c>
       <c r="K84" s="15">
         <v>3.52</v>
       </c>
       <c r="L84" s="15">
         <v>1.87</v>
       </c>
       <c r="M84" s="15">
         <v>1.6</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E85" s="15">
         <v>10080049174</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>11</v>
       </c>
       <c r="K85" s="15">
-        <v>0.64458</v>
+        <v>0.6444800000000001</v>
       </c>
       <c r="L85" s="15">
-        <v>0.55864</v>
+        <v>0.55855</v>
       </c>
       <c r="M85" s="15">
-        <v>0.53715</v>
+        <v>0.53706</v>
       </c>
       <c r="N85" s="15">
-        <v>593</v>
-[...2 lines deleted...]
-      <c r="P85" s="15"/>
+        <v>742</v>
+      </c>
+      <c r="O85" s="15">
+        <v>880</v>
+      </c>
+      <c r="P85" s="15" t="s">
+        <v>171</v>
+      </c>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>12</v>
       </c>
       <c r="K86" s="15">
         <v>1.13</v>
       </c>
       <c r="L86" s="15">
         <v>0.81955</v>
       </c>
       <c r="M86" s="15">
         <v>0.71515</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.06205</v>
+        <v>0.03416</v>
       </c>
       <c r="L87" s="15">
-        <v>0.04111</v>
+        <v>0.0296</v>
       </c>
       <c r="M87" s="15">
-        <v>0.03587</v>
+        <v>0.02846</v>
       </c>
       <c r="N87" s="15">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E88" s="15">
         <v>10080060613</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>0.05467</v>
       </c>
       <c r="L88" s="15">
         <v>0</v>
       </c>
       <c r="M88" s="15">
         <v>0</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E89" s="15">
         <v>10080060601</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>2000</v>
       </c>
       <c r="K89" s="15">
         <v>0.06815</v>
       </c>
       <c r="L89" s="15">
         <v>0</v>
       </c>
       <c r="M89" s="15">
         <v>0</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E90" s="15">
         <v>10080060614</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.07469000000000001</v>
       </c>
       <c r="L90" s="15">
         <v>0</v>
       </c>
       <c r="M90" s="15">
         <v>0</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E91" s="15">
         <v>10080012018</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.22469</v>
       </c>
       <c r="L91" s="15">
         <v>0.11937</v>
       </c>
       <c r="M91" s="15">
         <v>0.10181</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E92" s="15">
         <v>10080050582</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.06111</v>
+        <v>0.04373</v>
       </c>
       <c r="L92" s="15">
-        <v>0.04421</v>
+        <v>0.0379</v>
       </c>
       <c r="M92" s="15">
-        <v>0.03858</v>
+        <v>0.03644</v>
       </c>
       <c r="N92" s="15">
-        <v>2647</v>
+        <v>3555</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E93" s="15">
         <v>10080009992</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.279</v>
       </c>
       <c r="L93" s="15">
         <v>0.14822</v>
       </c>
       <c r="M93" s="15">
         <v>0.12643</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E94" s="15">
         <v>10080046081</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.06290999999999999</v>
       </c>
       <c r="L94" s="15">
         <v>0.04551</v>
       </c>
       <c r="M94" s="15">
         <v>0.03972</v>
       </c>
       <c r="N94" s="15">
-        <v>1113</v>
+        <v>1025</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1200</v>
       </c>
       <c r="K95" s="15">
         <v>0.18404</v>
       </c>
       <c r="L95" s="15">
         <v>0.15437</v>
       </c>
       <c r="M95" s="15">
         <v>0.14844</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E96" s="15">
         <v>10080047084</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>86</v>
       </c>
       <c r="K96" s="15">
-        <v>0.33967</v>
+        <v>0.23601</v>
       </c>
       <c r="L96" s="15">
-        <v>0.24575</v>
+        <v>0.20454</v>
       </c>
       <c r="M96" s="15">
-        <v>0.21445</v>
+        <v>0.19668</v>
       </c>
       <c r="N96" s="15">
-        <v>4350</v>
+        <v>3300</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E97" s="15">
         <v>10080009768</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.32843</v>
       </c>
       <c r="L97" s="15">
         <v>0.17447</v>
       </c>
       <c r="M97" s="15">
         <v>0.14882</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E98" s="15">
         <v>10080046082</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.05357</v>
       </c>
       <c r="L98" s="15">
         <v>0.04642</v>
       </c>
       <c r="M98" s="15">
         <v>0.04464</v>
       </c>
       <c r="N98" s="15">
-        <v>2604</v>
+        <v>2090</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
         <v>0.21811</v>
       </c>
       <c r="L99" s="15">
         <v>0.21811</v>
       </c>
       <c r="M99" s="15">
         <v>0.21811</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E100" s="15">
         <v>10080047083</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>72</v>
       </c>
       <c r="K100" s="15">
         <v>0.17052</v>
       </c>
       <c r="L100" s="15">
         <v>0.13983</v>
       </c>
       <c r="M100" s="15">
         <v>0.13414</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E101" s="15">
         <v>10080053151</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>76</v>
       </c>
       <c r="K101" s="15">
         <v>0.09286999999999999</v>
       </c>
       <c r="L101" s="15">
         <v>0.07738</v>
       </c>
       <c r="M101" s="15">
         <v>0.07428999999999999</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E102" s="15">
         <v>10080009993</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.36668</v>
       </c>
       <c r="L102" s="15">
         <v>0.19251</v>
       </c>
       <c r="M102" s="15">
         <v>0.17418</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E103" s="15">
         <v>10080060602</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>62</v>
       </c>
       <c r="K103" s="15">
         <v>0.0857</v>
       </c>
       <c r="L103" s="15">
         <v>0</v>
       </c>
       <c r="M103" s="15">
         <v>0</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E104" s="15">
         <v>10080048066</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.07679999999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.06655999999999999</v>
       </c>
       <c r="M104" s="15">
         <v>0.064</v>
       </c>
       <c r="N104" s="15">
-        <v>700</v>
+        <v>568</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>0.10929</v>
       </c>
       <c r="L105" s="15">
         <v>0.10929</v>
       </c>
       <c r="M105" s="15">
         <v>0.10929</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E106" s="15">
         <v>10080047085</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>54</v>
       </c>
       <c r="K106" s="15">
         <v>0.2139</v>
       </c>
       <c r="L106" s="15">
         <v>0.1754</v>
       </c>
       <c r="M106" s="15">
         <v>0.16827</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E107" s="15">
         <v>10080046717</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>200</v>
       </c>
       <c r="K107" s="15">
         <v>0.16376</v>
       </c>
       <c r="L107" s="15">
         <v>0</v>
       </c>
       <c r="M107" s="15">
         <v>0</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.11954</v>
       </c>
       <c r="L108" s="15">
         <v>0.07969999999999999</v>
       </c>
       <c r="M108" s="15">
         <v>0.07306</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E109" s="15">
         <v>10080009994</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>680</v>
       </c>
       <c r="K109" s="15">
         <v>0.53585</v>
       </c>
       <c r="L109" s="15">
         <v>0.28467</v>
       </c>
       <c r="M109" s="15">
         <v>0.2428</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E110" s="15">
         <v>10080060603</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>44</v>
       </c>
       <c r="K110" s="15">
         <v>0.09912</v>
       </c>
       <c r="L110" s="15">
         <v>0</v>
       </c>
       <c r="M110" s="15">
         <v>0</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E111" s="15">
         <v>10080046083</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
-        <v>0.102</v>
+        <v>0.0687</v>
       </c>
       <c r="L111" s="15">
-        <v>0.07285999999999999</v>
+        <v>0.05954</v>
       </c>
       <c r="M111" s="15">
-        <v>0.06557</v>
+        <v>0.05725</v>
       </c>
       <c r="N111" s="15">
-        <v>671</v>
+        <v>420</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>0.02174</v>
       </c>
       <c r="L112" s="15">
         <v>0.01486</v>
       </c>
       <c r="M112" s="15">
         <v>0.01328</v>
       </c>
       <c r="N112" s="15">
         <v>1</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E113" s="15">
         <v>10080011200</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
         <v>0.21111</v>
       </c>
       <c r="L113" s="15">
         <v>0.1478</v>
       </c>
       <c r="M113" s="15">
         <v>0.13721</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
         <v>0.28376</v>
       </c>
       <c r="L114" s="15">
         <v>0.18958</v>
       </c>
       <c r="M114" s="15">
         <v>0.17267</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.17983</v>
       </c>
       <c r="L115" s="15">
         <v>0.16751</v>
       </c>
       <c r="M115" s="15">
         <v>0.16135</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E116" s="15">
         <v>10080060615</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>46</v>
       </c>
       <c r="K116" s="15">
         <v>0.15177</v>
       </c>
       <c r="L116" s="15">
         <v>0</v>
       </c>
       <c r="M116" s="15">
         <v>0</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E117" s="15">
         <v>10080060604</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>34</v>
       </c>
       <c r="K117" s="15">
         <v>0.12843</v>
       </c>
       <c r="L117" s="15">
         <v>0</v>
       </c>
       <c r="M117" s="15">
         <v>0</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E118" s="15">
         <v>10080009995</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>480</v>
       </c>
       <c r="K118" s="15">
         <v>0.5655</v>
       </c>
       <c r="L118" s="15">
         <v>0.30043</v>
       </c>
       <c r="M118" s="15">
         <v>0.25624</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E119" s="15">
         <v>10080055984</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
-        <v>0.14322</v>
+        <v>0.09601999999999999</v>
       </c>
       <c r="L119" s="15">
-        <v>0.1023</v>
+        <v>0.08321000000000001</v>
       </c>
       <c r="M119" s="15">
-        <v>0.09207</v>
+        <v>0.08001</v>
       </c>
       <c r="N119" s="15">
-        <v>250</v>
+        <v>313</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E120" s="15">
         <v>10080010755</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>440</v>
       </c>
       <c r="K120" s="15">
         <v>0.3</v>
       </c>
       <c r="L120" s="15">
         <v>0.25</v>
       </c>
       <c r="M120" s="15">
         <v>0.24001</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E121" s="15">
         <v>10080048090</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
-        <v>0.07197000000000001</v>
+        <v>0.10688</v>
       </c>
       <c r="L121" s="15">
-        <v>0.07197000000000001</v>
+        <v>0.09263</v>
       </c>
       <c r="M121" s="15">
-        <v>0.07197000000000001</v>
+        <v>0.08906</v>
       </c>
       <c r="N121" s="15">
-        <v>1462</v>
+        <v>1441</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E122" s="15">
         <v>10080009996</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>400</v>
       </c>
       <c r="K122" s="15">
         <v>0.30976</v>
       </c>
       <c r="L122" s="15">
         <v>0.27873</v>
       </c>
       <c r="M122" s="15">
         <v>0.2632</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E123" s="15">
         <v>10080054777</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.11702</v>
       </c>
       <c r="L123" s="15">
         <v>0.10141</v>
       </c>
       <c r="M123" s="15">
         <v>0.09751</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E124" s="15">
         <v>10080049842</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>250</v>
       </c>
       <c r="K124" s="15">
         <v>0.23639</v>
       </c>
       <c r="L124" s="15">
         <v>0.13714</v>
       </c>
       <c r="M124" s="15">
         <v>0.12361</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E125" s="15">
         <v>10080010875</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>360</v>
       </c>
       <c r="K125" s="15">
         <v>0.82223</v>
       </c>
       <c r="L125" s="15">
         <v>0.67422</v>
       </c>
       <c r="M125" s="15">
         <v>0.64681</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E126" s="15">
         <v>10080009997</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>22</v>
       </c>
       <c r="K126" s="15">
         <v>0.42096</v>
       </c>
       <c r="L126" s="15">
         <v>0.34518</v>
       </c>
       <c r="M126" s="15">
         <v>0.33114</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E127" s="15">
         <v>10080049175</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>250</v>
       </c>
       <c r="K127" s="15">
-        <v>0.13635</v>
+        <v>0.13578</v>
       </c>
       <c r="L127" s="15">
-        <v>0.11817</v>
+        <v>0.11768</v>
       </c>
       <c r="M127" s="15">
-        <v>0.11363</v>
+        <v>0.11315</v>
       </c>
       <c r="N127" s="15">
-        <v>600</v>
+        <v>870</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E128" s="15">
         <v>10080009767</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>200</v>
       </c>
       <c r="K128" s="15">
         <v>1.06</v>
       </c>
       <c r="L128" s="15">
         <v>0.55808</v>
       </c>
       <c r="M128" s="15">
         <v>0.50493</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E129" s="15">
         <v>10080049176</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>15</v>
       </c>
       <c r="K129" s="15">
         <v>0.21278</v>
       </c>
       <c r="L129" s="15">
         <v>0.18441</v>
       </c>
       <c r="M129" s="15">
         <v>0.17731</v>
       </c>
       <c r="N129" s="15">
-        <v>590</v>
+        <v>659</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E130" s="15">
         <v>10080026016</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>160</v>
       </c>
       <c r="K130" s="15">
         <v>1.38</v>
       </c>
       <c r="L130" s="15">
         <v>0.70609</v>
       </c>
       <c r="M130" s="15">
         <v>0.63366</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E131" s="15">
         <v>10080070747</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>12</v>
       </c>
       <c r="K131" s="15">
-        <v>0.35347</v>
+        <v>0.25293</v>
       </c>
       <c r="L131" s="15">
-        <v>0.25574</v>
+        <v>0.21921</v>
       </c>
       <c r="M131" s="15">
-        <v>0.22316</v>
+        <v>0.21078</v>
       </c>
       <c r="N131" s="15">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E132" s="15">
         <v>10080010006</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>160</v>
       </c>
       <c r="K132" s="15">
         <v>1.47</v>
       </c>
       <c r="L132" s="15">
         <v>0.78054</v>
       </c>
       <c r="M132" s="15">
         <v>0.66577</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E133" s="15">
         <v>10080046084</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>11</v>
       </c>
       <c r="K133" s="15">
         <v>0.25995</v>
       </c>
       <c r="L133" s="15">
         <v>0.22529</v>
       </c>
       <c r="M133" s="15">
         <v>0.21663</v>
       </c>
       <c r="N133" s="15">
-        <v>1961</v>
+        <v>1431</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>52</v>
       </c>
       <c r="K134" s="15">
         <v>0.09576999999999999</v>
       </c>
       <c r="L134" s="15">
         <v>0.09576999999999999</v>
       </c>
       <c r="M134" s="15">
         <v>0.09576999999999999</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15">
         <v>1040</v>
       </c>
@@ -6620,317 +6635,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>