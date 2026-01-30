--- v3 (2026-01-09)
+++ v4 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="357">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -529,68 +529,74 @@
   <si>
     <t>Гнездо на плату с шагом 1,27, двухрядное, SMD, H=4.4mm, 28 контактов / PBD1.27-28S (DS1065-05-2x14S8BSSRS)</t>
   </si>
   <si>
     <t>UT-00102779</t>
   </si>
   <si>
     <t>HFIDS3-15-01-001-T</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х15 шаг 1.27 / PBD1.27-30 (HFIDS3-15-01-001-T)</t>
   </si>
   <si>
     <t>KLS1-208C-4.4-2-30-S</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х15 шаг 1.27 / PBD1.27-30 (KLS1-208C-4.4-2-30-S)</t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-2-30-S</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х15 шаг 1.27 / PBD1.27-30 (L-KLS1-208C-3.4-2-30-S)</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.3-2-30-T3</t>
   </si>
   <si>
     <t>Гнездо на плату с шагом 1,27, двухрядное, SMD, H=4.3mm, 30 контактов / PBD1.27-30S (L-KLS1-208C-4.3-2-30-T3)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-208C-4.3-2-30-T3 KLS, </t>
+  </si>
+  <si>
     <t>L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R</t>
   </si>
   <si>
     <t>розетка прямая двухрядная, шаг 1.27мм, SMD, h=4.6мм, с внешними направляющими, в катушке / PBD1.27-30S (L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R)</t>
   </si>
   <si>
     <t>UT-00099595</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R KLS, </t>
+  </si>
+  <si>
     <t>розетка прямая двухрядная, шаг 1.27мм, SMD, h=4.6мм, с внешними направляющими / PBD1.27-30S (L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R)</t>
   </si>
   <si>
     <t>UT-00119572</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-T</t>
   </si>
   <si>
     <t>розетка прямая двухрядная, шаг 1.27мм, SMD, h=4.6мм, с внешними направляющими, в тубе / PBD1.27-30S (L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-T)</t>
   </si>
   <si>
     <t>UT-00132279</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.4-2-30-T3</t>
   </si>
   <si>
     <t>Гнездо на плату с шагом 1,27, двухрядное, SMD, H=4.4mm, 30 контактов / PBD1.27-30S (L-KLS1-208C-4.4-2-30-T3)</t>
   </si>
   <si>
     <t>DS1065-03-2x20S8BV</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х20 шаг 1,27, h=4.4мм / PBD1.27-40 (DS1065-03-2x20S8BV)</t>
@@ -682,50 +688,53 @@
   <si>
     <t>шаг 1,27мм / PBD1.27-80 (5PS3SDA44-240G0BENTU-00)</t>
   </si>
   <si>
     <t>5PS3SDC44-240G0BENTU-00</t>
   </si>
   <si>
     <t>розетка двухрядная на плату прямая, 2х40 конт., шаг 1,27мм, с направляющими и ключом / PBD1.27-80 (5PS3SDC44-240G0BENTU-00)</t>
   </si>
   <si>
     <t>UT-00093524</t>
   </si>
   <si>
     <t>HFIDS3-40-01-001-T</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х40 шаг 1,27 / PBD1.27-80 (HFIDS3-40-01-001-T)</t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-2-80-S</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х40 шаг 1,27 / PBD1.27-80 (L-KLS1-208C-3.4-2-80-S)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-208C-3.4-2-80-S KLS, </t>
+  </si>
+  <si>
     <t>UT-00134728</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.6-1-02-S</t>
   </si>
   <si>
     <t>гнездо на плату шаг1,27мм / PBS1.27-02 (L-KLS1-208C-4.6-1-02-S)</t>
   </si>
   <si>
     <t>10-00060508</t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-1-02-R</t>
   </si>
   <si>
     <t>гнездо на плату угловой шаг1,27мм / PBS1.27-02R (L-KLS1-208C-3.4-1-02-R)</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.4-1-03-S</t>
   </si>
   <si>
     <t>гнездо на плату однорядное шаг1,27мм H=4.4 / PBS1.27-03 (L-KLS1-208C-4.4-1-03-S)</t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-1-03-R</t>
@@ -784,50 +793,53 @@
   <si>
     <t>гнездо на плату шаг1,27мм / PBS1.27-06 (L-KLS1-208C-4.6-1-06-S)</t>
   </si>
   <si>
     <t>DS1065-02-1x6S8BS1SR</t>
   </si>
   <si>
     <t>гнездо на плату, однорядное, шаг1,27мм, SMD 6 контактов / PBS1.27-06AS (DS1065-02-1x6S8BS1SR)</t>
   </si>
   <si>
     <t>UT-00132767</t>
   </si>
   <si>
     <t>DS1065-02-1x6S8BS2</t>
   </si>
   <si>
     <t>гнездо на плату однорядное 1х06 шаг 1,27 SMD / PBS1.27-06BS (DS1065-02-1x6S8BS2)</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.3-1-06-R</t>
   </si>
   <si>
     <t>гнездо на плату угловой шаг1,27мм / PBS1.27-06R (L-KLS1-208C-4.3-1-06-R)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-208C-4.3-1-06-R KLS, </t>
+  </si>
+  <si>
     <t>HFJSS4Y-07-01-001-T</t>
   </si>
   <si>
     <t>гнездо на плату шаг1,27мм / PBS1.27-07 (HFJSS4Y-07-01-001-T)</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.4-1-07-S</t>
   </si>
   <si>
     <t>гнездо на плату однорядное шаг1,27мм H=4.4 / PBS1.27-07 (L-KLS1-208C-4.4-1-07-S)</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.6-1-08-S</t>
   </si>
   <si>
     <t>гнездо на плату шаг1,27мм / PBS1.27-08 (L-KLS1-208C-4.6-1-08-S)</t>
   </si>
   <si>
     <t>DS1065-22-1x8S8BV</t>
   </si>
   <si>
     <t>гнездо на плату однорядное, 8 конт., шаг 1.27, H=3.4mm / PBS1.27-08 (DS1065-22-1x8S8BV)</t>
   </si>
   <si>
     <t>UT-00120032</t>
@@ -859,78 +871,78 @@
   <si>
     <t>гнездо на плату шаг1,27мм / PBS1.27-10 (HFJSS4Y-10-01-001-T)</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.4-1-10-S</t>
   </si>
   <si>
     <t>гнездо на плату однорядное шаг1,27мм H=4.3 / PBS1.27-10 (L-KLS1-208C-4.4-1-10-S)</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.6-1-10-S</t>
   </si>
   <si>
     <t>гнездо на плату однорядное шаг1,27мм / PBS1.27-10 (L-KLS1-208C-4.6-1-10-S)</t>
   </si>
   <si>
     <t>DS1065-02-1x10S8BS1</t>
   </si>
   <si>
     <t>гнездо на плату, однорядное, шаг1,27мм, SMD 10 контактов / PBS1.27-10AS (DS1065-02-1x10S8BS1)</t>
   </si>
   <si>
     <t>10-00060486</t>
   </si>
   <si>
-    <t xml:space="preserve">KLS1-208C-4.3-1-10-T1 KLS, </t>
+    <t xml:space="preserve">DS1065-02-1x10S8BS2 CONNFLY, KLS1-208C-4.3-1-10-T1 KLS, KLS1-208C-4.3-1-10-T1 KLS, </t>
   </si>
   <si>
     <t>KLS1-208C-4.3-1-10-T1</t>
   </si>
   <si>
     <t>гнездо на плату, однорядное, шаг1,27мм, SMD 10 контактов / PBS1.27-10AS (KLS1-208C-4.3-1-10-T1)</t>
   </si>
   <si>
-    <t xml:space="preserve">DS1065-02-1x10S8BS1 CONNFLY, </t>
+    <t xml:space="preserve">DS1065-02-1x10S8BS2 CONNFLY, DS1065-02-1x10S8BS1 CONNFLY, KLS1-208C-4.3-1-10-T1 KLS, </t>
   </si>
   <si>
     <t>DS1065-02-1x10S8BS2</t>
   </si>
   <si>
     <t>гнездо на плату однорядное 2х05 шаг 1,27 SMD / PBS1.27-10BS (DS1065-02-1x10S8BS2)</t>
   </si>
   <si>
     <t>10-00060485</t>
   </si>
   <si>
+    <t xml:space="preserve">DS1065-02-1x10S8BS1 CONNFLY, KLS1-208C-4.3-1-10-T1 KLS, KLS1-208C-4.3-1-10-T1 KLS, </t>
+  </si>
+  <si>
     <t>гнездо на плату однорядное 2х05 шаг 1,27 SMD / PBS1.27-10BS (KLS1-208C-4.3-1-10-T1)</t>
   </si>
   <si>
     <t>10-00060561</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">DS1065-02-1x10S8BS2 CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-1-10-R</t>
   </si>
   <si>
     <t>гнездо на плату угловой шаг1,27мм / PBS1.27-10R (L-KLS1-208C-3.4-1-10-R)</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.4-1-13-S</t>
   </si>
   <si>
     <t>гнездо на плату однорядное шаг1,27мм H=4.4 / PBS1.27-13 (L-KLS1-208C-4.4-1-13-S)</t>
   </si>
   <si>
     <t>HFJSS4Y-14-01-001-T</t>
   </si>
   <si>
     <t>гнездо на плату шаг1,27мм / PBS1.27-14 (HFJSS4Y-14-01-001-T)</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.6-1-14-S</t>
   </si>
   <si>
     <t>гнездо на плату шаг1,27мм / PBS1.27-14 (L-KLS1-208C-4.6-1-14-S)</t>
   </si>
@@ -1917,90 +1929,90 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>205</v>
       </c>
       <c r="K11" s="15">
         <v>0.04563</v>
       </c>
       <c r="L11" s="15">
         <v>0.04563</v>
       </c>
       <c r="M11" s="15">
         <v>0.04563</v>
       </c>
       <c r="N11" s="15">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080033247</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.7924</v>
       </c>
       <c r="L12" s="15">
         <v>0.42097</v>
       </c>
       <c r="M12" s="15">
         <v>0.35905</v>
       </c>
       <c r="N12" s="15">
-        <v>1383</v>
+        <v>1158</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080060616</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="15"/>
@@ -2067,51 +2079,51 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080049742</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>145</v>
       </c>
       <c r="K15" s="15">
         <v>0.08735999999999999</v>
       </c>
       <c r="L15" s="15">
         <v>0.07571</v>
       </c>
       <c r="M15" s="15">
         <v>0.0728</v>
       </c>
       <c r="N15" s="15">
-        <v>3551</v>
+        <v>3238</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080060617</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I16" s="15"/>
@@ -2145,51 +2157,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.17247</v>
       </c>
       <c r="L17" s="15">
         <v>0.14947</v>
       </c>
       <c r="M17" s="15">
         <v>0.14373</v>
       </c>
       <c r="N17" s="15">
-        <v>330</v>
+        <v>237</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
@@ -2223,90 +2235,90 @@
       </c>
       <c r="E19" s="15">
         <v>10080071367</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J19" s="15">
         <v>143</v>
       </c>
       <c r="K19" s="15">
         <v>0.12252</v>
       </c>
       <c r="L19" s="15">
         <v>0.08864</v>
       </c>
       <c r="M19" s="15">
         <v>0.07735</v>
       </c>
       <c r="N19" s="15">
-        <v>7277</v>
+        <v>4851</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15">
         <v>10080047881</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>105</v>
       </c>
       <c r="K20" s="15">
         <v>0.08498</v>
       </c>
       <c r="L20" s="15">
         <v>0.07364999999999999</v>
       </c>
       <c r="M20" s="15">
         <v>0.07081</v>
       </c>
       <c r="N20" s="15">
-        <v>2738</v>
+        <v>3560</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080015788</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I21" s="15"/>
@@ -2377,51 +2389,51 @@
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080046080</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>86</v>
       </c>
       <c r="K23" s="15">
         <v>0.09805999999999999</v>
       </c>
       <c r="L23" s="15">
         <v>0.08498</v>
       </c>
       <c r="M23" s="15">
         <v>0.08171</v>
       </c>
       <c r="N23" s="15">
-        <v>1363</v>
+        <v>1129</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080054731</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I24" s="15"/>
@@ -2494,51 +2506,51 @@
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080055222</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1100</v>
       </c>
       <c r="K26" s="15">
         <v>0.31754</v>
       </c>
       <c r="L26" s="15">
         <v>0.2752</v>
       </c>
       <c r="M26" s="15">
         <v>0.26461</v>
       </c>
       <c r="N26" s="15">
-        <v>33892</v>
+        <v>34385</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>
@@ -2640,51 +2652,51 @@
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080049386</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>90</v>
       </c>
       <c r="K30" s="15">
         <v>0.07937</v>
       </c>
       <c r="L30" s="15">
         <v>0.06877999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06614</v>
       </c>
       <c r="N30" s="15">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10080012105</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2718,90 +2730,90 @@
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080025929</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>152</v>
       </c>
       <c r="K32" s="15">
         <v>0.30791</v>
       </c>
       <c r="L32" s="15">
         <v>0.26234</v>
       </c>
       <c r="M32" s="15">
         <v>0.24633</v>
       </c>
       <c r="N32" s="15">
-        <v>469</v>
+        <v>431</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080054774</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>72</v>
       </c>
       <c r="K33" s="15">
         <v>0.23442</v>
       </c>
       <c r="L33" s="15">
         <v>0.13524</v>
       </c>
       <c r="M33" s="15">
         <v>0.12172</v>
       </c>
       <c r="N33" s="15">
-        <v>590</v>
+        <v>229</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080038671</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15"/>
@@ -2833,90 +2845,90 @@
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>850</v>
       </c>
       <c r="K35" s="15">
         <v>0.14484</v>
       </c>
       <c r="L35" s="15">
         <v>0.12553</v>
       </c>
       <c r="M35" s="15">
         <v>0.1207</v>
       </c>
       <c r="N35" s="15">
-        <v>379</v>
+        <v>114</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="15">
         <v>10080047086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>62</v>
       </c>
       <c r="K36" s="15">
         <v>0.3971</v>
       </c>
       <c r="L36" s="15">
         <v>0.34415</v>
       </c>
       <c r="M36" s="15">
         <v>0.33091</v>
       </c>
       <c r="N36" s="15">
-        <v>1602</v>
+        <v>1638</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080060619</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I37" s="15"/>
@@ -2985,90 +2997,90 @@
       <c r="D39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10080054775</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>55</v>
       </c>
       <c r="K39" s="15">
         <v>0.118</v>
       </c>
       <c r="L39" s="15">
         <v>0.118</v>
       </c>
       <c r="M39" s="15">
         <v>0.118</v>
       </c>
       <c r="N39" s="15">
-        <v>1670</v>
+        <v>1802</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>54</v>
       </c>
       <c r="K40" s="15">
         <v>0.41142</v>
       </c>
       <c r="L40" s="15">
         <v>0.35656</v>
       </c>
       <c r="M40" s="15">
         <v>0.34285</v>
       </c>
       <c r="N40" s="15">
-        <v>1678</v>
+        <v>1408</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="15"/>
@@ -3172,51 +3184,51 @@
       <c r="D44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E44" s="15">
         <v>10080054776</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>44</v>
       </c>
       <c r="K44" s="15">
         <v>0.14711</v>
       </c>
       <c r="L44" s="15">
         <v>0.12749</v>
       </c>
       <c r="M44" s="15">
         <v>0.12259</v>
       </c>
       <c r="N44" s="15">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="15"/>
@@ -3464,51 +3476,51 @@
       <c r="D52" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.19806</v>
       </c>
       <c r="L52" s="15">
         <v>0.17165</v>
       </c>
       <c r="M52" s="15">
         <v>0.16505</v>
       </c>
       <c r="N52" s="15">
-        <v>2079</v>
+        <v>2211</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I53" s="15"/>
@@ -3575,51 +3587,51 @@
       <c r="D55" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E55" s="15">
         <v>10080010000</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>42</v>
       </c>
       <c r="K55" s="15">
         <v>0.73407</v>
       </c>
       <c r="L55" s="15">
         <v>0.64538</v>
       </c>
       <c r="M55" s="15">
         <v>0.61583</v>
       </c>
       <c r="N55" s="15">
-        <v>476</v>
+        <v>465</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I56" s="15"/>
@@ -3786,60 +3798,60 @@
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>900</v>
       </c>
       <c r="K61" s="15">
-        <v>1.34</v>
+        <v>0.92705</v>
       </c>
       <c r="L61" s="15">
-        <v>0.97031</v>
+        <v>0.80344</v>
       </c>
       <c r="M61" s="15">
-        <v>0.8467</v>
+        <v>0.77254</v>
       </c>
       <c r="N61" s="15">
-        <v>621</v>
+        <v>801</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="15">
         <v>10080010001</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I62" s="15"/>
@@ -3899,2679 +3911,2691 @@
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E64" s="15">
         <v>10080049173</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>30</v>
       </c>
       <c r="K64" s="15">
-        <v>0.34546</v>
+        <v>0.24975</v>
       </c>
       <c r="L64" s="15">
-        <v>0.24994</v>
+        <v>0.21645</v>
       </c>
       <c r="M64" s="15">
-        <v>0.2181</v>
+        <v>0.20813</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="P64" s="15" t="s">
         <v>171</v>
       </c>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E65" s="15">
         <v>10080070281</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="I65" s="15"/>
+      <c r="I65" s="15" t="s">
+        <v>174</v>
+      </c>
       <c r="J65" s="15">
         <v>31</v>
       </c>
       <c r="K65" s="15">
         <v>0.33223</v>
       </c>
       <c r="L65" s="15">
         <v>0.24037</v>
       </c>
       <c r="M65" s="15">
         <v>0.20975</v>
       </c>
       <c r="N65" s="15">
-        <v>1530</v>
+        <v>1441</v>
       </c>
       <c r="O65" s="15">
-        <v>2070</v>
+        <v>1950</v>
       </c>
       <c r="P65" s="15" t="s">
         <v>171</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="I66" s="15"/>
+      <c r="I66" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="J66" s="15">
         <v>240</v>
       </c>
       <c r="K66" s="15">
         <v>0.31731</v>
       </c>
       <c r="L66" s="15">
         <v>0.26612</v>
       </c>
       <c r="M66" s="15">
         <v>0.25589</v>
       </c>
       <c r="N66" s="15">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="I67" s="15"/>
+      <c r="I67" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="J67" s="15">
         <v>26</v>
       </c>
       <c r="K67" s="15">
         <v>0.32126</v>
       </c>
       <c r="L67" s="15">
         <v>0.26945</v>
       </c>
       <c r="M67" s="15">
         <v>0.25908</v>
       </c>
       <c r="N67" s="15">
         <v>14</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>26</v>
       </c>
       <c r="K68" s="15">
         <v>0.31635</v>
       </c>
       <c r="L68" s="15">
         <v>0.26533</v>
       </c>
       <c r="M68" s="15">
         <v>0.25513</v>
       </c>
       <c r="N68" s="15">
         <v>18</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E69" s="15">
         <v>10080012106</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>31</v>
       </c>
       <c r="K69" s="15">
         <v>0.42663</v>
       </c>
       <c r="L69" s="15">
         <v>0.2475</v>
       </c>
       <c r="M69" s="15">
         <v>0.22308</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>23</v>
       </c>
       <c r="K70" s="15">
         <v>1.77</v>
       </c>
       <c r="L70" s="15">
         <v>1.28</v>
       </c>
       <c r="M70" s="15">
         <v>1.12</v>
       </c>
       <c r="N70" s="15">
-        <v>3698</v>
+        <v>3511</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E71" s="15">
         <v>10080010002</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>160</v>
       </c>
       <c r="K71" s="15">
         <v>1.77</v>
       </c>
       <c r="L71" s="15">
         <v>0.9306</v>
       </c>
       <c r="M71" s="15">
         <v>0.84197</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E72" s="15">
         <v>10080052119</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>22</v>
       </c>
       <c r="K72" s="15">
         <v>0.55018</v>
       </c>
       <c r="L72" s="15">
         <v>0.39806</v>
       </c>
       <c r="M72" s="15">
         <v>0.34735</v>
       </c>
       <c r="N72" s="15">
-        <v>1151</v>
+        <v>1248</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E73" s="15">
         <v>10080045606</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>22</v>
       </c>
       <c r="K73" s="15">
         <v>1.13</v>
       </c>
       <c r="L73" s="15">
         <v>0.98125</v>
       </c>
       <c r="M73" s="15">
         <v>0.94351</v>
       </c>
       <c r="N73" s="15">
-        <v>4100</v>
+        <v>3690</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.28841</v>
       </c>
       <c r="L74" s="15">
         <v>0.27587</v>
       </c>
       <c r="M74" s="15">
         <v>0.26333</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E75" s="15">
         <v>10080064340</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>23</v>
       </c>
       <c r="K75" s="15">
         <v>0.35853</v>
       </c>
       <c r="L75" s="15">
         <v>0.31073</v>
       </c>
       <c r="M75" s="15">
         <v>0.29878</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E76" s="15">
         <v>10080071844</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.45281</v>
       </c>
       <c r="L76" s="15">
         <v>0.37735</v>
       </c>
       <c r="M76" s="15">
         <v>0.36225</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E77" s="15">
         <v>10080010003</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>160</v>
       </c>
       <c r="K77" s="15">
         <v>1.25</v>
       </c>
       <c r="L77" s="15">
         <v>1.1</v>
       </c>
       <c r="M77" s="15">
         <v>1.05</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
         <v>0.48936</v>
       </c>
       <c r="L78" s="15">
         <v>0.40781</v>
       </c>
       <c r="M78" s="15">
         <v>0.39149</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E79" s="15">
         <v>10080010004</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>16</v>
       </c>
       <c r="K79" s="15">
         <v>1.49</v>
       </c>
       <c r="L79" s="15">
         <v>1.32</v>
       </c>
       <c r="M79" s="15">
         <v>1.26</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E80" s="15">
         <v>10080006255</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="J80" s="15">
         <v>15</v>
       </c>
       <c r="K80" s="15">
         <v>1.55</v>
       </c>
       <c r="L80" s="15">
         <v>1.12</v>
       </c>
       <c r="M80" s="15">
         <v>0.97822</v>
       </c>
       <c r="N80" s="15">
         <v>9</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>0.57739</v>
       </c>
       <c r="L81" s="15">
         <v>0.48426</v>
       </c>
       <c r="M81" s="15">
         <v>0.46564</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E82" s="15">
         <v>10080071198</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>10</v>
       </c>
       <c r="K82" s="15">
         <v>2.68</v>
       </c>
       <c r="L82" s="15">
         <v>2.24</v>
       </c>
       <c r="M82" s="15">
         <v>2.15</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>10</v>
       </c>
       <c r="K83" s="15">
         <v>1.65</v>
       </c>
       <c r="L83" s="15">
         <v>1.65</v>
       </c>
       <c r="M83" s="15">
         <v>1.65</v>
       </c>
       <c r="N83" s="15">
-        <v>2662</v>
+        <v>2512</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15">
         <v>5000</v>
       </c>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E84" s="15">
         <v>10080010005</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>12</v>
       </c>
       <c r="K84" s="15">
         <v>3.52</v>
       </c>
       <c r="L84" s="15">
         <v>1.87</v>
       </c>
       <c r="M84" s="15">
         <v>1.6</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E85" s="15">
         <v>10080049174</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="I85" s="15"/>
+      <c r="I85" s="15" t="s">
+        <v>224</v>
+      </c>
       <c r="J85" s="15">
         <v>11</v>
       </c>
       <c r="K85" s="15">
         <v>0.6444800000000001</v>
       </c>
       <c r="L85" s="15">
         <v>0.55855</v>
       </c>
       <c r="M85" s="15">
         <v>0.53706</v>
       </c>
       <c r="N85" s="15">
-        <v>742</v>
+        <v>374</v>
       </c>
       <c r="O85" s="15">
-        <v>880</v>
+        <v>810</v>
       </c>
       <c r="P85" s="15" t="s">
         <v>171</v>
       </c>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="I86" s="15"/>
+      <c r="I86" s="15" t="s">
+        <v>224</v>
+      </c>
       <c r="J86" s="15">
         <v>12</v>
       </c>
       <c r="K86" s="15">
         <v>1.13</v>
       </c>
       <c r="L86" s="15">
         <v>0.81955</v>
       </c>
       <c r="M86" s="15">
         <v>0.71515</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.03416</v>
       </c>
       <c r="L87" s="15">
         <v>0.0296</v>
       </c>
       <c r="M87" s="15">
         <v>0.02846</v>
       </c>
       <c r="N87" s="15">
-        <v>325</v>
+        <v>421</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="E88" s="15">
         <v>10080060613</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>0.05467</v>
       </c>
       <c r="L88" s="15">
         <v>0</v>
       </c>
       <c r="M88" s="15">
         <v>0</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="E89" s="15">
         <v>10080060601</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>2000</v>
       </c>
       <c r="K89" s="15">
         <v>0.06815</v>
       </c>
       <c r="L89" s="15">
         <v>0</v>
       </c>
       <c r="M89" s="15">
         <v>0</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E90" s="15">
         <v>10080060614</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.07469000000000001</v>
       </c>
       <c r="L90" s="15">
         <v>0</v>
       </c>
       <c r="M90" s="15">
         <v>0</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E91" s="15">
         <v>10080012018</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.22469</v>
       </c>
       <c r="L91" s="15">
         <v>0.11937</v>
       </c>
       <c r="M91" s="15">
         <v>0.10181</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="E92" s="15">
         <v>10080050582</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.04373</v>
       </c>
       <c r="L92" s="15">
         <v>0.0379</v>
       </c>
       <c r="M92" s="15">
         <v>0.03644</v>
       </c>
       <c r="N92" s="15">
-        <v>3555</v>
+        <v>2528</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="E93" s="15">
         <v>10080009992</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.279</v>
       </c>
       <c r="L93" s="15">
         <v>0.14822</v>
       </c>
       <c r="M93" s="15">
         <v>0.12643</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="E94" s="15">
         <v>10080046081</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.06290999999999999</v>
       </c>
       <c r="L94" s="15">
         <v>0.04551</v>
       </c>
       <c r="M94" s="15">
         <v>0.03972</v>
       </c>
       <c r="N94" s="15">
-        <v>1025</v>
+        <v>813</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1200</v>
       </c>
       <c r="K95" s="15">
         <v>0.18404</v>
       </c>
       <c r="L95" s="15">
         <v>0.15437</v>
       </c>
       <c r="M95" s="15">
         <v>0.14844</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="E96" s="15">
         <v>10080047084</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>86</v>
       </c>
       <c r="K96" s="15">
         <v>0.23601</v>
       </c>
       <c r="L96" s="15">
         <v>0.20454</v>
       </c>
       <c r="M96" s="15">
         <v>0.19668</v>
       </c>
       <c r="N96" s="15">
-        <v>3300</v>
+        <v>3401</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="E97" s="15">
         <v>10080009768</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.32843</v>
       </c>
       <c r="L97" s="15">
         <v>0.17447</v>
       </c>
       <c r="M97" s="15">
         <v>0.14882</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="E98" s="15">
         <v>10080046082</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.05357</v>
       </c>
       <c r="L98" s="15">
         <v>0.04642</v>
       </c>
       <c r="M98" s="15">
         <v>0.04464</v>
       </c>
       <c r="N98" s="15">
-        <v>2090</v>
+        <v>2765</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
         <v>0.21811</v>
       </c>
       <c r="L99" s="15">
         <v>0.21811</v>
       </c>
       <c r="M99" s="15">
         <v>0.21811</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="E100" s="15">
         <v>10080047083</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>72</v>
       </c>
       <c r="K100" s="15">
         <v>0.17052</v>
       </c>
       <c r="L100" s="15">
         <v>0.13983</v>
       </c>
       <c r="M100" s="15">
         <v>0.13414</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E101" s="15">
         <v>10080053151</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="I101" s="15"/>
+      <c r="I101" s="15" t="s">
+        <v>259</v>
+      </c>
       <c r="J101" s="15">
         <v>76</v>
       </c>
       <c r="K101" s="15">
         <v>0.09286999999999999</v>
       </c>
       <c r="L101" s="15">
         <v>0.07738</v>
       </c>
       <c r="M101" s="15">
         <v>0.07428999999999999</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="E102" s="15">
         <v>10080009993</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.36668</v>
       </c>
       <c r="L102" s="15">
         <v>0.19251</v>
       </c>
       <c r="M102" s="15">
         <v>0.17418</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="E103" s="15">
         <v>10080060602</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>62</v>
       </c>
       <c r="K103" s="15">
         <v>0.0857</v>
       </c>
       <c r="L103" s="15">
         <v>0</v>
       </c>
       <c r="M103" s="15">
         <v>0</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="E104" s="15">
         <v>10080048066</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.07679999999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.06655999999999999</v>
       </c>
       <c r="M104" s="15">
         <v>0.064</v>
       </c>
       <c r="N104" s="15">
-        <v>568</v>
+        <v>217</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>0.10929</v>
       </c>
       <c r="L105" s="15">
         <v>0.10929</v>
       </c>
       <c r="M105" s="15">
         <v>0.10929</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="E106" s="15">
         <v>10080047085</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>54</v>
       </c>
       <c r="K106" s="15">
         <v>0.2139</v>
       </c>
       <c r="L106" s="15">
         <v>0.1754</v>
       </c>
       <c r="M106" s="15">
         <v>0.16827</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="E107" s="15">
         <v>10080046717</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>200</v>
       </c>
       <c r="K107" s="15">
         <v>0.16376</v>
       </c>
       <c r="L107" s="15">
         <v>0</v>
       </c>
       <c r="M107" s="15">
         <v>0</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.11954</v>
       </c>
       <c r="L108" s="15">
         <v>0.07969999999999999</v>
       </c>
       <c r="M108" s="15">
         <v>0.07306</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="E109" s="15">
         <v>10080009994</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>680</v>
       </c>
       <c r="K109" s="15">
         <v>0.53585</v>
       </c>
       <c r="L109" s="15">
         <v>0.28467</v>
       </c>
       <c r="M109" s="15">
         <v>0.2428</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="E110" s="15">
         <v>10080060603</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>44</v>
       </c>
       <c r="K110" s="15">
         <v>0.09912</v>
       </c>
       <c r="L110" s="15">
         <v>0</v>
       </c>
       <c r="M110" s="15">
         <v>0</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="E111" s="15">
         <v>10080046083</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
         <v>0.0687</v>
       </c>
       <c r="L111" s="15">
         <v>0.05954</v>
       </c>
       <c r="M111" s="15">
         <v>0.05725</v>
       </c>
       <c r="N111" s="15">
-        <v>420</v>
+        <v>313</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>0.02174</v>
       </c>
       <c r="L112" s="15">
         <v>0.01486</v>
       </c>
       <c r="M112" s="15">
         <v>0.01328</v>
       </c>
       <c r="N112" s="15">
         <v>1</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="E113" s="15">
         <v>10080011200</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
         <v>0.21111</v>
       </c>
       <c r="L113" s="15">
         <v>0.1478</v>
       </c>
       <c r="M113" s="15">
         <v>0.13721</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
         <v>0.28376</v>
       </c>
       <c r="L114" s="15">
         <v>0.18958</v>
       </c>
       <c r="M114" s="15">
         <v>0.17267</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.17983</v>
       </c>
       <c r="L115" s="15">
         <v>0.16751</v>
       </c>
       <c r="M115" s="15">
         <v>0.16135</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="E116" s="15">
         <v>10080060615</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>46</v>
       </c>
       <c r="K116" s="15">
         <v>0.15177</v>
       </c>
       <c r="L116" s="15">
         <v>0</v>
       </c>
       <c r="M116" s="15">
         <v>0</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="E117" s="15">
         <v>10080060604</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>34</v>
       </c>
       <c r="K117" s="15">
         <v>0.12843</v>
       </c>
       <c r="L117" s="15">
         <v>0</v>
       </c>
       <c r="M117" s="15">
         <v>0</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="E118" s="15">
         <v>10080009995</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>480</v>
       </c>
       <c r="K118" s="15">
         <v>0.5655</v>
       </c>
       <c r="L118" s="15">
         <v>0.30043</v>
       </c>
       <c r="M118" s="15">
         <v>0.25624</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="E119" s="15">
         <v>10080055984</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.09601999999999999</v>
       </c>
       <c r="L119" s="15">
         <v>0.08321000000000001</v>
       </c>
       <c r="M119" s="15">
         <v>0.08001</v>
       </c>
       <c r="N119" s="15">
-        <v>313</v>
+        <v>357</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="E120" s="15">
         <v>10080010755</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>440</v>
       </c>
       <c r="K120" s="15">
         <v>0.3</v>
       </c>
       <c r="L120" s="15">
         <v>0.25</v>
       </c>
       <c r="M120" s="15">
         <v>0.24001</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="E121" s="15">
         <v>10080048090</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.10688</v>
       </c>
       <c r="L121" s="15">
         <v>0.09263</v>
       </c>
       <c r="M121" s="15">
         <v>0.08906</v>
       </c>
       <c r="N121" s="15">
-        <v>1441</v>
+        <v>1828</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="E122" s="15">
         <v>10080009996</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>400</v>
       </c>
       <c r="K122" s="15">
         <v>0.30976</v>
       </c>
       <c r="L122" s="15">
         <v>0.27873</v>
       </c>
       <c r="M122" s="15">
         <v>0.2632</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="E123" s="15">
         <v>10080054777</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.11702</v>
       </c>
       <c r="L123" s="15">
         <v>0.10141</v>
       </c>
       <c r="M123" s="15">
         <v>0.09751</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="E124" s="15">
         <v>10080049842</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>250</v>
       </c>
       <c r="K124" s="15">
         <v>0.23639</v>
       </c>
       <c r="L124" s="15">
         <v>0.13714</v>
       </c>
       <c r="M124" s="15">
         <v>0.12361</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="E125" s="15">
         <v>10080010875</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>360</v>
       </c>
       <c r="K125" s="15">
         <v>0.82223</v>
       </c>
       <c r="L125" s="15">
         <v>0.67422</v>
       </c>
       <c r="M125" s="15">
         <v>0.64681</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="E126" s="15">
         <v>10080009997</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>22</v>
       </c>
       <c r="K126" s="15">
         <v>0.42096</v>
       </c>
       <c r="L126" s="15">
         <v>0.34518</v>
       </c>
       <c r="M126" s="15">
         <v>0.33114</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="E127" s="15">
         <v>10080049175</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>250</v>
       </c>
       <c r="K127" s="15">
         <v>0.13578</v>
       </c>
       <c r="L127" s="15">
         <v>0.11768</v>
       </c>
       <c r="M127" s="15">
         <v>0.11315</v>
       </c>
       <c r="N127" s="15">
-        <v>870</v>
+        <v>670</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="E128" s="15">
         <v>10080009767</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>200</v>
       </c>
       <c r="K128" s="15">
         <v>1.06</v>
       </c>
       <c r="L128" s="15">
         <v>0.55808</v>
       </c>
       <c r="M128" s="15">
         <v>0.50493</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="E129" s="15">
         <v>10080049176</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>15</v>
       </c>
       <c r="K129" s="15">
         <v>0.21278</v>
       </c>
       <c r="L129" s="15">
         <v>0.18441</v>
       </c>
       <c r="M129" s="15">
         <v>0.17731</v>
       </c>
       <c r="N129" s="15">
-        <v>659</v>
+        <v>539</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="E130" s="15">
         <v>10080026016</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>160</v>
       </c>
       <c r="K130" s="15">
         <v>1.38</v>
       </c>
       <c r="L130" s="15">
         <v>0.70609</v>
       </c>
       <c r="M130" s="15">
         <v>0.63366</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E131" s="15">
         <v>10080070747</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>12</v>
       </c>
       <c r="K131" s="15">
         <v>0.25293</v>
       </c>
       <c r="L131" s="15">
         <v>0.21921</v>
       </c>
       <c r="M131" s="15">
         <v>0.21078</v>
       </c>
       <c r="N131" s="15">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="E132" s="15">
         <v>10080010006</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>160</v>
       </c>
       <c r="K132" s="15">
         <v>1.47</v>
       </c>
       <c r="L132" s="15">
         <v>0.78054</v>
       </c>
       <c r="M132" s="15">
         <v>0.66577</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="E133" s="15">
         <v>10080046084</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>11</v>
       </c>
       <c r="K133" s="15">
         <v>0.25995</v>
       </c>
       <c r="L133" s="15">
         <v>0.22529</v>
       </c>
       <c r="M133" s="15">
         <v>0.21663</v>
       </c>
       <c r="N133" s="15">
-        <v>1431</v>
+        <v>1685</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>52</v>
       </c>
       <c r="K134" s="15">
         <v>0.09576999999999999</v>
       </c>
       <c r="L134" s="15">
         <v>0.09576999999999999</v>
       </c>
       <c r="M134" s="15">
         <v>0.09576999999999999</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15">
         <v>1040</v>
       </c>
@@ -6635,317 +6659,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>