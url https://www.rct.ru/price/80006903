--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1929,90 +1929,90 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>205</v>
       </c>
       <c r="K11" s="15">
         <v>0.04563</v>
       </c>
       <c r="L11" s="15">
         <v>0.04563</v>
       </c>
       <c r="M11" s="15">
         <v>0.04563</v>
       </c>
       <c r="N11" s="15">
-        <v>148</v>
+        <v>125</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080033247</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.7924</v>
       </c>
       <c r="L12" s="15">
         <v>0.42097</v>
       </c>
       <c r="M12" s="15">
         <v>0.35905</v>
       </c>
       <c r="N12" s="15">
-        <v>1158</v>
+        <v>1245</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080060616</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="15"/>
@@ -2079,51 +2079,51 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080049742</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>145</v>
       </c>
       <c r="K15" s="15">
         <v>0.08735999999999999</v>
       </c>
       <c r="L15" s="15">
         <v>0.07571</v>
       </c>
       <c r="M15" s="15">
         <v>0.0728</v>
       </c>
       <c r="N15" s="15">
-        <v>3238</v>
+        <v>4332</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080060617</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I16" s="15"/>
@@ -2157,51 +2157,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.17247</v>
       </c>
       <c r="L17" s="15">
         <v>0.14947</v>
       </c>
       <c r="M17" s="15">
         <v>0.14373</v>
       </c>
       <c r="N17" s="15">
-        <v>237</v>
+        <v>204</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
@@ -2235,90 +2235,90 @@
       </c>
       <c r="E19" s="15">
         <v>10080071367</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J19" s="15">
         <v>143</v>
       </c>
       <c r="K19" s="15">
         <v>0.12252</v>
       </c>
       <c r="L19" s="15">
         <v>0.08864</v>
       </c>
       <c r="M19" s="15">
         <v>0.07735</v>
       </c>
       <c r="N19" s="15">
-        <v>4851</v>
+        <v>6513</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15">
         <v>10080047881</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>105</v>
       </c>
       <c r="K20" s="15">
         <v>0.08498</v>
       </c>
       <c r="L20" s="15">
         <v>0.07364999999999999</v>
       </c>
       <c r="M20" s="15">
         <v>0.07081</v>
       </c>
       <c r="N20" s="15">
-        <v>3560</v>
+        <v>3264</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080015788</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I21" s="15"/>
@@ -2389,51 +2389,51 @@
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080046080</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>86</v>
       </c>
       <c r="K23" s="15">
         <v>0.09805999999999999</v>
       </c>
       <c r="L23" s="15">
         <v>0.08498</v>
       </c>
       <c r="M23" s="15">
         <v>0.08171</v>
       </c>
       <c r="N23" s="15">
-        <v>1129</v>
+        <v>1252</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080054731</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I24" s="15"/>
@@ -2506,51 +2506,51 @@
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080055222</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1100</v>
       </c>
       <c r="K26" s="15">
         <v>0.31754</v>
       </c>
       <c r="L26" s="15">
         <v>0.2752</v>
       </c>
       <c r="M26" s="15">
         <v>0.26461</v>
       </c>
       <c r="N26" s="15">
-        <v>34385</v>
+        <v>31692</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>
@@ -2652,51 +2652,51 @@
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080049386</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>90</v>
       </c>
       <c r="K30" s="15">
         <v>0.07937</v>
       </c>
       <c r="L30" s="15">
         <v>0.06877999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06614</v>
       </c>
       <c r="N30" s="15">
-        <v>176</v>
+        <v>204</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10080012105</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2730,90 +2730,90 @@
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080025929</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>152</v>
       </c>
       <c r="K32" s="15">
         <v>0.30791</v>
       </c>
       <c r="L32" s="15">
         <v>0.26234</v>
       </c>
       <c r="M32" s="15">
         <v>0.24633</v>
       </c>
       <c r="N32" s="15">
-        <v>431</v>
+        <v>334</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080054774</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>72</v>
       </c>
       <c r="K33" s="15">
         <v>0.23442</v>
       </c>
       <c r="L33" s="15">
         <v>0.13524</v>
       </c>
       <c r="M33" s="15">
         <v>0.12172</v>
       </c>
       <c r="N33" s="15">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080038671</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15"/>
@@ -2845,90 +2845,90 @@
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>850</v>
       </c>
       <c r="K35" s="15">
         <v>0.14484</v>
       </c>
       <c r="L35" s="15">
         <v>0.12553</v>
       </c>
       <c r="M35" s="15">
         <v>0.1207</v>
       </c>
       <c r="N35" s="15">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="15">
         <v>10080047086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>62</v>
       </c>
       <c r="K36" s="15">
         <v>0.3971</v>
       </c>
       <c r="L36" s="15">
         <v>0.34415</v>
       </c>
       <c r="M36" s="15">
         <v>0.33091</v>
       </c>
       <c r="N36" s="15">
-        <v>1638</v>
+        <v>1888</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080060619</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I37" s="15"/>
@@ -2997,90 +2997,90 @@
       <c r="D39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10080054775</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>55</v>
       </c>
       <c r="K39" s="15">
         <v>0.118</v>
       </c>
       <c r="L39" s="15">
         <v>0.118</v>
       </c>
       <c r="M39" s="15">
         <v>0.118</v>
       </c>
       <c r="N39" s="15">
-        <v>1802</v>
+        <v>1516</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>54</v>
       </c>
       <c r="K40" s="15">
         <v>0.41142</v>
       </c>
       <c r="L40" s="15">
         <v>0.35656</v>
       </c>
       <c r="M40" s="15">
         <v>0.34285</v>
       </c>
       <c r="N40" s="15">
-        <v>1408</v>
+        <v>1060</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="15"/>
@@ -3476,51 +3476,51 @@
       <c r="D52" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.19806</v>
       </c>
       <c r="L52" s="15">
         <v>0.17165</v>
       </c>
       <c r="M52" s="15">
         <v>0.16505</v>
       </c>
       <c r="N52" s="15">
-        <v>2211</v>
+        <v>2574</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I53" s="15"/>
@@ -3587,51 +3587,51 @@
       <c r="D55" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E55" s="15">
         <v>10080010000</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>42</v>
       </c>
       <c r="K55" s="15">
         <v>0.73407</v>
       </c>
       <c r="L55" s="15">
         <v>0.64538</v>
       </c>
       <c r="M55" s="15">
         <v>0.61583</v>
       </c>
       <c r="N55" s="15">
-        <v>465</v>
+        <v>415</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I56" s="15"/>
@@ -3807,51 +3807,51 @@
       <c r="D61" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>900</v>
       </c>
       <c r="K61" s="15">
         <v>0.92705</v>
       </c>
       <c r="L61" s="15">
         <v>0.80344</v>
       </c>
       <c r="M61" s="15">
         <v>0.77254</v>
       </c>
       <c r="N61" s="15">
-        <v>801</v>
+        <v>684</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="15">
         <v>10080010001</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I62" s="15"/>
@@ -3921,138 +3921,138 @@
         <v>170</v>
       </c>
       <c r="E64" s="15">
         <v>10080049173</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>30</v>
       </c>
       <c r="K64" s="15">
         <v>0.24975</v>
       </c>
       <c r="L64" s="15">
         <v>0.21645</v>
       </c>
       <c r="M64" s="15">
         <v>0.20813</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15">
-        <v>264</v>
+        <v>249</v>
       </c>
       <c r="P64" s="15" t="s">
         <v>171</v>
       </c>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E65" s="15">
         <v>10080070281</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I65" s="15" t="s">
         <v>174</v>
       </c>
       <c r="J65" s="15">
         <v>31</v>
       </c>
       <c r="K65" s="15">
         <v>0.33223</v>
       </c>
       <c r="L65" s="15">
         <v>0.24037</v>
       </c>
       <c r="M65" s="15">
         <v>0.20975</v>
       </c>
       <c r="N65" s="15">
-        <v>1441</v>
+        <v>1668</v>
       </c>
       <c r="O65" s="15">
-        <v>1950</v>
+        <v>2310</v>
       </c>
       <c r="P65" s="15" t="s">
         <v>171</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>178</v>
       </c>
       <c r="J66" s="15">
         <v>240</v>
       </c>
       <c r="K66" s="15">
         <v>0.31731</v>
       </c>
       <c r="L66" s="15">
         <v>0.26612</v>
       </c>
       <c r="M66" s="15">
         <v>0.25589</v>
       </c>
       <c r="N66" s="15">
-        <v>98</v>
+        <v>68</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I67" s="15" t="s">
@@ -4164,51 +4164,51 @@
       <c r="D70" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>23</v>
       </c>
       <c r="K70" s="15">
         <v>1.77</v>
       </c>
       <c r="L70" s="15">
         <v>1.28</v>
       </c>
       <c r="M70" s="15">
         <v>1.12</v>
       </c>
       <c r="N70" s="15">
-        <v>3511</v>
+        <v>3933</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E71" s="15">
         <v>10080010002</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I71" s="15"/>
@@ -4239,91 +4239,89 @@
       </c>
       <c r="D72" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E72" s="15">
         <v>10080052119</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>22</v>
       </c>
       <c r="K72" s="15">
         <v>0.55018</v>
       </c>
       <c r="L72" s="15">
         <v>0.39806</v>
       </c>
       <c r="M72" s="15">
         <v>0.34735</v>
       </c>
-      <c r="N72" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E73" s="15">
         <v>10080045606</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>22</v>
       </c>
       <c r="K73" s="15">
         <v>1.13</v>
       </c>
       <c r="L73" s="15">
         <v>0.98125</v>
       </c>
       <c r="M73" s="15">
         <v>0.94351</v>
       </c>
       <c r="N73" s="15">
-        <v>3690</v>
+        <v>5244</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I74" s="15"/>
@@ -4651,51 +4649,51 @@
       <c r="D83" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>10</v>
       </c>
       <c r="K83" s="15">
         <v>1.65</v>
       </c>
       <c r="L83" s="15">
         <v>1.65</v>
       </c>
       <c r="M83" s="15">
         <v>1.65</v>
       </c>
       <c r="N83" s="15">
-        <v>2512</v>
+        <v>1854</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15">
         <v>5000</v>
       </c>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E84" s="15">
         <v>10080010005</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>62</v>
@@ -4730,55 +4728,53 @@
         <v>223</v>
       </c>
       <c r="E85" s="15">
         <v>10080049174</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>224</v>
       </c>
       <c r="J85" s="15">
         <v>11</v>
       </c>
       <c r="K85" s="15">
         <v>0.6444800000000001</v>
       </c>
       <c r="L85" s="15">
         <v>0.55855</v>
       </c>
       <c r="M85" s="15">
         <v>0.53706</v>
       </c>
-      <c r="N85" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N85" s="15"/>
       <c r="O85" s="15">
-        <v>810</v>
+        <v>620</v>
       </c>
       <c r="P85" s="15" t="s">
         <v>171</v>
       </c>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>225</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>37</v>
       </c>
@@ -4813,51 +4809,51 @@
       <c r="D87" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>228</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.03416</v>
       </c>
       <c r="L87" s="15">
         <v>0.0296</v>
       </c>
       <c r="M87" s="15">
         <v>0.02846</v>
       </c>
       <c r="N87" s="15">
-        <v>421</v>
+        <v>406</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E88" s="15">
         <v>10080060613</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I88" s="15"/>
@@ -4996,51 +4992,51 @@
       <c r="D92" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E92" s="15">
         <v>10080050582</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.04373</v>
       </c>
       <c r="L92" s="15">
         <v>0.0379</v>
       </c>
       <c r="M92" s="15">
         <v>0.03644</v>
       </c>
       <c r="N92" s="15">
-        <v>2528</v>
+        <v>2923</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="15">
         <v>10080009992</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I93" s="15"/>
@@ -5072,51 +5068,51 @@
       <c r="D94" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E94" s="15">
         <v>10080046081</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.06290999999999999</v>
       </c>
       <c r="L94" s="15">
         <v>0.04551</v>
       </c>
       <c r="M94" s="15">
         <v>0.03972</v>
       </c>
       <c r="N94" s="15">
-        <v>813</v>
+        <v>963</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>243</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>244</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>245</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
@@ -5148,51 +5144,51 @@
       <c r="D96" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E96" s="15">
         <v>10080047084</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>86</v>
       </c>
       <c r="K96" s="15">
         <v>0.23601</v>
       </c>
       <c r="L96" s="15">
         <v>0.20454</v>
       </c>
       <c r="M96" s="15">
         <v>0.19668</v>
       </c>
       <c r="N96" s="15">
-        <v>3401</v>
+        <v>3000</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E97" s="15">
         <v>10080009768</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I97" s="15"/>
@@ -5224,51 +5220,51 @@
       <c r="D98" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E98" s="15">
         <v>10080046082</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.05357</v>
       </c>
       <c r="L98" s="15">
         <v>0.04642</v>
       </c>
       <c r="M98" s="15">
         <v>0.04464</v>
       </c>
       <c r="N98" s="15">
-        <v>2765</v>
+        <v>2218</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>254</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
@@ -5448,51 +5444,51 @@
       <c r="D104" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E104" s="15">
         <v>10080048066</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.07679999999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.06655999999999999</v>
       </c>
       <c r="M104" s="15">
         <v>0.064</v>
       </c>
       <c r="N104" s="15">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>268</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
@@ -5705,51 +5701,51 @@
       <c r="D111" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E111" s="15">
         <v>10080046083</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
         <v>0.0687</v>
       </c>
       <c r="L111" s="15">
         <v>0.05954</v>
       </c>
       <c r="M111" s="15">
         <v>0.05725</v>
       </c>
       <c r="N111" s="15">
-        <v>313</v>
+        <v>107</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="15" t="s">
@@ -6005,51 +6001,51 @@
       <c r="D119" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E119" s="15">
         <v>10080055984</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.09601999999999999</v>
       </c>
       <c r="L119" s="15">
         <v>0.08321000000000001</v>
       </c>
       <c r="M119" s="15">
         <v>0.08001</v>
       </c>
       <c r="N119" s="15">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E120" s="15">
         <v>10080010755</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I120" s="15"/>
@@ -6081,51 +6077,51 @@
       <c r="D121" s="15" t="s">
         <v>306</v>
       </c>
       <c r="E121" s="15">
         <v>10080048090</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.10688</v>
       </c>
       <c r="L121" s="15">
         <v>0.09263</v>
       </c>
       <c r="M121" s="15">
         <v>0.08906</v>
       </c>
       <c r="N121" s="15">
-        <v>1828</v>
+        <v>1781</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E122" s="15">
         <v>10080009996</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I122" s="15"/>
@@ -6305,51 +6301,51 @@
       <c r="D127" s="15" t="s">
         <v>318</v>
       </c>
       <c r="E127" s="15">
         <v>10080049175</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>250</v>
       </c>
       <c r="K127" s="15">
         <v>0.13578</v>
       </c>
       <c r="L127" s="15">
         <v>0.11768</v>
       </c>
       <c r="M127" s="15">
         <v>0.11315</v>
       </c>
       <c r="N127" s="15">
-        <v>670</v>
+        <v>702</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E128" s="15">
         <v>10080009767</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I128" s="15"/>
@@ -6381,51 +6377,51 @@
       <c r="D129" s="15" t="s">
         <v>322</v>
       </c>
       <c r="E129" s="15">
         <v>10080049176</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>15</v>
       </c>
       <c r="K129" s="15">
         <v>0.21278</v>
       </c>
       <c r="L129" s="15">
         <v>0.18441</v>
       </c>
       <c r="M129" s="15">
         <v>0.17731</v>
       </c>
       <c r="N129" s="15">
-        <v>539</v>
+        <v>556</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>323</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>324</v>
       </c>
       <c r="E130" s="15">
         <v>10080026016</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I130" s="15"/>
@@ -6457,51 +6453,51 @@
       <c r="D131" s="15" t="s">
         <v>326</v>
       </c>
       <c r="E131" s="15">
         <v>10080070747</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>12</v>
       </c>
       <c r="K131" s="15">
         <v>0.25293</v>
       </c>
       <c r="L131" s="15">
         <v>0.21921</v>
       </c>
       <c r="M131" s="15">
         <v>0.21078</v>
       </c>
       <c r="N131" s="15">
-        <v>124</v>
+        <v>178</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>327</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>328</v>
       </c>
       <c r="E132" s="15">
         <v>10080010006</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I132" s="15"/>
@@ -6533,51 +6529,51 @@
       <c r="D133" s="15" t="s">
         <v>330</v>
       </c>
       <c r="E133" s="15">
         <v>10080046084</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>11</v>
       </c>
       <c r="K133" s="15">
         <v>0.25995</v>
       </c>
       <c r="L133" s="15">
         <v>0.22529</v>
       </c>
       <c r="M133" s="15">
         <v>0.21663</v>
       </c>
       <c r="N133" s="15">
-        <v>1685</v>
+        <v>1408</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>331</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>332</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>333</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="15"/>