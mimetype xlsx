--- v5 (2026-02-20)
+++ v6 (2026-03-13)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -133,51 +133,51 @@
   <si>
     <t>вилка на плату двухрядная угловая 1.27x1.27мм, 2x20 конт., смешанный монтаж / DS1031-36-2x20P8B4-3A</t>
   </si>
   <si>
     <t>UT-00095315</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-2-04-S</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х02 шаг 1,27, H=3.4мм / PBD1.27-04 (L-KLS1-208C-3.4-2-04-S)</t>
   </si>
   <si>
     <t>10-00060530</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>DS1065-14-2x2S8BR</t>
   </si>
   <si>
-    <t>PBD1.27-04R (DS1065-14-2x2S8BR)</t>
+    <t>hозетка двухрядная угловая на палту, шаг 1.27мм, 4 конт., THT / PBD1.27-04R (DS1065-14-2x2S8BR)</t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-2-04-R</t>
   </si>
   <si>
     <t>Гнездо на плату с шагом 1.27 двухрядное, угловое 2х02 H=3.4mm / PBD1.27-04R (L-KLS1-208C-3.4-2-04-R)</t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-2-04-T</t>
   </si>
   <si>
     <t>Гнездо на плату с шагом 1,27, двухрядное, SMD, H=3,4mm, 4 контакта / PBD1.27-04S (L-KLS1-208C-3.4-2-04-T)</t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-2-06-S</t>
   </si>
   <si>
     <t>розетка двухрядная 2х6 контактов шаг 1,27мм h=3,4мм / PBD1.27-06 (L-KLS1-208C-3.4-2-06-S)</t>
   </si>
   <si>
     <t>PBD1.27-06R (L-KLS1-208C-3.4-2-06-R)</t>
   </si>
   <si>
     <t>Гнездо на плату с шагом 1.27 двухрядное, угловое 2х03 H=3.4mm / PBD1.27-06R (L-KLS1-208C-3.4-2-06-R)</t>
   </si>
@@ -527,53 +527,50 @@
     <t>DS1065-05-2x14S8BSSRS</t>
   </si>
   <si>
     <t>Гнездо на плату с шагом 1,27, двухрядное, SMD, H=4.4mm, 28 контактов / PBD1.27-28S (DS1065-05-2x14S8BSSRS)</t>
   </si>
   <si>
     <t>UT-00102779</t>
   </si>
   <si>
     <t>HFIDS3-15-01-001-T</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х15 шаг 1.27 / PBD1.27-30 (HFIDS3-15-01-001-T)</t>
   </si>
   <si>
     <t>KLS1-208C-4.4-2-30-S</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х15 шаг 1.27 / PBD1.27-30 (KLS1-208C-4.4-2-30-S)</t>
   </si>
   <si>
     <t>L-KLS1-208C-3.4-2-30-S</t>
   </si>
   <si>
     <t>гнездо на плату двухрядное 2х15 шаг 1.27 / PBD1.27-30 (L-KLS1-208C-3.4-2-30-S)</t>
-  </si>
-[...1 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS1-208C-4.3-2-30-T3</t>
   </si>
   <si>
     <t>Гнездо на плату с шагом 1,27, двухрядное, SMD, H=4.3mm, 30 контактов / PBD1.27-30S (L-KLS1-208C-4.3-2-30-T3)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS1-208C-4.3-2-30-T3 KLS, </t>
   </si>
   <si>
     <t>L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R</t>
   </si>
   <si>
     <t>розетка прямая двухрядная, шаг 1.27мм, SMD, h=4.6мм, с внешними направляющими, в катушке / PBD1.27-30S (L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R)</t>
   </si>
   <si>
     <t>UT-00099595</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R KLS, </t>
   </si>
   <si>
     <t>розетка прямая двухрядная, шаг 1.27мм, SMD, h=4.6мм, с внешними направляющими / PBD1.27-30S (L-KLS1-208C-4.3-2-30-T5-4.6X4.8-B-R)</t>
   </si>
@@ -1929,90 +1926,90 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>205</v>
       </c>
       <c r="K11" s="15">
         <v>0.04563</v>
       </c>
       <c r="L11" s="15">
         <v>0.04563</v>
       </c>
       <c r="M11" s="15">
         <v>0.04563</v>
       </c>
       <c r="N11" s="15">
-        <v>125</v>
+        <v>171</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080033247</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.7924</v>
       </c>
       <c r="L12" s="15">
         <v>0.42097</v>
       </c>
       <c r="M12" s="15">
         <v>0.35905</v>
       </c>
       <c r="N12" s="15">
-        <v>1245</v>
+        <v>1487</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080060616</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="15"/>
@@ -2079,51 +2076,51 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080049742</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>145</v>
       </c>
       <c r="K15" s="15">
         <v>0.08735999999999999</v>
       </c>
       <c r="L15" s="15">
         <v>0.07571</v>
       </c>
       <c r="M15" s="15">
         <v>0.0728</v>
       </c>
       <c r="N15" s="15">
-        <v>4332</v>
+        <v>3446</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080060617</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I16" s="15"/>
@@ -2157,51 +2154,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.17247</v>
       </c>
       <c r="L17" s="15">
         <v>0.14947</v>
       </c>
       <c r="M17" s="15">
         <v>0.14373</v>
       </c>
       <c r="N17" s="15">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
@@ -2235,90 +2232,90 @@
       </c>
       <c r="E19" s="15">
         <v>10080071367</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J19" s="15">
         <v>143</v>
       </c>
       <c r="K19" s="15">
         <v>0.12252</v>
       </c>
       <c r="L19" s="15">
         <v>0.08864</v>
       </c>
       <c r="M19" s="15">
         <v>0.07735</v>
       </c>
       <c r="N19" s="15">
-        <v>6513</v>
+        <v>6234</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15">
         <v>10080047881</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>105</v>
       </c>
       <c r="K20" s="15">
         <v>0.08498</v>
       </c>
       <c r="L20" s="15">
         <v>0.07364999999999999</v>
       </c>
       <c r="M20" s="15">
         <v>0.07081</v>
       </c>
       <c r="N20" s="15">
-        <v>3264</v>
+        <v>3391</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080015788</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I21" s="15"/>
@@ -2389,90 +2386,90 @@
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080046080</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>86</v>
       </c>
       <c r="K23" s="15">
         <v>0.09805999999999999</v>
       </c>
       <c r="L23" s="15">
         <v>0.08498</v>
       </c>
       <c r="M23" s="15">
         <v>0.08171</v>
       </c>
       <c r="N23" s="15">
-        <v>1252</v>
+        <v>1065</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080054731</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>90</v>
       </c>
       <c r="K24" s="15">
         <v>0.16514</v>
       </c>
       <c r="L24" s="15">
         <v>0.14312</v>
       </c>
       <c r="M24" s="15">
         <v>0.13761</v>
       </c>
       <c r="N24" s="15">
-        <v>2219</v>
+        <v>2560</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
@@ -2506,51 +2503,51 @@
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080055222</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1100</v>
       </c>
       <c r="K26" s="15">
         <v>0.31754</v>
       </c>
       <c r="L26" s="15">
         <v>0.2752</v>
       </c>
       <c r="M26" s="15">
         <v>0.26461</v>
       </c>
       <c r="N26" s="15">
-        <v>31692</v>
+        <v>28778</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>
@@ -2652,51 +2649,51 @@
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080049386</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>90</v>
       </c>
       <c r="K30" s="15">
         <v>0.07937</v>
       </c>
       <c r="L30" s="15">
         <v>0.06877999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06614</v>
       </c>
       <c r="N30" s="15">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10080012105</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I31" s="15"/>
@@ -2730,90 +2727,90 @@
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080025929</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>152</v>
       </c>
       <c r="K32" s="15">
         <v>0.30791</v>
       </c>
       <c r="L32" s="15">
         <v>0.26234</v>
       </c>
       <c r="M32" s="15">
         <v>0.24633</v>
       </c>
       <c r="N32" s="15">
-        <v>334</v>
+        <v>452</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10080054774</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>72</v>
       </c>
       <c r="K33" s="15">
         <v>0.23442</v>
       </c>
       <c r="L33" s="15">
         <v>0.13524</v>
       </c>
       <c r="M33" s="15">
         <v>0.12172</v>
       </c>
       <c r="N33" s="15">
-        <v>219</v>
+        <v>279</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080038671</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15"/>
@@ -2845,90 +2842,90 @@
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>850</v>
       </c>
       <c r="K35" s="15">
         <v>0.14484</v>
       </c>
       <c r="L35" s="15">
         <v>0.12553</v>
       </c>
       <c r="M35" s="15">
         <v>0.1207</v>
       </c>
       <c r="N35" s="15">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="15">
         <v>10080047086</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>62</v>
       </c>
       <c r="K36" s="15">
         <v>0.3971</v>
       </c>
       <c r="L36" s="15">
         <v>0.34415</v>
       </c>
       <c r="M36" s="15">
         <v>0.33091</v>
       </c>
       <c r="N36" s="15">
-        <v>1888</v>
+        <v>1385</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080060619</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I37" s="15"/>
@@ -2997,90 +2994,90 @@
       <c r="D39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10080054775</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>55</v>
       </c>
       <c r="K39" s="15">
         <v>0.118</v>
       </c>
       <c r="L39" s="15">
         <v>0.118</v>
       </c>
       <c r="M39" s="15">
         <v>0.118</v>
       </c>
       <c r="N39" s="15">
-        <v>1516</v>
+        <v>1407</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>54</v>
       </c>
       <c r="K40" s="15">
         <v>0.41142</v>
       </c>
       <c r="L40" s="15">
         <v>0.35656</v>
       </c>
       <c r="M40" s="15">
         <v>0.34285</v>
       </c>
       <c r="N40" s="15">
-        <v>1060</v>
+        <v>1287</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="15"/>
@@ -3184,51 +3181,51 @@
       <c r="D44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E44" s="15">
         <v>10080054776</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>44</v>
       </c>
       <c r="K44" s="15">
         <v>0.14711</v>
       </c>
       <c r="L44" s="15">
         <v>0.12749</v>
       </c>
       <c r="M44" s="15">
         <v>0.12259</v>
       </c>
       <c r="N44" s="15">
-        <v>227</v>
+        <v>155</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="15"/>
@@ -3476,51 +3473,51 @@
       <c r="D52" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.19806</v>
       </c>
       <c r="L52" s="15">
         <v>0.17165</v>
       </c>
       <c r="M52" s="15">
         <v>0.16505</v>
       </c>
       <c r="N52" s="15">
-        <v>2574</v>
+        <v>1980</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I53" s="15"/>
@@ -3587,51 +3584,51 @@
       <c r="D55" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E55" s="15">
         <v>10080010000</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>42</v>
       </c>
       <c r="K55" s="15">
         <v>0.73407</v>
       </c>
       <c r="L55" s="15">
         <v>0.64538</v>
       </c>
       <c r="M55" s="15">
         <v>0.61583</v>
       </c>
       <c r="N55" s="15">
-        <v>415</v>
+        <v>470</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I56" s="15"/>
@@ -3807,51 +3804,51 @@
       <c r="D61" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>900</v>
       </c>
       <c r="K61" s="15">
         <v>0.92705</v>
       </c>
       <c r="L61" s="15">
         <v>0.80344</v>
       </c>
       <c r="M61" s="15">
         <v>0.77254</v>
       </c>
       <c r="N61" s="15">
-        <v>684</v>
+        <v>594</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="15">
         <v>10080010001</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I62" s="15"/>
@@ -3921,2677 +3918,2671 @@
         <v>170</v>
       </c>
       <c r="E64" s="15">
         <v>10080049173</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>30</v>
       </c>
       <c r="K64" s="15">
         <v>0.24975</v>
       </c>
       <c r="L64" s="15">
         <v>0.21645</v>
       </c>
       <c r="M64" s="15">
         <v>0.20813</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E65" s="15">
         <v>10080070281</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J65" s="15">
         <v>31</v>
       </c>
       <c r="K65" s="15">
         <v>0.33223</v>
       </c>
       <c r="L65" s="15">
         <v>0.24037</v>
       </c>
       <c r="M65" s="15">
         <v>0.20975</v>
       </c>
       <c r="N65" s="15">
-        <v>1668</v>
+        <v>1300</v>
       </c>
       <c r="O65" s="15">
-        <v>2310</v>
-[...3 lines deleted...]
-      </c>
+        <v>1800</v>
+      </c>
+      <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J66" s="15">
         <v>240</v>
       </c>
       <c r="K66" s="15">
         <v>0.31731</v>
       </c>
       <c r="L66" s="15">
         <v>0.26612</v>
       </c>
       <c r="M66" s="15">
         <v>0.25589</v>
       </c>
       <c r="N66" s="15">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D67" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="E67" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J67" s="15">
         <v>26</v>
       </c>
       <c r="K67" s="15">
         <v>0.32126</v>
       </c>
       <c r="L67" s="15">
         <v>0.26945</v>
       </c>
       <c r="M67" s="15">
         <v>0.25908</v>
       </c>
       <c r="N67" s="15">
         <v>14</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>181</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>26</v>
       </c>
       <c r="K68" s="15">
         <v>0.31635</v>
       </c>
       <c r="L68" s="15">
         <v>0.26533</v>
       </c>
       <c r="M68" s="15">
         <v>0.25513</v>
       </c>
       <c r="N68" s="15">
         <v>18</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E69" s="15">
         <v>10080012106</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>31</v>
       </c>
       <c r="K69" s="15">
         <v>0.42663</v>
       </c>
       <c r="L69" s="15">
         <v>0.2475</v>
       </c>
       <c r="M69" s="15">
         <v>0.22308</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>186</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>23</v>
       </c>
       <c r="K70" s="15">
         <v>1.77</v>
       </c>
       <c r="L70" s="15">
         <v>1.28</v>
       </c>
       <c r="M70" s="15">
         <v>1.12</v>
       </c>
       <c r="N70" s="15">
-        <v>3933</v>
+        <v>3371</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="E71" s="15">
         <v>10080010002</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>160</v>
       </c>
       <c r="K71" s="15">
         <v>1.77</v>
       </c>
       <c r="L71" s="15">
         <v>0.9306</v>
       </c>
       <c r="M71" s="15">
         <v>0.84197</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="E72" s="15">
         <v>10080052119</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>22</v>
       </c>
       <c r="K72" s="15">
         <v>0.55018</v>
       </c>
       <c r="L72" s="15">
         <v>0.39806</v>
       </c>
       <c r="M72" s="15">
         <v>0.34735</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E73" s="15">
         <v>10080045606</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>22</v>
       </c>
       <c r="K73" s="15">
         <v>1.13</v>
       </c>
       <c r="L73" s="15">
         <v>0.98125</v>
       </c>
       <c r="M73" s="15">
         <v>0.94351</v>
       </c>
       <c r="N73" s="15">
-        <v>5244</v>
+        <v>3554</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.28841</v>
       </c>
       <c r="L74" s="15">
         <v>0.27587</v>
       </c>
       <c r="M74" s="15">
         <v>0.26333</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E75" s="15">
         <v>10080064340</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>23</v>
       </c>
       <c r="K75" s="15">
         <v>0.35853</v>
       </c>
       <c r="L75" s="15">
         <v>0.31073</v>
       </c>
       <c r="M75" s="15">
         <v>0.29878</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E76" s="15">
         <v>10080071844</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.45281</v>
       </c>
       <c r="L76" s="15">
         <v>0.37735</v>
       </c>
       <c r="M76" s="15">
         <v>0.36225</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E77" s="15">
         <v>10080010003</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>160</v>
       </c>
       <c r="K77" s="15">
         <v>1.25</v>
       </c>
       <c r="L77" s="15">
         <v>1.1</v>
       </c>
       <c r="M77" s="15">
         <v>1.05</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>204</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
         <v>0.48936</v>
       </c>
       <c r="L78" s="15">
         <v>0.40781</v>
       </c>
       <c r="M78" s="15">
         <v>0.39149</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E79" s="15">
         <v>10080010004</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>16</v>
       </c>
       <c r="K79" s="15">
         <v>1.49</v>
       </c>
       <c r="L79" s="15">
         <v>1.32</v>
       </c>
       <c r="M79" s="15">
         <v>1.26</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="E80" s="15">
         <v>10080006255</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="J80" s="15">
         <v>15</v>
       </c>
       <c r="K80" s="15">
         <v>1.55</v>
       </c>
       <c r="L80" s="15">
         <v>1.12</v>
       </c>
       <c r="M80" s="15">
         <v>0.97822</v>
       </c>
       <c r="N80" s="15">
         <v>9</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>0.57739</v>
       </c>
       <c r="L81" s="15">
         <v>0.48426</v>
       </c>
       <c r="M81" s="15">
         <v>0.46564</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="E82" s="15">
         <v>10080071198</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>10</v>
       </c>
       <c r="K82" s="15">
         <v>2.68</v>
       </c>
       <c r="L82" s="15">
         <v>2.24</v>
       </c>
       <c r="M82" s="15">
         <v>2.15</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>217</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>123</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>10</v>
       </c>
       <c r="K83" s="15">
         <v>1.65</v>
       </c>
       <c r="L83" s="15">
         <v>1.65</v>
       </c>
       <c r="M83" s="15">
         <v>1.65</v>
       </c>
       <c r="N83" s="15">
-        <v>1854</v>
+        <v>2691</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15">
         <v>5000</v>
       </c>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="E84" s="15">
         <v>10080010005</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>12</v>
       </c>
       <c r="K84" s="15">
         <v>3.52</v>
       </c>
       <c r="L84" s="15">
         <v>1.87</v>
       </c>
       <c r="M84" s="15">
         <v>1.6</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="E85" s="15">
         <v>10080049174</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J85" s="15">
         <v>11</v>
       </c>
       <c r="K85" s="15">
         <v>0.6444800000000001</v>
       </c>
       <c r="L85" s="15">
         <v>0.55855</v>
       </c>
       <c r="M85" s="15">
         <v>0.53706</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15">
-        <v>620</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>222</v>
       </c>
-      <c r="D86" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J86" s="15">
         <v>12</v>
       </c>
       <c r="K86" s="15">
         <v>1.13</v>
       </c>
       <c r="L86" s="15">
         <v>0.81955</v>
       </c>
       <c r="M86" s="15">
         <v>0.71515</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>226</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.03416</v>
       </c>
       <c r="L87" s="15">
         <v>0.0296</v>
       </c>
       <c r="M87" s="15">
         <v>0.02846</v>
       </c>
       <c r="N87" s="15">
-        <v>406</v>
+        <v>426</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E88" s="15">
         <v>10080060613</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>0.05467</v>
       </c>
       <c r="L88" s="15">
         <v>0</v>
       </c>
       <c r="M88" s="15">
         <v>0</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E89" s="15">
         <v>10080060601</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>2000</v>
       </c>
       <c r="K89" s="15">
         <v>0.06815</v>
       </c>
       <c r="L89" s="15">
         <v>0</v>
       </c>
       <c r="M89" s="15">
         <v>0</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="E90" s="15">
         <v>10080060614</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.07469000000000001</v>
       </c>
       <c r="L90" s="15">
         <v>0</v>
       </c>
       <c r="M90" s="15">
         <v>0</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="E91" s="15">
         <v>10080012018</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.22469</v>
       </c>
       <c r="L91" s="15">
         <v>0.11937</v>
       </c>
       <c r="M91" s="15">
         <v>0.10181</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="E92" s="15">
         <v>10080050582</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.04373</v>
       </c>
       <c r="L92" s="15">
         <v>0.0379</v>
       </c>
       <c r="M92" s="15">
         <v>0.03644</v>
       </c>
       <c r="N92" s="15">
-        <v>2923</v>
+        <v>3273</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="E93" s="15">
         <v>10080009992</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.279</v>
       </c>
       <c r="L93" s="15">
         <v>0.14822</v>
       </c>
       <c r="M93" s="15">
         <v>0.12643</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E94" s="15">
         <v>10080046081</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.06290999999999999</v>
       </c>
       <c r="L94" s="15">
         <v>0.04551</v>
       </c>
       <c r="M94" s="15">
         <v>0.03972</v>
       </c>
       <c r="N94" s="15">
-        <v>963</v>
+        <v>975</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>243</v>
       </c>
-      <c r="D95" s="15" t="s">
+      <c r="E95" s="15" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1200</v>
       </c>
       <c r="K95" s="15">
         <v>0.18404</v>
       </c>
       <c r="L95" s="15">
         <v>0.15437</v>
       </c>
       <c r="M95" s="15">
         <v>0.14844</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="E96" s="15">
         <v>10080047084</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>86</v>
       </c>
       <c r="K96" s="15">
         <v>0.23601</v>
       </c>
       <c r="L96" s="15">
         <v>0.20454</v>
       </c>
       <c r="M96" s="15">
         <v>0.19668</v>
       </c>
       <c r="N96" s="15">
-        <v>3000</v>
+        <v>4350</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="E97" s="15">
         <v>10080009768</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.32843</v>
       </c>
       <c r="L97" s="15">
         <v>0.17447</v>
       </c>
       <c r="M97" s="15">
         <v>0.14882</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E98" s="15">
         <v>10080046082</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.05357</v>
       </c>
       <c r="L98" s="15">
         <v>0.04642</v>
       </c>
       <c r="M98" s="15">
         <v>0.04464</v>
       </c>
       <c r="N98" s="15">
-        <v>2218</v>
+        <v>2443</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
         <v>0.21811</v>
       </c>
       <c r="L99" s="15">
         <v>0.21811</v>
       </c>
       <c r="M99" s="15">
         <v>0.21811</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="E100" s="15">
         <v>10080047083</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>72</v>
       </c>
       <c r="K100" s="15">
         <v>0.17052</v>
       </c>
       <c r="L100" s="15">
         <v>0.13983</v>
       </c>
       <c r="M100" s="15">
         <v>0.13414</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E101" s="15">
         <v>10080053151</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="J101" s="15">
         <v>76</v>
       </c>
       <c r="K101" s="15">
         <v>0.09286999999999999</v>
       </c>
       <c r="L101" s="15">
         <v>0.07738</v>
       </c>
       <c r="M101" s="15">
         <v>0.07428999999999999</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E102" s="15">
         <v>10080009993</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.36668</v>
       </c>
       <c r="L102" s="15">
         <v>0.19251</v>
       </c>
       <c r="M102" s="15">
         <v>0.17418</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E103" s="15">
         <v>10080060602</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>62</v>
       </c>
       <c r="K103" s="15">
         <v>0.0857</v>
       </c>
       <c r="L103" s="15">
         <v>0</v>
       </c>
       <c r="M103" s="15">
         <v>0</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="E104" s="15">
         <v>10080048066</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.07679999999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.06655999999999999</v>
       </c>
       <c r="M104" s="15">
         <v>0.064</v>
       </c>
       <c r="N104" s="15">
-        <v>205</v>
+        <v>255</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>266</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>0.10929</v>
       </c>
       <c r="L105" s="15">
         <v>0.10929</v>
       </c>
       <c r="M105" s="15">
         <v>0.10929</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E106" s="15">
         <v>10080047085</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>54</v>
       </c>
       <c r="K106" s="15">
         <v>0.2139</v>
       </c>
       <c r="L106" s="15">
         <v>0.1754</v>
       </c>
       <c r="M106" s="15">
         <v>0.16827</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E107" s="15">
         <v>10080046717</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>200</v>
       </c>
       <c r="K107" s="15">
         <v>0.16376</v>
       </c>
       <c r="L107" s="15">
         <v>0</v>
       </c>
       <c r="M107" s="15">
         <v>0</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>273</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.11954</v>
       </c>
       <c r="L108" s="15">
         <v>0.07969999999999999</v>
       </c>
       <c r="M108" s="15">
         <v>0.07306</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="E109" s="15">
         <v>10080009994</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>680</v>
       </c>
       <c r="K109" s="15">
         <v>0.53585</v>
       </c>
       <c r="L109" s="15">
         <v>0.28467</v>
       </c>
       <c r="M109" s="15">
         <v>0.2428</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E110" s="15">
         <v>10080060603</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>44</v>
       </c>
       <c r="K110" s="15">
         <v>0.09912</v>
       </c>
       <c r="L110" s="15">
         <v>0</v>
       </c>
       <c r="M110" s="15">
         <v>0</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="E111" s="15">
         <v>10080046083</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
         <v>0.0687</v>
       </c>
       <c r="L111" s="15">
         <v>0.05954</v>
       </c>
       <c r="M111" s="15">
         <v>0.05725</v>
       </c>
       <c r="N111" s="15">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>282</v>
       </c>
-      <c r="D112" s="15" t="s">
+      <c r="E112" s="15" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>0.02174</v>
       </c>
       <c r="L112" s="15">
         <v>0.01486</v>
       </c>
       <c r="M112" s="15">
         <v>0.01328</v>
       </c>
       <c r="N112" s="15">
         <v>1</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="E113" s="15">
         <v>10080011200</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
         <v>0.21111</v>
       </c>
       <c r="L113" s="15">
         <v>0.1478</v>
       </c>
       <c r="M113" s="15">
         <v>0.13721</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>289</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
         <v>0.28376</v>
       </c>
       <c r="L114" s="15">
         <v>0.18958</v>
       </c>
       <c r="M114" s="15">
         <v>0.17267</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="D115" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="E115" s="15" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.17983</v>
       </c>
       <c r="L115" s="15">
         <v>0.16751</v>
       </c>
       <c r="M115" s="15">
         <v>0.16135</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="E116" s="15">
         <v>10080060615</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>46</v>
       </c>
       <c r="K116" s="15">
         <v>0.15177</v>
       </c>
       <c r="L116" s="15">
         <v>0</v>
       </c>
       <c r="M116" s="15">
         <v>0</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="E117" s="15">
         <v>10080060604</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>34</v>
       </c>
       <c r="K117" s="15">
         <v>0.12843</v>
       </c>
       <c r="L117" s="15">
         <v>0</v>
       </c>
       <c r="M117" s="15">
         <v>0</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="E118" s="15">
         <v>10080009995</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>480</v>
       </c>
       <c r="K118" s="15">
         <v>0.5655</v>
       </c>
       <c r="L118" s="15">
         <v>0.30043</v>
       </c>
       <c r="M118" s="15">
         <v>0.25624</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="E119" s="15">
         <v>10080055984</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.09601999999999999</v>
       </c>
       <c r="L119" s="15">
         <v>0.08321000000000001</v>
       </c>
       <c r="M119" s="15">
         <v>0.08001</v>
       </c>
       <c r="N119" s="15">
         <v>353</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="E120" s="15">
         <v>10080010755</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>440</v>
       </c>
       <c r="K120" s="15">
         <v>0.3</v>
       </c>
       <c r="L120" s="15">
         <v>0.25</v>
       </c>
       <c r="M120" s="15">
         <v>0.24001</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="E121" s="15">
         <v>10080048090</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.10688</v>
       </c>
       <c r="L121" s="15">
         <v>0.09263</v>
       </c>
       <c r="M121" s="15">
         <v>0.08906</v>
       </c>
       <c r="N121" s="15">
-        <v>1781</v>
+        <v>105</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="E122" s="15">
         <v>10080009996</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>400</v>
       </c>
       <c r="K122" s="15">
         <v>0.30976</v>
       </c>
       <c r="L122" s="15">
         <v>0.27873</v>
       </c>
       <c r="M122" s="15">
         <v>0.2632</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>308</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="E123" s="15">
         <v>10080054777</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.11702</v>
       </c>
       <c r="L123" s="15">
         <v>0.10141</v>
       </c>
       <c r="M123" s="15">
         <v>0.09751</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="E124" s="15">
         <v>10080049842</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>250</v>
       </c>
       <c r="K124" s="15">
         <v>0.23639</v>
       </c>
       <c r="L124" s="15">
         <v>0.13714</v>
       </c>
       <c r="M124" s="15">
         <v>0.12361</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="E125" s="15">
         <v>10080010875</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>360</v>
       </c>
       <c r="K125" s="15">
         <v>0.82223</v>
       </c>
       <c r="L125" s="15">
         <v>0.67422</v>
       </c>
       <c r="M125" s="15">
         <v>0.64681</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="E126" s="15">
         <v>10080009997</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>22</v>
       </c>
       <c r="K126" s="15">
         <v>0.42096</v>
       </c>
       <c r="L126" s="15">
         <v>0.34518</v>
       </c>
       <c r="M126" s="15">
         <v>0.33114</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="E127" s="15">
         <v>10080049175</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>250</v>
       </c>
       <c r="K127" s="15">
         <v>0.13578</v>
       </c>
       <c r="L127" s="15">
         <v>0.11768</v>
       </c>
       <c r="M127" s="15">
         <v>0.11315</v>
       </c>
       <c r="N127" s="15">
-        <v>702</v>
+        <v>621</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="E128" s="15">
         <v>10080009767</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>200</v>
       </c>
       <c r="K128" s="15">
         <v>1.06</v>
       </c>
       <c r="L128" s="15">
         <v>0.55808</v>
       </c>
       <c r="M128" s="15">
         <v>0.50493</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="E129" s="15">
         <v>10080049176</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>15</v>
       </c>
       <c r="K129" s="15">
         <v>0.21278</v>
       </c>
       <c r="L129" s="15">
         <v>0.18441</v>
       </c>
       <c r="M129" s="15">
         <v>0.17731</v>
       </c>
       <c r="N129" s="15">
-        <v>556</v>
+        <v>650</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="E130" s="15">
         <v>10080026016</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>160</v>
       </c>
       <c r="K130" s="15">
         <v>1.38</v>
       </c>
       <c r="L130" s="15">
         <v>0.70609</v>
       </c>
       <c r="M130" s="15">
         <v>0.63366</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="E131" s="15">
         <v>10080070747</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>12</v>
       </c>
       <c r="K131" s="15">
         <v>0.25293</v>
       </c>
       <c r="L131" s="15">
         <v>0.21921</v>
       </c>
       <c r="M131" s="15">
         <v>0.21078</v>
       </c>
       <c r="N131" s="15">
-        <v>178</v>
+        <v>164</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="E132" s="15">
         <v>10080010006</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>160</v>
       </c>
       <c r="K132" s="15">
         <v>1.47</v>
       </c>
       <c r="L132" s="15">
         <v>0.78054</v>
       </c>
       <c r="M132" s="15">
         <v>0.66577</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="E133" s="15">
         <v>10080046084</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>11</v>
       </c>
       <c r="K133" s="15">
         <v>0.25995</v>
       </c>
       <c r="L133" s="15">
         <v>0.22529</v>
       </c>
       <c r="M133" s="15">
         <v>0.21663</v>
       </c>
       <c r="N133" s="15">
-        <v>1408</v>
+        <v>1961</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>331</v>
       </c>
-      <c r="D134" s="15" t="s">
+      <c r="E134" s="15" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>52</v>
       </c>
       <c r="K134" s="15">
         <v>0.09576999999999999</v>
       </c>
       <c r="L134" s="15">
         <v>0.09576999999999999</v>
       </c>
       <c r="M134" s="15">
         <v>0.09576999999999999</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15">
         <v>1040</v>
       </c>
@@ -6655,317 +6646,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>342</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>