--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1115,211 +1115,211 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.16809</v>
       </c>
       <c r="L9" s="15">
         <v>0.15128</v>
       </c>
       <c r="M9" s="15">
         <v>0.14008</v>
       </c>
       <c r="N9" s="15">
-        <v>963</v>
+        <v>1113</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.24815</v>
       </c>
       <c r="L10" s="15">
         <v>0.22333</v>
       </c>
       <c r="M10" s="15">
         <v>0.20679</v>
       </c>
       <c r="N10" s="15">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="15">
         <v>900</v>
       </c>
       <c r="K11" s="15">
         <v>0.30461</v>
       </c>
       <c r="L11" s="15">
         <v>0.21758</v>
       </c>
       <c r="M11" s="15">
         <v>0.19582</v>
       </c>
       <c r="N11" s="15">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="15">
         <v>10000011278</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>620</v>
       </c>
       <c r="K12" s="15">
         <v>0.401</v>
       </c>
       <c r="L12" s="15">
         <v>0.271</v>
       </c>
       <c r="M12" s="15">
         <v>0.25</v>
       </c>
       <c r="N12" s="15">
-        <v>8310</v>
+        <v>7139</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.29648</v>
       </c>
       <c r="L13" s="15">
         <v>0.21177</v>
       </c>
       <c r="M13" s="15">
         <v>0.19059</v>
       </c>
       <c r="N13" s="15">
-        <v>4214</v>
+        <v>3666</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1353,215 +1353,215 @@
       <c r="D15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>570</v>
       </c>
       <c r="K15" s="15">
         <v>0.16</v>
       </c>
       <c r="L15" s="15">
         <v>0.16</v>
       </c>
       <c r="M15" s="15">
         <v>0.16</v>
       </c>
       <c r="N15" s="15">
-        <v>4924</v>
+        <v>4647</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>390</v>
       </c>
       <c r="K16" s="15">
         <v>0.31</v>
       </c>
       <c r="L16" s="15">
         <v>0.31</v>
       </c>
       <c r="M16" s="15">
         <v>0.31</v>
       </c>
       <c r="N16" s="15">
-        <v>1862</v>
+        <v>1306</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15">
         <v>1560</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.17937</v>
       </c>
       <c r="L17" s="15">
         <v>0.16143</v>
       </c>
       <c r="M17" s="15">
         <v>0.14948</v>
       </c>
       <c r="N17" s="15">
-        <v>4891</v>
+        <v>5548</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.28382</v>
       </c>
       <c r="L18" s="15">
         <v>0.2472</v>
       </c>
       <c r="M18" s="15">
         <v>0.22889</v>
       </c>
       <c r="N18" s="15">
-        <v>19738</v>
+        <v>14982</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.17123</v>
       </c>
       <c r="L19" s="15">
         <v>0.1541</v>
       </c>
       <c r="M19" s="15">
         <v>0.14269</v>
       </c>
       <c r="N19" s="15">
-        <v>735</v>
+        <v>924</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="15">
         <v>10080036974</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1595,129 +1595,129 @@
       <c r="D21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.25347</v>
       </c>
       <c r="L21" s="15">
         <v>0.22812</v>
       </c>
       <c r="M21" s="15">
         <v>0.21123</v>
       </c>
       <c r="N21" s="15">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.21843</v>
       </c>
       <c r="L22" s="15">
         <v>0.19024</v>
       </c>
       <c r="M22" s="15">
         <v>0.17615</v>
       </c>
       <c r="N22" s="15">
-        <v>913</v>
+        <v>839</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>0.32784</v>
       </c>
       <c r="L23" s="15">
         <v>0.28554</v>
       </c>
       <c r="M23" s="15">
         <v>0.26439</v>
       </c>
       <c r="N23" s="15">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
       <c r="L24" s="15"/>
       <c r="M24" s="15"/>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
     </row>
   </sheetData>