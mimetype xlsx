--- v1 (2025-12-14)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1115,453 +1115,453 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.16809</v>
       </c>
       <c r="L9" s="15">
         <v>0.15128</v>
       </c>
       <c r="M9" s="15">
         <v>0.14008</v>
       </c>
       <c r="N9" s="15">
-        <v>1113</v>
+        <v>1125</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.24815</v>
       </c>
       <c r="L10" s="15">
         <v>0.22333</v>
       </c>
       <c r="M10" s="15">
         <v>0.20679</v>
       </c>
       <c r="N10" s="15">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="15">
         <v>900</v>
       </c>
       <c r="K11" s="15">
-        <v>0.30461</v>
+        <v>0.21542</v>
       </c>
       <c r="L11" s="15">
-        <v>0.21758</v>
+        <v>0.18669</v>
       </c>
       <c r="M11" s="15">
-        <v>0.19582</v>
+        <v>0.17951</v>
       </c>
       <c r="N11" s="15">
-        <v>405</v>
+        <v>324</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="15">
         <v>10000011278</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>620</v>
       </c>
       <c r="K12" s="15">
         <v>0.401</v>
       </c>
       <c r="L12" s="15">
         <v>0.271</v>
       </c>
       <c r="M12" s="15">
         <v>0.25</v>
       </c>
       <c r="N12" s="15">
-        <v>7139</v>
+        <v>8677</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
-        <v>0.29648</v>
+        <v>0.21519</v>
       </c>
       <c r="L13" s="15">
-        <v>0.21177</v>
+        <v>0.1865</v>
       </c>
       <c r="M13" s="15">
-        <v>0.19059</v>
+        <v>0.17933</v>
       </c>
       <c r="N13" s="15">
-        <v>3666</v>
+        <v>4005</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
-        <v>0.44684</v>
+        <v>0.32421</v>
       </c>
       <c r="L14" s="15">
-        <v>0.31917</v>
+        <v>0.28098</v>
       </c>
       <c r="M14" s="15">
-        <v>0.28725</v>
+        <v>0.27018</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>570</v>
       </c>
       <c r="K15" s="15">
         <v>0.16</v>
       </c>
       <c r="L15" s="15">
         <v>0.16</v>
       </c>
       <c r="M15" s="15">
         <v>0.16</v>
       </c>
       <c r="N15" s="15">
-        <v>4647</v>
+        <v>4716</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>390</v>
       </c>
       <c r="K16" s="15">
         <v>0.31</v>
       </c>
       <c r="L16" s="15">
         <v>0.31</v>
       </c>
       <c r="M16" s="15">
         <v>0.31</v>
       </c>
       <c r="N16" s="15">
-        <v>1306</v>
+        <v>1798</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15">
         <v>1560</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.17937</v>
       </c>
       <c r="L17" s="15">
         <v>0.16143</v>
       </c>
       <c r="M17" s="15">
         <v>0.14948</v>
       </c>
       <c r="N17" s="15">
-        <v>5548</v>
+        <v>3887</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.28382</v>
       </c>
       <c r="L18" s="15">
         <v>0.2472</v>
       </c>
       <c r="M18" s="15">
         <v>0.22889</v>
       </c>
       <c r="N18" s="15">
-        <v>14982</v>
+        <v>19336</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.17123</v>
       </c>
       <c r="L19" s="15">
         <v>0.1541</v>
       </c>
       <c r="M19" s="15">
         <v>0.14269</v>
       </c>
       <c r="N19" s="15">
-        <v>924</v>
+        <v>735</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="15">
         <v>10080036974</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1595,129 +1595,129 @@
       <c r="D21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.25347</v>
       </c>
       <c r="L21" s="15">
         <v>0.22812</v>
       </c>
       <c r="M21" s="15">
         <v>0.21123</v>
       </c>
       <c r="N21" s="15">
-        <v>152</v>
+        <v>168</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.21843</v>
       </c>
       <c r="L22" s="15">
         <v>0.19024</v>
       </c>
       <c r="M22" s="15">
         <v>0.17615</v>
       </c>
       <c r="N22" s="15">
-        <v>839</v>
+        <v>662</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>0.32784</v>
       </c>
       <c r="L23" s="15">
         <v>0.28554</v>
       </c>
       <c r="M23" s="15">
         <v>0.26439</v>
       </c>
       <c r="N23" s="15">
-        <v>145</v>
+        <v>128</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
       <c r="L24" s="15"/>
       <c r="M24" s="15"/>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
     </row>
   </sheetData>