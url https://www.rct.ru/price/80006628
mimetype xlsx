--- v2 (2025-12-18)
+++ v3 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1115,211 +1115,211 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.16809</v>
       </c>
       <c r="L9" s="15">
         <v>0.15128</v>
       </c>
       <c r="M9" s="15">
         <v>0.14008</v>
       </c>
       <c r="N9" s="15">
-        <v>1125</v>
+        <v>838</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.24815</v>
       </c>
       <c r="L10" s="15">
         <v>0.22333</v>
       </c>
       <c r="M10" s="15">
         <v>0.20679</v>
       </c>
       <c r="N10" s="15">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="15">
         <v>900</v>
       </c>
       <c r="K11" s="15">
         <v>0.21542</v>
       </c>
       <c r="L11" s="15">
         <v>0.18669</v>
       </c>
       <c r="M11" s="15">
         <v>0.17951</v>
       </c>
       <c r="N11" s="15">
-        <v>324</v>
+        <v>374</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="15">
         <v>10000011278</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>620</v>
       </c>
       <c r="K12" s="15">
         <v>0.401</v>
       </c>
       <c r="L12" s="15">
         <v>0.271</v>
       </c>
       <c r="M12" s="15">
         <v>0.25</v>
       </c>
       <c r="N12" s="15">
-        <v>8677</v>
+        <v>6810</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.21519</v>
       </c>
       <c r="L13" s="15">
         <v>0.1865</v>
       </c>
       <c r="M13" s="15">
         <v>0.17933</v>
       </c>
       <c r="N13" s="15">
-        <v>4005</v>
+        <v>3174</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1353,215 +1353,215 @@
       <c r="D15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>570</v>
       </c>
       <c r="K15" s="15">
         <v>0.16</v>
       </c>
       <c r="L15" s="15">
         <v>0.16</v>
       </c>
       <c r="M15" s="15">
         <v>0.16</v>
       </c>
       <c r="N15" s="15">
-        <v>4716</v>
+        <v>5063</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>390</v>
       </c>
       <c r="K16" s="15">
         <v>0.31</v>
       </c>
       <c r="L16" s="15">
         <v>0.31</v>
       </c>
       <c r="M16" s="15">
         <v>0.31</v>
       </c>
       <c r="N16" s="15">
-        <v>1798</v>
+        <v>1413</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15">
         <v>1560</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.17937</v>
       </c>
       <c r="L17" s="15">
         <v>0.16143</v>
       </c>
       <c r="M17" s="15">
         <v>0.14948</v>
       </c>
       <c r="N17" s="15">
-        <v>3887</v>
+        <v>4466</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.28382</v>
       </c>
       <c r="L18" s="15">
         <v>0.2472</v>
       </c>
       <c r="M18" s="15">
         <v>0.22889</v>
       </c>
       <c r="N18" s="15">
-        <v>19336</v>
+        <v>13845</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.17123</v>
       </c>
       <c r="L19" s="15">
         <v>0.1541</v>
       </c>
       <c r="M19" s="15">
         <v>0.14269</v>
       </c>
       <c r="N19" s="15">
-        <v>735</v>
+        <v>840</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="15">
         <v>10080036974</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1634,90 +1634,90 @@
       <c r="D22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.21843</v>
       </c>
       <c r="L22" s="15">
         <v>0.19024</v>
       </c>
       <c r="M22" s="15">
         <v>0.17615</v>
       </c>
       <c r="N22" s="15">
-        <v>662</v>
+        <v>806</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>0.32784</v>
       </c>
       <c r="L23" s="15">
         <v>0.28554</v>
       </c>
       <c r="M23" s="15">
         <v>0.26439</v>
       </c>
       <c r="N23" s="15">
-        <v>128</v>
+        <v>152</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
       <c r="L24" s="15"/>
       <c r="M24" s="15"/>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
     </row>
   </sheetData>