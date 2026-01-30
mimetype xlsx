--- v3 (2026-01-10)
+++ v4 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1115,211 +1115,211 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.16809</v>
       </c>
       <c r="L9" s="15">
         <v>0.15128</v>
       </c>
       <c r="M9" s="15">
         <v>0.14008</v>
       </c>
       <c r="N9" s="15">
-        <v>838</v>
+        <v>863</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.24815</v>
       </c>
       <c r="L10" s="15">
         <v>0.22333</v>
       </c>
       <c r="M10" s="15">
         <v>0.20679</v>
       </c>
       <c r="N10" s="15">
-        <v>220</v>
+        <v>198</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="15">
         <v>900</v>
       </c>
       <c r="K11" s="15">
         <v>0.21542</v>
       </c>
       <c r="L11" s="15">
         <v>0.18669</v>
       </c>
       <c r="M11" s="15">
         <v>0.17951</v>
       </c>
       <c r="N11" s="15">
-        <v>374</v>
+        <v>392</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="15">
         <v>10000011278</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>620</v>
       </c>
       <c r="K12" s="15">
         <v>0.401</v>
       </c>
       <c r="L12" s="15">
         <v>0.271</v>
       </c>
       <c r="M12" s="15">
         <v>0.25</v>
       </c>
       <c r="N12" s="15">
-        <v>6810</v>
+        <v>6920</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.21519</v>
       </c>
       <c r="L13" s="15">
         <v>0.1865</v>
       </c>
       <c r="M13" s="15">
         <v>0.17933</v>
       </c>
       <c r="N13" s="15">
-        <v>3174</v>
+        <v>3358</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1353,51 +1353,51 @@
       <c r="D15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>570</v>
       </c>
       <c r="K15" s="15">
         <v>0.16</v>
       </c>
       <c r="L15" s="15">
         <v>0.16</v>
       </c>
       <c r="M15" s="15">
         <v>0.16</v>
       </c>
       <c r="N15" s="15">
-        <v>5063</v>
+        <v>6103</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
@@ -1423,145 +1423,145 @@
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.17937</v>
       </c>
       <c r="L17" s="15">
         <v>0.16143</v>
       </c>
       <c r="M17" s="15">
         <v>0.14948</v>
       </c>
       <c r="N17" s="15">
-        <v>4466</v>
+        <v>4704</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.28382</v>
       </c>
       <c r="L18" s="15">
         <v>0.2472</v>
       </c>
       <c r="M18" s="15">
         <v>0.22889</v>
       </c>
       <c r="N18" s="15">
-        <v>13845</v>
+        <v>14738</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.17123</v>
       </c>
       <c r="L19" s="15">
         <v>0.1541</v>
       </c>
       <c r="M19" s="15">
         <v>0.14269</v>
       </c>
       <c r="N19" s="15">
-        <v>840</v>
+        <v>662</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="15">
         <v>10080036974</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1595,129 +1595,129 @@
       <c r="D21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.25347</v>
       </c>
       <c r="L21" s="15">
         <v>0.22812</v>
       </c>
       <c r="M21" s="15">
         <v>0.21123</v>
       </c>
       <c r="N21" s="15">
-        <v>168</v>
+        <v>139</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.21843</v>
       </c>
       <c r="L22" s="15">
         <v>0.19024</v>
       </c>
       <c r="M22" s="15">
         <v>0.17615</v>
       </c>
       <c r="N22" s="15">
-        <v>806</v>
+        <v>938</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>0.32784</v>
       </c>
       <c r="L23" s="15">
         <v>0.28554</v>
       </c>
       <c r="M23" s="15">
         <v>0.26439</v>
       </c>
       <c r="N23" s="15">
-        <v>152</v>
+        <v>111</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
       <c r="L24" s="15"/>
       <c r="M24" s="15"/>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
     </row>
   </sheetData>