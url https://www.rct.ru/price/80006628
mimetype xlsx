--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1115,211 +1115,211 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.16809</v>
       </c>
       <c r="L9" s="15">
         <v>0.15128</v>
       </c>
       <c r="M9" s="15">
         <v>0.14008</v>
       </c>
       <c r="N9" s="15">
-        <v>863</v>
+        <v>813</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.24815</v>
       </c>
       <c r="L10" s="15">
         <v>0.22333</v>
       </c>
       <c r="M10" s="15">
         <v>0.20679</v>
       </c>
       <c r="N10" s="15">
-        <v>198</v>
+        <v>165</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="15">
         <v>900</v>
       </c>
       <c r="K11" s="15">
         <v>0.21542</v>
       </c>
       <c r="L11" s="15">
         <v>0.18669</v>
       </c>
       <c r="M11" s="15">
         <v>0.17951</v>
       </c>
       <c r="N11" s="15">
-        <v>392</v>
+        <v>345</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="15">
         <v>10000011278</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>620</v>
       </c>
       <c r="K12" s="15">
         <v>0.401</v>
       </c>
       <c r="L12" s="15">
         <v>0.271</v>
       </c>
       <c r="M12" s="15">
         <v>0.25</v>
       </c>
       <c r="N12" s="15">
-        <v>6920</v>
+        <v>7359</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.21519</v>
       </c>
       <c r="L13" s="15">
         <v>0.1865</v>
       </c>
       <c r="M13" s="15">
         <v>0.17933</v>
       </c>
       <c r="N13" s="15">
-        <v>3358</v>
+        <v>2357</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1392,176 +1392,176 @@
       <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>390</v>
       </c>
       <c r="K16" s="15">
         <v>0.31</v>
       </c>
       <c r="L16" s="15">
         <v>0.31</v>
       </c>
       <c r="M16" s="15">
         <v>0.31</v>
       </c>
       <c r="N16" s="15">
-        <v>1413</v>
+        <v>1841</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15">
         <v>1560</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.17937</v>
       </c>
       <c r="L17" s="15">
         <v>0.16143</v>
       </c>
       <c r="M17" s="15">
         <v>0.14948</v>
       </c>
       <c r="N17" s="15">
-        <v>4704</v>
+        <v>3472</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.28382</v>
       </c>
       <c r="L18" s="15">
         <v>0.2472</v>
       </c>
       <c r="M18" s="15">
         <v>0.22889</v>
       </c>
       <c r="N18" s="15">
-        <v>14738</v>
+        <v>14515</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.17123</v>
       </c>
       <c r="L19" s="15">
         <v>0.1541</v>
       </c>
       <c r="M19" s="15">
         <v>0.14269</v>
       </c>
       <c r="N19" s="15">
-        <v>662</v>
+        <v>693</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="15">
         <v>10080036974</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1595,90 +1595,90 @@
       <c r="D21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.25347</v>
       </c>
       <c r="L21" s="15">
         <v>0.22812</v>
       </c>
       <c r="M21" s="15">
         <v>0.21123</v>
       </c>
       <c r="N21" s="15">
-        <v>139</v>
+        <v>179</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.21843</v>
       </c>
       <c r="L22" s="15">
         <v>0.19024</v>
       </c>
       <c r="M22" s="15">
         <v>0.17615</v>
       </c>
       <c r="N22" s="15">
-        <v>938</v>
+        <v>773</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I23" s="15" t="s">