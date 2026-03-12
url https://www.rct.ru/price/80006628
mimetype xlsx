--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1115,212 +1115,210 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.16809</v>
       </c>
       <c r="L9" s="15">
         <v>0.15128</v>
       </c>
       <c r="M9" s="15">
         <v>0.14008</v>
       </c>
       <c r="N9" s="15">
-        <v>813</v>
+        <v>938</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.24815</v>
       </c>
       <c r="L10" s="15">
         <v>0.22333</v>
       </c>
       <c r="M10" s="15">
         <v>0.20679</v>
       </c>
       <c r="N10" s="15">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="15">
         <v>900</v>
       </c>
       <c r="K11" s="15">
         <v>0.21542</v>
       </c>
       <c r="L11" s="15">
         <v>0.18669</v>
       </c>
       <c r="M11" s="15">
         <v>0.17951</v>
       </c>
       <c r="N11" s="15">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="15">
         <v>10000011278</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>620</v>
       </c>
       <c r="K12" s="15">
         <v>0.401</v>
       </c>
       <c r="L12" s="15">
         <v>0.271</v>
       </c>
       <c r="M12" s="15">
         <v>0.25</v>
       </c>
       <c r="N12" s="15">
-        <v>7359</v>
+        <v>6700</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.21519</v>
       </c>
       <c r="L13" s="15">
         <v>0.1865</v>
       </c>
       <c r="M13" s="15">
         <v>0.17933</v>
       </c>
-      <c r="N13" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>50</v>
@@ -1353,215 +1351,215 @@
       <c r="D15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>570</v>
       </c>
       <c r="K15" s="15">
         <v>0.16</v>
       </c>
       <c r="L15" s="15">
         <v>0.16</v>
       </c>
       <c r="M15" s="15">
         <v>0.16</v>
       </c>
       <c r="N15" s="15">
-        <v>6103</v>
+        <v>5063</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>390</v>
       </c>
       <c r="K16" s="15">
         <v>0.31</v>
       </c>
       <c r="L16" s="15">
         <v>0.31</v>
       </c>
       <c r="M16" s="15">
         <v>0.31</v>
       </c>
       <c r="N16" s="15">
-        <v>1841</v>
+        <v>1819</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15">
         <v>1560</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.17937</v>
       </c>
       <c r="L17" s="15">
         <v>0.16143</v>
       </c>
       <c r="M17" s="15">
         <v>0.14948</v>
       </c>
       <c r="N17" s="15">
-        <v>3472</v>
+        <v>3752</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.28382</v>
       </c>
       <c r="L18" s="15">
         <v>0.2472</v>
       </c>
       <c r="M18" s="15">
         <v>0.22889</v>
       </c>
       <c r="N18" s="15">
-        <v>14515</v>
+        <v>14068</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.17123</v>
       </c>
       <c r="L19" s="15">
         <v>0.1541</v>
       </c>
       <c r="M19" s="15">
         <v>0.14269</v>
       </c>
       <c r="N19" s="15">
-        <v>693</v>
+        <v>858</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="15">
         <v>10080036974</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1595,129 +1593,129 @@
       <c r="D21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.25347</v>
       </c>
       <c r="L21" s="15">
         <v>0.22812</v>
       </c>
       <c r="M21" s="15">
         <v>0.21123</v>
       </c>
       <c r="N21" s="15">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.21843</v>
       </c>
       <c r="L22" s="15">
         <v>0.19024</v>
       </c>
       <c r="M22" s="15">
         <v>0.17615</v>
       </c>
       <c r="N22" s="15">
-        <v>773</v>
+        <v>905</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>0.32784</v>
       </c>
       <c r="L23" s="15">
         <v>0.28554</v>
       </c>
       <c r="M23" s="15">
         <v>0.26439</v>
       </c>
       <c r="N23" s="15">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
       <c r="L24" s="15"/>
       <c r="M24" s="15"/>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
     </row>
   </sheetData>