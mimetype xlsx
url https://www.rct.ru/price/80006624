--- v0 (2025-12-18)
+++ v1 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="367">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -352,51 +352,51 @@
   <si>
     <t>Клеммник DG127A-5.08-06P-14-00A(H)</t>
   </si>
   <si>
     <t>DG127A-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG127A-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113997</t>
   </si>
   <si>
     <t xml:space="preserve">GT127A-5.08-06P-14-00 GOLTEN, TLD301-06P-G12S Tianli, </t>
   </si>
   <si>
     <t>DG127A3-5.08-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG127A3-5.08-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108515</t>
   </si>
   <si>
-    <t>08.03.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>DG127H-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG127H-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00017529</t>
   </si>
   <si>
     <t>DG127R-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG127R-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00017536</t>
   </si>
   <si>
     <t>DG127S-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG127S-5.08-02P-14-00A(H)</t>
   </si>
@@ -538,53 +538,50 @@
   <si>
     <t>DG500-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG500-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113464</t>
   </si>
   <si>
     <t xml:space="preserve">GT500-5.08-03P-14-00A(H) GOLTEN, GT500-5.08-03P-14-00 GOLTEN, TL306V-03P-G12S Tianli, CM-500-5.08-3P-14 FUCON, L-KLS2-128I-5.08-03P-4S01 KLS, </t>
   </si>
   <si>
     <t>DG500A-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG500A-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00106882</t>
   </si>
   <si>
     <t xml:space="preserve">GT500A-5.08-04P-14-00 GOLTEN, TLD300-04P-G12S Tianli, CM-500A-5.08-4P-14 FUCON, TLD300-04P-G121S Tianli, L-KLS2-128IA-5.08-04P-4S KLS, </t>
   </si>
   <si>
-    <t>26.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG500A-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG500A-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113888</t>
   </si>
   <si>
     <t xml:space="preserve">GT500A-5.08-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG500A3-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG500A3-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111612</t>
   </si>
   <si>
     <t xml:space="preserve">GT500A3-5.08-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG500AA-5.08-04P-14-00A(H)</t>
@@ -880,51 +877,51 @@
   <si>
     <t>GT504-5.08-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT504-5.08-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140293</t>
   </si>
   <si>
     <t xml:space="preserve">DG504-5.08-03P-14-00Z(H) DEGSON, TL334-03P-G12S Tianli, CM-504-5.08-3P-14 FUCON, L-KLS2-131V-5.08-03P-4S KLS, </t>
   </si>
   <si>
     <t>L-KLS2-129-5.08-02P-4S01</t>
   </si>
   <si>
     <t>винт "-" / KLS2-129-5.08-02P-4S01</t>
   </si>
   <si>
     <t>UT-00118016</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
-    <t>15.03.2026</t>
+    <t>19.03.2026</t>
   </si>
   <si>
     <t>L-KLS2-129-5.08-03P-4S01</t>
   </si>
   <si>
     <t>винт "-" / KLS2-129-5.08-03P-4S01</t>
   </si>
   <si>
     <t>UT-00118018</t>
   </si>
   <si>
     <t>L-KLS2-125-5.08-03P-4S01</t>
   </si>
   <si>
     <t>винт "-", контакты - латунь / L-KLS2-125-5.08-03P-4S01</t>
   </si>
   <si>
     <t>UT-00146558</t>
   </si>
   <si>
     <t xml:space="preserve">DG125-5.08-03P-14-00Z(H) DEGSON, GT125-5.08-03P-14-00 GOLTEN, TL306V-03P-GS Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-128I-5.08-03P-4S01</t>
   </si>
@@ -1882,406 +1879,406 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.0848</v>
       </c>
       <c r="L9" s="15">
         <v>0.07632</v>
       </c>
       <c r="M9" s="15">
         <v>0.07066</v>
       </c>
       <c r="N9" s="15">
-        <v>47500</v>
+        <v>42500</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.12612</v>
       </c>
       <c r="L10" s="15">
         <v>0.11351</v>
       </c>
       <c r="M10" s="15">
         <v>0.1051</v>
       </c>
       <c r="N10" s="15">
-        <v>988</v>
+        <v>838</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.2175</v>
       </c>
       <c r="L11" s="15">
         <v>0.19575</v>
       </c>
       <c r="M11" s="15">
         <v>0.18125</v>
       </c>
       <c r="N11" s="15">
-        <v>548</v>
+        <v>585</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.3051</v>
       </c>
       <c r="L12" s="15">
         <v>0.27459</v>
       </c>
       <c r="M12" s="15">
         <v>0.25425</v>
       </c>
       <c r="N12" s="15">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15">
         <v>500</v>
       </c>
       <c r="K13" s="15">
         <v>0.10559</v>
       </c>
       <c r="L13" s="15">
         <v>0.09503</v>
       </c>
       <c r="M13" s="15">
         <v>0.08799</v>
       </c>
       <c r="N13" s="15">
-        <v>8101</v>
+        <v>8600</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15">
         <v>400</v>
       </c>
       <c r="K14" s="15">
         <v>0.15866</v>
       </c>
       <c r="L14" s="15">
         <v>0.14279</v>
       </c>
       <c r="M14" s="15">
         <v>0.13221</v>
       </c>
       <c r="N14" s="15">
-        <v>5525</v>
+        <v>4810</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.27447</v>
       </c>
       <c r="L15" s="15">
         <v>0.24702</v>
       </c>
       <c r="M15" s="15">
         <v>0.22873</v>
       </c>
       <c r="N15" s="15">
-        <v>1825</v>
+        <v>2150</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.13238</v>
       </c>
       <c r="L16" s="15">
         <v>0.11914</v>
       </c>
       <c r="M16" s="15">
         <v>0.11031</v>
       </c>
       <c r="N16" s="15">
-        <v>2963</v>
+        <v>2400</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.1559</v>
       </c>
       <c r="L17" s="15">
         <v>0.14031</v>
       </c>
       <c r="M17" s="15">
         <v>0.12991</v>
       </c>
       <c r="N17" s="15">
-        <v>2050</v>
+        <v>1950</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J18" s="15"/>
       <c r="K18" s="15">
         <v>0.6302</v>
       </c>
       <c r="L18" s="15">
         <v>0.56718</v>
       </c>
       <c r="M18" s="15">
         <v>0.52516</v>
       </c>
       <c r="N18" s="15">
-        <v>950</v>
+        <v>925</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I19" s="15"/>
@@ -2436,51 +2433,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.20544</v>
       </c>
       <c r="L23" s="15">
         <v>0.17805</v>
       </c>
       <c r="M23" s="15">
         <v>0.1712</v>
       </c>
       <c r="N23" s="15">
-        <v>2469</v>
+        <v>1748</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>3600</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>71</v>
@@ -2518,51 +2515,51 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.1077</v>
       </c>
       <c r="L25" s="15">
         <v>0.09334000000000001</v>
       </c>
       <c r="M25" s="15">
         <v>0.08975</v>
       </c>
       <c r="N25" s="15">
-        <v>126385</v>
+        <v>183258</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2598,287 +2595,287 @@
       </c>
       <c r="E27" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J27" s="15">
         <v>880</v>
       </c>
       <c r="K27" s="15">
         <v>0.26324</v>
       </c>
       <c r="L27" s="15">
         <v>0.22814</v>
       </c>
       <c r="M27" s="15">
         <v>0.21936</v>
       </c>
       <c r="N27" s="15">
-        <v>608</v>
+        <v>740</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.34463</v>
       </c>
       <c r="L28" s="15">
         <v>0.29868</v>
       </c>
       <c r="M28" s="15">
         <v>0.28719</v>
       </c>
       <c r="N28" s="15">
-        <v>519</v>
+        <v>473</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E29" s="15">
         <v>10080009928</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>620</v>
       </c>
       <c r="K29" s="15">
         <v>0.39545</v>
       </c>
       <c r="L29" s="15">
         <v>0.34272</v>
       </c>
       <c r="M29" s="15">
         <v>0.32954</v>
       </c>
       <c r="N29" s="15">
-        <v>161</v>
+        <v>179</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J30" s="15">
         <v>620</v>
       </c>
       <c r="K30" s="15">
         <v>0.36798</v>
       </c>
       <c r="L30" s="15">
         <v>0.31892</v>
       </c>
       <c r="M30" s="15">
         <v>0.30665</v>
       </c>
       <c r="N30" s="15">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="O30" s="15">
-        <v>1935</v>
+        <v>1761</v>
       </c>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>320</v>
       </c>
       <c r="K31" s="15">
-        <v>0.79658</v>
+        <v>0.78539</v>
       </c>
       <c r="L31" s="15">
-        <v>0.69037</v>
+        <v>0.68067</v>
       </c>
       <c r="M31" s="15">
-        <v>0.66381</v>
+        <v>0.65449</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15">
-        <v>244</v>
+        <v>272</v>
       </c>
       <c r="P31" s="15" t="s">
         <v>112</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1200</v>
       </c>
       <c r="K32" s="15">
         <v>0.16646</v>
       </c>
       <c r="L32" s="15">
         <v>0.14426</v>
       </c>
       <c r="M32" s="15">
         <v>0.13871</v>
       </c>
       <c r="N32" s="15">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>0.18871</v>
       </c>
       <c r="L33" s="15">
         <v>0.15726</v>
       </c>
       <c r="M33" s="15">
         <v>0.15097</v>
       </c>
       <c r="N33" s="15">
-        <v>1723</v>
+        <v>2085</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E34" s="15">
         <v>10080014705</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I34" s="15"/>
@@ -2992,207 +2989,207 @@
       </c>
       <c r="E37" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>130</v>
       </c>
       <c r="J37" s="15">
         <v>200</v>
       </c>
       <c r="K37" s="15">
         <v>0.16484</v>
       </c>
       <c r="L37" s="15">
         <v>0.14286</v>
       </c>
       <c r="M37" s="15">
         <v>0.13736</v>
       </c>
       <c r="N37" s="15">
-        <v>12614</v>
+        <v>13049</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>134</v>
       </c>
       <c r="J38" s="15">
         <v>200</v>
       </c>
       <c r="K38" s="15">
         <v>0.22286</v>
       </c>
       <c r="L38" s="15">
         <v>0.19314</v>
       </c>
       <c r="M38" s="15">
         <v>0.18571</v>
       </c>
       <c r="N38" s="15">
-        <v>150128</v>
+        <v>136752</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.15108</v>
       </c>
       <c r="L39" s="15">
         <v>0.13094</v>
       </c>
       <c r="M39" s="15">
         <v>0.1259</v>
       </c>
       <c r="N39" s="15">
-        <v>4659</v>
+        <v>5414</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D40" s="15"/>
       <c r="E40" s="15">
         <v>10080009933</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
         <v>0.22107</v>
       </c>
       <c r="L40" s="15">
         <v>0.19159</v>
       </c>
       <c r="M40" s="15">
         <v>0.18423</v>
       </c>
       <c r="N40" s="15">
-        <v>2154</v>
+        <v>1828</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>200</v>
       </c>
       <c r="K41" s="15">
         <v>0.20882</v>
       </c>
       <c r="L41" s="15">
         <v>0.18097</v>
       </c>
       <c r="M41" s="15">
         <v>0.17401</v>
       </c>
       <c r="N41" s="15">
-        <v>3586</v>
+        <v>4495</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E42" s="15">
         <v>10080015050</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I42" s="15" t="s">
@@ -3230,209 +3227,209 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J43" s="15">
         <v>330</v>
       </c>
       <c r="K43" s="15">
         <v>0.40707</v>
       </c>
       <c r="L43" s="15">
         <v>0.35279</v>
       </c>
       <c r="M43" s="15">
         <v>0.33923</v>
       </c>
       <c r="N43" s="15">
-        <v>1049</v>
+        <v>1077</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>152</v>
       </c>
       <c r="J44" s="15">
         <v>240</v>
       </c>
       <c r="K44" s="15">
         <v>0.71129</v>
       </c>
       <c r="L44" s="15">
         <v>0.6164500000000001</v>
       </c>
       <c r="M44" s="15">
         <v>0.59274</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15">
-        <v>1440</v>
+        <v>1464</v>
       </c>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.68016</v>
       </c>
       <c r="L45" s="15">
         <v>0.58947</v>
       </c>
       <c r="M45" s="15">
         <v>0.5668</v>
       </c>
       <c r="N45" s="15">
-        <v>482</v>
+        <v>336</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15">
         <v>1.02</v>
       </c>
       <c r="L46" s="15">
         <v>0.88533</v>
       </c>
       <c r="M46" s="15">
         <v>0.85128</v>
       </c>
       <c r="N46" s="15">
-        <v>353</v>
+        <v>437</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>162</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.12222</v>
       </c>
       <c r="L47" s="15">
         <v>0.10592</v>
       </c>
       <c r="M47" s="15">
         <v>0.10185</v>
       </c>
       <c r="N47" s="15">
-        <v>6667</v>
+        <v>8490</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I48" s="15"/>
@@ -3498,1820 +3495,1824 @@
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J50" s="15">
         <v>700</v>
       </c>
       <c r="K50" s="15">
-        <v>0.30399</v>
+        <v>0.31356</v>
       </c>
       <c r="L50" s="15">
-        <v>0.26346</v>
+        <v>0.27175</v>
       </c>
       <c r="M50" s="15">
-        <v>0.25333</v>
+        <v>0.2613</v>
       </c>
       <c r="N50" s="15">
         <v>50</v>
       </c>
       <c r="O50" s="15">
-        <v>1218</v>
+        <v>1176</v>
       </c>
       <c r="P50" s="15" t="s">
-        <v>174</v>
+        <v>112</v>
       </c>
       <c r="Q50" s="15">
         <v>2800</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J51" s="15">
         <v>450</v>
       </c>
       <c r="K51" s="15">
         <v>0.46175</v>
       </c>
       <c r="L51" s="15">
         <v>0.40018</v>
       </c>
       <c r="M51" s="15">
         <v>0.38479</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>179</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J52" s="15">
         <v>325</v>
       </c>
       <c r="K52" s="15">
         <v>0.66389</v>
       </c>
       <c r="L52" s="15">
         <v>0.57537</v>
       </c>
       <c r="M52" s="15">
         <v>0.55324</v>
       </c>
       <c r="N52" s="15">
-        <v>423</v>
+        <v>515</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E53" s="15">
         <v>10080006929</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>440</v>
       </c>
       <c r="K53" s="15">
         <v>0.28</v>
       </c>
       <c r="L53" s="15">
         <v>0.28</v>
       </c>
       <c r="M53" s="15">
         <v>0.28</v>
       </c>
       <c r="N53" s="15">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E54" s="15">
         <v>10000017703</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
         <v>0.45</v>
       </c>
       <c r="L54" s="15">
         <v>0.45</v>
       </c>
       <c r="M54" s="15">
         <v>0.45</v>
       </c>
       <c r="N54" s="15">
-        <v>311</v>
+        <v>242</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E55" s="15">
         <v>10080043344</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="J55" s="15">
         <v>450</v>
       </c>
       <c r="K55" s="15">
         <v>0.49805</v>
       </c>
       <c r="L55" s="15">
         <v>0.43164</v>
       </c>
       <c r="M55" s="15">
         <v>0.41504</v>
       </c>
       <c r="N55" s="15">
         <v>29</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>190</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J56" s="15">
         <v>450</v>
       </c>
       <c r="K56" s="15">
         <v>0.46113</v>
       </c>
       <c r="L56" s="15">
         <v>0.39965</v>
       </c>
       <c r="M56" s="15">
         <v>0.38428</v>
       </c>
       <c r="N56" s="15">
         <v>15</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>194</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.55</v>
       </c>
       <c r="L57" s="15">
         <v>0.55</v>
       </c>
       <c r="M57" s="15">
         <v>0.55</v>
       </c>
       <c r="N57" s="15">
         <v>6</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.14252</v>
       </c>
       <c r="L58" s="15">
         <v>0.12351</v>
       </c>
       <c r="M58" s="15">
         <v>0.11876</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E59" s="15">
         <v>10080018402</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.23121</v>
       </c>
       <c r="L59" s="15">
         <v>0.20038</v>
       </c>
       <c r="M59" s="15">
         <v>0.19268</v>
       </c>
       <c r="N59" s="15">
         <v>9</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D60" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="E60" s="15" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.39941</v>
       </c>
       <c r="L60" s="15">
         <v>0.27959</v>
       </c>
       <c r="M60" s="15">
         <v>0.26627</v>
       </c>
       <c r="N60" s="15">
         <v>17</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>206</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.26093</v>
       </c>
       <c r="L61" s="15">
         <v>0.22614</v>
       </c>
       <c r="M61" s="15">
         <v>0.21744</v>
       </c>
       <c r="N61" s="15">
         <v>10</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>0.34151</v>
       </c>
       <c r="L62" s="15">
         <v>0.29597</v>
       </c>
       <c r="M62" s="15">
         <v>0.28459</v>
       </c>
       <c r="N62" s="15">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
         <v>0.45989</v>
       </c>
       <c r="L63" s="15">
         <v>0.39857</v>
       </c>
       <c r="M63" s="15">
         <v>0.38324</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>217</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="J64" s="15"/>
       <c r="K64" s="15">
         <v>0.73997</v>
       </c>
       <c r="L64" s="15">
         <v>0.6413</v>
       </c>
       <c r="M64" s="15">
         <v>0.61664</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>221</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J65" s="15">
         <v>150</v>
       </c>
       <c r="K65" s="15">
         <v>0.47385</v>
       </c>
       <c r="L65" s="15">
         <v>0.41067</v>
       </c>
       <c r="M65" s="15">
         <v>0.39488</v>
       </c>
       <c r="N65" s="15">
-        <v>3076</v>
+        <v>3609</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>225</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.8118300000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.70359</v>
       </c>
       <c r="M66" s="15">
         <v>0.67653</v>
       </c>
       <c r="N66" s="15">
-        <v>644</v>
+        <v>541</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="I67" s="15" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="J67" s="15">
         <v>1200</v>
       </c>
       <c r="K67" s="15">
         <v>0.13004</v>
       </c>
       <c r="L67" s="15">
         <v>0.1127</v>
       </c>
       <c r="M67" s="15">
         <v>0.10836</v>
       </c>
       <c r="N67" s="15">
-        <v>900</v>
+        <v>600</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>4800</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="J68" s="15">
         <v>800</v>
       </c>
       <c r="K68" s="15">
         <v>0.19173</v>
       </c>
       <c r="L68" s="15">
         <v>0.16617</v>
       </c>
       <c r="M68" s="15">
         <v>0.15978</v>
       </c>
       <c r="N68" s="15">
-        <v>10200</v>
+        <v>14790</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15">
         <v>3200</v>
       </c>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="J69" s="15">
         <v>2000</v>
       </c>
       <c r="K69" s="15">
         <v>0.1178</v>
       </c>
       <c r="L69" s="15">
         <v>0.10209</v>
       </c>
       <c r="M69" s="15">
         <v>0.09816</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15">
         <v>8000</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
         <v>0.11781</v>
       </c>
       <c r="L70" s="15">
         <v>0.10603</v>
       </c>
       <c r="M70" s="15">
         <v>0.09818</v>
       </c>
       <c r="N70" s="15">
-        <v>33394</v>
+        <v>25347</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15">
         <v>4800</v>
       </c>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>246</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J71" s="15">
         <v>300</v>
       </c>
       <c r="K71" s="15">
         <v>0.177</v>
       </c>
       <c r="L71" s="15">
         <v>0.1593</v>
       </c>
       <c r="M71" s="15">
         <v>0.1475</v>
       </c>
       <c r="N71" s="15">
-        <v>31827</v>
+        <v>37824</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>4800</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E72" s="15">
         <v>10080038347</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>0.30096</v>
       </c>
       <c r="L72" s="15">
         <v>0.1746</v>
       </c>
       <c r="M72" s="15">
         <v>0.15163</v>
       </c>
       <c r="N72" s="15">
         <v>2</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="J73" s="15">
         <v>594</v>
       </c>
       <c r="K73" s="15">
         <v>0.26835</v>
       </c>
       <c r="L73" s="15">
         <v>0.24152</v>
       </c>
       <c r="M73" s="15">
         <v>0.22363</v>
       </c>
       <c r="N73" s="15">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J74" s="15">
         <v>396</v>
       </c>
       <c r="K74" s="15">
         <v>0.40266</v>
       </c>
       <c r="L74" s="15">
         <v>0.36239</v>
       </c>
       <c r="M74" s="15">
         <v>0.33555</v>
       </c>
       <c r="N74" s="15">
-        <v>7882</v>
+        <v>6120</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
         <v>1584</v>
       </c>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>261</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
         <v>11.72</v>
       </c>
       <c r="L75" s="15">
         <v>7.67</v>
       </c>
       <c r="M75" s="15">
         <v>6.98</v>
       </c>
       <c r="N75" s="15">
         <v>10</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>265</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.13916</v>
       </c>
       <c r="L76" s="15">
         <v>0.12524</v>
       </c>
       <c r="M76" s="15">
         <v>0.11596</v>
       </c>
       <c r="N76" s="15">
-        <v>2738</v>
+        <v>3150</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E77" s="15">
         <v>10080044879</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
         <v>0.4289</v>
       </c>
       <c r="L77" s="15">
         <v>0.22977</v>
       </c>
       <c r="M77" s="15">
         <v>0.19913</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>272</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="J78" s="15">
         <v>150</v>
       </c>
       <c r="K78" s="15">
         <v>0.16721</v>
       </c>
       <c r="L78" s="15">
         <v>0.15048</v>
       </c>
       <c r="M78" s="15">
         <v>0.13934</v>
       </c>
       <c r="N78" s="15">
-        <v>960</v>
+        <v>1065</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>276</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.30578</v>
       </c>
       <c r="L79" s="15">
         <v>0.2752</v>
       </c>
       <c r="M79" s="15">
         <v>0.25481</v>
       </c>
       <c r="N79" s="15">
-        <v>325</v>
+        <v>305</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>280</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J80" s="15">
         <v>150</v>
       </c>
       <c r="K80" s="15">
         <v>0.45866</v>
       </c>
       <c r="L80" s="15">
         <v>0.41279</v>
       </c>
       <c r="M80" s="15">
         <v>0.38221</v>
       </c>
       <c r="N80" s="15">
-        <v>949</v>
+        <v>661</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>284</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>350</v>
       </c>
       <c r="K81" s="15">
-        <v>0.19519</v>
+        <v>0.13686</v>
       </c>
       <c r="L81" s="15">
-        <v>0.14122</v>
+        <v>0.11861</v>
       </c>
       <c r="M81" s="15">
-        <v>0.12323</v>
+        <v>0.11405</v>
       </c>
       <c r="N81" s="15"/>
-      <c r="O81" s="15"/>
+      <c r="O81" s="15">
+        <v>3320</v>
+      </c>
       <c r="P81" s="15" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>289</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>200</v>
       </c>
       <c r="K82" s="15">
-        <v>0.29438</v>
+        <v>0.20334</v>
       </c>
       <c r="L82" s="15">
-        <v>0.21299</v>
+        <v>0.17623</v>
       </c>
       <c r="M82" s="15">
-        <v>0.18585</v>
+        <v>0.16945</v>
       </c>
       <c r="N82" s="15"/>
-      <c r="O82" s="15"/>
+      <c r="O82" s="15">
+        <v>4200</v>
+      </c>
       <c r="P82" s="15" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>292</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="I83" s="15" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J83" s="15">
         <v>200</v>
       </c>
       <c r="K83" s="15">
-        <v>0.30152</v>
+        <v>0.21144</v>
       </c>
       <c r="L83" s="15">
-        <v>0.21815</v>
+        <v>0.18325</v>
       </c>
       <c r="M83" s="15">
-        <v>0.19036</v>
+        <v>0.1762</v>
       </c>
       <c r="N83" s="15">
-        <v>609</v>
+        <v>477</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>296</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="J84" s="15">
         <v>200</v>
       </c>
       <c r="K84" s="15">
-        <v>0.21819</v>
+        <v>0.15237</v>
       </c>
       <c r="L84" s="15">
-        <v>0.15786</v>
+        <v>0.13205</v>
       </c>
       <c r="M84" s="15">
-        <v>0.13775</v>
+        <v>0.12698</v>
       </c>
       <c r="N84" s="15">
-        <v>2644</v>
+        <v>2350</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>300</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
-        <v>0.49956</v>
+        <v>0.34902</v>
       </c>
       <c r="L85" s="15">
-        <v>0.36143</v>
+        <v>0.30248</v>
       </c>
       <c r="M85" s="15">
-        <v>0.31539</v>
+        <v>0.29085</v>
       </c>
       <c r="N85" s="15">
-        <v>1394</v>
+        <v>1088</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>304</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
-        <v>0.74533</v>
+        <v>0.52277</v>
       </c>
       <c r="L86" s="15">
-        <v>0.53925</v>
+        <v>0.45306</v>
       </c>
       <c r="M86" s="15">
-        <v>0.47055</v>
+        <v>0.43564</v>
       </c>
       <c r="N86" s="15">
-        <v>270</v>
+        <v>234</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>308</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="I87" s="15" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="J87" s="15"/>
       <c r="K87" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="L87" s="15">
         <v>0.08519</v>
       </c>
       <c r="M87" s="15">
         <v>0.07888000000000001</v>
       </c>
       <c r="N87" s="15">
-        <v>52650</v>
+        <v>40950</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>0.14655</v>
       </c>
       <c r="L88" s="15">
         <v>0.12764</v>
       </c>
       <c r="M88" s="15">
         <v>0.11819</v>
       </c>
       <c r="N88" s="15">
-        <v>976</v>
+        <v>1392</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>317</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="J89" s="15"/>
       <c r="K89" s="15">
         <v>0.42668</v>
       </c>
       <c r="L89" s="15">
         <v>0.38401</v>
       </c>
       <c r="M89" s="15">
         <v>0.35556</v>
       </c>
       <c r="N89" s="15">
-        <v>430</v>
+        <v>390</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>321</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.74112</v>
       </c>
       <c r="L90" s="15">
         <v>0.64549</v>
       </c>
       <c r="M90" s="15">
         <v>0.59768</v>
       </c>
       <c r="N90" s="15">
-        <v>863</v>
+        <v>925</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>325</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.19454</v>
       </c>
       <c r="L91" s="15">
         <v>0.16944</v>
       </c>
       <c r="M91" s="15">
         <v>0.15689</v>
       </c>
       <c r="N91" s="15">
-        <v>1525</v>
+        <v>1600</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>329</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>0.18406</v>
       </c>
       <c r="L92" s="15">
         <v>0.16031</v>
       </c>
       <c r="M92" s="15">
         <v>0.14844</v>
       </c>
       <c r="N92" s="15">
-        <v>2663</v>
+        <v>2438</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>333</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.3173</v>
       </c>
       <c r="L93" s="15">
         <v>0.27636</v>
       </c>
       <c r="M93" s="15">
         <v>0.25589</v>
       </c>
       <c r="N93" s="15">
-        <v>1625</v>
+        <v>1900</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>337</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>0.26986</v>
       </c>
       <c r="L94" s="15">
         <v>0.23504</v>
       </c>
       <c r="M94" s="15">
         <v>0.21763</v>
       </c>
       <c r="N94" s="15">
-        <v>511</v>
+        <v>540</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14"/>
       <c r="C95" s="15"/>
       <c r="D95" s="15"/>
       <c r="E95" s="15"/>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15"/>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15"/>
       <c r="L95" s="15"/>
       <c r="M95" s="15"/>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
     </row>
   </sheetData>
@@ -5354,317 +5355,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>349</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>