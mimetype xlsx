--- v1 (2026-01-10)
+++ v2 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="367">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -352,53 +352,50 @@
   <si>
     <t>Клеммник DG127A-5.08-06P-14-00A(H)</t>
   </si>
   <si>
     <t>DG127A-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG127A-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113997</t>
   </si>
   <si>
     <t xml:space="preserve">GT127A-5.08-06P-14-00 GOLTEN, TLD301-06P-G12S Tianli, </t>
   </si>
   <si>
     <t>DG127A3-5.08-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG127A3-5.08-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108515</t>
   </si>
   <si>
-    <t>19.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG127H-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG127H-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00017529</t>
   </si>
   <si>
     <t>DG127R-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG127R-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00017536</t>
   </si>
   <si>
     <t>DG127S-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG127S-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>DG127S-5.08-03P-14-00A(H)</t>
@@ -622,69 +619,72 @@
   <si>
     <t>Клеммник DG500BB-5.08-08P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00017549</t>
   </si>
   <si>
     <t>DG500H-5.08-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG500H-5.08-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111494</t>
   </si>
   <si>
     <t xml:space="preserve">GT500H-5.08-02P-14-00 GOLTEN, TL338VM-02P-G12S Tianli, CM-500H-5.08-2P-14 FUCON, </t>
   </si>
   <si>
     <t>DG500H-5.08-03P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG500H-5.08-03P-14-00A(H)</t>
   </si>
   <si>
-    <t xml:space="preserve">GT500H-5.08-03P-14-00A(H) GOLTEN, DG500H-5.08-03P-14-00Z(H) DEGSON, GT500H-5.08-03P-14-00 GOLTEN, </t>
+    <t xml:space="preserve">GT500H-5.08-03P-14-00A(H) GOLTEN, DG500H-5.08-03P-14-00Z(H) DEGSON, DG500H-5.08-03P-14-00A(H) DEGSON, GT500H-5.08-03P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG500H-5.08-03P-14-00A(H) не для сборки с DG500!!!</t>
   </si>
   <si>
     <t>UT-00116626</t>
   </si>
   <si>
+    <t xml:space="preserve">GT500H-5.08-03P-14-00A(H) GOLTEN, DG500H-5.08-03P-14-00A(H) DEGSON, DG500H-5.08-03P-14-00Z(H) DEGSON, GT500H-5.08-03P-14-00 GOLTEN, </t>
+  </si>
+  <si>
     <t>DG500H-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG500H-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111858</t>
   </si>
   <si>
-    <t xml:space="preserve">GT500H-5.08-03P-14-00A(H) GOLTEN, DG500H-5.08-03P-14-00A(H) DEGSON, GT500H-5.08-03P-14-00 GOLTEN, </t>
+    <t xml:space="preserve">GT500H-5.08-03P-14-00A(H) GOLTEN, DG500H-5.08-03P-14-00A(H) DEGSON, DG500H-5.08-03P-14-00A(H) DEGSON, GT500H-5.08-03P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG500HH-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG500HH-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00110529</t>
   </si>
   <si>
     <t>DG500HH-5.08-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG500HH-5.08-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00110704</t>
   </si>
   <si>
     <t xml:space="preserve">GT500HH-5.08-05P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG500HH-5.08-08P-14-00Z(H)</t>
   </si>
@@ -727,50 +727,53 @@
   <si>
     <t>без нижней крышки (00) / GT129-5.08-02P-14-00 without cover</t>
   </si>
   <si>
     <t>UT-00149938</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-129-5.08-02P-4C KLS, DG129-5.08-02P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT129-5.08-03P-14-00</t>
   </si>
   <si>
     <t>без нижней крышки (00) / GT129-5.08-03P-14-00 without cover</t>
   </si>
   <si>
     <t>UT-00149940</t>
   </si>
   <si>
     <t xml:space="preserve">PPAC-10 DINKLE, L-KLS2-129-5.08-03P-4C KLS, DG129-5.08-03P-14-00Z(H) DEGSON, GT129-5.08-03P-14-01 GOLTEN, TL312V-03P-G12S Tianli, </t>
   </si>
   <si>
+    <t>11.06.2026</t>
+  </si>
+  <si>
     <t>GT500-5.08-02P-11-00</t>
   </si>
   <si>
     <t>Клеммник GT500-5.08-02P-11-00</t>
   </si>
   <si>
     <t>UT-00144580</t>
   </si>
   <si>
     <t xml:space="preserve">DG500-5.08-02P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT500-5.08-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT500-5.08-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140105</t>
   </si>
   <si>
     <t xml:space="preserve">DG500-5.08-02P-14-00Z(H) DEGSON, CM-500-5.08-2P-14 FUCON, </t>
   </si>
   <si>
     <t>GT500-5.08-03P-14-00</t>
@@ -826,102 +829,102 @@
   <si>
     <t>UT-00143435</t>
   </si>
   <si>
     <t xml:space="preserve">DG500A3-5.08-54P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT500H-5.08-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT500H-5.08-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140291</t>
   </si>
   <si>
     <t xml:space="preserve">DG500H-5.08-02P-14-00Z(H) DEGSON, TL338VM-02P-G12S Tianli, CM-500H-5.08-2P-14 FUCON, </t>
   </si>
   <si>
     <t>GT500H-5.08-03P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT500H-5.08-03P-14-00A(H)</t>
   </si>
   <si>
-    <t xml:space="preserve">DG500H-5.08-03P-14-00A(H) DEGSON, DG500H-5.08-03P-14-00Z(H) DEGSON, GT500H-5.08-03P-14-00 GOLTEN, </t>
+    <t xml:space="preserve">DG500H-5.08-03P-14-00A(H) DEGSON, DG500H-5.08-03P-14-00Z(H) DEGSON, DG500H-5.08-03P-14-00A(H) DEGSON, GT500H-5.08-03P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>GT500HH-5.08-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT500HH-5.08-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140292</t>
   </si>
   <si>
     <t xml:space="preserve">DG500HH-5.08-02P-14-00Z(H) DEGSON, TL338VH-02P-G12S Tianli, CM-500HH-5.08-2P-14 FUCON, </t>
   </si>
   <si>
     <t>GT504-5.08-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT504-5.08-02P-14-00</t>
   </si>
   <si>
     <t>UT-00149837</t>
   </si>
   <si>
     <t xml:space="preserve">DG504-5.08-02P-14-00Z(H) DEGSON, TL334-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>GT504-5.08-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT504-5.08-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140293</t>
   </si>
   <si>
     <t xml:space="preserve">DG504-5.08-03P-14-00Z(H) DEGSON, TL334-03P-G12S Tianli, CM-504-5.08-3P-14 FUCON, L-KLS2-131V-5.08-03P-4S KLS, </t>
   </si>
   <si>
     <t>L-KLS2-129-5.08-02P-4S01</t>
   </si>
   <si>
     <t>винт "-" / KLS2-129-5.08-02P-4S01</t>
   </si>
   <si>
     <t>UT-00118016</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
-    <t>19.03.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-129-5.08-03P-4S01</t>
   </si>
   <si>
     <t>винт "-" / KLS2-129-5.08-03P-4S01</t>
   </si>
   <si>
     <t>UT-00118018</t>
   </si>
   <si>
     <t>L-KLS2-125-5.08-03P-4S01</t>
   </si>
   <si>
     <t>винт "-", контакты - латунь / L-KLS2-125-5.08-03P-4S01</t>
   </si>
   <si>
     <t>UT-00146558</t>
   </si>
   <si>
     <t xml:space="preserve">DG125-5.08-03P-14-00Z(H) DEGSON, GT125-5.08-03P-14-00 GOLTEN, TL306V-03P-GS Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-128I-5.08-03P-4S01</t>
   </si>
@@ -1918,367 +1921,367 @@
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.12612</v>
       </c>
       <c r="L10" s="15">
         <v>0.11351</v>
       </c>
       <c r="M10" s="15">
         <v>0.1051</v>
       </c>
       <c r="N10" s="15">
-        <v>838</v>
+        <v>925</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.2175</v>
       </c>
       <c r="L11" s="15">
         <v>0.19575</v>
       </c>
       <c r="M11" s="15">
         <v>0.18125</v>
       </c>
       <c r="N11" s="15">
-        <v>585</v>
+        <v>518</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.3051</v>
       </c>
       <c r="L12" s="15">
         <v>0.27459</v>
       </c>
       <c r="M12" s="15">
         <v>0.25425</v>
       </c>
       <c r="N12" s="15">
-        <v>1625</v>
+        <v>1775</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15">
         <v>500</v>
       </c>
       <c r="K13" s="15">
         <v>0.10559</v>
       </c>
       <c r="L13" s="15">
         <v>0.09503</v>
       </c>
       <c r="M13" s="15">
         <v>0.08799</v>
       </c>
       <c r="N13" s="15">
-        <v>8600</v>
+        <v>7200</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15">
         <v>400</v>
       </c>
       <c r="K14" s="15">
         <v>0.15866</v>
       </c>
       <c r="L14" s="15">
         <v>0.14279</v>
       </c>
       <c r="M14" s="15">
         <v>0.13221</v>
       </c>
       <c r="N14" s="15">
-        <v>4810</v>
+        <v>5850</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.27447</v>
       </c>
       <c r="L15" s="15">
         <v>0.24702</v>
       </c>
       <c r="M15" s="15">
         <v>0.22873</v>
       </c>
       <c r="N15" s="15">
-        <v>2150</v>
+        <v>1550</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.13238</v>
       </c>
       <c r="L16" s="15">
         <v>0.11914</v>
       </c>
       <c r="M16" s="15">
         <v>0.11031</v>
       </c>
       <c r="N16" s="15">
-        <v>2400</v>
+        <v>2925</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.1559</v>
       </c>
       <c r="L17" s="15">
         <v>0.14031</v>
       </c>
       <c r="M17" s="15">
         <v>0.12991</v>
       </c>
       <c r="N17" s="15">
-        <v>1950</v>
+        <v>1800</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J18" s="15"/>
       <c r="K18" s="15">
         <v>0.6302</v>
       </c>
       <c r="L18" s="15">
         <v>0.56718</v>
       </c>
       <c r="M18" s="15">
         <v>0.52516</v>
       </c>
       <c r="N18" s="15">
-        <v>925</v>
+        <v>775</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I19" s="15"/>
@@ -2433,51 +2436,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.20544</v>
       </c>
       <c r="L23" s="15">
         <v>0.17805</v>
       </c>
       <c r="M23" s="15">
         <v>0.1712</v>
       </c>
       <c r="N23" s="15">
-        <v>1748</v>
+        <v>1880</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>3600</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>71</v>
@@ -2515,51 +2518,51 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.1077</v>
       </c>
       <c r="L25" s="15">
         <v>0.09334000000000001</v>
       </c>
       <c r="M25" s="15">
         <v>0.08975</v>
       </c>
       <c r="N25" s="15">
-        <v>183258</v>
+        <v>157048</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2595,1346 +2598,1342 @@
       </c>
       <c r="E27" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J27" s="15">
         <v>880</v>
       </c>
       <c r="K27" s="15">
         <v>0.26324</v>
       </c>
       <c r="L27" s="15">
         <v>0.22814</v>
       </c>
       <c r="M27" s="15">
         <v>0.21936</v>
       </c>
       <c r="N27" s="15">
-        <v>740</v>
+        <v>572</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.34463</v>
       </c>
       <c r="L28" s="15">
         <v>0.29868</v>
       </c>
       <c r="M28" s="15">
         <v>0.28719</v>
       </c>
       <c r="N28" s="15">
-        <v>473</v>
+        <v>504</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E29" s="15">
         <v>10080009928</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>620</v>
       </c>
       <c r="K29" s="15">
         <v>0.39545</v>
       </c>
       <c r="L29" s="15">
         <v>0.34272</v>
       </c>
       <c r="M29" s="15">
         <v>0.32954</v>
       </c>
       <c r="N29" s="15">
-        <v>179</v>
+        <v>145</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J30" s="15">
         <v>620</v>
       </c>
       <c r="K30" s="15">
         <v>0.36798</v>
       </c>
       <c r="L30" s="15">
         <v>0.31892</v>
       </c>
       <c r="M30" s="15">
         <v>0.30665</v>
       </c>
       <c r="N30" s="15">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>2149</v>
+      </c>
+      <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>320</v>
       </c>
       <c r="K31" s="15">
         <v>0.78539</v>
       </c>
       <c r="L31" s="15">
         <v>0.68067</v>
       </c>
       <c r="M31" s="15">
         <v>0.65449</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1200</v>
       </c>
       <c r="K32" s="15">
         <v>0.16646</v>
       </c>
       <c r="L32" s="15">
         <v>0.14426</v>
       </c>
       <c r="M32" s="15">
         <v>0.13871</v>
       </c>
       <c r="N32" s="15">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>116</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>0.18871</v>
       </c>
       <c r="L33" s="15">
         <v>0.15726</v>
       </c>
       <c r="M33" s="15">
         <v>0.15097</v>
       </c>
       <c r="N33" s="15">
         <v>2085</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E34" s="15">
         <v>10080014705</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>400</v>
       </c>
       <c r="K34" s="15">
         <v>0.17583</v>
       </c>
       <c r="L34" s="15">
         <v>0.15239</v>
       </c>
       <c r="M34" s="15">
         <v>0.14653</v>
       </c>
       <c r="N34" s="15">
         <v>37</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.3814</v>
       </c>
       <c r="L35" s="15">
         <v>0.25583</v>
       </c>
       <c r="M35" s="15">
         <v>0.2314</v>
       </c>
       <c r="N35" s="15">
         <v>14</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.36201</v>
       </c>
       <c r="L36" s="15">
         <v>0.31374</v>
       </c>
       <c r="M36" s="15">
         <v>0.30168</v>
       </c>
       <c r="N36" s="15">
         <v>46</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J37" s="15">
         <v>200</v>
       </c>
       <c r="K37" s="15">
         <v>0.16484</v>
       </c>
       <c r="L37" s="15">
         <v>0.14286</v>
       </c>
       <c r="M37" s="15">
         <v>0.13736</v>
       </c>
       <c r="N37" s="15">
-        <v>13049</v>
+        <v>11507</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J38" s="15">
         <v>200</v>
       </c>
       <c r="K38" s="15">
         <v>0.22286</v>
       </c>
       <c r="L38" s="15">
         <v>0.19314</v>
       </c>
       <c r="M38" s="15">
         <v>0.18571</v>
       </c>
       <c r="N38" s="15">
-        <v>136752</v>
+        <v>111111</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.15108</v>
       </c>
       <c r="L39" s="15">
         <v>0.13094</v>
       </c>
       <c r="M39" s="15">
         <v>0.1259</v>
       </c>
       <c r="N39" s="15">
-        <v>5414</v>
+        <v>4911</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D40" s="15"/>
       <c r="E40" s="15">
         <v>10080009933</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
         <v>0.22107</v>
       </c>
       <c r="L40" s="15">
         <v>0.19159</v>
       </c>
       <c r="M40" s="15">
         <v>0.18423</v>
       </c>
       <c r="N40" s="15">
-        <v>1828</v>
+        <v>1578</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>200</v>
       </c>
       <c r="K41" s="15">
         <v>0.20882</v>
       </c>
       <c r="L41" s="15">
         <v>0.18097</v>
       </c>
       <c r="M41" s="15">
         <v>0.17401</v>
       </c>
       <c r="N41" s="15">
-        <v>4495</v>
+        <v>3094</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E42" s="15">
         <v>10080015050</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J42" s="15">
         <v>675</v>
       </c>
       <c r="K42" s="15">
         <v>0.30405</v>
       </c>
       <c r="L42" s="15">
         <v>0.26351</v>
       </c>
       <c r="M42" s="15">
         <v>0.25338</v>
       </c>
       <c r="N42" s="15">
         <v>4</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>145</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J43" s="15">
         <v>330</v>
       </c>
       <c r="K43" s="15">
         <v>0.40707</v>
       </c>
       <c r="L43" s="15">
         <v>0.35279</v>
       </c>
       <c r="M43" s="15">
         <v>0.33923</v>
       </c>
       <c r="N43" s="15">
-        <v>1077</v>
+        <v>884</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>149</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J44" s="15">
         <v>240</v>
       </c>
       <c r="K44" s="15">
         <v>0.71129</v>
       </c>
       <c r="L44" s="15">
         <v>0.6164500000000001</v>
       </c>
       <c r="M44" s="15">
         <v>0.59274</v>
       </c>
-      <c r="N44" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N44" s="15">
+        <v>1945</v>
+      </c>
+      <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="D45" s="15" t="s">
+      <c r="E45" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.68016</v>
       </c>
       <c r="L45" s="15">
         <v>0.58947</v>
       </c>
       <c r="M45" s="15">
         <v>0.5668</v>
       </c>
       <c r="N45" s="15">
-        <v>336</v>
+        <v>398</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>156</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15">
         <v>1.02</v>
       </c>
       <c r="L46" s="15">
         <v>0.88533</v>
       </c>
       <c r="M46" s="15">
         <v>0.85128</v>
       </c>
       <c r="N46" s="15">
-        <v>437</v>
+        <v>294</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>159</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.12222</v>
       </c>
       <c r="L47" s="15">
         <v>0.10592</v>
       </c>
       <c r="M47" s="15">
         <v>0.10185</v>
       </c>
       <c r="N47" s="15">
-        <v>8490</v>
+        <v>2839</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>163</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>300</v>
       </c>
       <c r="K48" s="15">
         <v>1.05</v>
       </c>
       <c r="L48" s="15">
         <v>1.05</v>
       </c>
       <c r="M48" s="15">
         <v>1.05</v>
       </c>
       <c r="N48" s="15">
         <v>1</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="D49" s="15" t="s">
+      <c r="E49" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J49" s="15">
         <v>300</v>
       </c>
       <c r="K49" s="15">
         <v>0.17663</v>
       </c>
       <c r="L49" s="15">
         <v>0.15308</v>
       </c>
       <c r="M49" s="15">
         <v>0.14719</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>170</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J50" s="15">
         <v>700</v>
       </c>
       <c r="K50" s="15">
         <v>0.31356</v>
       </c>
       <c r="L50" s="15">
         <v>0.27175</v>
       </c>
       <c r="M50" s="15">
         <v>0.2613</v>
       </c>
       <c r="N50" s="15">
         <v>50</v>
       </c>
       <c r="O50" s="15">
         <v>1176</v>
       </c>
-      <c r="P50" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>2800</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>174</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J51" s="15">
         <v>450</v>
       </c>
       <c r="K51" s="15">
         <v>0.46175</v>
       </c>
       <c r="L51" s="15">
         <v>0.40018</v>
       </c>
       <c r="M51" s="15">
         <v>0.38479</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J52" s="15">
         <v>325</v>
       </c>
       <c r="K52" s="15">
         <v>0.66389</v>
       </c>
       <c r="L52" s="15">
         <v>0.57537</v>
       </c>
       <c r="M52" s="15">
         <v>0.55324</v>
       </c>
       <c r="N52" s="15">
-        <v>515</v>
+        <v>568</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E53" s="15">
         <v>10080006929</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>440</v>
       </c>
       <c r="K53" s="15">
         <v>0.28</v>
       </c>
       <c r="L53" s="15">
         <v>0.28</v>
       </c>
       <c r="M53" s="15">
         <v>0.28</v>
       </c>
       <c r="N53" s="15">
-        <v>140</v>
+        <v>190</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E54" s="15">
         <v>10000017703</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
         <v>0.45</v>
       </c>
       <c r="L54" s="15">
         <v>0.45</v>
       </c>
       <c r="M54" s="15">
         <v>0.45</v>
       </c>
       <c r="N54" s="15">
-        <v>242</v>
+        <v>307</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E55" s="15">
         <v>10080043344</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J55" s="15">
         <v>450</v>
       </c>
       <c r="K55" s="15">
         <v>0.49805</v>
       </c>
       <c r="L55" s="15">
         <v>0.43164</v>
       </c>
       <c r="M55" s="15">
         <v>0.41504</v>
       </c>
       <c r="N55" s="15">
         <v>29</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J56" s="15">
         <v>450</v>
       </c>
       <c r="K56" s="15">
         <v>0.46113</v>
       </c>
       <c r="L56" s="15">
         <v>0.39965</v>
       </c>
       <c r="M56" s="15">
         <v>0.38428</v>
       </c>
       <c r="N56" s="15">
         <v>15</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.55</v>
       </c>
       <c r="L57" s="15">
         <v>0.55</v>
       </c>
       <c r="M57" s="15">
         <v>0.55</v>
       </c>
       <c r="N57" s="15">
         <v>6</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.14252</v>
       </c>
       <c r="L58" s="15">
         <v>0.12351</v>
       </c>
       <c r="M58" s="15">
         <v>0.11876</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E59" s="15">
         <v>10080018402</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.23121</v>
       </c>
       <c r="L59" s="15">
         <v>0.20038</v>
       </c>
       <c r="M59" s="15">
         <v>0.19268</v>
       </c>
       <c r="N59" s="15">
         <v>9</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D60" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="E60" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="I60" s="15"/>
+      <c r="I60" s="15" t="s">
+        <v>204</v>
+      </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.39941</v>
       </c>
       <c r="L60" s="15">
         <v>0.27959</v>
       </c>
       <c r="M60" s="15">
         <v>0.26627</v>
       </c>
       <c r="N60" s="15">
         <v>17</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
@@ -3982,51 +3981,51 @@
         <v>209</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>211</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>0.34151</v>
       </c>
       <c r="L62" s="15">
         <v>0.29597</v>
       </c>
       <c r="M62" s="15">
         <v>0.28459</v>
       </c>
       <c r="N62" s="15">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>212</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I63" s="15" t="s">
@@ -4097,1209 +4096,1211 @@
       </c>
       <c r="E65" s="15" t="s">
         <v>222</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I65" s="15" t="s">
         <v>223</v>
       </c>
       <c r="J65" s="15">
         <v>150</v>
       </c>
       <c r="K65" s="15">
         <v>0.47385</v>
       </c>
       <c r="L65" s="15">
         <v>0.41067</v>
       </c>
       <c r="M65" s="15">
         <v>0.39488</v>
       </c>
       <c r="N65" s="15">
-        <v>3609</v>
+        <v>2904</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>227</v>
       </c>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.8118300000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.70359</v>
       </c>
       <c r="M66" s="15">
         <v>0.67653</v>
       </c>
       <c r="N66" s="15">
-        <v>541</v>
+        <v>557</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>230</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>232</v>
       </c>
       <c r="J67" s="15">
         <v>1200</v>
       </c>
       <c r="K67" s="15">
         <v>0.13004</v>
       </c>
       <c r="L67" s="15">
         <v>0.1127</v>
       </c>
       <c r="M67" s="15">
         <v>0.10836</v>
       </c>
       <c r="N67" s="15">
-        <v>600</v>
+        <v>690</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>4800</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>236</v>
       </c>
       <c r="J68" s="15">
         <v>800</v>
       </c>
       <c r="K68" s="15">
         <v>0.19173</v>
       </c>
       <c r="L68" s="15">
         <v>0.16617</v>
       </c>
       <c r="M68" s="15">
         <v>0.15978</v>
       </c>
-      <c r="N68" s="15">
-[...3 lines deleted...]
-      <c r="P68" s="15"/>
+      <c r="N68" s="15"/>
+      <c r="O68" s="15">
+        <v>10270</v>
+      </c>
+      <c r="P68" s="15" t="s">
+        <v>237</v>
+      </c>
       <c r="Q68" s="15">
         <v>3200</v>
       </c>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J69" s="15">
         <v>2000</v>
       </c>
       <c r="K69" s="15">
         <v>0.1178</v>
       </c>
       <c r="L69" s="15">
         <v>0.10209</v>
       </c>
       <c r="M69" s="15">
         <v>0.09816</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15">
         <v>8000</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
         <v>0.11781</v>
       </c>
       <c r="L70" s="15">
         <v>0.10603</v>
       </c>
       <c r="M70" s="15">
         <v>0.09818</v>
       </c>
       <c r="N70" s="15">
-        <v>25347</v>
+        <v>25733</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15">
         <v>4800</v>
       </c>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J71" s="15">
         <v>300</v>
       </c>
       <c r="K71" s="15">
         <v>0.177</v>
       </c>
       <c r="L71" s="15">
         <v>0.1593</v>
       </c>
       <c r="M71" s="15">
         <v>0.1475</v>
       </c>
       <c r="N71" s="15">
-        <v>37824</v>
+        <v>33168</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>4800</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E72" s="15">
         <v>10080038347</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>0.30096</v>
       </c>
       <c r="L72" s="15">
         <v>0.1746</v>
       </c>
       <c r="M72" s="15">
         <v>0.15163</v>
       </c>
       <c r="N72" s="15">
         <v>2</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J73" s="15">
         <v>594</v>
       </c>
       <c r="K73" s="15">
         <v>0.26835</v>
       </c>
       <c r="L73" s="15">
         <v>0.24152</v>
       </c>
       <c r="M73" s="15">
         <v>0.22363</v>
       </c>
       <c r="N73" s="15">
-        <v>164</v>
+        <v>132</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J74" s="15">
         <v>396</v>
       </c>
       <c r="K74" s="15">
         <v>0.40266</v>
       </c>
       <c r="L74" s="15">
         <v>0.36239</v>
       </c>
       <c r="M74" s="15">
         <v>0.33555</v>
       </c>
       <c r="N74" s="15">
-        <v>6120</v>
+        <v>7233</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
         <v>1584</v>
       </c>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
         <v>11.72</v>
       </c>
       <c r="L75" s="15">
         <v>7.67</v>
       </c>
       <c r="M75" s="15">
         <v>6.98</v>
       </c>
       <c r="N75" s="15">
         <v>10</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.13916</v>
       </c>
       <c r="L76" s="15">
         <v>0.12524</v>
       </c>
       <c r="M76" s="15">
         <v>0.11596</v>
       </c>
       <c r="N76" s="15">
-        <v>3150</v>
+        <v>3300</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E77" s="15">
         <v>10080044879</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
         <v>0.4289</v>
       </c>
       <c r="L77" s="15">
         <v>0.22977</v>
       </c>
       <c r="M77" s="15">
         <v>0.19913</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="J78" s="15">
         <v>150</v>
       </c>
       <c r="K78" s="15">
         <v>0.16721</v>
       </c>
       <c r="L78" s="15">
         <v>0.15048</v>
       </c>
       <c r="M78" s="15">
         <v>0.13934</v>
       </c>
       <c r="N78" s="15">
-        <v>1065</v>
+        <v>1350</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.30578</v>
       </c>
       <c r="L79" s="15">
         <v>0.2752</v>
       </c>
       <c r="M79" s="15">
         <v>0.25481</v>
       </c>
       <c r="N79" s="15">
-        <v>305</v>
+        <v>445</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>231</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J80" s="15">
         <v>150</v>
       </c>
       <c r="K80" s="15">
         <v>0.45866</v>
       </c>
       <c r="L80" s="15">
         <v>0.41279</v>
       </c>
       <c r="M80" s="15">
         <v>0.38221</v>
       </c>
       <c r="N80" s="15">
-        <v>661</v>
+        <v>725</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>350</v>
       </c>
       <c r="K81" s="15">
         <v>0.13686</v>
       </c>
       <c r="L81" s="15">
         <v>0.11861</v>
       </c>
       <c r="M81" s="15">
         <v>0.11405</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15">
-        <v>3320</v>
+        <v>2880</v>
       </c>
       <c r="P81" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>200</v>
       </c>
       <c r="K82" s="15">
         <v>0.20334</v>
       </c>
       <c r="L82" s="15">
         <v>0.17623</v>
       </c>
       <c r="M82" s="15">
         <v>0.16945</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15">
-        <v>4200</v>
+        <v>4400</v>
       </c>
       <c r="P82" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I83" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J83" s="15">
         <v>200</v>
       </c>
       <c r="K83" s="15">
         <v>0.21144</v>
       </c>
       <c r="L83" s="15">
         <v>0.18325</v>
       </c>
       <c r="M83" s="15">
         <v>0.1762</v>
       </c>
       <c r="N83" s="15">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J84" s="15">
         <v>200</v>
       </c>
       <c r="K84" s="15">
         <v>0.15237</v>
       </c>
       <c r="L84" s="15">
         <v>0.13205</v>
       </c>
       <c r="M84" s="15">
         <v>0.12698</v>
       </c>
       <c r="N84" s="15">
-        <v>2350</v>
+        <v>2203</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.34902</v>
       </c>
       <c r="L85" s="15">
         <v>0.30248</v>
       </c>
       <c r="M85" s="15">
         <v>0.29085</v>
       </c>
       <c r="N85" s="15">
-        <v>1088</v>
+        <v>1428</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.52277</v>
       </c>
       <c r="L86" s="15">
         <v>0.45306</v>
       </c>
       <c r="M86" s="15">
         <v>0.43564</v>
       </c>
       <c r="N86" s="15">
-        <v>234</v>
+        <v>201</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="J87" s="15"/>
       <c r="K87" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="L87" s="15">
         <v>0.08519</v>
       </c>
       <c r="M87" s="15">
         <v>0.07888000000000001</v>
       </c>
       <c r="N87" s="15">
-        <v>40950</v>
+        <v>41600</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>0.14655</v>
       </c>
       <c r="L88" s="15">
         <v>0.12764</v>
       </c>
       <c r="M88" s="15">
         <v>0.11819</v>
       </c>
       <c r="N88" s="15">
-        <v>1392</v>
+        <v>976</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="J89" s="15"/>
       <c r="K89" s="15">
         <v>0.42668</v>
       </c>
       <c r="L89" s="15">
         <v>0.38401</v>
       </c>
       <c r="M89" s="15">
         <v>0.35556</v>
       </c>
       <c r="N89" s="15">
-        <v>390</v>
+        <v>360</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.74112</v>
       </c>
       <c r="L90" s="15">
         <v>0.64549</v>
       </c>
       <c r="M90" s="15">
         <v>0.59768</v>
       </c>
       <c r="N90" s="15">
-        <v>925</v>
+        <v>1100</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.19454</v>
       </c>
       <c r="L91" s="15">
         <v>0.16944</v>
       </c>
       <c r="M91" s="15">
         <v>0.15689</v>
       </c>
       <c r="N91" s="15">
-        <v>1600</v>
+        <v>1900</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>0.18406</v>
       </c>
       <c r="L92" s="15">
         <v>0.16031</v>
       </c>
       <c r="M92" s="15">
         <v>0.14844</v>
       </c>
       <c r="N92" s="15">
-        <v>2438</v>
+        <v>3225</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.3173</v>
       </c>
       <c r="L93" s="15">
         <v>0.27636</v>
       </c>
       <c r="M93" s="15">
         <v>0.25589</v>
       </c>
       <c r="N93" s="15">
-        <v>1900</v>
+        <v>1525</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>0.26986</v>
       </c>
       <c r="L94" s="15">
         <v>0.23504</v>
       </c>
       <c r="M94" s="15">
         <v>0.21763</v>
       </c>
       <c r="N94" s="15">
         <v>540</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14"/>
       <c r="C95" s="15"/>
       <c r="D95" s="15"/>
       <c r="E95" s="15"/>
       <c r="F95" s="15"/>
@@ -5355,317 +5356,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>