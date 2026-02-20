--- v2 (2026-01-30)
+++ v3 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -458,50 +458,53 @@
     <t>Клеммник DG130-5.08-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114002</t>
   </si>
   <si>
     <t>DG130-5.08-04P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG130-5.08-04P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MKDS 3/4-5.08 PHOENIX CONTACT, DG130-5.08-04P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>DG130A-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG130A-5.08-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114008</t>
   </si>
   <si>
     <t xml:space="preserve">GT130A-5.08-04P-14-00 GOLTEN, GT130A-5.0-04P-14-00 GOLTEN, CM-130A-5.08-4P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>02.07.2026</t>
   </si>
   <si>
     <t>DG130A-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG130A-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00115475</t>
   </si>
   <si>
     <t xml:space="preserve">GT130A-5.08-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG130A3-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG130A3-5.08-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114009</t>
   </si>
   <si>
     <t>DG130A3-5.08-09P-14-00Z(H)</t>
   </si>
@@ -1882,406 +1885,406 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.0848</v>
       </c>
       <c r="L9" s="15">
         <v>0.07632</v>
       </c>
       <c r="M9" s="15">
         <v>0.07066</v>
       </c>
       <c r="N9" s="15">
-        <v>42500</v>
+        <v>51660</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.12612</v>
       </c>
       <c r="L10" s="15">
         <v>0.11351</v>
       </c>
       <c r="M10" s="15">
         <v>0.1051</v>
       </c>
       <c r="N10" s="15">
-        <v>925</v>
+        <v>1063</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.2175</v>
       </c>
       <c r="L11" s="15">
         <v>0.19575</v>
       </c>
       <c r="M11" s="15">
         <v>0.18125</v>
       </c>
       <c r="N11" s="15">
-        <v>518</v>
+        <v>593</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.3051</v>
       </c>
       <c r="L12" s="15">
         <v>0.27459</v>
       </c>
       <c r="M12" s="15">
         <v>0.25425</v>
       </c>
       <c r="N12" s="15">
-        <v>1775</v>
+        <v>2125</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15">
         <v>500</v>
       </c>
       <c r="K13" s="15">
         <v>0.10559</v>
       </c>
       <c r="L13" s="15">
         <v>0.09503</v>
       </c>
       <c r="M13" s="15">
         <v>0.08799</v>
       </c>
       <c r="N13" s="15">
-        <v>7200</v>
+        <v>7000</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15">
         <v>400</v>
       </c>
       <c r="K14" s="15">
         <v>0.15866</v>
       </c>
       <c r="L14" s="15">
         <v>0.14279</v>
       </c>
       <c r="M14" s="15">
         <v>0.13221</v>
       </c>
       <c r="N14" s="15">
-        <v>5850</v>
+        <v>5590</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.27447</v>
       </c>
       <c r="L15" s="15">
         <v>0.24702</v>
       </c>
       <c r="M15" s="15">
         <v>0.22873</v>
       </c>
       <c r="N15" s="15">
-        <v>1550</v>
+        <v>2050</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.13238</v>
       </c>
       <c r="L16" s="15">
         <v>0.11914</v>
       </c>
       <c r="M16" s="15">
         <v>0.11031</v>
       </c>
       <c r="N16" s="15">
-        <v>2925</v>
+        <v>2700</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.1559</v>
       </c>
       <c r="L17" s="15">
         <v>0.14031</v>
       </c>
       <c r="M17" s="15">
         <v>0.12991</v>
       </c>
       <c r="N17" s="15">
-        <v>1800</v>
+        <v>1675</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J18" s="15"/>
       <c r="K18" s="15">
         <v>0.6302</v>
       </c>
       <c r="L18" s="15">
         <v>0.56718</v>
       </c>
       <c r="M18" s="15">
         <v>0.52516</v>
       </c>
       <c r="N18" s="15">
-        <v>775</v>
+        <v>1113</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I19" s="15"/>
@@ -2436,51 +2439,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.20544</v>
       </c>
       <c r="L23" s="15">
         <v>0.17805</v>
       </c>
       <c r="M23" s="15">
         <v>0.1712</v>
       </c>
       <c r="N23" s="15">
-        <v>1880</v>
+        <v>2129</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>3600</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>71</v>
@@ -2518,51 +2521,51 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.1077</v>
       </c>
       <c r="L25" s="15">
         <v>0.09334000000000001</v>
       </c>
       <c r="M25" s="15">
         <v>0.08975</v>
       </c>
       <c r="N25" s="15">
-        <v>157048</v>
+        <v>179778</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2598,283 +2601,283 @@
       </c>
       <c r="E27" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J27" s="15">
         <v>880</v>
       </c>
       <c r="K27" s="15">
         <v>0.26324</v>
       </c>
       <c r="L27" s="15">
         <v>0.22814</v>
       </c>
       <c r="M27" s="15">
         <v>0.21936</v>
       </c>
       <c r="N27" s="15">
-        <v>572</v>
+        <v>748</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.34463</v>
       </c>
       <c r="L28" s="15">
         <v>0.29868</v>
       </c>
       <c r="M28" s="15">
         <v>0.28719</v>
       </c>
       <c r="N28" s="15">
-        <v>504</v>
+        <v>658</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E29" s="15">
         <v>10080009928</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>620</v>
       </c>
       <c r="K29" s="15">
         <v>0.39545</v>
       </c>
       <c r="L29" s="15">
         <v>0.34272</v>
       </c>
       <c r="M29" s="15">
         <v>0.32954</v>
       </c>
       <c r="N29" s="15">
-        <v>145</v>
+        <v>179</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J30" s="15">
         <v>620</v>
       </c>
       <c r="K30" s="15">
-        <v>0.36798</v>
+        <v>0.36777</v>
       </c>
       <c r="L30" s="15">
-        <v>0.31892</v>
+        <v>0.31873</v>
       </c>
       <c r="M30" s="15">
-        <v>0.30665</v>
+        <v>0.30648</v>
       </c>
       <c r="N30" s="15">
-        <v>2149</v>
+        <v>2009</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>320</v>
       </c>
       <c r="K31" s="15">
         <v>0.78539</v>
       </c>
       <c r="L31" s="15">
         <v>0.68067</v>
       </c>
       <c r="M31" s="15">
         <v>0.65449</v>
       </c>
-      <c r="N31" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N31" s="15">
+        <v>240</v>
+      </c>
+      <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1200</v>
       </c>
       <c r="K32" s="15">
         <v>0.16646</v>
       </c>
       <c r="L32" s="15">
         <v>0.14426</v>
       </c>
       <c r="M32" s="15">
         <v>0.13871</v>
       </c>
       <c r="N32" s="15">
-        <v>218</v>
+        <v>204</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>0.18871</v>
       </c>
       <c r="L33" s="15">
         <v>0.15726</v>
       </c>
       <c r="M33" s="15">
         <v>0.15097</v>
       </c>
       <c r="N33" s="15">
-        <v>2085</v>
+        <v>2446</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E34" s="15">
         <v>10080014705</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I34" s="15"/>
@@ -2988,207 +2991,207 @@
       </c>
       <c r="E37" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>129</v>
       </c>
       <c r="J37" s="15">
         <v>200</v>
       </c>
       <c r="K37" s="15">
         <v>0.16484</v>
       </c>
       <c r="L37" s="15">
         <v>0.14286</v>
       </c>
       <c r="M37" s="15">
         <v>0.13736</v>
       </c>
       <c r="N37" s="15">
-        <v>11507</v>
+        <v>10000</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J38" s="15">
         <v>200</v>
       </c>
       <c r="K38" s="15">
         <v>0.22286</v>
       </c>
       <c r="L38" s="15">
         <v>0.19314</v>
       </c>
       <c r="M38" s="15">
         <v>0.18571</v>
       </c>
       <c r="N38" s="15">
-        <v>111111</v>
+        <v>107744</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.15108</v>
       </c>
       <c r="L39" s="15">
         <v>0.13094</v>
       </c>
       <c r="M39" s="15">
         <v>0.1259</v>
       </c>
       <c r="N39" s="15">
-        <v>4911</v>
+        <v>4155</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D40" s="15"/>
       <c r="E40" s="15">
         <v>10080009933</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
         <v>0.22107</v>
       </c>
       <c r="L40" s="15">
         <v>0.19159</v>
       </c>
       <c r="M40" s="15">
         <v>0.18423</v>
       </c>
       <c r="N40" s="15">
-        <v>1578</v>
+        <v>1909</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>200</v>
       </c>
       <c r="K41" s="15">
         <v>0.20882</v>
       </c>
       <c r="L41" s="15">
         <v>0.18097</v>
       </c>
       <c r="M41" s="15">
         <v>0.17401</v>
       </c>
       <c r="N41" s="15">
-        <v>3094</v>
+        <v>2776</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E42" s="15">
         <v>10080015050</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I42" s="15" t="s">
@@ -3226,2094 +3229,2100 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>147</v>
       </c>
       <c r="J43" s="15">
         <v>330</v>
       </c>
       <c r="K43" s="15">
         <v>0.40707</v>
       </c>
       <c r="L43" s="15">
         <v>0.35279</v>
       </c>
       <c r="M43" s="15">
         <v>0.33923</v>
       </c>
       <c r="N43" s="15">
-        <v>884</v>
-[...2 lines deleted...]
-      <c r="P43" s="15"/>
+        <v>966</v>
+      </c>
+      <c r="O43" s="15">
+        <v>1617</v>
+      </c>
+      <c r="P43" s="15" t="s">
+        <v>148</v>
+      </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J44" s="15">
         <v>240</v>
       </c>
       <c r="K44" s="15">
-        <v>0.71129</v>
+        <v>0.6347699999999999</v>
       </c>
       <c r="L44" s="15">
-        <v>0.6164500000000001</v>
+        <v>0.55013</v>
       </c>
       <c r="M44" s="15">
-        <v>0.59274</v>
+        <v>0.52898</v>
       </c>
       <c r="N44" s="15">
-        <v>1945</v>
+        <v>1731</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.68016</v>
       </c>
       <c r="L45" s="15">
         <v>0.58947</v>
       </c>
       <c r="M45" s="15">
         <v>0.5668</v>
       </c>
       <c r="N45" s="15">
-        <v>398</v>
+        <v>381</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15">
         <v>1.02</v>
       </c>
       <c r="L46" s="15">
         <v>0.88533</v>
       </c>
       <c r="M46" s="15">
         <v>0.85128</v>
       </c>
       <c r="N46" s="15">
-        <v>294</v>
+        <v>334</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.12222</v>
       </c>
       <c r="L47" s="15">
         <v>0.10592</v>
       </c>
       <c r="M47" s="15">
         <v>0.10185</v>
       </c>
       <c r="N47" s="15">
-        <v>2839</v>
-[...2 lines deleted...]
-      <c r="P47" s="15"/>
+        <v>2245</v>
+      </c>
+      <c r="O47" s="15">
+        <v>12800</v>
+      </c>
+      <c r="P47" s="15" t="s">
+        <v>148</v>
+      </c>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>300</v>
       </c>
       <c r="K48" s="15">
         <v>1.05</v>
       </c>
       <c r="L48" s="15">
         <v>1.05</v>
       </c>
       <c r="M48" s="15">
         <v>1.05</v>
       </c>
       <c r="N48" s="15">
         <v>1</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J49" s="15">
         <v>300</v>
       </c>
       <c r="K49" s="15">
         <v>0.17663</v>
       </c>
       <c r="L49" s="15">
         <v>0.15308</v>
       </c>
       <c r="M49" s="15">
         <v>0.14719</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J50" s="15">
         <v>700</v>
       </c>
       <c r="K50" s="15">
         <v>0.31356</v>
       </c>
       <c r="L50" s="15">
         <v>0.27175</v>
       </c>
       <c r="M50" s="15">
         <v>0.2613</v>
       </c>
       <c r="N50" s="15">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>1276</v>
+      </c>
+      <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>2800</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J51" s="15">
         <v>450</v>
       </c>
       <c r="K51" s="15">
         <v>0.46175</v>
       </c>
       <c r="L51" s="15">
         <v>0.40018</v>
       </c>
       <c r="M51" s="15">
         <v>0.38479</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J52" s="15">
         <v>325</v>
       </c>
       <c r="K52" s="15">
         <v>0.66389</v>
       </c>
       <c r="L52" s="15">
         <v>0.57537</v>
       </c>
       <c r="M52" s="15">
         <v>0.55324</v>
       </c>
       <c r="N52" s="15">
-        <v>568</v>
+        <v>509</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E53" s="15">
         <v>10080006929</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>440</v>
       </c>
       <c r="K53" s="15">
         <v>0.28</v>
       </c>
       <c r="L53" s="15">
         <v>0.28</v>
       </c>
       <c r="M53" s="15">
         <v>0.28</v>
       </c>
       <c r="N53" s="15">
-        <v>190</v>
+        <v>127</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E54" s="15">
         <v>10000017703</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
         <v>0.45</v>
       </c>
       <c r="L54" s="15">
         <v>0.45</v>
       </c>
       <c r="M54" s="15">
         <v>0.45</v>
       </c>
       <c r="N54" s="15">
-        <v>307</v>
+        <v>341</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E55" s="15">
         <v>10080043344</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J55" s="15">
         <v>450</v>
       </c>
       <c r="K55" s="15">
         <v>0.49805</v>
       </c>
       <c r="L55" s="15">
         <v>0.43164</v>
       </c>
       <c r="M55" s="15">
         <v>0.41504</v>
       </c>
       <c r="N55" s="15">
         <v>29</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J56" s="15">
         <v>450</v>
       </c>
       <c r="K56" s="15">
         <v>0.46113</v>
       </c>
       <c r="L56" s="15">
         <v>0.39965</v>
       </c>
       <c r="M56" s="15">
         <v>0.38428</v>
       </c>
       <c r="N56" s="15">
         <v>15</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.55</v>
       </c>
       <c r="L57" s="15">
         <v>0.55</v>
       </c>
       <c r="M57" s="15">
         <v>0.55</v>
       </c>
       <c r="N57" s="15">
         <v>6</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.14252</v>
       </c>
       <c r="L58" s="15">
         <v>0.12351</v>
       </c>
       <c r="M58" s="15">
         <v>0.11876</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E59" s="15">
         <v>10080018402</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.23121</v>
       </c>
       <c r="L59" s="15">
         <v>0.20038</v>
       </c>
       <c r="M59" s="15">
         <v>0.19268</v>
       </c>
       <c r="N59" s="15">
         <v>9</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.39941</v>
       </c>
       <c r="L60" s="15">
         <v>0.27959</v>
       </c>
       <c r="M60" s="15">
         <v>0.26627</v>
       </c>
       <c r="N60" s="15">
         <v>17</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.26093</v>
       </c>
       <c r="L61" s="15">
         <v>0.22614</v>
       </c>
       <c r="M61" s="15">
         <v>0.21744</v>
       </c>
       <c r="N61" s="15">
         <v>10</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>0.34151</v>
       </c>
       <c r="L62" s="15">
         <v>0.29597</v>
       </c>
       <c r="M62" s="15">
         <v>0.28459</v>
       </c>
       <c r="N62" s="15">
-        <v>241</v>
+        <v>227</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
         <v>0.45989</v>
       </c>
       <c r="L63" s="15">
         <v>0.39857</v>
       </c>
       <c r="M63" s="15">
         <v>0.38324</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="J64" s="15"/>
       <c r="K64" s="15">
         <v>0.73997</v>
       </c>
       <c r="L64" s="15">
         <v>0.6413</v>
       </c>
       <c r="M64" s="15">
         <v>0.61664</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J65" s="15">
         <v>150</v>
       </c>
       <c r="K65" s="15">
         <v>0.47385</v>
       </c>
       <c r="L65" s="15">
         <v>0.41067</v>
       </c>
       <c r="M65" s="15">
         <v>0.39488</v>
       </c>
       <c r="N65" s="15">
-        <v>2904</v>
+        <v>1296</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.8118300000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.70359</v>
       </c>
       <c r="M66" s="15">
         <v>0.67653</v>
       </c>
       <c r="N66" s="15">
-        <v>557</v>
+        <v>153</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J67" s="15">
         <v>1200</v>
       </c>
       <c r="K67" s="15">
         <v>0.13004</v>
       </c>
       <c r="L67" s="15">
         <v>0.1127</v>
       </c>
       <c r="M67" s="15">
         <v>0.10836</v>
       </c>
       <c r="N67" s="15">
-        <v>690</v>
+        <v>760</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>4800</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J68" s="15">
         <v>800</v>
       </c>
       <c r="K68" s="15">
         <v>0.19173</v>
       </c>
       <c r="L68" s="15">
         <v>0.16617</v>
       </c>
       <c r="M68" s="15">
         <v>0.15978</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15">
-        <v>10270</v>
+        <v>8190</v>
       </c>
       <c r="P68" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="Q68" s="15">
         <v>3200</v>
       </c>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="J69" s="15">
         <v>2000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.1178</v>
+        <v>0.11607</v>
       </c>
       <c r="L69" s="15">
-        <v>0.10209</v>
+        <v>0.10059</v>
       </c>
       <c r="M69" s="15">
-        <v>0.09816</v>
+        <v>0.09673</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15">
         <v>8000</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
         <v>0.11781</v>
       </c>
       <c r="L70" s="15">
         <v>0.10603</v>
       </c>
       <c r="M70" s="15">
         <v>0.09818</v>
       </c>
       <c r="N70" s="15">
-        <v>25733</v>
+        <v>31639</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15">
         <v>4800</v>
       </c>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J71" s="15">
         <v>300</v>
       </c>
       <c r="K71" s="15">
         <v>0.177</v>
       </c>
       <c r="L71" s="15">
         <v>0.1593</v>
       </c>
       <c r="M71" s="15">
         <v>0.1475</v>
       </c>
       <c r="N71" s="15">
-        <v>33168</v>
+        <v>29022</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>4800</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E72" s="15">
         <v>10080038347</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>0.30096</v>
       </c>
       <c r="L72" s="15">
         <v>0.1746</v>
       </c>
       <c r="M72" s="15">
         <v>0.15163</v>
       </c>
       <c r="N72" s="15">
         <v>2</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J73" s="15">
         <v>594</v>
       </c>
       <c r="K73" s="15">
         <v>0.26835</v>
       </c>
       <c r="L73" s="15">
         <v>0.24152</v>
       </c>
       <c r="M73" s="15">
         <v>0.22363</v>
       </c>
       <c r="N73" s="15">
-        <v>132</v>
+        <v>180</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J74" s="15">
         <v>396</v>
       </c>
       <c r="K74" s="15">
         <v>0.40266</v>
       </c>
       <c r="L74" s="15">
         <v>0.36239</v>
       </c>
       <c r="M74" s="15">
         <v>0.33555</v>
       </c>
       <c r="N74" s="15">
-        <v>7233</v>
+        <v>7047</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
         <v>1584</v>
       </c>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
         <v>11.72</v>
       </c>
       <c r="L75" s="15">
         <v>7.67</v>
       </c>
       <c r="M75" s="15">
         <v>6.98</v>
       </c>
       <c r="N75" s="15">
         <v>10</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.13916</v>
       </c>
       <c r="L76" s="15">
         <v>0.12524</v>
       </c>
       <c r="M76" s="15">
         <v>0.11596</v>
       </c>
       <c r="N76" s="15">
-        <v>3300</v>
+        <v>3225</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E77" s="15">
         <v>10080044879</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
         <v>0.4289</v>
       </c>
       <c r="L77" s="15">
         <v>0.22977</v>
       </c>
       <c r="M77" s="15">
         <v>0.19913</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J78" s="15">
         <v>150</v>
       </c>
       <c r="K78" s="15">
         <v>0.16721</v>
       </c>
       <c r="L78" s="15">
         <v>0.15048</v>
       </c>
       <c r="M78" s="15">
         <v>0.13934</v>
       </c>
       <c r="N78" s="15">
-        <v>1350</v>
+        <v>1245</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.30578</v>
       </c>
       <c r="L79" s="15">
         <v>0.2752</v>
       </c>
       <c r="M79" s="15">
         <v>0.25481</v>
       </c>
       <c r="N79" s="15">
-        <v>445</v>
+        <v>380</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J80" s="15">
         <v>150</v>
       </c>
       <c r="K80" s="15">
         <v>0.45866</v>
       </c>
       <c r="L80" s="15">
         <v>0.41279</v>
       </c>
       <c r="M80" s="15">
         <v>0.38221</v>
       </c>
       <c r="N80" s="15">
-        <v>725</v>
+        <v>843</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>350</v>
       </c>
       <c r="K81" s="15">
         <v>0.13686</v>
       </c>
       <c r="L81" s="15">
         <v>0.11861</v>
       </c>
       <c r="M81" s="15">
         <v>0.11405</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15">
-        <v>2880</v>
+        <v>3360</v>
       </c>
       <c r="P81" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>200</v>
       </c>
       <c r="K82" s="15">
         <v>0.20334</v>
       </c>
       <c r="L82" s="15">
         <v>0.17623</v>
       </c>
       <c r="M82" s="15">
         <v>0.16945</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15">
-        <v>4400</v>
+        <v>4200</v>
       </c>
       <c r="P82" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I83" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J83" s="15">
         <v>200</v>
       </c>
       <c r="K83" s="15">
         <v>0.21144</v>
       </c>
       <c r="L83" s="15">
         <v>0.18325</v>
       </c>
       <c r="M83" s="15">
         <v>0.1762</v>
       </c>
       <c r="N83" s="15">
-        <v>483</v>
+        <v>455</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J84" s="15">
         <v>200</v>
       </c>
       <c r="K84" s="15">
         <v>0.15237</v>
       </c>
       <c r="L84" s="15">
         <v>0.13205</v>
       </c>
       <c r="M84" s="15">
         <v>0.12698</v>
       </c>
       <c r="N84" s="15">
-        <v>2203</v>
+        <v>1792</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.34902</v>
       </c>
       <c r="L85" s="15">
         <v>0.30248</v>
       </c>
       <c r="M85" s="15">
         <v>0.29085</v>
       </c>
       <c r="N85" s="15">
-        <v>1428</v>
+        <v>1292</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.52277</v>
       </c>
       <c r="L86" s="15">
         <v>0.45306</v>
       </c>
       <c r="M86" s="15">
         <v>0.43564</v>
       </c>
       <c r="N86" s="15">
-        <v>201</v>
+        <v>267</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="J87" s="15"/>
       <c r="K87" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="L87" s="15">
         <v>0.08519</v>
       </c>
       <c r="M87" s="15">
         <v>0.07888000000000001</v>
       </c>
       <c r="N87" s="15">
-        <v>41600</v>
+        <v>54600</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>0.14655</v>
       </c>
       <c r="L88" s="15">
         <v>0.12764</v>
       </c>
       <c r="M88" s="15">
         <v>0.11819</v>
       </c>
       <c r="N88" s="15">
-        <v>976</v>
+        <v>1232</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="J89" s="15"/>
       <c r="K89" s="15">
         <v>0.42668</v>
       </c>
       <c r="L89" s="15">
         <v>0.38401</v>
       </c>
       <c r="M89" s="15">
         <v>0.35556</v>
       </c>
       <c r="N89" s="15">
-        <v>360</v>
+        <v>425</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.74112</v>
       </c>
       <c r="L90" s="15">
         <v>0.64549</v>
       </c>
       <c r="M90" s="15">
         <v>0.59768</v>
       </c>
       <c r="N90" s="15">
-        <v>1100</v>
+        <v>775</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.19454</v>
       </c>
       <c r="L91" s="15">
         <v>0.16944</v>
       </c>
       <c r="M91" s="15">
         <v>0.15689</v>
       </c>
       <c r="N91" s="15">
-        <v>1900</v>
+        <v>2026</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>0.18406</v>
       </c>
       <c r="L92" s="15">
         <v>0.16031</v>
       </c>
       <c r="M92" s="15">
         <v>0.14844</v>
       </c>
       <c r="N92" s="15">
-        <v>3225</v>
+        <v>2963</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.3173</v>
       </c>
       <c r="L93" s="15">
         <v>0.27636</v>
       </c>
       <c r="M93" s="15">
         <v>0.25589</v>
       </c>
       <c r="N93" s="15">
-        <v>1525</v>
+        <v>1775</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>0.26986</v>
       </c>
       <c r="L94" s="15">
         <v>0.23504</v>
       </c>
       <c r="M94" s="15">
         <v>0.21763</v>
       </c>
       <c r="N94" s="15">
-        <v>540</v>
+        <v>465</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14"/>
       <c r="C95" s="15"/>
       <c r="D95" s="15"/>
       <c r="E95" s="15"/>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15"/>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15"/>
       <c r="L95" s="15"/>
       <c r="M95" s="15"/>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
     </row>
   </sheetData>
@@ -5356,317 +5365,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>