--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -730,51 +730,51 @@
   <si>
     <t>без нижней крышки (00) / GT129-5.08-02P-14-00 without cover</t>
   </si>
   <si>
     <t>UT-00149938</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-129-5.08-02P-4C KLS, DG129-5.08-02P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT129-5.08-03P-14-00</t>
   </si>
   <si>
     <t>без нижней крышки (00) / GT129-5.08-03P-14-00 without cover</t>
   </si>
   <si>
     <t>UT-00149940</t>
   </si>
   <si>
     <t xml:space="preserve">PPAC-10 DINKLE, L-KLS2-129-5.08-03P-4C KLS, DG129-5.08-03P-14-00Z(H) DEGSON, GT129-5.08-03P-14-01 GOLTEN, TL312V-03P-G12S Tianli, </t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>22.06.2026</t>
   </si>
   <si>
     <t>GT500-5.08-02P-11-00</t>
   </si>
   <si>
     <t>Клеммник GT500-5.08-02P-11-00</t>
   </si>
   <si>
     <t>UT-00144580</t>
   </si>
   <si>
     <t xml:space="preserve">DG500-5.08-02P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT500-5.08-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT500-5.08-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140105</t>
   </si>
   <si>
     <t xml:space="preserve">DG500-5.08-02P-14-00Z(H) DEGSON, CM-500-5.08-2P-14 FUCON, </t>
   </si>
@@ -881,53 +881,50 @@
     <t xml:space="preserve">DG504-5.08-02P-14-00Z(H) DEGSON, TL334-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>GT504-5.08-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT504-5.08-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140293</t>
   </si>
   <si>
     <t xml:space="preserve">DG504-5.08-03P-14-00Z(H) DEGSON, TL334-03P-G12S Tianli, CM-504-5.08-3P-14 FUCON, L-KLS2-131V-5.08-03P-4S KLS, </t>
   </si>
   <si>
     <t>L-KLS2-129-5.08-02P-4S01</t>
   </si>
   <si>
     <t>винт "-" / KLS2-129-5.08-02P-4S01</t>
   </si>
   <si>
     <t>UT-00118016</t>
   </si>
   <si>
     <t>KLS</t>
-  </si>
-[...1 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-129-5.08-03P-4S01</t>
   </si>
   <si>
     <t>винт "-" / KLS2-129-5.08-03P-4S01</t>
   </si>
   <si>
     <t>UT-00118018</t>
   </si>
   <si>
     <t>L-KLS2-125-5.08-03P-4S01</t>
   </si>
   <si>
     <t>винт "-", контакты - латунь / L-KLS2-125-5.08-03P-4S01</t>
   </si>
   <si>
     <t>UT-00146558</t>
   </si>
   <si>
     <t xml:space="preserve">DG125-5.08-03P-14-00Z(H) DEGSON, GT125-5.08-03P-14-00 GOLTEN, TL306V-03P-GS Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-128I-5.08-03P-4S01</t>
   </si>
@@ -1885,406 +1882,406 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.0848</v>
       </c>
       <c r="L9" s="15">
         <v>0.07632</v>
       </c>
       <c r="M9" s="15">
         <v>0.07066</v>
       </c>
       <c r="N9" s="15">
-        <v>51660</v>
+        <v>44280</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.12612</v>
       </c>
       <c r="L10" s="15">
         <v>0.11351</v>
       </c>
       <c r="M10" s="15">
         <v>0.1051</v>
       </c>
       <c r="N10" s="15">
-        <v>1063</v>
+        <v>1100</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.2175</v>
       </c>
       <c r="L11" s="15">
         <v>0.19575</v>
       </c>
       <c r="M11" s="15">
         <v>0.18125</v>
       </c>
       <c r="N11" s="15">
-        <v>593</v>
+        <v>555</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.3051</v>
       </c>
       <c r="L12" s="15">
         <v>0.27459</v>
       </c>
       <c r="M12" s="15">
         <v>0.25425</v>
       </c>
       <c r="N12" s="15">
-        <v>2125</v>
+        <v>1750</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15">
         <v>500</v>
       </c>
       <c r="K13" s="15">
         <v>0.10559</v>
       </c>
       <c r="L13" s="15">
         <v>0.09503</v>
       </c>
       <c r="M13" s="15">
         <v>0.08799</v>
       </c>
       <c r="N13" s="15">
-        <v>7000</v>
+        <v>7900</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15">
         <v>400</v>
       </c>
       <c r="K14" s="15">
         <v>0.15866</v>
       </c>
       <c r="L14" s="15">
         <v>0.14279</v>
       </c>
       <c r="M14" s="15">
         <v>0.13221</v>
       </c>
       <c r="N14" s="15">
-        <v>5590</v>
+        <v>5070</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.27447</v>
       </c>
       <c r="L15" s="15">
         <v>0.24702</v>
       </c>
       <c r="M15" s="15">
         <v>0.22873</v>
       </c>
       <c r="N15" s="15">
-        <v>2050</v>
+        <v>1925</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.13238</v>
       </c>
       <c r="L16" s="15">
         <v>0.11914</v>
       </c>
       <c r="M16" s="15">
         <v>0.11031</v>
       </c>
       <c r="N16" s="15">
-        <v>2700</v>
+        <v>3000</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.1559</v>
       </c>
       <c r="L17" s="15">
         <v>0.14031</v>
       </c>
       <c r="M17" s="15">
         <v>0.12991</v>
       </c>
       <c r="N17" s="15">
-        <v>1675</v>
+        <v>1800</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J18" s="15"/>
       <c r="K18" s="15">
         <v>0.6302</v>
       </c>
       <c r="L18" s="15">
         <v>0.56718</v>
       </c>
       <c r="M18" s="15">
         <v>0.52516</v>
       </c>
       <c r="N18" s="15">
-        <v>1113</v>
+        <v>863</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I19" s="15"/>
@@ -2439,51 +2436,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="J23" s="15">
         <v>300</v>
       </c>
       <c r="K23" s="15">
         <v>0.20544</v>
       </c>
       <c r="L23" s="15">
         <v>0.17805</v>
       </c>
       <c r="M23" s="15">
         <v>0.1712</v>
       </c>
       <c r="N23" s="15">
-        <v>2129</v>
+        <v>2101</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>3600</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>71</v>
@@ -2521,51 +2518,51 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.1077</v>
       </c>
       <c r="L25" s="15">
         <v>0.09334000000000001</v>
       </c>
       <c r="M25" s="15">
         <v>0.08975</v>
       </c>
       <c r="N25" s="15">
-        <v>179778</v>
+        <v>123685</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2601,283 +2598,283 @@
       </c>
       <c r="E27" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J27" s="15">
         <v>880</v>
       </c>
       <c r="K27" s="15">
         <v>0.26324</v>
       </c>
       <c r="L27" s="15">
         <v>0.22814</v>
       </c>
       <c r="M27" s="15">
         <v>0.21936</v>
       </c>
       <c r="N27" s="15">
-        <v>748</v>
+        <v>599</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.34463</v>
       </c>
       <c r="L28" s="15">
         <v>0.29868</v>
       </c>
       <c r="M28" s="15">
         <v>0.28719</v>
       </c>
       <c r="N28" s="15">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E29" s="15">
         <v>10080009928</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>620</v>
       </c>
       <c r="K29" s="15">
         <v>0.39545</v>
       </c>
       <c r="L29" s="15">
         <v>0.34272</v>
       </c>
       <c r="M29" s="15">
         <v>0.32954</v>
       </c>
       <c r="N29" s="15">
-        <v>179</v>
+        <v>149</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J30" s="15">
         <v>620</v>
       </c>
       <c r="K30" s="15">
         <v>0.36777</v>
       </c>
       <c r="L30" s="15">
         <v>0.31873</v>
       </c>
       <c r="M30" s="15">
         <v>0.30648</v>
       </c>
       <c r="N30" s="15">
-        <v>2009</v>
+        <v>2344</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>320</v>
       </c>
       <c r="K31" s="15">
         <v>0.78539</v>
       </c>
       <c r="L31" s="15">
         <v>0.68067</v>
       </c>
       <c r="M31" s="15">
         <v>0.65449</v>
       </c>
       <c r="N31" s="15">
-        <v>240</v>
+        <v>266</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1200</v>
       </c>
       <c r="K32" s="15">
         <v>0.16646</v>
       </c>
       <c r="L32" s="15">
         <v>0.14426</v>
       </c>
       <c r="M32" s="15">
         <v>0.13871</v>
       </c>
       <c r="N32" s="15">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>0.18871</v>
       </c>
       <c r="L33" s="15">
         <v>0.15726</v>
       </c>
       <c r="M33" s="15">
         <v>0.15097</v>
       </c>
       <c r="N33" s="15">
-        <v>2446</v>
+        <v>2138</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E34" s="15">
         <v>10080014705</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I34" s="15"/>
@@ -2991,207 +2988,207 @@
       </c>
       <c r="E37" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>129</v>
       </c>
       <c r="J37" s="15">
         <v>200</v>
       </c>
       <c r="K37" s="15">
         <v>0.16484</v>
       </c>
       <c r="L37" s="15">
         <v>0.14286</v>
       </c>
       <c r="M37" s="15">
         <v>0.13736</v>
       </c>
       <c r="N37" s="15">
-        <v>10000</v>
+        <v>9183</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J38" s="15">
         <v>200</v>
       </c>
       <c r="K38" s="15">
         <v>0.22286</v>
       </c>
       <c r="L38" s="15">
         <v>0.19314</v>
       </c>
       <c r="M38" s="15">
         <v>0.18571</v>
       </c>
       <c r="N38" s="15">
-        <v>107744</v>
+        <v>106060</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.15108</v>
       </c>
       <c r="L39" s="15">
         <v>0.13094</v>
       </c>
       <c r="M39" s="15">
         <v>0.1259</v>
       </c>
       <c r="N39" s="15">
-        <v>4155</v>
+        <v>3777</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D40" s="15"/>
       <c r="E40" s="15">
         <v>10080009933</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>200</v>
       </c>
       <c r="K40" s="15">
         <v>0.22107</v>
       </c>
       <c r="L40" s="15">
         <v>0.19159</v>
       </c>
       <c r="M40" s="15">
         <v>0.18423</v>
       </c>
       <c r="N40" s="15">
-        <v>1909</v>
+        <v>929</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>200</v>
       </c>
       <c r="K41" s="15">
         <v>0.20882</v>
       </c>
       <c r="L41" s="15">
         <v>0.18097</v>
       </c>
       <c r="M41" s="15">
         <v>0.17401</v>
       </c>
       <c r="N41" s="15">
-        <v>2776</v>
+        <v>3150</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E42" s="15">
         <v>10080015050</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I42" s="15" t="s">
@@ -3229,216 +3226,216 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>147</v>
       </c>
       <c r="J43" s="15">
         <v>330</v>
       </c>
       <c r="K43" s="15">
         <v>0.40707</v>
       </c>
       <c r="L43" s="15">
         <v>0.35279</v>
       </c>
       <c r="M43" s="15">
         <v>0.33923</v>
       </c>
       <c r="N43" s="15">
-        <v>966</v>
+        <v>1118</v>
       </c>
       <c r="O43" s="15">
-        <v>1617</v>
+        <v>1872</v>
       </c>
       <c r="P43" s="15" t="s">
         <v>148</v>
       </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>152</v>
       </c>
       <c r="J44" s="15">
         <v>240</v>
       </c>
       <c r="K44" s="15">
         <v>0.6347699999999999</v>
       </c>
       <c r="L44" s="15">
         <v>0.55013</v>
       </c>
       <c r="M44" s="15">
         <v>0.52898</v>
       </c>
       <c r="N44" s="15">
-        <v>1731</v>
+        <v>1959</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.68016</v>
       </c>
       <c r="L45" s="15">
         <v>0.58947</v>
       </c>
       <c r="M45" s="15">
         <v>0.5668</v>
       </c>
       <c r="N45" s="15">
-        <v>381</v>
+        <v>392</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15">
         <v>1.02</v>
       </c>
       <c r="L46" s="15">
         <v>0.88533</v>
       </c>
       <c r="M46" s="15">
         <v>0.85128</v>
       </c>
       <c r="N46" s="15">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>162</v>
       </c>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.12222</v>
       </c>
       <c r="L47" s="15">
         <v>0.10592</v>
       </c>
       <c r="M47" s="15">
         <v>0.10185</v>
       </c>
       <c r="N47" s="15">
-        <v>2245</v>
+        <v>828</v>
       </c>
       <c r="O47" s="15">
-        <v>12800</v>
+        <v>16600</v>
       </c>
       <c r="P47" s="15" t="s">
         <v>148</v>
       </c>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>71</v>
       </c>
@@ -3514,51 +3511,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J50" s="15">
         <v>700</v>
       </c>
       <c r="K50" s="15">
         <v>0.31356</v>
       </c>
       <c r="L50" s="15">
         <v>0.27175</v>
       </c>
       <c r="M50" s="15">
         <v>0.2613</v>
       </c>
       <c r="N50" s="15">
-        <v>1276</v>
+        <v>779</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>2800</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>71</v>
@@ -3596,129 +3593,129 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>181</v>
       </c>
       <c r="J52" s="15">
         <v>325</v>
       </c>
       <c r="K52" s="15">
         <v>0.66389</v>
       </c>
       <c r="L52" s="15">
         <v>0.57537</v>
       </c>
       <c r="M52" s="15">
         <v>0.55324</v>
       </c>
       <c r="N52" s="15">
-        <v>509</v>
+        <v>436</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E53" s="15">
         <v>10080006929</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>440</v>
       </c>
       <c r="K53" s="15">
         <v>0.28</v>
       </c>
       <c r="L53" s="15">
         <v>0.28</v>
       </c>
       <c r="M53" s="15">
         <v>0.28</v>
       </c>
       <c r="N53" s="15">
-        <v>127</v>
+        <v>178</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E54" s="15">
         <v>10000017703</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
         <v>0.45</v>
       </c>
       <c r="L54" s="15">
         <v>0.45</v>
       </c>
       <c r="M54" s="15">
         <v>0.45</v>
       </c>
       <c r="N54" s="15">
-        <v>341</v>
+        <v>253</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E55" s="15">
         <v>10080043344</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I55" s="15" t="s">
@@ -3990,51 +3987,51 @@
         <v>210</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>212</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>0.34151</v>
       </c>
       <c r="L62" s="15">
         <v>0.29597</v>
       </c>
       <c r="M62" s="15">
         <v>0.28459</v>
       </c>
       <c r="N62" s="15">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I63" s="15" t="s">
@@ -4105,51 +4102,51 @@
       </c>
       <c r="E65" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I65" s="15" t="s">
         <v>224</v>
       </c>
       <c r="J65" s="15">
         <v>150</v>
       </c>
       <c r="K65" s="15">
         <v>0.47385</v>
       </c>
       <c r="L65" s="15">
         <v>0.41067</v>
       </c>
       <c r="M65" s="15">
         <v>0.39488</v>
       </c>
       <c r="N65" s="15">
-        <v>1296</v>
+        <v>1651</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I66" s="15" t="s">
@@ -4186,97 +4183,93 @@
         <v>230</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>233</v>
       </c>
       <c r="J67" s="15">
         <v>1200</v>
       </c>
       <c r="K67" s="15">
         <v>0.13004</v>
       </c>
       <c r="L67" s="15">
         <v>0.1127</v>
       </c>
       <c r="M67" s="15">
         <v>0.10836</v>
       </c>
-      <c r="N67" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>4800</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>236</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>237</v>
       </c>
       <c r="J68" s="15">
         <v>800</v>
       </c>
       <c r="K68" s="15">
         <v>0.19173</v>
       </c>
       <c r="L68" s="15">
         <v>0.16617</v>
       </c>
       <c r="M68" s="15">
         <v>0.15978</v>
       </c>
       <c r="N68" s="15"/>
-      <c r="O68" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O68" s="15"/>
       <c r="P68" s="15" t="s">
         <v>238</v>
       </c>
       <c r="Q68" s="15">
         <v>3200</v>
       </c>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>232</v>
@@ -4316,94 +4309,94 @@
       </c>
       <c r="E70" s="15" t="s">
         <v>245</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>246</v>
       </c>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
         <v>0.11781</v>
       </c>
       <c r="L70" s="15">
         <v>0.10603</v>
       </c>
       <c r="M70" s="15">
         <v>0.09818</v>
       </c>
       <c r="N70" s="15">
-        <v>31639</v>
+        <v>26999</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15">
         <v>4800</v>
       </c>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>249</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>250</v>
       </c>
       <c r="J71" s="15">
         <v>300</v>
       </c>
       <c r="K71" s="15">
         <v>0.177</v>
       </c>
       <c r="L71" s="15">
         <v>0.1593</v>
       </c>
       <c r="M71" s="15">
         <v>0.1475</v>
       </c>
       <c r="N71" s="15">
-        <v>29022</v>
+        <v>36594</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>4800</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>251</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>252</v>
       </c>
       <c r="E72" s="15">
         <v>10080038347</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>232</v>
@@ -4441,92 +4434,92 @@
       </c>
       <c r="E73" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>257</v>
       </c>
       <c r="J73" s="15">
         <v>594</v>
       </c>
       <c r="K73" s="15">
         <v>0.26835</v>
       </c>
       <c r="L73" s="15">
         <v>0.24152</v>
       </c>
       <c r="M73" s="15">
         <v>0.22363</v>
       </c>
       <c r="N73" s="15">
-        <v>180</v>
+        <v>162</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>261</v>
       </c>
       <c r="J74" s="15">
         <v>396</v>
       </c>
       <c r="K74" s="15">
         <v>0.40266</v>
       </c>
       <c r="L74" s="15">
         <v>0.36239</v>
       </c>
       <c r="M74" s="15">
         <v>0.33555</v>
       </c>
       <c r="N74" s="15">
-        <v>7047</v>
+        <v>6491</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
         <v>1584</v>
       </c>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>232</v>
@@ -4562,51 +4555,51 @@
       <c r="D76" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>268</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>269</v>
       </c>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.13916</v>
       </c>
       <c r="L76" s="15">
         <v>0.12524</v>
       </c>
       <c r="M76" s="15">
         <v>0.11596</v>
       </c>
       <c r="N76" s="15">
-        <v>3225</v>
+        <v>2700</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>271</v>
       </c>
       <c r="E77" s="15">
         <v>10080044879</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I77" s="15" t="s">
@@ -4640,689 +4633,685 @@
       </c>
       <c r="E78" s="15" t="s">
         <v>275</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>276</v>
       </c>
       <c r="J78" s="15">
         <v>150</v>
       </c>
       <c r="K78" s="15">
         <v>0.16721</v>
       </c>
       <c r="L78" s="15">
         <v>0.15048</v>
       </c>
       <c r="M78" s="15">
         <v>0.13934</v>
       </c>
       <c r="N78" s="15">
-        <v>1245</v>
+        <v>1230</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>280</v>
       </c>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.30578</v>
       </c>
       <c r="L79" s="15">
         <v>0.2752</v>
       </c>
       <c r="M79" s="15">
         <v>0.25481</v>
       </c>
       <c r="N79" s="15">
-        <v>380</v>
+        <v>340</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>281</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>282</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>283</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>284</v>
       </c>
       <c r="J80" s="15">
         <v>150</v>
       </c>
       <c r="K80" s="15">
         <v>0.45866</v>
       </c>
       <c r="L80" s="15">
         <v>0.41279</v>
       </c>
       <c r="M80" s="15">
         <v>0.38221</v>
       </c>
       <c r="N80" s="15">
-        <v>843</v>
+        <v>949</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>287</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>288</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>350</v>
       </c>
       <c r="K81" s="15">
         <v>0.13686</v>
       </c>
       <c r="L81" s="15">
         <v>0.11861</v>
       </c>
       <c r="M81" s="15">
         <v>0.11405</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15">
-        <v>3360</v>
-[...3 lines deleted...]
-      </c>
+        <v>2680</v>
+      </c>
+      <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>290</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>288</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>200</v>
       </c>
       <c r="K82" s="15">
         <v>0.20334</v>
       </c>
       <c r="L82" s="15">
         <v>0.17623</v>
       </c>
       <c r="M82" s="15">
         <v>0.16945</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15">
-        <v>4200</v>
-[...3 lines deleted...]
-      </c>
+        <v>3350</v>
+      </c>
+      <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>293</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>288</v>
       </c>
       <c r="I83" s="15" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J83" s="15">
         <v>200</v>
       </c>
       <c r="K83" s="15">
         <v>0.21144</v>
       </c>
       <c r="L83" s="15">
         <v>0.18325</v>
       </c>
       <c r="M83" s="15">
         <v>0.1762</v>
       </c>
       <c r="N83" s="15">
-        <v>455</v>
+        <v>477</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>288</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="J84" s="15">
         <v>200</v>
       </c>
       <c r="K84" s="15">
         <v>0.15237</v>
       </c>
       <c r="L84" s="15">
         <v>0.13205</v>
       </c>
       <c r="M84" s="15">
         <v>0.12698</v>
       </c>
       <c r="N84" s="15">
-        <v>1792</v>
+        <v>2585</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>301</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>288</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.34902</v>
       </c>
       <c r="L85" s="15">
         <v>0.30248</v>
       </c>
       <c r="M85" s="15">
         <v>0.29085</v>
       </c>
       <c r="N85" s="15">
-        <v>1292</v>
+        <v>1513</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>305</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>288</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.52277</v>
       </c>
       <c r="L86" s="15">
         <v>0.45306</v>
       </c>
       <c r="M86" s="15">
         <v>0.43564</v>
       </c>
       <c r="N86" s="15">
-        <v>267</v>
+        <v>222</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>308</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>309</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="I87" s="15" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="J87" s="15"/>
       <c r="K87" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="L87" s="15">
         <v>0.08519</v>
       </c>
       <c r="M87" s="15">
         <v>0.07888000000000001</v>
       </c>
       <c r="N87" s="15">
-        <v>54600</v>
+        <v>57850</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>314</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>0.14655</v>
       </c>
       <c r="L88" s="15">
         <v>0.12764</v>
       </c>
       <c r="M88" s="15">
         <v>0.11819</v>
       </c>
       <c r="N88" s="15">
-        <v>1232</v>
+        <v>1328</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>317</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>318</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="J89" s="15"/>
       <c r="K89" s="15">
         <v>0.42668</v>
       </c>
       <c r="L89" s="15">
         <v>0.38401</v>
       </c>
       <c r="M89" s="15">
         <v>0.35556</v>
       </c>
       <c r="N89" s="15">
-        <v>425</v>
+        <v>300</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>322</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.74112</v>
       </c>
       <c r="L90" s="15">
         <v>0.64549</v>
       </c>
       <c r="M90" s="15">
         <v>0.59768</v>
       </c>
       <c r="N90" s="15">
-        <v>775</v>
+        <v>1038</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>326</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.19454</v>
       </c>
       <c r="L91" s="15">
         <v>0.16944</v>
       </c>
       <c r="M91" s="15">
         <v>0.15689</v>
       </c>
       <c r="N91" s="15">
-        <v>2026</v>
+        <v>1575</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>330</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>0.18406</v>
       </c>
       <c r="L92" s="15">
         <v>0.16031</v>
       </c>
       <c r="M92" s="15">
         <v>0.14844</v>
       </c>
       <c r="N92" s="15">
-        <v>2963</v>
+        <v>2925</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>334</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.3173</v>
       </c>
       <c r="L93" s="15">
         <v>0.27636</v>
       </c>
       <c r="M93" s="15">
         <v>0.25589</v>
       </c>
       <c r="N93" s="15">
-        <v>1775</v>
+        <v>1850</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>338</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>0.26986</v>
       </c>
       <c r="L94" s="15">
         <v>0.23504</v>
       </c>
       <c r="M94" s="15">
         <v>0.21763</v>
       </c>
       <c r="N94" s="15">
-        <v>465</v>
+        <v>525</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14"/>
       <c r="C95" s="15"/>
       <c r="D95" s="15"/>
       <c r="E95" s="15"/>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15"/>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15"/>
       <c r="L95" s="15"/>
       <c r="M95" s="15"/>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
     </row>
   </sheetData>
@@ -5365,317 +5354,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>350</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>