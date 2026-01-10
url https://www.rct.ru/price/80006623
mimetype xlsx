--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1224">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -136,101 +136,113 @@
   <si>
     <t>CM-103-5.0-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-103-5.0-3P-14</t>
   </si>
   <si>
     <t>UT-00146136</t>
   </si>
   <si>
     <t xml:space="preserve">KLS2-103-5.00-03P-4C KLS, DG103-5.0-03P-14-00Z(H) DEGSON, DG103-5.0-03P-14-02Z(H) DEGSON, GT103-5.0-03P-14-00 GOLTEN, TL207-03P-G12S Tianli, L-KLS2-103-5.00-03P-4S KLS, TL207-03P-G12S(M3) Tianli, </t>
   </si>
   <si>
     <t>CM-125-5.0-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-125-5.0-2P-14</t>
   </si>
   <si>
     <t>UT-00146138</t>
   </si>
   <si>
     <t xml:space="preserve">GT125-5.0-02P-14-00A(H) GOLTEN, DG125-5.0-02P-14-00Z(H) DEGSON, GT125-5.0-02P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>26.02.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>CM-125-5.0-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-125-5.0-3P-14</t>
   </si>
   <si>
     <t>UT-00146139</t>
   </si>
   <si>
     <t xml:space="preserve">DG125-5.0-03P-14-00Z(H) DEGSON, GT125-5.0-03P-14-00 GOLTEN, GT125-5.0-03P-14-14 GOLTEN, </t>
   </si>
   <si>
     <t>CM-126R-5.0-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-126R-5.0-2P-14</t>
   </si>
   <si>
     <t>UT-00146141</t>
   </si>
   <si>
     <t xml:space="preserve">DG126R-5.0-02P-14-00Z(H) DEGSON, GT126R-5.0-02P-14-00 GOLTEN, TL201R-02P-G12S Tianli, L-KLS2-126R-5.00-02P-4S KLS, </t>
   </si>
   <si>
     <t>CM-127-5.0-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-127-5.0-2P-14</t>
   </si>
   <si>
     <t>UT-00146142</t>
   </si>
   <si>
     <t xml:space="preserve">GT127-5.0-02P-14-00A(H) GOLTEN, L-KLS2-127-5.00-02P-4C KLS, 282836-2 TE Connectivity, DG127-5.0-02P-14-00Z(H) DEGSON, GT127-5.0-02P-14-00 GOLTEN, TL208V-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>CM-127-5.0-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-127-5.0-3P-14</t>
   </si>
   <si>
     <t>UT-00146143</t>
   </si>
   <si>
     <t xml:space="preserve">DG127-5.0-03P-14-00S(H) DEGSON, GT127-5.0-03P-14-00A(H) GOLTEN, L-KLS2-127-5.00-03P-4C KLS, 282836-3 TE Connectivity, DG127-5.0-03P-14-00Z(H) DEGSON, GT127-5.0-03P-14-00 GOLTEN, TL208V-03P-G12S Tianli, </t>
   </si>
   <si>
+    <t>CM-127A-5.0-4P-14</t>
+  </si>
+  <si>
+    <t>Клеммник на плату, угловой, двухрядный, 4 контакта, шаг 5 мм, цвет зеленый / CM-127A-5.0-4P-14</t>
+  </si>
+  <si>
+    <t>UT-00153572</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT127A-5.0-04P-14-00 GOLTEN, DG127A-5.0-04P-14-00Z(H) DEGSON, TLD201-04P-G12S Tianli, </t>
+  </si>
+  <si>
     <t>CM-128-5.0-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-128-5.0-2P-14</t>
   </si>
   <si>
     <t>UT-00146147</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-128-5.00-02P-4S KLS, DG128-5.0-02P-14-00Z(H) DEGSON, DG128-5.0-02P-12-00Z(H) DEGSON, GT128-5.0-02P-14-00 GOLTEN, TL206V-02P-G12S(M3) Tianli, GT128-5.0-02P-12-00 GOLTEN, TL206V-02P-G12S Tianli, DG128-5.0-02P-12-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>CM-128-5.0-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-128-5.0-3P-14</t>
   </si>
   <si>
     <t>UT-00146148</t>
   </si>
   <si>
     <t xml:space="preserve">GT128-5.0-03P-14-00A(H) GOLTEN, L-KLS2-128-5.00-03P-4S KLS, DG128-5.0-03P-14-00Z(H) DEGSON, GT128-5.0-03P-14-00 GOLTEN, TL206V-03P-G12S(M3) Tianli, TL206V-03P-G12S Tianli, </t>
   </si>
   <si>
     <t>CM-129R-5.0-2P-14</t>
@@ -553,66 +565,63 @@
   <si>
     <t>10-00017325</t>
   </si>
   <si>
     <t>DG106-5.0-03P-17-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG106-5.0-03P-17-00A(H)</t>
   </si>
   <si>
     <t>10-00017326</t>
   </si>
   <si>
     <t>DG125-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG125-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113998</t>
   </si>
   <si>
     <t xml:space="preserve">GT125-5.0-02P-14-00A(H) GOLTEN, GT125-5.0-02P-14-00 GOLTEN, TL214V-02P-G12S Tianli, CM-125-5.0-2P-14 FUCON, </t>
   </si>
   <si>
-    <t>14.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG125-5.0-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>винт - / DG125-5.0-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113999</t>
   </si>
   <si>
     <t xml:space="preserve">GT125-5.0-03P-14-00 GOLTEN, TL214V-03P-G12S Tianli, CM-125-5.0-3P-14 FUCON, GT125-5.0-03P-14-14 GOLTEN, </t>
   </si>
   <si>
-    <t>08.03.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>DG126-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG126-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113292</t>
   </si>
   <si>
     <t xml:space="preserve">GT126-5.0-02P-14-00B(H) GOLTEN, L-KLS2-126-5.00-02P-4C KLS, GT126-5.0-02P-14-00 GOLTEN, CM-200-5.0-2P-14 FUCON, TL203V-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>DG126-5.0-02P-24-00A(H)</t>
   </si>
   <si>
     <t>зеленый с пропущенным контактом / DG126-5.0-02P-24-00A(H)</t>
   </si>
   <si>
     <t>10-00017371</t>
   </si>
   <si>
     <t>DG126-5.0-03P-12-00A(H)</t>
   </si>
@@ -1438,51 +1447,51 @@
   <si>
     <t xml:space="preserve">DG301-5.0-02P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>DG301-5.0-02P-12-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG301-5.0-02P-12-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113399</t>
   </si>
   <si>
     <t xml:space="preserve">GT301-5.0-02P-12-00B(H) GOLTEN, MA412-500M2 DECA, XY301V-A-2P-5.0 XINYA, DG301-5.0-02P-12-02Z(H) DEGSON, GT301-5.0-02P-12-00 GOLTEN, CM-301-5.0-2P-12 FUCON, TL201V-02P-L01S Tianli, TL203V-02P-LS Tianli, L-KLS2-301-5.00-02P-2S KLS, L-KLS2-301-5.00-02P-2C KLS, </t>
   </si>
   <si>
     <t>DG301-5.0-02P-22-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG301-5.0-02P-22-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113400</t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>23.01.2026</t>
   </si>
   <si>
     <t>DG301-5.0-03P-12-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG301-5.0-03P-12-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113401</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-301-5.00-03P-2S KLS, GT301-5.0-03P-12-00A(H) GOLTEN, GT301-5.0-03P-12-00B(H) GOLTEN, L-KLS2-301-5.00-03P-2C KLS, DG301-5.0-03P-12-02Z(H) DEGSON, GT301-5.0-03P-12-00 GOLTEN, CM-301-5.0-3P-12 FUCON, TL201V-03P-L01S Tianli, </t>
   </si>
   <si>
     <t>DG301-5.0-03P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG301-5.0-03P-13-00A(H)</t>
   </si>
   <si>
     <t>10-00016844</t>
   </si>
   <si>
     <t>DG301-5.0-04P-12-00Z(H)</t>
   </si>
@@ -2122,53 +2131,50 @@
   <si>
     <t>GT125-5.0-03P-14-14</t>
   </si>
   <si>
     <t>винты не затянуты / GT125-5.0-03P-14-14</t>
   </si>
   <si>
     <t>UT-00148858</t>
   </si>
   <si>
     <t xml:space="preserve">DG125-5.0-03P-14-00Z(H) DEGSON, GT125-5.0-03P-14-00 GOLTEN, CM-125-5.0-3P-14 FUCON, </t>
   </si>
   <si>
     <t>GT126-5.0-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT126-5.0-02P-14-00</t>
   </si>
   <si>
     <t>UT-00142484</t>
   </si>
   <si>
     <t xml:space="preserve">GT126-5.0-02P-14-00B(H) GOLTEN, L-KLS2-126-5.00-02P-4C KLS, DG126-5.0-02P-14-00Z(H) DEGSON, CM-200-5.0-2P-14 FUCON, </t>
   </si>
   <si>
-    <t>21.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>GT126-5.0-02P-14-00B(H)</t>
   </si>
   <si>
     <t>Клеммник GT126-5.0-02P-14-00B(H)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-126-5.00-02P-4C KLS, DG126-5.0-02P-14-00Z(H) DEGSON, GT126-5.0-02P-14-00 GOLTEN, CM-200-5.0-2P-14 FUCON, </t>
   </si>
   <si>
     <t>GT126-5.0-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT126-5.0-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140233</t>
   </si>
   <si>
     <t xml:space="preserve">GT126-5.0-03P-14-00A(H) GOLTEN, GT126-5.0-03P-14-00B(H) GOLTEN, L-KLS2-126-5.00-03P-4C KLS, DG126-5.0-03P-14-00Z(H) DEGSON, CM-200-5.0-3P-14 FUCON, DG126-5.0-03P-14-00A(H) DEGSON, DT-126VP-03 , </t>
   </si>
   <si>
     <t>GT126-5.0-03P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT126-5.0-03P-14-00A(H)</t>
@@ -2815,50 +2821,53 @@
   <si>
     <t xml:space="preserve">DG632-5.0-02P-14-00A(H) DEGSON, DG632-5.0-02P-14-00Z(H) DEGSON, TL225V-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-126-5.00-02P-4C</t>
   </si>
   <si>
     <t>винт + / KLS2-126-5.00-02P-4C</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t xml:space="preserve">GT126-5.0-02P-14-00B(H) GOLTEN, DG126-5.0-02P-14-00Z(H) DEGSON, GT126-5.0-02P-14-00 GOLTEN, CM-200-5.0-2P-14 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-126-5.00-03P-4C</t>
   </si>
   <si>
     <t>винт + / KLS2-126-5.00-03P-4C</t>
   </si>
   <si>
     <t xml:space="preserve">GT126-5.0-03P-14-00A(H) GOLTEN, GT126-5.0-03P-14-00B(H) GOLTEN, DG126-5.0-03P-14-00Z(H) DEGSON, GT126-5.0-03P-14-00 GOLTEN, CM-200-5.0-3P-14 FUCON, DG126-5.0-03P-14-00A(H) DEGSON, DT-126VP-03 , </t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS2-126-5.00-04P-4C01</t>
   </si>
   <si>
     <t>винт +, контакты - латунь / KLS2-126-5.00-04P-4C01</t>
   </si>
   <si>
     <t>UT-00102348</t>
   </si>
   <si>
     <t>L-KLS2-126-5.00-08P-4C01</t>
   </si>
   <si>
     <t>винт +, контакты - латунь / KLS2-126-5.00-08P-4C01</t>
   </si>
   <si>
     <t>UT-00102349</t>
   </si>
   <si>
     <t>L-KLS2-126-5.00-12P-4C01</t>
   </si>
   <si>
     <t>винт +, контакты - латунь / KLS2-126-5.00-12P-4C01</t>
   </si>
   <si>
     <t>UT-00102350</t>
@@ -2908,50 +2917,74 @@
   <si>
     <t>UT-00143294</t>
   </si>
   <si>
     <t xml:space="preserve">DG128-5.0-03P-12-00Z(H) DEGSON, GT128-5.0-03P-12-00 GOLTEN, TL206V-03P-L01S Tianli, TL206V-03P-L01S(M3) Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-128-5.00-03P-4S</t>
   </si>
   <si>
     <t>KLS2-128-5.00-03P-4S</t>
   </si>
   <si>
     <t xml:space="preserve">GT128-5.0-03P-14-00A(H) GOLTEN, DG128-5.0-03P-14-00Z(H) DEGSON, GT128-5.0-03P-14-00 GOLTEN, TL206V-03P-G12S(M3) Tianli, TL206V-03P-G12S Tianli, CM-128-5.0-3P-14 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-128-5.00-07P-4C</t>
   </si>
   <si>
     <t>винты + / KLS2-128-5.00-07P-4C</t>
   </si>
   <si>
     <t>UT-00095829</t>
   </si>
   <si>
+    <t>L-KLS2-300-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t>KLS2-300-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t>UT-00146603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT300-5.0-02P-12-00A(H) GOLTEN, DG300-5.0-02P-12-02Z(H) DEGSON, DG300-5.0-02P-12-00Z(H) DEGSON, GT300-5.0-02P-12-00 GOLTEN, CM-300V-5.0-2P-12 FUCON, TL200V-02P-LS Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-300-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>KLS2-300-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>UT-00146604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-300-5.00-03P-2C KLS, DG300-5.0-03P-12-00Z(H) DEGSON, GT300-5.0-03P-12-00 GOLTEN, CM-300V-5.0-3P-12 FUCON, TL200V-03P-L01S Tianli, </t>
+  </si>
+  <si>
     <t>L-KLS2-301-5.00-02P-2C</t>
   </si>
   <si>
     <t xml:space="preserve">винты + - / KLS2-301-5.00-02P-2C </t>
   </si>
   <si>
     <t>10-00017336</t>
   </si>
   <si>
     <t xml:space="preserve">GT301-5.0-02P-12-00B(H) GOLTEN, MA412-500M2 DECA, XY301V-A-2P-5.0 XINYA, DG301-5.0-02P-12-02Z(H) DEGSON, DG301-5.0-02P-12-00Z(H) DEGSON, GT301-5.0-02P-12-00 GOLTEN, CM-301-5.0-2P-12 FUCON, TL201V-02P-L01S Tianli, L-KLS2-301-5.00-02P-2S KLS, </t>
   </si>
   <si>
     <t>L-KLS2-301-5.00-02P-2S</t>
   </si>
   <si>
     <t>KLS2-301-5.00-02P-2S</t>
   </si>
   <si>
     <t xml:space="preserve">GT301-5.0-02P-12-00B(H) GOLTEN, MA412-500M2 DECA, XY301V-A-2P-5.0 XINYA, DG301-5.0-02P-12-02Z(H) DEGSON, DG301-5.0-02P-12-00Z(H) DEGSON, GT301-5.0-02P-12-00 GOLTEN, CM-301-5.0-2P-12 FUCON, TL201V-02P-L01S Tianli, L-KLS2-301-5.00-02P-2C KLS, </t>
   </si>
   <si>
     <t>L-KLS2-301-5.00-03P-2S</t>
   </si>
   <si>
     <t>KLS2-301-5.00-03P-2S</t>
@@ -3010,53 +3043,50 @@
   <si>
     <t xml:space="preserve">DG500HH-5.0-03P-14-00Z(H) DEGSON, GT500HH-5.0-03P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>L-KLS2-128I-5.00-02P-4S</t>
   </si>
   <si>
     <t>винты "-" / L-KLS2-128I-5.00-02P-4S</t>
   </si>
   <si>
     <t xml:space="preserve">GT500-5.0-02P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-02P-4S01 KLS, DG500-5.0-02P-14-00Z(H) DEGSON, GT500-5.0-02P-14-00 GOLTEN, L-KLS2-128I-5.00-02P-4S01 KLS, ТВ-01А КИТАЙ, </t>
   </si>
   <si>
     <t>L-KLS2-128I-5.00-02P-4S01</t>
   </si>
   <si>
     <t>винт "-", контакты - латунь / L-KLS2-128I-5.00-02P-4S01</t>
   </si>
   <si>
     <t>UT-00153765</t>
   </si>
   <si>
     <t xml:space="preserve">GT500-5.0-02P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-02P-4S KLS, DG500-5.0-02P-14-00Z(H) DEGSON, GT500-5.0-02P-14-00 GOLTEN, L-KLS2-128I-5.00-02P-4S01 KLS, ТВ-01А КИТАЙ, </t>
   </si>
   <si>
-    <t>29.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>UT-00146623</t>
   </si>
   <si>
     <t xml:space="preserve">GT500-5.0-02P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-02P-4S KLS, L-KLS2-128I-5.00-02P-4S01 KLS, DG500-5.0-02P-14-00Z(H) DEGSON, GT500-5.0-02P-14-00 GOLTEN, ТВ-01А КИТАЙ, </t>
   </si>
   <si>
     <t>L-KLS2-128I-5.00-03P-4S</t>
   </si>
   <si>
     <t>винты "-" / L-KLS2-128I-5.00-03P-4S</t>
   </si>
   <si>
     <t xml:space="preserve">GT500-5.0-03P-14-02A(H) GOLTEN, DG500-5.0-03P-14-00Z(H) DEGSON, L-KLS2-128I-5.00-03P-4S KLS, GT500-5.0-03P-14-00 GOLTEN, CM-500-5.0-3P-14 FUCON, L-KLS2-128I-5.00-03P-4S01 KLS, </t>
   </si>
   <si>
     <t>L-KLS2-128I-5.00-03P-4S01</t>
   </si>
   <si>
     <t>винт "-", контакты - латунь / L-KLS2-128I-5.00-03P-4S01</t>
   </si>
   <si>
     <t>UT-00146624</t>
   </si>
   <si>
     <t xml:space="preserve">GT500-5.0-03P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-03P-4S KLS, DG500-5.0-03P-14-00Z(H) DEGSON, L-KLS2-128I-5.00-03P-4S KLS, GT500-5.0-03P-14-00 GOLTEN, CM-500-5.0-3P-14 FUCON, </t>
@@ -3136,74 +3166,50 @@
   <si>
     <t>L-KLS2-130-5.00-02P-4S</t>
   </si>
   <si>
     <t>винты "-" / L-KLS2-130-5.00-02P-4S</t>
   </si>
   <si>
     <t>UT-00101562</t>
   </si>
   <si>
     <t xml:space="preserve">GT130-5.0-02P-14-00 GOLTEN, DG130-5.0-02P-14-00Z(H) DEGSON, DG130-5.0-02P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-130-5.00-03P-4S</t>
   </si>
   <si>
     <t>винты "-" / L-KLS2-130-5.00-03P-4S</t>
   </si>
   <si>
     <t>UT-00101563</t>
   </si>
   <si>
     <t xml:space="preserve">DG130-5.0-03P-14-00S(H) DEGSON, DG130-5.0-03P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
-    <t>L-KLS2-300-5.00-02P-2S</t>
-[...22 lines deleted...]
-  <si>
     <t>L-KLS2-301R-5.00-02P-2S</t>
   </si>
   <si>
     <t>винт "-" / L-KLS2-301R-5.00-02P-2S</t>
   </si>
   <si>
     <t>UT-00101564</t>
   </si>
   <si>
     <t xml:space="preserve">311-021-12 , GT301R-5.0-02P-12-00A(H) GOLTEN, L-KLS2-301R-5.00-02P-2C KLS, DG301R-5.0-02P-12-00Z(H) DEGSON, GT301R-5.0-02P-12-00 GOLTEN, CM-301R-5.0-2P-12 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-301R-5.00-02P-4C</t>
   </si>
   <si>
     <t>винт "+" / L-KLS2-301R-5.00-02P-4C</t>
   </si>
   <si>
     <t>UT-00149854</t>
   </si>
   <si>
     <t>L-KLS2-301R-5.00-03P-2S</t>
   </si>
   <si>
     <t>винт "-" / L-KLS2-301R-5.00-03P-2S</t>
@@ -3373,90 +3379,84 @@
   <si>
     <t>TL205T-02P-LS</t>
   </si>
   <si>
     <t>цвет синий / TL205T-02P-LS</t>
   </si>
   <si>
     <t>UT-00141429</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-332K-5.00-02P-2C KLS, GT332K-5.0-02P-12-00A(H) GOLTEN, DG332K-5.0-02P-12-00Z(H) DEGSON, GT332K-5.0-02P-12-00 GOLTEN, CM-332K-5.0-2P-12 FUCON, </t>
   </si>
   <si>
     <t>TL206V-02P-G12S(M3)</t>
   </si>
   <si>
     <t>шаг 5мм; M3 винт - / TL206V-02P-G12S(M3)</t>
   </si>
   <si>
     <t>UT-00141391</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-128-5.00-02P-4S KLS, DG128-5.0-02P-14-00Z(H) DEGSON, DG128-5.0-02P-12-00Z(H) DEGSON, GT128-5.0-02P-14-00 GOLTEN, GT128-5.0-02P-12-00 GOLTEN, TL206V-02P-G12S Tianli, CM-128-5.0-2P-14 FUCON, DG128-5.0-02P-12-00A(H) DEGSON, </t>
   </si>
   <si>
-    <t>04.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>TL206V-03P-G12S(M3)</t>
   </si>
   <si>
     <t>шаг 5мм; M3 винт - / TL206V-03P-G12S(M3)</t>
   </si>
   <si>
     <t>UT-00140950</t>
   </si>
   <si>
     <t xml:space="preserve">GT128-5.0-03P-14-00A(H) GOLTEN, L-KLS2-128-5.00-03P-4S KLS, DG128-5.0-03P-14-00Z(H) DEGSON, DG500-5.0-03P-14-00Z(H) DEGSON, GT128-5.0-03P-14-00 GOLTEN, TL206V-03P-G12S Tianli, CM-128-5.0-3P-14 FUCON, </t>
   </si>
   <si>
     <t>TL206V-03P-L01S</t>
   </si>
   <si>
     <t>Клеммник TL206V-03P-L01S</t>
   </si>
   <si>
     <t>UT-00146124</t>
   </si>
   <si>
     <t xml:space="preserve">DG128-5.0-03P-12-00Z(H) DEGSON, L-KLS2-128-5.00-03P-2S KLS, GT128-5.0-03P-12-00 GOLTEN, TL206V-03P-L01S(M3) Tianli, </t>
   </si>
   <si>
     <t>TL206V-03P-L01S(M3)</t>
   </si>
   <si>
     <t>Клеммник TL206V-03P-L01S(M3)</t>
   </si>
   <si>
     <t>UT-00149965</t>
   </si>
   <si>
     <t xml:space="preserve">DG128-5.0-03P-12-00Z(H) DEGSON, L-KLS2-128-5.00-03P-2S KLS, GT128-5.0-03P-12-00 GOLTEN, TL206V-03P-L01S Tianli, </t>
-  </si>
-[...1 lines deleted...]
-    <t>03.03.2026</t>
   </si>
   <si>
     <t>TL207-02P-G12S</t>
   </si>
   <si>
     <t>Клеммник TL207-02P-G12S</t>
   </si>
   <si>
     <t>UT-00141372</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-103-5.00-02P-4C KLS, DG103-5.0-02P-14-00Z(H) DEGSON, GT103-5.0-02P-14-00 GOLTEN, CM-103-5.0-2P-14 FUCON, L-KLS2-103-5.00-02P-4S KLS, </t>
   </si>
   <si>
     <t>TL207-03P-G12S</t>
   </si>
   <si>
     <t>Клеммник TL207-03P-G12S</t>
   </si>
   <si>
     <t>UT-00141373</t>
   </si>
   <si>
     <t xml:space="preserve">KLS2-103-5.00-03P-4C KLS, DG103-5.0-03P-14-00Z(H) DEGSON, DG103-5.0-03P-14-02Z(H) DEGSON, GT103-5.0-03P-14-00 GOLTEN, CM-103-5.0-3P-14 FUCON, L-KLS2-103-5.00-03P-4S KLS, TL207-03P-G12S(M3) Tianli, </t>
   </si>
@@ -4194,51 +4194,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R347"/>
+  <dimension ref="A1:R348"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -4448,13603 +4448,13600 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.09654</v>
       </c>
       <c r="L9" s="15">
         <v>0.08689</v>
       </c>
       <c r="M9" s="15">
         <v>0.08044999999999999</v>
       </c>
       <c r="N9" s="15">
-        <v>22500</v>
+        <v>21300</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.14451</v>
       </c>
       <c r="L10" s="15">
         <v>0.13006</v>
       </c>
       <c r="M10" s="15">
         <v>0.12043</v>
       </c>
       <c r="N10" s="15">
-        <v>3750</v>
+        <v>4133</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11081</v>
       </c>
       <c r="L11" s="15">
         <v>0.09972</v>
       </c>
       <c r="M11" s="15">
         <v>0.09234000000000001</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15">
-        <v>760</v>
+        <v>860</v>
       </c>
       <c r="P11" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.15602</v>
       </c>
       <c r="L12" s="15">
         <v>0.14041</v>
       </c>
       <c r="M12" s="15">
         <v>0.13001</v>
       </c>
       <c r="N12" s="15">
-        <v>3401</v>
+        <v>4500</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.09791999999999999</v>
       </c>
       <c r="L13" s="15">
         <v>0.08813</v>
       </c>
       <c r="M13" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="N13" s="15">
-        <v>2200</v>
+        <v>2175</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.08397</v>
       </c>
       <c r="L14" s="15">
         <v>0.07557</v>
       </c>
       <c r="M14" s="15">
         <v>0.06998</v>
       </c>
       <c r="N14" s="15">
-        <v>34000</v>
+        <v>42500</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.12629</v>
       </c>
       <c r="L15" s="15">
         <v>0.11366</v>
       </c>
       <c r="M15" s="15">
         <v>0.10524</v>
       </c>
       <c r="N15" s="15">
-        <v>12800</v>
+        <v>15400</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="J16" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J16" s="15"/>
       <c r="K16" s="15">
-        <v>0.09506000000000001</v>
+        <v>0.22209</v>
       </c>
       <c r="L16" s="15">
-        <v>0.08555</v>
+        <v>0.19248</v>
       </c>
       <c r="M16" s="15">
-        <v>0.07921</v>
-[...5 lines deleted...]
-      <c r="P16" s="15"/>
+        <v>0.18508</v>
+      </c>
+      <c r="N16" s="15"/>
+      <c r="O16" s="15">
+        <v>3401</v>
+      </c>
+      <c r="P16" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
-        <v>0.14274</v>
+        <v>0.09506000000000001</v>
       </c>
       <c r="L17" s="15">
-        <v>0.12847</v>
+        <v>0.08555</v>
       </c>
       <c r="M17" s="15">
-        <v>0.11895</v>
+        <v>0.07921</v>
       </c>
       <c r="N17" s="15">
-        <v>27900</v>
+        <v>42750</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="J18" s="15"/>
+      <c r="J18" s="15">
+        <v>500</v>
+      </c>
       <c r="K18" s="15">
-        <v>0.158</v>
+        <v>0.14274</v>
       </c>
       <c r="L18" s="15">
-        <v>0.1422</v>
+        <v>0.12847</v>
       </c>
       <c r="M18" s="15">
-        <v>0.13166</v>
+        <v>0.11895</v>
       </c>
       <c r="N18" s="15">
-        <v>5925</v>
+        <v>27450</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="J19" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J19" s="15"/>
       <c r="K19" s="15">
-        <v>0.12714</v>
+        <v>0.158</v>
       </c>
       <c r="L19" s="15">
-        <v>0.11443</v>
+        <v>0.1422</v>
       </c>
       <c r="M19" s="15">
-        <v>0.10595</v>
+        <v>0.13166</v>
       </c>
       <c r="N19" s="15">
-        <v>3550</v>
+        <v>6450</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
-      <c r="J20" s="15"/>
+      <c r="J20" s="15">
+        <v>400</v>
+      </c>
       <c r="K20" s="15">
-        <v>0.05505</v>
+        <v>0.12714</v>
       </c>
       <c r="L20" s="15">
-        <v>0.04771</v>
+        <v>0.11443</v>
       </c>
       <c r="M20" s="15">
-        <v>0.04588</v>
+        <v>0.10595</v>
       </c>
       <c r="N20" s="15">
-        <v>7800</v>
+        <v>3750</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
-      <c r="J21" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J21" s="15"/>
       <c r="K21" s="15">
-        <v>0.08488999999999999</v>
+        <v>0.05505</v>
       </c>
       <c r="L21" s="15">
-        <v>0.0764</v>
+        <v>0.04771</v>
       </c>
       <c r="M21" s="15">
-        <v>0.07074</v>
+        <v>0.04588</v>
       </c>
       <c r="N21" s="15">
-        <v>13650</v>
+        <v>7900</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>84</v>
       </c>
       <c r="J22" s="15">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="K22" s="15">
-        <v>0.06422</v>
+        <v>0.08488999999999999</v>
       </c>
       <c r="L22" s="15">
-        <v>0.05779</v>
+        <v>0.0764</v>
       </c>
       <c r="M22" s="15">
-        <v>0.05351</v>
+        <v>0.07074</v>
       </c>
       <c r="N22" s="15">
-        <v>395</v>
-[...6 lines deleted...]
-      </c>
+        <v>15575</v>
+      </c>
+      <c r="O22" s="15"/>
+      <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K23" s="15">
-        <v>0.09637999999999999</v>
+        <v>0.06422</v>
       </c>
       <c r="L23" s="15">
-        <v>0.08352999999999999</v>
+        <v>0.05779</v>
       </c>
       <c r="M23" s="15">
-        <v>0.08031000000000001</v>
+        <v>0.05351</v>
       </c>
       <c r="N23" s="15">
-        <v>22695</v>
-[...2 lines deleted...]
-      <c r="P23" s="15"/>
+        <v>355</v>
+      </c>
+      <c r="O23" s="15">
+        <v>10650</v>
+      </c>
+      <c r="P23" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="K24" s="15">
-        <v>0.06491</v>
+        <v>0.09637999999999999</v>
       </c>
       <c r="L24" s="15">
-        <v>0.05625</v>
+        <v>0.08352999999999999</v>
       </c>
       <c r="M24" s="15">
-        <v>0.05409</v>
+        <v>0.08031000000000001</v>
       </c>
       <c r="N24" s="15">
-        <v>31125</v>
+        <v>22950</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K25" s="15">
-        <v>0.08858000000000001</v>
+        <v>0.06491</v>
       </c>
       <c r="L25" s="15">
-        <v>0.07677</v>
+        <v>0.05625</v>
       </c>
       <c r="M25" s="15">
-        <v>0.07381</v>
+        <v>0.05409</v>
       </c>
       <c r="N25" s="15">
-        <v>7930</v>
+        <v>24000</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>100</v>
       </c>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
-        <v>0.08498</v>
+        <v>0.08858000000000001</v>
       </c>
       <c r="L26" s="15">
-        <v>0.07648000000000001</v>
+        <v>0.07677</v>
       </c>
       <c r="M26" s="15">
-        <v>0.07081</v>
+        <v>0.07381</v>
       </c>
       <c r="N26" s="15">
-        <v>2225</v>
+        <v>8710</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="J27" s="15"/>
+      <c r="J27" s="15">
+        <v>500</v>
+      </c>
       <c r="K27" s="15">
-        <v>0.1272</v>
+        <v>0.08498</v>
       </c>
       <c r="L27" s="15">
-        <v>0.11448</v>
+        <v>0.07648000000000001</v>
       </c>
       <c r="M27" s="15">
-        <v>0.106</v>
+        <v>0.07081</v>
       </c>
       <c r="N27" s="15">
-        <v>5550</v>
+        <v>1525</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
-        <v>0.11802</v>
+        <v>0.1272</v>
       </c>
       <c r="L28" s="15">
-        <v>0.10622</v>
+        <v>0.11448</v>
       </c>
       <c r="M28" s="15">
-        <v>0.09835000000000001</v>
+        <v>0.106</v>
       </c>
       <c r="N28" s="15">
-        <v>1088</v>
+        <v>5250</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>112</v>
       </c>
-      <c r="J29" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J29" s="15"/>
       <c r="K29" s="15">
-        <v>0.06680999999999999</v>
+        <v>0.11802</v>
       </c>
       <c r="L29" s="15">
-        <v>0.0579</v>
+        <v>0.10622</v>
       </c>
       <c r="M29" s="15">
-        <v>0.05568</v>
+        <v>0.09835000000000001</v>
       </c>
       <c r="N29" s="15">
-        <v>38000</v>
+        <v>988</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="J30" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.1031</v>
+        <v>0.06680999999999999</v>
       </c>
       <c r="L30" s="15">
-        <v>0.09279</v>
+        <v>0.0579</v>
       </c>
       <c r="M30" s="15">
-        <v>0.08591</v>
+        <v>0.05568</v>
       </c>
       <c r="N30" s="15">
-        <v>2924</v>
+        <v>42500</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="J31" s="15"/>
+      <c r="J31" s="15">
+        <v>500</v>
+      </c>
       <c r="K31" s="15">
-        <v>0.15384</v>
+        <v>0.1031</v>
       </c>
       <c r="L31" s="15">
-        <v>0.13846</v>
+        <v>0.09279</v>
       </c>
       <c r="M31" s="15">
-        <v>0.1282</v>
+        <v>0.08591</v>
       </c>
       <c r="N31" s="15">
-        <v>8000</v>
+        <v>1920</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="J32" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J32" s="15"/>
       <c r="K32" s="15">
-        <v>0.16931</v>
+        <v>0.15384</v>
       </c>
       <c r="L32" s="15">
-        <v>0.14673</v>
+        <v>0.13846</v>
       </c>
       <c r="M32" s="15">
-        <v>0.14109</v>
+        <v>0.1282</v>
       </c>
       <c r="N32" s="15">
-        <v>2813</v>
+        <v>9375</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I33" s="15"/>
-      <c r="J33" s="15"/>
+      <c r="I33" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="J33" s="15">
+        <v>250</v>
+      </c>
       <c r="K33" s="15">
-        <v>0.12872</v>
+        <v>0.16931</v>
       </c>
       <c r="L33" s="15">
-        <v>0.11584</v>
+        <v>0.14673</v>
       </c>
       <c r="M33" s="15">
-        <v>0.10726</v>
+        <v>0.14109</v>
       </c>
       <c r="N33" s="15">
-        <v>813</v>
+        <v>3188</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>131</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I34" s="15"/>
+      <c r="J34" s="15"/>
       <c r="K34" s="15">
-        <v>0.18774</v>
+        <v>0.12872</v>
       </c>
       <c r="L34" s="15">
-        <v>0.1341</v>
+        <v>0.11584</v>
       </c>
       <c r="M34" s="15">
-        <v>0.12069</v>
+        <v>0.10726</v>
       </c>
       <c r="N34" s="15">
-        <v>25407</v>
+        <v>1013</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>133</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I35" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I35" s="15" t="s">
+        <v>136</v>
+      </c>
       <c r="J35" s="15">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="K35" s="15">
-        <v>0.20045</v>
+        <v>0.13277</v>
       </c>
       <c r="L35" s="15">
-        <v>0.19452</v>
+        <v>0.11506</v>
       </c>
       <c r="M35" s="15">
-        <v>0.1874</v>
+        <v>0.11064</v>
       </c>
       <c r="N35" s="15">
-        <v>1</v>
+        <v>23361</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>250</v>
       </c>
       <c r="K36" s="15">
-        <v>0.28155</v>
+        <v>0.20045</v>
       </c>
       <c r="L36" s="15">
-        <v>0.20111</v>
+        <v>0.19452</v>
       </c>
       <c r="M36" s="15">
-        <v>0.18099</v>
+        <v>0.1874</v>
       </c>
       <c r="N36" s="15">
-        <v>14730</v>
+        <v>1</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I37" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I37" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="J37" s="15">
         <v>250</v>
       </c>
       <c r="K37" s="15">
-        <v>0.34936</v>
+        <v>0.19911</v>
       </c>
       <c r="L37" s="15">
-        <v>0.24374</v>
+        <v>0.17256</v>
       </c>
       <c r="M37" s="15">
-        <v>0.21936</v>
-[...1 lines deleted...]
-      <c r="N37" s="15"/>
+        <v>0.16593</v>
+      </c>
+      <c r="N37" s="15">
+        <v>10743</v>
+      </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
-      <c r="Q37" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
-        <v>925</v>
+        <v>250</v>
       </c>
       <c r="K38" s="15">
-        <v>0.3775</v>
+        <v>0.22779</v>
       </c>
       <c r="L38" s="15">
-        <v>0.26964</v>
+        <v>0.19742</v>
       </c>
       <c r="M38" s="15">
-        <v>0.24268</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.18983</v>
+      </c>
+      <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
-      <c r="Q38" s="15"/>
+      <c r="Q38" s="15">
+        <v>3000</v>
+      </c>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>10080051666</v>
+        <v>148</v>
+      </c>
+      <c r="E39" s="15" t="s">
+        <v>149</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
-        <v>400</v>
+        <v>925</v>
       </c>
       <c r="K39" s="15">
-        <v>0.05256</v>
+        <v>0.267</v>
       </c>
       <c r="L39" s="15">
-        <v>0.03769</v>
+        <v>0.2314</v>
       </c>
       <c r="M39" s="15">
-        <v>0.03272</v>
+        <v>0.2225</v>
       </c>
       <c r="N39" s="15">
-        <v>300</v>
+        <v>1610</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E40" s="15">
-        <v>10080032464</v>
+        <v>10080051666</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="K40" s="15">
-        <v>0.18089</v>
+        <v>0.05256</v>
       </c>
       <c r="L40" s="15">
-        <v>0.1304</v>
+        <v>0.03769</v>
       </c>
       <c r="M40" s="15">
-        <v>0.11358</v>
+        <v>0.03272</v>
       </c>
       <c r="N40" s="15">
-        <v>348</v>
+        <v>359</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E41" s="15">
-        <v>10080010569</v>
+        <v>10080032464</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
-        <v>350</v>
+        <v>800</v>
       </c>
       <c r="K41" s="15">
-        <v>0.41973</v>
+        <v>0.11397</v>
       </c>
       <c r="L41" s="15">
-        <v>0.30259</v>
+        <v>0.09877</v>
       </c>
       <c r="M41" s="15">
-        <v>0.26355</v>
+        <v>0.09497999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>3</v>
+        <v>412</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>155</v>
+      </c>
+      <c r="E42" s="15">
+        <v>10080010569</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>350</v>
       </c>
       <c r="K42" s="15">
-        <v>0.37078</v>
+        <v>0.25488</v>
       </c>
       <c r="L42" s="15">
-        <v>0.26731</v>
+        <v>0.2209</v>
       </c>
       <c r="M42" s="15">
-        <v>0.23281</v>
-[...1 lines deleted...]
-      <c r="N42" s="15"/>
+        <v>0.2124</v>
+      </c>
+      <c r="N42" s="15">
+        <v>3</v>
+      </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>159</v>
       </c>
       <c r="J43" s="15">
-        <v>625</v>
+        <v>350</v>
       </c>
       <c r="K43" s="15">
-        <v>0.6026</v>
+        <v>0.23913</v>
       </c>
       <c r="L43" s="15">
-        <v>0.43043</v>
+        <v>0.20725</v>
       </c>
       <c r="M43" s="15">
-        <v>0.38738</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.19928</v>
+      </c>
+      <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-      <c r="J44" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I44" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="J44" s="15">
+        <v>625</v>
+      </c>
       <c r="K44" s="15">
-        <v>1.05</v>
+        <v>0.43743</v>
       </c>
       <c r="L44" s="15">
-        <v>1.05</v>
+        <v>0.37911</v>
       </c>
       <c r="M44" s="15">
-        <v>1.05</v>
+        <v>0.36453</v>
       </c>
       <c r="N44" s="15">
-        <v>1</v>
+        <v>482</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>10080012387</v>
+        <v>165</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>166</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I45" s="15"/>
-      <c r="J45" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J45" s="15"/>
       <c r="K45" s="15">
-        <v>1.4</v>
+        <v>1.05</v>
       </c>
       <c r="L45" s="15">
-        <v>1.4</v>
+        <v>1.05</v>
       </c>
       <c r="M45" s="15">
-        <v>1.4</v>
+        <v>1.05</v>
       </c>
       <c r="N45" s="15">
-        <v>1213</v>
+        <v>1</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>168</v>
+      </c>
+      <c r="E46" s="15">
+        <v>10080012387</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-      <c r="J46" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I46" s="15"/>
+      <c r="J46" s="15">
+        <v>135</v>
+      </c>
       <c r="K46" s="15">
-        <v>0.87744</v>
+        <v>1.4</v>
       </c>
       <c r="L46" s="15">
-        <v>0.62675</v>
+        <v>1.4</v>
       </c>
       <c r="M46" s="15">
-        <v>0.56407</v>
+        <v>1.4</v>
       </c>
       <c r="N46" s="15">
-        <v>893</v>
+        <v>1008</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I47" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="J47" s="15"/>
       <c r="K47" s="15">
-        <v>0.27932</v>
+        <v>0.61137</v>
       </c>
       <c r="L47" s="15">
-        <v>0.13973</v>
+        <v>0.52985</v>
       </c>
       <c r="M47" s="15">
-        <v>0.12703</v>
+        <v>0.50948</v>
       </c>
       <c r="N47" s="15">
-        <v>20</v>
+        <v>667</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1200</v>
       </c>
       <c r="K48" s="15">
-        <v>0.41987</v>
+        <v>0.27932</v>
       </c>
       <c r="L48" s="15">
-        <v>0.20994</v>
+        <v>0.13973</v>
       </c>
       <c r="M48" s="15">
-        <v>0.19085</v>
+        <v>0.12703</v>
       </c>
       <c r="N48" s="15">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I49" s="15"/>
       <c r="J49" s="15">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="K49" s="15">
-        <v>0.19482</v>
+        <v>0.41987</v>
       </c>
       <c r="L49" s="15">
-        <v>0.13916</v>
+        <v>0.20994</v>
       </c>
       <c r="M49" s="15">
-        <v>0.12524</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.19085</v>
+      </c>
+      <c r="N49" s="15">
+        <v>10</v>
+      </c>
+      <c r="O49" s="15"/>
+      <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J50" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K50" s="15">
-        <v>0.2855</v>
+        <v>0.13769</v>
       </c>
       <c r="L50" s="15">
-        <v>0.20393</v>
+        <v>0.11933</v>
       </c>
       <c r="M50" s="15">
-        <v>0.18353</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11474</v>
+      </c>
+      <c r="N50" s="15"/>
       <c r="O50" s="15">
-        <v>1344</v>
-[...3 lines deleted...]
-      </c>
+        <v>2460</v>
+      </c>
+      <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="E51" s="15" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="J51" s="15">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="K51" s="15">
-        <v>0.10655</v>
+        <v>0.19902</v>
       </c>
       <c r="L51" s="15">
-        <v>0.07611</v>
+        <v>0.17248</v>
       </c>
       <c r="M51" s="15">
-        <v>0.06850000000000001</v>
+        <v>0.16585</v>
       </c>
       <c r="N51" s="15">
-        <v>31435</v>
-[...2 lines deleted...]
-      <c r="P51" s="15"/>
+        <v>789</v>
+      </c>
+      <c r="O51" s="15">
+        <v>1764</v>
+      </c>
+      <c r="P51" s="15" t="s">
+        <v>187</v>
+      </c>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I52" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I52" s="15" t="s">
+        <v>191</v>
+      </c>
       <c r="J52" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K52" s="15">
-        <v>0.065</v>
+        <v>0.07545</v>
       </c>
       <c r="L52" s="15">
-        <v>0.065</v>
+        <v>0.06539</v>
       </c>
       <c r="M52" s="15">
-        <v>0.065</v>
+        <v>0.06288000000000001</v>
       </c>
       <c r="N52" s="15">
-        <v>1376</v>
+        <v>32341</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>300</v>
       </c>
       <c r="K53" s="15">
-        <v>0.16094</v>
+        <v>0.065</v>
       </c>
       <c r="L53" s="15">
-        <v>0.11496</v>
+        <v>0.065</v>
       </c>
       <c r="M53" s="15">
-        <v>0.10346</v>
-[...1 lines deleted...]
-      <c r="N53" s="15"/>
+        <v>0.065</v>
+      </c>
+      <c r="N53" s="15">
+        <v>1299</v>
+      </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
-      <c r="Q53" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000007176</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>198</v>
       </c>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
-        <v>0.22473</v>
+        <v>0.11342</v>
       </c>
       <c r="L54" s="15">
-        <v>0.14982</v>
+        <v>0.09829</v>
       </c>
       <c r="M54" s="15">
-        <v>0.13577</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09451</v>
+      </c>
+      <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
-      <c r="Q54" s="15"/>
+      <c r="Q54" s="15">
+        <v>7200</v>
+      </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="E55" s="15" t="s">
-        <v>201</v>
+      <c r="E55" s="15">
+        <v>10000007176</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J55" s="15">
         <v>300</v>
       </c>
       <c r="K55" s="15">
-        <v>0.15025</v>
+        <v>0.22473</v>
       </c>
       <c r="L55" s="15">
-        <v>0.10832</v>
+        <v>0.14982</v>
       </c>
       <c r="M55" s="15">
-        <v>0.09433999999999999</v>
-[...1 lines deleted...]
-      <c r="N55" s="15"/>
+        <v>0.13577</v>
+      </c>
+      <c r="N55" s="15">
+        <v>14330</v>
+      </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>203</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I56" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I56" s="15" t="s">
+        <v>205</v>
+      </c>
       <c r="J56" s="15">
         <v>300</v>
       </c>
       <c r="K56" s="15">
-        <v>0.105</v>
+        <v>0.09497999999999999</v>
       </c>
       <c r="L56" s="15">
-        <v>0.105</v>
+        <v>0.08232</v>
       </c>
       <c r="M56" s="15">
-        <v>0.105</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07915</v>
+      </c>
+      <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>206</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>208</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I57" s="15"/>
       <c r="J57" s="15">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="K57" s="15">
-        <v>0.1877</v>
+        <v>0.105</v>
       </c>
       <c r="L57" s="15">
-        <v>0.13407</v>
+        <v>0.105</v>
       </c>
       <c r="M57" s="15">
-        <v>0.12066</v>
+        <v>0.105</v>
       </c>
       <c r="N57" s="15">
-        <v>1380</v>
+        <v>10</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080012196</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I58" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I58" s="15" t="s">
+        <v>212</v>
+      </c>
       <c r="J58" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K58" s="15">
-        <v>0.08500000000000001</v>
+        <v>0.13343</v>
       </c>
       <c r="L58" s="15">
-        <v>0.08500000000000001</v>
+        <v>0.11564</v>
       </c>
       <c r="M58" s="15">
-        <v>0.08500000000000001</v>
+        <v>0.11119</v>
       </c>
       <c r="N58" s="15">
-        <v>3094</v>
+        <v>1452</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="E59" s="15" t="s">
         <v>214</v>
+      </c>
+      <c r="E59" s="15">
+        <v>10080012196</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>300</v>
       </c>
       <c r="K59" s="15">
-        <v>0.22048</v>
+        <v>0.08500000000000001</v>
       </c>
       <c r="L59" s="15">
-        <v>0.15895</v>
+        <v>0.08500000000000001</v>
       </c>
       <c r="M59" s="15">
-        <v>0.13844</v>
-[...1 lines deleted...]
-      <c r="N59" s="15"/>
+        <v>0.08500000000000001</v>
+      </c>
+      <c r="N59" s="15">
+        <v>2707</v>
+      </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J60" s="15">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="K60" s="15">
-        <v>0.14297</v>
+        <v>0.14193</v>
       </c>
       <c r="L60" s="15">
-        <v>0.10212</v>
+        <v>0.12301</v>
       </c>
       <c r="M60" s="15">
-        <v>0.09191000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11828</v>
+      </c>
+      <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
-        <v>0.20553</v>
+        <v>0.10166</v>
       </c>
       <c r="L61" s="15">
-        <v>0.14681</v>
+        <v>0.0881</v>
       </c>
       <c r="M61" s="15">
-        <v>0.13212</v>
+        <v>0.08470999999999999</v>
       </c>
       <c r="N61" s="15">
-        <v>1287</v>
-[...6 lines deleted...]
-      </c>
+        <v>11817</v>
+      </c>
+      <c r="O61" s="15"/>
+      <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>224</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-      <c r="J62" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I62" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="J62" s="15">
+        <v>500</v>
+      </c>
       <c r="K62" s="15">
-        <v>0.39529</v>
+        <v>0.14049</v>
       </c>
       <c r="L62" s="15">
-        <v>0.27579</v>
+        <v>0.12176</v>
       </c>
       <c r="M62" s="15">
-        <v>0.24821</v>
-[...2 lines deleted...]
-      <c r="O62" s="15"/>
+        <v>0.11708</v>
+      </c>
+      <c r="N62" s="15">
+        <v>1211</v>
+      </c>
+      <c r="O62" s="15">
+        <v>12800</v>
+      </c>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I63" s="15"/>
-      <c r="J63" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J63" s="15"/>
       <c r="K63" s="15">
-        <v>0.79059</v>
+        <v>0.25775</v>
       </c>
       <c r="L63" s="15">
-        <v>0.55157</v>
+        <v>0.22338</v>
       </c>
       <c r="M63" s="15">
-        <v>0.49642</v>
+        <v>0.21479</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
-      <c r="Q63" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>230</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>231</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>232</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
-        <v>500</v>
+        <v>590</v>
       </c>
       <c r="K64" s="15">
-        <v>0.21</v>
+        <v>0.51549</v>
       </c>
       <c r="L64" s="15">
-        <v>0.21</v>
+        <v>0.44676</v>
       </c>
       <c r="M64" s="15">
-        <v>0.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.42958</v>
+      </c>
+      <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
-        <v>4000</v>
+        <v>1180</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I65" s="15"/>
       <c r="J65" s="15">
-        <v>880</v>
+        <v>500</v>
       </c>
       <c r="K65" s="15">
-        <v>0.37111</v>
+        <v>0.21</v>
       </c>
       <c r="L65" s="15">
-        <v>0.26508</v>
+        <v>0.21</v>
       </c>
       <c r="M65" s="15">
-        <v>0.23857</v>
-[...8 lines deleted...]
-      <c r="Q65" s="15"/>
+        <v>0.21</v>
+      </c>
+      <c r="N65" s="15">
+        <v>680</v>
+      </c>
+      <c r="O65" s="15"/>
+      <c r="P65" s="15"/>
+      <c r="Q65" s="15">
+        <v>4000</v>
+      </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>237</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080014747</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-      <c r="J66" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I66" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="J66" s="15">
+        <v>880</v>
+      </c>
       <c r="K66" s="15">
-        <v>0.61217</v>
+        <v>0.25358</v>
       </c>
       <c r="L66" s="15">
-        <v>0.44133</v>
+        <v>0.21977</v>
       </c>
       <c r="M66" s="15">
-        <v>0.38439</v>
-[...5 lines deleted...]
-      <c r="P66" s="15"/>
+        <v>0.21131</v>
+      </c>
+      <c r="N66" s="15"/>
+      <c r="O66" s="15">
+        <v>12549</v>
+      </c>
+      <c r="P66" s="15" t="s">
+        <v>187</v>
+      </c>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="E67" s="15" t="s">
         <v>241</v>
+      </c>
+      <c r="E67" s="15">
+        <v>10080014747</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
-        <v>0.5375</v>
+        <v>0.38583</v>
       </c>
       <c r="L67" s="15">
-        <v>0.38393</v>
+        <v>0.33439</v>
       </c>
       <c r="M67" s="15">
-        <v>0.34553</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.32153</v>
+      </c>
+      <c r="N67" s="15">
+        <v>20</v>
+      </c>
+      <c r="O67" s="15"/>
+      <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>243</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I68" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I68" s="15" t="s">
+        <v>245</v>
+      </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
-        <v>0.33722</v>
+        <v>0.39039</v>
       </c>
       <c r="L68" s="15">
-        <v>0.22908</v>
+        <v>0.33834</v>
       </c>
       <c r="M68" s="15">
-        <v>0.20815</v>
-[...4 lines deleted...]
-      <c r="O68" s="15"/>
+        <v>0.32533</v>
+      </c>
+      <c r="N68" s="15"/>
+      <c r="O68" s="15">
+        <v>3455</v>
+      </c>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
-        <v>0.45937</v>
+        <v>0.33722</v>
       </c>
       <c r="L69" s="15">
-        <v>0.22962</v>
+        <v>0.22908</v>
       </c>
       <c r="M69" s="15">
-        <v>0.20876</v>
+        <v>0.20815</v>
       </c>
       <c r="N69" s="15">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I70" s="15"/>
       <c r="J70" s="15"/>
       <c r="K70" s="15">
-        <v>0.18</v>
+        <v>0.45937</v>
       </c>
       <c r="L70" s="15">
-        <v>0.18</v>
+        <v>0.22962</v>
       </c>
       <c r="M70" s="15">
-        <v>0.18</v>
+        <v>0.20876</v>
       </c>
       <c r="N70" s="15">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I71" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="J71" s="15"/>
       <c r="K71" s="15">
-        <v>0.18497</v>
+        <v>0.18</v>
       </c>
       <c r="L71" s="15">
-        <v>0.16647</v>
+        <v>0.18</v>
       </c>
       <c r="M71" s="15">
-        <v>0.15414</v>
+        <v>0.18</v>
       </c>
       <c r="N71" s="15">
-        <v>180</v>
+        <v>6</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>256</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="K72" s="15">
-        <v>0.59305</v>
+        <v>0.18497</v>
       </c>
       <c r="L72" s="15">
-        <v>0.30246</v>
+        <v>0.16647</v>
       </c>
       <c r="M72" s="15">
-        <v>0.2728</v>
+        <v>0.15414</v>
       </c>
       <c r="N72" s="15">
-        <v>28</v>
+        <v>240</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>300</v>
       </c>
       <c r="K73" s="15">
-        <v>0.42233</v>
+        <v>0.23534</v>
       </c>
       <c r="L73" s="15">
-        <v>0.30446</v>
+        <v>0.20396</v>
       </c>
       <c r="M73" s="15">
-        <v>0.26518</v>
+        <v>0.19611</v>
       </c>
       <c r="N73" s="15">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="E74" s="15">
-        <v>10080011831</v>
+      <c r="E74" s="15" t="s">
+        <v>264</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="K74" s="15">
-        <v>0.54126</v>
+        <v>0.26655</v>
       </c>
       <c r="L74" s="15">
-        <v>0.39021</v>
+        <v>0.23101</v>
       </c>
       <c r="M74" s="15">
-        <v>0.33985</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.22213</v>
+      </c>
+      <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="E75" s="15" t="s">
         <v>266</v>
+      </c>
+      <c r="E75" s="15">
+        <v>10080011831</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>200</v>
       </c>
       <c r="K75" s="15">
-        <v>0.56354</v>
+        <v>0.34203</v>
       </c>
       <c r="L75" s="15">
-        <v>0.40627</v>
+        <v>0.29643</v>
       </c>
       <c r="M75" s="15">
-        <v>0.35386</v>
+        <v>0.28503</v>
       </c>
       <c r="N75" s="15">
-        <v>146</v>
+        <v>2</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>267</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I76" s="15"/>
-      <c r="J76" s="15"/>
+      <c r="J76" s="15">
+        <v>200</v>
+      </c>
       <c r="K76" s="15">
-        <v>1.05</v>
+        <v>0.3558</v>
       </c>
       <c r="L76" s="15">
-        <v>1.05</v>
+        <v>0.30836</v>
       </c>
       <c r="M76" s="15">
-        <v>1.05</v>
+        <v>0.2965</v>
       </c>
       <c r="N76" s="15">
-        <v>1</v>
+        <v>140</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>271</v>
       </c>
-      <c r="E77" s="15">
-        <v>10080012197</v>
+      <c r="E77" s="15" t="s">
+        <v>272</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>131</v>
-[...6 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I77" s="15"/>
+      <c r="J77" s="15"/>
       <c r="K77" s="15">
-        <v>0.19256</v>
+        <v>1.05</v>
       </c>
       <c r="L77" s="15">
-        <v>0.13806</v>
+        <v>1.05</v>
       </c>
       <c r="M77" s="15">
-        <v>0.1199</v>
-[...1 lines deleted...]
-      <c r="N77" s="15"/>
+        <v>1.05</v>
+      </c>
+      <c r="N77" s="15">
+        <v>1</v>
+      </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>274</v>
       </c>
-      <c r="E78" s="15" t="s">
-        <v>275</v>
+      <c r="E78" s="15">
+        <v>10080012197</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="J78" s="15">
         <v>500</v>
       </c>
       <c r="K78" s="15">
-        <v>0.15826</v>
+        <v>0.11811</v>
       </c>
       <c r="L78" s="15">
-        <v>0.11304</v>
+        <v>0.10236</v>
       </c>
       <c r="M78" s="15">
-        <v>0.10174</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09843</v>
+      </c>
+      <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>277</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080035440</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I79" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I79" s="15" t="s">
+        <v>279</v>
+      </c>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
-        <v>0.45386</v>
+        <v>0.11208</v>
       </c>
       <c r="L79" s="15">
-        <v>0.24112</v>
+        <v>0.09714</v>
       </c>
       <c r="M79" s="15">
-        <v>0.20565</v>
+        <v>0.0934</v>
       </c>
       <c r="N79" s="15">
-        <v>13</v>
+        <v>47960</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E80" s="15">
-        <v>10080002273</v>
+        <v>10080035440</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="K80" s="15">
-        <v>0.35069</v>
+        <v>0.45386</v>
       </c>
       <c r="L80" s="15">
-        <v>0.25284</v>
+        <v>0.24112</v>
       </c>
       <c r="M80" s="15">
-        <v>0.22021</v>
+        <v>0.20565</v>
       </c>
       <c r="N80" s="15">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="E81" s="15" t="s">
         <v>283</v>
+      </c>
+      <c r="E81" s="15">
+        <v>10080002273</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>200</v>
       </c>
       <c r="K81" s="15">
-        <v>0.32359</v>
+        <v>0.22101</v>
       </c>
       <c r="L81" s="15">
-        <v>0.23114</v>
+        <v>0.19154</v>
       </c>
       <c r="M81" s="15">
-        <v>0.20803</v>
-[...1 lines deleted...]
-      <c r="N81" s="15"/>
+        <v>0.18418</v>
+      </c>
+      <c r="N81" s="15">
+        <v>94</v>
+      </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J82" s="15">
         <v>200</v>
       </c>
       <c r="K82" s="15">
-        <v>0.23583</v>
+        <v>0.32359</v>
       </c>
       <c r="L82" s="15">
-        <v>0.16845</v>
+        <v>0.23114</v>
       </c>
       <c r="M82" s="15">
-        <v>0.15161</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.20803</v>
+      </c>
+      <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>289</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080035443</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I83" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I83" s="15" t="s">
+        <v>291</v>
+      </c>
       <c r="J83" s="15">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="K83" s="15">
-        <v>0.69999</v>
+        <v>0.16175</v>
       </c>
       <c r="L83" s="15">
-        <v>0.37187</v>
+        <v>0.14018</v>
       </c>
       <c r="M83" s="15">
-        <v>0.31718</v>
+        <v>0.13479</v>
       </c>
       <c r="N83" s="15">
-        <v>15</v>
+        <v>123268</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="E84" s="15" t="s">
         <v>293</v>
+      </c>
+      <c r="E84" s="15">
+        <v>10080035443</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I84" s="15"/>
       <c r="J84" s="15">
-        <v>350</v>
+        <v>400</v>
       </c>
       <c r="K84" s="15">
-        <v>0.1944</v>
+        <v>0.69999</v>
       </c>
       <c r="L84" s="15">
-        <v>0.13886</v>
+        <v>0.37187</v>
       </c>
       <c r="M84" s="15">
-        <v>0.12497</v>
+        <v>0.31718</v>
       </c>
       <c r="N84" s="15">
-        <v>10520</v>
+        <v>15</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>295</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080012199</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I85" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I85" s="15" t="s">
+        <v>297</v>
+      </c>
       <c r="J85" s="15">
-        <v>200</v>
+        <v>350</v>
       </c>
       <c r="K85" s="15">
-        <v>0.115</v>
+        <v>0.13743</v>
       </c>
       <c r="L85" s="15">
-        <v>0.115</v>
+        <v>0.11911</v>
       </c>
       <c r="M85" s="15">
-        <v>0.115</v>
+        <v>0.11453</v>
       </c>
       <c r="N85" s="15">
-        <v>6777</v>
+        <v>13788</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="E86" s="15" t="s">
         <v>299</v>
+      </c>
+      <c r="E86" s="15">
+        <v>10080012199</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
-        <v>0.28608</v>
+        <v>0.115</v>
       </c>
       <c r="L86" s="15">
-        <v>0.20435</v>
+        <v>0.115</v>
       </c>
       <c r="M86" s="15">
-        <v>0.18391</v>
+        <v>0.115</v>
       </c>
       <c r="N86" s="15">
-        <v>1808</v>
+        <v>6957</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>301</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="J87" s="15">
         <v>200</v>
       </c>
       <c r="K87" s="15">
-        <v>0.14238</v>
+        <v>0.20258</v>
       </c>
       <c r="L87" s="15">
-        <v>0.1234</v>
+        <v>0.17557</v>
       </c>
       <c r="M87" s="15">
-        <v>0.11865</v>
+        <v>0.16881</v>
       </c>
       <c r="N87" s="15">
-        <v>20442</v>
+        <v>1883</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>305</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080012201</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I88" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I88" s="15" t="s">
+        <v>307</v>
+      </c>
       <c r="J88" s="15">
         <v>200</v>
       </c>
       <c r="K88" s="15">
-        <v>0.50101</v>
+        <v>0.14238</v>
       </c>
       <c r="L88" s="15">
-        <v>0.334</v>
+        <v>0.1234</v>
       </c>
       <c r="M88" s="15">
-        <v>0.30364</v>
+        <v>0.11865</v>
       </c>
       <c r="N88" s="15">
-        <v>1</v>
+        <v>21936</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="E89" s="15" t="s">
         <v>309</v>
+      </c>
+      <c r="E89" s="15">
+        <v>10080012201</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>200</v>
       </c>
       <c r="K89" s="15">
-        <v>0.3146</v>
+        <v>0.50101</v>
       </c>
       <c r="L89" s="15">
-        <v>0.22472</v>
+        <v>0.334</v>
       </c>
       <c r="M89" s="15">
-        <v>0.20224</v>
-[...1 lines deleted...]
-      <c r="N89" s="15"/>
+        <v>0.30364</v>
+      </c>
+      <c r="N89" s="15">
+        <v>1</v>
+      </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>311</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080011951</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I90" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I90" s="15" t="s">
+        <v>313</v>
+      </c>
       <c r="J90" s="15">
-        <v>825</v>
+        <v>200</v>
       </c>
       <c r="K90" s="15">
-        <v>0.61783</v>
+        <v>0.22284</v>
       </c>
       <c r="L90" s="15">
-        <v>0.33302</v>
+        <v>0.19313</v>
       </c>
       <c r="M90" s="15">
-        <v>0.2892</v>
+        <v>0.1857</v>
       </c>
       <c r="N90" s="15">
-        <v>3</v>
+        <v>2106</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="E91" s="15" t="s">
         <v>315</v>
+      </c>
+      <c r="E91" s="15">
+        <v>10080011951</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I91" s="15"/>
       <c r="J91" s="15">
-        <v>200</v>
+        <v>825</v>
       </c>
       <c r="K91" s="15">
-        <v>0.26519</v>
+        <v>0.61783</v>
       </c>
       <c r="L91" s="15">
-        <v>0.18942</v>
+        <v>0.33302</v>
       </c>
       <c r="M91" s="15">
-        <v>0.17048</v>
+        <v>0.2892</v>
       </c>
       <c r="N91" s="15">
-        <v>18333</v>
+        <v>3</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>317</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080015039</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I92" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I92" s="15" t="s">
+        <v>319</v>
+      </c>
       <c r="J92" s="15">
         <v>200</v>
       </c>
       <c r="K92" s="15">
-        <v>0.19</v>
+        <v>0.19092</v>
       </c>
       <c r="L92" s="15">
-        <v>0.19</v>
+        <v>0.16546</v>
       </c>
       <c r="M92" s="15">
-        <v>0.19</v>
+        <v>0.1591</v>
       </c>
       <c r="N92" s="15">
-        <v>19188</v>
+        <v>22989</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="E93" s="15" t="s">
         <v>321</v>
+      </c>
+      <c r="E93" s="15">
+        <v>10080015039</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>200</v>
       </c>
       <c r="K93" s="15">
-        <v>0.32899</v>
+        <v>0.19</v>
       </c>
       <c r="L93" s="15">
-        <v>0.22954</v>
+        <v>0.19</v>
       </c>
       <c r="M93" s="15">
-        <v>0.20657</v>
-[...1 lines deleted...]
-      <c r="N93" s="15"/>
+        <v>0.19</v>
+      </c>
+      <c r="N93" s="15">
+        <v>20211</v>
+      </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>323</v>
       </c>
-      <c r="D94" s="15"/>
-[...1 lines deleted...]
-        <v>10080009931</v>
+      <c r="E94" s="15" t="s">
+        <v>324</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="J94" s="15">
         <v>200</v>
       </c>
       <c r="K94" s="15">
-        <v>0.21344</v>
+        <v>0.21288</v>
       </c>
       <c r="L94" s="15">
-        <v>0.15246</v>
+        <v>0.1845</v>
       </c>
       <c r="M94" s="15">
-        <v>0.13721</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1774</v>
+      </c>
+      <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="D95" s="15" t="s">
         <v>326</v>
       </c>
-      <c r="E95" s="15" t="s">
-        <v>327</v>
+      <c r="D95" s="15"/>
+      <c r="E95" s="15">
+        <v>10080009931</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="J95" s="15">
         <v>200</v>
       </c>
       <c r="K95" s="15">
-        <v>0.23003</v>
+        <v>0.1503</v>
       </c>
       <c r="L95" s="15">
-        <v>0.16431</v>
+        <v>0.13026</v>
       </c>
       <c r="M95" s="15">
-        <v>0.14788</v>
+        <v>0.12525</v>
       </c>
       <c r="N95" s="15">
-        <v>6927</v>
+        <v>85</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>329</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
-        <v>0.49008</v>
+        <v>0.1656</v>
       </c>
       <c r="L96" s="15">
-        <v>0.34192</v>
+        <v>0.14352</v>
       </c>
       <c r="M96" s="15">
-        <v>0.30773</v>
-[...1 lines deleted...]
-      <c r="N96" s="15"/>
+        <v>0.138</v>
+      </c>
+      <c r="N96" s="15">
+        <v>7965</v>
+      </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>333</v>
       </c>
-      <c r="D97" s="15" t="s">
+      <c r="E97" s="15" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="J97" s="15">
         <v>200</v>
       </c>
       <c r="K97" s="15">
-        <v>0.2259</v>
+        <v>0.49008</v>
       </c>
       <c r="L97" s="15">
-        <v>0.20331</v>
+        <v>0.34192</v>
       </c>
       <c r="M97" s="15">
-        <v>0.18825</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.30773</v>
+      </c>
+      <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>337</v>
       </c>
-      <c r="D98" s="15" t="s">
+      <c r="E98" s="15" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I98" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I98" s="15" t="s">
+        <v>339</v>
+      </c>
       <c r="J98" s="15">
-        <v>330</v>
+        <v>200</v>
       </c>
       <c r="K98" s="15">
-        <v>0.39464</v>
+        <v>0.2259</v>
       </c>
       <c r="L98" s="15">
-        <v>0.35517</v>
+        <v>0.20331</v>
       </c>
       <c r="M98" s="15">
-        <v>0.32886</v>
+        <v>0.18825</v>
       </c>
       <c r="N98" s="15">
-        <v>830</v>
+        <v>19226</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>340</v>
       </c>
-      <c r="D99" s="15"/>
-[...1 lines deleted...]
-        <v>10080045850</v>
+      <c r="D99" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="E99" s="15" t="s">
+        <v>342</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
-        <v>240</v>
+        <v>330</v>
       </c>
       <c r="K99" s="15">
-        <v>0.892</v>
+        <v>0.39464</v>
       </c>
       <c r="L99" s="15">
-        <v>0.64536</v>
+        <v>0.35517</v>
       </c>
       <c r="M99" s="15">
-        <v>0.56315</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.32886</v>
+      </c>
+      <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>341</v>
-[...4 lines deleted...]
-      <c r="E100" s="15" t="s">
         <v>343</v>
+      </c>
+      <c r="D100" s="15"/>
+      <c r="E100" s="15">
+        <v>10080045850</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>240</v>
       </c>
       <c r="K100" s="15">
-        <v>0.79635</v>
+        <v>0.61659</v>
       </c>
       <c r="L100" s="15">
-        <v>0.56881</v>
+        <v>0.53438</v>
       </c>
       <c r="M100" s="15">
-        <v>0.51194</v>
-[...1 lines deleted...]
-      <c r="N100" s="15"/>
+        <v>0.51383</v>
+      </c>
+      <c r="N100" s="15">
+        <v>2985</v>
+      </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>344</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>345</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>346</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>600</v>
+        <v>240</v>
       </c>
       <c r="K101" s="15">
-        <v>0.38113</v>
+        <v>0.51348</v>
       </c>
       <c r="L101" s="15">
-        <v>0.31966</v>
+        <v>0.44502</v>
       </c>
       <c r="M101" s="15">
-        <v>0.30736</v>
+        <v>0.4279</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>348</v>
       </c>
-      <c r="D102" s="15" t="s">
+      <c r="E102" s="15" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080035446</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I102" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I102" s="15" t="s">
+        <v>350</v>
+      </c>
       <c r="J102" s="15">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="K102" s="15">
-        <v>0.52206</v>
+        <v>0.38113</v>
       </c>
       <c r="L102" s="15">
-        <v>0.37637</v>
+        <v>0.31966</v>
       </c>
       <c r="M102" s="15">
-        <v>0.32781</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.30736</v>
+      </c>
+      <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="E103" s="15" t="s">
         <v>352</v>
+      </c>
+      <c r="E103" s="15">
+        <v>10080035446</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>400</v>
       </c>
       <c r="K103" s="15">
-        <v>0.63612</v>
+        <v>0.33062</v>
       </c>
       <c r="L103" s="15">
-        <v>0.53352</v>
+        <v>0.28653</v>
       </c>
       <c r="M103" s="15">
-        <v>0.513</v>
+        <v>0.27551</v>
       </c>
       <c r="N103" s="15">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>354</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I104" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I104" s="15" t="s">
+        <v>356</v>
+      </c>
       <c r="J104" s="15">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="K104" s="15">
-        <v>0.42</v>
+        <v>0.63612</v>
       </c>
       <c r="L104" s="15">
-        <v>0.42</v>
+        <v>0.53352</v>
       </c>
       <c r="M104" s="15">
-        <v>0.42</v>
+        <v>0.513</v>
       </c>
       <c r="N104" s="15">
-        <v>6061</v>
+        <v>28</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
-      <c r="Q104" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>357</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>358</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>359</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K105" s="15">
-        <v>0.86617</v>
+        <v>0.42</v>
       </c>
       <c r="L105" s="15">
-        <v>0.6042999999999999</v>
+        <v>0.42</v>
       </c>
       <c r="M105" s="15">
-        <v>0.54387</v>
+        <v>0.42</v>
       </c>
       <c r="N105" s="15">
-        <v>866</v>
+        <v>6691</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>2000</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>360</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>361</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>362</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
-        <v>0.8914299999999999</v>
+        <v>0.56477</v>
       </c>
       <c r="L106" s="15">
-        <v>0.63674</v>
+        <v>0.48946</v>
       </c>
       <c r="M106" s="15">
-        <v>0.57306</v>
+        <v>0.47064</v>
       </c>
       <c r="N106" s="15">
-        <v>1260</v>
+        <v>691</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15">
         <v>2000</v>
       </c>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>363</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>364</v>
       </c>
-      <c r="E107" s="15">
-        <v>10080033478</v>
+      <c r="E107" s="15" t="s">
+        <v>365</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K107" s="15">
-        <v>0.29521</v>
+        <v>0.6480900000000001</v>
       </c>
       <c r="L107" s="15">
-        <v>0.14754</v>
+        <v>0.56168</v>
       </c>
       <c r="M107" s="15">
-        <v>0.13415</v>
+        <v>0.54008</v>
       </c>
       <c r="N107" s="15">
-        <v>188</v>
+        <v>1309</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
-      <c r="Q107" s="15"/>
+      <c r="Q107" s="15">
+        <v>2000</v>
+      </c>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E108" s="15">
-        <v>10080033479</v>
+        <v>10080033478</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I108" s="15"/>
-      <c r="J108" s="15"/>
+      <c r="J108" s="15">
+        <v>200</v>
+      </c>
       <c r="K108" s="15">
-        <v>0.115</v>
+        <v>0.29521</v>
       </c>
       <c r="L108" s="15">
-        <v>0.115</v>
+        <v>0.14754</v>
       </c>
       <c r="M108" s="15">
-        <v>0.115</v>
+        <v>0.13415</v>
       </c>
       <c r="N108" s="15">
-        <v>610</v>
+        <v>165</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E109" s="15">
-        <v>10080033474</v>
+        <v>10080033479</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
-        <v>0.065</v>
+        <v>0.115</v>
       </c>
       <c r="L109" s="15">
-        <v>0.065</v>
+        <v>0.115</v>
       </c>
       <c r="M109" s="15">
-        <v>0.065</v>
+        <v>0.115</v>
       </c>
       <c r="N109" s="15">
-        <v>747</v>
+        <v>870</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E110" s="15">
-        <v>10080033475</v>
+        <v>10080033474</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
-        <v>0.105</v>
+        <v>0.065</v>
       </c>
       <c r="L110" s="15">
-        <v>0.105</v>
+        <v>0.065</v>
       </c>
       <c r="M110" s="15">
-        <v>0.105</v>
+        <v>0.065</v>
       </c>
       <c r="N110" s="15">
-        <v>830</v>
+        <v>602</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E111" s="15">
-        <v>10080033476</v>
+        <v>10080033475</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
-        <v>0.065</v>
+        <v>0.105</v>
       </c>
       <c r="L111" s="15">
-        <v>0.065</v>
+        <v>0.105</v>
       </c>
       <c r="M111" s="15">
-        <v>0.065</v>
+        <v>0.105</v>
       </c>
       <c r="N111" s="15">
-        <v>726</v>
+        <v>740</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E112" s="15">
-        <v>10080012202</v>
+        <v>10080033476</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I112" s="15"/>
-      <c r="J112" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J112" s="15"/>
       <c r="K112" s="15">
-        <v>0.19831</v>
+        <v>0.065</v>
       </c>
       <c r="L112" s="15">
-        <v>0.13225</v>
+        <v>0.065</v>
       </c>
       <c r="M112" s="15">
-        <v>0.12016</v>
+        <v>0.065</v>
       </c>
       <c r="N112" s="15">
-        <v>483</v>
+        <v>754</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E113" s="15">
-        <v>10080007678</v>
+        <v>10080012202</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I113" s="15"/>
       <c r="J113" s="15">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="K113" s="15">
-        <v>0.12949</v>
+        <v>0.19831</v>
       </c>
       <c r="L113" s="15">
-        <v>0.0925</v>
+        <v>0.13225</v>
       </c>
       <c r="M113" s="15">
-        <v>0.08018</v>
+        <v>0.12016</v>
       </c>
       <c r="N113" s="15">
-        <v>124</v>
+        <v>592</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>378</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>379</v>
       </c>
       <c r="E114" s="15">
-        <v>10080012203</v>
+        <v>10080007678</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I114" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I114" s="15" t="s">
+        <v>380</v>
+      </c>
       <c r="J114" s="15">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="K114" s="15">
-        <v>0.29438</v>
+        <v>0.08114</v>
       </c>
       <c r="L114" s="15">
-        <v>0.1963</v>
+        <v>0.07031999999999999</v>
       </c>
       <c r="M114" s="15">
-        <v>0.17839</v>
+        <v>0.06761</v>
       </c>
       <c r="N114" s="15">
-        <v>815</v>
+        <v>122</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="E115" s="15" t="s">
         <v>382</v>
+      </c>
+      <c r="E115" s="15">
+        <v>10080012203</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1</v>
       </c>
       <c r="K115" s="15">
-        <v>0.34789</v>
+        <v>0.29438</v>
       </c>
       <c r="L115" s="15">
-        <v>0.17388</v>
+        <v>0.1963</v>
       </c>
       <c r="M115" s="15">
-        <v>0.15811</v>
+        <v>0.17839</v>
       </c>
       <c r="N115" s="15">
-        <v>4</v>
+        <v>898</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>384</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080015072</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I116" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I116" s="15" t="s">
+        <v>386</v>
+      </c>
       <c r="J116" s="15">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="K116" s="15">
-        <v>0.12</v>
+        <v>0.34789</v>
       </c>
       <c r="L116" s="15">
-        <v>0.12</v>
+        <v>0.17388</v>
       </c>
       <c r="M116" s="15">
-        <v>0.12</v>
+        <v>0.15811</v>
       </c>
       <c r="N116" s="15">
-        <v>1630</v>
+        <v>4</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E117" s="15">
-        <v>10080015073</v>
+        <v>10080015072</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K117" s="15">
-        <v>0.18</v>
+        <v>0.12</v>
       </c>
       <c r="L117" s="15">
-        <v>0.18</v>
+        <v>0.12</v>
       </c>
       <c r="M117" s="15">
-        <v>0.18</v>
+        <v>0.12</v>
       </c>
       <c r="N117" s="15">
-        <v>10677</v>
+        <v>1966</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="E118" s="15" t="s">
         <v>390</v>
+      </c>
+      <c r="E118" s="15">
+        <v>10080015073</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="K118" s="15">
-        <v>0.4026</v>
+        <v>0.18</v>
       </c>
       <c r="L118" s="15">
-        <v>0.29025</v>
+        <v>0.18</v>
       </c>
       <c r="M118" s="15">
-        <v>0.2528</v>
+        <v>0.18</v>
       </c>
       <c r="N118" s="15">
-        <v>42</v>
+        <v>7237</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>391</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>392</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>393</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="K119" s="15">
-        <v>0.88801</v>
+        <v>0.25347</v>
       </c>
       <c r="L119" s="15">
-        <v>0.44407</v>
+        <v>0.21967</v>
       </c>
       <c r="M119" s="15">
-        <v>0.40364</v>
+        <v>0.21123</v>
       </c>
       <c r="N119" s="15">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>395</v>
       </c>
-      <c r="E120" s="15">
-        <v>10080014937</v>
+      <c r="E120" s="15" t="s">
+        <v>396</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="K120" s="15">
-        <v>0.46285</v>
+        <v>0.88801</v>
       </c>
       <c r="L120" s="15">
-        <v>0.24796</v>
+        <v>0.44407</v>
       </c>
       <c r="M120" s="15">
-        <v>0.22317</v>
+        <v>0.40364</v>
       </c>
       <c r="N120" s="15">
-        <v>198</v>
+        <v>2</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>397</v>
-[...1 lines deleted...]
-      <c r="E121" s="15" t="s">
         <v>398</v>
+      </c>
+      <c r="E121" s="15">
+        <v>10080014937</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="K121" s="15">
-        <v>1.89</v>
+        <v>0.21128</v>
       </c>
       <c r="L121" s="15">
-        <v>1.37</v>
+        <v>0.18311</v>
       </c>
       <c r="M121" s="15">
-        <v>1.19</v>
+        <v>0.17606</v>
       </c>
       <c r="N121" s="15">
-        <v>10</v>
+        <v>225</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
-      <c r="Q121" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>399</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>400</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>401</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>100</v>
       </c>
       <c r="K122" s="15">
-        <v>0.67526</v>
+        <v>1.19</v>
       </c>
       <c r="L122" s="15">
-        <v>0.58522</v>
+        <v>1.03</v>
       </c>
       <c r="M122" s="15">
-        <v>0.56271</v>
+        <v>0.99264</v>
       </c>
       <c r="N122" s="15">
-        <v>2447</v>
+        <v>10</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
-      <c r="Q122" s="15"/>
+      <c r="Q122" s="15">
+        <v>1200</v>
+      </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>402</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>403</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>404</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I123" s="15"/>
-      <c r="J123" s="15"/>
+      <c r="J123" s="15">
+        <v>100</v>
+      </c>
       <c r="K123" s="15">
-        <v>1.04</v>
+        <v>0.67526</v>
       </c>
       <c r="L123" s="15">
-        <v>0.90367</v>
+        <v>0.58522</v>
       </c>
       <c r="M123" s="15">
-        <v>0.86891</v>
+        <v>0.56271</v>
       </c>
       <c r="N123" s="15">
-        <v>310</v>
+        <v>2119</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>405</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>406</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>407</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I124" s="15"/>
-      <c r="J124" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J124" s="15"/>
       <c r="K124" s="15">
-        <v>0.90203</v>
+        <v>1.04</v>
       </c>
       <c r="L124" s="15">
-        <v>0.65029</v>
+        <v>0.90367</v>
       </c>
       <c r="M124" s="15">
-        <v>0.56638</v>
-[...1 lines deleted...]
-      <c r="N124" s="15"/>
+        <v>0.86891</v>
+      </c>
+      <c r="N124" s="15">
+        <v>430</v>
+      </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
-      <c r="Q124" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>408</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>409</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>410</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K125" s="15">
-        <v>1.93</v>
+        <v>0.56762</v>
       </c>
       <c r="L125" s="15">
-        <v>1.38</v>
+        <v>0.49193</v>
       </c>
       <c r="M125" s="15">
-        <v>1.24</v>
-[...4 lines deleted...]
-      <c r="O125" s="15"/>
+        <v>0.47301</v>
+      </c>
+      <c r="N125" s="15"/>
+      <c r="O125" s="15">
+        <v>66</v>
+      </c>
       <c r="P125" s="15"/>
       <c r="Q125" s="15">
-        <v>1200</v>
+        <v>2400</v>
       </c>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>411</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>412</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>413</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>100</v>
       </c>
       <c r="K126" s="15">
-        <v>4.82</v>
+        <v>1.36</v>
       </c>
       <c r="L126" s="15">
-        <v>3.44</v>
+        <v>1.18</v>
       </c>
       <c r="M126" s="15">
-        <v>3.1</v>
+        <v>1.14</v>
       </c>
       <c r="N126" s="15">
-        <v>100</v>
+        <v>820</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
-        <v>400</v>
+        <v>1200</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>414</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>415</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>416</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="K127" s="15">
-        <v>0.12963</v>
+        <v>3.41</v>
       </c>
       <c r="L127" s="15">
-        <v>0.0926</v>
+        <v>2.95</v>
       </c>
       <c r="M127" s="15">
-        <v>0.08334</v>
-[...1 lines deleted...]
-      <c r="N127" s="15"/>
+        <v>2.84</v>
+      </c>
+      <c r="N127" s="15">
+        <v>100</v>
+      </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15">
-        <v>7200</v>
+        <v>400</v>
       </c>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>417</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>418</v>
       </c>
-      <c r="D128" s="15" t="s">
+      <c r="E128" s="15" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="J128" s="15">
         <v>300</v>
       </c>
       <c r="K128" s="15">
-        <v>0.12251</v>
+        <v>0.09143999999999999</v>
       </c>
       <c r="L128" s="15">
-        <v>0.08751</v>
+        <v>0.07925</v>
       </c>
       <c r="M128" s="15">
-        <v>0.07876</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0762</v>
+      </c>
+      <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
-      <c r="Q128" s="15"/>
+      <c r="Q128" s="15">
+        <v>7200</v>
+      </c>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>421</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>422</v>
       </c>
-      <c r="D129" s="15" t="s">
+      <c r="E129" s="15" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="J129" s="15">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="K129" s="15">
-        <v>0.10324</v>
+        <v>0.08778</v>
       </c>
       <c r="L129" s="15">
-        <v>0.0911</v>
+        <v>0.07607999999999999</v>
       </c>
       <c r="M129" s="15">
-        <v>0.07895000000000001</v>
-[...1 lines deleted...]
-      <c r="N129" s="15"/>
+        <v>0.07315000000000001</v>
+      </c>
+      <c r="N129" s="15">
+        <v>8060</v>
+      </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>425</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>426</v>
       </c>
-      <c r="D130" s="15" t="s">
+      <c r="E130" s="15" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I130" s="15" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="J130" s="15">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="K130" s="15">
-        <v>0.15143</v>
+        <v>0.11172</v>
       </c>
       <c r="L130" s="15">
-        <v>0.10817</v>
+        <v>0.09682</v>
       </c>
       <c r="M130" s="15">
-        <v>0.09735000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0931</v>
+      </c>
+      <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>430</v>
       </c>
-      <c r="D131" s="15" t="s">
+      <c r="E131" s="15" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="J131" s="15">
         <v>200</v>
       </c>
       <c r="K131" s="15">
-        <v>0.19444</v>
+        <v>0.06509</v>
       </c>
       <c r="L131" s="15">
-        <v>0.13889</v>
+        <v>0.06509</v>
       </c>
       <c r="M131" s="15">
-        <v>0.125</v>
-[...1 lines deleted...]
-      <c r="N131" s="15"/>
+        <v>0.06509</v>
+      </c>
+      <c r="N131" s="15">
+        <v>12000</v>
+      </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
-      <c r="Q131" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>433</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>434</v>
       </c>
-      <c r="D132" s="15" t="s">
+      <c r="E132" s="15" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="J132" s="15">
         <v>200</v>
       </c>
       <c r="K132" s="15">
-        <v>0.17323</v>
+        <v>0.13715</v>
       </c>
       <c r="L132" s="15">
-        <v>0.12374</v>
+        <v>0.11886</v>
       </c>
       <c r="M132" s="15">
-        <v>0.11136</v>
-[...10 lines deleted...]
-      <c r="Q132" s="15"/>
+        <v>0.11429</v>
+      </c>
+      <c r="N132" s="15"/>
+      <c r="O132" s="15"/>
+      <c r="P132" s="15"/>
+      <c r="Q132" s="15">
+        <v>4800</v>
+      </c>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>437</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>438</v>
       </c>
-      <c r="D133" s="15" t="s">
+      <c r="E133" s="15" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I133" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I133" s="15" t="s">
+        <v>440</v>
+      </c>
       <c r="J133" s="15">
         <v>200</v>
       </c>
       <c r="K133" s="15">
-        <v>0.13854</v>
+        <v>0.12569</v>
       </c>
       <c r="L133" s="15">
-        <v>0.12469</v>
+        <v>0.10893</v>
       </c>
       <c r="M133" s="15">
-        <v>0.11545</v>
-[...2 lines deleted...]
-      <c r="O133" s="15"/>
+        <v>0.10474</v>
+      </c>
+      <c r="N133" s="15">
+        <v>3967</v>
+      </c>
+      <c r="O133" s="15">
+        <v>6100</v>
+      </c>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>441</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>442</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>443</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
-        <v>1100</v>
+        <v>200</v>
       </c>
       <c r="K134" s="15">
-        <v>0.23</v>
+        <v>0.13854</v>
       </c>
       <c r="L134" s="15">
-        <v>0.156</v>
+        <v>0.12469</v>
       </c>
       <c r="M134" s="15">
-        <v>0.14</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11545</v>
+      </c>
+      <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
-      <c r="Q134" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>444</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>445</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>446</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I135" s="15"/>
-      <c r="J135" s="15"/>
+      <c r="J135" s="15">
+        <v>1100</v>
+      </c>
       <c r="K135" s="15">
-        <v>0.8226599999999999</v>
+        <v>0.23</v>
       </c>
       <c r="L135" s="15">
-        <v>0.41134</v>
+        <v>0.156</v>
       </c>
       <c r="M135" s="15">
-        <v>0.37398</v>
+        <v>0.14</v>
       </c>
       <c r="N135" s="15">
-        <v>437</v>
+        <v>25920</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
-      <c r="Q135" s="15"/>
+      <c r="Q135" s="15">
+        <v>2200</v>
+      </c>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>447</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>448</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>449</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I136" s="15"/>
-      <c r="J136" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J136" s="15"/>
       <c r="K136" s="15">
-        <v>0.60567</v>
+        <v>0.34766</v>
       </c>
       <c r="L136" s="15">
-        <v>0.43663</v>
+        <v>0.3013</v>
       </c>
       <c r="M136" s="15">
-        <v>0.3803</v>
+        <v>0.28971</v>
       </c>
       <c r="N136" s="15">
-        <v>10</v>
+        <v>443</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
-      <c r="Q136" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>450</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>451</v>
       </c>
-      <c r="E137" s="15">
-        <v>10000006161</v>
+      <c r="E137" s="15" t="s">
+        <v>452</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I137" s="15"/>
       <c r="J137" s="15">
-        <v>600</v>
+        <v>550</v>
       </c>
       <c r="K137" s="15">
-        <v>0.18903</v>
+        <v>0.39065</v>
       </c>
       <c r="L137" s="15">
-        <v>0.13554</v>
+        <v>0.33856</v>
       </c>
       <c r="M137" s="15">
-        <v>0.1177</v>
+        <v>0.32554</v>
       </c>
       <c r="N137" s="15">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
-      <c r="Q137" s="15"/>
+      <c r="Q137" s="15">
+        <v>1100</v>
+      </c>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>453</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>454</v>
       </c>
-      <c r="E138" s="15" t="s">
-        <v>455</v>
+      <c r="E138" s="15">
+        <v>10000006161</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="J138" s="15">
         <v>600</v>
       </c>
       <c r="K138" s="15">
-        <v>0.18064</v>
+        <v>0.18903</v>
       </c>
       <c r="L138" s="15">
-        <v>0.12903</v>
+        <v>0.13554</v>
       </c>
       <c r="M138" s="15">
-        <v>0.11613</v>
+        <v>0.1177</v>
       </c>
       <c r="N138" s="15">
-        <v>6200</v>
+        <v>111</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>456</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>457</v>
       </c>
-      <c r="D139" s="15" t="s">
+      <c r="E139" s="15" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="J139" s="15">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="K139" s="15">
-        <v>0.28781</v>
+        <v>0.13119</v>
       </c>
       <c r="L139" s="15">
-        <v>0.20748</v>
+        <v>0.1137</v>
       </c>
       <c r="M139" s="15">
-        <v>0.18072</v>
+        <v>0.10933</v>
       </c>
       <c r="N139" s="15">
-        <v>3916</v>
+        <v>8101</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>460</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>461</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080008308</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I140" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I140" s="15" t="s">
+        <v>463</v>
+      </c>
       <c r="J140" s="15">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="K140" s="15">
-        <v>0.59244</v>
+        <v>0.18153</v>
       </c>
       <c r="L140" s="15">
-        <v>0.29628</v>
+        <v>0.15733</v>
       </c>
       <c r="M140" s="15">
-        <v>0.26935</v>
+        <v>0.15128</v>
       </c>
       <c r="N140" s="15">
-        <v>309</v>
+        <v>3438</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="E141" s="15" t="s">
         <v>465</v>
+      </c>
+      <c r="E141" s="15">
+        <v>10080008308</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
-        <v>0.11586</v>
+        <v>0.59244</v>
       </c>
       <c r="L141" s="15">
-        <v>0.08276</v>
+        <v>0.29628</v>
       </c>
       <c r="M141" s="15">
-        <v>0.07448</v>
-[...1 lines deleted...]
-      <c r="N141" s="15"/>
+        <v>0.26935</v>
+      </c>
+      <c r="N141" s="15">
+        <v>235</v>
+      </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>466</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>467</v>
       </c>
-      <c r="D142" s="15" t="s">
+      <c r="E142" s="15" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="J142" s="15">
         <v>500</v>
       </c>
       <c r="K142" s="15">
-        <v>0.1076</v>
+        <v>0.08168</v>
       </c>
       <c r="L142" s="15">
-        <v>0.0706</v>
+        <v>0.07079000000000001</v>
       </c>
       <c r="M142" s="15">
-        <v>0.063</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.06806</v>
+      </c>
+      <c r="N142" s="15"/>
+      <c r="O142" s="15"/>
+      <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>470</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>471</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I143" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I143" s="15" t="s">
+        <v>473</v>
+      </c>
       <c r="J143" s="15">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="K143" s="15">
-        <v>0.08667</v>
+        <v>0.1076</v>
       </c>
       <c r="L143" s="15">
-        <v>0.07511</v>
+        <v>0.0706</v>
       </c>
       <c r="M143" s="15">
-        <v>0.07223</v>
-[...1 lines deleted...]
-      <c r="N143" s="15"/>
+        <v>0.063</v>
+      </c>
+      <c r="N143" s="15">
+        <v>56338</v>
+      </c>
       <c r="O143" s="15">
-        <v>660</v>
-[...3 lines deleted...]
-      </c>
+        <v>8600</v>
+      </c>
+      <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>474</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>475</v>
       </c>
-      <c r="D144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I144" s="15"/>
       <c r="J144" s="15">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="K144" s="15">
-        <v>0.15622</v>
+        <v>0.08667</v>
       </c>
       <c r="L144" s="15">
-        <v>0.11159</v>
+        <v>0.07511</v>
       </c>
       <c r="M144" s="15">
-        <v>0.10043</v>
+        <v>0.07223</v>
       </c>
       <c r="N144" s="15"/>
       <c r="O144" s="15">
-        <v>18600</v>
+        <v>710</v>
       </c>
       <c r="P144" s="15" t="s">
-        <v>179</v>
+        <v>477</v>
       </c>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>479</v>
       </c>
-      <c r="D145" s="15" t="s">
+      <c r="E145" s="15" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I145" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I145" s="15" t="s">
+        <v>481</v>
+      </c>
       <c r="J145" s="15">
         <v>300</v>
       </c>
       <c r="K145" s="15">
-        <v>1.05</v>
+        <v>0.11343</v>
       </c>
       <c r="L145" s="15">
-        <v>1.05</v>
+        <v>0.09830999999999999</v>
       </c>
       <c r="M145" s="15">
-        <v>1.05</v>
-[...4 lines deleted...]
-      <c r="O145" s="15"/>
+        <v>0.09453</v>
+      </c>
+      <c r="N145" s="15"/>
+      <c r="O145" s="15">
+        <v>26700</v>
+      </c>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>482</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>483</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>484</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I146" s="15"/>
       <c r="J146" s="15">
-        <v>2100</v>
+        <v>300</v>
       </c>
       <c r="K146" s="15">
-        <v>0.21566</v>
+        <v>1.05</v>
       </c>
       <c r="L146" s="15">
-        <v>0.15547</v>
+        <v>1.05</v>
       </c>
       <c r="M146" s="15">
-        <v>0.13541</v>
-[...1 lines deleted...]
-      <c r="N146" s="15"/>
+        <v>1.05</v>
+      </c>
+      <c r="N146" s="15">
+        <v>1</v>
+      </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>485</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>486</v>
       </c>
-      <c r="D147" s="15" t="s">
+      <c r="E147" s="15" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="J147" s="15">
-        <v>500</v>
+        <v>2100</v>
       </c>
       <c r="K147" s="15">
-        <v>0.134</v>
+        <v>0.21566</v>
       </c>
       <c r="L147" s="15">
-        <v>0.08989999999999999</v>
+        <v>0.15547</v>
       </c>
       <c r="M147" s="15">
-        <v>0.08359999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13541</v>
+      </c>
+      <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>489</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>490</v>
       </c>
-      <c r="D148" s="15" t="s">
+      <c r="E148" s="15" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I148" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I148" s="15" t="s">
+        <v>492</v>
+      </c>
       <c r="J148" s="15">
         <v>500</v>
       </c>
       <c r="K148" s="15">
-        <v>0.31858</v>
+        <v>0.134</v>
       </c>
       <c r="L148" s="15">
-        <v>0.1593</v>
+        <v>0.08989999999999999</v>
       </c>
       <c r="M148" s="15">
-        <v>0.14482</v>
+        <v>0.08359999999999999</v>
       </c>
       <c r="N148" s="15">
-        <v>444</v>
+        <v>42647</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>493</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>494</v>
       </c>
-      <c r="E149" s="15">
-        <v>10080001635</v>
+      <c r="E149" s="15" t="s">
+        <v>495</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I149" s="15"/>
       <c r="J149" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K149" s="15">
-        <v>0.28415</v>
+        <v>0.31858</v>
       </c>
       <c r="L149" s="15">
-        <v>0.15424</v>
+        <v>0.1593</v>
       </c>
       <c r="M149" s="15">
-        <v>0.13395</v>
+        <v>0.14482</v>
       </c>
       <c r="N149" s="15">
-        <v>10</v>
+        <v>395</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>496</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>497</v>
       </c>
-      <c r="E150" s="15" t="s">
-        <v>498</v>
+      <c r="E150" s="15">
+        <v>10080001635</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I150" s="15" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="J150" s="15">
         <v>300</v>
       </c>
       <c r="K150" s="15">
-        <v>0.19331</v>
+        <v>0.28415</v>
       </c>
       <c r="L150" s="15">
-        <v>0.13487</v>
+        <v>0.15424</v>
       </c>
       <c r="M150" s="15">
-        <v>0.12138</v>
+        <v>0.13395</v>
       </c>
       <c r="N150" s="15">
-        <v>86</v>
+        <v>10</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>499</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>500</v>
       </c>
-      <c r="D151" s="15" t="s">
+      <c r="E151" s="15" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I151" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I151" s="15" t="s">
+        <v>502</v>
+      </c>
       <c r="J151" s="15">
-        <v>1500</v>
+        <v>300</v>
       </c>
       <c r="K151" s="15">
-        <v>0.25403</v>
+        <v>0.12114</v>
       </c>
       <c r="L151" s="15">
-        <v>0.18314</v>
+        <v>0.10499</v>
       </c>
       <c r="M151" s="15">
-        <v>0.1595</v>
+        <v>0.10095</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
-      <c r="Q151" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>503</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>504</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>505</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I152" s="15"/>
       <c r="J152" s="15">
-        <v>200</v>
+        <v>1500</v>
       </c>
       <c r="K152" s="15">
-        <v>0.22992</v>
+        <v>0.1622</v>
       </c>
       <c r="L152" s="15">
-        <v>0.19926</v>
+        <v>0.14057</v>
       </c>
       <c r="M152" s="15">
-        <v>0.1916</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13516</v>
+      </c>
+      <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
-      <c r="Q152" s="15"/>
+      <c r="Q152" s="15">
+        <v>6000</v>
+      </c>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>507</v>
       </c>
-      <c r="D153" s="15" t="s">
+      <c r="E153" s="15" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="J153" s="15">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="K153" s="15">
-        <v>0.12974</v>
+        <v>0.22992</v>
       </c>
       <c r="L153" s="15">
-        <v>0.09267</v>
+        <v>0.19926</v>
       </c>
       <c r="M153" s="15">
-        <v>0.0834</v>
+        <v>0.1916</v>
       </c>
       <c r="N153" s="15">
-        <v>29468</v>
-[...6 lines deleted...]
-      </c>
+        <v>1587</v>
+      </c>
+      <c r="O153" s="15"/>
+      <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>510</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>511</v>
       </c>
-      <c r="D154" s="15" t="s">
+      <c r="E154" s="15" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080012205</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I154" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I154" s="15" t="s">
+        <v>513</v>
+      </c>
       <c r="J154" s="15">
         <v>500</v>
       </c>
       <c r="K154" s="15">
-        <v>0.17377</v>
+        <v>0.09107</v>
       </c>
       <c r="L154" s="15">
-        <v>0.11587</v>
+        <v>0.07892</v>
       </c>
       <c r="M154" s="15">
-        <v>0.10533</v>
+        <v>0.07589</v>
       </c>
       <c r="N154" s="15">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="O154" s="15"/>
+        <v>23262</v>
+      </c>
+      <c r="O154" s="15">
+        <v>7300</v>
+      </c>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="E155" s="15" t="s">
         <v>515</v>
+      </c>
+      <c r="E155" s="15">
+        <v>10080012205</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>500</v>
       </c>
       <c r="K155" s="15">
-        <v>0.09593</v>
+        <v>0.17377</v>
       </c>
       <c r="L155" s="15">
-        <v>0.08314000000000001</v>
+        <v>0.11587</v>
       </c>
       <c r="M155" s="15">
-        <v>0.07994</v>
-[...1 lines deleted...]
-      <c r="N155" s="15"/>
+        <v>0.10533</v>
+      </c>
+      <c r="N155" s="15">
+        <v>10</v>
+      </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>516</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>517</v>
       </c>
-      <c r="E156" s="15">
-        <v>10080014664</v>
+      <c r="E156" s="15" t="s">
+        <v>518</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K156" s="15">
-        <v>0.075</v>
+        <v>0.09593</v>
       </c>
       <c r="L156" s="15">
-        <v>0.075</v>
+        <v>0.08314000000000001</v>
       </c>
       <c r="M156" s="15">
-        <v>0.075</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07994</v>
+      </c>
+      <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="E157" s="15" t="s">
         <v>520</v>
+      </c>
+      <c r="E157" s="15">
+        <v>10080014664</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I157" s="15"/>
       <c r="J157" s="15">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="K157" s="15">
-        <v>0.13043</v>
+        <v>0.075</v>
       </c>
       <c r="L157" s="15">
-        <v>0.11738</v>
+        <v>0.075</v>
       </c>
       <c r="M157" s="15">
-        <v>0.10869</v>
+        <v>0.075</v>
       </c>
       <c r="N157" s="15">
-        <v>54835</v>
+        <v>2153</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>521</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>522</v>
       </c>
-      <c r="D158" s="15" t="s">
+      <c r="E158" s="15" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="J158" s="15">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="K158" s="15">
-        <v>0.09</v>
+        <v>0.13043</v>
       </c>
       <c r="L158" s="15">
-        <v>0.0638</v>
+        <v>0.11738</v>
       </c>
       <c r="M158" s="15">
-        <v>0.058</v>
+        <v>0.10869</v>
       </c>
       <c r="N158" s="15">
-        <v>367444</v>
+        <v>46749</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>525</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>526</v>
       </c>
-      <c r="D159" s="15" t="s">
+      <c r="E159" s="15" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J159" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K159" s="15">
-        <v>0.08198999999999999</v>
+        <v>0.09</v>
       </c>
       <c r="L159" s="15">
-        <v>0.07106</v>
+        <v>0.0638</v>
       </c>
       <c r="M159" s="15">
-        <v>0.06833</v>
-[...1 lines deleted...]
-      <c r="N159" s="15"/>
+        <v>0.058</v>
+      </c>
+      <c r="N159" s="15">
+        <v>477116</v>
+      </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
-      <c r="Q159" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>529</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>530</v>
       </c>
-      <c r="D160" s="15" t="s">
+      <c r="E160" s="15" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I160" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I160" s="15" t="s">
+        <v>532</v>
+      </c>
       <c r="J160" s="15">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="K160" s="15">
-        <v>0.12426</v>
+        <v>0.08198999999999999</v>
       </c>
       <c r="L160" s="15">
-        <v>0.10769</v>
+        <v>0.07106</v>
       </c>
       <c r="M160" s="15">
-        <v>0.10355</v>
+        <v>0.06833</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15">
-        <v>7200</v>
+        <v>12000</v>
       </c>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>533</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>534</v>
       </c>
-      <c r="E161" s="15">
-        <v>10000015013</v>
+      <c r="E161" s="15" t="s">
+        <v>535</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>300</v>
       </c>
       <c r="K161" s="15">
-        <v>0.17628</v>
+        <v>0.12426</v>
       </c>
       <c r="L161" s="15">
-        <v>0.1264</v>
+        <v>0.10769</v>
       </c>
       <c r="M161" s="15">
-        <v>0.10976</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10355</v>
+      </c>
+      <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
-      <c r="Q161" s="15"/>
+      <c r="Q161" s="15">
+        <v>7200</v>
+      </c>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>536</v>
       </c>
       <c r="D162" s="15" t="s">
         <v>537</v>
       </c>
-      <c r="E162" s="15" t="s">
-        <v>538</v>
+      <c r="E162" s="15">
+        <v>10000015013</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="J162" s="15">
         <v>300</v>
       </c>
       <c r="K162" s="15">
-        <v>0.16099</v>
+        <v>0.10611</v>
       </c>
       <c r="L162" s="15">
-        <v>0.11499</v>
+        <v>0.09196</v>
       </c>
       <c r="M162" s="15">
-        <v>0.10349</v>
+        <v>0.08842999999999999</v>
       </c>
       <c r="N162" s="15">
-        <v>6498</v>
+        <v>6411</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>539</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>540</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="J163" s="15">
         <v>300</v>
       </c>
       <c r="K163" s="15">
-        <v>0.17512</v>
+        <v>0.11265</v>
       </c>
       <c r="L163" s="15">
-        <v>0.12509</v>
+        <v>0.09762999999999999</v>
       </c>
       <c r="M163" s="15">
-        <v>0.11258</v>
-[...1 lines deleted...]
-      <c r="N163" s="15"/>
+        <v>0.09388000000000001</v>
+      </c>
+      <c r="N163" s="15">
+        <v>30063</v>
+      </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
-      <c r="Q163" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>543</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>544</v>
       </c>
-      <c r="D164" s="15" t="s">
+      <c r="E164" s="15" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080011194</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I164" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I164" s="15" t="s">
+        <v>546</v>
+      </c>
       <c r="J164" s="15">
-        <v>1700</v>
+        <v>300</v>
       </c>
       <c r="K164" s="15">
-        <v>0.37147</v>
+        <v>0.12344</v>
       </c>
       <c r="L164" s="15">
-        <v>0.18574</v>
+        <v>0.10698</v>
       </c>
       <c r="M164" s="15">
-        <v>0.1689</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10286</v>
+      </c>
+      <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
-      <c r="Q164" s="15"/>
+      <c r="Q164" s="15">
+        <v>7200</v>
+      </c>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="E165" s="15" t="s">
         <v>548</v>
+      </c>
+      <c r="E165" s="15">
+        <v>10080011194</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I165" s="15"/>
       <c r="J165" s="15">
-        <v>500</v>
+        <v>1700</v>
       </c>
       <c r="K165" s="15">
-        <v>0.18148</v>
+        <v>0.37147</v>
       </c>
       <c r="L165" s="15">
-        <v>0.12963</v>
+        <v>0.18574</v>
       </c>
       <c r="M165" s="15">
-        <v>0.11667</v>
+        <v>0.1689</v>
       </c>
       <c r="N165" s="15">
-        <v>688</v>
+        <v>1615</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>549</v>
+      </c>
+      <c r="D166" s="15" t="s">
         <v>550</v>
       </c>
-      <c r="D166" s="15" t="s">
+      <c r="E166" s="15" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080045863</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I166" s="15" t="s">
         <v>552</v>
       </c>
       <c r="J166" s="15">
         <v>500</v>
       </c>
       <c r="K166" s="15">
-        <v>0.18524</v>
+        <v>0.13178</v>
       </c>
       <c r="L166" s="15">
-        <v>0.15437</v>
+        <v>0.11421</v>
       </c>
       <c r="M166" s="15">
-        <v>0.14818</v>
+        <v>0.10981</v>
       </c>
       <c r="N166" s="15">
-        <v>1</v>
+        <v>524</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>553</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>554</v>
       </c>
-      <c r="E167" s="15" t="s">
-        <v>555</v>
+      <c r="E167" s="15">
+        <v>10080045863</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I167" s="15" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="J167" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K167" s="15">
-        <v>0.27338</v>
+        <v>0.18524</v>
       </c>
       <c r="L167" s="15">
-        <v>0.19527</v>
+        <v>0.15437</v>
       </c>
       <c r="M167" s="15">
-        <v>0.17574</v>
+        <v>0.14818</v>
       </c>
       <c r="N167" s="15">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="O167" s="15"/>
+      <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="D168" s="15" t="s">
         <v>557</v>
       </c>
-      <c r="D168" s="15" t="s">
+      <c r="E168" s="15" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080071495</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I168" s="15" t="s">
         <v>559</v>
       </c>
       <c r="J168" s="15">
         <v>300</v>
       </c>
       <c r="K168" s="15">
-        <v>0.28606</v>
+        <v>0.19845</v>
       </c>
       <c r="L168" s="15">
-        <v>0.23839</v>
+        <v>0.17199</v>
       </c>
       <c r="M168" s="15">
-        <v>0.22885</v>
+        <v>0.16538</v>
       </c>
       <c r="N168" s="15">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="O168" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="O168" s="15">
+        <v>8670</v>
+      </c>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
         <v>560</v>
       </c>
       <c r="D169" s="15" t="s">
         <v>561</v>
       </c>
-      <c r="E169" s="15" t="s">
-        <v>562</v>
+      <c r="E169" s="15">
+        <v>10080071495</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I169" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I169" s="15" t="s">
+        <v>562</v>
+      </c>
       <c r="J169" s="15">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="K169" s="15">
-        <v>0.35607</v>
+        <v>0.28606</v>
       </c>
       <c r="L169" s="15">
-        <v>0.2567</v>
+        <v>0.23839</v>
       </c>
       <c r="M169" s="15">
-        <v>0.22358</v>
+        <v>0.22885</v>
       </c>
       <c r="N169" s="15">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
-      <c r="Q169" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>563</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>564</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>565</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I170" s="15"/>
       <c r="J170" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K170" s="15">
-        <v>0.63218</v>
+        <v>0.23034</v>
       </c>
       <c r="L170" s="15">
-        <v>0.31609</v>
+        <v>0.19963</v>
       </c>
       <c r="M170" s="15">
-        <v>0.2874</v>
+        <v>0.19195</v>
       </c>
       <c r="N170" s="15">
-        <v>1516</v>
+        <v>50</v>
       </c>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
-      <c r="Q170" s="15"/>
+      <c r="Q170" s="15">
+        <v>4000</v>
+      </c>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D171" s="15" t="s">
         <v>567</v>
       </c>
-      <c r="D171" s="15" t="s">
+      <c r="E171" s="15" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-      <c r="J171" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I171" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="J171" s="15">
+        <v>200</v>
+      </c>
       <c r="K171" s="15">
-        <v>0.52327</v>
+        <v>0.63218</v>
       </c>
       <c r="L171" s="15">
-        <v>0.32559</v>
+        <v>0.31609</v>
       </c>
       <c r="M171" s="15">
-        <v>0.29071</v>
+        <v>0.2874</v>
       </c>
       <c r="N171" s="15">
-        <v>63</v>
+        <v>701</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>570</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>571</v>
       </c>
       <c r="E172" s="15" t="s">
         <v>572</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I172" s="15"/>
-      <c r="J172" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J172" s="15"/>
       <c r="K172" s="15">
-        <v>0.83928</v>
+        <v>0.52327</v>
       </c>
       <c r="L172" s="15">
-        <v>0.41963</v>
+        <v>0.32559</v>
       </c>
       <c r="M172" s="15">
-        <v>0.38143</v>
+        <v>0.29071</v>
       </c>
       <c r="N172" s="15">
-        <v>171</v>
+        <v>63</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>573</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>574</v>
       </c>
       <c r="E173" s="15" t="s">
         <v>575</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I173" s="15"/>
-      <c r="J173" s="15"/>
+      <c r="J173" s="15">
+        <v>300</v>
+      </c>
       <c r="K173" s="15">
-        <v>0.60467</v>
+        <v>0.83928</v>
       </c>
       <c r="L173" s="15">
-        <v>0.407</v>
+        <v>0.41963</v>
       </c>
       <c r="M173" s="15">
-        <v>0.3721</v>
+        <v>0.38143</v>
       </c>
       <c r="N173" s="15">
-        <v>16</v>
+        <v>154</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>576</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>577</v>
       </c>
       <c r="E174" s="15" t="s">
         <v>578</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I174" s="15"/>
-      <c r="J174" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J174" s="15"/>
       <c r="K174" s="15">
-        <v>0.473</v>
+        <v>0.60467</v>
       </c>
       <c r="L174" s="15">
-        <v>0.473</v>
+        <v>0.407</v>
       </c>
       <c r="M174" s="15">
-        <v>0.473</v>
+        <v>0.3721</v>
       </c>
       <c r="N174" s="15">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
         <v>579</v>
       </c>
       <c r="D175" s="15" t="s">
         <v>580</v>
       </c>
       <c r="E175" s="15" t="s">
         <v>581</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
-        <v>500</v>
+        <v>625</v>
       </c>
       <c r="K175" s="15">
-        <v>0.095</v>
+        <v>0.473</v>
       </c>
       <c r="L175" s="15">
-        <v>0.075</v>
+        <v>0.473</v>
       </c>
       <c r="M175" s="15">
-        <v>0.07000000000000001</v>
+        <v>0.473</v>
       </c>
       <c r="N175" s="15">
-        <v>103811</v>
+        <v>4</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>582</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>583</v>
       </c>
       <c r="E176" s="15" t="s">
         <v>584</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>500</v>
       </c>
       <c r="K176" s="15">
-        <v>0.17621</v>
+        <v>0.095</v>
       </c>
       <c r="L176" s="15">
-        <v>0.12587</v>
+        <v>0.075</v>
       </c>
       <c r="M176" s="15">
-        <v>0.11328</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="N176" s="15">
-        <v>50869</v>
+        <v>73484</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>585</v>
+      </c>
+      <c r="D177" s="15" t="s">
         <v>586</v>
       </c>
-      <c r="D177" s="15"/>
-[...1 lines deleted...]
-        <v>10080035448</v>
+      <c r="E177" s="15" t="s">
+        <v>587</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I177" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I177" s="15" t="s">
+        <v>588</v>
+      </c>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
-        <v>0.3154</v>
+        <v>0.12477</v>
       </c>
       <c r="L177" s="15">
-        <v>0.16757</v>
+        <v>0.10813</v>
       </c>
       <c r="M177" s="15">
-        <v>0.14293</v>
+        <v>0.10398</v>
       </c>
       <c r="N177" s="15">
-        <v>4</v>
+        <v>49589</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="E178" s="15" t="s">
         <v>589</v>
+      </c>
+      <c r="D178" s="15"/>
+      <c r="E178" s="15">
+        <v>10080035448</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I178" s="15"/>
       <c r="J178" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K178" s="15">
-        <v>0.17567</v>
+        <v>0.3154</v>
       </c>
       <c r="L178" s="15">
-        <v>0.15224</v>
+        <v>0.16757</v>
       </c>
       <c r="M178" s="15">
-        <v>0.14639</v>
+        <v>0.14293</v>
       </c>
       <c r="N178" s="15">
-        <v>78763</v>
+        <v>4</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>591</v>
       </c>
-      <c r="D179" s="15" t="s">
+      <c r="E179" s="15" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="J179" s="15">
         <v>300</v>
       </c>
       <c r="K179" s="15">
-        <v>0.26172</v>
+        <v>0.17567</v>
       </c>
       <c r="L179" s="15">
-        <v>0.18695</v>
+        <v>0.15224</v>
       </c>
       <c r="M179" s="15">
-        <v>0.16825</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.14639</v>
+      </c>
+      <c r="N179" s="15">
+        <v>74435</v>
+      </c>
+      <c r="O179" s="15"/>
+      <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>594</v>
+      </c>
+      <c r="D180" s="15" t="s">
         <v>595</v>
       </c>
-      <c r="D180" s="15" t="s">
+      <c r="E180" s="15" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="J180" s="15">
-        <v>700</v>
+        <v>300</v>
       </c>
       <c r="K180" s="15">
-        <v>0.3173</v>
+        <v>0.18537</v>
       </c>
       <c r="L180" s="15">
-        <v>0.27499</v>
+        <v>0.16065</v>
       </c>
       <c r="M180" s="15">
-        <v>0.26441</v>
-[...4 lines deleted...]
-      <c r="O180" s="15"/>
+        <v>0.15448</v>
+      </c>
+      <c r="N180" s="15"/>
+      <c r="O180" s="15">
+        <v>12300</v>
+      </c>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>598</v>
+      </c>
+      <c r="D181" s="15" t="s">
         <v>599</v>
       </c>
-      <c r="D181" s="15" t="s">
+      <c r="E181" s="15" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080035454</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I181" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I181" s="15" t="s">
+        <v>601</v>
+      </c>
       <c r="J181" s="15">
-        <v>440</v>
+        <v>700</v>
       </c>
       <c r="K181" s="15">
-        <v>0.78952</v>
+        <v>0.3173</v>
       </c>
       <c r="L181" s="15">
-        <v>0.41944</v>
+        <v>0.27499</v>
       </c>
       <c r="M181" s="15">
-        <v>0.35775</v>
+        <v>0.26441</v>
       </c>
       <c r="N181" s="15">
-        <v>7</v>
+        <v>3116</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="E182" s="15" t="s">
         <v>603</v>
+      </c>
+      <c r="E182" s="15">
+        <v>10080035454</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I182" s="15"/>
       <c r="J182" s="15">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="K182" s="15">
-        <v>0.67267</v>
+        <v>0.78952</v>
       </c>
       <c r="L182" s="15">
-        <v>0.48048</v>
+        <v>0.41944</v>
       </c>
       <c r="M182" s="15">
-        <v>0.43243</v>
-[...1 lines deleted...]
-      <c r="N182" s="15"/>
+        <v>0.35775</v>
+      </c>
+      <c r="N182" s="15">
+        <v>7</v>
+      </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>604</v>
+      </c>
+      <c r="D183" s="15" t="s">
         <v>605</v>
       </c>
-      <c r="D183" s="15" t="s">
+      <c r="E183" s="15" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080035456</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I183" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I183" s="15" t="s">
+        <v>607</v>
+      </c>
       <c r="J183" s="15">
-        <v>300</v>
+        <v>450</v>
       </c>
       <c r="K183" s="15">
-        <v>1.18</v>
+        <v>0.47628</v>
       </c>
       <c r="L183" s="15">
-        <v>0.6286</v>
+        <v>0.41278</v>
       </c>
       <c r="M183" s="15">
-        <v>0.53616</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.3969</v>
+      </c>
+      <c r="N183" s="15"/>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E184" s="15">
-        <v>10080036864</v>
+        <v>10080035456</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>300</v>
       </c>
       <c r="K184" s="15">
-        <v>1.41</v>
+        <v>1.18</v>
       </c>
       <c r="L184" s="15">
-        <v>0.74954</v>
+        <v>0.6286</v>
       </c>
       <c r="M184" s="15">
-        <v>0.6393</v>
+        <v>0.53616</v>
       </c>
       <c r="N184" s="15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>610</v>
-[...1 lines deleted...]
-      <c r="E185" s="15" t="s">
         <v>611</v>
+      </c>
+      <c r="E185" s="15">
+        <v>10080036864</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-      <c r="J185" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I185" s="15"/>
+      <c r="J185" s="15">
+        <v>300</v>
+      </c>
       <c r="K185" s="15">
-        <v>0.84699</v>
+        <v>1.41</v>
       </c>
       <c r="L185" s="15">
-        <v>0.60727</v>
+        <v>0.74954</v>
       </c>
       <c r="M185" s="15">
-        <v>0.52738</v>
-[...1 lines deleted...]
-      <c r="N185" s="15"/>
+        <v>0.6393</v>
+      </c>
+      <c r="N185" s="15">
+        <v>4</v>
+      </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>612</v>
+      </c>
+      <c r="D186" s="15" t="s">
         <v>613</v>
       </c>
-      <c r="D186" s="15" t="s">
+      <c r="E186" s="15" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>616</v>
-[...3 lines deleted...]
-      </c>
+        <v>615</v>
+      </c>
+      <c r="J186" s="15"/>
       <c r="K186" s="15">
-        <v>0.22636</v>
+        <v>0.52844</v>
       </c>
       <c r="L186" s="15">
-        <v>0.16169</v>
+        <v>0.45798</v>
       </c>
       <c r="M186" s="15">
-        <v>0.14552</v>
-[...12 lines deleted...]
-      </c>
+        <v>0.44036</v>
+      </c>
+      <c r="N186" s="15"/>
+      <c r="O186" s="15"/>
+      <c r="P186" s="15"/>
+      <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>616</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>617</v>
       </c>
-      <c r="D187" s="15" t="s">
+      <c r="E187" s="15" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I187" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I187" s="15" t="s">
+        <v>619</v>
+      </c>
       <c r="J187" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K187" s="15">
-        <v>0.23256</v>
+        <v>0.14637</v>
       </c>
       <c r="L187" s="15">
-        <v>0.16059</v>
+        <v>0.12685</v>
       </c>
       <c r="M187" s="15">
-        <v>0.14618</v>
-[...2 lines deleted...]
-      <c r="O187" s="15"/>
+        <v>0.12198</v>
+      </c>
+      <c r="N187" s="15">
+        <v>415</v>
+      </c>
+      <c r="O187" s="15">
+        <v>8424</v>
+      </c>
       <c r="P187" s="15"/>
-      <c r="Q187" s="15"/>
+      <c r="Q187" s="15">
+        <v>3200</v>
+      </c>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>620</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>621</v>
       </c>
       <c r="E188" s="15" t="s">
         <v>622</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>100</v>
       </c>
       <c r="K188" s="15">
-        <v>0.36811</v>
+        <v>0.23256</v>
       </c>
       <c r="L188" s="15">
-        <v>0.26294</v>
+        <v>0.16059</v>
       </c>
       <c r="M188" s="15">
-        <v>0.23664</v>
+        <v>0.14618</v>
       </c>
       <c r="N188" s="15"/>
-      <c r="O188" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O188" s="15"/>
+      <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>623</v>
+      </c>
+      <c r="D189" s="15" t="s">
         <v>624</v>
       </c>
-      <c r="D189" s="15" t="s">
+      <c r="E189" s="15" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000022654</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I189" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I189" s="15" t="s">
+        <v>626</v>
+      </c>
       <c r="J189" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K189" s="15">
-        <v>0.12</v>
+        <v>0.26069</v>
       </c>
       <c r="L189" s="15">
-        <v>0.12</v>
+        <v>0.22593</v>
       </c>
       <c r="M189" s="15">
-        <v>0.12</v>
-[...4 lines deleted...]
-      <c r="O189" s="15"/>
+        <v>0.21724</v>
+      </c>
+      <c r="N189" s="15"/>
+      <c r="O189" s="15">
+        <v>7140</v>
+      </c>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="E190" s="15" t="s">
         <v>628</v>
+      </c>
+      <c r="E190" s="15">
+        <v>10000022654</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I190" s="15"/>
       <c r="J190" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K190" s="15">
-        <v>0.29469</v>
+        <v>0.12</v>
       </c>
       <c r="L190" s="15">
-        <v>0.2554</v>
+        <v>0.12</v>
       </c>
       <c r="M190" s="15">
-        <v>0.24558</v>
+        <v>0.12</v>
       </c>
       <c r="N190" s="15">
-        <v>584</v>
+        <v>4479</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
+        <v>629</v>
+      </c>
+      <c r="D191" s="15" t="s">
         <v>630</v>
       </c>
-      <c r="D191" s="15" t="s">
+      <c r="E191" s="15" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="J191" s="15">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="K191" s="15">
-        <v>0.385</v>
+        <v>0.29469</v>
       </c>
       <c r="L191" s="15">
-        <v>0.1925</v>
+        <v>0.2554</v>
       </c>
       <c r="M191" s="15">
-        <v>0.17506</v>
+        <v>0.24558</v>
       </c>
       <c r="N191" s="15">
-        <v>1</v>
+        <v>704</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="D192" s="15" t="s">
         <v>634</v>
       </c>
-      <c r="D192" s="15" t="s">
+      <c r="E192" s="15" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="J192" s="15">
-        <v>1200</v>
+        <v>1</v>
       </c>
       <c r="K192" s="15">
-        <v>0.23021</v>
+        <v>0.385</v>
       </c>
       <c r="L192" s="15">
-        <v>0.16598</v>
+        <v>0.1925</v>
       </c>
       <c r="M192" s="15">
-        <v>0.14456</v>
-[...1 lines deleted...]
-      <c r="N192" s="15"/>
+        <v>0.17506</v>
+      </c>
+      <c r="N192" s="15">
+        <v>1</v>
+      </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
-      <c r="Q192" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
+        <v>637</v>
+      </c>
+      <c r="D193" s="15" t="s">
         <v>638</v>
       </c>
-      <c r="D193" s="15" t="s">
+      <c r="E193" s="15" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="J193" s="15">
-        <v>800</v>
+        <v>1200</v>
       </c>
       <c r="K193" s="15">
-        <v>0.34453</v>
+        <v>0.14216</v>
       </c>
       <c r="L193" s="15">
-        <v>0.24609</v>
+        <v>0.1232</v>
       </c>
       <c r="M193" s="15">
-        <v>0.22148</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.11846</v>
+      </c>
+      <c r="N193" s="15"/>
+      <c r="O193" s="15"/>
+      <c r="P193" s="15"/>
       <c r="Q193" s="15">
-        <v>3200</v>
+        <v>4800</v>
       </c>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
+        <v>641</v>
+      </c>
+      <c r="D194" s="15" t="s">
         <v>642</v>
       </c>
-      <c r="D194" s="15" t="s">
+      <c r="E194" s="15" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I194" s="15"/>
+        <v>135</v>
+      </c>
+      <c r="I194" s="15" t="s">
+        <v>644</v>
+      </c>
       <c r="J194" s="15">
-        <v>1</v>
+        <v>800</v>
       </c>
       <c r="K194" s="15">
-        <v>0.76822</v>
+        <v>0.25031</v>
       </c>
       <c r="L194" s="15">
-        <v>0.38406</v>
+        <v>0.21693</v>
       </c>
       <c r="M194" s="15">
-        <v>0.34918</v>
-[...4 lines deleted...]
-      <c r="O194" s="15"/>
+        <v>0.20859</v>
+      </c>
+      <c r="N194" s="15"/>
+      <c r="O194" s="15">
+        <v>5040</v>
+      </c>
       <c r="P194" s="15"/>
-      <c r="Q194" s="15"/>
+      <c r="Q194" s="15">
+        <v>3200</v>
+      </c>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
         <v>645</v>
       </c>
       <c r="D195" s="15" t="s">
         <v>646</v>
       </c>
       <c r="E195" s="15" t="s">
         <v>647</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I195" s="15"/>
-      <c r="J195" s="15"/>
+      <c r="J195" s="15">
+        <v>1</v>
+      </c>
       <c r="K195" s="15">
-        <v>0.25</v>
+        <v>0.76822</v>
       </c>
       <c r="L195" s="15">
-        <v>0.25</v>
+        <v>0.38406</v>
       </c>
       <c r="M195" s="15">
-        <v>0.25</v>
+        <v>0.34918</v>
       </c>
       <c r="N195" s="15">
-        <v>777</v>
+        <v>27</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
         <v>648</v>
       </c>
       <c r="D196" s="15" t="s">
         <v>649</v>
       </c>
       <c r="E196" s="15" t="s">
         <v>650</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I196" s="15"/>
-      <c r="J196" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J196" s="15"/>
       <c r="K196" s="15">
-        <v>1.54</v>
+        <v>0.25</v>
       </c>
       <c r="L196" s="15">
-        <v>0.76893</v>
+        <v>0.25</v>
       </c>
       <c r="M196" s="15">
-        <v>0.69908</v>
+        <v>0.25</v>
       </c>
       <c r="N196" s="15">
-        <v>1</v>
+        <v>803</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>651</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>652</v>
       </c>
       <c r="E197" s="15" t="s">
         <v>653</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I197" s="15"/>
-      <c r="J197" s="15"/>
+      <c r="J197" s="15">
+        <v>1</v>
+      </c>
       <c r="K197" s="15">
-        <v>0.39485</v>
+        <v>1.54</v>
       </c>
       <c r="L197" s="15">
-        <v>0.19737</v>
+        <v>0.76893</v>
       </c>
       <c r="M197" s="15">
-        <v>0.17946</v>
+        <v>0.69908</v>
       </c>
       <c r="N197" s="15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
         <v>654</v>
       </c>
       <c r="D198" s="15" t="s">
         <v>655</v>
       </c>
       <c r="E198" s="15" t="s">
         <v>656</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I198" s="15"/>
-      <c r="J198" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J198" s="15"/>
       <c r="K198" s="15">
-        <v>0.58839</v>
+        <v>0.39485</v>
       </c>
       <c r="L198" s="15">
-        <v>0.39304</v>
+        <v>0.19737</v>
       </c>
       <c r="M198" s="15">
-        <v>0.35698</v>
+        <v>0.17946</v>
       </c>
       <c r="N198" s="15">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
         <v>657</v>
       </c>
       <c r="D199" s="15" t="s">
         <v>658</v>
       </c>
       <c r="E199" s="15" t="s">
         <v>659</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>1</v>
       </c>
       <c r="K199" s="15">
-        <v>0.78589</v>
+        <v>0.58839</v>
       </c>
       <c r="L199" s="15">
-        <v>0.39296</v>
+        <v>0.39304</v>
       </c>
       <c r="M199" s="15">
-        <v>0.35724</v>
+        <v>0.35698</v>
       </c>
       <c r="N199" s="15">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
         <v>660</v>
       </c>
       <c r="D200" s="15" t="s">
         <v>661</v>
       </c>
       <c r="E200" s="15" t="s">
         <v>662</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
         <v>1</v>
       </c>
       <c r="K200" s="15">
-        <v>0.675</v>
+        <v>0.78589</v>
       </c>
       <c r="L200" s="15">
-        <v>0.675</v>
+        <v>0.39296</v>
       </c>
       <c r="M200" s="15">
-        <v>0.675</v>
+        <v>0.35724</v>
       </c>
       <c r="N200" s="15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
         <v>663</v>
       </c>
       <c r="D201" s="15" t="s">
         <v>664</v>
       </c>
       <c r="E201" s="15" t="s">
         <v>665</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15">
         <v>1</v>
       </c>
       <c r="K201" s="15">
         <v>0.675</v>
       </c>
       <c r="L201" s="15">
         <v>0.675</v>
       </c>
       <c r="M201" s="15">
         <v>0.675</v>
       </c>
       <c r="N201" s="15">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>666</v>
       </c>
       <c r="D202" s="15" t="s">
         <v>667</v>
       </c>
       <c r="E202" s="15" t="s">
         <v>668</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
-        <v>669</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I202" s="15"/>
       <c r="J202" s="15">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="K202" s="15">
-        <v>0.10538</v>
+        <v>0.675</v>
       </c>
       <c r="L202" s="15">
-        <v>0.09483999999999999</v>
+        <v>0.675</v>
       </c>
       <c r="M202" s="15">
-        <v>0.08781</v>
+        <v>0.675</v>
       </c>
       <c r="N202" s="15">
-        <v>45862</v>
+        <v>1</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
-      <c r="Q202" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
+        <v>669</v>
+      </c>
+      <c r="D203" s="15" t="s">
+        <v>670</v>
+      </c>
+      <c r="E203" s="15" t="s">
         <v>671</v>
-      </c>
-[...4 lines deleted...]
-        <v>673</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I203" s="15" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="J203" s="15">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="K203" s="15">
-        <v>0.15803</v>
+        <v>0.10538</v>
       </c>
       <c r="L203" s="15">
-        <v>0.14222</v>
+        <v>0.09483999999999999</v>
       </c>
       <c r="M203" s="15">
-        <v>0.13169</v>
+        <v>0.08781</v>
       </c>
       <c r="N203" s="15">
-        <v>30324</v>
+        <v>35993</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
-      <c r="Q203" s="15"/>
+      <c r="Q203" s="15">
+        <v>6400</v>
+      </c>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
+        <v>674</v>
+      </c>
+      <c r="D204" s="15" t="s">
         <v>675</v>
       </c>
-      <c r="D204" s="15" t="s">
+      <c r="E204" s="15" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I204" s="15" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="J204" s="15">
-        <v>696</v>
+        <v>250</v>
       </c>
       <c r="K204" s="15">
-        <v>0.27093</v>
+        <v>0.15803</v>
       </c>
       <c r="L204" s="15">
-        <v>0.24384</v>
+        <v>0.14222</v>
       </c>
       <c r="M204" s="15">
-        <v>0.22578</v>
-[...1 lines deleted...]
-      <c r="N204" s="15"/>
+        <v>0.13169</v>
+      </c>
+      <c r="N204" s="15">
+        <v>31521</v>
+      </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
-      <c r="Q204" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>678</v>
+      </c>
+      <c r="D205" s="15" t="s">
         <v>679</v>
       </c>
-      <c r="D205" s="15" t="s">
+      <c r="E205" s="15" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>681</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="J205" s="15">
-        <v>609</v>
+        <v>696</v>
       </c>
       <c r="K205" s="15">
-        <v>0.37979</v>
+        <v>0.27093</v>
       </c>
       <c r="L205" s="15">
-        <v>0.34181</v>
+        <v>0.24384</v>
       </c>
       <c r="M205" s="15">
-        <v>0.31649</v>
+        <v>0.22578</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15">
-        <v>2436</v>
+        <v>2784</v>
       </c>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>682</v>
+      </c>
+      <c r="D206" s="15" t="s">
         <v>683</v>
       </c>
-      <c r="D206" s="15" t="s">
+      <c r="E206" s="15" t="s">
         <v>684</v>
-      </c>
-[...1 lines deleted...]
-        <v>685</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="J206" s="15">
-        <v>500</v>
+        <v>609</v>
       </c>
       <c r="K206" s="15">
-        <v>0.13819</v>
+        <v>0.37979</v>
       </c>
       <c r="L206" s="15">
-        <v>0.12194</v>
+        <v>0.34181</v>
       </c>
       <c r="M206" s="15">
-        <v>0.10568</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.31649</v>
+      </c>
+      <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
-      <c r="Q206" s="15"/>
+      <c r="Q206" s="15">
+        <v>2436</v>
+      </c>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>686</v>
+      </c>
+      <c r="D207" s="15" t="s">
         <v>687</v>
       </c>
-      <c r="D207" s="15" t="s">
+      <c r="E207" s="15" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080033108</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I207" s="15" t="s">
         <v>689</v>
       </c>
       <c r="J207" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K207" s="15">
-        <v>0.27158</v>
+        <v>0.12599</v>
       </c>
       <c r="L207" s="15">
-        <v>0.14549</v>
+        <v>0.10919</v>
       </c>
       <c r="M207" s="15">
-        <v>0.1261</v>
+        <v>0.10499</v>
       </c>
       <c r="N207" s="15">
-        <v>4</v>
+        <v>3920</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
         <v>690</v>
       </c>
       <c r="D208" s="15" t="s">
         <v>691</v>
       </c>
-      <c r="E208" s="15" t="s">
-        <v>692</v>
+      <c r="E208" s="15">
+        <v>10080033108</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I208" s="15" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="J208" s="15">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="K208" s="15">
-        <v>0.17876</v>
+        <v>0.27158</v>
       </c>
       <c r="L208" s="15">
-        <v>0.16088</v>
+        <v>0.14549</v>
       </c>
       <c r="M208" s="15">
-        <v>0.14896</v>
+        <v>0.1261</v>
       </c>
       <c r="N208" s="15">
-        <v>11357</v>
+        <v>4</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
-      <c r="Q208" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>693</v>
+      </c>
+      <c r="D209" s="15" t="s">
         <v>694</v>
       </c>
-      <c r="D209" s="15" t="s">
+      <c r="E209" s="15" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I209" s="15" t="s">
-        <v>697</v>
-[...1 lines deleted...]
-      <c r="J209" s="15"/>
+        <v>696</v>
+      </c>
+      <c r="J209" s="15">
+        <v>300</v>
+      </c>
       <c r="K209" s="15">
-        <v>0.17925</v>
+        <v>0.17876</v>
       </c>
       <c r="L209" s="15">
-        <v>0.16133</v>
+        <v>0.16088</v>
       </c>
       <c r="M209" s="15">
-        <v>0.14938</v>
+        <v>0.14896</v>
       </c>
       <c r="N209" s="15">
-        <v>4740</v>
+        <v>10047</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
-      <c r="Q209" s="15"/>
+      <c r="Q209" s="15">
+        <v>4800</v>
+      </c>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>697</v>
+      </c>
+      <c r="D210" s="15" t="s">
         <v>698</v>
       </c>
-      <c r="D210" s="15" t="s">
+      <c r="E210" s="15" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>701</v>
-[...3 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="J210" s="15"/>
       <c r="K210" s="15">
-        <v>0.06282</v>
+        <v>0.17925</v>
       </c>
       <c r="L210" s="15">
-        <v>0.05444</v>
+        <v>0.16133</v>
       </c>
       <c r="M210" s="15">
-        <v>0.05235</v>
-[...10 lines deleted...]
-      </c>
+        <v>0.14938</v>
+      </c>
+      <c r="N210" s="15">
+        <v>4380</v>
+      </c>
+      <c r="O210" s="15"/>
+      <c r="P210" s="15"/>
+      <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
+        <v>701</v>
+      </c>
+      <c r="D211" s="15" t="s">
+        <v>702</v>
+      </c>
+      <c r="E211" s="15" t="s">
         <v>703</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028343</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="J211" s="15">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="K211" s="15">
-        <v>0.13844</v>
+        <v>0.06282</v>
       </c>
       <c r="L211" s="15">
-        <v>0.07352</v>
+        <v>0.05444</v>
       </c>
       <c r="M211" s="15">
-        <v>0.06270000000000001</v>
-[...4 lines deleted...]
-      <c r="O211" s="15"/>
+        <v>0.05235</v>
+      </c>
+      <c r="N211" s="15"/>
+      <c r="O211" s="15">
+        <v>4200</v>
+      </c>
       <c r="P211" s="15"/>
-      <c r="Q211" s="15"/>
+      <c r="Q211" s="15">
+        <v>12000</v>
+      </c>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>705</v>
+      </c>
+      <c r="D212" s="15" t="s">
         <v>706</v>
       </c>
-      <c r="D212" s="15" t="s">
-[...3 lines deleted...]
-        <v>708</v>
+      <c r="E212" s="15">
+        <v>10080028343</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="J212" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K212" s="15">
-        <v>0.09490999999999999</v>
+        <v>0.13844</v>
       </c>
       <c r="L212" s="15">
-        <v>0.073</v>
+        <v>0.07352</v>
       </c>
       <c r="M212" s="15">
-        <v>0.06900000000000001</v>
+        <v>0.06270000000000001</v>
       </c>
       <c r="N212" s="15">
-        <v>7973</v>
+        <v>5</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
+        <v>708</v>
+      </c>
+      <c r="D213" s="15" t="s">
+        <v>709</v>
+      </c>
+      <c r="E213" s="15" t="s">
         <v>710</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028313</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="J213" s="15">
         <v>300</v>
       </c>
       <c r="K213" s="15">
-        <v>0.11</v>
+        <v>0.09490999999999999</v>
       </c>
       <c r="L213" s="15">
         <v>0.073</v>
       </c>
       <c r="M213" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="N213" s="15">
-        <v>291026</v>
+        <v>3289</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>712</v>
+      </c>
+      <c r="D214" s="15" t="s">
         <v>713</v>
       </c>
-      <c r="D214" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E214" s="15">
-        <v>10080028344</v>
+        <v>10080028313</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="J214" s="15">
         <v>300</v>
       </c>
       <c r="K214" s="15">
-        <v>0.20766</v>
+        <v>0.11</v>
       </c>
       <c r="L214" s="15">
-        <v>0.11035</v>
+        <v>0.073</v>
       </c>
       <c r="M214" s="15">
-        <v>0.0941</v>
+        <v>0.06900000000000001</v>
       </c>
       <c r="N214" s="15">
-        <v>94</v>
+        <v>252077</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
+        <v>715</v>
+      </c>
+      <c r="D215" s="15" t="s">
         <v>716</v>
       </c>
-      <c r="D215" s="15" t="s">
-[...3 lines deleted...]
-        <v>718</v>
+      <c r="E215" s="15">
+        <v>10080028344</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>719</v>
-[...1 lines deleted...]
-      <c r="J215" s="15"/>
+        <v>717</v>
+      </c>
+      <c r="J215" s="15">
+        <v>300</v>
+      </c>
       <c r="K215" s="15">
-        <v>0.08638999999999999</v>
+        <v>0.20766</v>
       </c>
       <c r="L215" s="15">
-        <v>0.07487000000000001</v>
+        <v>0.11035</v>
       </c>
       <c r="M215" s="15">
-        <v>0.07199</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0941</v>
+      </c>
+      <c r="N215" s="15">
+        <v>94</v>
+      </c>
+      <c r="O215" s="15"/>
+      <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
+        <v>718</v>
+      </c>
+      <c r="D216" s="15" t="s">
+        <v>719</v>
+      </c>
+      <c r="E216" s="15" t="s">
         <v>720</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080031759</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>722</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="J216" s="15"/>
       <c r="K216" s="15">
-        <v>0.075</v>
+        <v>0.08638999999999999</v>
       </c>
       <c r="L216" s="15">
-        <v>0.075</v>
+        <v>0.07487000000000001</v>
       </c>
       <c r="M216" s="15">
-        <v>0.075</v>
-[...4 lines deleted...]
-      <c r="O216" s="15"/>
+        <v>0.07199</v>
+      </c>
+      <c r="N216" s="15"/>
+      <c r="O216" s="15">
+        <v>600</v>
+      </c>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>722</v>
+      </c>
+      <c r="D217" s="15" t="s">
         <v>723</v>
       </c>
-      <c r="D217" s="15" t="s">
-[...3 lines deleted...]
-        <v>725</v>
+      <c r="E217" s="15">
+        <v>10080031759</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>726</v>
-[...1 lines deleted...]
-      <c r="J217" s="15"/>
+        <v>724</v>
+      </c>
+      <c r="J217" s="15">
+        <v>300</v>
+      </c>
       <c r="K217" s="15">
-        <v>0.10059</v>
+        <v>0.075</v>
       </c>
       <c r="L217" s="15">
-        <v>0.09053</v>
+        <v>0.075</v>
       </c>
       <c r="M217" s="15">
-        <v>0.08383</v>
+        <v>0.075</v>
       </c>
       <c r="N217" s="15">
-        <v>18240</v>
+        <v>57981</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>725</v>
+      </c>
+      <c r="D218" s="15" t="s">
+        <v>726</v>
+      </c>
+      <c r="E218" s="15" t="s">
         <v>727</v>
-      </c>
-[...4 lines deleted...]
-        <v>729</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>728</v>
+      </c>
+      <c r="J218" s="15"/>
       <c r="K218" s="15">
-        <v>0.09712999999999999</v>
+        <v>0.10059</v>
       </c>
       <c r="L218" s="15">
-        <v>0.08741</v>
+        <v>0.09053</v>
       </c>
       <c r="M218" s="15">
-        <v>0.08094</v>
+        <v>0.08383</v>
       </c>
       <c r="N218" s="15">
-        <v>105436</v>
+        <v>20235</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
-      <c r="Q218" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>729</v>
+      </c>
+      <c r="D219" s="15" t="s">
+        <v>730</v>
+      </c>
+      <c r="E219" s="15" t="s">
         <v>731</v>
-      </c>
-[...4 lines deleted...]
-        <v>733</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="J219" s="15">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="K219" s="15">
-        <v>0.14601</v>
+        <v>0.09712999999999999</v>
       </c>
       <c r="L219" s="15">
-        <v>0.13141</v>
+        <v>0.08741</v>
       </c>
       <c r="M219" s="15">
-        <v>0.12168</v>
+        <v>0.08094</v>
       </c>
       <c r="N219" s="15">
-        <v>355240</v>
+        <v>125584</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15">
-        <v>4800</v>
+        <v>8000</v>
       </c>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>733</v>
+      </c>
+      <c r="D220" s="15" t="s">
+        <v>734</v>
+      </c>
+      <c r="E220" s="15" t="s">
         <v>735</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028317</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="J220" s="15">
-        <v>200</v>
+        <v>1200</v>
       </c>
       <c r="K220" s="15">
-        <v>0.33958</v>
+        <v>0.14601</v>
       </c>
       <c r="L220" s="15">
-        <v>0.18192</v>
+        <v>0.13141</v>
       </c>
       <c r="M220" s="15">
-        <v>0.15767</v>
+        <v>0.12168</v>
       </c>
       <c r="N220" s="15">
-        <v>3</v>
+        <v>447255</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
-      <c r="Q220" s="15"/>
+      <c r="Q220" s="15">
+        <v>4800</v>
+      </c>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>737</v>
+      </c>
+      <c r="D221" s="15" t="s">
         <v>738</v>
       </c>
-      <c r="D221" s="15" t="s">
-[...3 lines deleted...]
-        <v>740</v>
+      <c r="E221" s="15">
+        <v>10080028317</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="J221" s="15">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="K221" s="15">
-        <v>0.12675</v>
+        <v>0.33958</v>
       </c>
       <c r="L221" s="15">
-        <v>0.11408</v>
+        <v>0.18192</v>
       </c>
       <c r="M221" s="15">
-        <v>0.10563</v>
-[...1 lines deleted...]
-      <c r="N221" s="15"/>
+        <v>0.15767</v>
+      </c>
+      <c r="N221" s="15">
+        <v>3</v>
+      </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
-      <c r="Q221" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>740</v>
+      </c>
+      <c r="D222" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="E222" s="15" t="s">
         <v>742</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080031763</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I222" s="15" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="J222" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K222" s="15">
-        <v>0.27085</v>
+        <v>0.12675</v>
       </c>
       <c r="L222" s="15">
-        <v>0.14387</v>
+        <v>0.11408</v>
       </c>
       <c r="M222" s="15">
-        <v>0.12267</v>
+        <v>0.10563</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
-      <c r="Q222" s="15"/>
+      <c r="Q222" s="15">
+        <v>8000</v>
+      </c>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
+        <v>744</v>
+      </c>
+      <c r="D223" s="15" t="s">
         <v>745</v>
       </c>
-      <c r="D223" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E223" s="15">
-        <v>10080031764</v>
+        <v>10080031763</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="J223" s="15">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="K223" s="15">
-        <v>0.38934</v>
+        <v>0.27085</v>
       </c>
       <c r="L223" s="15">
-        <v>0.20859</v>
+        <v>0.14387</v>
       </c>
       <c r="M223" s="15">
-        <v>0.18078</v>
+        <v>0.12267</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
+        <v>747</v>
+      </c>
+      <c r="D224" s="15" t="s">
         <v>748</v>
       </c>
-      <c r="D224" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E224" s="15">
-        <v>10080044842</v>
+        <v>10080031764</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J224" s="15">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="K224" s="15">
-        <v>0.18037</v>
+        <v>0.38934</v>
       </c>
       <c r="L224" s="15">
-        <v>0.09662</v>
+        <v>0.20859</v>
       </c>
       <c r="M224" s="15">
-        <v>0.08373999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.18078</v>
+      </c>
+      <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="D225" s="15" t="s">
         <v>751</v>
       </c>
-      <c r="D225" s="15" t="s">
-[...3 lines deleted...]
-        <v>753</v>
+      <c r="E225" s="15">
+        <v>10080044842</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="J225" s="15">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="K225" s="15">
-        <v>0.08008999999999999</v>
+        <v>0.18037</v>
       </c>
       <c r="L225" s="15">
-        <v>0.07208000000000001</v>
+        <v>0.09662</v>
       </c>
       <c r="M225" s="15">
-        <v>0.06673999999999999</v>
+        <v>0.08373999999999999</v>
       </c>
       <c r="N225" s="15">
-        <v>24623</v>
+        <v>534</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
+        <v>753</v>
+      </c>
+      <c r="D226" s="15" t="s">
+        <v>754</v>
+      </c>
+      <c r="E226" s="15" t="s">
         <v>755</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080038337</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>757</v>
-[...1 lines deleted...]
-      <c r="J226" s="15"/>
+        <v>756</v>
+      </c>
+      <c r="J226" s="15">
+        <v>400</v>
+      </c>
       <c r="K226" s="15">
-        <v>0.11768</v>
+        <v>0.08008999999999999</v>
       </c>
       <c r="L226" s="15">
-        <v>0.08407000000000001</v>
+        <v>0.07208000000000001</v>
       </c>
       <c r="M226" s="15">
-        <v>0.07285</v>
+        <v>0.06673999999999999</v>
       </c>
       <c r="N226" s="15">
-        <v>8</v>
+        <v>19733</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
+        <v>757</v>
+      </c>
+      <c r="D227" s="15" t="s">
         <v>758</v>
       </c>
-      <c r="D227" s="15" t="s">
-[...3 lines deleted...]
-        <v>760</v>
+      <c r="E227" s="15">
+        <v>10080038337</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="J227" s="15"/>
       <c r="K227" s="15">
-        <v>0.09804</v>
+        <v>0.11768</v>
       </c>
       <c r="L227" s="15">
-        <v>0.08824</v>
+        <v>0.08407000000000001</v>
       </c>
       <c r="M227" s="15">
-        <v>0.08169999999999999</v>
-[...1 lines deleted...]
-      <c r="N227" s="15"/>
+        <v>0.07285</v>
+      </c>
+      <c r="N227" s="15">
+        <v>8</v>
+      </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
+        <v>760</v>
+      </c>
+      <c r="D228" s="15" t="s">
+        <v>761</v>
+      </c>
+      <c r="E228" s="15" t="s">
         <v>762</v>
-      </c>
-[...4 lines deleted...]
-        <v>764</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I228" s="15" t="s">
-        <v>765</v>
-[...3 lines deleted...]
-      </c>
+        <v>763</v>
+      </c>
+      <c r="J228" s="15"/>
       <c r="K228" s="15">
-        <v>0.11805</v>
+        <v>0.09804</v>
       </c>
       <c r="L228" s="15">
-        <v>0.10625</v>
+        <v>0.08824</v>
       </c>
       <c r="M228" s="15">
-        <v>0.09838</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08169999999999999</v>
+      </c>
+      <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
+        <v>764</v>
+      </c>
+      <c r="D229" s="15" t="s">
+        <v>765</v>
+      </c>
+      <c r="E229" s="15" t="s">
         <v>766</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080038340</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>768</v>
-[...1 lines deleted...]
-      <c r="J229" s="15"/>
+        <v>767</v>
+      </c>
+      <c r="J229" s="15">
+        <v>300</v>
+      </c>
       <c r="K229" s="15">
-        <v>0.23665</v>
+        <v>0.11805</v>
       </c>
       <c r="L229" s="15">
-        <v>0.131</v>
+        <v>0.10625</v>
       </c>
       <c r="M229" s="15">
-        <v>0.10987</v>
+        <v>0.09838</v>
       </c>
       <c r="N229" s="15">
-        <v>837</v>
+        <v>17952</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>768</v>
+      </c>
+      <c r="D230" s="15" t="s">
         <v>769</v>
       </c>
-      <c r="D230" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E230" s="15">
-        <v>10080038341</v>
+        <v>10080038340</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="J230" s="15"/>
       <c r="K230" s="15">
-        <v>0.35494</v>
+        <v>0.23665</v>
       </c>
       <c r="L230" s="15">
-        <v>0.19649</v>
+        <v>0.131</v>
       </c>
       <c r="M230" s="15">
-        <v>0.1648</v>
+        <v>0.10987</v>
       </c>
       <c r="N230" s="15">
-        <v>600</v>
+        <v>897</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>771</v>
+      </c>
+      <c r="D231" s="15" t="s">
         <v>772</v>
       </c>
-      <c r="D231" s="15" t="s">
-[...3 lines deleted...]
-        <v>774</v>
+      <c r="E231" s="15">
+        <v>10080038341</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I231" s="15" t="s">
-        <v>775</v>
-[...3 lines deleted...]
-      </c>
+        <v>773</v>
+      </c>
+      <c r="J231" s="15"/>
       <c r="K231" s="15">
-        <v>0.06734999999999999</v>
+        <v>0.35494</v>
       </c>
       <c r="L231" s="15">
-        <v>0.06062</v>
+        <v>0.19649</v>
       </c>
       <c r="M231" s="15">
-        <v>0.05613</v>
+        <v>0.1648</v>
       </c>
       <c r="N231" s="15">
-        <v>88963</v>
+        <v>600</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>774</v>
+      </c>
+      <c r="D232" s="15" t="s">
+        <v>775</v>
+      </c>
+      <c r="E232" s="15" t="s">
         <v>776</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028339</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I232" s="15" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="J232" s="15">
         <v>500</v>
       </c>
       <c r="K232" s="15">
-        <v>0.13881</v>
+        <v>0.06734999999999999</v>
       </c>
       <c r="L232" s="15">
-        <v>0.07378</v>
+        <v>0.06062</v>
       </c>
       <c r="M232" s="15">
-        <v>0.06294</v>
-[...1 lines deleted...]
-      <c r="N232" s="15"/>
+        <v>0.05613</v>
+      </c>
+      <c r="N232" s="15">
+        <v>76536</v>
+      </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>778</v>
+      </c>
+      <c r="D233" s="15" t="s">
         <v>779</v>
       </c>
-      <c r="D233" s="15" t="s">
-[...3 lines deleted...]
-        <v>781</v>
+      <c r="E233" s="15">
+        <v>10080028339</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I233" s="15" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="J233" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K233" s="15">
-        <v>0.10013</v>
+        <v>0.13881</v>
       </c>
       <c r="L233" s="15">
-        <v>0.08678</v>
+        <v>0.07378</v>
       </c>
       <c r="M233" s="15">
-        <v>0.08344</v>
-[...12 lines deleted...]
-      </c>
+        <v>0.06294</v>
+      </c>
+      <c r="N233" s="15"/>
+      <c r="O233" s="15"/>
+      <c r="P233" s="15"/>
+      <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>781</v>
+      </c>
+      <c r="D234" s="15" t="s">
+        <v>782</v>
+      </c>
+      <c r="E234" s="15" t="s">
         <v>783</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028308</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="J234" s="15">
         <v>300</v>
       </c>
       <c r="K234" s="15">
-        <v>0.21805</v>
+        <v>0.10013</v>
       </c>
       <c r="L234" s="15">
-        <v>0.11683</v>
+        <v>0.08678</v>
       </c>
       <c r="M234" s="15">
-        <v>0.10123</v>
-[...2 lines deleted...]
-      <c r="O234" s="15"/>
+        <v>0.08344</v>
+      </c>
+      <c r="N234" s="15">
+        <v>11063</v>
+      </c>
+      <c r="O234" s="15">
+        <v>7500</v>
+      </c>
       <c r="P234" s="15"/>
-      <c r="Q234" s="15"/>
+      <c r="Q234" s="15">
+        <v>7200</v>
+      </c>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
+        <v>785</v>
+      </c>
+      <c r="D235" s="15" t="s">
         <v>786</v>
       </c>
-      <c r="D235" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E235" s="15">
-        <v>10080028340</v>
+        <v>10080028308</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I235" s="15" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="J235" s="15">
         <v>300</v>
       </c>
       <c r="K235" s="15">
-        <v>0.19368</v>
+        <v>0.21805</v>
       </c>
       <c r="L235" s="15">
-        <v>0.10375</v>
+        <v>0.11683</v>
       </c>
       <c r="M235" s="15">
-        <v>0.08992</v>
+        <v>0.10123</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>788</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>789</v>
       </c>
-      <c r="D236" s="15" t="s">
-[...3 lines deleted...]
-        <v>791</v>
+      <c r="E236" s="15">
+        <v>10080028340</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="J236" s="15">
-        <v>1500</v>
+        <v>300</v>
       </c>
       <c r="K236" s="15">
-        <v>0.13755</v>
+        <v>0.19368</v>
       </c>
       <c r="L236" s="15">
-        <v>0.1198</v>
+        <v>0.10375</v>
       </c>
       <c r="M236" s="15">
-        <v>0.11093</v>
+        <v>0.08992</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
-      <c r="Q236" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>791</v>
+      </c>
+      <c r="D237" s="15" t="s">
+        <v>792</v>
+      </c>
+      <c r="E237" s="15" t="s">
         <v>793</v>
-      </c>
-[...4 lines deleted...]
-        <v>795</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="J237" s="15">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="K237" s="15">
-        <v>0.09791999999999999</v>
+        <v>0.13755</v>
       </c>
       <c r="L237" s="15">
-        <v>0.08813</v>
+        <v>0.1198</v>
       </c>
       <c r="M237" s="15">
-        <v>0.08160000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11093</v>
+      </c>
+      <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
-      <c r="Q237" s="15"/>
+      <c r="Q237" s="15">
+        <v>6000</v>
+      </c>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
+        <v>795</v>
+      </c>
+      <c r="D238" s="15" t="s">
+        <v>796</v>
+      </c>
+      <c r="E238" s="15" t="s">
         <v>797</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080032079</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="J238" s="15">
         <v>500</v>
       </c>
       <c r="K238" s="15">
-        <v>0.14813</v>
+        <v>0.09791999999999999</v>
       </c>
       <c r="L238" s="15">
-        <v>0.10581</v>
+        <v>0.08813</v>
       </c>
       <c r="M238" s="15">
-        <v>0.0917</v>
+        <v>0.08160000000000001</v>
       </c>
       <c r="N238" s="15">
-        <v>2</v>
+        <v>10043</v>
       </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="D239" s="15" t="s">
         <v>800</v>
       </c>
-      <c r="D239" s="15" t="s">
-[...3 lines deleted...]
-        <v>802</v>
+      <c r="E239" s="15">
+        <v>10080032079</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I239" s="15" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="J239" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K239" s="15">
-        <v>0.14756</v>
+        <v>0.14813</v>
       </c>
       <c r="L239" s="15">
-        <v>0.1328</v>
+        <v>0.10581</v>
       </c>
       <c r="M239" s="15">
-        <v>0.12296</v>
+        <v>0.0917</v>
       </c>
       <c r="N239" s="15">
-        <v>5265</v>
+        <v>2</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
+        <v>802</v>
+      </c>
+      <c r="D240" s="15" t="s">
+        <v>803</v>
+      </c>
+      <c r="E240" s="15" t="s">
         <v>804</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080038343</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I240" s="15" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
       <c r="J240" s="15">
         <v>300</v>
       </c>
       <c r="K240" s="15">
-        <v>0.22141</v>
+        <v>0.14756</v>
       </c>
       <c r="L240" s="15">
-        <v>0.15815</v>
+        <v>0.1328</v>
       </c>
       <c r="M240" s="15">
-        <v>0.13707</v>
+        <v>0.12296</v>
       </c>
       <c r="N240" s="15">
-        <v>6</v>
+        <v>5330</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
+        <v>806</v>
+      </c>
+      <c r="D241" s="15" t="s">
         <v>807</v>
       </c>
-      <c r="D241" s="15" t="s">
-[...3 lines deleted...]
-        <v>809</v>
+      <c r="E241" s="15">
+        <v>10080038343</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I241" s="15" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="J241" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K241" s="15">
-        <v>0.12563</v>
+        <v>0.22141</v>
       </c>
       <c r="L241" s="15">
-        <v>0.10888</v>
+        <v>0.15815</v>
       </c>
       <c r="M241" s="15">
-        <v>0.10469</v>
+        <v>0.13707</v>
       </c>
       <c r="N241" s="15">
-        <v>3172</v>
+        <v>6</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
+        <v>809</v>
+      </c>
+      <c r="D242" s="15" t="s">
+        <v>810</v>
+      </c>
+      <c r="E242" s="15" t="s">
         <v>811</v>
-      </c>
-[...4 lines deleted...]
-        <v>813</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I242" s="15" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="J242" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K242" s="15">
-        <v>0.19476</v>
+        <v>0.12563</v>
       </c>
       <c r="L242" s="15">
-        <v>0.17528</v>
+        <v>0.10888</v>
       </c>
       <c r="M242" s="15">
-        <v>0.1623</v>
+        <v>0.10469</v>
       </c>
       <c r="N242" s="15">
-        <v>3040</v>
+        <v>3432</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
-      <c r="Q242" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
+        <v>813</v>
+      </c>
+      <c r="D243" s="15" t="s">
+        <v>814</v>
+      </c>
+      <c r="E243" s="15" t="s">
         <v>815</v>
-      </c>
-[...4 lines deleted...]
-        <v>817</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I243" s="15" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="J243" s="15">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="K243" s="15">
-        <v>0.08177</v>
+        <v>0.19476</v>
       </c>
       <c r="L243" s="15">
-        <v>0.07359</v>
+        <v>0.17528</v>
       </c>
       <c r="M243" s="15">
-        <v>0.06814000000000001</v>
+        <v>0.1623</v>
       </c>
       <c r="N243" s="15">
-        <v>12971</v>
+        <v>2640</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
-      <c r="Q243" s="15"/>
+      <c r="Q243" s="15">
+        <v>4800</v>
+      </c>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
+        <v>817</v>
+      </c>
+      <c r="D244" s="15" t="s">
+        <v>818</v>
+      </c>
+      <c r="E244" s="15" t="s">
         <v>819</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080038344</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>821</v>
-[...1 lines deleted...]
-      <c r="J244" s="15"/>
+        <v>820</v>
+      </c>
+      <c r="J244" s="15">
+        <v>400</v>
+      </c>
       <c r="K244" s="15">
-        <v>0.12095</v>
+        <v>0.08177</v>
       </c>
       <c r="L244" s="15">
-        <v>0.08723</v>
+        <v>0.07359</v>
       </c>
       <c r="M244" s="15">
-        <v>0.07559</v>
-[...1 lines deleted...]
-      <c r="N244" s="15"/>
+        <v>0.06814000000000001</v>
+      </c>
+      <c r="N244" s="15">
+        <v>17364</v>
+      </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
+        <v>821</v>
+      </c>
+      <c r="D245" s="15" t="s">
         <v>822</v>
       </c>
-      <c r="D245" s="15" t="s">
-[...3 lines deleted...]
-        <v>824</v>
+      <c r="E245" s="15">
+        <v>10080038344</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>825</v>
-[...3 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="J245" s="15"/>
       <c r="K245" s="15">
-        <v>0.12315</v>
+        <v>0.12095</v>
       </c>
       <c r="L245" s="15">
-        <v>0.11084</v>
+        <v>0.08723</v>
       </c>
       <c r="M245" s="15">
-        <v>0.10263</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07559</v>
+      </c>
+      <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
+        <v>824</v>
+      </c>
+      <c r="D246" s="15" t="s">
+        <v>825</v>
+      </c>
+      <c r="E246" s="15" t="s">
         <v>826</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080038345</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>828</v>
-[...1 lines deleted...]
-      <c r="J246" s="15"/>
+        <v>827</v>
+      </c>
+      <c r="J246" s="15">
+        <v>300</v>
+      </c>
       <c r="K246" s="15">
-        <v>0.25599</v>
+        <v>0.12315</v>
       </c>
       <c r="L246" s="15">
-        <v>0.14171</v>
+        <v>0.11084</v>
       </c>
       <c r="M246" s="15">
-        <v>0.11885</v>
-[...1 lines deleted...]
-      <c r="N246" s="15"/>
+        <v>0.10263</v>
+      </c>
+      <c r="N246" s="15">
+        <v>31701</v>
+      </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
+        <v>828</v>
+      </c>
+      <c r="D247" s="15" t="s">
         <v>829</v>
       </c>
-      <c r="D247" s="15" t="s">
-[...3 lines deleted...]
-        <v>831</v>
+      <c r="E247" s="15">
+        <v>10080038345</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>832</v>
-[...3 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="J247" s="15"/>
       <c r="K247" s="15">
-        <v>0.06795</v>
+        <v>0.25599</v>
       </c>
       <c r="L247" s="15">
-        <v>0.06116</v>
+        <v>0.14171</v>
       </c>
       <c r="M247" s="15">
-        <v>0.05663</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11885</v>
+      </c>
+      <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
+        <v>831</v>
+      </c>
+      <c r="D248" s="15" t="s">
+        <v>832</v>
+      </c>
+      <c r="E248" s="15" t="s">
         <v>833</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028310</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I248" s="15" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="J248" s="15">
         <v>500</v>
       </c>
       <c r="K248" s="15">
-        <v>0.16074</v>
+        <v>0.06795</v>
       </c>
       <c r="L248" s="15">
-        <v>0.0854</v>
+        <v>0.06116</v>
       </c>
       <c r="M248" s="15">
-        <v>0.07283000000000001</v>
+        <v>0.05663</v>
       </c>
       <c r="N248" s="15">
-        <v>5</v>
+        <v>90300</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
+        <v>835</v>
+      </c>
+      <c r="D249" s="15" t="s">
         <v>836</v>
       </c>
-      <c r="D249" s="15" t="s">
-[...3 lines deleted...]
-        <v>838</v>
+      <c r="E249" s="15">
+        <v>10080028310</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="J249" s="15">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="K249" s="15">
-        <v>0.05992</v>
+        <v>0.16074</v>
       </c>
       <c r="L249" s="15">
-        <v>0.05219</v>
+        <v>0.0854</v>
       </c>
       <c r="M249" s="15">
-        <v>0.04833</v>
-[...1 lines deleted...]
-      <c r="N249" s="15"/>
+        <v>0.07283000000000001</v>
+      </c>
+      <c r="N249" s="15">
+        <v>5</v>
+      </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
-      <c r="Q249" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
+        <v>838</v>
+      </c>
+      <c r="D250" s="15" t="s">
+        <v>839</v>
+      </c>
+      <c r="E250" s="15" t="s">
         <v>840</v>
-      </c>
-[...4 lines deleted...]
-        <v>842</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="J250" s="15">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="K250" s="15">
-        <v>0.07104000000000001</v>
+        <v>0.05992</v>
       </c>
       <c r="L250" s="15">
-        <v>0.06394</v>
+        <v>0.05219</v>
       </c>
       <c r="M250" s="15">
-        <v>0.0592</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04833</v>
+      </c>
+      <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15">
         <v>12000</v>
       </c>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D251" s="15" t="s">
+        <v>843</v>
+      </c>
+      <c r="E251" s="15" t="s">
         <v>844</v>
-      </c>
-[...4 lines deleted...]
-        <v>846</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="J251" s="15">
         <v>500</v>
       </c>
       <c r="K251" s="15">
-        <v>0.07067</v>
+        <v>0.07104000000000001</v>
       </c>
       <c r="L251" s="15">
-        <v>0.06124</v>
+        <v>0.06394</v>
       </c>
       <c r="M251" s="15">
-        <v>0.05889</v>
+        <v>0.0592</v>
       </c>
       <c r="N251" s="15">
-        <v>846</v>
-[...6 lines deleted...]
-      </c>
+        <v>2312</v>
+      </c>
+      <c r="O251" s="15"/>
+      <c r="P251" s="15"/>
       <c r="Q251" s="15">
         <v>12000</v>
       </c>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
+        <v>846</v>
+      </c>
+      <c r="D252" s="15" t="s">
+        <v>847</v>
+      </c>
+      <c r="E252" s="15" t="s">
         <v>848</v>
-      </c>
-[...4 lines deleted...]
-        <v>850</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="J252" s="15">
-        <v>1800</v>
+        <v>500</v>
       </c>
       <c r="K252" s="15">
-        <v>0.10406</v>
+        <v>0.07067</v>
       </c>
       <c r="L252" s="15">
-        <v>0.09018</v>
+        <v>0.06124</v>
       </c>
       <c r="M252" s="15">
-        <v>0.08671</v>
-[...1 lines deleted...]
-      <c r="N252" s="15"/>
+        <v>0.05889</v>
+      </c>
+      <c r="N252" s="15">
+        <v>788</v>
+      </c>
       <c r="O252" s="15">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>2430</v>
+      </c>
+      <c r="P252" s="15"/>
       <c r="Q252" s="15">
-        <v>7200</v>
+        <v>12000</v>
       </c>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>850</v>
+      </c>
+      <c r="D253" s="15" t="s">
+        <v>851</v>
+      </c>
+      <c r="E253" s="15" t="s">
         <v>852</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028311</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I253" s="15" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="J253" s="15">
-        <v>300</v>
+        <v>1800</v>
       </c>
       <c r="K253" s="15">
-        <v>0.15803</v>
+        <v>0.10406</v>
       </c>
       <c r="L253" s="15">
-        <v>0.11287</v>
+        <v>0.09018</v>
       </c>
       <c r="M253" s="15">
-        <v>0.09783</v>
-[...4 lines deleted...]
-      <c r="O253" s="15"/>
+        <v>0.08671</v>
+      </c>
+      <c r="N253" s="15"/>
+      <c r="O253" s="15">
+        <v>375</v>
+      </c>
       <c r="P253" s="15"/>
-      <c r="Q253" s="15"/>
+      <c r="Q253" s="15">
+        <v>7200</v>
+      </c>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>854</v>
+      </c>
+      <c r="D254" s="15" t="s">
         <v>855</v>
       </c>
-      <c r="D254" s="15" t="s">
-[...3 lines deleted...]
-        <v>857</v>
+      <c r="E254" s="15">
+        <v>10080028311</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
-        <v>669</v>
-[...1 lines deleted...]
-      <c r="I254" s="15"/>
+        <v>672</v>
+      </c>
+      <c r="I254" s="15" t="s">
+        <v>856</v>
+      </c>
       <c r="J254" s="15">
         <v>300</v>
       </c>
       <c r="K254" s="15">
-        <v>0.115</v>
+        <v>0.15803</v>
       </c>
       <c r="L254" s="15">
-        <v>0.115</v>
+        <v>0.11287</v>
       </c>
       <c r="M254" s="15">
-        <v>0.115</v>
+        <v>0.09783</v>
       </c>
       <c r="N254" s="15">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
+        <v>857</v>
+      </c>
+      <c r="D255" s="15" t="s">
         <v>858</v>
       </c>
-      <c r="D255" s="15" t="s">
+      <c r="E255" s="15" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
-        <v>669</v>
-[...3 lines deleted...]
-      </c>
+        <v>672</v>
+      </c>
+      <c r="I255" s="15"/>
       <c r="J255" s="15">
-        <v>445</v>
+        <v>300</v>
       </c>
       <c r="K255" s="15">
-        <v>0.37101</v>
+        <v>0.115</v>
       </c>
       <c r="L255" s="15">
-        <v>0.32154</v>
+        <v>0.115</v>
       </c>
       <c r="M255" s="15">
-        <v>0.30918</v>
-[...10 lines deleted...]
-      </c>
+        <v>0.115</v>
+      </c>
+      <c r="N255" s="15">
+        <v>9</v>
+      </c>
+      <c r="O255" s="15"/>
+      <c r="P255" s="15"/>
+      <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>860</v>
+      </c>
+      <c r="D256" s="15" t="s">
+        <v>861</v>
+      </c>
+      <c r="E256" s="15" t="s">
         <v>862</v>
-      </c>
-[...4 lines deleted...]
-        <v>864</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="J256" s="15">
-        <v>400</v>
+        <v>445</v>
       </c>
       <c r="K256" s="15">
-        <v>0.1184</v>
+        <v>0.37101</v>
       </c>
       <c r="L256" s="15">
-        <v>0.10656</v>
+        <v>0.32154</v>
       </c>
       <c r="M256" s="15">
-        <v>0.09866</v>
-[...4 lines deleted...]
-      <c r="O256" s="15"/>
+        <v>0.30918</v>
+      </c>
+      <c r="N256" s="15"/>
+      <c r="O256" s="15">
+        <v>21250</v>
+      </c>
       <c r="P256" s="15"/>
-      <c r="Q256" s="15"/>
+      <c r="Q256" s="15">
+        <v>1780</v>
+      </c>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
+        <v>864</v>
+      </c>
+      <c r="D257" s="15" t="s">
+        <v>865</v>
+      </c>
+      <c r="E257" s="15" t="s">
         <v>866</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080044843</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="J257" s="15">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="K257" s="15">
-        <v>0.13116</v>
+        <v>0.1184</v>
       </c>
       <c r="L257" s="15">
-        <v>0.10493</v>
+        <v>0.10656</v>
       </c>
       <c r="M257" s="15">
-        <v>0.09837</v>
-[...1 lines deleted...]
-      <c r="N257" s="15"/>
+        <v>0.09866</v>
+      </c>
+      <c r="N257" s="15">
+        <v>580</v>
+      </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
+        <v>868</v>
+      </c>
+      <c r="D258" s="15" t="s">
         <v>869</v>
       </c>
-      <c r="D258" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E258" s="15">
-        <v>10080054489</v>
+        <v>10080044843</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="J258" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K258" s="15">
         <v>0.13116</v>
       </c>
       <c r="L258" s="15">
         <v>0.10493</v>
       </c>
       <c r="M258" s="15">
-        <v>0.10099</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09837</v>
+      </c>
+      <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
+        <v>871</v>
+      </c>
+      <c r="D259" s="15" t="s">
         <v>872</v>
       </c>
-      <c r="D259" s="15" t="s">
-[...3 lines deleted...]
-        <v>874</v>
+      <c r="E259" s="15">
+        <v>10080054489</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="J259" s="15">
         <v>250</v>
       </c>
       <c r="K259" s="15">
-        <v>0.22</v>
+        <v>0.13116</v>
       </c>
       <c r="L259" s="15">
-        <v>0.1518</v>
+        <v>0.10493</v>
       </c>
       <c r="M259" s="15">
-        <v>0.138</v>
+        <v>0.10099</v>
       </c>
       <c r="N259" s="15">
-        <v>3038</v>
+        <v>30298</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
+        <v>874</v>
+      </c>
+      <c r="D260" s="15" t="s">
+        <v>875</v>
+      </c>
+      <c r="E260" s="15" t="s">
         <v>876</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080044844</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="J260" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K260" s="15">
         <v>0.22</v>
       </c>
       <c r="L260" s="15">
         <v>0.1518</v>
       </c>
       <c r="M260" s="15">
         <v>0.138</v>
       </c>
       <c r="N260" s="15">
-        <v>4820</v>
+        <v>2196</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>878</v>
+      </c>
+      <c r="D261" s="15" t="s">
         <v>879</v>
       </c>
-      <c r="D261" s="15" t="s">
-[...3 lines deleted...]
-        <v>881</v>
+      <c r="E261" s="15">
+        <v>10080044844</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="J261" s="15"/>
+        <v>880</v>
+      </c>
+      <c r="J261" s="15">
+        <v>200</v>
+      </c>
       <c r="K261" s="15">
-        <v>0.11093</v>
+        <v>0.22</v>
       </c>
       <c r="L261" s="15">
-        <v>0.09614</v>
+        <v>0.1518</v>
       </c>
       <c r="M261" s="15">
-        <v>0.09243999999999999</v>
+        <v>0.138</v>
       </c>
       <c r="N261" s="15">
-        <v>700</v>
+        <v>3939</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
+        <v>881</v>
+      </c>
+      <c r="D262" s="15" t="s">
+        <v>882</v>
+      </c>
+      <c r="E262" s="15" t="s">
         <v>883</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028322</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>885</v>
-[...3 lines deleted...]
-      </c>
+        <v>884</v>
+      </c>
+      <c r="J262" s="15"/>
       <c r="K262" s="15">
-        <v>0.20054</v>
+        <v>0.11093</v>
       </c>
       <c r="L262" s="15">
-        <v>0.11635</v>
+        <v>0.09614</v>
       </c>
       <c r="M262" s="15">
-        <v>0.10103</v>
+        <v>0.09243999999999999</v>
       </c>
       <c r="N262" s="15">
-        <v>10</v>
+        <v>650</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
+        <v>885</v>
+      </c>
+      <c r="D263" s="15" t="s">
         <v>886</v>
       </c>
-      <c r="D263" s="15" t="s">
-[...3 lines deleted...]
-        <v>888</v>
+      <c r="E263" s="15">
+        <v>10080028322</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="J263" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K263" s="15">
-        <v>0.17667</v>
+        <v>0.20054</v>
       </c>
       <c r="L263" s="15">
-        <v>0.15311</v>
+        <v>0.11635</v>
       </c>
       <c r="M263" s="15">
-        <v>0.14723</v>
-[...10 lines deleted...]
-      </c>
+        <v>0.10103</v>
+      </c>
+      <c r="N263" s="15">
+        <v>10</v>
+      </c>
+      <c r="O263" s="15"/>
+      <c r="P263" s="15"/>
+      <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
+        <v>888</v>
+      </c>
+      <c r="D264" s="15" t="s">
+        <v>889</v>
+      </c>
+      <c r="E264" s="15" t="s">
         <v>890</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028323</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="J264" s="15">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="K264" s="15">
-        <v>0.30096</v>
+        <v>0.17667</v>
       </c>
       <c r="L264" s="15">
-        <v>0.1746</v>
+        <v>0.15311</v>
       </c>
       <c r="M264" s="15">
-        <v>0.15163</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14723</v>
+      </c>
+      <c r="N264" s="15"/>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
-      <c r="Q264" s="15"/>
+      <c r="Q264" s="15">
+        <v>4800</v>
+      </c>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
+        <v>892</v>
+      </c>
+      <c r="D265" s="15" t="s">
         <v>893</v>
       </c>
-      <c r="D265" s="15" t="s">
-[...3 lines deleted...]
-        <v>895</v>
+      <c r="E265" s="15">
+        <v>10080028323</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I265" s="15" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="J265" s="15"/>
+        <v>894</v>
+      </c>
+      <c r="J265" s="15">
+        <v>200</v>
+      </c>
       <c r="K265" s="15">
-        <v>0.26699</v>
+        <v>0.30096</v>
       </c>
       <c r="L265" s="15">
-        <v>0.23139</v>
+        <v>0.1746</v>
       </c>
       <c r="M265" s="15">
-        <v>0.22249</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.15163</v>
+      </c>
+      <c r="N265" s="15">
+        <v>324</v>
+      </c>
+      <c r="O265" s="15"/>
+      <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
+        <v>895</v>
+      </c>
+      <c r="D266" s="15" t="s">
+        <v>896</v>
+      </c>
+      <c r="E266" s="15" t="s">
         <v>897</v>
-      </c>
-[...4 lines deleted...]
-        <v>899</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>900</v>
-[...3 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="J266" s="15"/>
       <c r="K266" s="15">
-        <v>0.44678</v>
+        <v>0.26699</v>
       </c>
       <c r="L266" s="15">
-        <v>0.2898</v>
+        <v>0.23139</v>
       </c>
       <c r="M266" s="15">
-        <v>0.26565</v>
+        <v>0.22249</v>
       </c>
       <c r="N266" s="15"/>
-      <c r="O266" s="15"/>
+      <c r="O266" s="15">
+        <v>680</v>
+      </c>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
+        <v>899</v>
+      </c>
+      <c r="D267" s="15" t="s">
+        <v>900</v>
+      </c>
+      <c r="E267" s="15" t="s">
         <v>901</v>
-      </c>
-[...4 lines deleted...]
-        <v>903</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="J267" s="15">
         <v>700</v>
       </c>
       <c r="K267" s="15">
-        <v>0.5770999999999999</v>
+        <v>0.44678</v>
       </c>
       <c r="L267" s="15">
-        <v>0.4175</v>
+        <v>0.2898</v>
       </c>
       <c r="M267" s="15">
-        <v>0.3644</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26565</v>
+      </c>
+      <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
+        <v>903</v>
+      </c>
+      <c r="D268" s="15" t="s">
+        <v>904</v>
+      </c>
+      <c r="E268" s="15" t="s">
         <v>905</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080048440</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I268" s="15" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="J268" s="15">
         <v>700</v>
       </c>
       <c r="K268" s="15">
-        <v>0.87639</v>
+        <v>0.5770999999999999</v>
       </c>
       <c r="L268" s="15">
-        <v>0.4695</v>
+        <v>0.4175</v>
       </c>
       <c r="M268" s="15">
-        <v>0.4069</v>
+        <v>0.3644</v>
       </c>
       <c r="N268" s="15">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
+        <v>907</v>
+      </c>
+      <c r="D269" s="15" t="s">
         <v>908</v>
       </c>
-      <c r="D269" s="15" t="s">
-[...3 lines deleted...]
-        <v>910</v>
+      <c r="E269" s="15">
+        <v>10080048440</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I269" s="15" t="s">
-        <v>911</v>
-[...1 lines deleted...]
-      <c r="J269" s="15"/>
+        <v>909</v>
+      </c>
+      <c r="J269" s="15">
+        <v>700</v>
+      </c>
       <c r="K269" s="15">
-        <v>0.1319</v>
+        <v>0.87639</v>
       </c>
       <c r="L269" s="15">
-        <v>0.11431</v>
+        <v>0.4695</v>
       </c>
       <c r="M269" s="15">
-        <v>0.10991</v>
+        <v>0.4069</v>
       </c>
       <c r="N269" s="15">
-        <v>640</v>
+        <v>50</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>910</v>
+      </c>
+      <c r="D270" s="15" t="s">
+        <v>911</v>
+      </c>
+      <c r="E270" s="15" t="s">
         <v>912</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080031761</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I270" s="15" t="s">
-        <v>914</v>
-[...3 lines deleted...]
-      </c>
+        <v>913</v>
+      </c>
+      <c r="J270" s="15"/>
       <c r="K270" s="15">
-        <v>0.20984</v>
+        <v>0.1319</v>
       </c>
       <c r="L270" s="15">
-        <v>0.15134</v>
+        <v>0.11431</v>
       </c>
       <c r="M270" s="15">
-        <v>0.13115</v>
+        <v>0.10991</v>
       </c>
       <c r="N270" s="15">
-        <v>15</v>
+        <v>860</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>914</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>915</v>
       </c>
-      <c r="D271" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E271" s="15">
-        <v>10080028324</v>
+        <v>10080031761</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="J271" s="15">
         <v>200</v>
       </c>
       <c r="K271" s="15">
-        <v>0.28499</v>
+        <v>0.20984</v>
       </c>
       <c r="L271" s="15">
-        <v>0.15776</v>
+        <v>0.15134</v>
       </c>
       <c r="M271" s="15">
-        <v>0.1374</v>
+        <v>0.13115</v>
       </c>
       <c r="N271" s="15">
-        <v>176</v>
+        <v>15</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>917</v>
+      </c>
+      <c r="D272" s="15" t="s">
         <v>918</v>
       </c>
-      <c r="D272" s="15" t="s">
-[...3 lines deleted...]
-        <v>920</v>
+      <c r="E272" s="15">
+        <v>10080028324</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="J272" s="15">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="K272" s="15">
-        <v>0.19715</v>
+        <v>0.28499</v>
       </c>
       <c r="L272" s="15">
-        <v>0.17086</v>
+        <v>0.15776</v>
       </c>
       <c r="M272" s="15">
-        <v>0.16429</v>
-[...1 lines deleted...]
-      <c r="N272" s="15"/>
+        <v>0.1374</v>
+      </c>
+      <c r="N272" s="15">
+        <v>144</v>
+      </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
-      <c r="Q272" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
+        <v>920</v>
+      </c>
+      <c r="D273" s="15" t="s">
+        <v>921</v>
+      </c>
+      <c r="E273" s="15" t="s">
         <v>922</v>
-      </c>
-[...4 lines deleted...]
-        <v>924</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="J273" s="15">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="K273" s="15">
-        <v>0.13653</v>
+        <v>0.19715</v>
       </c>
       <c r="L273" s="15">
-        <v>0.12288</v>
+        <v>0.17086</v>
       </c>
       <c r="M273" s="15">
-        <v>0.11378</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.16429</v>
+      </c>
+      <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
-      <c r="Q273" s="15"/>
+      <c r="Q273" s="15">
+        <v>2400</v>
+      </c>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>924</v>
+      </c>
+      <c r="D274" s="15" t="s">
+        <v>925</v>
+      </c>
+      <c r="E274" s="15" t="s">
         <v>926</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028528</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
-        <v>928</v>
+        <v>672</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="J274" s="15">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="K274" s="15">
-        <v>0.05381</v>
+        <v>0.13653</v>
       </c>
       <c r="L274" s="15">
-        <v>0.04748</v>
+        <v>0.12288</v>
       </c>
       <c r="M274" s="15">
-        <v>0.04273</v>
+        <v>0.11378</v>
       </c>
       <c r="N274" s="15">
-        <v>16856</v>
+        <v>1785</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="E275" s="15">
-        <v>10080040092</v>
+        <v>10080028528</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I275" s="15" t="s">
-        <v>932</v>
+        <v>931</v>
       </c>
       <c r="J275" s="15">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="K275" s="15">
-        <v>0.08554</v>
+        <v>0.04746</v>
       </c>
       <c r="L275" s="15">
-        <v>0.07548000000000001</v>
+        <v>0.04113</v>
       </c>
       <c r="M275" s="15">
-        <v>0.06793</v>
+        <v>0.03955</v>
       </c>
       <c r="N275" s="15">
-        <v>5350</v>
+        <v>8184</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
+        <v>932</v>
+      </c>
+      <c r="D276" s="15" t="s">
         <v>933</v>
       </c>
-      <c r="D276" s="15" t="s">
-[...3 lines deleted...]
-        <v>935</v>
+      <c r="E276" s="15">
+        <v>10080040092</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
-        <v>928</v>
-[...1 lines deleted...]
-      <c r="I276" s="15"/>
+        <v>930</v>
+      </c>
+      <c r="I276" s="15" t="s">
+        <v>934</v>
+      </c>
       <c r="J276" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K276" s="15">
-        <v>0.07337</v>
+        <v>0.07367</v>
       </c>
       <c r="L276" s="15">
-        <v>0.07337</v>
+        <v>0.06383999999999999</v>
       </c>
       <c r="M276" s="15">
-        <v>0.07337</v>
+        <v>0.06139</v>
       </c>
       <c r="N276" s="15">
-        <v>8064</v>
-[...2 lines deleted...]
-      <c r="P276" s="15"/>
+        <v>5425</v>
+      </c>
+      <c r="O276" s="15">
+        <v>4150</v>
+      </c>
+      <c r="P276" s="15" t="s">
+        <v>935</v>
+      </c>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>936</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>937</v>
       </c>
       <c r="E277" s="15" t="s">
         <v>938</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="K277" s="15">
-        <v>0.23737</v>
+        <v>0.07337</v>
       </c>
       <c r="L277" s="15">
-        <v>0.23737</v>
+        <v>0.07337</v>
       </c>
       <c r="M277" s="15">
-        <v>0.23737</v>
-[...1 lines deleted...]
-      <c r="N277" s="15"/>
+        <v>0.07337</v>
+      </c>
+      <c r="N277" s="15">
+        <v>5796</v>
+      </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
         <v>939</v>
       </c>
       <c r="D278" s="15" t="s">
         <v>940</v>
       </c>
       <c r="E278" s="15" t="s">
         <v>941</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
-        <v>636</v>
+        <v>200</v>
       </c>
       <c r="K278" s="15">
-        <v>0.43548</v>
+        <v>0.23737</v>
       </c>
       <c r="L278" s="15">
-        <v>0.31507</v>
+        <v>0.23737</v>
       </c>
       <c r="M278" s="15">
-        <v>0.27493</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.23737</v>
+      </c>
+      <c r="N278" s="15"/>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
         <v>942</v>
       </c>
       <c r="D279" s="15" t="s">
         <v>943</v>
       </c>
-      <c r="E279" s="15">
-        <v>10080028533</v>
+      <c r="E279" s="15" t="s">
+        <v>944</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      </c>
+        <v>930</v>
+      </c>
+      <c r="I279" s="15"/>
       <c r="J279" s="15">
-        <v>800</v>
+        <v>636</v>
       </c>
       <c r="K279" s="15">
-        <v>0.08266</v>
+        <v>0.31197</v>
       </c>
       <c r="L279" s="15">
-        <v>0.0598</v>
+        <v>0.27037</v>
       </c>
       <c r="M279" s="15">
-        <v>0.05218</v>
+        <v>0.25998</v>
       </c>
       <c r="N279" s="15">
-        <v>56807</v>
+        <v>10350</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
         <v>945</v>
       </c>
       <c r="D280" s="15" t="s">
         <v>946</v>
       </c>
       <c r="E280" s="15">
-        <v>10080040102</v>
+        <v>10080028533</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I280" s="15" t="s">
         <v>947</v>
       </c>
       <c r="J280" s="15">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="K280" s="15">
-        <v>0.11976</v>
+        <v>0.05817</v>
       </c>
       <c r="L280" s="15">
-        <v>0.08665</v>
+        <v>0.05041</v>
       </c>
       <c r="M280" s="15">
-        <v>0.07561</v>
+        <v>0.04848</v>
       </c>
       <c r="N280" s="15">
-        <v>128673</v>
+        <v>66508</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
         <v>948</v>
       </c>
       <c r="D281" s="15" t="s">
         <v>949</v>
       </c>
       <c r="E281" s="15">
-        <v>10080070832</v>
+        <v>10080040102</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-      <c r="J281" s="15"/>
+        <v>930</v>
+      </c>
+      <c r="I281" s="15" t="s">
+        <v>950</v>
+      </c>
+      <c r="J281" s="15">
+        <v>500</v>
+      </c>
       <c r="K281" s="15">
-        <v>0.20594</v>
+        <v>0.08312</v>
       </c>
       <c r="L281" s="15">
-        <v>0.17163</v>
+        <v>0.07203</v>
       </c>
       <c r="M281" s="15">
-        <v>0.16475</v>
+        <v>0.06926</v>
       </c>
       <c r="N281" s="15">
-        <v>135</v>
+        <v>94361</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="E282" s="15">
-        <v>10080058610</v>
+        <v>10080070832</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I282" s="15"/>
-      <c r="J282" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J282" s="15"/>
       <c r="K282" s="15">
-        <v>0.22541</v>
+        <v>0.20594</v>
       </c>
       <c r="L282" s="15">
-        <v>0.22541</v>
+        <v>0.17163</v>
       </c>
       <c r="M282" s="15">
-        <v>0.22541</v>
+        <v>0.16475</v>
       </c>
       <c r="N282" s="15">
-        <v>68</v>
+        <v>158</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="E283" s="15">
-        <v>10080061634</v>
+        <v>10080058610</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I283" s="15"/>
-      <c r="J283" s="15"/>
+      <c r="J283" s="15">
+        <v>750</v>
+      </c>
       <c r="K283" s="15">
-        <v>0.78456</v>
+        <v>0.22541</v>
       </c>
       <c r="L283" s="15">
-        <v>0.6538</v>
+        <v>0.22541</v>
       </c>
       <c r="M283" s="15">
-        <v>0.62765</v>
+        <v>0.22541</v>
       </c>
       <c r="N283" s="15">
-        <v>7</v>
+        <v>68</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="E284" s="15" t="s">
         <v>956</v>
+      </c>
+      <c r="E284" s="15">
+        <v>10080061634</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
-        <v>928</v>
-[...6 lines deleted...]
-      </c>
+        <v>930</v>
+      </c>
+      <c r="I284" s="15"/>
+      <c r="J284" s="15"/>
       <c r="K284" s="15">
-        <v>0.13265</v>
+        <v>0.78456</v>
       </c>
       <c r="L284" s="15">
-        <v>0.09597</v>
+        <v>0.6538</v>
       </c>
       <c r="M284" s="15">
-        <v>0.08375</v>
+        <v>0.62765</v>
       </c>
       <c r="N284" s="15">
-        <v>44003</v>
+        <v>7</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
+        <v>957</v>
+      </c>
+      <c r="D285" s="15" t="s">
         <v>958</v>
       </c>
-      <c r="D285" s="15" t="s">
+      <c r="E285" s="15" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080040113</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I285" s="15" t="s">
         <v>960</v>
       </c>
       <c r="J285" s="15">
         <v>300</v>
       </c>
       <c r="K285" s="15">
-        <v>0.07946</v>
+        <v>0.0929</v>
       </c>
       <c r="L285" s="15">
-        <v>0.06886</v>
+        <v>0.08051</v>
       </c>
       <c r="M285" s="15">
-        <v>0.06621</v>
+        <v>0.07741000000000001</v>
       </c>
       <c r="N285" s="15">
-        <v>117068</v>
+        <v>32448</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
         <v>961</v>
       </c>
       <c r="D286" s="15" t="s">
         <v>962</v>
       </c>
-      <c r="E286" s="15" t="s">
-        <v>963</v>
+      <c r="E286" s="15">
+        <v>10080040113</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
-        <v>928</v>
-[...1 lines deleted...]
-      <c r="I286" s="15"/>
+        <v>930</v>
+      </c>
+      <c r="I286" s="15" t="s">
+        <v>963</v>
+      </c>
       <c r="J286" s="15">
-        <v>125</v>
+        <v>300</v>
       </c>
       <c r="K286" s="15">
-        <v>0.53613</v>
+        <v>0.07946</v>
       </c>
       <c r="L286" s="15">
-        <v>0.44966</v>
+        <v>0.06886</v>
       </c>
       <c r="M286" s="15">
-        <v>0.43236</v>
-[...1 lines deleted...]
-      <c r="N286" s="15"/>
+        <v>0.06621</v>
+      </c>
+      <c r="N286" s="15">
+        <v>142308</v>
+      </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>964</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>965</v>
       </c>
       <c r="E287" s="15" t="s">
         <v>966</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
-        <v>928</v>
-[...4 lines deleted...]
-      <c r="J287" s="15"/>
+        <v>930</v>
+      </c>
+      <c r="I287" s="15"/>
+      <c r="J287" s="15">
+        <v>125</v>
+      </c>
       <c r="K287" s="15">
-        <v>0.7245</v>
+        <v>0.53613</v>
       </c>
       <c r="L287" s="15">
-        <v>0.05796</v>
+        <v>0.44966</v>
       </c>
       <c r="M287" s="15">
-        <v>0.05313</v>
+        <v>0.43236</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
+        <v>967</v>
+      </c>
+      <c r="D288" s="15" t="s">
         <v>968</v>
       </c>
-      <c r="D288" s="15" t="s">
+      <c r="E288" s="15" t="s">
         <v>969</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080027392</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I288" s="15" t="s">
         <v>970</v>
       </c>
       <c r="J288" s="15">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="K288" s="15">
-        <v>0.05718</v>
+        <v>0.07190000000000001</v>
       </c>
       <c r="L288" s="15">
-        <v>0.04956</v>
+        <v>0.06231</v>
       </c>
       <c r="M288" s="15">
-        <v>0.04765</v>
+        <v>0.05991</v>
       </c>
       <c r="N288" s="15">
-        <v>113088</v>
+        <v>24174</v>
       </c>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
         <v>971</v>
       </c>
       <c r="D289" s="15" t="s">
         <v>972</v>
       </c>
-      <c r="E289" s="15">
-        <v>10080027658</v>
+      <c r="E289" s="15" t="s">
+        <v>973</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I289" s="15" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="J289" s="15">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="K289" s="15">
-        <v>0.08468000000000001</v>
+        <v>0.10796</v>
       </c>
       <c r="L289" s="15">
-        <v>0.07339</v>
+        <v>0.09356</v>
       </c>
       <c r="M289" s="15">
-        <v>0.07056</v>
+        <v>0.08996</v>
       </c>
       <c r="N289" s="15">
-        <v>44506</v>
+        <v>24832</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>975</v>
-[...2 lines deleted...]
-        <v>10080028532</v>
+        <v>976</v>
+      </c>
+      <c r="E290" s="15" t="s">
+        <v>977</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I290" s="15" t="s">
-        <v>976</v>
-[...3 lines deleted...]
-      </c>
+        <v>978</v>
+      </c>
+      <c r="J290" s="15"/>
       <c r="K290" s="15">
-        <v>0.09676999999999999</v>
+        <v>0.7245</v>
       </c>
       <c r="L290" s="15">
-        <v>0.06938</v>
+        <v>0.05796</v>
       </c>
       <c r="M290" s="15">
-        <v>0.06026</v>
+        <v>0.05313</v>
       </c>
       <c r="N290" s="15"/>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>978</v>
-[...2 lines deleted...]
-        <v>979</v>
+        <v>980</v>
+      </c>
+      <c r="E291" s="15">
+        <v>10080027392</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I291" s="15" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="J291" s="15">
         <v>800</v>
       </c>
       <c r="K291" s="15">
-        <v>0.11523</v>
+        <v>0.05718</v>
       </c>
       <c r="L291" s="15">
-        <v>0.08337</v>
+        <v>0.04956</v>
       </c>
       <c r="M291" s="15">
-        <v>0.07275</v>
+        <v>0.04765</v>
       </c>
       <c r="N291" s="15">
-        <v>608</v>
+        <v>78652</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="E292" s="15">
-        <v>10080054376</v>
+        <v>10080027658</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
-        <v>928</v>
-[...1 lines deleted...]
-      <c r="I292" s="15"/>
+        <v>930</v>
+      </c>
+      <c r="I292" s="15" t="s">
+        <v>984</v>
+      </c>
       <c r="J292" s="15">
-        <v>612</v>
+        <v>500</v>
       </c>
       <c r="K292" s="15">
-        <v>0.6256699999999999</v>
+        <v>0.08468000000000001</v>
       </c>
       <c r="L292" s="15">
-        <v>0.50456</v>
+        <v>0.07339</v>
       </c>
       <c r="M292" s="15">
-        <v>0.48439</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.07056</v>
+      </c>
+      <c r="N292" s="15">
+        <v>35244</v>
+      </c>
+      <c r="O292" s="15"/>
+      <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="E293" s="15">
-        <v>10080040112</v>
+        <v>10080028532</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="J293" s="15">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="K293" s="15">
-        <v>0.05463</v>
+        <v>0.05744</v>
       </c>
       <c r="L293" s="15">
-        <v>0.04735</v>
+        <v>0.04978</v>
       </c>
       <c r="M293" s="15">
-        <v>0.04553</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04786</v>
+      </c>
+      <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E294" s="15" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I294" s="15" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="J294" s="15">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="K294" s="15">
-        <v>0.27865</v>
+        <v>0.08084</v>
       </c>
       <c r="L294" s="15">
-        <v>0.2016</v>
+        <v>0.07006</v>
       </c>
       <c r="M294" s="15">
-        <v>0.17592</v>
+        <v>0.06736</v>
       </c>
       <c r="N294" s="15">
-        <v>100</v>
+        <v>560</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E295" s="15">
-        <v>10080028534</v>
+        <v>10080054376</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      </c>
+        <v>930</v>
+      </c>
+      <c r="I295" s="15"/>
       <c r="J295" s="15">
-        <v>500</v>
+        <v>612</v>
       </c>
       <c r="K295" s="15">
-        <v>0.09515</v>
+        <v>0.6256699999999999</v>
       </c>
       <c r="L295" s="15">
-        <v>0.06884</v>
+        <v>0.50456</v>
       </c>
       <c r="M295" s="15">
-        <v>0.06007</v>
-[...5 lines deleted...]
-      <c r="P295" s="15"/>
+        <v>0.48439</v>
+      </c>
+      <c r="N295" s="15"/>
+      <c r="O295" s="15">
+        <v>201</v>
+      </c>
+      <c r="P295" s="15" t="s">
+        <v>994</v>
+      </c>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="E296" s="15" t="s">
         <v>996</v>
+      </c>
+      <c r="E296" s="15">
+        <v>10080040112</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I296" s="15" t="s">
         <v>997</v>
       </c>
       <c r="J296" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K296" s="15">
-        <v>0.09426</v>
+        <v>0.05444</v>
       </c>
       <c r="L296" s="15">
-        <v>0.08169</v>
+        <v>0.04718</v>
       </c>
       <c r="M296" s="15">
-        <v>0.07854999999999999</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.04536</v>
+      </c>
+      <c r="N296" s="15">
+        <v>22288</v>
+      </c>
+      <c r="O296" s="15"/>
+      <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="E297" s="15" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I297" s="15" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="J297" s="15">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="K297" s="15">
-        <v>0.13107</v>
+        <v>0.19442</v>
       </c>
       <c r="L297" s="15">
-        <v>0.09483</v>
+        <v>0.16849</v>
       </c>
       <c r="M297" s="15">
-        <v>0.08275</v>
+        <v>0.16201</v>
       </c>
       <c r="N297" s="15">
-        <v>1500</v>
+        <v>100</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="E298" s="15">
-        <v>10080070436</v>
+        <v>10080028534</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I298" s="15" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="J298" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K298" s="15">
-        <v>0.11228</v>
+        <v>0.06813</v>
       </c>
       <c r="L298" s="15">
-        <v>0.09730999999999999</v>
+        <v>0.05905</v>
       </c>
       <c r="M298" s="15">
-        <v>0.09356</v>
+        <v>0.05678</v>
       </c>
       <c r="N298" s="15">
-        <v>6520</v>
+        <v>62</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="E299" s="15" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I299" s="15" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="J299" s="15">
         <v>300</v>
       </c>
       <c r="K299" s="15">
-        <v>0.16266</v>
+        <v>0.09426</v>
       </c>
       <c r="L299" s="15">
-        <v>0.11769</v>
+        <v>0.08169</v>
       </c>
       <c r="M299" s="15">
-        <v>0.1027</v>
-[...5 lines deleted...]
-      <c r="P299" s="15"/>
+        <v>0.07854999999999999</v>
+      </c>
+      <c r="N299" s="15"/>
+      <c r="O299" s="15">
+        <v>22800</v>
+      </c>
+      <c r="P299" s="15" t="s">
+        <v>935</v>
+      </c>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="D300" s="15" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E300" s="15" t="s">
         <v>1009</v>
-      </c>
-[...1 lines deleted...]
-        <v>1010</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I300" s="15" t="s">
-        <v>1011</v>
+        <v>1010</v>
       </c>
       <c r="J300" s="15">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="K300" s="15">
-        <v>0.3883</v>
+        <v>0.09153</v>
       </c>
       <c r="L300" s="15">
-        <v>0.28094</v>
+        <v>0.07933</v>
       </c>
       <c r="M300" s="15">
-        <v>0.24515</v>
+        <v>0.07628</v>
       </c>
       <c r="N300" s="15">
-        <v>228</v>
+        <v>1449</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C301" s="15" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D301" s="15" t="s">
         <v>1012</v>
       </c>
-      <c r="D301" s="15" t="s">
-[...3 lines deleted...]
-        <v>1014</v>
+      <c r="E301" s="15">
+        <v>10080070436</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I301" s="15" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="J301" s="15">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="K301" s="15">
-        <v>0.57711</v>
+        <v>0.11228</v>
       </c>
       <c r="L301" s="15">
-        <v>0.41754</v>
+        <v>0.09730999999999999</v>
       </c>
       <c r="M301" s="15">
-        <v>0.36435</v>
+        <v>0.09356</v>
       </c>
       <c r="N301" s="15">
-        <v>134</v>
+        <v>5165</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C302" s="15" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D302" s="15" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E302" s="15" t="s">
         <v>1016</v>
-      </c>
-[...4 lines deleted...]
-        <v>1018</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I302" s="15" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="J302" s="15">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="K302" s="15">
-        <v>0.10482</v>
+        <v>0.11352</v>
       </c>
       <c r="L302" s="15">
-        <v>0.09084</v>
+        <v>0.09838</v>
       </c>
       <c r="M302" s="15">
-        <v>0.08735</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0946</v>
+      </c>
+      <c r="N302" s="15">
+        <v>5022</v>
+      </c>
+      <c r="O302" s="15"/>
+      <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D303" s="15" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E303" s="15" t="s">
         <v>1020</v>
-      </c>
-[...4 lines deleted...]
-        <v>1022</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I303" s="15" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="J303" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K303" s="15">
-        <v>0.09286999999999999</v>
+        <v>0.27051</v>
       </c>
       <c r="L303" s="15">
-        <v>0.08195</v>
+        <v>0.23444</v>
       </c>
       <c r="M303" s="15">
-        <v>0.07375</v>
+        <v>0.22543</v>
       </c>
       <c r="N303" s="15">
-        <v>720</v>
+        <v>192</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C304" s="15" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D304" s="15" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E304" s="15" t="s">
         <v>1024</v>
-      </c>
-[...4 lines deleted...]
-        <v>1026</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I304" s="15" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="J304" s="15">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="K304" s="15">
-        <v>0.17542</v>
+        <v>0.40334</v>
       </c>
       <c r="L304" s="15">
-        <v>0.12692</v>
+        <v>0.34956</v>
       </c>
       <c r="M304" s="15">
-        <v>0.11075</v>
+        <v>0.33611</v>
       </c>
       <c r="N304" s="15">
-        <v>2475</v>
+        <v>122</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C305" s="15" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D305" s="15" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E305" s="15" t="s">
         <v>1028</v>
-      </c>
-[...4 lines deleted...]
-        <v>1030</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I305" s="15" t="s">
-        <v>1031</v>
+        <v>1029</v>
       </c>
       <c r="J305" s="15">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="K305" s="15">
-        <v>0.222</v>
+        <v>0.10292</v>
       </c>
       <c r="L305" s="15">
-        <v>0.149</v>
+        <v>0.08919000000000001</v>
       </c>
       <c r="M305" s="15">
-        <v>0.139</v>
-[...5 lines deleted...]
-      <c r="P305" s="15"/>
+        <v>0.08576</v>
+      </c>
+      <c r="N305" s="15"/>
+      <c r="O305" s="15">
+        <v>5680</v>
+      </c>
+      <c r="P305" s="15" t="s">
+        <v>935</v>
+      </c>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C306" s="15" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D306" s="15" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E306" s="15" t="s">
         <v>1032</v>
-      </c>
-[...4 lines deleted...]
-        <v>1034</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I306" s="15" t="s">
-        <v>1035</v>
-[...1 lines deleted...]
-      <c r="J306" s="15"/>
+        <v>1033</v>
+      </c>
+      <c r="J306" s="15">
+        <v>500</v>
+      </c>
       <c r="K306" s="15">
-        <v>0.33041</v>
+        <v>0.08183</v>
       </c>
       <c r="L306" s="15">
-        <v>0.27712</v>
+        <v>0.07092</v>
       </c>
       <c r="M306" s="15">
-        <v>0.26645</v>
-[...1 lines deleted...]
-      <c r="N306" s="15"/>
+        <v>0.06819</v>
+      </c>
+      <c r="N306" s="15">
+        <v>366</v>
+      </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C307" s="15" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D307" s="15" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E307" s="15" t="s">
         <v>1036</v>
-      </c>
-[...4 lines deleted...]
-        <v>1038</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>1039</v>
-[...1 lines deleted...]
-      <c r="J307" s="15"/>
+        <v>1037</v>
+      </c>
+      <c r="J307" s="15">
+        <v>250</v>
+      </c>
       <c r="K307" s="15">
-        <v>0.49622</v>
+        <v>0.12291</v>
       </c>
       <c r="L307" s="15">
-        <v>0.41619</v>
+        <v>0.10652</v>
       </c>
       <c r="M307" s="15">
-        <v>0.40018</v>
-[...1 lines deleted...]
-      <c r="N307" s="15"/>
+        <v>0.10243</v>
+      </c>
+      <c r="N307" s="15">
+        <v>2635</v>
+      </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C308" s="15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D308" s="15" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E308" s="15" t="s">
         <v>1040</v>
-      </c>
-[...4 lines deleted...]
-        <v>1042</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I308" s="15" t="s">
-        <v>1043</v>
+        <v>1041</v>
       </c>
       <c r="J308" s="15">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="K308" s="15">
-        <v>0.10262</v>
+        <v>0.222</v>
       </c>
       <c r="L308" s="15">
-        <v>0.07425</v>
+        <v>0.149</v>
       </c>
       <c r="M308" s="15">
-        <v>0.06479</v>
+        <v>0.139</v>
       </c>
       <c r="N308" s="15">
-        <v>25904</v>
+        <v>47314</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C309" s="15" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D309" s="15" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E309" s="15" t="s">
         <v>1044</v>
-      </c>
-[...4 lines deleted...]
-        <v>1046</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I309" s="15" t="s">
-        <v>1047</v>
-[...3 lines deleted...]
-      </c>
+        <v>1045</v>
+      </c>
+      <c r="J309" s="15"/>
       <c r="K309" s="15">
-        <v>0.15409</v>
+        <v>0.33041</v>
       </c>
       <c r="L309" s="15">
-        <v>0.11149</v>
+        <v>0.27712</v>
       </c>
       <c r="M309" s="15">
-        <v>0.09728000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26645</v>
+      </c>
+      <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C310" s="15" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D310" s="15" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E310" s="15" t="s">
         <v>1048</v>
-      </c>
-[...4 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I310" s="15" t="s">
-        <v>1051</v>
-[...3 lines deleted...]
-      </c>
+        <v>1049</v>
+      </c>
+      <c r="J310" s="15"/>
       <c r="K310" s="15">
-        <v>0.17476</v>
+        <v>0.49622</v>
       </c>
       <c r="L310" s="15">
-        <v>0.14656</v>
+        <v>0.41619</v>
       </c>
       <c r="M310" s="15">
-        <v>0.14093</v>
+        <v>0.40018</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C311" s="15" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D311" s="15" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E311" s="15" t="s">
         <v>1052</v>
-      </c>
-[...4 lines deleted...]
-        <v>1054</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
-        <v>928</v>
-[...1 lines deleted...]
-      <c r="I311" s="15"/>
+        <v>930</v>
+      </c>
+      <c r="I311" s="15" t="s">
+        <v>1053</v>
+      </c>
       <c r="J311" s="15">
         <v>800</v>
       </c>
       <c r="K311" s="15">
-        <v>0.13542</v>
+        <v>0.17476</v>
       </c>
       <c r="L311" s="15">
-        <v>0.11949</v>
+        <v>0.14656</v>
       </c>
       <c r="M311" s="15">
-        <v>0.10754</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14093</v>
+      </c>
+      <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C312" s="15" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D312" s="15" t="s">
         <v>1055</v>
       </c>
-      <c r="D312" s="15" t="s">
+      <c r="E312" s="15" t="s">
         <v>1056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1057</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      </c>
+        <v>930</v>
+      </c>
+      <c r="I312" s="15"/>
       <c r="J312" s="15">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="K312" s="15">
-        <v>0.2024</v>
+        <v>0.12033</v>
       </c>
       <c r="L312" s="15">
-        <v>0.14643</v>
+        <v>0.10429</v>
       </c>
       <c r="M312" s="15">
-        <v>0.12778</v>
+        <v>0.10028</v>
       </c>
       <c r="N312" s="15">
-        <v>2670</v>
+        <v>2880</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C313" s="15" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D313" s="15" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E313" s="15" t="s">
         <v>1059</v>
-      </c>
-[...4 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="J313" s="15">
         <v>500</v>
       </c>
       <c r="K313" s="15">
-        <v>0.12076</v>
+        <v>0.1419</v>
       </c>
       <c r="L313" s="15">
-        <v>0.08737</v>
+        <v>0.12298</v>
       </c>
       <c r="M313" s="15">
-        <v>0.07624</v>
+        <v>0.11825</v>
       </c>
       <c r="N313" s="15">
-        <v>8960</v>
+        <v>3649</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C314" s="15" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D314" s="15" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E314" s="15" t="s">
         <v>1063</v>
-      </c>
-[...4 lines deleted...]
-        <v>1065</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I314" s="15" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="J314" s="15">
         <v>500</v>
       </c>
       <c r="K314" s="15">
-        <v>0.18419</v>
+        <v>0.08466</v>
       </c>
       <c r="L314" s="15">
-        <v>0.13326</v>
+        <v>0.07337</v>
       </c>
       <c r="M314" s="15">
-        <v>0.11629</v>
+        <v>0.07055</v>
       </c>
       <c r="N314" s="15">
-        <v>5360</v>
+        <v>9984</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C315" s="15" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D315" s="15" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E315" s="15" t="s">
         <v>1067</v>
-      </c>
-[...4 lines deleted...]
-        <v>1069</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I315" s="15" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="J315" s="15">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="K315" s="15">
-        <v>0.07771</v>
+        <v>0.12909</v>
       </c>
       <c r="L315" s="15">
-        <v>0.05622</v>
+        <v>0.11188</v>
       </c>
       <c r="M315" s="15">
-        <v>0.04906</v>
+        <v>0.10758</v>
       </c>
       <c r="N315" s="15">
-        <v>29106</v>
+        <v>4489</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C316" s="15" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D316" s="15" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E316" s="15" t="s">
         <v>1071</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028527</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I316" s="15" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="J316" s="15">
         <v>800</v>
       </c>
       <c r="K316" s="15">
-        <v>0.094</v>
+        <v>0.05447</v>
       </c>
       <c r="L316" s="15">
-        <v>0.06739000000000001</v>
+        <v>0.0472</v>
       </c>
       <c r="M316" s="15">
-        <v>0.05852</v>
-[...1 lines deleted...]
-      <c r="N316" s="15"/>
+        <v>0.04539</v>
+      </c>
+      <c r="N316" s="15">
+        <v>29504</v>
+      </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C317" s="15" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D317" s="15" t="s">
         <v>1074</v>
       </c>
-      <c r="D317" s="15" t="s">
-[...3 lines deleted...]
-        <v>1076</v>
+      <c r="E317" s="15">
+        <v>10080028527</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I317" s="15" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="J317" s="15">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="K317" s="15">
-        <v>0.13152</v>
+        <v>0.05546</v>
       </c>
       <c r="L317" s="15">
-        <v>0.09515999999999999</v>
+        <v>0.04806</v>
       </c>
       <c r="M317" s="15">
-        <v>0.08304</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04621</v>
+      </c>
+      <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C318" s="15" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D318" s="15" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E318" s="15" t="s">
         <v>1078</v>
-      </c>
-[...4 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="J318" s="15">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="K318" s="15">
-        <v>0.62867</v>
+        <v>0.09375</v>
       </c>
       <c r="L318" s="15">
-        <v>0.54484</v>
+        <v>0.08125</v>
       </c>
       <c r="M318" s="15">
-        <v>0.52389</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.07813000000000001</v>
+      </c>
+      <c r="N318" s="15">
+        <v>12095</v>
+      </c>
+      <c r="O318" s="15"/>
+      <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C319" s="15" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D319" s="15" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E319" s="15" t="s">
         <v>1082</v>
-      </c>
-[...4 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>1085</v>
-[...2 lines deleted...]
-      <c r="J319" s="15"/>
+        <v>930</v>
+      </c>
+      <c r="I319" s="15" t="s">
+        <v>1083</v>
+      </c>
+      <c r="J319" s="15">
+        <v>150</v>
+      </c>
       <c r="K319" s="15">
-        <v>0.11899</v>
+        <v>0.60377</v>
       </c>
       <c r="L319" s="15">
-        <v>0.0998</v>
+        <v>0.5232599999999999</v>
       </c>
       <c r="M319" s="15">
-        <v>0.09596</v>
+        <v>0.50314</v>
       </c>
       <c r="N319" s="15"/>
-      <c r="O319" s="15"/>
-      <c r="P319" s="15"/>
+      <c r="O319" s="15">
+        <v>8600</v>
+      </c>
+      <c r="P319" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C320" s="15" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D320" s="15" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E320" s="15" t="s">
         <v>1086</v>
-      </c>
-[...4 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
-        <v>1089</v>
-[...3 lines deleted...]
-      </c>
+        <v>1087</v>
+      </c>
+      <c r="I320" s="15"/>
       <c r="J320" s="15"/>
       <c r="K320" s="15">
-        <v>0.12078</v>
+        <v>0.11899</v>
       </c>
       <c r="L320" s="15">
-        <v>0.10519</v>
+        <v>0.0998</v>
       </c>
       <c r="M320" s="15">
-        <v>0.0974</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09596</v>
+      </c>
+      <c r="N320" s="15"/>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="E321" s="15" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I321" s="15" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="J321" s="15"/>
       <c r="K321" s="15">
-        <v>0.14123</v>
+        <v>0.12078</v>
       </c>
       <c r="L321" s="15">
-        <v>0.1271</v>
+        <v>0.10519</v>
       </c>
       <c r="M321" s="15">
-        <v>0.11769</v>
+        <v>0.0974</v>
       </c>
       <c r="N321" s="15">
-        <v>800</v>
+        <v>1750</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C322" s="15" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D322" s="15" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E322" s="15" t="s">
         <v>1095</v>
-      </c>
-[...4 lines deleted...]
-        <v>1097</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I322" s="15" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
       <c r="J322" s="15"/>
       <c r="K322" s="15">
-        <v>0.12301</v>
+        <v>0.14123</v>
       </c>
       <c r="L322" s="15">
-        <v>0.10714</v>
+        <v>0.1271</v>
       </c>
       <c r="M322" s="15">
-        <v>0.0992</v>
+        <v>0.11769</v>
       </c>
       <c r="N322" s="15">
-        <v>15050</v>
+        <v>680</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C323" s="15" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D323" s="15" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E323" s="15" t="s">
         <v>1099</v>
-      </c>
-[...4 lines deleted...]
-        <v>1101</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I323" s="15" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="J323" s="15"/>
       <c r="K323" s="15">
-        <v>0.24164</v>
+        <v>0.12301</v>
       </c>
       <c r="L323" s="15">
-        <v>0.1611</v>
+        <v>0.10714</v>
       </c>
       <c r="M323" s="15">
-        <v>0.14645</v>
+        <v>0.0992</v>
       </c>
       <c r="N323" s="15">
-        <v>2</v>
+        <v>11550</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C324" s="15" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D324" s="15" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E324" s="15" t="s">
         <v>1103</v>
-      </c>
-[...4 lines deleted...]
-        <v>1105</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I324" s="15" t="s">
-        <v>1106</v>
-[...3 lines deleted...]
-      </c>
+        <v>1104</v>
+      </c>
+      <c r="J324" s="15"/>
       <c r="K324" s="15">
-        <v>0.12526</v>
+        <v>0.24164</v>
       </c>
       <c r="L324" s="15">
-        <v>0.10909</v>
+        <v>0.1611</v>
       </c>
       <c r="M324" s="15">
-        <v>0.10101</v>
+        <v>0.14645</v>
       </c>
       <c r="N324" s="15">
-        <v>4456</v>
+        <v>2</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C325" s="15" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D325" s="15" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E325" s="15" t="s">
         <v>1107</v>
-      </c>
-[...4 lines deleted...]
-        <v>1109</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I325" s="15" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="J325" s="15"/>
+        <v>1108</v>
+      </c>
+      <c r="J325" s="15">
+        <v>150</v>
+      </c>
       <c r="K325" s="15">
-        <v>0.18842</v>
+        <v>0.12526</v>
       </c>
       <c r="L325" s="15">
-        <v>0.16411</v>
+        <v>0.10909</v>
       </c>
       <c r="M325" s="15">
-        <v>0.15195</v>
+        <v>0.10101</v>
       </c>
       <c r="N325" s="15">
-        <v>10500</v>
+        <v>5387</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C326" s="15" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D326" s="15" t="s">
+        <v>1110</v>
+      </c>
+      <c r="E326" s="15" t="s">
         <v>1111</v>
-      </c>
-[...4 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I326" s="15" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="J326" s="15"/>
       <c r="K326" s="15">
-        <v>0.10453</v>
+        <v>0.18842</v>
       </c>
       <c r="L326" s="15">
-        <v>0.09104</v>
+        <v>0.16411</v>
       </c>
       <c r="M326" s="15">
-        <v>0.0843</v>
+        <v>0.15195</v>
       </c>
       <c r="N326" s="15">
-        <v>840</v>
+        <v>11125</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C327" s="15" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D327" s="15" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E327" s="15" t="s">
         <v>1115</v>
-      </c>
-[...4 lines deleted...]
-        <v>1117</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I327" s="15" t="s">
-        <v>1118</v>
-[...3 lines deleted...]
-      </c>
+        <v>1116</v>
+      </c>
+      <c r="J327" s="15"/>
       <c r="K327" s="15">
-        <v>0.1091</v>
+        <v>0.10453</v>
       </c>
       <c r="L327" s="15">
-        <v>0.09503</v>
+        <v>0.09104</v>
       </c>
       <c r="M327" s="15">
-        <v>0.08799</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0843</v>
+      </c>
+      <c r="N327" s="15">
+        <v>630</v>
+      </c>
+      <c r="O327" s="15"/>
+      <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="E328" s="15" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I328" s="15" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="J328" s="15">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="K328" s="15">
-        <v>0.16393</v>
+        <v>0.1091</v>
       </c>
       <c r="L328" s="15">
-        <v>0.14278</v>
+        <v>0.09503</v>
       </c>
       <c r="M328" s="15">
-        <v>0.1322</v>
-[...5 lines deleted...]
-      <c r="P328" s="15"/>
+        <v>0.08799</v>
+      </c>
+      <c r="N328" s="15"/>
+      <c r="O328" s="15">
+        <v>17336</v>
+      </c>
+      <c r="P328" s="15" t="s">
+        <v>477</v>
+      </c>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="E329" s="15" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I329" s="15" t="s">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="J329" s="15"/>
+        <v>1124</v>
+      </c>
+      <c r="J329" s="15">
+        <v>150</v>
+      </c>
       <c r="K329" s="15">
-        <v>0.22273</v>
+        <v>0.16393</v>
       </c>
       <c r="L329" s="15">
-        <v>0.15909</v>
+        <v>0.14278</v>
       </c>
       <c r="M329" s="15">
-        <v>0.14318</v>
-[...1 lines deleted...]
-      <c r="N329" s="15"/>
+        <v>0.1322</v>
+      </c>
+      <c r="N329" s="15">
+        <v>25162</v>
+      </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="E330" s="15" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I330" s="15" t="s">
-        <v>1131</v>
-[...3 lines deleted...]
-      </c>
+        <v>1128</v>
+      </c>
+      <c r="J330" s="15"/>
       <c r="K330" s="15">
-        <v>0.16052</v>
+        <v>0.15882</v>
       </c>
       <c r="L330" s="15">
-        <v>0.13911</v>
+        <v>0.13764</v>
       </c>
       <c r="M330" s="15">
-        <v>0.13376</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.13235</v>
+      </c>
+      <c r="N330" s="15"/>
+      <c r="O330" s="15"/>
+      <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>1133</v>
+        <v>1129</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
       <c r="E331" s="15" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I331" s="15" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
       <c r="J331" s="15">
         <v>150</v>
       </c>
       <c r="K331" s="15">
-        <v>0.11186</v>
+        <v>0.16052</v>
       </c>
       <c r="L331" s="15">
-        <v>0.09743</v>
+        <v>0.13911</v>
       </c>
       <c r="M331" s="15">
-        <v>0.09021</v>
+        <v>0.13376</v>
       </c>
       <c r="N331" s="15">
-        <v>23880</v>
-[...2 lines deleted...]
-      <c r="P331" s="15"/>
+        <v>48280</v>
+      </c>
+      <c r="O331" s="15">
+        <v>106500</v>
+      </c>
+      <c r="P331" s="15" t="s">
+        <v>477</v>
+      </c>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>1137</v>
+        <v>1133</v>
       </c>
       <c r="D332" s="15" t="s">
-        <v>1138</v>
+        <v>1134</v>
       </c>
       <c r="E332" s="15" t="s">
-        <v>1139</v>
+        <v>1135</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I332" s="15" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
       <c r="J332" s="15">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="K332" s="15">
-        <v>0.16774</v>
+        <v>0.11186</v>
       </c>
       <c r="L332" s="15">
-        <v>0.1461</v>
+        <v>0.09743</v>
       </c>
       <c r="M332" s="15">
-        <v>0.13528</v>
-[...1 lines deleted...]
-      <c r="N332" s="15"/>
+        <v>0.09021</v>
+      </c>
+      <c r="N332" s="15">
+        <v>19104</v>
+      </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>1141</v>
+        <v>1137</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>1142</v>
+        <v>1138</v>
       </c>
       <c r="E333" s="15" t="s">
-        <v>1143</v>
+        <v>1139</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I333" s="15" t="s">
-        <v>1144</v>
+        <v>1140</v>
       </c>
       <c r="J333" s="15">
         <v>100</v>
       </c>
       <c r="K333" s="15">
-        <v>0.1631</v>
+        <v>0.16774</v>
       </c>
       <c r="L333" s="15">
-        <v>0.14679</v>
+        <v>0.1461</v>
       </c>
       <c r="M333" s="15">
-        <v>0.13591</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13528</v>
+      </c>
+      <c r="N333" s="15"/>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>1146</v>
+        <v>1142</v>
       </c>
       <c r="E334" s="15" t="s">
-        <v>1147</v>
+        <v>1143</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I334" s="15" t="s">
-        <v>1148</v>
-[...1 lines deleted...]
-      <c r="J334" s="15"/>
+        <v>1144</v>
+      </c>
+      <c r="J334" s="15">
+        <v>100</v>
+      </c>
       <c r="K334" s="15">
-        <v>0.09780999999999999</v>
+        <v>0.1631</v>
       </c>
       <c r="L334" s="15">
-        <v>0.08519</v>
+        <v>0.14679</v>
       </c>
       <c r="M334" s="15">
-        <v>0.07888000000000001</v>
+        <v>0.13591</v>
       </c>
       <c r="N334" s="15">
-        <v>43500</v>
+        <v>4450</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>1149</v>
+        <v>1145</v>
       </c>
       <c r="D335" s="15" t="s">
-        <v>1150</v>
+        <v>1146</v>
       </c>
       <c r="E335" s="15" t="s">
-        <v>1151</v>
+        <v>1147</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I335" s="15" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="J335" s="15"/>
       <c r="K335" s="15">
-        <v>0.14685</v>
+        <v>0.09780999999999999</v>
       </c>
       <c r="L335" s="15">
-        <v>0.1279</v>
+        <v>0.08519</v>
       </c>
       <c r="M335" s="15">
-        <v>0.11843</v>
+        <v>0.07888000000000001</v>
       </c>
       <c r="N335" s="15">
-        <v>16000</v>
+        <v>39500</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>1153</v>
+        <v>1149</v>
       </c>
       <c r="D336" s="15" t="s">
-        <v>1154</v>
+        <v>1150</v>
       </c>
       <c r="E336" s="15" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I336" s="15" t="s">
-        <v>1156</v>
+        <v>1152</v>
       </c>
       <c r="J336" s="15"/>
       <c r="K336" s="15">
-        <v>0.30621</v>
+        <v>0.14685</v>
       </c>
       <c r="L336" s="15">
-        <v>0.1997</v>
+        <v>0.1279</v>
       </c>
       <c r="M336" s="15">
-        <v>0.18639</v>
+        <v>0.11843</v>
       </c>
       <c r="N336" s="15">
-        <v>2</v>
+        <v>13800</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>1157</v>
+        <v>1153</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="E337" s="15" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I337" s="15" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
       <c r="J337" s="15"/>
       <c r="K337" s="15">
-        <v>0.23736</v>
+        <v>0.30621</v>
       </c>
       <c r="L337" s="15">
-        <v>0.21362</v>
+        <v>0.1997</v>
       </c>
       <c r="M337" s="15">
-        <v>0.1978</v>
+        <v>0.18639</v>
       </c>
       <c r="N337" s="15">
-        <v>3852</v>
+        <v>2</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>1162</v>
+        <v>1158</v>
       </c>
       <c r="E338" s="15" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I338" s="15" t="s">
-        <v>1164</v>
-[...3 lines deleted...]
-      </c>
+        <v>1160</v>
+      </c>
+      <c r="J338" s="15"/>
       <c r="K338" s="15">
-        <v>0.12512</v>
+        <v>0.23736</v>
       </c>
       <c r="L338" s="15">
-        <v>0.10897</v>
+        <v>0.21362</v>
       </c>
       <c r="M338" s="15">
-        <v>0.1009</v>
+        <v>0.1978</v>
       </c>
       <c r="N338" s="15">
-        <v>2139</v>
+        <v>3252</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="E339" s="15" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I339" s="15" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="J339" s="15">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="K339" s="15">
-        <v>0.19003</v>
+        <v>0.12512</v>
       </c>
       <c r="L339" s="15">
-        <v>0.16551</v>
+        <v>0.10897</v>
       </c>
       <c r="M339" s="15">
-        <v>0.15325</v>
+        <v>0.1009</v>
       </c>
       <c r="N339" s="15">
-        <v>8404</v>
+        <v>2208</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
       <c r="E340" s="15" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I340" s="15" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="J340" s="15">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="K340" s="15">
-        <v>0.26351</v>
+        <v>0.19003</v>
       </c>
       <c r="L340" s="15">
-        <v>0.18822</v>
+        <v>0.16551</v>
       </c>
       <c r="M340" s="15">
-        <v>0.1694</v>
+        <v>0.15325</v>
       </c>
       <c r="N340" s="15">
-        <v>128000</v>
+        <v>5730</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>1174</v>
+        <v>1170</v>
       </c>
       <c r="E341" s="15" t="s">
-        <v>1175</v>
+        <v>1171</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I341" s="15" t="s">
-        <v>1176</v>
-[...1 lines deleted...]
-      <c r="J341" s="15"/>
+        <v>1172</v>
+      </c>
+      <c r="J341" s="15">
+        <v>1000</v>
+      </c>
       <c r="K341" s="15">
-        <v>0.18039</v>
+        <v>0.18791</v>
       </c>
       <c r="L341" s="15">
-        <v>0.15711</v>
+        <v>0.16285</v>
       </c>
       <c r="M341" s="15">
-        <v>0.14548</v>
+        <v>0.15659</v>
       </c>
       <c r="N341" s="15">
-        <v>4725</v>
+        <v>126000</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>1177</v>
+        <v>1173</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>1178</v>
+        <v>1174</v>
       </c>
       <c r="E342" s="15" t="s">
-        <v>1179</v>
+        <v>1175</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I342" s="15" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="J342" s="15"/>
       <c r="K342" s="15">
-        <v>1.13</v>
+        <v>0.18039</v>
       </c>
       <c r="L342" s="15">
-        <v>0.75888</v>
+        <v>0.15711</v>
       </c>
       <c r="M342" s="15">
-        <v>0.679</v>
+        <v>0.14548</v>
       </c>
       <c r="N342" s="15">
-        <v>2</v>
+        <v>6675</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>1182</v>
+        <v>1178</v>
       </c>
       <c r="E343" s="15" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I343" s="15" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="J343" s="15"/>
       <c r="K343" s="15">
-        <v>0.15353</v>
+        <v>1.13</v>
       </c>
       <c r="L343" s="15">
-        <v>0.13372</v>
+        <v>0.75888</v>
       </c>
       <c r="M343" s="15">
-        <v>0.12381</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.679</v>
+      </c>
+      <c r="N343" s="15"/>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>1186</v>
+        <v>1182</v>
       </c>
       <c r="E344" s="15" t="s">
-        <v>1187</v>
+        <v>1183</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I344" s="15" t="s">
-        <v>1188</v>
+        <v>1184</v>
       </c>
       <c r="J344" s="15"/>
       <c r="K344" s="15">
-        <v>0.15416</v>
+        <v>0.15353</v>
       </c>
       <c r="L344" s="15">
-        <v>0.13427</v>
+        <v>0.13372</v>
       </c>
       <c r="M344" s="15">
-        <v>0.12433</v>
+        <v>0.12381</v>
       </c>
       <c r="N344" s="15">
-        <v>1125</v>
+        <v>1925</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>1189</v>
+        <v>1185</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="E345" s="15" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I345" s="15" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="J345" s="15"/>
       <c r="K345" s="15">
-        <v>0.22901</v>
+        <v>0.15416</v>
       </c>
       <c r="L345" s="15">
-        <v>0.2061</v>
+        <v>0.13427</v>
       </c>
       <c r="M345" s="15">
-        <v>0.19084</v>
+        <v>0.12433</v>
       </c>
       <c r="N345" s="15">
-        <v>1340</v>
+        <v>950</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="E346" s="15" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I346" s="15" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="J346" s="15"/>
       <c r="K346" s="15">
-        <v>0.12428</v>
+        <v>0.22901</v>
       </c>
       <c r="L346" s="15">
-        <v>0.10824</v>
+        <v>0.2061</v>
       </c>
       <c r="M346" s="15">
-        <v>0.10023</v>
+        <v>0.19084</v>
       </c>
       <c r="N346" s="15">
-        <v>26800</v>
+        <v>1580</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
-      <c r="B347" s="14"/>
-[...2 lines deleted...]
-      <c r="E347" s="15"/>
+      <c r="B347" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C347" s="15" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D347" s="15" t="s">
+        <v>1194</v>
+      </c>
+      <c r="E347" s="15" t="s">
+        <v>1195</v>
+      </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
-      <c r="H347" s="15"/>
-      <c r="I347" s="15"/>
+      <c r="H347" s="15" t="s">
+        <v>1091</v>
+      </c>
+      <c r="I347" s="15" t="s">
+        <v>1196</v>
+      </c>
       <c r="J347" s="15"/>
-      <c r="K347" s="15"/>
-[...2 lines deleted...]
-      <c r="N347" s="15"/>
+      <c r="K347" s="15">
+        <v>0.12428</v>
+      </c>
+      <c r="L347" s="15">
+        <v>0.10824</v>
+      </c>
+      <c r="M347" s="15">
+        <v>0.10023</v>
+      </c>
+      <c r="N347" s="15">
+        <v>34800</v>
+      </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
+      <c r="R347"/>
+    </row>
+    <row r="348" spans="1:18">
+      <c r="B348" s="14"/>
+      <c r="C348" s="15"/>
+      <c r="D348" s="15"/>
+      <c r="E348" s="15"/>
+      <c r="F348" s="15"/>
+      <c r="G348" s="15"/>
+      <c r="H348" s="15"/>
+      <c r="I348" s="15"/>
+      <c r="J348" s="15"/>
+      <c r="K348" s="15"/>
+      <c r="L348" s="15"/>
+      <c r="M348" s="15"/>
+      <c r="N348" s="15"/>
+      <c r="O348" s="15"/>
+      <c r="P348" s="15"/>
+      <c r="Q348" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>