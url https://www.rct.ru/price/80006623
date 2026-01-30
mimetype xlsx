--- v1 (2026-01-10)
+++ v2 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1226">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -136,89 +136,89 @@
   <si>
     <t>CM-103-5.0-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-103-5.0-3P-14</t>
   </si>
   <si>
     <t>UT-00146136</t>
   </si>
   <si>
     <t xml:space="preserve">KLS2-103-5.00-03P-4C KLS, DG103-5.0-03P-14-00Z(H) DEGSON, DG103-5.0-03P-14-02Z(H) DEGSON, GT103-5.0-03P-14-00 GOLTEN, TL207-03P-G12S Tianli, L-KLS2-103-5.00-03P-4S KLS, TL207-03P-G12S(M3) Tianli, </t>
   </si>
   <si>
     <t>CM-125-5.0-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-125-5.0-2P-14</t>
   </si>
   <si>
     <t>UT-00146138</t>
   </si>
   <si>
     <t xml:space="preserve">GT125-5.0-02P-14-00A(H) GOLTEN, DG125-5.0-02P-14-00Z(H) DEGSON, GT125-5.0-02P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>CM-125-5.0-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-125-5.0-3P-14</t>
   </si>
   <si>
     <t>UT-00146139</t>
   </si>
   <si>
     <t xml:space="preserve">DG125-5.0-03P-14-00Z(H) DEGSON, GT125-5.0-03P-14-00 GOLTEN, GT125-5.0-03P-14-14 GOLTEN, </t>
   </si>
   <si>
     <t>CM-126R-5.0-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-126R-5.0-2P-14</t>
   </si>
   <si>
     <t>UT-00146141</t>
   </si>
   <si>
     <t xml:space="preserve">DG126R-5.0-02P-14-00Z(H) DEGSON, GT126R-5.0-02P-14-00 GOLTEN, TL201R-02P-G12S Tianli, L-KLS2-126R-5.00-02P-4S KLS, </t>
   </si>
   <si>
     <t>CM-127-5.0-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-127-5.0-2P-14</t>
   </si>
   <si>
     <t>UT-00146142</t>
   </si>
   <si>
     <t xml:space="preserve">GT127-5.0-02P-14-00A(H) GOLTEN, L-KLS2-127-5.00-02P-4C KLS, 282836-2 TE Connectivity, DG127-5.0-02P-14-00Z(H) DEGSON, GT127-5.0-02P-14-00 GOLTEN, TL208V-02P-G12S Tianli, </t>
   </si>
   <si>
+    <t>16.06.2026</t>
+  </si>
+  <si>
     <t>CM-127-5.0-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-127-5.0-3P-14</t>
   </si>
   <si>
     <t>UT-00146143</t>
   </si>
   <si>
     <t xml:space="preserve">DG127-5.0-03P-14-00S(H) DEGSON, GT127-5.0-03P-14-00A(H) GOLTEN, L-KLS2-127-5.00-03P-4C KLS, 282836-3 TE Connectivity, DG127-5.0-03P-14-00Z(H) DEGSON, GT127-5.0-03P-14-00 GOLTEN, TL208V-03P-G12S Tianli, </t>
   </si>
   <si>
     <t>CM-127A-5.0-4P-14</t>
   </si>
   <si>
     <t>Клеммник на плату, угловой, двухрядный, 4 контакта, шаг 5 мм, цвет зеленый / CM-127A-5.0-4P-14</t>
   </si>
   <si>
     <t>UT-00153572</t>
   </si>
   <si>
     <t xml:space="preserve">GT127A-5.0-04P-14-00 GOLTEN, DG127A-5.0-04P-14-00Z(H) DEGSON, TLD201-04P-G12S Tianli, </t>
   </si>
   <si>
     <t>CM-128-5.0-2P-14</t>
@@ -379,50 +379,53 @@
   <si>
     <t>CM-306-5.0-2P-12</t>
   </si>
   <si>
     <t>Клеммник CM-306-5.0-2P-12</t>
   </si>
   <si>
     <t>UT-00146178</t>
   </si>
   <si>
     <t xml:space="preserve">GT306-5.0-02P-12-00A(H) GOLTEN, L-KLS2-306V-5.00-02P-2S KLS, DG306-5.0-02P-12-00Z(H) DEGSON, GT306-5.0-02P-12-00 GOLTEN, L-KLS2-306V-5.00-02P-2C KLS, TL203V-02P-LS Tianli, </t>
   </si>
   <si>
     <t>CM-330-5.0-2P-12</t>
   </si>
   <si>
     <t>Клеммник CM-330-5.0-2P-12</t>
   </si>
   <si>
     <t>UT-00146180</t>
   </si>
   <si>
     <t xml:space="preserve">GT330-5.0-02P-12-02A(H) GOLTEN, MB223-500M-02P DECA, GT330-5.0-02P-12-00A(H) GOLTEN, DG330-5.0-02P-12-00Z(H) DEGSON, GT330-5.0-02P-12-00 GOLTEN, TL204-02P-LS Tianli, L-KLS2-102-5.00-02P-2C KLS, </t>
   </si>
   <si>
+    <t>01.06.2026</t>
+  </si>
+  <si>
     <t>CM-330-5.0-3P-12</t>
   </si>
   <si>
     <t>Клеммник CM-330-5.0-3P-12</t>
   </si>
   <si>
     <t>UT-00146181</t>
   </si>
   <si>
     <t xml:space="preserve">GT330-5.0-03P-12-00A(H) GOLTEN, KLS2-102-5.00-03P-2S KLS, DG330-5.0-03P-12-00Z(H) DEGSON, GT330-5.0-03P-12-00 GOLTEN, TL204-03P-LS Tianli, L-KLS2-102-5.00-03P-2C KLS, </t>
   </si>
   <si>
     <t>CM-500-5.0-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-500-5.0-3P-14</t>
   </si>
   <si>
     <t>UT-00146197</t>
   </si>
   <si>
     <t xml:space="preserve">GT500-5.0-03P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-03P-4S KLS, DG500-5.0-03P-14-00Z(H) DEGSON, L-KLS2-128I-5.00-03P-4S KLS, GT500-5.0-03P-14-00 GOLTEN, L-KLS2-128I-5.00-03P-4S01 KLS, </t>
   </si>
   <si>
     <t>CM-632-5.0-2P-14</t>
@@ -577,53 +580,50 @@
   <si>
     <t>DG125-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG125-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113998</t>
   </si>
   <si>
     <t xml:space="preserve">GT125-5.0-02P-14-00A(H) GOLTEN, GT125-5.0-02P-14-00 GOLTEN, TL214V-02P-G12S Tianli, CM-125-5.0-2P-14 FUCON, </t>
   </si>
   <si>
     <t>DG125-5.0-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>винт - / DG125-5.0-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113999</t>
   </si>
   <si>
     <t xml:space="preserve">GT125-5.0-03P-14-00 GOLTEN, TL214V-03P-G12S Tianli, CM-125-5.0-3P-14 FUCON, GT125-5.0-03P-14-14 GOLTEN, </t>
   </si>
   <si>
-    <t>19.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG126-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG126-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113292</t>
   </si>
   <si>
     <t xml:space="preserve">GT126-5.0-02P-14-00B(H) GOLTEN, L-KLS2-126-5.00-02P-4C KLS, GT126-5.0-02P-14-00 GOLTEN, CM-200-5.0-2P-14 FUCON, TL203V-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>DG126-5.0-02P-24-00A(H)</t>
   </si>
   <si>
     <t>зеленый с пропущенным контактом / DG126-5.0-02P-24-00A(H)</t>
   </si>
   <si>
     <t>10-00017371</t>
   </si>
   <si>
     <t>DG126-5.0-03P-12-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG126-5.0-03P-12-00A(H)</t>
@@ -1447,53 +1447,50 @@
   <si>
     <t xml:space="preserve">DG301-5.0-02P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>DG301-5.0-02P-12-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG301-5.0-02P-12-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113399</t>
   </si>
   <si>
     <t xml:space="preserve">GT301-5.0-02P-12-00B(H) GOLTEN, MA412-500M2 DECA, XY301V-A-2P-5.0 XINYA, DG301-5.0-02P-12-02Z(H) DEGSON, GT301-5.0-02P-12-00 GOLTEN, CM-301-5.0-2P-12 FUCON, TL201V-02P-L01S Tianli, TL203V-02P-LS Tianli, L-KLS2-301-5.00-02P-2S KLS, L-KLS2-301-5.00-02P-2C KLS, </t>
   </si>
   <si>
     <t>DG301-5.0-02P-22-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG301-5.0-02P-22-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113400</t>
   </si>
   <si>
-    <t>23.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG301-5.0-03P-12-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG301-5.0-03P-12-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113401</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-301-5.00-03P-2S KLS, GT301-5.0-03P-12-00A(H) GOLTEN, GT301-5.0-03P-12-00B(H) GOLTEN, L-KLS2-301-5.00-03P-2C KLS, DG301-5.0-03P-12-02Z(H) DEGSON, GT301-5.0-03P-12-00 GOLTEN, CM-301-5.0-3P-12 FUCON, TL201V-03P-L01S Tianli, </t>
   </si>
   <si>
     <t>DG301-5.0-03P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG301-5.0-03P-13-00A(H)</t>
   </si>
   <si>
     <t>10-00016844</t>
   </si>
   <si>
     <t>DG301-5.0-04P-12-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG301-5.0-04P-12-00Z(H)</t>
@@ -2086,50 +2083,53 @@
   <si>
     <t>GT103-5.0-07P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT103-5.0-07P-14-00</t>
   </si>
   <si>
     <t>UT-00146053</t>
   </si>
   <si>
     <t xml:space="preserve">DG103-5.0-07P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT125-5.0-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT125-5.0-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140338</t>
   </si>
   <si>
     <t xml:space="preserve">GT125-5.0-02P-14-00A(H) GOLTEN, DG125-5.0-02P-14-00Z(H) DEGSON, CM-125-5.0-2P-14 FUCON, </t>
   </si>
   <si>
+    <t>11.06.2026</t>
+  </si>
+  <si>
     <t>GT125-5.0-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT125-5.0-02P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG125-5.0-02P-14-00Z(H) DEGSON, GT125-5.0-02P-14-00 GOLTEN, CM-125-5.0-2P-14 FUCON, </t>
   </si>
   <si>
     <t>GT125-5.0-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT125-5.0-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140339</t>
   </si>
   <si>
     <t xml:space="preserve">DG125-5.0-03P-14-00Z(H) DEGSON, CM-125-5.0-3P-14 FUCON, GT125-5.0-03P-14-14 GOLTEN, </t>
   </si>
   <si>
     <t>GT125-5.0-03P-14-14</t>
   </si>
   <si>
     <t>винты не затянуты / GT125-5.0-03P-14-14</t>
@@ -2821,51 +2821,51 @@
   <si>
     <t xml:space="preserve">DG632-5.0-02P-14-00A(H) DEGSON, DG632-5.0-02P-14-00Z(H) DEGSON, TL225V-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-126-5.00-02P-4C</t>
   </si>
   <si>
     <t>винт + / KLS2-126-5.00-02P-4C</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t xml:space="preserve">GT126-5.0-02P-14-00B(H) GOLTEN, DG126-5.0-02P-14-00Z(H) DEGSON, GT126-5.0-02P-14-00 GOLTEN, CM-200-5.0-2P-14 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-126-5.00-03P-4C</t>
   </si>
   <si>
     <t>винт + / KLS2-126-5.00-03P-4C</t>
   </si>
   <si>
     <t xml:space="preserve">GT126-5.0-03P-14-00A(H) GOLTEN, GT126-5.0-03P-14-00B(H) GOLTEN, DG126-5.0-03P-14-00Z(H) DEGSON, GT126-5.0-03P-14-00 GOLTEN, CM-200-5.0-3P-14 FUCON, DG126-5.0-03P-14-00A(H) DEGSON, DT-126VP-03 , </t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-126-5.00-04P-4C01</t>
   </si>
   <si>
     <t>винт +, контакты - латунь / KLS2-126-5.00-04P-4C01</t>
   </si>
   <si>
     <t>UT-00102348</t>
   </si>
   <si>
     <t>L-KLS2-126-5.00-08P-4C01</t>
   </si>
   <si>
     <t>винт +, контакты - латунь / KLS2-126-5.00-08P-4C01</t>
   </si>
   <si>
     <t>UT-00102349</t>
   </si>
   <si>
     <t>L-KLS2-126-5.00-12P-4C01</t>
   </si>
   <si>
     <t>винт +, контакты - латунь / KLS2-126-5.00-12P-4C01</t>
   </si>
@@ -3268,50 +3268,53 @@
   <si>
     <t>L-KLS2-306V-5.00-03P-2S</t>
   </si>
   <si>
     <t>винты "-" / L-KLS2-306V-5.00-03P-2S</t>
   </si>
   <si>
     <t>UT-00139302</t>
   </si>
   <si>
     <t xml:space="preserve">GT306-5.0-03P-12-00A(H) GOLTEN, DG306-5.0-03P-12-00Z(H) DEGSON, TL203V-03P-LS Tianli, GT306-5.0-03P-12-00 GOLTEN, DG306-5.0-03P-12-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-331KB-5.00-06P-3SC</t>
   </si>
   <si>
     <t>винт - + / L-KLS2-331KB-5.00-06P-3SC</t>
   </si>
   <si>
     <t>UT-00146006</t>
   </si>
   <si>
     <t xml:space="preserve">DG331-5.0-06P-13-00Z(H) DEGSON, L-KLS2-331KB-5.00-06P-3S KLS, TL221T-06P-KC Tianli, GT331-5.0-06P-13-00 GOLTEN, TL221T-06P-KS Tianli, </t>
   </si>
   <si>
+    <t>26.02.2026</t>
+  </si>
+  <si>
     <t>SH313-5.0-1P/Cover</t>
   </si>
   <si>
     <t>торцевая крышка для клеммников SH313 / SH313-5.0-1P/Cover</t>
   </si>
   <si>
     <t>UT-00147176</t>
   </si>
   <si>
     <t>SANHE</t>
   </si>
   <si>
     <t>TL201R-02P-G12S</t>
   </si>
   <si>
     <t>Клеммник TL201R-02P-G12S</t>
   </si>
   <si>
     <t>UT-00141382</t>
   </si>
   <si>
     <t>Tianli</t>
   </si>
   <si>
     <t xml:space="preserve">DG126R-5.0-02P-14-00Z(H) DEGSON, GT126R-5.0-02P-14-00 GOLTEN, CM-126R-5.0-2P-14 FUCON, L-KLS2-126R-5.00-02P-4S KLS, </t>
@@ -3377,50 +3380,53 @@
     <t xml:space="preserve">GT330-5.0-03P-12-00A(H) GOLTEN, KLS2-102-5.00-03P-2S KLS, DG330-5.0-03P-12-00Z(H) DEGSON, GT330-5.0-03P-12-00 GOLTEN, L-KLS2-102-5.00-03P-2C KLS, CM-330-5.0-3P-12 FUCON, </t>
   </si>
   <si>
     <t>TL205T-02P-LS</t>
   </si>
   <si>
     <t>цвет синий / TL205T-02P-LS</t>
   </si>
   <si>
     <t>UT-00141429</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-332K-5.00-02P-2C KLS, GT332K-5.0-02P-12-00A(H) GOLTEN, DG332K-5.0-02P-12-00Z(H) DEGSON, GT332K-5.0-02P-12-00 GOLTEN, CM-332K-5.0-2P-12 FUCON, </t>
   </si>
   <si>
     <t>TL206V-02P-G12S(M3)</t>
   </si>
   <si>
     <t>шаг 5мм; M3 винт - / TL206V-02P-G12S(M3)</t>
   </si>
   <si>
     <t>UT-00141391</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-128-5.00-02P-4S KLS, DG128-5.0-02P-14-00Z(H) DEGSON, DG128-5.0-02P-12-00Z(H) DEGSON, GT128-5.0-02P-14-00 GOLTEN, GT128-5.0-02P-12-00 GOLTEN, TL206V-02P-G12S Tianli, CM-128-5.0-2P-14 FUCON, DG128-5.0-02P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>20.05.2026</t>
   </si>
   <si>
     <t>TL206V-03P-G12S(M3)</t>
   </si>
   <si>
     <t>шаг 5мм; M3 винт - / TL206V-03P-G12S(M3)</t>
   </si>
   <si>
     <t>UT-00140950</t>
   </si>
   <si>
     <t xml:space="preserve">GT128-5.0-03P-14-00A(H) GOLTEN, L-KLS2-128-5.00-03P-4S KLS, DG128-5.0-03P-14-00Z(H) DEGSON, DG500-5.0-03P-14-00Z(H) DEGSON, GT128-5.0-03P-14-00 GOLTEN, TL206V-03P-G12S Tianli, CM-128-5.0-3P-14 FUCON, </t>
   </si>
   <si>
     <t>TL206V-03P-L01S</t>
   </si>
   <si>
     <t>Клеммник TL206V-03P-L01S</t>
   </si>
   <si>
     <t>UT-00146124</t>
   </si>
   <si>
     <t xml:space="preserve">DG128-5.0-03P-12-00Z(H) DEGSON, L-KLS2-128-5.00-03P-2S KLS, GT128-5.0-03P-12-00 GOLTEN, TL206V-03P-L01S(M3) Tianli, </t>
   </si>
@@ -4448,10781 +4454,10783 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.09654</v>
       </c>
       <c r="L9" s="15">
         <v>0.08689</v>
       </c>
       <c r="M9" s="15">
         <v>0.08044999999999999</v>
       </c>
       <c r="N9" s="15">
-        <v>21300</v>
+        <v>20700</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.14451</v>
       </c>
       <c r="L10" s="15">
         <v>0.13006</v>
       </c>
       <c r="M10" s="15">
         <v>0.12043</v>
       </c>
       <c r="N10" s="15">
-        <v>4133</v>
+        <v>3515</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11081</v>
       </c>
       <c r="L11" s="15">
         <v>0.09972</v>
       </c>
       <c r="M11" s="15">
         <v>0.09234000000000001</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15">
-        <v>860</v>
-[...3 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="15" t="s">
+      <c r="E12" s="15" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.15602</v>
       </c>
       <c r="L12" s="15">
         <v>0.14041</v>
       </c>
       <c r="M12" s="15">
         <v>0.13001</v>
       </c>
       <c r="N12" s="15">
-        <v>4500</v>
+        <v>3750</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="D13" s="15" t="s">
+      <c r="E13" s="15" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.09791999999999999</v>
       </c>
       <c r="L13" s="15">
         <v>0.08813</v>
       </c>
       <c r="M13" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="N13" s="15">
-        <v>2175</v>
+        <v>2075</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D14" s="15" t="s">
+      <c r="E14" s="15" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.08397</v>
       </c>
       <c r="L14" s="15">
         <v>0.07557</v>
       </c>
       <c r="M14" s="15">
         <v>0.06998</v>
       </c>
       <c r="N14" s="15">
-        <v>42500</v>
-[...2 lines deleted...]
-      <c r="P14" s="15"/>
+        <v>12200</v>
+      </c>
+      <c r="O14" s="15">
+        <v>6100</v>
+      </c>
+      <c r="P14" s="15" t="s">
+        <v>52</v>
+      </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.12629</v>
       </c>
       <c r="L15" s="15">
         <v>0.11366</v>
       </c>
       <c r="M15" s="15">
         <v>0.10524</v>
       </c>
-      <c r="N15" s="15">
-[...3 lines deleted...]
-      <c r="P15" s="15"/>
+      <c r="N15" s="15"/>
+      <c r="O15" s="15">
+        <v>37800</v>
+      </c>
+      <c r="P15" s="15" t="s">
+        <v>52</v>
+      </c>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.22209</v>
       </c>
       <c r="L16" s="15">
         <v>0.19248</v>
       </c>
       <c r="M16" s="15">
         <v>0.18508</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15">
-        <v>3401</v>
-[...3 lines deleted...]
-      </c>
+        <v>4100</v>
+      </c>
+      <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.09506000000000001</v>
       </c>
       <c r="L17" s="15">
         <v>0.08555</v>
       </c>
       <c r="M17" s="15">
         <v>0.07921</v>
       </c>
       <c r="N17" s="15">
-        <v>42750</v>
+        <v>37050</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.14274</v>
       </c>
       <c r="L18" s="15">
         <v>0.12847</v>
       </c>
       <c r="M18" s="15">
         <v>0.11895</v>
       </c>
       <c r="N18" s="15">
-        <v>27450</v>
+        <v>27000</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.158</v>
       </c>
       <c r="L19" s="15">
         <v>0.1422</v>
       </c>
       <c r="M19" s="15">
         <v>0.13166</v>
       </c>
       <c r="N19" s="15">
-        <v>6450</v>
+        <v>5475</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="15">
         <v>400</v>
       </c>
       <c r="K20" s="15">
         <v>0.12714</v>
       </c>
       <c r="L20" s="15">
         <v>0.11443</v>
       </c>
       <c r="M20" s="15">
         <v>0.10595</v>
       </c>
       <c r="N20" s="15">
-        <v>3750</v>
+        <v>3950</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.05505</v>
       </c>
       <c r="L21" s="15">
         <v>0.04771</v>
       </c>
       <c r="M21" s="15">
         <v>0.04588</v>
       </c>
       <c r="N21" s="15">
-        <v>7900</v>
+        <v>6900</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>84</v>
       </c>
       <c r="J22" s="15">
         <v>800</v>
       </c>
       <c r="K22" s="15">
         <v>0.08488999999999999</v>
       </c>
       <c r="L22" s="15">
         <v>0.0764</v>
       </c>
       <c r="M22" s="15">
         <v>0.07074</v>
       </c>
       <c r="N22" s="15">
-        <v>15575</v>
+        <v>13300</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.06422</v>
       </c>
       <c r="L23" s="15">
         <v>0.05779</v>
       </c>
       <c r="M23" s="15">
         <v>0.05351</v>
       </c>
       <c r="N23" s="15">
-        <v>355</v>
+        <v>390</v>
       </c>
       <c r="O23" s="15">
-        <v>10650</v>
-[...3 lines deleted...]
-      </c>
+        <v>11700</v>
+      </c>
+      <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15">
         <v>400</v>
       </c>
       <c r="K24" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="L24" s="15">
         <v>0.08352999999999999</v>
       </c>
       <c r="M24" s="15">
         <v>0.08031000000000001</v>
       </c>
       <c r="N24" s="15">
-        <v>22950</v>
+        <v>21930</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.06491</v>
       </c>
       <c r="L25" s="15">
         <v>0.05625</v>
       </c>
       <c r="M25" s="15">
         <v>0.05409</v>
       </c>
       <c r="N25" s="15">
-        <v>24000</v>
+        <v>25125</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>100</v>
       </c>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.08858000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.07677</v>
       </c>
       <c r="M26" s="15">
         <v>0.07381</v>
       </c>
       <c r="N26" s="15">
-        <v>8710</v>
+        <v>11310</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>104</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.08498</v>
       </c>
       <c r="L27" s="15">
         <v>0.07648000000000001</v>
       </c>
       <c r="M27" s="15">
         <v>0.07081</v>
       </c>
       <c r="N27" s="15">
-        <v>1525</v>
+        <v>1500</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.1272</v>
       </c>
       <c r="L28" s="15">
         <v>0.11448</v>
       </c>
       <c r="M28" s="15">
         <v>0.106</v>
       </c>
       <c r="N28" s="15">
-        <v>5250</v>
+        <v>4500</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>112</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.11802</v>
       </c>
       <c r="L29" s="15">
         <v>0.10622</v>
       </c>
       <c r="M29" s="15">
         <v>0.09835000000000001</v>
       </c>
       <c r="N29" s="15">
-        <v>988</v>
+        <v>900</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.06680999999999999</v>
       </c>
       <c r="L30" s="15">
         <v>0.0579</v>
       </c>
       <c r="M30" s="15">
         <v>0.05568</v>
       </c>
       <c r="N30" s="15">
-        <v>42500</v>
+        <v>33000</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J31" s="15">
         <v>500</v>
       </c>
       <c r="K31" s="15">
         <v>0.1031</v>
       </c>
       <c r="L31" s="15">
         <v>0.09279</v>
       </c>
       <c r="M31" s="15">
         <v>0.08591</v>
       </c>
       <c r="N31" s="15">
-        <v>1920</v>
-[...2 lines deleted...]
-      <c r="P31" s="15"/>
+        <v>2208</v>
+      </c>
+      <c r="O31" s="15">
+        <v>2070</v>
+      </c>
+      <c r="P31" s="15" t="s">
+        <v>121</v>
+      </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
         <v>0.15384</v>
       </c>
       <c r="L32" s="15">
         <v>0.13846</v>
       </c>
       <c r="M32" s="15">
         <v>0.1282</v>
       </c>
       <c r="N32" s="15">
-        <v>9375</v>
+        <v>11250</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J33" s="15">
         <v>250</v>
       </c>
       <c r="K33" s="15">
         <v>0.16931</v>
       </c>
       <c r="L33" s="15">
         <v>0.14673</v>
       </c>
       <c r="M33" s="15">
         <v>0.14109</v>
       </c>
       <c r="N33" s="15">
-        <v>3188</v>
+        <v>2363</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.12872</v>
       </c>
       <c r="L34" s="15">
         <v>0.11584</v>
       </c>
       <c r="M34" s="15">
         <v>0.10726</v>
       </c>
       <c r="N34" s="15">
-        <v>1013</v>
+        <v>1075</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J35" s="15">
         <v>400</v>
       </c>
       <c r="K35" s="15">
         <v>0.13277</v>
       </c>
       <c r="L35" s="15">
         <v>0.11506</v>
       </c>
       <c r="M35" s="15">
         <v>0.11064</v>
       </c>
       <c r="N35" s="15">
-        <v>23361</v>
+        <v>23691</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>250</v>
       </c>
       <c r="K36" s="15">
         <v>0.20045</v>
       </c>
       <c r="L36" s="15">
         <v>0.19452</v>
       </c>
       <c r="M36" s="15">
         <v>0.1874</v>
       </c>
       <c r="N36" s="15">
         <v>1</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="J37" s="15">
         <v>250</v>
       </c>
       <c r="K37" s="15">
         <v>0.19911</v>
       </c>
       <c r="L37" s="15">
         <v>0.17256</v>
       </c>
       <c r="M37" s="15">
         <v>0.16593</v>
       </c>
       <c r="N37" s="15">
-        <v>10743</v>
+        <v>10374</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>250</v>
       </c>
       <c r="K38" s="15">
         <v>0.22779</v>
       </c>
       <c r="L38" s="15">
         <v>0.19742</v>
       </c>
       <c r="M38" s="15">
         <v>0.18983</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15">
         <v>3000</v>
       </c>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>925</v>
       </c>
       <c r="K39" s="15">
         <v>0.267</v>
       </c>
       <c r="L39" s="15">
         <v>0.2314</v>
       </c>
       <c r="M39" s="15">
         <v>0.2225</v>
       </c>
       <c r="N39" s="15">
-        <v>1610</v>
+        <v>1332</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E40" s="15">
         <v>10080051666</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.05256</v>
       </c>
       <c r="L40" s="15">
         <v>0.03769</v>
       </c>
       <c r="M40" s="15">
         <v>0.03272</v>
       </c>
       <c r="N40" s="15">
-        <v>359</v>
+        <v>254</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E41" s="15">
         <v>10080032464</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>800</v>
       </c>
       <c r="K41" s="15">
         <v>0.11397</v>
       </c>
       <c r="L41" s="15">
         <v>0.09877</v>
       </c>
       <c r="M41" s="15">
         <v>0.09497999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>412</v>
+        <v>363</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E42" s="15">
         <v>10080010569</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>350</v>
       </c>
       <c r="K42" s="15">
         <v>0.25488</v>
       </c>
       <c r="L42" s="15">
         <v>0.2209</v>
       </c>
       <c r="M42" s="15">
         <v>0.2124</v>
       </c>
       <c r="N42" s="15">
         <v>3</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J43" s="15">
         <v>350</v>
       </c>
       <c r="K43" s="15">
         <v>0.23913</v>
       </c>
       <c r="L43" s="15">
         <v>0.20725</v>
       </c>
       <c r="M43" s="15">
         <v>0.19928</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J44" s="15">
         <v>625</v>
       </c>
       <c r="K44" s="15">
         <v>0.43743</v>
       </c>
       <c r="L44" s="15">
         <v>0.37911</v>
       </c>
       <c r="M44" s="15">
         <v>0.36453</v>
       </c>
       <c r="N44" s="15">
         <v>482</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>1.05</v>
       </c>
       <c r="L45" s="15">
         <v>1.05</v>
       </c>
       <c r="M45" s="15">
         <v>1.05</v>
       </c>
       <c r="N45" s="15">
         <v>1</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E46" s="15">
         <v>10080012387</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>135</v>
       </c>
       <c r="K46" s="15">
         <v>1.4</v>
       </c>
       <c r="L46" s="15">
         <v>1.4</v>
       </c>
       <c r="M46" s="15">
         <v>1.4</v>
       </c>
       <c r="N46" s="15">
-        <v>1008</v>
+        <v>981</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.61137</v>
       </c>
       <c r="L47" s="15">
         <v>0.52985</v>
       </c>
       <c r="M47" s="15">
         <v>0.50948</v>
       </c>
       <c r="N47" s="15">
-        <v>667</v>
+        <v>817</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1200</v>
       </c>
       <c r="K48" s="15">
         <v>0.27932</v>
       </c>
       <c r="L48" s="15">
         <v>0.13973</v>
       </c>
       <c r="M48" s="15">
         <v>0.12703</v>
       </c>
       <c r="N48" s="15">
         <v>20</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1200</v>
       </c>
       <c r="K49" s="15">
         <v>0.41987</v>
       </c>
       <c r="L49" s="15">
         <v>0.20994</v>
       </c>
       <c r="M49" s="15">
         <v>0.19085</v>
       </c>
       <c r="N49" s="15">
         <v>10</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="J50" s="15">
         <v>500</v>
       </c>
       <c r="K50" s="15">
         <v>0.13769</v>
       </c>
       <c r="L50" s="15">
         <v>0.11933</v>
       </c>
       <c r="M50" s="15">
         <v>0.11474</v>
       </c>
-      <c r="N50" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N50" s="15">
+        <v>2475</v>
+      </c>
+      <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J51" s="15">
         <v>300</v>
       </c>
       <c r="K51" s="15">
         <v>0.19902</v>
       </c>
       <c r="L51" s="15">
         <v>0.17248</v>
       </c>
       <c r="M51" s="15">
         <v>0.16585</v>
       </c>
       <c r="N51" s="15">
-        <v>789</v>
+        <v>761</v>
       </c>
       <c r="O51" s="15">
-        <v>1764</v>
-[...3 lines deleted...]
-      </c>
+        <v>1701</v>
+      </c>
+      <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>191</v>
       </c>
       <c r="J52" s="15">
         <v>500</v>
       </c>
       <c r="K52" s="15">
         <v>0.07545</v>
       </c>
       <c r="L52" s="15">
         <v>0.06539</v>
       </c>
       <c r="M52" s="15">
         <v>0.06288000000000001</v>
       </c>
       <c r="N52" s="15">
-        <v>32341</v>
+        <v>36680</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>300</v>
       </c>
       <c r="K53" s="15">
         <v>0.065</v>
       </c>
       <c r="L53" s="15">
         <v>0.065</v>
       </c>
       <c r="M53" s="15">
         <v>0.065</v>
       </c>
       <c r="N53" s="15">
-        <v>1299</v>
+        <v>1055</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>198</v>
       </c>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
         <v>0.11342</v>
       </c>
       <c r="L54" s="15">
         <v>0.09829</v>
       </c>
       <c r="M54" s="15">
         <v>0.09451</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>7200</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E55" s="15">
         <v>10000007176</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>201</v>
       </c>
       <c r="J55" s="15">
         <v>300</v>
       </c>
       <c r="K55" s="15">
         <v>0.22473</v>
       </c>
       <c r="L55" s="15">
         <v>0.14982</v>
       </c>
       <c r="M55" s="15">
         <v>0.13577</v>
       </c>
       <c r="N55" s="15">
-        <v>14330</v>
+        <v>9408</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>204</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>205</v>
       </c>
       <c r="J56" s="15">
         <v>300</v>
       </c>
       <c r="K56" s="15">
         <v>0.09497999999999999</v>
       </c>
       <c r="L56" s="15">
         <v>0.08232</v>
       </c>
       <c r="M56" s="15">
         <v>0.07915</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>206</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>208</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>300</v>
       </c>
       <c r="K57" s="15">
         <v>0.105</v>
       </c>
       <c r="L57" s="15">
         <v>0.105</v>
       </c>
       <c r="M57" s="15">
         <v>0.105</v>
       </c>
       <c r="N57" s="15">
         <v>10</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>209</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>211</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>212</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.13343</v>
       </c>
       <c r="L58" s="15">
         <v>0.11564</v>
       </c>
       <c r="M58" s="15">
         <v>0.11119</v>
       </c>
       <c r="N58" s="15">
-        <v>1452</v>
+        <v>1710</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E59" s="15">
         <v>10080012196</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>300</v>
       </c>
       <c r="K59" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="L59" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M59" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="N59" s="15">
-        <v>2707</v>
+        <v>2953</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>217</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>218</v>
       </c>
       <c r="J60" s="15">
         <v>300</v>
       </c>
       <c r="K60" s="15">
         <v>0.14193</v>
       </c>
       <c r="L60" s="15">
         <v>0.12301</v>
       </c>
       <c r="M60" s="15">
         <v>0.11828</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>222</v>
       </c>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.10166</v>
       </c>
       <c r="L61" s="15">
         <v>0.0881</v>
       </c>
       <c r="M61" s="15">
         <v>0.08470999999999999</v>
       </c>
       <c r="N61" s="15">
-        <v>11817</v>
+        <v>14212</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>223</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>225</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>226</v>
       </c>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.14049</v>
       </c>
       <c r="L62" s="15">
         <v>0.12176</v>
       </c>
       <c r="M62" s="15">
         <v>0.11708</v>
       </c>
       <c r="N62" s="15">
-        <v>1211</v>
-[...3 lines deleted...]
-      </c>
+        <v>17952</v>
+      </c>
+      <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
         <v>0.25775</v>
       </c>
       <c r="L63" s="15">
         <v>0.22338</v>
       </c>
       <c r="M63" s="15">
         <v>0.21479</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>230</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>231</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>232</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>590</v>
       </c>
       <c r="K64" s="15">
         <v>0.51549</v>
       </c>
       <c r="L64" s="15">
         <v>0.44676</v>
       </c>
       <c r="M64" s="15">
         <v>0.42958</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>1180</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.21</v>
       </c>
       <c r="L65" s="15">
         <v>0.21</v>
       </c>
       <c r="M65" s="15">
         <v>0.21</v>
       </c>
       <c r="N65" s="15">
-        <v>680</v>
+        <v>740</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15">
         <v>4000</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>239</v>
       </c>
       <c r="J66" s="15">
         <v>880</v>
       </c>
       <c r="K66" s="15">
         <v>0.25358</v>
       </c>
       <c r="L66" s="15">
         <v>0.21977</v>
       </c>
       <c r="M66" s="15">
         <v>0.21131</v>
       </c>
-      <c r="N66" s="15"/>
+      <c r="N66" s="15">
+        <v>533</v>
+      </c>
       <c r="O66" s="15">
-        <v>12549</v>
-[...3 lines deleted...]
-      </c>
+        <v>16023</v>
+      </c>
+      <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E67" s="15">
         <v>10080014747</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>0.38583</v>
       </c>
       <c r="L67" s="15">
         <v>0.33439</v>
       </c>
       <c r="M67" s="15">
         <v>0.32153</v>
       </c>
       <c r="N67" s="15">
         <v>20</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>245</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.39039</v>
       </c>
       <c r="L68" s="15">
         <v>0.33834</v>
       </c>
       <c r="M68" s="15">
         <v>0.32533</v>
       </c>
-      <c r="N68" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N68" s="15">
+        <v>3397</v>
+      </c>
+      <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.33722</v>
       </c>
       <c r="L69" s="15">
         <v>0.22908</v>
       </c>
       <c r="M69" s="15">
         <v>0.20815</v>
       </c>
       <c r="N69" s="15">
         <v>32</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15"/>
       <c r="K70" s="15">
         <v>0.45937</v>
       </c>
       <c r="L70" s="15">
         <v>0.22962</v>
       </c>
       <c r="M70" s="15">
         <v>0.20876</v>
       </c>
       <c r="N70" s="15">
         <v>2</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>254</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>255</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.18</v>
       </c>
       <c r="L71" s="15">
         <v>0.18</v>
       </c>
       <c r="M71" s="15">
         <v>0.18</v>
       </c>
       <c r="N71" s="15">
         <v>6</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>256</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>400</v>
       </c>
       <c r="K72" s="15">
         <v>0.18497</v>
       </c>
       <c r="L72" s="15">
         <v>0.16647</v>
       </c>
       <c r="M72" s="15">
         <v>0.15414</v>
       </c>
       <c r="N72" s="15">
-        <v>240</v>
+        <v>180</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>300</v>
       </c>
       <c r="K73" s="15">
         <v>0.23534</v>
       </c>
       <c r="L73" s="15">
         <v>0.20396</v>
       </c>
       <c r="M73" s="15">
         <v>0.19611</v>
       </c>
       <c r="N73" s="15">
         <v>1</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>300</v>
       </c>
       <c r="K74" s="15">
         <v>0.26655</v>
       </c>
       <c r="L74" s="15">
         <v>0.23101</v>
       </c>
       <c r="M74" s="15">
         <v>0.22213</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E75" s="15">
         <v>10080011831</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>200</v>
       </c>
       <c r="K75" s="15">
         <v>0.34203</v>
       </c>
       <c r="L75" s="15">
         <v>0.29643</v>
       </c>
       <c r="M75" s="15">
         <v>0.28503</v>
       </c>
       <c r="N75" s="15">
         <v>2</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>267</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>200</v>
       </c>
       <c r="K76" s="15">
         <v>0.3558</v>
       </c>
       <c r="L76" s="15">
         <v>0.30836</v>
       </c>
       <c r="M76" s="15">
         <v>0.2965</v>
       </c>
       <c r="N76" s="15">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>271</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>272</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
         <v>1.05</v>
       </c>
       <c r="L77" s="15">
         <v>1.05</v>
       </c>
       <c r="M77" s="15">
         <v>1.05</v>
       </c>
       <c r="N77" s="15">
         <v>1</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>274</v>
       </c>
       <c r="E78" s="15">
         <v>10080012197</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>275</v>
       </c>
       <c r="J78" s="15">
         <v>500</v>
       </c>
       <c r="K78" s="15">
         <v>0.11811</v>
       </c>
       <c r="L78" s="15">
         <v>0.10236</v>
       </c>
       <c r="M78" s="15">
         <v>0.09843</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>276</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>278</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>279</v>
       </c>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
         <v>0.11208</v>
       </c>
       <c r="L79" s="15">
         <v>0.09714</v>
       </c>
       <c r="M79" s="15">
         <v>0.0934</v>
       </c>
       <c r="N79" s="15">
-        <v>47960</v>
+        <v>40771</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>280</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E80" s="15">
         <v>10080035440</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.45386</v>
       </c>
       <c r="L80" s="15">
         <v>0.24112</v>
       </c>
       <c r="M80" s="15">
         <v>0.20565</v>
       </c>
       <c r="N80" s="15">
         <v>13</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E81" s="15">
         <v>10080002273</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>200</v>
       </c>
       <c r="K81" s="15">
         <v>0.22101</v>
       </c>
       <c r="L81" s="15">
         <v>0.19154</v>
       </c>
       <c r="M81" s="15">
         <v>0.18418</v>
       </c>
       <c r="N81" s="15">
         <v>94</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>284</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>285</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>286</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I82" s="15" t="s">
         <v>287</v>
       </c>
       <c r="J82" s="15">
         <v>200</v>
       </c>
       <c r="K82" s="15">
         <v>0.32359</v>
       </c>
       <c r="L82" s="15">
         <v>0.23114</v>
       </c>
       <c r="M82" s="15">
         <v>0.20803</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>288</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>289</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>290</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I83" s="15" t="s">
         <v>291</v>
       </c>
       <c r="J83" s="15">
         <v>200</v>
       </c>
       <c r="K83" s="15">
         <v>0.16175</v>
       </c>
       <c r="L83" s="15">
         <v>0.14018</v>
       </c>
       <c r="M83" s="15">
         <v>0.13479</v>
       </c>
       <c r="N83" s="15">
-        <v>123268</v>
+        <v>133115</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E84" s="15">
         <v>10080035443</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>400</v>
       </c>
       <c r="K84" s="15">
         <v>0.69999</v>
       </c>
       <c r="L84" s="15">
         <v>0.37187</v>
       </c>
       <c r="M84" s="15">
         <v>0.31718</v>
       </c>
       <c r="N84" s="15">
         <v>15</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>294</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>295</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>296</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>297</v>
       </c>
       <c r="J85" s="15">
         <v>350</v>
       </c>
       <c r="K85" s="15">
         <v>0.13743</v>
       </c>
       <c r="L85" s="15">
         <v>0.11911</v>
       </c>
       <c r="M85" s="15">
         <v>0.11453</v>
       </c>
       <c r="N85" s="15">
-        <v>13788</v>
+        <v>13022</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E86" s="15">
         <v>10080012199</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.115</v>
       </c>
       <c r="L86" s="15">
         <v>0.115</v>
       </c>
       <c r="M86" s="15">
         <v>0.115</v>
       </c>
       <c r="N86" s="15">
-        <v>6957</v>
+        <v>6777</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>300</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I87" s="15" t="s">
         <v>303</v>
       </c>
       <c r="J87" s="15">
         <v>200</v>
       </c>
       <c r="K87" s="15">
         <v>0.20258</v>
       </c>
       <c r="L87" s="15">
         <v>0.17557</v>
       </c>
       <c r="M87" s="15">
         <v>0.16881</v>
       </c>
       <c r="N87" s="15">
-        <v>1883</v>
+        <v>1582</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>304</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>307</v>
       </c>
       <c r="J88" s="15">
         <v>200</v>
       </c>
       <c r="K88" s="15">
         <v>0.14238</v>
       </c>
       <c r="L88" s="15">
         <v>0.1234</v>
       </c>
       <c r="M88" s="15">
         <v>0.11865</v>
       </c>
       <c r="N88" s="15">
-        <v>21936</v>
+        <v>21335</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>308</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>309</v>
       </c>
       <c r="E89" s="15">
         <v>10080012201</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>200</v>
       </c>
       <c r="K89" s="15">
         <v>0.50101</v>
       </c>
       <c r="L89" s="15">
         <v>0.334</v>
       </c>
       <c r="M89" s="15">
         <v>0.30364</v>
       </c>
       <c r="N89" s="15">
         <v>1</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>310</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>312</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>313</v>
       </c>
       <c r="J90" s="15">
         <v>200</v>
       </c>
       <c r="K90" s="15">
         <v>0.22284</v>
       </c>
       <c r="L90" s="15">
         <v>0.19313</v>
       </c>
       <c r="M90" s="15">
         <v>0.1857</v>
       </c>
-      <c r="N90" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>315</v>
       </c>
       <c r="E91" s="15">
         <v>10080011951</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>825</v>
       </c>
       <c r="K91" s="15">
         <v>0.61783</v>
       </c>
       <c r="L91" s="15">
         <v>0.33302</v>
       </c>
       <c r="M91" s="15">
         <v>0.2892</v>
       </c>
       <c r="N91" s="15">
         <v>3</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I92" s="15" t="s">
         <v>319</v>
       </c>
       <c r="J92" s="15">
         <v>200</v>
       </c>
       <c r="K92" s="15">
         <v>0.19092</v>
       </c>
       <c r="L92" s="15">
         <v>0.16546</v>
       </c>
       <c r="M92" s="15">
         <v>0.1591</v>
       </c>
       <c r="N92" s="15">
-        <v>22989</v>
+        <v>26190</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>320</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>321</v>
       </c>
       <c r="E93" s="15">
         <v>10080015039</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>200</v>
       </c>
       <c r="K93" s="15">
         <v>0.19</v>
       </c>
       <c r="L93" s="15">
         <v>0.19</v>
       </c>
       <c r="M93" s="15">
         <v>0.19</v>
       </c>
       <c r="N93" s="15">
-        <v>20211</v>
+        <v>19444</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>325</v>
       </c>
       <c r="J94" s="15">
         <v>200</v>
       </c>
       <c r="K94" s="15">
         <v>0.21288</v>
       </c>
       <c r="L94" s="15">
         <v>0.1845</v>
       </c>
       <c r="M94" s="15">
         <v>0.1774</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D95" s="15"/>
       <c r="E95" s="15">
         <v>10080009931</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>327</v>
       </c>
       <c r="J95" s="15">
         <v>200</v>
       </c>
       <c r="K95" s="15">
         <v>0.1503</v>
       </c>
       <c r="L95" s="15">
         <v>0.13026</v>
       </c>
       <c r="M95" s="15">
         <v>0.12525</v>
       </c>
       <c r="N95" s="15">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>331</v>
       </c>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.1656</v>
       </c>
       <c r="L96" s="15">
         <v>0.14352</v>
       </c>
       <c r="M96" s="15">
         <v>0.138</v>
       </c>
       <c r="N96" s="15">
-        <v>7965</v>
+        <v>6078</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>332</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>333</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>334</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>335</v>
       </c>
       <c r="J97" s="15">
         <v>200</v>
       </c>
       <c r="K97" s="15">
         <v>0.49008</v>
       </c>
       <c r="L97" s="15">
         <v>0.34192</v>
       </c>
       <c r="M97" s="15">
         <v>0.30773</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>336</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>337</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>338</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>339</v>
       </c>
       <c r="J98" s="15">
         <v>200</v>
       </c>
       <c r="K98" s="15">
         <v>0.2259</v>
       </c>
       <c r="L98" s="15">
         <v>0.20331</v>
       </c>
       <c r="M98" s="15">
         <v>0.18825</v>
       </c>
       <c r="N98" s="15">
-        <v>19226</v>
+        <v>19940</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>340</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>330</v>
       </c>
       <c r="K99" s="15">
         <v>0.39464</v>
       </c>
       <c r="L99" s="15">
         <v>0.35517</v>
       </c>
       <c r="M99" s="15">
         <v>0.32886</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D100" s="15"/>
       <c r="E100" s="15">
         <v>10080045850</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>240</v>
       </c>
       <c r="K100" s="15">
         <v>0.61659</v>
       </c>
       <c r="L100" s="15">
         <v>0.53438</v>
       </c>
       <c r="M100" s="15">
         <v>0.51383</v>
       </c>
       <c r="N100" s="15">
-        <v>2985</v>
+        <v>3543</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>344</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>345</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>346</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>240</v>
       </c>
       <c r="K101" s="15">
         <v>0.51348</v>
       </c>
       <c r="L101" s="15">
         <v>0.44502</v>
       </c>
       <c r="M101" s="15">
         <v>0.4279</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>347</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>348</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>349</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I102" s="15" t="s">
         <v>350</v>
       </c>
       <c r="J102" s="15">
         <v>600</v>
       </c>
       <c r="K102" s="15">
         <v>0.38113</v>
       </c>
       <c r="L102" s="15">
         <v>0.31966</v>
       </c>
       <c r="M102" s="15">
         <v>0.30736</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>351</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>352</v>
       </c>
       <c r="E103" s="15">
         <v>10080035446</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>400</v>
       </c>
       <c r="K103" s="15">
         <v>0.33062</v>
       </c>
       <c r="L103" s="15">
         <v>0.28653</v>
       </c>
       <c r="M103" s="15">
         <v>0.27551</v>
       </c>
       <c r="N103" s="15">
         <v>4</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>353</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>354</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>355</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>356</v>
       </c>
       <c r="J104" s="15">
         <v>400</v>
       </c>
       <c r="K104" s="15">
         <v>0.63612</v>
       </c>
       <c r="L104" s="15">
         <v>0.53352</v>
       </c>
       <c r="M104" s="15">
         <v>0.513</v>
       </c>
       <c r="N104" s="15">
         <v>28</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>357</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>358</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>359</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
         <v>0.42</v>
       </c>
       <c r="L105" s="15">
         <v>0.42</v>
       </c>
       <c r="M105" s="15">
         <v>0.42</v>
       </c>
       <c r="N105" s="15">
-        <v>6691</v>
+        <v>6297</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>2000</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>360</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>361</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>362</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.56477</v>
       </c>
       <c r="L106" s="15">
         <v>0.48946</v>
       </c>
       <c r="M106" s="15">
         <v>0.47064</v>
       </c>
       <c r="N106" s="15">
-        <v>691</v>
+        <v>886</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15">
         <v>2000</v>
       </c>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>363</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>364</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>365</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>100</v>
       </c>
       <c r="K107" s="15">
         <v>0.6480900000000001</v>
       </c>
       <c r="L107" s="15">
         <v>0.56168</v>
       </c>
       <c r="M107" s="15">
         <v>0.54008</v>
       </c>
       <c r="N107" s="15">
-        <v>1309</v>
+        <v>955</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15">
         <v>2000</v>
       </c>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>366</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>367</v>
       </c>
       <c r="E108" s="15">
         <v>10080033478</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>200</v>
       </c>
       <c r="K108" s="15">
         <v>0.29521</v>
       </c>
       <c r="L108" s="15">
         <v>0.14754</v>
       </c>
       <c r="M108" s="15">
         <v>0.13415</v>
       </c>
       <c r="N108" s="15">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>368</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>369</v>
       </c>
       <c r="E109" s="15">
         <v>10080033479</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
         <v>0.115</v>
       </c>
       <c r="L109" s="15">
         <v>0.115</v>
       </c>
       <c r="M109" s="15">
         <v>0.115</v>
       </c>
       <c r="N109" s="15">
-        <v>870</v>
+        <v>740</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E110" s="15">
         <v>10080033474</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>0.065</v>
       </c>
       <c r="L110" s="15">
         <v>0.065</v>
       </c>
       <c r="M110" s="15">
         <v>0.065</v>
       </c>
       <c r="N110" s="15">
-        <v>602</v>
+        <v>786</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>372</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>373</v>
       </c>
       <c r="E111" s="15">
         <v>10080033475</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
         <v>0.105</v>
       </c>
       <c r="L111" s="15">
         <v>0.105</v>
       </c>
       <c r="M111" s="15">
         <v>0.105</v>
       </c>
       <c r="N111" s="15">
-        <v>740</v>
+        <v>630</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>374</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>375</v>
       </c>
       <c r="E112" s="15">
         <v>10080033476</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>0.065</v>
       </c>
       <c r="L112" s="15">
         <v>0.065</v>
       </c>
       <c r="M112" s="15">
         <v>0.065</v>
       </c>
       <c r="N112" s="15">
-        <v>754</v>
+        <v>605</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>376</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>377</v>
       </c>
       <c r="E113" s="15">
         <v>10080012202</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>600</v>
       </c>
       <c r="K113" s="15">
         <v>0.19831</v>
       </c>
       <c r="L113" s="15">
         <v>0.13225</v>
       </c>
       <c r="M113" s="15">
         <v>0.12016</v>
       </c>
       <c r="N113" s="15">
-        <v>592</v>
+        <v>442</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>378</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>379</v>
       </c>
       <c r="E114" s="15">
         <v>10080007678</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>380</v>
       </c>
       <c r="J114" s="15">
         <v>200</v>
       </c>
       <c r="K114" s="15">
         <v>0.08114</v>
       </c>
       <c r="L114" s="15">
         <v>0.07031999999999999</v>
       </c>
       <c r="M114" s="15">
         <v>0.06761</v>
       </c>
       <c r="N114" s="15">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>381</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>382</v>
       </c>
       <c r="E115" s="15">
         <v>10080012203</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1</v>
       </c>
       <c r="K115" s="15">
         <v>0.29438</v>
       </c>
       <c r="L115" s="15">
         <v>0.1963</v>
       </c>
       <c r="M115" s="15">
         <v>0.17839</v>
       </c>
       <c r="N115" s="15">
-        <v>898</v>
+        <v>933</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>383</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>384</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>385</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I116" s="15" t="s">
         <v>386</v>
       </c>
       <c r="J116" s="15">
         <v>1</v>
       </c>
       <c r="K116" s="15">
         <v>0.34789</v>
       </c>
       <c r="L116" s="15">
         <v>0.17388</v>
       </c>
       <c r="M116" s="15">
         <v>0.15811</v>
       </c>
       <c r="N116" s="15">
         <v>4</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>387</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>388</v>
       </c>
       <c r="E117" s="15">
         <v>10080015072</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.12</v>
       </c>
       <c r="L117" s="15">
         <v>0.12</v>
       </c>
       <c r="M117" s="15">
         <v>0.12</v>
       </c>
       <c r="N117" s="15">
-        <v>1966</v>
+        <v>1680</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>389</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>390</v>
       </c>
       <c r="E118" s="15">
         <v>10080015073</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>400</v>
       </c>
       <c r="K118" s="15">
         <v>0.18</v>
       </c>
       <c r="L118" s="15">
         <v>0.18</v>
       </c>
       <c r="M118" s="15">
         <v>0.18</v>
       </c>
       <c r="N118" s="15">
-        <v>7237</v>
+        <v>7593</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>391</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>392</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>393</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>250</v>
       </c>
       <c r="K119" s="15">
         <v>0.25347</v>
       </c>
       <c r="L119" s="15">
         <v>0.21967</v>
       </c>
       <c r="M119" s="15">
         <v>0.21123</v>
       </c>
       <c r="N119" s="15">
         <v>42</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>395</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>396</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>1</v>
       </c>
       <c r="K120" s="15">
         <v>0.88801</v>
       </c>
       <c r="L120" s="15">
         <v>0.44407</v>
       </c>
       <c r="M120" s="15">
         <v>0.40364</v>
       </c>
       <c r="N120" s="15">
         <v>2</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>397</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>398</v>
       </c>
       <c r="E121" s="15">
         <v>10080014937</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>50</v>
       </c>
       <c r="K121" s="15">
         <v>0.21128</v>
       </c>
       <c r="L121" s="15">
         <v>0.18311</v>
       </c>
       <c r="M121" s="15">
         <v>0.17606</v>
       </c>
       <c r="N121" s="15">
-        <v>225</v>
+        <v>195</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>399</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>400</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>401</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>100</v>
       </c>
       <c r="K122" s="15">
         <v>1.19</v>
       </c>
       <c r="L122" s="15">
         <v>1.03</v>
       </c>
       <c r="M122" s="15">
         <v>0.99264</v>
       </c>
       <c r="N122" s="15">
         <v>10</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15">
         <v>1200</v>
       </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>402</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>403</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>404</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>100</v>
       </c>
       <c r="K123" s="15">
         <v>0.67526</v>
       </c>
       <c r="L123" s="15">
         <v>0.58522</v>
       </c>
       <c r="M123" s="15">
         <v>0.56271</v>
       </c>
       <c r="N123" s="15">
-        <v>2119</v>
+        <v>1940</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>405</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>406</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>407</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>1.04</v>
       </c>
       <c r="L124" s="15">
         <v>0.90367</v>
       </c>
       <c r="M124" s="15">
         <v>0.86891</v>
       </c>
       <c r="N124" s="15">
-        <v>430</v>
+        <v>315</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>408</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>409</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>410</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>200</v>
       </c>
       <c r="K125" s="15">
         <v>0.56762</v>
       </c>
       <c r="L125" s="15">
         <v>0.49193</v>
       </c>
       <c r="M125" s="15">
         <v>0.47301</v>
       </c>
       <c r="N125" s="15"/>
-      <c r="O125" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15">
         <v>2400</v>
       </c>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>411</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>412</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>413</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>100</v>
       </c>
       <c r="K126" s="15">
         <v>1.36</v>
       </c>
       <c r="L126" s="15">
         <v>1.18</v>
       </c>
       <c r="M126" s="15">
         <v>1.14</v>
       </c>
       <c r="N126" s="15">
-        <v>820</v>
+        <v>750</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
         <v>1200</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>414</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>415</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>416</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>100</v>
       </c>
       <c r="K127" s="15">
         <v>3.41</v>
       </c>
       <c r="L127" s="15">
         <v>2.95</v>
       </c>
       <c r="M127" s="15">
         <v>2.84</v>
       </c>
       <c r="N127" s="15">
         <v>100</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15">
         <v>400</v>
       </c>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>417</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>418</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>419</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>420</v>
       </c>
       <c r="J128" s="15">
         <v>300</v>
       </c>
       <c r="K128" s="15">
         <v>0.09143999999999999</v>
       </c>
       <c r="L128" s="15">
         <v>0.07925</v>
       </c>
       <c r="M128" s="15">
         <v>0.0762</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15">
         <v>7200</v>
       </c>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>421</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>422</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>423</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I129" s="15" t="s">
         <v>424</v>
       </c>
       <c r="J129" s="15">
         <v>300</v>
       </c>
       <c r="K129" s="15">
         <v>0.08778</v>
       </c>
       <c r="L129" s="15">
         <v>0.07607999999999999</v>
       </c>
       <c r="M129" s="15">
         <v>0.07315000000000001</v>
       </c>
       <c r="N129" s="15">
-        <v>8060</v>
+        <v>6078</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>425</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>426</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>427</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I130" s="15" t="s">
         <v>428</v>
       </c>
       <c r="J130" s="15">
         <v>600</v>
       </c>
       <c r="K130" s="15">
         <v>0.11172</v>
       </c>
       <c r="L130" s="15">
         <v>0.09682</v>
       </c>
       <c r="M130" s="15">
         <v>0.0931</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>429</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>430</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>431</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>432</v>
       </c>
       <c r="J131" s="15">
         <v>200</v>
       </c>
       <c r="K131" s="15">
         <v>0.06509</v>
       </c>
       <c r="L131" s="15">
         <v>0.06509</v>
       </c>
       <c r="M131" s="15">
         <v>0.06509</v>
       </c>
       <c r="N131" s="15">
-        <v>12000</v>
+        <v>18000</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>433</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>434</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>435</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I132" s="15" t="s">
         <v>436</v>
       </c>
       <c r="J132" s="15">
         <v>200</v>
       </c>
       <c r="K132" s="15">
         <v>0.13715</v>
       </c>
       <c r="L132" s="15">
         <v>0.11886</v>
       </c>
       <c r="M132" s="15">
         <v>0.11429</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15">
         <v>4800</v>
       </c>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>437</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>438</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>439</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I133" s="15" t="s">
         <v>440</v>
       </c>
       <c r="J133" s="15">
         <v>200</v>
       </c>
       <c r="K133" s="15">
         <v>0.12569</v>
       </c>
       <c r="L133" s="15">
         <v>0.10893</v>
       </c>
       <c r="M133" s="15">
         <v>0.10474</v>
       </c>
       <c r="N133" s="15">
-        <v>3967</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>441</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>442</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>443</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>200</v>
       </c>
       <c r="K134" s="15">
         <v>0.13854</v>
       </c>
       <c r="L134" s="15">
         <v>0.12469</v>
       </c>
       <c r="M134" s="15">
         <v>0.11545</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>444</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>445</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>446</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>1100</v>
       </c>
       <c r="K135" s="15">
         <v>0.23</v>
       </c>
       <c r="L135" s="15">
         <v>0.156</v>
       </c>
       <c r="M135" s="15">
         <v>0.14</v>
       </c>
       <c r="N135" s="15">
-        <v>25920</v>
+        <v>27720</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15">
         <v>2200</v>
       </c>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>447</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>448</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>449</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15"/>
       <c r="K136" s="15">
         <v>0.34766</v>
       </c>
       <c r="L136" s="15">
         <v>0.3013</v>
       </c>
       <c r="M136" s="15">
         <v>0.28971</v>
       </c>
       <c r="N136" s="15">
-        <v>443</v>
+        <v>515</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>450</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>451</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>452</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>550</v>
       </c>
       <c r="K137" s="15">
         <v>0.39065</v>
       </c>
       <c r="L137" s="15">
         <v>0.33856</v>
       </c>
       <c r="M137" s="15">
         <v>0.32554</v>
       </c>
       <c r="N137" s="15">
         <v>10</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15">
         <v>1100</v>
       </c>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>453</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>454</v>
       </c>
       <c r="E138" s="15">
         <v>10000006161</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I138" s="15" t="s">
         <v>455</v>
       </c>
       <c r="J138" s="15">
         <v>600</v>
       </c>
       <c r="K138" s="15">
         <v>0.18903</v>
       </c>
       <c r="L138" s="15">
         <v>0.13554</v>
       </c>
       <c r="M138" s="15">
         <v>0.1177</v>
       </c>
       <c r="N138" s="15">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>456</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>457</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>458</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I139" s="15" t="s">
         <v>459</v>
       </c>
       <c r="J139" s="15">
         <v>600</v>
       </c>
       <c r="K139" s="15">
         <v>0.13119</v>
       </c>
       <c r="L139" s="15">
         <v>0.1137</v>
       </c>
       <c r="M139" s="15">
         <v>0.10933</v>
       </c>
       <c r="N139" s="15">
-        <v>8101</v>
+        <v>5640</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>460</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>461</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>462</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I140" s="15" t="s">
         <v>463</v>
       </c>
       <c r="J140" s="15">
         <v>400</v>
       </c>
       <c r="K140" s="15">
         <v>0.18153</v>
       </c>
       <c r="L140" s="15">
         <v>0.15733</v>
       </c>
       <c r="M140" s="15">
         <v>0.15128</v>
       </c>
       <c r="N140" s="15">
-        <v>3438</v>
+        <v>2588</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>464</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>465</v>
       </c>
       <c r="E141" s="15">
         <v>10080008308</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
         <v>0.59244</v>
       </c>
       <c r="L141" s="15">
         <v>0.29628</v>
       </c>
       <c r="M141" s="15">
         <v>0.26935</v>
       </c>
       <c r="N141" s="15">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>466</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>467</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>468</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>469</v>
       </c>
       <c r="J142" s="15">
         <v>500</v>
       </c>
       <c r="K142" s="15">
         <v>0.08168</v>
       </c>
       <c r="L142" s="15">
         <v>0.07079000000000001</v>
       </c>
       <c r="M142" s="15">
         <v>0.06806</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>470</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>471</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>472</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I143" s="15" t="s">
         <v>473</v>
       </c>
       <c r="J143" s="15">
         <v>500</v>
       </c>
       <c r="K143" s="15">
         <v>0.1076</v>
       </c>
       <c r="L143" s="15">
         <v>0.0706</v>
       </c>
       <c r="M143" s="15">
         <v>0.063</v>
       </c>
       <c r="N143" s="15">
-        <v>56338</v>
-[...3 lines deleted...]
-      </c>
+        <v>43778</v>
+      </c>
+      <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>474</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>475</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>476</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>600</v>
       </c>
       <c r="K144" s="15">
         <v>0.08667</v>
       </c>
       <c r="L144" s="15">
         <v>0.07511</v>
       </c>
       <c r="M144" s="15">
         <v>0.07223</v>
       </c>
       <c r="N144" s="15"/>
       <c r="O144" s="15">
         <v>710</v>
       </c>
-      <c r="P144" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>477</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>478</v>
       </c>
-      <c r="D145" s="15" t="s">
+      <c r="E145" s="15" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="J145" s="15">
         <v>300</v>
       </c>
       <c r="K145" s="15">
         <v>0.11343</v>
       </c>
       <c r="L145" s="15">
         <v>0.09830999999999999</v>
       </c>
       <c r="M145" s="15">
         <v>0.09453</v>
       </c>
-      <c r="N145" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N145" s="15">
+        <v>18368</v>
+      </c>
+      <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>481</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>482</v>
       </c>
-      <c r="D146" s="15" t="s">
+      <c r="E146" s="15" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>300</v>
       </c>
       <c r="K146" s="15">
         <v>1.05</v>
       </c>
       <c r="L146" s="15">
         <v>1.05</v>
       </c>
       <c r="M146" s="15">
         <v>1.05</v>
       </c>
       <c r="N146" s="15">
         <v>1</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>485</v>
       </c>
-      <c r="D147" s="15" t="s">
+      <c r="E147" s="15" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J147" s="15">
         <v>2100</v>
       </c>
       <c r="K147" s="15">
         <v>0.21566</v>
       </c>
       <c r="L147" s="15">
         <v>0.15547</v>
       </c>
       <c r="M147" s="15">
         <v>0.13541</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>489</v>
       </c>
-      <c r="D148" s="15" t="s">
+      <c r="E148" s="15" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="J148" s="15">
         <v>500</v>
       </c>
       <c r="K148" s="15">
         <v>0.134</v>
       </c>
       <c r="L148" s="15">
         <v>0.08989999999999999</v>
       </c>
       <c r="M148" s="15">
         <v>0.08359999999999999</v>
       </c>
       <c r="N148" s="15">
-        <v>42647</v>
+        <v>42582</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>492</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>493</v>
       </c>
-      <c r="D149" s="15" t="s">
+      <c r="E149" s="15" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>500</v>
       </c>
       <c r="K149" s="15">
         <v>0.31858</v>
       </c>
       <c r="L149" s="15">
         <v>0.1593</v>
       </c>
       <c r="M149" s="15">
         <v>0.14482</v>
       </c>
       <c r="N149" s="15">
-        <v>395</v>
+        <v>482</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>495</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="E150" s="15">
         <v>10080001635</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I150" s="15" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="J150" s="15">
         <v>300</v>
       </c>
       <c r="K150" s="15">
         <v>0.28415</v>
       </c>
       <c r="L150" s="15">
         <v>0.15424</v>
       </c>
       <c r="M150" s="15">
         <v>0.13395</v>
       </c>
       <c r="N150" s="15">
         <v>10</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>498</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>499</v>
       </c>
-      <c r="D151" s="15" t="s">
+      <c r="E151" s="15" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="J151" s="15">
         <v>300</v>
       </c>
       <c r="K151" s="15">
         <v>0.12114</v>
       </c>
       <c r="L151" s="15">
         <v>0.10499</v>
       </c>
       <c r="M151" s="15">
         <v>0.10095</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>502</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>503</v>
       </c>
-      <c r="D152" s="15" t="s">
+      <c r="E152" s="15" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>1500</v>
       </c>
       <c r="K152" s="15">
         <v>0.1622</v>
       </c>
       <c r="L152" s="15">
         <v>0.14057</v>
       </c>
       <c r="M152" s="15">
         <v>0.13516</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15">
         <v>6000</v>
       </c>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>505</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>506</v>
       </c>
-      <c r="D153" s="15" t="s">
+      <c r="E153" s="15" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="J153" s="15">
         <v>200</v>
       </c>
       <c r="K153" s="15">
         <v>0.22992</v>
       </c>
       <c r="L153" s="15">
         <v>0.19926</v>
       </c>
       <c r="M153" s="15">
         <v>0.1916</v>
       </c>
       <c r="N153" s="15">
-        <v>1587</v>
+        <v>1449</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>510</v>
       </c>
-      <c r="D154" s="15" t="s">
+      <c r="E154" s="15" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="J154" s="15">
         <v>500</v>
       </c>
       <c r="K154" s="15">
         <v>0.09107</v>
       </c>
       <c r="L154" s="15">
         <v>0.07892</v>
       </c>
       <c r="M154" s="15">
         <v>0.07589</v>
       </c>
       <c r="N154" s="15">
-        <v>23262</v>
-[...3 lines deleted...]
-      </c>
+        <v>30685</v>
+      </c>
+      <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="E155" s="15">
         <v>10080012205</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>500</v>
       </c>
       <c r="K155" s="15">
         <v>0.17377</v>
       </c>
       <c r="L155" s="15">
         <v>0.11587</v>
       </c>
       <c r="M155" s="15">
         <v>0.10533</v>
       </c>
       <c r="N155" s="15">
         <v>10</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>515</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>516</v>
       </c>
-      <c r="D156" s="15" t="s">
+      <c r="E156" s="15" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>500</v>
       </c>
       <c r="K156" s="15">
         <v>0.09593</v>
       </c>
       <c r="L156" s="15">
         <v>0.08314000000000001</v>
       </c>
       <c r="M156" s="15">
         <v>0.07994</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>518</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="E157" s="15">
         <v>10080014664</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>400</v>
       </c>
       <c r="K157" s="15">
         <v>0.075</v>
       </c>
       <c r="L157" s="15">
         <v>0.075</v>
       </c>
       <c r="M157" s="15">
         <v>0.075</v>
       </c>
       <c r="N157" s="15">
-        <v>2153</v>
+        <v>2317</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>521</v>
       </c>
-      <c r="D158" s="15" t="s">
+      <c r="E158" s="15" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="J158" s="15">
         <v>200</v>
       </c>
       <c r="K158" s="15">
         <v>0.13043</v>
       </c>
       <c r="L158" s="15">
         <v>0.11738</v>
       </c>
       <c r="M158" s="15">
         <v>0.10869</v>
       </c>
       <c r="N158" s="15">
-        <v>46749</v>
+        <v>46327</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>525</v>
       </c>
-      <c r="D159" s="15" t="s">
+      <c r="E159" s="15" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="J159" s="15">
         <v>500</v>
       </c>
       <c r="K159" s="15">
         <v>0.09</v>
       </c>
       <c r="L159" s="15">
         <v>0.0638</v>
       </c>
       <c r="M159" s="15">
         <v>0.058</v>
       </c>
       <c r="N159" s="15">
-        <v>477116</v>
+        <v>474713</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>529</v>
       </c>
-      <c r="D160" s="15" t="s">
+      <c r="E160" s="15" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I160" s="15" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
         <v>0.08198999999999999</v>
       </c>
       <c r="L160" s="15">
         <v>0.07106</v>
       </c>
       <c r="M160" s="15">
         <v>0.06833</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15">
         <v>12000</v>
       </c>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>533</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>300</v>
       </c>
       <c r="K161" s="15">
         <v>0.12426</v>
       </c>
       <c r="L161" s="15">
         <v>0.10769</v>
       </c>
       <c r="M161" s="15">
         <v>0.10355</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15">
         <v>7200</v>
       </c>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>535</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="E162" s="15">
         <v>10000015013</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J162" s="15">
         <v>300</v>
       </c>
       <c r="K162" s="15">
         <v>0.10611</v>
       </c>
       <c r="L162" s="15">
         <v>0.09196</v>
       </c>
       <c r="M162" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="N162" s="15">
-        <v>6411</v>
+        <v>4530</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>538</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>539</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="J163" s="15">
         <v>300</v>
       </c>
       <c r="K163" s="15">
         <v>0.11265</v>
       </c>
       <c r="L163" s="15">
         <v>0.09762999999999999</v>
       </c>
       <c r="M163" s="15">
         <v>0.09388000000000001</v>
       </c>
       <c r="N163" s="15">
-        <v>30063</v>
+        <v>35757</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>542</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>543</v>
       </c>
-      <c r="D164" s="15" t="s">
+      <c r="E164" s="15" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="J164" s="15">
         <v>300</v>
       </c>
       <c r="K164" s="15">
         <v>0.12344</v>
       </c>
       <c r="L164" s="15">
         <v>0.10698</v>
       </c>
       <c r="M164" s="15">
         <v>0.10286</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15">
         <v>7200</v>
       </c>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>546</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="E165" s="15">
         <v>10080011194</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>1700</v>
       </c>
       <c r="K165" s="15">
         <v>0.37147</v>
       </c>
       <c r="L165" s="15">
         <v>0.18574</v>
       </c>
       <c r="M165" s="15">
         <v>0.1689</v>
       </c>
       <c r="N165" s="15">
-        <v>1615</v>
+        <v>1590</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="D166" s="15" t="s">
         <v>549</v>
       </c>
-      <c r="D166" s="15" t="s">
+      <c r="E166" s="15" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J166" s="15">
         <v>500</v>
       </c>
       <c r="K166" s="15">
         <v>0.13178</v>
       </c>
       <c r="L166" s="15">
         <v>0.11421</v>
       </c>
       <c r="M166" s="15">
         <v>0.10981</v>
       </c>
       <c r="N166" s="15">
-        <v>524</v>
+        <v>498</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="E167" s="15">
         <v>10080045863</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I167" s="15" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J167" s="15">
         <v>500</v>
       </c>
       <c r="K167" s="15">
         <v>0.18524</v>
       </c>
       <c r="L167" s="15">
         <v>0.15437</v>
       </c>
       <c r="M167" s="15">
         <v>0.14818</v>
       </c>
       <c r="N167" s="15">
         <v>1</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="D168" s="15" t="s">
         <v>556</v>
       </c>
-      <c r="D168" s="15" t="s">
+      <c r="E168" s="15" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I168" s="15" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="J168" s="15">
         <v>300</v>
       </c>
       <c r="K168" s="15">
         <v>0.19845</v>
       </c>
       <c r="L168" s="15">
         <v>0.17199</v>
       </c>
       <c r="M168" s="15">
         <v>0.16538</v>
       </c>
       <c r="N168" s="15">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>2549</v>
+      </c>
+      <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="D169" s="15" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="E169" s="15">
         <v>10080071495</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="J169" s="15">
         <v>300</v>
       </c>
       <c r="K169" s="15">
         <v>0.28606</v>
       </c>
       <c r="L169" s="15">
         <v>0.23839</v>
       </c>
       <c r="M169" s="15">
         <v>0.22885</v>
       </c>
       <c r="N169" s="15">
         <v>10</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="D170" s="15" t="s">
         <v>563</v>
       </c>
-      <c r="D170" s="15" t="s">
+      <c r="E170" s="15" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>100</v>
       </c>
       <c r="K170" s="15">
         <v>0.23034</v>
       </c>
       <c r="L170" s="15">
         <v>0.19963</v>
       </c>
       <c r="M170" s="15">
         <v>0.19195</v>
       </c>
       <c r="N170" s="15">
         <v>50</v>
       </c>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15">
         <v>4000</v>
       </c>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>565</v>
+      </c>
+      <c r="D171" s="15" t="s">
         <v>566</v>
       </c>
-      <c r="D171" s="15" t="s">
+      <c r="E171" s="15" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="J171" s="15">
         <v>200</v>
       </c>
       <c r="K171" s="15">
         <v>0.63218</v>
       </c>
       <c r="L171" s="15">
         <v>0.31609</v>
       </c>
       <c r="M171" s="15">
         <v>0.2874</v>
       </c>
       <c r="N171" s="15">
-        <v>701</v>
+        <v>676</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="D172" s="15" t="s">
         <v>570</v>
       </c>
-      <c r="D172" s="15" t="s">
+      <c r="E172" s="15" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15"/>
       <c r="K172" s="15">
         <v>0.52327</v>
       </c>
       <c r="L172" s="15">
         <v>0.32559</v>
       </c>
       <c r="M172" s="15">
         <v>0.29071</v>
       </c>
       <c r="N172" s="15">
         <v>63</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>572</v>
+      </c>
+      <c r="D173" s="15" t="s">
         <v>573</v>
       </c>
-      <c r="D173" s="15" t="s">
+      <c r="E173" s="15" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>300</v>
       </c>
       <c r="K173" s="15">
         <v>0.83928</v>
       </c>
       <c r="L173" s="15">
         <v>0.41963</v>
       </c>
       <c r="M173" s="15">
         <v>0.38143</v>
       </c>
       <c r="N173" s="15">
-        <v>154</v>
+        <v>194</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>575</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>576</v>
       </c>
-      <c r="D174" s="15" t="s">
+      <c r="E174" s="15" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15"/>
       <c r="K174" s="15">
         <v>0.60467</v>
       </c>
       <c r="L174" s="15">
         <v>0.407</v>
       </c>
       <c r="M174" s="15">
         <v>0.3721</v>
       </c>
       <c r="N174" s="15">
         <v>16</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>578</v>
+      </c>
+      <c r="D175" s="15" t="s">
         <v>579</v>
       </c>
-      <c r="D175" s="15" t="s">
+      <c r="E175" s="15" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>625</v>
       </c>
       <c r="K175" s="15">
         <v>0.473</v>
       </c>
       <c r="L175" s="15">
         <v>0.473</v>
       </c>
       <c r="M175" s="15">
         <v>0.473</v>
       </c>
       <c r="N175" s="15">
         <v>4</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>581</v>
+      </c>
+      <c r="D176" s="15" t="s">
         <v>582</v>
       </c>
-      <c r="D176" s="15" t="s">
+      <c r="E176" s="15" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>500</v>
       </c>
       <c r="K176" s="15">
         <v>0.095</v>
       </c>
       <c r="L176" s="15">
         <v>0.075</v>
       </c>
       <c r="M176" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N176" s="15">
-        <v>73484</v>
+        <v>89429</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>584</v>
+      </c>
+      <c r="D177" s="15" t="s">
         <v>585</v>
       </c>
-      <c r="D177" s="15" t="s">
+      <c r="E177" s="15" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
         <v>0.12477</v>
       </c>
       <c r="L177" s="15">
         <v>0.10813</v>
       </c>
       <c r="M177" s="15">
         <v>0.10398</v>
       </c>
       <c r="N177" s="15">
-        <v>49589</v>
+        <v>35587</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="D178" s="15"/>
       <c r="E178" s="15">
         <v>10080035448</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
         <v>500</v>
       </c>
       <c r="K178" s="15">
         <v>0.3154</v>
       </c>
       <c r="L178" s="15">
         <v>0.16757</v>
       </c>
       <c r="M178" s="15">
         <v>0.14293</v>
       </c>
       <c r="N178" s="15">
         <v>4</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>590</v>
       </c>
-      <c r="D179" s="15" t="s">
+      <c r="E179" s="15" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="J179" s="15">
         <v>300</v>
       </c>
       <c r="K179" s="15">
         <v>0.17567</v>
       </c>
       <c r="L179" s="15">
         <v>0.15224</v>
       </c>
       <c r="M179" s="15">
         <v>0.14639</v>
       </c>
       <c r="N179" s="15">
-        <v>74435</v>
+        <v>72123</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="D180" s="15" t="s">
         <v>594</v>
       </c>
-      <c r="D180" s="15" t="s">
+      <c r="E180" s="15" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="J180" s="15">
         <v>300</v>
       </c>
       <c r="K180" s="15">
         <v>0.18537</v>
       </c>
       <c r="L180" s="15">
         <v>0.16065</v>
       </c>
       <c r="M180" s="15">
         <v>0.15448</v>
       </c>
-      <c r="N180" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N180" s="15">
+        <v>11520</v>
+      </c>
+      <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>597</v>
+      </c>
+      <c r="D181" s="15" t="s">
         <v>598</v>
       </c>
-      <c r="D181" s="15" t="s">
+      <c r="E181" s="15" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I181" s="15" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="J181" s="15">
         <v>700</v>
       </c>
       <c r="K181" s="15">
         <v>0.3173</v>
       </c>
       <c r="L181" s="15">
         <v>0.27499</v>
       </c>
       <c r="M181" s="15">
         <v>0.26441</v>
       </c>
       <c r="N181" s="15">
-        <v>3116</v>
+        <v>2698</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>601</v>
+      </c>
+      <c r="D182" s="15" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>603</v>
       </c>
       <c r="E182" s="15">
         <v>10080035454</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>440</v>
       </c>
       <c r="K182" s="15">
         <v>0.78952</v>
       </c>
       <c r="L182" s="15">
         <v>0.41944</v>
       </c>
       <c r="M182" s="15">
         <v>0.35775</v>
       </c>
       <c r="N182" s="15">
         <v>7</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>603</v>
+      </c>
+      <c r="D183" s="15" t="s">
         <v>604</v>
       </c>
-      <c r="D183" s="15" t="s">
+      <c r="E183" s="15" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I183" s="15" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="J183" s="15">
         <v>450</v>
       </c>
       <c r="K183" s="15">
         <v>0.47628</v>
       </c>
       <c r="L183" s="15">
         <v>0.41278</v>
       </c>
       <c r="M183" s="15">
         <v>0.3969</v>
       </c>
       <c r="N183" s="15"/>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
+        <v>607</v>
+      </c>
+      <c r="D184" s="15" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
       <c r="E184" s="15">
         <v>10080035456</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>300</v>
       </c>
       <c r="K184" s="15">
         <v>1.18</v>
       </c>
       <c r="L184" s="15">
         <v>0.6286</v>
       </c>
       <c r="M184" s="15">
         <v>0.53616</v>
       </c>
       <c r="N184" s="15">
         <v>5</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="D185" s="15" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
       <c r="E185" s="15">
         <v>10080036864</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
         <v>300</v>
       </c>
       <c r="K185" s="15">
         <v>1.41</v>
       </c>
       <c r="L185" s="15">
         <v>0.74954</v>
       </c>
       <c r="M185" s="15">
         <v>0.6393</v>
       </c>
       <c r="N185" s="15">
         <v>4</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>611</v>
+      </c>
+      <c r="D186" s="15" t="s">
         <v>612</v>
       </c>
-      <c r="D186" s="15" t="s">
+      <c r="E186" s="15" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="J186" s="15"/>
       <c r="K186" s="15">
         <v>0.52844</v>
       </c>
       <c r="L186" s="15">
         <v>0.45798</v>
       </c>
       <c r="M186" s="15">
         <v>0.44036</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>615</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>616</v>
       </c>
-      <c r="D187" s="15" t="s">
+      <c r="E187" s="15" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="J187" s="15">
         <v>200</v>
       </c>
       <c r="K187" s="15">
         <v>0.14637</v>
       </c>
       <c r="L187" s="15">
         <v>0.12685</v>
       </c>
       <c r="M187" s="15">
         <v>0.12198</v>
       </c>
       <c r="N187" s="15">
-        <v>415</v>
-[...3 lines deleted...]
-      </c>
+        <v>3536</v>
+      </c>
+      <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15">
         <v>3200</v>
       </c>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>619</v>
+      </c>
+      <c r="D188" s="15" t="s">
         <v>620</v>
       </c>
-      <c r="D188" s="15" t="s">
+      <c r="E188" s="15" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>100</v>
       </c>
       <c r="K188" s="15">
         <v>0.23256</v>
       </c>
       <c r="L188" s="15">
         <v>0.16059</v>
       </c>
       <c r="M188" s="15">
         <v>0.14618</v>
       </c>
       <c r="N188" s="15"/>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>622</v>
+      </c>
+      <c r="D189" s="15" t="s">
         <v>623</v>
       </c>
-      <c r="D189" s="15" t="s">
+      <c r="E189" s="15" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="J189" s="15">
         <v>100</v>
       </c>
       <c r="K189" s="15">
         <v>0.26069</v>
       </c>
       <c r="L189" s="15">
         <v>0.22593</v>
       </c>
       <c r="M189" s="15">
         <v>0.21724</v>
       </c>
-      <c r="N189" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N189" s="15">
+        <v>4132</v>
+      </c>
+      <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="D190" s="15" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>628</v>
       </c>
       <c r="E190" s="15">
         <v>10000022654</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I190" s="15"/>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
         <v>0.12</v>
       </c>
       <c r="L190" s="15">
         <v>0.12</v>
       </c>
       <c r="M190" s="15">
         <v>0.12</v>
       </c>
       <c r="N190" s="15">
-        <v>4479</v>
+        <v>5707</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
+        <v>628</v>
+      </c>
+      <c r="D191" s="15" t="s">
         <v>629</v>
       </c>
-      <c r="D191" s="15" t="s">
+      <c r="E191" s="15" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="J191" s="15">
         <v>400</v>
       </c>
       <c r="K191" s="15">
         <v>0.29469</v>
       </c>
       <c r="L191" s="15">
         <v>0.2554</v>
       </c>
       <c r="M191" s="15">
         <v>0.24558</v>
       </c>
       <c r="N191" s="15">
         <v>704</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>632</v>
+      </c>
+      <c r="D192" s="15" t="s">
         <v>633</v>
       </c>
-      <c r="D192" s="15" t="s">
+      <c r="E192" s="15" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="J192" s="15">
         <v>1</v>
       </c>
       <c r="K192" s="15">
         <v>0.385</v>
       </c>
       <c r="L192" s="15">
         <v>0.1925</v>
       </c>
       <c r="M192" s="15">
         <v>0.17506</v>
       </c>
       <c r="N192" s="15">
         <v>1</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="D193" s="15" t="s">
         <v>637</v>
       </c>
-      <c r="D193" s="15" t="s">
+      <c r="E193" s="15" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="J193" s="15">
         <v>1200</v>
       </c>
       <c r="K193" s="15">
         <v>0.14216</v>
       </c>
       <c r="L193" s="15">
         <v>0.1232</v>
       </c>
       <c r="M193" s="15">
         <v>0.11846</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15">
         <v>4800</v>
       </c>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
+        <v>640</v>
+      </c>
+      <c r="D194" s="15" t="s">
         <v>641</v>
       </c>
-      <c r="D194" s="15" t="s">
+      <c r="E194" s="15" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="J194" s="15">
         <v>800</v>
       </c>
       <c r="K194" s="15">
         <v>0.25031</v>
       </c>
       <c r="L194" s="15">
         <v>0.21693</v>
       </c>
       <c r="M194" s="15">
         <v>0.20859</v>
       </c>
-      <c r="N194" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N194" s="15">
+        <v>3265</v>
+      </c>
+      <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15">
         <v>3200</v>
       </c>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>644</v>
+      </c>
+      <c r="D195" s="15" t="s">
         <v>645</v>
       </c>
-      <c r="D195" s="15" t="s">
+      <c r="E195" s="15" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>1</v>
       </c>
       <c r="K195" s="15">
         <v>0.76822</v>
       </c>
       <c r="L195" s="15">
         <v>0.38406</v>
       </c>
       <c r="M195" s="15">
         <v>0.34918</v>
       </c>
       <c r="N195" s="15">
         <v>27</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="D196" s="15" t="s">
         <v>648</v>
       </c>
-      <c r="D196" s="15" t="s">
+      <c r="E196" s="15" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15"/>
       <c r="K196" s="15">
         <v>0.25</v>
       </c>
       <c r="L196" s="15">
         <v>0.25</v>
       </c>
       <c r="M196" s="15">
         <v>0.25</v>
       </c>
       <c r="N196" s="15">
-        <v>803</v>
+        <v>971</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
+        <v>650</v>
+      </c>
+      <c r="D197" s="15" t="s">
         <v>651</v>
       </c>
-      <c r="D197" s="15" t="s">
+      <c r="E197" s="15" t="s">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>653</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>1</v>
       </c>
       <c r="K197" s="15">
         <v>1.54</v>
       </c>
       <c r="L197" s="15">
         <v>0.76893</v>
       </c>
       <c r="M197" s="15">
         <v>0.69908</v>
       </c>
       <c r="N197" s="15">
         <v>1</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
+        <v>653</v>
+      </c>
+      <c r="D198" s="15" t="s">
         <v>654</v>
       </c>
-      <c r="D198" s="15" t="s">
+      <c r="E198" s="15" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15"/>
       <c r="K198" s="15">
         <v>0.39485</v>
       </c>
       <c r="L198" s="15">
         <v>0.19737</v>
       </c>
       <c r="M198" s="15">
         <v>0.17946</v>
       </c>
       <c r="N198" s="15">
         <v>3</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
+        <v>656</v>
+      </c>
+      <c r="D199" s="15" t="s">
         <v>657</v>
       </c>
-      <c r="D199" s="15" t="s">
+      <c r="E199" s="15" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>1</v>
       </c>
       <c r="K199" s="15">
         <v>0.58839</v>
       </c>
       <c r="L199" s="15">
         <v>0.39304</v>
       </c>
       <c r="M199" s="15">
         <v>0.35698</v>
       </c>
       <c r="N199" s="15">
         <v>20</v>
       </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
+        <v>659</v>
+      </c>
+      <c r="D200" s="15" t="s">
         <v>660</v>
       </c>
-      <c r="D200" s="15" t="s">
+      <c r="E200" s="15" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
         <v>1</v>
       </c>
       <c r="K200" s="15">
         <v>0.78589</v>
       </c>
       <c r="L200" s="15">
         <v>0.39296</v>
       </c>
       <c r="M200" s="15">
         <v>0.35724</v>
       </c>
       <c r="N200" s="15">
         <v>3</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
+        <v>662</v>
+      </c>
+      <c r="D201" s="15" t="s">
         <v>663</v>
       </c>
-      <c r="D201" s="15" t="s">
+      <c r="E201" s="15" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15">
         <v>1</v>
       </c>
       <c r="K201" s="15">
         <v>0.675</v>
       </c>
       <c r="L201" s="15">
         <v>0.675</v>
       </c>
       <c r="M201" s="15">
         <v>0.675</v>
       </c>
       <c r="N201" s="15">
         <v>5</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
+        <v>665</v>
+      </c>
+      <c r="D202" s="15" t="s">
         <v>666</v>
       </c>
-      <c r="D202" s="15" t="s">
+      <c r="E202" s="15" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15">
         <v>1</v>
       </c>
       <c r="K202" s="15">
         <v>0.675</v>
       </c>
       <c r="L202" s="15">
         <v>0.675</v>
       </c>
       <c r="M202" s="15">
         <v>0.675</v>
       </c>
       <c r="N202" s="15">
         <v>1</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
+        <v>668</v>
+      </c>
+      <c r="D203" s="15" t="s">
         <v>669</v>
       </c>
-      <c r="D203" s="15" t="s">
+      <c r="E203" s="15" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
+        <v>671</v>
+      </c>
+      <c r="I203" s="15" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="J203" s="15">
         <v>400</v>
       </c>
       <c r="K203" s="15">
         <v>0.10538</v>
       </c>
       <c r="L203" s="15">
         <v>0.09483999999999999</v>
       </c>
       <c r="M203" s="15">
         <v>0.08781</v>
       </c>
       <c r="N203" s="15">
-        <v>35993</v>
+        <v>52248</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15">
         <v>6400</v>
       </c>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="D204" s="15" t="s">
         <v>674</v>
       </c>
-      <c r="D204" s="15" t="s">
+      <c r="E204" s="15" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I204" s="15" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="J204" s="15">
         <v>250</v>
       </c>
       <c r="K204" s="15">
         <v>0.15803</v>
       </c>
       <c r="L204" s="15">
         <v>0.14222</v>
       </c>
       <c r="M204" s="15">
         <v>0.13169</v>
       </c>
       <c r="N204" s="15">
-        <v>31521</v>
+        <v>25536</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>677</v>
+      </c>
+      <c r="D205" s="15" t="s">
         <v>678</v>
       </c>
-      <c r="D205" s="15" t="s">
+      <c r="E205" s="15" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="J205" s="15">
         <v>696</v>
       </c>
       <c r="K205" s="15">
         <v>0.27093</v>
       </c>
       <c r="L205" s="15">
         <v>0.24384</v>
       </c>
       <c r="M205" s="15">
         <v>0.22578</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15">
         <v>2784</v>
       </c>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="D206" s="15" t="s">
         <v>682</v>
       </c>
-      <c r="D206" s="15" t="s">
+      <c r="E206" s="15" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="J206" s="15">
         <v>609</v>
       </c>
       <c r="K206" s="15">
         <v>0.37979</v>
       </c>
       <c r="L206" s="15">
         <v>0.34181</v>
       </c>
       <c r="M206" s="15">
         <v>0.31649</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15">
         <v>2436</v>
       </c>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>685</v>
+      </c>
+      <c r="D207" s="15" t="s">
         <v>686</v>
       </c>
-      <c r="D207" s="15" t="s">
+      <c r="E207" s="15" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I207" s="15" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="J207" s="15">
         <v>500</v>
       </c>
       <c r="K207" s="15">
         <v>0.12599</v>
       </c>
       <c r="L207" s="15">
         <v>0.10919</v>
       </c>
       <c r="M207" s="15">
         <v>0.10499</v>
       </c>
       <c r="N207" s="15">
-        <v>3920</v>
-[...2 lines deleted...]
-      <c r="P207" s="15"/>
+        <v>4563</v>
+      </c>
+      <c r="O207" s="15">
+        <v>11700</v>
+      </c>
+      <c r="P207" s="15" t="s">
+        <v>689</v>
+      </c>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
         <v>690</v>
       </c>
       <c r="D208" s="15" t="s">
         <v>691</v>
       </c>
       <c r="E208" s="15">
         <v>10080033108</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I208" s="15" t="s">
         <v>692</v>
       </c>
       <c r="J208" s="15">
         <v>250</v>
       </c>
       <c r="K208" s="15">
         <v>0.27158</v>
       </c>
       <c r="L208" s="15">
         <v>0.14549</v>
       </c>
       <c r="M208" s="15">
         <v>0.1261</v>
       </c>
       <c r="N208" s="15">
         <v>4</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
         <v>693</v>
       </c>
       <c r="D209" s="15" t="s">
         <v>694</v>
       </c>
       <c r="E209" s="15" t="s">
         <v>695</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I209" s="15" t="s">
         <v>696</v>
       </c>
       <c r="J209" s="15">
         <v>300</v>
       </c>
       <c r="K209" s="15">
         <v>0.17876</v>
       </c>
       <c r="L209" s="15">
         <v>0.16088</v>
       </c>
       <c r="M209" s="15">
         <v>0.14896</v>
       </c>
       <c r="N209" s="15">
-        <v>10047</v>
+        <v>12231</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15">
         <v>4800</v>
       </c>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
         <v>697</v>
       </c>
       <c r="D210" s="15" t="s">
         <v>698</v>
       </c>
       <c r="E210" s="15" t="s">
         <v>699</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I210" s="15" t="s">
         <v>700</v>
       </c>
       <c r="J210" s="15"/>
       <c r="K210" s="15">
         <v>0.17925</v>
       </c>
       <c r="L210" s="15">
         <v>0.16133</v>
       </c>
       <c r="M210" s="15">
         <v>0.14938</v>
       </c>
       <c r="N210" s="15">
-        <v>4380</v>
+        <v>4860</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>701</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>702</v>
       </c>
       <c r="E211" s="15" t="s">
         <v>703</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I211" s="15" t="s">
         <v>704</v>
       </c>
       <c r="J211" s="15">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>0.06282</v>
       </c>
       <c r="L211" s="15">
         <v>0.05444</v>
       </c>
       <c r="M211" s="15">
         <v>0.05235</v>
       </c>
-      <c r="N211" s="15"/>
+      <c r="N211" s="15">
+        <v>4051</v>
+      </c>
       <c r="O211" s="15">
-        <v>4200</v>
-[...1 lines deleted...]
-      <c r="P211" s="15"/>
+        <v>8101</v>
+      </c>
+      <c r="P211" s="15" t="s">
+        <v>689</v>
+      </c>
       <c r="Q211" s="15">
         <v>12000</v>
       </c>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
         <v>705</v>
       </c>
       <c r="D212" s="15" t="s">
         <v>706</v>
       </c>
       <c r="E212" s="15">
         <v>10080028343</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I212" s="15" t="s">
         <v>707</v>
       </c>
       <c r="J212" s="15">
         <v>500</v>
       </c>
       <c r="K212" s="15">
         <v>0.13844</v>
       </c>
       <c r="L212" s="15">
         <v>0.07352</v>
       </c>
       <c r="M212" s="15">
         <v>0.06270000000000001</v>
       </c>
       <c r="N212" s="15">
         <v>5</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
         <v>708</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>709</v>
       </c>
       <c r="E213" s="15" t="s">
         <v>710</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I213" s="15" t="s">
         <v>711</v>
       </c>
       <c r="J213" s="15">
         <v>300</v>
       </c>
       <c r="K213" s="15">
         <v>0.09490999999999999</v>
       </c>
       <c r="L213" s="15">
         <v>0.073</v>
       </c>
       <c r="M213" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="N213" s="15">
-        <v>3289</v>
+        <v>2842</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
         <v>712</v>
       </c>
       <c r="D214" s="15" t="s">
         <v>713</v>
       </c>
       <c r="E214" s="15">
         <v>10080028313</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I214" s="15" t="s">
         <v>714</v>
       </c>
       <c r="J214" s="15">
         <v>300</v>
       </c>
       <c r="K214" s="15">
         <v>0.11</v>
       </c>
       <c r="L214" s="15">
         <v>0.073</v>
       </c>
       <c r="M214" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="N214" s="15">
-        <v>252077</v>
+        <v>226869</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
         <v>715</v>
       </c>
       <c r="D215" s="15" t="s">
         <v>716</v>
       </c>
       <c r="E215" s="15">
         <v>10080028344</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I215" s="15" t="s">
         <v>717</v>
       </c>
       <c r="J215" s="15">
         <v>300</v>
       </c>
       <c r="K215" s="15">
         <v>0.20766</v>
       </c>
       <c r="L215" s="15">
         <v>0.11035</v>
       </c>
       <c r="M215" s="15">
         <v>0.0941</v>
       </c>
       <c r="N215" s="15">
         <v>94</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
         <v>718</v>
       </c>
       <c r="D216" s="15" t="s">
         <v>719</v>
       </c>
       <c r="E216" s="15" t="s">
         <v>720</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I216" s="15" t="s">
         <v>721</v>
       </c>
       <c r="J216" s="15"/>
       <c r="K216" s="15">
         <v>0.08638999999999999</v>
       </c>
       <c r="L216" s="15">
         <v>0.07487000000000001</v>
       </c>
       <c r="M216" s="15">
         <v>0.07199</v>
       </c>
-      <c r="N216" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N216" s="15">
+        <v>760</v>
+      </c>
+      <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
         <v>722</v>
       </c>
       <c r="D217" s="15" t="s">
         <v>723</v>
       </c>
       <c r="E217" s="15">
         <v>10080031759</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I217" s="15" t="s">
         <v>724</v>
       </c>
       <c r="J217" s="15">
         <v>300</v>
       </c>
       <c r="K217" s="15">
         <v>0.075</v>
       </c>
       <c r="L217" s="15">
         <v>0.075</v>
       </c>
       <c r="M217" s="15">
         <v>0.075</v>
       </c>
       <c r="N217" s="15">
-        <v>57981</v>
+        <v>56632</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
         <v>725</v>
       </c>
       <c r="D218" s="15" t="s">
         <v>726</v>
       </c>
       <c r="E218" s="15" t="s">
         <v>727</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I218" s="15" t="s">
         <v>728</v>
       </c>
       <c r="J218" s="15"/>
       <c r="K218" s="15">
         <v>0.10059</v>
       </c>
       <c r="L218" s="15">
         <v>0.09053</v>
       </c>
       <c r="M218" s="15">
         <v>0.08383</v>
       </c>
       <c r="N218" s="15">
-        <v>20235</v>
+        <v>17385</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>729</v>
       </c>
       <c r="D219" s="15" t="s">
         <v>730</v>
       </c>
       <c r="E219" s="15" t="s">
         <v>731</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I219" s="15" t="s">
         <v>732</v>
       </c>
       <c r="J219" s="15">
         <v>500</v>
       </c>
       <c r="K219" s="15">
         <v>0.09712999999999999</v>
       </c>
       <c r="L219" s="15">
         <v>0.08741</v>
       </c>
       <c r="M219" s="15">
         <v>0.08094</v>
       </c>
       <c r="N219" s="15">
         <v>125584</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15">
         <v>8000</v>
       </c>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
         <v>733</v>
       </c>
       <c r="D220" s="15" t="s">
         <v>734</v>
       </c>
       <c r="E220" s="15" t="s">
         <v>735</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I220" s="15" t="s">
         <v>736</v>
       </c>
       <c r="J220" s="15">
         <v>1200</v>
       </c>
       <c r="K220" s="15">
         <v>0.14601</v>
       </c>
       <c r="L220" s="15">
         <v>0.13141</v>
       </c>
       <c r="M220" s="15">
         <v>0.12168</v>
       </c>
       <c r="N220" s="15">
-        <v>447255</v>
+        <v>329607</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15">
         <v>4800</v>
       </c>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
         <v>737</v>
       </c>
       <c r="D221" s="15" t="s">
         <v>738</v>
       </c>
       <c r="E221" s="15">
         <v>10080028317</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I221" s="15" t="s">
         <v>739</v>
       </c>
       <c r="J221" s="15">
         <v>200</v>
       </c>
       <c r="K221" s="15">
         <v>0.33958</v>
       </c>
       <c r="L221" s="15">
         <v>0.18192</v>
       </c>
       <c r="M221" s="15">
         <v>0.15767</v>
       </c>
       <c r="N221" s="15">
         <v>3</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
         <v>740</v>
       </c>
       <c r="D222" s="15" t="s">
         <v>741</v>
       </c>
       <c r="E222" s="15" t="s">
         <v>742</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I222" s="15" t="s">
         <v>743</v>
       </c>
       <c r="J222" s="15">
         <v>2000</v>
       </c>
       <c r="K222" s="15">
         <v>0.12675</v>
       </c>
       <c r="L222" s="15">
         <v>0.11408</v>
       </c>
       <c r="M222" s="15">
         <v>0.10563</v>
       </c>
       <c r="N222" s="15"/>
-      <c r="O222" s="15"/>
-      <c r="P222" s="15"/>
+      <c r="O222" s="15">
+        <v>620</v>
+      </c>
+      <c r="P222" s="15" t="s">
+        <v>689</v>
+      </c>
       <c r="Q222" s="15">
         <v>8000</v>
       </c>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
         <v>744</v>
       </c>
       <c r="D223" s="15" t="s">
         <v>745</v>
       </c>
       <c r="E223" s="15">
         <v>10080031763</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I223" s="15" t="s">
         <v>746</v>
       </c>
       <c r="J223" s="15">
         <v>500</v>
       </c>
       <c r="K223" s="15">
         <v>0.27085</v>
       </c>
       <c r="L223" s="15">
         <v>0.14387</v>
       </c>
       <c r="M223" s="15">
         <v>0.12267</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
         <v>747</v>
       </c>
       <c r="D224" s="15" t="s">
         <v>748</v>
       </c>
       <c r="E224" s="15">
         <v>10080031764</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I224" s="15" t="s">
         <v>749</v>
       </c>
       <c r="J224" s="15">
         <v>200</v>
       </c>
       <c r="K224" s="15">
         <v>0.38934</v>
       </c>
       <c r="L224" s="15">
         <v>0.20859</v>
       </c>
       <c r="M224" s="15">
         <v>0.18078</v>
       </c>
       <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
         <v>750</v>
       </c>
       <c r="D225" s="15" t="s">
         <v>751</v>
       </c>
       <c r="E225" s="15">
         <v>10080044842</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I225" s="15" t="s">
         <v>752</v>
       </c>
       <c r="J225" s="15">
         <v>600</v>
       </c>
       <c r="K225" s="15">
         <v>0.18037</v>
       </c>
       <c r="L225" s="15">
         <v>0.09662</v>
       </c>
       <c r="M225" s="15">
         <v>0.08373999999999999</v>
       </c>
       <c r="N225" s="15">
-        <v>534</v>
+        <v>426</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
         <v>753</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>754</v>
       </c>
       <c r="E226" s="15" t="s">
         <v>755</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I226" s="15" t="s">
         <v>756</v>
       </c>
       <c r="J226" s="15">
         <v>400</v>
       </c>
       <c r="K226" s="15">
         <v>0.08008999999999999</v>
       </c>
       <c r="L226" s="15">
         <v>0.07208000000000001</v>
       </c>
       <c r="M226" s="15">
         <v>0.06673999999999999</v>
       </c>
       <c r="N226" s="15">
-        <v>19733</v>
+        <v>24000</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>757</v>
       </c>
       <c r="D227" s="15" t="s">
         <v>758</v>
       </c>
       <c r="E227" s="15">
         <v>10080038337</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I227" s="15" t="s">
         <v>759</v>
       </c>
       <c r="J227" s="15"/>
       <c r="K227" s="15">
         <v>0.11768</v>
       </c>
       <c r="L227" s="15">
         <v>0.08407000000000001</v>
       </c>
       <c r="M227" s="15">
         <v>0.07285</v>
       </c>
       <c r="N227" s="15">
         <v>8</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
         <v>760</v>
       </c>
       <c r="D228" s="15" t="s">
         <v>761</v>
       </c>
       <c r="E228" s="15" t="s">
         <v>762</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I228" s="15" t="s">
         <v>763</v>
       </c>
       <c r="J228" s="15"/>
       <c r="K228" s="15">
         <v>0.09804</v>
       </c>
       <c r="L228" s="15">
         <v>0.08824</v>
       </c>
       <c r="M228" s="15">
         <v>0.08169999999999999</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
         <v>764</v>
       </c>
       <c r="D229" s="15" t="s">
         <v>765</v>
       </c>
       <c r="E229" s="15" t="s">
         <v>766</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I229" s="15" t="s">
         <v>767</v>
       </c>
       <c r="J229" s="15">
         <v>300</v>
       </c>
       <c r="K229" s="15">
         <v>0.11805</v>
       </c>
       <c r="L229" s="15">
         <v>0.10625</v>
       </c>
       <c r="M229" s="15">
         <v>0.09838</v>
       </c>
       <c r="N229" s="15">
-        <v>17952</v>
+        <v>23476</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
         <v>768</v>
       </c>
       <c r="D230" s="15" t="s">
         <v>769</v>
       </c>
       <c r="E230" s="15">
         <v>10080038340</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I230" s="15" t="s">
         <v>770</v>
       </c>
       <c r="J230" s="15"/>
       <c r="K230" s="15">
         <v>0.23665</v>
       </c>
       <c r="L230" s="15">
         <v>0.131</v>
       </c>
       <c r="M230" s="15">
         <v>0.10987</v>
       </c>
       <c r="N230" s="15">
-        <v>897</v>
+        <v>934</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
         <v>771</v>
       </c>
       <c r="D231" s="15" t="s">
         <v>772</v>
       </c>
       <c r="E231" s="15">
         <v>10080038341</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I231" s="15" t="s">
         <v>773</v>
       </c>
       <c r="J231" s="15"/>
       <c r="K231" s="15">
         <v>0.35494</v>
       </c>
       <c r="L231" s="15">
         <v>0.19649</v>
       </c>
       <c r="M231" s="15">
         <v>0.1648</v>
       </c>
       <c r="N231" s="15">
-        <v>600</v>
+        <v>552</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
         <v>774</v>
       </c>
       <c r="D232" s="15" t="s">
         <v>775</v>
       </c>
       <c r="E232" s="15" t="s">
         <v>776</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I232" s="15" t="s">
         <v>777</v>
       </c>
       <c r="J232" s="15">
         <v>500</v>
       </c>
       <c r="K232" s="15">
         <v>0.06734999999999999</v>
       </c>
       <c r="L232" s="15">
         <v>0.06062</v>
       </c>
       <c r="M232" s="15">
         <v>0.05613</v>
       </c>
       <c r="N232" s="15">
-        <v>76536</v>
+        <v>74067</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
         <v>778</v>
       </c>
       <c r="D233" s="15" t="s">
         <v>779</v>
       </c>
       <c r="E233" s="15">
         <v>10080028339</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I233" s="15" t="s">
         <v>780</v>
       </c>
       <c r="J233" s="15">
         <v>500</v>
       </c>
       <c r="K233" s="15">
         <v>0.13881</v>
       </c>
       <c r="L233" s="15">
         <v>0.07378</v>
       </c>
       <c r="M233" s="15">
         <v>0.06294</v>
       </c>
       <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
         <v>781</v>
       </c>
       <c r="D234" s="15" t="s">
         <v>782</v>
       </c>
       <c r="E234" s="15" t="s">
         <v>783</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I234" s="15" t="s">
         <v>784</v>
       </c>
       <c r="J234" s="15">
         <v>300</v>
       </c>
       <c r="K234" s="15">
         <v>0.10013</v>
       </c>
       <c r="L234" s="15">
         <v>0.08678</v>
       </c>
       <c r="M234" s="15">
         <v>0.08344</v>
       </c>
       <c r="N234" s="15">
-        <v>11063</v>
-[...3 lines deleted...]
-      </c>
+        <v>18428</v>
+      </c>
+      <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15">
         <v>7200</v>
       </c>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>785</v>
       </c>
       <c r="D235" s="15" t="s">
         <v>786</v>
       </c>
       <c r="E235" s="15">
         <v>10080028308</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I235" s="15" t="s">
         <v>787</v>
       </c>
       <c r="J235" s="15">
         <v>300</v>
       </c>
       <c r="K235" s="15">
         <v>0.21805</v>
       </c>
       <c r="L235" s="15">
         <v>0.11683</v>
       </c>
       <c r="M235" s="15">
         <v>0.10123</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
         <v>788</v>
       </c>
       <c r="D236" s="15" t="s">
         <v>789</v>
       </c>
       <c r="E236" s="15">
         <v>10080028340</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I236" s="15" t="s">
         <v>790</v>
       </c>
       <c r="J236" s="15">
         <v>300</v>
       </c>
       <c r="K236" s="15">
         <v>0.19368</v>
       </c>
       <c r="L236" s="15">
         <v>0.10375</v>
       </c>
       <c r="M236" s="15">
         <v>0.08992</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
         <v>791</v>
       </c>
       <c r="D237" s="15" t="s">
         <v>792</v>
       </c>
       <c r="E237" s="15" t="s">
         <v>793</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I237" s="15" t="s">
         <v>794</v>
       </c>
       <c r="J237" s="15">
         <v>1500</v>
       </c>
       <c r="K237" s="15">
         <v>0.13755</v>
       </c>
       <c r="L237" s="15">
         <v>0.1198</v>
       </c>
       <c r="M237" s="15">
         <v>0.11093</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15">
         <v>6000</v>
       </c>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
         <v>795</v>
       </c>
       <c r="D238" s="15" t="s">
         <v>796</v>
       </c>
       <c r="E238" s="15" t="s">
         <v>797</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I238" s="15" t="s">
         <v>798</v>
       </c>
       <c r="J238" s="15">
         <v>500</v>
       </c>
       <c r="K238" s="15">
         <v>0.09791999999999999</v>
       </c>
       <c r="L238" s="15">
         <v>0.08813</v>
       </c>
       <c r="M238" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="N238" s="15">
-        <v>10043</v>
-[...2 lines deleted...]
-      <c r="P238" s="15"/>
+        <v>1491</v>
+      </c>
+      <c r="O238" s="15">
+        <v>21300</v>
+      </c>
+      <c r="P238" s="15" t="s">
+        <v>689</v>
+      </c>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
         <v>799</v>
       </c>
       <c r="D239" s="15" t="s">
         <v>800</v>
       </c>
       <c r="E239" s="15">
         <v>10080032079</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I239" s="15" t="s">
         <v>801</v>
       </c>
       <c r="J239" s="15">
         <v>500</v>
       </c>
       <c r="K239" s="15">
         <v>0.14813</v>
       </c>
       <c r="L239" s="15">
         <v>0.10581</v>
       </c>
       <c r="M239" s="15">
         <v>0.0917</v>
       </c>
       <c r="N239" s="15">
         <v>2</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
         <v>802</v>
       </c>
       <c r="D240" s="15" t="s">
         <v>803</v>
       </c>
       <c r="E240" s="15" t="s">
         <v>804</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I240" s="15" t="s">
         <v>805</v>
       </c>
       <c r="J240" s="15">
         <v>300</v>
       </c>
       <c r="K240" s="15">
         <v>0.14756</v>
       </c>
       <c r="L240" s="15">
         <v>0.1328</v>
       </c>
       <c r="M240" s="15">
         <v>0.12296</v>
       </c>
       <c r="N240" s="15">
-        <v>5330</v>
+        <v>5395</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
         <v>806</v>
       </c>
       <c r="D241" s="15" t="s">
         <v>807</v>
       </c>
       <c r="E241" s="15">
         <v>10080038343</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I241" s="15" t="s">
         <v>808</v>
       </c>
       <c r="J241" s="15">
         <v>300</v>
       </c>
       <c r="K241" s="15">
         <v>0.22141</v>
       </c>
       <c r="L241" s="15">
         <v>0.15815</v>
       </c>
       <c r="M241" s="15">
         <v>0.13707</v>
       </c>
       <c r="N241" s="15">
         <v>6</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
         <v>809</v>
       </c>
       <c r="D242" s="15" t="s">
         <v>810</v>
       </c>
       <c r="E242" s="15" t="s">
         <v>811</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I242" s="15" t="s">
         <v>812</v>
       </c>
       <c r="J242" s="15">
         <v>250</v>
       </c>
       <c r="K242" s="15">
         <v>0.12563</v>
       </c>
       <c r="L242" s="15">
         <v>0.10888</v>
       </c>
       <c r="M242" s="15">
         <v>0.10469</v>
       </c>
-      <c r="N242" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
         <v>813</v>
       </c>
       <c r="D243" s="15" t="s">
         <v>814</v>
       </c>
       <c r="E243" s="15" t="s">
         <v>815</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I243" s="15" t="s">
         <v>816</v>
       </c>
       <c r="J243" s="15">
         <v>200</v>
       </c>
       <c r="K243" s="15">
         <v>0.19476</v>
       </c>
       <c r="L243" s="15">
         <v>0.17528</v>
       </c>
       <c r="M243" s="15">
         <v>0.1623</v>
       </c>
       <c r="N243" s="15">
-        <v>2640</v>
+        <v>3560</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15">
         <v>4800</v>
       </c>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
         <v>817</v>
       </c>
       <c r="D244" s="15" t="s">
         <v>818</v>
       </c>
       <c r="E244" s="15" t="s">
         <v>819</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I244" s="15" t="s">
         <v>820</v>
       </c>
       <c r="J244" s="15">
         <v>400</v>
       </c>
       <c r="K244" s="15">
         <v>0.08177</v>
       </c>
       <c r="L244" s="15">
         <v>0.07359</v>
       </c>
       <c r="M244" s="15">
         <v>0.06814000000000001</v>
       </c>
       <c r="N244" s="15">
-        <v>17364</v>
+        <v>15063</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
         <v>821</v>
       </c>
       <c r="D245" s="15" t="s">
         <v>822</v>
       </c>
       <c r="E245" s="15">
         <v>10080038344</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I245" s="15" t="s">
         <v>823</v>
       </c>
       <c r="J245" s="15"/>
       <c r="K245" s="15">
         <v>0.12095</v>
       </c>
       <c r="L245" s="15">
         <v>0.08723</v>
       </c>
       <c r="M245" s="15">
         <v>0.07559</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
         <v>824</v>
       </c>
       <c r="D246" s="15" t="s">
         <v>825</v>
       </c>
       <c r="E246" s="15" t="s">
         <v>826</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I246" s="15" t="s">
         <v>827</v>
       </c>
       <c r="J246" s="15">
         <v>300</v>
       </c>
       <c r="K246" s="15">
         <v>0.12315</v>
       </c>
       <c r="L246" s="15">
         <v>0.11084</v>
       </c>
       <c r="M246" s="15">
         <v>0.10263</v>
       </c>
       <c r="N246" s="15">
-        <v>31701</v>
+        <v>34049</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
         <v>828</v>
       </c>
       <c r="D247" s="15" t="s">
         <v>829</v>
       </c>
       <c r="E247" s="15">
         <v>10080038345</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I247" s="15" t="s">
         <v>830</v>
       </c>
       <c r="J247" s="15"/>
       <c r="K247" s="15">
         <v>0.25599</v>
       </c>
       <c r="L247" s="15">
         <v>0.14171</v>
       </c>
       <c r="M247" s="15">
         <v>0.11885</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
         <v>831</v>
       </c>
       <c r="D248" s="15" t="s">
         <v>832</v>
       </c>
       <c r="E248" s="15" t="s">
         <v>833</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I248" s="15" t="s">
         <v>834</v>
       </c>
       <c r="J248" s="15">
         <v>500</v>
       </c>
       <c r="K248" s="15">
         <v>0.06795</v>
       </c>
       <c r="L248" s="15">
         <v>0.06116</v>
       </c>
       <c r="M248" s="15">
         <v>0.05663</v>
       </c>
       <c r="N248" s="15">
-        <v>90300</v>
+        <v>89250</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
         <v>835</v>
       </c>
       <c r="D249" s="15" t="s">
         <v>836</v>
       </c>
       <c r="E249" s="15">
         <v>10080028310</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I249" s="15" t="s">
         <v>837</v>
       </c>
       <c r="J249" s="15">
         <v>500</v>
       </c>
       <c r="K249" s="15">
         <v>0.16074</v>
       </c>
       <c r="L249" s="15">
         <v>0.0854</v>
       </c>
       <c r="M249" s="15">
         <v>0.07283000000000001</v>
       </c>
       <c r="N249" s="15">
         <v>5</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>838</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>839</v>
       </c>
       <c r="E250" s="15" t="s">
         <v>840</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I250" s="15" t="s">
         <v>841</v>
       </c>
       <c r="J250" s="15">
         <v>3000</v>
       </c>
       <c r="K250" s="15">
         <v>0.05992</v>
       </c>
       <c r="L250" s="15">
         <v>0.05219</v>
       </c>
       <c r="M250" s="15">
         <v>0.04833</v>
       </c>
       <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15">
         <v>12000</v>
       </c>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D251" s="15" t="s">
         <v>843</v>
       </c>
       <c r="E251" s="15" t="s">
         <v>844</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I251" s="15" t="s">
         <v>845</v>
       </c>
       <c r="J251" s="15">
         <v>500</v>
       </c>
       <c r="K251" s="15">
         <v>0.07104000000000001</v>
       </c>
       <c r="L251" s="15">
         <v>0.06394</v>
       </c>
       <c r="M251" s="15">
         <v>0.0592</v>
       </c>
       <c r="N251" s="15">
-        <v>2312</v>
+        <v>2553</v>
       </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15">
         <v>12000</v>
       </c>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
         <v>846</v>
       </c>
       <c r="D252" s="15" t="s">
         <v>847</v>
       </c>
       <c r="E252" s="15" t="s">
         <v>848</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I252" s="15" t="s">
         <v>849</v>
       </c>
       <c r="J252" s="15">
         <v>500</v>
       </c>
       <c r="K252" s="15">
         <v>0.07067</v>
       </c>
       <c r="L252" s="15">
         <v>0.06124</v>
       </c>
       <c r="M252" s="15">
         <v>0.05889</v>
       </c>
       <c r="N252" s="15">
-        <v>788</v>
-[...3 lines deleted...]
-      </c>
+        <v>2821</v>
+      </c>
+      <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15">
         <v>12000</v>
       </c>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
         <v>850</v>
       </c>
       <c r="D253" s="15" t="s">
         <v>851</v>
       </c>
       <c r="E253" s="15" t="s">
         <v>852</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I253" s="15" t="s">
         <v>853</v>
       </c>
       <c r="J253" s="15">
         <v>1800</v>
       </c>
       <c r="K253" s="15">
         <v>0.10406</v>
       </c>
       <c r="L253" s="15">
         <v>0.09018</v>
       </c>
       <c r="M253" s="15">
         <v>0.08671</v>
       </c>
-      <c r="N253" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N253" s="15">
+        <v>360</v>
+      </c>
+      <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15">
         <v>7200</v>
       </c>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
         <v>854</v>
       </c>
       <c r="D254" s="15" t="s">
         <v>855</v>
       </c>
       <c r="E254" s="15">
         <v>10080028311</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I254" s="15" t="s">
         <v>856</v>
       </c>
       <c r="J254" s="15">
         <v>300</v>
       </c>
       <c r="K254" s="15">
         <v>0.15803</v>
       </c>
       <c r="L254" s="15">
         <v>0.11287</v>
       </c>
       <c r="M254" s="15">
         <v>0.09783</v>
       </c>
       <c r="N254" s="15">
         <v>4</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
         <v>857</v>
       </c>
       <c r="D255" s="15" t="s">
         <v>858</v>
       </c>
       <c r="E255" s="15" t="s">
         <v>859</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>300</v>
       </c>
       <c r="K255" s="15">
         <v>0.115</v>
       </c>
       <c r="L255" s="15">
         <v>0.115</v>
       </c>
       <c r="M255" s="15">
         <v>0.115</v>
       </c>
       <c r="N255" s="15">
         <v>9</v>
       </c>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
         <v>860</v>
       </c>
       <c r="D256" s="15" t="s">
         <v>861</v>
       </c>
       <c r="E256" s="15" t="s">
         <v>862</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I256" s="15" t="s">
         <v>863</v>
       </c>
       <c r="J256" s="15">
         <v>445</v>
       </c>
       <c r="K256" s="15">
         <v>0.37101</v>
       </c>
       <c r="L256" s="15">
         <v>0.32154</v>
       </c>
       <c r="M256" s="15">
         <v>0.30918</v>
       </c>
-      <c r="N256" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N256" s="15">
+        <v>16500</v>
+      </c>
+      <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15">
         <v>1780</v>
       </c>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
         <v>864</v>
       </c>
       <c r="D257" s="15" t="s">
         <v>865</v>
       </c>
       <c r="E257" s="15" t="s">
         <v>866</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I257" s="15" t="s">
         <v>867</v>
       </c>
       <c r="J257" s="15">
         <v>400</v>
       </c>
       <c r="K257" s="15">
         <v>0.1184</v>
       </c>
       <c r="L257" s="15">
         <v>0.10656</v>
       </c>
       <c r="M257" s="15">
         <v>0.09866</v>
       </c>
       <c r="N257" s="15">
-        <v>580</v>
-[...2 lines deleted...]
-      <c r="P257" s="15"/>
+        <v>641</v>
+      </c>
+      <c r="O257" s="15">
+        <v>4200</v>
+      </c>
+      <c r="P257" s="15" t="s">
+        <v>689</v>
+      </c>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
         <v>868</v>
       </c>
       <c r="D258" s="15" t="s">
         <v>869</v>
       </c>
       <c r="E258" s="15">
         <v>10080044843</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I258" s="15" t="s">
         <v>870</v>
       </c>
       <c r="J258" s="15">
         <v>500</v>
       </c>
       <c r="K258" s="15">
         <v>0.13116</v>
       </c>
       <c r="L258" s="15">
         <v>0.10493</v>
       </c>
       <c r="M258" s="15">
         <v>0.09837</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
         <v>871</v>
       </c>
       <c r="D259" s="15" t="s">
         <v>872</v>
       </c>
       <c r="E259" s="15">
         <v>10080054489</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I259" s="15" t="s">
         <v>873</v>
       </c>
       <c r="J259" s="15">
         <v>250</v>
       </c>
       <c r="K259" s="15">
         <v>0.13116</v>
       </c>
       <c r="L259" s="15">
         <v>0.10493</v>
       </c>
       <c r="M259" s="15">
         <v>0.10099</v>
       </c>
       <c r="N259" s="15">
-        <v>30298</v>
+        <v>31133</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
         <v>874</v>
       </c>
       <c r="D260" s="15" t="s">
         <v>875</v>
       </c>
       <c r="E260" s="15" t="s">
         <v>876</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I260" s="15" t="s">
         <v>877</v>
       </c>
       <c r="J260" s="15">
         <v>250</v>
       </c>
       <c r="K260" s="15">
         <v>0.22</v>
       </c>
       <c r="L260" s="15">
         <v>0.1518</v>
       </c>
       <c r="M260" s="15">
         <v>0.138</v>
       </c>
       <c r="N260" s="15">
-        <v>2196</v>
+        <v>2416</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
         <v>878</v>
       </c>
       <c r="D261" s="15" t="s">
         <v>879</v>
       </c>
       <c r="E261" s="15">
         <v>10080044844</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I261" s="15" t="s">
         <v>880</v>
       </c>
       <c r="J261" s="15">
         <v>200</v>
       </c>
       <c r="K261" s="15">
         <v>0.22</v>
       </c>
       <c r="L261" s="15">
         <v>0.1518</v>
       </c>
       <c r="M261" s="15">
         <v>0.138</v>
       </c>
       <c r="N261" s="15">
-        <v>3939</v>
+        <v>3880</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
         <v>881</v>
       </c>
       <c r="D262" s="15" t="s">
         <v>882</v>
       </c>
       <c r="E262" s="15" t="s">
         <v>883</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I262" s="15" t="s">
         <v>884</v>
       </c>
       <c r="J262" s="15"/>
       <c r="K262" s="15">
         <v>0.11093</v>
       </c>
       <c r="L262" s="15">
         <v>0.09614</v>
       </c>
       <c r="M262" s="15">
         <v>0.09243999999999999</v>
       </c>
       <c r="N262" s="15">
-        <v>650</v>
+        <v>600</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>885</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>886</v>
       </c>
       <c r="E263" s="15">
         <v>10080028322</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I263" s="15" t="s">
         <v>887</v>
       </c>
       <c r="J263" s="15">
         <v>500</v>
       </c>
       <c r="K263" s="15">
         <v>0.20054</v>
       </c>
       <c r="L263" s="15">
         <v>0.11635</v>
       </c>
       <c r="M263" s="15">
         <v>0.10103</v>
       </c>
       <c r="N263" s="15">
         <v>10</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
         <v>888</v>
       </c>
       <c r="D264" s="15" t="s">
         <v>889</v>
       </c>
       <c r="E264" s="15" t="s">
         <v>890</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I264" s="15" t="s">
         <v>891</v>
       </c>
       <c r="J264" s="15">
         <v>300</v>
       </c>
       <c r="K264" s="15">
         <v>0.17667</v>
       </c>
       <c r="L264" s="15">
         <v>0.15311</v>
       </c>
       <c r="M264" s="15">
         <v>0.14723</v>
       </c>
       <c r="N264" s="15"/>
-      <c r="O264" s="15"/>
-      <c r="P264" s="15"/>
+      <c r="O264" s="15">
+        <v>23400</v>
+      </c>
+      <c r="P264" s="15" t="s">
+        <v>689</v>
+      </c>
       <c r="Q264" s="15">
         <v>4800</v>
       </c>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
         <v>892</v>
       </c>
       <c r="D265" s="15" t="s">
         <v>893</v>
       </c>
       <c r="E265" s="15">
         <v>10080028323</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I265" s="15" t="s">
         <v>894</v>
       </c>
       <c r="J265" s="15">
         <v>200</v>
       </c>
       <c r="K265" s="15">
         <v>0.30096</v>
       </c>
       <c r="L265" s="15">
         <v>0.1746</v>
       </c>
       <c r="M265" s="15">
         <v>0.15163</v>
       </c>
       <c r="N265" s="15">
-        <v>324</v>
+        <v>232</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
         <v>895</v>
       </c>
       <c r="D266" s="15" t="s">
         <v>896</v>
       </c>
       <c r="E266" s="15" t="s">
         <v>897</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I266" s="15" t="s">
         <v>898</v>
       </c>
       <c r="J266" s="15"/>
       <c r="K266" s="15">
         <v>0.26699</v>
       </c>
       <c r="L266" s="15">
         <v>0.23139</v>
       </c>
       <c r="M266" s="15">
         <v>0.22249</v>
       </c>
-      <c r="N266" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N266" s="15">
+        <v>600</v>
+      </c>
+      <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
         <v>899</v>
       </c>
       <c r="D267" s="15" t="s">
         <v>900</v>
       </c>
       <c r="E267" s="15" t="s">
         <v>901</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I267" s="15" t="s">
         <v>902</v>
       </c>
       <c r="J267" s="15">
         <v>700</v>
       </c>
       <c r="K267" s="15">
         <v>0.44678</v>
       </c>
       <c r="L267" s="15">
         <v>0.2898</v>
       </c>
       <c r="M267" s="15">
         <v>0.26565</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
         <v>903</v>
       </c>
       <c r="D268" s="15" t="s">
         <v>904</v>
       </c>
       <c r="E268" s="15" t="s">
         <v>905</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I268" s="15" t="s">
         <v>906</v>
       </c>
       <c r="J268" s="15">
         <v>700</v>
       </c>
       <c r="K268" s="15">
         <v>0.5770999999999999</v>
       </c>
       <c r="L268" s="15">
         <v>0.4175</v>
       </c>
       <c r="M268" s="15">
         <v>0.3644</v>
       </c>
       <c r="N268" s="15">
         <v>2</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
         <v>907</v>
       </c>
       <c r="D269" s="15" t="s">
         <v>908</v>
       </c>
       <c r="E269" s="15">
         <v>10080048440</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I269" s="15" t="s">
         <v>909</v>
       </c>
       <c r="J269" s="15">
         <v>700</v>
       </c>
       <c r="K269" s="15">
         <v>0.87639</v>
       </c>
       <c r="L269" s="15">
         <v>0.4695</v>
       </c>
       <c r="M269" s="15">
         <v>0.4069</v>
       </c>
       <c r="N269" s="15">
         <v>50</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
         <v>910</v>
       </c>
       <c r="D270" s="15" t="s">
         <v>911</v>
       </c>
       <c r="E270" s="15" t="s">
         <v>912</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I270" s="15" t="s">
         <v>913</v>
       </c>
       <c r="J270" s="15"/>
       <c r="K270" s="15">
         <v>0.1319</v>
       </c>
       <c r="L270" s="15">
         <v>0.11431</v>
       </c>
       <c r="M270" s="15">
         <v>0.10991</v>
       </c>
       <c r="N270" s="15">
-        <v>860</v>
+        <v>700</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
         <v>914</v>
       </c>
       <c r="D271" s="15" t="s">
         <v>915</v>
       </c>
       <c r="E271" s="15">
         <v>10080031761</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I271" s="15" t="s">
         <v>916</v>
       </c>
       <c r="J271" s="15">
         <v>200</v>
       </c>
       <c r="K271" s="15">
         <v>0.20984</v>
       </c>
       <c r="L271" s="15">
         <v>0.15134</v>
       </c>
       <c r="M271" s="15">
         <v>0.13115</v>
       </c>
       <c r="N271" s="15">
         <v>15</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
         <v>917</v>
       </c>
       <c r="D272" s="15" t="s">
         <v>918</v>
       </c>
       <c r="E272" s="15">
         <v>10080028324</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I272" s="15" t="s">
         <v>919</v>
       </c>
       <c r="J272" s="15">
         <v>200</v>
       </c>
       <c r="K272" s="15">
         <v>0.28499</v>
       </c>
       <c r="L272" s="15">
         <v>0.15776</v>
       </c>
       <c r="M272" s="15">
         <v>0.1374</v>
       </c>
       <c r="N272" s="15">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
         <v>920</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>921</v>
       </c>
       <c r="E273" s="15" t="s">
         <v>922</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I273" s="15" t="s">
         <v>923</v>
       </c>
       <c r="J273" s="15">
         <v>600</v>
       </c>
       <c r="K273" s="15">
         <v>0.19715</v>
       </c>
       <c r="L273" s="15">
         <v>0.17086</v>
       </c>
       <c r="M273" s="15">
         <v>0.16429</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15">
         <v>2400</v>
       </c>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>924</v>
       </c>
       <c r="D274" s="15" t="s">
         <v>925</v>
       </c>
       <c r="E274" s="15" t="s">
         <v>926</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="I274" s="15" t="s">
         <v>927</v>
       </c>
       <c r="J274" s="15">
         <v>500</v>
       </c>
       <c r="K274" s="15">
         <v>0.13653</v>
       </c>
       <c r="L274" s="15">
         <v>0.12288</v>
       </c>
       <c r="M274" s="15">
         <v>0.11378</v>
       </c>
       <c r="N274" s="15">
-        <v>1785</v>
+        <v>1218</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
         <v>928</v>
       </c>
       <c r="D275" s="15" t="s">
         <v>929</v>
       </c>
       <c r="E275" s="15">
         <v>10080028528</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I275" s="15" t="s">
         <v>931</v>
       </c>
       <c r="J275" s="15">
         <v>800</v>
       </c>
       <c r="K275" s="15">
         <v>0.04746</v>
       </c>
       <c r="L275" s="15">
         <v>0.04113</v>
       </c>
       <c r="M275" s="15">
         <v>0.03955</v>
       </c>
       <c r="N275" s="15">
-        <v>8184</v>
+        <v>6216</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
         <v>932</v>
       </c>
       <c r="D276" s="15" t="s">
         <v>933</v>
       </c>
       <c r="E276" s="15">
         <v>10080040092</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I276" s="15" t="s">
         <v>934</v>
       </c>
       <c r="J276" s="15">
         <v>500</v>
       </c>
       <c r="K276" s="15">
         <v>0.07367</v>
       </c>
       <c r="L276" s="15">
         <v>0.06383999999999999</v>
       </c>
       <c r="M276" s="15">
         <v>0.06139</v>
       </c>
       <c r="N276" s="15">
-        <v>5425</v>
+        <v>4569</v>
       </c>
       <c r="O276" s="15">
-        <v>4150</v>
+        <v>3550</v>
       </c>
       <c r="P276" s="15" t="s">
         <v>935</v>
       </c>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>936</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>937</v>
       </c>
       <c r="E277" s="15" t="s">
         <v>938</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>400</v>
       </c>
       <c r="K277" s="15">
         <v>0.07337</v>
       </c>
       <c r="L277" s="15">
         <v>0.07337</v>
       </c>
       <c r="M277" s="15">
         <v>0.07337</v>
       </c>
       <c r="N277" s="15">
-        <v>5796</v>
+        <v>7544</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
         <v>939</v>
       </c>
       <c r="D278" s="15" t="s">
         <v>940</v>
       </c>
       <c r="E278" s="15" t="s">
         <v>941</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I278" s="15"/>
@@ -15254,170 +15262,170 @@
       <c r="D279" s="15" t="s">
         <v>943</v>
       </c>
       <c r="E279" s="15" t="s">
         <v>944</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>636</v>
       </c>
       <c r="K279" s="15">
         <v>0.31197</v>
       </c>
       <c r="L279" s="15">
         <v>0.27037</v>
       </c>
       <c r="M279" s="15">
         <v>0.25998</v>
       </c>
       <c r="N279" s="15">
-        <v>10350</v>
+        <v>10050</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
         <v>945</v>
       </c>
       <c r="D280" s="15" t="s">
         <v>946</v>
       </c>
       <c r="E280" s="15">
         <v>10080028533</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I280" s="15" t="s">
         <v>947</v>
       </c>
       <c r="J280" s="15">
         <v>800</v>
       </c>
       <c r="K280" s="15">
         <v>0.05817</v>
       </c>
       <c r="L280" s="15">
         <v>0.05041</v>
       </c>
       <c r="M280" s="15">
         <v>0.04848</v>
       </c>
       <c r="N280" s="15">
-        <v>66508</v>
+        <v>69241</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
         <v>948</v>
       </c>
       <c r="D281" s="15" t="s">
         <v>949</v>
       </c>
       <c r="E281" s="15">
         <v>10080040102</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I281" s="15" t="s">
         <v>950</v>
       </c>
       <c r="J281" s="15">
         <v>500</v>
       </c>
       <c r="K281" s="15">
         <v>0.08312</v>
       </c>
       <c r="L281" s="15">
         <v>0.07203</v>
       </c>
       <c r="M281" s="15">
         <v>0.06926</v>
       </c>
       <c r="N281" s="15">
-        <v>94361</v>
+        <v>110855</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
         <v>951</v>
       </c>
       <c r="D282" s="15" t="s">
         <v>952</v>
       </c>
       <c r="E282" s="15">
         <v>10080070832</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15"/>
       <c r="K282" s="15">
         <v>0.20594</v>
       </c>
       <c r="L282" s="15">
         <v>0.17163</v>
       </c>
       <c r="M282" s="15">
         <v>0.16475</v>
       </c>
       <c r="N282" s="15">
-        <v>158</v>
+        <v>141</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
         <v>953</v>
       </c>
       <c r="D283" s="15" t="s">
         <v>954</v>
       </c>
       <c r="E283" s="15">
         <v>10080058610</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I283" s="15"/>
@@ -15490,92 +15498,92 @@
       </c>
       <c r="E285" s="15" t="s">
         <v>959</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I285" s="15" t="s">
         <v>960</v>
       </c>
       <c r="J285" s="15">
         <v>300</v>
       </c>
       <c r="K285" s="15">
         <v>0.0929</v>
       </c>
       <c r="L285" s="15">
         <v>0.08051</v>
       </c>
       <c r="M285" s="15">
         <v>0.07741000000000001</v>
       </c>
       <c r="N285" s="15">
-        <v>32448</v>
+        <v>44109</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
         <v>961</v>
       </c>
       <c r="D286" s="15" t="s">
         <v>962</v>
       </c>
       <c r="E286" s="15">
         <v>10080040113</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I286" s="15" t="s">
         <v>963</v>
       </c>
       <c r="J286" s="15">
         <v>300</v>
       </c>
       <c r="K286" s="15">
         <v>0.07946</v>
       </c>
       <c r="L286" s="15">
         <v>0.06886</v>
       </c>
       <c r="M286" s="15">
         <v>0.06621</v>
       </c>
       <c r="N286" s="15">
-        <v>142308</v>
+        <v>134579</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>964</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>965</v>
       </c>
       <c r="E287" s="15" t="s">
         <v>966</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I287" s="15"/>
@@ -15609,92 +15617,92 @@
       </c>
       <c r="E288" s="15" t="s">
         <v>969</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I288" s="15" t="s">
         <v>970</v>
       </c>
       <c r="J288" s="15">
         <v>500</v>
       </c>
       <c r="K288" s="15">
         <v>0.07190000000000001</v>
       </c>
       <c r="L288" s="15">
         <v>0.06231</v>
       </c>
       <c r="M288" s="15">
         <v>0.05991</v>
       </c>
       <c r="N288" s="15">
-        <v>24174</v>
+        <v>18278</v>
       </c>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
         <v>971</v>
       </c>
       <c r="D289" s="15" t="s">
         <v>972</v>
       </c>
       <c r="E289" s="15" t="s">
         <v>973</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I289" s="15" t="s">
         <v>974</v>
       </c>
       <c r="J289" s="15">
         <v>300</v>
       </c>
       <c r="K289" s="15">
         <v>0.10796</v>
       </c>
       <c r="L289" s="15">
         <v>0.09356</v>
       </c>
       <c r="M289" s="15">
         <v>0.08996</v>
       </c>
       <c r="N289" s="15">
-        <v>24832</v>
+        <v>21038</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
         <v>975</v>
       </c>
       <c r="D290" s="15" t="s">
         <v>976</v>
       </c>
       <c r="E290" s="15" t="s">
         <v>977</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I290" s="15" t="s">
@@ -15728,92 +15736,92 @@
       </c>
       <c r="E291" s="15">
         <v>10080027392</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I291" s="15" t="s">
         <v>981</v>
       </c>
       <c r="J291" s="15">
         <v>800</v>
       </c>
       <c r="K291" s="15">
         <v>0.05718</v>
       </c>
       <c r="L291" s="15">
         <v>0.04956</v>
       </c>
       <c r="M291" s="15">
         <v>0.04765</v>
       </c>
       <c r="N291" s="15">
-        <v>78652</v>
+        <v>75575</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
         <v>982</v>
       </c>
       <c r="D292" s="15" t="s">
         <v>983</v>
       </c>
       <c r="E292" s="15">
         <v>10080027658</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I292" s="15" t="s">
         <v>984</v>
       </c>
       <c r="J292" s="15">
         <v>500</v>
       </c>
       <c r="K292" s="15">
         <v>0.08468000000000001</v>
       </c>
       <c r="L292" s="15">
         <v>0.07339</v>
       </c>
       <c r="M292" s="15">
         <v>0.07056</v>
       </c>
       <c r="N292" s="15">
-        <v>35244</v>
+        <v>2860</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
         <v>985</v>
       </c>
       <c r="D293" s="15" t="s">
         <v>986</v>
       </c>
       <c r="E293" s="15">
         <v>10080028532</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I293" s="15" t="s">
@@ -15849,133 +15857,133 @@
       </c>
       <c r="E294" s="15" t="s">
         <v>990</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I294" s="15" t="s">
         <v>991</v>
       </c>
       <c r="J294" s="15">
         <v>800</v>
       </c>
       <c r="K294" s="15">
         <v>0.08084</v>
       </c>
       <c r="L294" s="15">
         <v>0.07006</v>
       </c>
       <c r="M294" s="15">
         <v>0.06736</v>
       </c>
       <c r="N294" s="15">
-        <v>560</v>
+        <v>496</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
         <v>992</v>
       </c>
       <c r="D295" s="15" t="s">
         <v>993</v>
       </c>
       <c r="E295" s="15">
         <v>10080054376</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15">
         <v>612</v>
       </c>
       <c r="K295" s="15">
         <v>0.6256699999999999</v>
       </c>
       <c r="L295" s="15">
         <v>0.50456</v>
       </c>
       <c r="M295" s="15">
         <v>0.48439</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15">
-        <v>201</v>
+        <v>150</v>
       </c>
       <c r="P295" s="15" t="s">
         <v>994</v>
       </c>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C296" s="15" t="s">
         <v>995</v>
       </c>
       <c r="D296" s="15" t="s">
         <v>996</v>
       </c>
       <c r="E296" s="15">
         <v>10080040112</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I296" s="15" t="s">
         <v>997</v>
       </c>
       <c r="J296" s="15">
         <v>500</v>
       </c>
       <c r="K296" s="15">
         <v>0.05444</v>
       </c>
       <c r="L296" s="15">
         <v>0.04718</v>
       </c>
       <c r="M296" s="15">
         <v>0.04536</v>
       </c>
       <c r="N296" s="15">
-        <v>22288</v>
+        <v>21885</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C297" s="15" t="s">
         <v>998</v>
       </c>
       <c r="D297" s="15" t="s">
         <v>999</v>
       </c>
       <c r="E297" s="15" t="s">
         <v>1000</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I297" s="15" t="s">
@@ -16053,425 +16061,429 @@
         <v>1006</v>
       </c>
       <c r="E299" s="15" t="s">
         <v>1007</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I299" s="15" t="s">
         <v>1008</v>
       </c>
       <c r="J299" s="15">
         <v>300</v>
       </c>
       <c r="K299" s="15">
         <v>0.09426</v>
       </c>
       <c r="L299" s="15">
         <v>0.08169</v>
       </c>
       <c r="M299" s="15">
         <v>0.07854999999999999</v>
       </c>
-      <c r="N299" s="15"/>
+      <c r="N299" s="15">
+        <v>9000</v>
+      </c>
       <c r="O299" s="15">
-        <v>22800</v>
+        <v>18000</v>
       </c>
       <c r="P299" s="15" t="s">
         <v>935</v>
       </c>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C300" s="15" t="s">
         <v>1005</v>
       </c>
       <c r="D300" s="15" t="s">
         <v>1006</v>
       </c>
       <c r="E300" s="15" t="s">
         <v>1009</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I300" s="15" t="s">
         <v>1010</v>
       </c>
       <c r="J300" s="15">
         <v>400</v>
       </c>
       <c r="K300" s="15">
         <v>0.09153</v>
       </c>
       <c r="L300" s="15">
         <v>0.07933</v>
       </c>
       <c r="M300" s="15">
         <v>0.07628</v>
       </c>
       <c r="N300" s="15">
-        <v>1449</v>
+        <v>1679</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C301" s="15" t="s">
         <v>1011</v>
       </c>
       <c r="D301" s="15" t="s">
         <v>1012</v>
       </c>
       <c r="E301" s="15">
         <v>10080070436</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I301" s="15" t="s">
         <v>1013</v>
       </c>
       <c r="J301" s="15">
         <v>300</v>
       </c>
       <c r="K301" s="15">
         <v>0.11228</v>
       </c>
       <c r="L301" s="15">
         <v>0.09730999999999999</v>
       </c>
       <c r="M301" s="15">
         <v>0.09356</v>
       </c>
       <c r="N301" s="15">
-        <v>5165</v>
+        <v>3496</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C302" s="15" t="s">
         <v>1014</v>
       </c>
       <c r="D302" s="15" t="s">
         <v>1015</v>
       </c>
       <c r="E302" s="15" t="s">
         <v>1016</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I302" s="15" t="s">
         <v>1017</v>
       </c>
       <c r="J302" s="15">
         <v>300</v>
       </c>
       <c r="K302" s="15">
         <v>0.11352</v>
       </c>
       <c r="L302" s="15">
         <v>0.09838</v>
       </c>
       <c r="M302" s="15">
         <v>0.0946</v>
       </c>
       <c r="N302" s="15">
-        <v>5022</v>
+        <v>5103</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
         <v>1018</v>
       </c>
       <c r="D303" s="15" t="s">
         <v>1019</v>
       </c>
       <c r="E303" s="15" t="s">
         <v>1020</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I303" s="15" t="s">
         <v>1021</v>
       </c>
       <c r="J303" s="15">
         <v>100</v>
       </c>
       <c r="K303" s="15">
         <v>0.27051</v>
       </c>
       <c r="L303" s="15">
         <v>0.23444</v>
       </c>
       <c r="M303" s="15">
         <v>0.22543</v>
       </c>
       <c r="N303" s="15">
-        <v>192</v>
+        <v>258</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C304" s="15" t="s">
         <v>1022</v>
       </c>
       <c r="D304" s="15" t="s">
         <v>1023</v>
       </c>
       <c r="E304" s="15" t="s">
         <v>1024</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I304" s="15" t="s">
         <v>1025</v>
       </c>
       <c r="J304" s="15">
         <v>100</v>
       </c>
       <c r="K304" s="15">
         <v>0.40334</v>
       </c>
       <c r="L304" s="15">
         <v>0.34956</v>
       </c>
       <c r="M304" s="15">
         <v>0.33611</v>
       </c>
       <c r="N304" s="15">
-        <v>122</v>
+        <v>180</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C305" s="15" t="s">
         <v>1026</v>
       </c>
       <c r="D305" s="15" t="s">
         <v>1027</v>
       </c>
       <c r="E305" s="15" t="s">
         <v>1028</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I305" s="15" t="s">
         <v>1029</v>
       </c>
       <c r="J305" s="15">
         <v>150</v>
       </c>
       <c r="K305" s="15">
         <v>0.10292</v>
       </c>
       <c r="L305" s="15">
         <v>0.08919000000000001</v>
       </c>
       <c r="M305" s="15">
         <v>0.08576</v>
       </c>
-      <c r="N305" s="15"/>
+      <c r="N305" s="15">
+        <v>4200</v>
+      </c>
       <c r="O305" s="15">
-        <v>5680</v>
+        <v>1400</v>
       </c>
       <c r="P305" s="15" t="s">
         <v>935</v>
       </c>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C306" s="15" t="s">
         <v>1030</v>
       </c>
       <c r="D306" s="15" t="s">
         <v>1031</v>
       </c>
       <c r="E306" s="15" t="s">
         <v>1032</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I306" s="15" t="s">
         <v>1033</v>
       </c>
       <c r="J306" s="15">
         <v>500</v>
       </c>
       <c r="K306" s="15">
         <v>0.08183</v>
       </c>
       <c r="L306" s="15">
         <v>0.07092</v>
       </c>
       <c r="M306" s="15">
         <v>0.06819</v>
       </c>
       <c r="N306" s="15">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C307" s="15" t="s">
         <v>1034</v>
       </c>
       <c r="D307" s="15" t="s">
         <v>1035</v>
       </c>
       <c r="E307" s="15" t="s">
         <v>1036</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I307" s="15" t="s">
         <v>1037</v>
       </c>
       <c r="J307" s="15">
         <v>250</v>
       </c>
       <c r="K307" s="15">
         <v>0.12291</v>
       </c>
       <c r="L307" s="15">
         <v>0.10652</v>
       </c>
       <c r="M307" s="15">
         <v>0.10243</v>
       </c>
       <c r="N307" s="15">
-        <v>2635</v>
+        <v>1860</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C308" s="15" t="s">
         <v>1038</v>
       </c>
       <c r="D308" s="15" t="s">
         <v>1039</v>
       </c>
       <c r="E308" s="15" t="s">
         <v>1040</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I308" s="15" t="s">
         <v>1041</v>
       </c>
       <c r="J308" s="15">
         <v>300</v>
       </c>
       <c r="K308" s="15">
         <v>0.222</v>
       </c>
       <c r="L308" s="15">
         <v>0.149</v>
       </c>
       <c r="M308" s="15">
         <v>0.139</v>
       </c>
       <c r="N308" s="15">
-        <v>47314</v>
+        <v>43275</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C309" s="15" t="s">
         <v>1042</v>
       </c>
       <c r="D309" s="15" t="s">
         <v>1043</v>
       </c>
       <c r="E309" s="15" t="s">
         <v>1044</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I309" s="15" t="s">
@@ -16579,215 +16591,215 @@
       <c r="D312" s="15" t="s">
         <v>1055</v>
       </c>
       <c r="E312" s="15" t="s">
         <v>1056</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I312" s="15"/>
       <c r="J312" s="15">
         <v>800</v>
       </c>
       <c r="K312" s="15">
         <v>0.12033</v>
       </c>
       <c r="L312" s="15">
         <v>0.10429</v>
       </c>
       <c r="M312" s="15">
         <v>0.10028</v>
       </c>
       <c r="N312" s="15">
-        <v>2880</v>
+        <v>2848</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C313" s="15" t="s">
         <v>1057</v>
       </c>
       <c r="D313" s="15" t="s">
         <v>1058</v>
       </c>
       <c r="E313" s="15" t="s">
         <v>1059</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I313" s="15" t="s">
         <v>1060</v>
       </c>
       <c r="J313" s="15">
         <v>500</v>
       </c>
       <c r="K313" s="15">
         <v>0.1419</v>
       </c>
       <c r="L313" s="15">
         <v>0.12298</v>
       </c>
       <c r="M313" s="15">
         <v>0.11825</v>
       </c>
       <c r="N313" s="15">
-        <v>3649</v>
+        <v>3026</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C314" s="15" t="s">
         <v>1061</v>
       </c>
       <c r="D314" s="15" t="s">
         <v>1062</v>
       </c>
       <c r="E314" s="15" t="s">
         <v>1063</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I314" s="15" t="s">
         <v>1064</v>
       </c>
       <c r="J314" s="15">
         <v>500</v>
       </c>
       <c r="K314" s="15">
         <v>0.08466</v>
       </c>
       <c r="L314" s="15">
         <v>0.07337</v>
       </c>
       <c r="M314" s="15">
         <v>0.07055</v>
       </c>
       <c r="N314" s="15">
-        <v>9984</v>
+        <v>9600</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C315" s="15" t="s">
         <v>1065</v>
       </c>
       <c r="D315" s="15" t="s">
         <v>1066</v>
       </c>
       <c r="E315" s="15" t="s">
         <v>1067</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I315" s="15" t="s">
         <v>1068</v>
       </c>
       <c r="J315" s="15">
         <v>500</v>
       </c>
       <c r="K315" s="15">
         <v>0.12909</v>
       </c>
       <c r="L315" s="15">
         <v>0.11188</v>
       </c>
       <c r="M315" s="15">
         <v>0.10758</v>
       </c>
       <c r="N315" s="15">
-        <v>4489</v>
+        <v>5628</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C316" s="15" t="s">
         <v>1069</v>
       </c>
       <c r="D316" s="15" t="s">
         <v>1070</v>
       </c>
       <c r="E316" s="15" t="s">
         <v>1071</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I316" s="15" t="s">
         <v>1072</v>
       </c>
       <c r="J316" s="15">
         <v>800</v>
       </c>
       <c r="K316" s="15">
         <v>0.05447</v>
       </c>
       <c r="L316" s="15">
         <v>0.0472</v>
       </c>
       <c r="M316" s="15">
         <v>0.04539</v>
       </c>
       <c r="N316" s="15">
-        <v>29504</v>
+        <v>28926</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C317" s="15" t="s">
         <v>1073</v>
       </c>
       <c r="D317" s="15" t="s">
         <v>1074</v>
       </c>
       <c r="E317" s="15">
         <v>10080028527</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I317" s="15" t="s">
@@ -16823,1202 +16835,1202 @@
       </c>
       <c r="E318" s="15" t="s">
         <v>1078</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I318" s="15" t="s">
         <v>1079</v>
       </c>
       <c r="J318" s="15">
         <v>500</v>
       </c>
       <c r="K318" s="15">
         <v>0.09375</v>
       </c>
       <c r="L318" s="15">
         <v>0.08125</v>
       </c>
       <c r="M318" s="15">
         <v>0.07813000000000001</v>
       </c>
       <c r="N318" s="15">
-        <v>12095</v>
+        <v>10768</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>1081</v>
       </c>
       <c r="E319" s="15" t="s">
         <v>1082</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>930</v>
       </c>
       <c r="I319" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="J319" s="15">
         <v>150</v>
       </c>
       <c r="K319" s="15">
         <v>0.60377</v>
       </c>
       <c r="L319" s="15">
         <v>0.5232599999999999</v>
       </c>
       <c r="M319" s="15">
         <v>0.50314</v>
       </c>
       <c r="N319" s="15"/>
       <c r="O319" s="15">
-        <v>8600</v>
+        <v>7600</v>
       </c>
       <c r="P319" s="15" t="s">
-        <v>40</v>
+        <v>1084</v>
       </c>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="D320" s="15" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="E320" s="15" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="I320" s="15"/>
       <c r="J320" s="15"/>
       <c r="K320" s="15">
         <v>0.11899</v>
       </c>
       <c r="L320" s="15">
         <v>0.0998</v>
       </c>
       <c r="M320" s="15">
         <v>0.09596</v>
       </c>
       <c r="N320" s="15"/>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="E321" s="15" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I321" s="15" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="J321" s="15"/>
       <c r="K321" s="15">
         <v>0.12078</v>
       </c>
       <c r="L321" s="15">
         <v>0.10519</v>
       </c>
       <c r="M321" s="15">
         <v>0.0974</v>
       </c>
       <c r="N321" s="15">
-        <v>1750</v>
+        <v>1525</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="E322" s="15" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I322" s="15" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="J322" s="15"/>
       <c r="K322" s="15">
         <v>0.14123</v>
       </c>
       <c r="L322" s="15">
         <v>0.1271</v>
       </c>
       <c r="M322" s="15">
         <v>0.11769</v>
       </c>
       <c r="N322" s="15">
-        <v>680</v>
+        <v>600</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="D323" s="15" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="E323" s="15" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I323" s="15" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="J323" s="15"/>
       <c r="K323" s="15">
         <v>0.12301</v>
       </c>
       <c r="L323" s="15">
         <v>0.10714</v>
       </c>
       <c r="M323" s="15">
         <v>0.0992</v>
       </c>
       <c r="N323" s="15">
-        <v>11550</v>
+        <v>12600</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D324" s="15" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="E324" s="15" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I324" s="15" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="J324" s="15"/>
       <c r="K324" s="15">
         <v>0.24164</v>
       </c>
       <c r="L324" s="15">
         <v>0.1611</v>
       </c>
       <c r="M324" s="15">
         <v>0.14645</v>
       </c>
       <c r="N324" s="15">
         <v>2</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D325" s="15" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="E325" s="15" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I325" s="15" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="J325" s="15">
         <v>150</v>
       </c>
       <c r="K325" s="15">
         <v>0.12526</v>
       </c>
       <c r="L325" s="15">
         <v>0.10909</v>
       </c>
       <c r="M325" s="15">
         <v>0.10101</v>
       </c>
       <c r="N325" s="15">
-        <v>5387</v>
+        <v>4921</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D326" s="15" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="E326" s="15" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I326" s="15" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="J326" s="15"/>
       <c r="K326" s="15">
         <v>0.18842</v>
       </c>
       <c r="L326" s="15">
         <v>0.16411</v>
       </c>
       <c r="M326" s="15">
         <v>0.15195</v>
       </c>
       <c r="N326" s="15">
-        <v>11125</v>
+        <v>8125</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="E327" s="15" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I327" s="15" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="J327" s="15"/>
       <c r="K327" s="15">
         <v>0.10453</v>
       </c>
       <c r="L327" s="15">
         <v>0.09104</v>
       </c>
       <c r="M327" s="15">
         <v>0.0843</v>
       </c>
       <c r="N327" s="15">
-        <v>630</v>
+        <v>780</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="E328" s="15" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I328" s="15" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="J328" s="15">
         <v>200</v>
       </c>
       <c r="K328" s="15">
         <v>0.1091</v>
       </c>
       <c r="L328" s="15">
         <v>0.09503</v>
       </c>
       <c r="M328" s="15">
         <v>0.08799</v>
       </c>
       <c r="N328" s="15"/>
       <c r="O328" s="15">
-        <v>17336</v>
+        <v>29810</v>
       </c>
       <c r="P328" s="15" t="s">
-        <v>477</v>
+        <v>1122</v>
       </c>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="E329" s="15" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I329" s="15" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="J329" s="15">
         <v>150</v>
       </c>
       <c r="K329" s="15">
         <v>0.16393</v>
       </c>
       <c r="L329" s="15">
         <v>0.14278</v>
       </c>
       <c r="M329" s="15">
         <v>0.1322</v>
       </c>
       <c r="N329" s="15">
         <v>25162</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="E330" s="15" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I330" s="15" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="J330" s="15"/>
       <c r="K330" s="15">
         <v>0.15882</v>
       </c>
       <c r="L330" s="15">
         <v>0.13764</v>
       </c>
       <c r="M330" s="15">
         <v>0.13235</v>
       </c>
       <c r="N330" s="15"/>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="E331" s="15" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I331" s="15" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="J331" s="15">
         <v>150</v>
       </c>
       <c r="K331" s="15">
         <v>0.16052</v>
       </c>
       <c r="L331" s="15">
         <v>0.13911</v>
       </c>
       <c r="M331" s="15">
         <v>0.13376</v>
       </c>
       <c r="N331" s="15">
-        <v>48280</v>
+        <v>56440</v>
       </c>
       <c r="O331" s="15">
-        <v>106500</v>
+        <v>249000</v>
       </c>
       <c r="P331" s="15" t="s">
-        <v>477</v>
+        <v>1122</v>
       </c>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="D332" s="15" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="E332" s="15" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I332" s="15" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="J332" s="15">
         <v>150</v>
       </c>
       <c r="K332" s="15">
         <v>0.11186</v>
       </c>
       <c r="L332" s="15">
         <v>0.09743</v>
       </c>
       <c r="M332" s="15">
         <v>0.09021</v>
       </c>
       <c r="N332" s="15">
-        <v>19104</v>
+        <v>23049</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="E333" s="15" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I333" s="15" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="J333" s="15">
         <v>100</v>
       </c>
       <c r="K333" s="15">
         <v>0.16774</v>
       </c>
       <c r="L333" s="15">
         <v>0.1461</v>
       </c>
       <c r="M333" s="15">
         <v>0.13528</v>
       </c>
       <c r="N333" s="15"/>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="E334" s="15" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I334" s="15" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="J334" s="15">
         <v>100</v>
       </c>
       <c r="K334" s="15">
         <v>0.1631</v>
       </c>
       <c r="L334" s="15">
         <v>0.14679</v>
       </c>
       <c r="M334" s="15">
         <v>0.13591</v>
       </c>
       <c r="N334" s="15">
-        <v>4450</v>
+        <v>4500</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="D335" s="15" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="E335" s="15" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I335" s="15" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="J335" s="15"/>
       <c r="K335" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="L335" s="15">
         <v>0.08519</v>
       </c>
       <c r="M335" s="15">
         <v>0.07888000000000001</v>
       </c>
       <c r="N335" s="15">
-        <v>39500</v>
+        <v>30500</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="D336" s="15" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="E336" s="15" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I336" s="15" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="J336" s="15"/>
       <c r="K336" s="15">
         <v>0.14685</v>
       </c>
       <c r="L336" s="15">
         <v>0.1279</v>
       </c>
       <c r="M336" s="15">
         <v>0.11843</v>
       </c>
       <c r="N336" s="15">
-        <v>13800</v>
+        <v>13200</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="E337" s="15" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I337" s="15" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="J337" s="15"/>
       <c r="K337" s="15">
         <v>0.30621</v>
       </c>
       <c r="L337" s="15">
         <v>0.1997</v>
       </c>
       <c r="M337" s="15">
         <v>0.18639</v>
       </c>
       <c r="N337" s="15">
         <v>2</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="E338" s="15" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I338" s="15" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="J338" s="15"/>
       <c r="K338" s="15">
         <v>0.23736</v>
       </c>
       <c r="L338" s="15">
         <v>0.21362</v>
       </c>
       <c r="M338" s="15">
         <v>0.1978</v>
       </c>
       <c r="N338" s="15">
-        <v>3252</v>
+        <v>3152</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="E339" s="15" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I339" s="15" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="J339" s="15">
         <v>200</v>
       </c>
       <c r="K339" s="15">
         <v>0.12512</v>
       </c>
       <c r="L339" s="15">
         <v>0.10897</v>
       </c>
       <c r="M339" s="15">
         <v>0.1009</v>
       </c>
       <c r="N339" s="15">
-        <v>2208</v>
+        <v>2726</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="E340" s="15" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I340" s="15" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="J340" s="15">
         <v>150</v>
       </c>
       <c r="K340" s="15">
         <v>0.19003</v>
       </c>
       <c r="L340" s="15">
         <v>0.16551</v>
       </c>
       <c r="M340" s="15">
         <v>0.15325</v>
       </c>
       <c r="N340" s="15">
-        <v>5730</v>
+        <v>7545</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="E341" s="15" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I341" s="15" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="J341" s="15">
         <v>1000</v>
       </c>
       <c r="K341" s="15">
         <v>0.18791</v>
       </c>
       <c r="L341" s="15">
         <v>0.16285</v>
       </c>
       <c r="M341" s="15">
         <v>0.15659</v>
       </c>
       <c r="N341" s="15">
-        <v>126000</v>
+        <v>130000</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="E342" s="15" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I342" s="15" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="J342" s="15"/>
       <c r="K342" s="15">
         <v>0.18039</v>
       </c>
       <c r="L342" s="15">
         <v>0.15711</v>
       </c>
       <c r="M342" s="15">
         <v>0.14548</v>
       </c>
       <c r="N342" s="15">
-        <v>6675</v>
+        <v>5400</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="E343" s="15" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I343" s="15" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="J343" s="15"/>
       <c r="K343" s="15">
         <v>1.13</v>
       </c>
       <c r="L343" s="15">
         <v>0.75888</v>
       </c>
       <c r="M343" s="15">
         <v>0.679</v>
       </c>
       <c r="N343" s="15"/>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="E344" s="15" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I344" s="15" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="J344" s="15"/>
       <c r="K344" s="15">
         <v>0.15353</v>
       </c>
       <c r="L344" s="15">
         <v>0.13372</v>
       </c>
       <c r="M344" s="15">
         <v>0.12381</v>
       </c>
       <c r="N344" s="15">
-        <v>1925</v>
+        <v>1701</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="E345" s="15" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I345" s="15" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="J345" s="15"/>
       <c r="K345" s="15">
         <v>0.15416</v>
       </c>
       <c r="L345" s="15">
         <v>0.13427</v>
       </c>
       <c r="M345" s="15">
         <v>0.12433</v>
       </c>
       <c r="N345" s="15">
-        <v>950</v>
+        <v>788</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="E346" s="15" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I346" s="15" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="J346" s="15"/>
       <c r="K346" s="15">
         <v>0.22901</v>
       </c>
       <c r="L346" s="15">
         <v>0.2061</v>
       </c>
       <c r="M346" s="15">
         <v>0.19084</v>
       </c>
       <c r="N346" s="15">
-        <v>1580</v>
+        <v>1680</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="D347" s="15" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="E347" s="15" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="I347" s="15" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="J347" s="15"/>
       <c r="K347" s="15">
         <v>0.12428</v>
       </c>
       <c r="L347" s="15">
         <v>0.10824</v>
       </c>
       <c r="M347" s="15">
         <v>0.10023</v>
       </c>
       <c r="N347" s="15">
-        <v>34800</v>
+        <v>25200</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14"/>
       <c r="C348" s="15"/>
       <c r="D348" s="15"/>
       <c r="E348" s="15"/>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15"/>
       <c r="I348" s="15"/>
       <c r="J348" s="15"/>
       <c r="K348" s="15"/>
       <c r="L348" s="15"/>
       <c r="M348" s="15"/>
       <c r="N348" s="15"/>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
     </row>
   </sheetData>
@@ -18061,317 +18073,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>