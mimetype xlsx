--- v2 (2026-01-30)
+++ v3 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1245">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -856,50 +856,53 @@
   <si>
     <t>10-00016842</t>
   </si>
   <si>
     <t>DG128-5.0-02P-12-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG128-5.0-02P-12-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-128-5.00-02P-4S KLS, DG128-5.0-02P-14-00Z(H) DEGSON, DG128-5.0-02P-12-00Z(H) DEGSON, GT128-5.0-02P-14-00 GOLTEN, TL206V-02P-G12S(M3) Tianli, GT128-5.0-02P-12-00 GOLTEN, TL206V-02P-LS Tianli, CM-128-5.0-2P-14 FUCON, L-KLS2-128-5.00-02P-2S KLS, </t>
   </si>
   <si>
     <t>DG128-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG128-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113297</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-128-5.00-02P-4S KLS, DG128-5.0-02P-12-00Z(H) DEGSON, GT128-5.0-02P-14-00 GOLTEN, TL206V-02P-G12S(M3) Tianli, GT128-5.0-02P-12-00 GOLTEN, TL206V-02P-G12S Tianli, CM-128-5.0-2P-14 FUCON, DG128-5.0-02P-12-00A(H) DEGSON, </t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>DG128-5.0-02P-14-3002A(H)</t>
   </si>
   <si>
     <t>Клеммник DG128-5.0-02P-14-3002A(H)</t>
   </si>
   <si>
     <t>DG128-5.0-03P-12-00A(H)</t>
   </si>
   <si>
     <t>DG128-5.0-03P-12-00A(H) синие</t>
   </si>
   <si>
     <t>DG128-5.0-03P-12-00Z(H)</t>
   </si>
   <si>
     <t>синие / DG128-5.0-03P-12-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107136</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-128-5.00-03P-2S KLS, GT128-5.0-03P-12-00 GOLTEN, TL206V-03P-L01S Tianli, TL206V-03P-L01S(M3) Tianli, </t>
   </si>
   <si>
     <t>DG128-5.0-03P-14-00Z(H)</t>
@@ -1249,50 +1252,53 @@
   <si>
     <t>Клеммник DG2204R-5.0-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107141</t>
   </si>
   <si>
     <t>DG2204R-5.0-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG2204R-5.0-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00126635</t>
   </si>
   <si>
     <t>DG2204V-5.0-01P-14-00Z(H)</t>
   </si>
   <si>
     <t>нажимной вертикальный / DG2204V-5.0-01P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00106952</t>
   </si>
   <si>
+    <t>22.06.2026</t>
+  </si>
+  <si>
     <t>DG2204V-5.0-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>нажимной вертикальный / DG2204V-5.0-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112482</t>
   </si>
   <si>
     <t>DG2204V-5.0-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>нажимной вертикальный / DG2204V-5.0-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112483</t>
   </si>
   <si>
     <t>DG300-5.0-02P-11-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG300-5.0-02P-11-00A(H)</t>
   </si>
   <si>
     <t>UT-00149374</t>
@@ -2554,50 +2560,53 @@
   <si>
     <t>GT306-5.0-02P-12-05</t>
   </si>
   <si>
     <t>выводы: сталь (-05) / GT306-5.0-02P-12-05</t>
   </si>
   <si>
     <t>UT-00142997</t>
   </si>
   <si>
     <t xml:space="preserve">DG306-5.0-02P-12-10Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT306-5.0-02P-13-00</t>
   </si>
   <si>
     <t>Клеммник GT306-5.0-02P-13-00</t>
   </si>
   <si>
     <t>UT-00148913</t>
   </si>
   <si>
     <t xml:space="preserve">DG306-5.0-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
+    <t>18.06.2026</t>
+  </si>
+  <si>
     <t>GT306-5.0-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT306-5.0-02P-14-00</t>
   </si>
   <si>
     <t>UT-00143409</t>
   </si>
   <si>
     <t xml:space="preserve">DG306-5.0-02P-14-00Z(H) DEGSON, DG306-5.0-02P-14-00A(H) DEGSON, TL203V-02P-G12S Tianli, </t>
   </si>
   <si>
     <t>GT306-5.0-03P-12-00</t>
   </si>
   <si>
     <t>Клеммник GT306-5.0-03P-12-00</t>
   </si>
   <si>
     <t>UT-00146029</t>
   </si>
   <si>
     <t xml:space="preserve">GT306-5.0-03P-12-00A(H) GOLTEN, DG306-5.0-03P-12-00Z(H) DEGSON, L-KLS2-306V-5.00-03P-2S KLS, TL203V-03P-LS Tianli, DG306-5.0-03P-12-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>GT306-5.0-03P-12-00A(H)</t>
@@ -3268,80 +3277,116 @@
   <si>
     <t>L-KLS2-306V-5.00-03P-2S</t>
   </si>
   <si>
     <t>винты "-" / L-KLS2-306V-5.00-03P-2S</t>
   </si>
   <si>
     <t>UT-00139302</t>
   </si>
   <si>
     <t xml:space="preserve">GT306-5.0-03P-12-00A(H) GOLTEN, DG306-5.0-03P-12-00Z(H) DEGSON, TL203V-03P-LS Tianli, GT306-5.0-03P-12-00 GOLTEN, DG306-5.0-03P-12-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-331KB-5.00-06P-3SC</t>
   </si>
   <si>
     <t>винт - + / L-KLS2-331KB-5.00-06P-3SC</t>
   </si>
   <si>
     <t>UT-00146006</t>
   </si>
   <si>
     <t xml:space="preserve">DG331-5.0-06P-13-00Z(H) DEGSON, L-KLS2-331KB-5.00-06P-3S KLS, TL221T-06P-KC Tianli, GT331-5.0-06P-13-00 GOLTEN, TL221T-06P-KS Tianli, </t>
   </si>
   <si>
-    <t>26.02.2026</t>
+    <t>18.05.2026</t>
   </si>
   <si>
     <t>SH313-5.0-1P/Cover</t>
   </si>
   <si>
     <t>торцевая крышка для клеммников SH313 / SH313-5.0-1P/Cover</t>
   </si>
   <si>
     <t>UT-00147176</t>
   </si>
   <si>
     <t>SANHE</t>
   </si>
   <si>
+    <t>TL200V-03P-L01S</t>
+  </si>
+  <si>
+    <t>Клеммник TL200V-03P-L01S</t>
+  </si>
+  <si>
+    <t>UT-00146375</t>
+  </si>
+  <si>
+    <t>Tianli</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-300-5.00-03P-2C KLS, DG300-5.0-03P-12-00Z(H) DEGSON, GT300-5.0-03P-12-00 GOLTEN, CM-300V-5.0-3P-12 FUCON, L-KLS2-300-5.00-03P-2S KLS, </t>
+  </si>
+  <si>
     <t>TL201R-02P-G12S</t>
   </si>
   <si>
     <t>Клеммник TL201R-02P-G12S</t>
   </si>
   <si>
     <t>UT-00141382</t>
   </si>
   <si>
-    <t>Tianli</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">DG126R-5.0-02P-14-00Z(H) DEGSON, GT126R-5.0-02P-14-00 GOLTEN, CM-126R-5.0-2P-14 FUCON, L-KLS2-126R-5.00-02P-4S KLS, </t>
   </si>
   <si>
+    <t>TL201V-03P-L01S</t>
+  </si>
+  <si>
+    <t>Клеммник TL201V-03P-L01S</t>
+  </si>
+  <si>
+    <t>UT-00148503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-301-5.00-03P-2S KLS, GT301-5.0-03P-12-00A(H) GOLTEN, GT301-5.0-03P-12-00B(H) GOLTEN, L-KLS2-301-5.00-03P-2C KLS, DG301-5.0-03P-12-02Z(H) DEGSON, DG301-5.0-03P-12-00Z(H) DEGSON, GT301-5.0-03P-12-00 GOLTEN, CM-301-5.0-3P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>TL202V-02P-L01S</t>
+  </si>
+  <si>
+    <t>Клеммник TL202V-02P-L01S</t>
+  </si>
+  <si>
+    <t>UT-00148862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT305-5.0-02P-12-00A(H) GOLTEN, DG305-5.0-02P-12-00Z(H) DEGSON, GT305-5.0-02P-12-00 GOLTEN, L-KLS2-305V-5.00-02P-2S KLS, </t>
+  </si>
+  <si>
     <t>TL202V-03P-L01S</t>
   </si>
   <si>
     <t>Клеммник TL202V-03P-L01S</t>
   </si>
   <si>
     <t>UT-00148863</t>
   </si>
   <si>
     <t xml:space="preserve">GT305-5.0-03P-12-00A(H) GOLTEN, DG305-5.0-03P-12-00Z(H) DEGSON, GT305-5.0-03P-12-00 GOLTEN, L-KLS2-305V-5.00-03P-2S KLS, </t>
   </si>
   <si>
     <t>TL203V-03P-G12S</t>
   </si>
   <si>
     <t>шаг 5.0мм, цвет зеленый / TL203V-03P-G12S</t>
   </si>
   <si>
     <t>UT-00141379</t>
   </si>
   <si>
     <t xml:space="preserve">DG306-5.0-03P-14-00Z(H) DEGSON, GT306-5.0-03P-14-00 GOLTEN, L-KLS2-306V-5.00-03P-4C KLS, </t>
   </si>
   <si>
     <t>TL203V-03P-LS</t>
@@ -3611,50 +3656,62 @@
     <t xml:space="preserve">DG302-5.0-02P-14-00Z(H) DEGSON, GT302-5.0-02P-14-00 GOLTEN, CM-302-5.0-2P-14 FUCON, </t>
   </si>
   <si>
     <t>TL236V-03P-G12S</t>
   </si>
   <si>
     <t>Клеммник TL236V-03P-G12S</t>
   </si>
   <si>
     <t>UT-00146320</t>
   </si>
   <si>
     <t xml:space="preserve">DG302-5.0-03P-14-00Z(H) DEGSON, GT302-5.0-03P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>TL306V-02P-G12S(M3)</t>
   </si>
   <si>
     <t>шаг 5.08мм; M3 винт - / TL306V-02P-G12S(M3)</t>
   </si>
   <si>
     <t>UT-00141410</t>
   </si>
   <si>
     <t xml:space="preserve">DG500-5.08-02P-14-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>TLD201-04P-G12S</t>
+  </si>
+  <si>
+    <t>Клеммник TLD201-04P-G12S</t>
+  </si>
+  <si>
+    <t>UT-00146119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT127A-5.0-04P-14-00 GOLTEN, CM-127A-5.0-4P-14 FUCON, DG127A-5.0-04P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
@@ -4200,51 +4257,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R348"/>
+  <dimension ref="A1:R352"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -4454,1105 +4511,1103 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.09654</v>
       </c>
       <c r="L9" s="15">
         <v>0.08689</v>
       </c>
       <c r="M9" s="15">
         <v>0.08044999999999999</v>
       </c>
       <c r="N9" s="15">
-        <v>20700</v>
+        <v>25200</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.14451</v>
       </c>
       <c r="L10" s="15">
         <v>0.13006</v>
       </c>
       <c r="M10" s="15">
         <v>0.12043</v>
       </c>
       <c r="N10" s="15">
-        <v>3515</v>
+        <v>4038</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11081</v>
       </c>
       <c r="L11" s="15">
         <v>0.09972</v>
       </c>
       <c r="M11" s="15">
         <v>0.09234000000000001</v>
       </c>
-      <c r="N11" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N11" s="15">
+        <v>620</v>
+      </c>
+      <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.15602</v>
       </c>
       <c r="L12" s="15">
         <v>0.14041</v>
       </c>
       <c r="M12" s="15">
         <v>0.13001</v>
       </c>
       <c r="N12" s="15">
-        <v>3750</v>
+        <v>3401</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.09791999999999999</v>
       </c>
       <c r="L13" s="15">
         <v>0.08813</v>
       </c>
       <c r="M13" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="N13" s="15">
-        <v>2075</v>
+        <v>1575</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.08397</v>
       </c>
       <c r="L14" s="15">
         <v>0.07557</v>
       </c>
       <c r="M14" s="15">
         <v>0.06998</v>
       </c>
       <c r="N14" s="15">
-        <v>12200</v>
+        <v>13200</v>
       </c>
       <c r="O14" s="15">
-        <v>6100</v>
+        <v>6600</v>
       </c>
       <c r="P14" s="15" t="s">
         <v>52</v>
       </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.12629</v>
       </c>
       <c r="L15" s="15">
         <v>0.11366</v>
       </c>
       <c r="M15" s="15">
         <v>0.10524</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15">
-        <v>37800</v>
+        <v>34650</v>
       </c>
       <c r="P15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.22209</v>
       </c>
       <c r="L16" s="15">
         <v>0.19248</v>
       </c>
       <c r="M16" s="15">
         <v>0.18508</v>
       </c>
-      <c r="N16" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N16" s="15">
+        <v>3900</v>
+      </c>
+      <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.09506000000000001</v>
       </c>
       <c r="L17" s="15">
         <v>0.08555</v>
       </c>
       <c r="M17" s="15">
         <v>0.07921</v>
       </c>
       <c r="N17" s="15">
-        <v>37050</v>
+        <v>30875</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.14274</v>
       </c>
       <c r="L18" s="15">
         <v>0.12847</v>
       </c>
       <c r="M18" s="15">
         <v>0.11895</v>
       </c>
       <c r="N18" s="15">
-        <v>27000</v>
+        <v>35100</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.158</v>
       </c>
       <c r="L19" s="15">
         <v>0.1422</v>
       </c>
       <c r="M19" s="15">
         <v>0.13166</v>
       </c>
       <c r="N19" s="15">
-        <v>5475</v>
+        <v>5400</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="15">
         <v>400</v>
       </c>
       <c r="K20" s="15">
         <v>0.12714</v>
       </c>
       <c r="L20" s="15">
         <v>0.11443</v>
       </c>
       <c r="M20" s="15">
         <v>0.10595</v>
       </c>
       <c r="N20" s="15">
-        <v>3950</v>
+        <v>4400</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.05505</v>
       </c>
       <c r="L21" s="15">
         <v>0.04771</v>
       </c>
       <c r="M21" s="15">
         <v>0.04588</v>
       </c>
       <c r="N21" s="15">
-        <v>6900</v>
+        <v>8101</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>84</v>
       </c>
       <c r="J22" s="15">
         <v>800</v>
       </c>
       <c r="K22" s="15">
         <v>0.08488999999999999</v>
       </c>
       <c r="L22" s="15">
         <v>0.0764</v>
       </c>
       <c r="M22" s="15">
         <v>0.07074</v>
       </c>
       <c r="N22" s="15">
-        <v>13300</v>
+        <v>13475</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.06422</v>
       </c>
       <c r="L23" s="15">
         <v>0.05779</v>
       </c>
       <c r="M23" s="15">
         <v>0.05351</v>
       </c>
       <c r="N23" s="15">
-        <v>390</v>
-[...3 lines deleted...]
-      </c>
+        <v>10230</v>
+      </c>
+      <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15">
         <v>400</v>
       </c>
       <c r="K24" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="L24" s="15">
         <v>0.08352999999999999</v>
       </c>
       <c r="M24" s="15">
         <v>0.08031000000000001</v>
       </c>
       <c r="N24" s="15">
-        <v>21930</v>
+        <v>22185</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.06491</v>
       </c>
       <c r="L25" s="15">
         <v>0.05625</v>
       </c>
       <c r="M25" s="15">
         <v>0.05409</v>
       </c>
       <c r="N25" s="15">
-        <v>25125</v>
+        <v>24375</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>100</v>
       </c>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.08858000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.07677</v>
       </c>
       <c r="M26" s="15">
         <v>0.07381</v>
       </c>
       <c r="N26" s="15">
-        <v>11310</v>
+        <v>11440</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>104</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.08498</v>
       </c>
       <c r="L27" s="15">
         <v>0.07648000000000001</v>
       </c>
       <c r="M27" s="15">
         <v>0.07081</v>
       </c>
       <c r="N27" s="15">
-        <v>1500</v>
+        <v>1701</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.1272</v>
       </c>
       <c r="L28" s="15">
         <v>0.11448</v>
       </c>
       <c r="M28" s="15">
         <v>0.106</v>
       </c>
       <c r="N28" s="15">
-        <v>4500</v>
+        <v>5625</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>112</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.11802</v>
       </c>
       <c r="L29" s="15">
         <v>0.10622</v>
       </c>
       <c r="M29" s="15">
         <v>0.09835000000000001</v>
       </c>
       <c r="N29" s="15">
-        <v>900</v>
+        <v>1000</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.06680999999999999</v>
       </c>
       <c r="L30" s="15">
         <v>0.0579</v>
       </c>
       <c r="M30" s="15">
         <v>0.05568</v>
       </c>
       <c r="N30" s="15">
-        <v>33000</v>
+        <v>44000</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J31" s="15">
         <v>500</v>
       </c>
       <c r="K31" s="15">
         <v>0.1031</v>
       </c>
       <c r="L31" s="15">
         <v>0.09279</v>
       </c>
       <c r="M31" s="15">
         <v>0.08591</v>
       </c>
       <c r="N31" s="15">
-        <v>2208</v>
+        <v>2112</v>
       </c>
       <c r="O31" s="15">
-        <v>2070</v>
+        <v>1980</v>
       </c>
       <c r="P31" s="15" t="s">
         <v>121</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
         <v>0.15384</v>
       </c>
       <c r="L32" s="15">
         <v>0.13846</v>
       </c>
       <c r="M32" s="15">
         <v>0.1282</v>
       </c>
       <c r="N32" s="15">
-        <v>11250</v>
+        <v>8250</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>129</v>
       </c>
       <c r="J33" s="15">
         <v>250</v>
       </c>
       <c r="K33" s="15">
         <v>0.16931</v>
       </c>
       <c r="L33" s="15">
         <v>0.14673</v>
       </c>
       <c r="M33" s="15">
         <v>0.14109</v>
       </c>
       <c r="N33" s="15">
-        <v>2363</v>
+        <v>3263</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.12872</v>
       </c>
       <c r="L34" s="15">
         <v>0.11584</v>
       </c>
       <c r="M34" s="15">
         <v>0.10726</v>
       </c>
       <c r="N34" s="15">
-        <v>1075</v>
+        <v>763</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J35" s="15">
         <v>400</v>
       </c>
       <c r="K35" s="15">
         <v>0.13277</v>
       </c>
       <c r="L35" s="15">
         <v>0.11506</v>
       </c>
       <c r="M35" s="15">
         <v>0.11064</v>
       </c>
       <c r="N35" s="15">
-        <v>23691</v>
+        <v>18491</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I36" s="15"/>
@@ -5588,51 +5643,51 @@
       </c>
       <c r="E37" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>144</v>
       </c>
       <c r="J37" s="15">
         <v>250</v>
       </c>
       <c r="K37" s="15">
         <v>0.19911</v>
       </c>
       <c r="L37" s="15">
         <v>0.17256</v>
       </c>
       <c r="M37" s="15">
         <v>0.16593</v>
       </c>
       <c r="N37" s="15">
-        <v>10374</v>
+        <v>11138</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I38" s="15"/>
@@ -5666,129 +5721,129 @@
       <c r="D39" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>925</v>
       </c>
       <c r="K39" s="15">
         <v>0.267</v>
       </c>
       <c r="L39" s="15">
         <v>0.2314</v>
       </c>
       <c r="M39" s="15">
         <v>0.2225</v>
       </c>
       <c r="N39" s="15">
-        <v>1332</v>
+        <v>1221</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E40" s="15">
         <v>10080051666</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.05256</v>
       </c>
       <c r="L40" s="15">
         <v>0.03769</v>
       </c>
       <c r="M40" s="15">
         <v>0.03272</v>
       </c>
       <c r="N40" s="15">
-        <v>254</v>
+        <v>355</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E41" s="15">
         <v>10080032464</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>800</v>
       </c>
       <c r="K41" s="15">
         <v>0.11397</v>
       </c>
       <c r="L41" s="15">
         <v>0.09877</v>
       </c>
       <c r="M41" s="15">
         <v>0.09497999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E42" s="15">
         <v>10080010569</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I42" s="15"/>
@@ -5863,51 +5918,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J44" s="15">
         <v>625</v>
       </c>
       <c r="K44" s="15">
         <v>0.43743</v>
       </c>
       <c r="L44" s="15">
         <v>0.37911</v>
       </c>
       <c r="M44" s="15">
         <v>0.36453</v>
       </c>
       <c r="N44" s="15">
-        <v>482</v>
+        <v>525</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I45" s="15"/>
@@ -5939,90 +5994,90 @@
       <c r="D46" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E46" s="15">
         <v>10080012387</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>135</v>
       </c>
       <c r="K46" s="15">
         <v>1.4</v>
       </c>
       <c r="L46" s="15">
         <v>1.4</v>
       </c>
       <c r="M46" s="15">
         <v>1.4</v>
       </c>
       <c r="N46" s="15">
-        <v>981</v>
+        <v>872</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.61137</v>
       </c>
       <c r="L47" s="15">
         <v>0.52985</v>
       </c>
       <c r="M47" s="15">
         <v>0.50948</v>
       </c>
       <c r="N47" s="15">
-        <v>817</v>
+        <v>401</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I48" s="15"/>
@@ -6088,183 +6143,181 @@
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>182</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J50" s="15">
         <v>500</v>
       </c>
       <c r="K50" s="15">
-        <v>0.13769</v>
+        <v>0.1262</v>
       </c>
       <c r="L50" s="15">
-        <v>0.11933</v>
+        <v>0.10937</v>
       </c>
       <c r="M50" s="15">
-        <v>0.11474</v>
+        <v>0.10516</v>
       </c>
       <c r="N50" s="15">
-        <v>2475</v>
+        <v>2155</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>187</v>
       </c>
       <c r="J51" s="15">
         <v>300</v>
       </c>
       <c r="K51" s="15">
         <v>0.19902</v>
       </c>
       <c r="L51" s="15">
         <v>0.17248</v>
       </c>
       <c r="M51" s="15">
         <v>0.16585</v>
       </c>
       <c r="N51" s="15">
-        <v>761</v>
-[...3 lines deleted...]
-      </c>
+        <v>2461</v>
+      </c>
+      <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>191</v>
       </c>
       <c r="J52" s="15">
         <v>500</v>
       </c>
       <c r="K52" s="15">
         <v>0.07545</v>
       </c>
       <c r="L52" s="15">
         <v>0.06539</v>
       </c>
       <c r="M52" s="15">
         <v>0.06288000000000001</v>
       </c>
       <c r="N52" s="15">
-        <v>36680</v>
+        <v>33763</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>300</v>
       </c>
       <c r="K53" s="15">
         <v>0.065</v>
       </c>
       <c r="L53" s="15">
         <v>0.065</v>
       </c>
       <c r="M53" s="15">
         <v>0.065</v>
       </c>
       <c r="N53" s="15">
-        <v>1055</v>
+        <v>1223</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -6302,51 +6355,51 @@
       </c>
       <c r="E55" s="15">
         <v>10000007176</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>201</v>
       </c>
       <c r="J55" s="15">
         <v>300</v>
       </c>
       <c r="K55" s="15">
         <v>0.22473</v>
       </c>
       <c r="L55" s="15">
         <v>0.14982</v>
       </c>
       <c r="M55" s="15">
         <v>0.13577</v>
       </c>
       <c r="N55" s="15">
-        <v>9408</v>
+        <v>11581</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>204</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I56" s="15" t="s">
@@ -6421,90 +6474,90 @@
       </c>
       <c r="E58" s="15" t="s">
         <v>211</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>212</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.13343</v>
       </c>
       <c r="L58" s="15">
         <v>0.11564</v>
       </c>
       <c r="M58" s="15">
         <v>0.11119</v>
       </c>
       <c r="N58" s="15">
-        <v>1710</v>
+        <v>1452</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E59" s="15">
         <v>10080012196</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>300</v>
       </c>
       <c r="K59" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="L59" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M59" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="N59" s="15">
-        <v>2953</v>
+        <v>2566</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>217</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I60" s="15" t="s">
@@ -6540,92 +6593,92 @@
       </c>
       <c r="E61" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>222</v>
       </c>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.10166</v>
       </c>
       <c r="L61" s="15">
         <v>0.0881</v>
       </c>
       <c r="M61" s="15">
         <v>0.08470999999999999</v>
       </c>
       <c r="N61" s="15">
-        <v>14212</v>
+        <v>10222</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>223</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>225</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>226</v>
       </c>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
-        <v>0.14049</v>
+        <v>0.14276</v>
       </c>
       <c r="L62" s="15">
-        <v>0.12176</v>
+        <v>0.12372</v>
       </c>
       <c r="M62" s="15">
-        <v>0.11708</v>
+        <v>0.11896</v>
       </c>
       <c r="N62" s="15">
-        <v>17952</v>
+        <v>2603</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I63" s="15"/>
@@ -6694,98 +6747,96 @@
       <c r="D65" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.21</v>
       </c>
       <c r="L65" s="15">
         <v>0.21</v>
       </c>
       <c r="M65" s="15">
         <v>0.21</v>
       </c>
       <c r="N65" s="15">
-        <v>740</v>
+        <v>640</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15">
         <v>4000</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>239</v>
       </c>
       <c r="J66" s="15">
         <v>880</v>
       </c>
       <c r="K66" s="15">
-        <v>0.25358</v>
+        <v>0.24566</v>
       </c>
       <c r="L66" s="15">
-        <v>0.21977</v>
+        <v>0.2129</v>
       </c>
       <c r="M66" s="15">
-        <v>0.21131</v>
+        <v>0.20471</v>
       </c>
       <c r="N66" s="15">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>15752</v>
+      </c>
+      <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E67" s="15">
         <v>10080014747</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
@@ -6806,60 +6857,60 @@
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>245</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
-        <v>0.39039</v>
+        <v>0.36779</v>
       </c>
       <c r="L68" s="15">
-        <v>0.33834</v>
+        <v>0.31875</v>
       </c>
       <c r="M68" s="15">
-        <v>0.32533</v>
+        <v>0.30649</v>
       </c>
       <c r="N68" s="15">
-        <v>3397</v>
+        <v>1022</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I69" s="15"/>
@@ -6967,51 +7018,51 @@
       <c r="D72" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>400</v>
       </c>
       <c r="K72" s="15">
         <v>0.18497</v>
       </c>
       <c r="L72" s="15">
         <v>0.16647</v>
       </c>
       <c r="M72" s="15">
         <v>0.15414</v>
       </c>
       <c r="N72" s="15">
-        <v>180</v>
+        <v>234</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I73" s="15"/>
@@ -7121,51 +7172,51 @@
       <c r="D76" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>200</v>
       </c>
       <c r="K76" s="15">
         <v>0.3558</v>
       </c>
       <c r="L76" s="15">
         <v>0.30836</v>
       </c>
       <c r="M76" s="15">
         <v>0.2965</v>
       </c>
       <c r="N76" s="15">
-        <v>132</v>
+        <v>154</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>271</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>272</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I77" s="15"/>
@@ -7238,10822 +7289,11002 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>278</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>279</v>
       </c>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
         <v>0.11208</v>
       </c>
       <c r="L79" s="15">
         <v>0.09714</v>
       </c>
       <c r="M79" s="15">
         <v>0.0934</v>
       </c>
       <c r="N79" s="15">
-        <v>40771</v>
-[...2 lines deleted...]
-      <c r="P79" s="15"/>
+        <v>17652</v>
+      </c>
+      <c r="O79" s="15">
+        <v>18600</v>
+      </c>
+      <c r="P79" s="15" t="s">
+        <v>280</v>
+      </c>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E80" s="15">
         <v>10080035440</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.45386</v>
       </c>
       <c r="L80" s="15">
         <v>0.24112</v>
       </c>
       <c r="M80" s="15">
         <v>0.20565</v>
       </c>
       <c r="N80" s="15">
         <v>13</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E81" s="15">
         <v>10080002273</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>200</v>
       </c>
       <c r="K81" s="15">
         <v>0.22101</v>
       </c>
       <c r="L81" s="15">
         <v>0.19154</v>
       </c>
       <c r="M81" s="15">
         <v>0.18418</v>
       </c>
       <c r="N81" s="15">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J82" s="15">
         <v>200</v>
       </c>
       <c r="K82" s="15">
         <v>0.32359</v>
       </c>
       <c r="L82" s="15">
         <v>0.23114</v>
       </c>
       <c r="M82" s="15">
         <v>0.20803</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I83" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J83" s="15">
         <v>200</v>
       </c>
       <c r="K83" s="15">
         <v>0.16175</v>
       </c>
       <c r="L83" s="15">
         <v>0.14018</v>
       </c>
       <c r="M83" s="15">
         <v>0.13479</v>
       </c>
       <c r="N83" s="15">
-        <v>133115</v>
+        <v>95992</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E84" s="15">
         <v>10080035443</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>400</v>
       </c>
       <c r="K84" s="15">
         <v>0.69999</v>
       </c>
       <c r="L84" s="15">
         <v>0.37187</v>
       </c>
       <c r="M84" s="15">
         <v>0.31718</v>
       </c>
       <c r="N84" s="15">
         <v>15</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J85" s="15">
         <v>350</v>
       </c>
       <c r="K85" s="15">
         <v>0.13743</v>
       </c>
       <c r="L85" s="15">
         <v>0.11911</v>
       </c>
       <c r="M85" s="15">
         <v>0.11453</v>
       </c>
       <c r="N85" s="15">
-        <v>13022</v>
+        <v>11950</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E86" s="15">
         <v>10080012199</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.115</v>
       </c>
       <c r="L86" s="15">
         <v>0.115</v>
       </c>
       <c r="M86" s="15">
         <v>0.115</v>
       </c>
       <c r="N86" s="15">
-        <v>6777</v>
+        <v>7409</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="J87" s="15">
         <v>200</v>
       </c>
       <c r="K87" s="15">
         <v>0.20258</v>
       </c>
       <c r="L87" s="15">
         <v>0.17557</v>
       </c>
       <c r="M87" s="15">
         <v>0.16881</v>
       </c>
       <c r="N87" s="15">
-        <v>1582</v>
+        <v>2234</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J88" s="15">
         <v>200</v>
       </c>
       <c r="K88" s="15">
         <v>0.14238</v>
       </c>
       <c r="L88" s="15">
         <v>0.1234</v>
       </c>
       <c r="M88" s="15">
         <v>0.11865</v>
       </c>
       <c r="N88" s="15">
-        <v>21335</v>
+        <v>20342</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E89" s="15">
         <v>10080012201</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>200</v>
       </c>
       <c r="K89" s="15">
         <v>0.50101</v>
       </c>
       <c r="L89" s="15">
         <v>0.334</v>
       </c>
       <c r="M89" s="15">
         <v>0.30364</v>
       </c>
       <c r="N89" s="15">
         <v>1</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J90" s="15">
         <v>200</v>
       </c>
       <c r="K90" s="15">
         <v>0.22284</v>
       </c>
       <c r="L90" s="15">
         <v>0.19313</v>
       </c>
       <c r="M90" s="15">
         <v>0.1857</v>
       </c>
       <c r="N90" s="15"/>
-      <c r="O90" s="15"/>
-      <c r="P90" s="15"/>
+      <c r="O90" s="15">
+        <v>7280</v>
+      </c>
+      <c r="P90" s="15" t="s">
+        <v>280</v>
+      </c>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E91" s="15">
         <v>10080011951</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>825</v>
       </c>
       <c r="K91" s="15">
         <v>0.61783</v>
       </c>
       <c r="L91" s="15">
         <v>0.33302</v>
       </c>
       <c r="M91" s="15">
         <v>0.2892</v>
       </c>
       <c r="N91" s="15">
         <v>3</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="J92" s="15">
         <v>200</v>
       </c>
       <c r="K92" s="15">
         <v>0.19092</v>
       </c>
       <c r="L92" s="15">
         <v>0.16546</v>
       </c>
       <c r="M92" s="15">
         <v>0.1591</v>
       </c>
       <c r="N92" s="15">
-        <v>26190</v>
+        <v>24735</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E93" s="15">
         <v>10080015039</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>200</v>
       </c>
       <c r="K93" s="15">
         <v>0.19</v>
       </c>
       <c r="L93" s="15">
         <v>0.19</v>
       </c>
       <c r="M93" s="15">
         <v>0.19</v>
       </c>
       <c r="N93" s="15">
-        <v>19444</v>
+        <v>20467</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J94" s="15">
         <v>200</v>
       </c>
       <c r="K94" s="15">
         <v>0.21288</v>
       </c>
       <c r="L94" s="15">
         <v>0.1845</v>
       </c>
       <c r="M94" s="15">
         <v>0.1774</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D95" s="15"/>
       <c r="E95" s="15">
         <v>10080009931</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="J95" s="15">
         <v>200</v>
       </c>
       <c r="K95" s="15">
         <v>0.1503</v>
       </c>
       <c r="L95" s="15">
         <v>0.13026</v>
       </c>
       <c r="M95" s="15">
         <v>0.12525</v>
       </c>
       <c r="N95" s="15">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.1656</v>
       </c>
       <c r="L96" s="15">
         <v>0.14352</v>
       </c>
       <c r="M96" s="15">
         <v>0.138</v>
       </c>
       <c r="N96" s="15">
-        <v>6078</v>
+        <v>6889</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="J97" s="15">
         <v>200</v>
       </c>
       <c r="K97" s="15">
         <v>0.49008</v>
       </c>
       <c r="L97" s="15">
         <v>0.34192</v>
       </c>
       <c r="M97" s="15">
         <v>0.30773</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="J98" s="15">
         <v>200</v>
       </c>
       <c r="K98" s="15">
         <v>0.2259</v>
       </c>
       <c r="L98" s="15">
         <v>0.20331</v>
       </c>
       <c r="M98" s="15">
         <v>0.18825</v>
       </c>
       <c r="N98" s="15">
-        <v>19940</v>
+        <v>18611</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>330</v>
       </c>
       <c r="K99" s="15">
         <v>0.39464</v>
       </c>
       <c r="L99" s="15">
         <v>0.35517</v>
       </c>
       <c r="M99" s="15">
         <v>0.32886</v>
       </c>
       <c r="N99" s="15"/>
-      <c r="O99" s="15"/>
-      <c r="P99" s="15"/>
+      <c r="O99" s="15">
+        <v>1043</v>
+      </c>
+      <c r="P99" s="15" t="s">
+        <v>280</v>
+      </c>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D100" s="15"/>
       <c r="E100" s="15">
         <v>10080045850</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>240</v>
       </c>
       <c r="K100" s="15">
         <v>0.61659</v>
       </c>
       <c r="L100" s="15">
         <v>0.53438</v>
       </c>
       <c r="M100" s="15">
         <v>0.51383</v>
       </c>
       <c r="N100" s="15">
-        <v>3543</v>
+        <v>749</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>240</v>
       </c>
       <c r="K101" s="15">
         <v>0.51348</v>
       </c>
       <c r="L101" s="15">
         <v>0.44502</v>
       </c>
       <c r="M101" s="15">
         <v>0.4279</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="J102" s="15">
         <v>600</v>
       </c>
       <c r="K102" s="15">
         <v>0.38113</v>
       </c>
       <c r="L102" s="15">
         <v>0.31966</v>
       </c>
       <c r="M102" s="15">
         <v>0.30736</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E103" s="15">
         <v>10080035446</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>400</v>
       </c>
       <c r="K103" s="15">
         <v>0.33062</v>
       </c>
       <c r="L103" s="15">
         <v>0.28653</v>
       </c>
       <c r="M103" s="15">
         <v>0.27551</v>
       </c>
       <c r="N103" s="15">
         <v>4</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="J104" s="15">
         <v>400</v>
       </c>
       <c r="K104" s="15">
         <v>0.63612</v>
       </c>
       <c r="L104" s="15">
         <v>0.53352</v>
       </c>
       <c r="M104" s="15">
         <v>0.513</v>
       </c>
       <c r="N104" s="15">
         <v>28</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
         <v>0.42</v>
       </c>
       <c r="L105" s="15">
         <v>0.42</v>
       </c>
       <c r="M105" s="15">
         <v>0.42</v>
       </c>
       <c r="N105" s="15">
-        <v>6297</v>
+        <v>4782</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>2000</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.56477</v>
       </c>
       <c r="L106" s="15">
         <v>0.48946</v>
       </c>
       <c r="M106" s="15">
         <v>0.47064</v>
       </c>
       <c r="N106" s="15">
-        <v>886</v>
+        <v>876</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15">
         <v>2000</v>
       </c>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>100</v>
       </c>
       <c r="K107" s="15">
         <v>0.6480900000000001</v>
       </c>
       <c r="L107" s="15">
         <v>0.56168</v>
       </c>
       <c r="M107" s="15">
         <v>0.54008</v>
       </c>
       <c r="N107" s="15">
-        <v>955</v>
+        <v>757</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15">
         <v>2000</v>
       </c>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E108" s="15">
         <v>10080033478</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>200</v>
       </c>
       <c r="K108" s="15">
         <v>0.29521</v>
       </c>
       <c r="L108" s="15">
         <v>0.14754</v>
       </c>
       <c r="M108" s="15">
         <v>0.13415</v>
       </c>
       <c r="N108" s="15">
-        <v>153</v>
+        <v>185</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E109" s="15">
         <v>10080033479</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
         <v>0.115</v>
       </c>
       <c r="L109" s="15">
         <v>0.115</v>
       </c>
       <c r="M109" s="15">
         <v>0.115</v>
       </c>
       <c r="N109" s="15">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E110" s="15">
         <v>10080033474</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>0.065</v>
       </c>
       <c r="L110" s="15">
         <v>0.065</v>
       </c>
       <c r="M110" s="15">
         <v>0.065</v>
       </c>
       <c r="N110" s="15">
-        <v>786</v>
+        <v>873</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E111" s="15">
         <v>10080033475</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
         <v>0.105</v>
       </c>
       <c r="L111" s="15">
         <v>0.105</v>
       </c>
       <c r="M111" s="15">
         <v>0.105</v>
       </c>
       <c r="N111" s="15">
-        <v>630</v>
+        <v>830</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E112" s="15">
         <v>10080033476</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>0.065</v>
       </c>
       <c r="L112" s="15">
         <v>0.065</v>
       </c>
       <c r="M112" s="15">
         <v>0.065</v>
       </c>
       <c r="N112" s="15">
-        <v>605</v>
+        <v>586</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E113" s="15">
         <v>10080012202</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>600</v>
       </c>
       <c r="K113" s="15">
         <v>0.19831</v>
       </c>
       <c r="L113" s="15">
         <v>0.13225</v>
       </c>
       <c r="M113" s="15">
         <v>0.12016</v>
       </c>
       <c r="N113" s="15">
-        <v>442</v>
+        <v>483</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E114" s="15">
         <v>10080007678</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="J114" s="15">
         <v>200</v>
       </c>
       <c r="K114" s="15">
         <v>0.08114</v>
       </c>
       <c r="L114" s="15">
         <v>0.07031999999999999</v>
       </c>
       <c r="M114" s="15">
         <v>0.06761</v>
       </c>
       <c r="N114" s="15">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E115" s="15">
         <v>10080012203</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1</v>
       </c>
       <c r="K115" s="15">
         <v>0.29438</v>
       </c>
       <c r="L115" s="15">
         <v>0.1963</v>
       </c>
       <c r="M115" s="15">
         <v>0.17839</v>
       </c>
       <c r="N115" s="15">
-        <v>933</v>
+        <v>839</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J116" s="15">
         <v>1</v>
       </c>
       <c r="K116" s="15">
         <v>0.34789</v>
       </c>
       <c r="L116" s="15">
         <v>0.17388</v>
       </c>
       <c r="M116" s="15">
         <v>0.15811</v>
       </c>
       <c r="N116" s="15">
         <v>4</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E117" s="15">
         <v>10080015072</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.12</v>
       </c>
       <c r="L117" s="15">
         <v>0.12</v>
       </c>
       <c r="M117" s="15">
         <v>0.12</v>
       </c>
       <c r="N117" s="15">
-        <v>1680</v>
+        <v>1846</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E118" s="15">
         <v>10080015073</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>400</v>
       </c>
       <c r="K118" s="15">
         <v>0.18</v>
       </c>
       <c r="L118" s="15">
         <v>0.18</v>
       </c>
       <c r="M118" s="15">
         <v>0.18</v>
       </c>
       <c r="N118" s="15">
-        <v>7593</v>
+        <v>9254</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>250</v>
       </c>
       <c r="K119" s="15">
         <v>0.25347</v>
       </c>
       <c r="L119" s="15">
         <v>0.21967</v>
       </c>
       <c r="M119" s="15">
         <v>0.21123</v>
       </c>
       <c r="N119" s="15">
         <v>42</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>1</v>
       </c>
       <c r="K120" s="15">
         <v>0.88801</v>
       </c>
       <c r="L120" s="15">
         <v>0.44407</v>
       </c>
       <c r="M120" s="15">
         <v>0.40364</v>
       </c>
       <c r="N120" s="15">
         <v>2</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E121" s="15">
         <v>10080014937</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>50</v>
       </c>
       <c r="K121" s="15">
         <v>0.21128</v>
       </c>
       <c r="L121" s="15">
         <v>0.18311</v>
       </c>
       <c r="M121" s="15">
         <v>0.17606</v>
       </c>
       <c r="N121" s="15">
-        <v>195</v>
+        <v>227</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>100</v>
       </c>
       <c r="K122" s="15">
         <v>1.19</v>
       </c>
       <c r="L122" s="15">
         <v>1.03</v>
       </c>
       <c r="M122" s="15">
         <v>0.99264</v>
       </c>
       <c r="N122" s="15">
         <v>10</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15">
         <v>1200</v>
       </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>100</v>
       </c>
       <c r="K123" s="15">
         <v>0.67526</v>
       </c>
       <c r="L123" s="15">
         <v>0.58522</v>
       </c>
       <c r="M123" s="15">
         <v>0.56271</v>
       </c>
       <c r="N123" s="15">
-        <v>1940</v>
+        <v>2477</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>1.04</v>
       </c>
       <c r="L124" s="15">
         <v>0.90367</v>
       </c>
       <c r="M124" s="15">
         <v>0.86891</v>
       </c>
       <c r="N124" s="15">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>200</v>
       </c>
       <c r="K125" s="15">
         <v>0.56762</v>
       </c>
       <c r="L125" s="15">
         <v>0.49193</v>
       </c>
       <c r="M125" s="15">
         <v>0.47301</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
-      <c r="P125" s="15"/>
+      <c r="P125" s="15" t="s">
+        <v>412</v>
+      </c>
       <c r="Q125" s="15">
         <v>2400</v>
       </c>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>100</v>
       </c>
       <c r="K126" s="15">
         <v>1.36</v>
       </c>
       <c r="L126" s="15">
         <v>1.18</v>
       </c>
       <c r="M126" s="15">
         <v>1.14</v>
       </c>
       <c r="N126" s="15">
-        <v>750</v>
+        <v>830</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
         <v>1200</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>100</v>
       </c>
       <c r="K127" s="15">
         <v>3.41</v>
       </c>
       <c r="L127" s="15">
         <v>2.95</v>
       </c>
       <c r="M127" s="15">
         <v>2.84</v>
       </c>
       <c r="N127" s="15">
         <v>100</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15">
         <v>400</v>
       </c>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="E128" s="15" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="J128" s="15">
         <v>300</v>
       </c>
       <c r="K128" s="15">
         <v>0.09143999999999999</v>
       </c>
       <c r="L128" s="15">
         <v>0.07925</v>
       </c>
       <c r="M128" s="15">
         <v>0.0762</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15">
         <v>7200</v>
       </c>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="J129" s="15">
         <v>300</v>
       </c>
       <c r="K129" s="15">
         <v>0.08778</v>
       </c>
       <c r="L129" s="15">
         <v>0.07607999999999999</v>
       </c>
       <c r="M129" s="15">
         <v>0.07315000000000001</v>
       </c>
       <c r="N129" s="15">
-        <v>6078</v>
-[...2 lines deleted...]
-      <c r="P129" s="15"/>
+        <v>1360</v>
+      </c>
+      <c r="O129" s="15">
+        <v>15912</v>
+      </c>
+      <c r="P129" s="15" t="s">
+        <v>280</v>
+      </c>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I130" s="15" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="J130" s="15">
         <v>600</v>
       </c>
       <c r="K130" s="15">
         <v>0.11172</v>
       </c>
       <c r="L130" s="15">
         <v>0.09682</v>
       </c>
       <c r="M130" s="15">
         <v>0.0931</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="J131" s="15">
         <v>200</v>
       </c>
       <c r="K131" s="15">
         <v>0.06509</v>
       </c>
       <c r="L131" s="15">
         <v>0.06509</v>
       </c>
       <c r="M131" s="15">
         <v>0.06509</v>
       </c>
       <c r="N131" s="15">
-        <v>18000</v>
+        <v>13601</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="J132" s="15">
         <v>200</v>
       </c>
       <c r="K132" s="15">
         <v>0.13715</v>
       </c>
       <c r="L132" s="15">
         <v>0.11886</v>
       </c>
       <c r="M132" s="15">
         <v>0.11429</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15">
         <v>4800</v>
       </c>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I133" s="15" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J133" s="15">
         <v>200</v>
       </c>
       <c r="K133" s="15">
-        <v>0.12569</v>
+        <v>0.11523</v>
       </c>
       <c r="L133" s="15">
-        <v>0.10893</v>
+        <v>0.09987</v>
       </c>
       <c r="M133" s="15">
-        <v>0.10474</v>
+        <v>0.09603</v>
       </c>
       <c r="N133" s="15">
         <v>2</v>
       </c>
-      <c r="O133" s="15"/>
-      <c r="P133" s="15"/>
+      <c r="O133" s="15">
+        <v>6100</v>
+      </c>
+      <c r="P133" s="15" t="s">
+        <v>280</v>
+      </c>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>200</v>
       </c>
       <c r="K134" s="15">
         <v>0.13854</v>
       </c>
       <c r="L134" s="15">
         <v>0.12469</v>
       </c>
       <c r="M134" s="15">
         <v>0.11545</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="E135" s="15" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>1100</v>
       </c>
       <c r="K135" s="15">
         <v>0.23</v>
       </c>
       <c r="L135" s="15">
         <v>0.156</v>
       </c>
       <c r="M135" s="15">
         <v>0.14</v>
       </c>
       <c r="N135" s="15">
-        <v>27720</v>
+        <v>21600</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15">
         <v>2200</v>
       </c>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15"/>
       <c r="K136" s="15">
         <v>0.34766</v>
       </c>
       <c r="L136" s="15">
         <v>0.3013</v>
       </c>
       <c r="M136" s="15">
         <v>0.28971</v>
       </c>
       <c r="N136" s="15">
-        <v>515</v>
+        <v>391</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>550</v>
       </c>
       <c r="K137" s="15">
         <v>0.39065</v>
       </c>
       <c r="L137" s="15">
         <v>0.33856</v>
       </c>
       <c r="M137" s="15">
         <v>0.32554</v>
       </c>
       <c r="N137" s="15">
         <v>10</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15">
         <v>1100</v>
       </c>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="E138" s="15">
         <v>10000006161</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="J138" s="15">
         <v>600</v>
       </c>
       <c r="K138" s="15">
         <v>0.18903</v>
       </c>
       <c r="L138" s="15">
         <v>0.13554</v>
       </c>
       <c r="M138" s="15">
         <v>0.1177</v>
       </c>
       <c r="N138" s="15">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E139" s="15" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="J139" s="15">
         <v>600</v>
       </c>
       <c r="K139" s="15">
         <v>0.13119</v>
       </c>
       <c r="L139" s="15">
         <v>0.1137</v>
       </c>
       <c r="M139" s="15">
         <v>0.10933</v>
       </c>
       <c r="N139" s="15">
-        <v>5640</v>
+        <v>6298</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="J140" s="15">
         <v>400</v>
       </c>
       <c r="K140" s="15">
         <v>0.18153</v>
       </c>
       <c r="L140" s="15">
         <v>0.15733</v>
       </c>
       <c r="M140" s="15">
         <v>0.15128</v>
       </c>
       <c r="N140" s="15">
-        <v>2588</v>
+        <v>3254</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="E141" s="15">
         <v>10080008308</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
         <v>0.59244</v>
       </c>
       <c r="L141" s="15">
         <v>0.29628</v>
       </c>
       <c r="M141" s="15">
         <v>0.26935</v>
       </c>
       <c r="N141" s="15">
-        <v>251</v>
+        <v>266</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="J142" s="15">
         <v>500</v>
       </c>
       <c r="K142" s="15">
         <v>0.08168</v>
       </c>
       <c r="L142" s="15">
         <v>0.07079000000000001</v>
       </c>
       <c r="M142" s="15">
         <v>0.06806</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I143" s="15" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="J143" s="15">
         <v>500</v>
       </c>
       <c r="K143" s="15">
-        <v>0.1076</v>
+        <v>0.06917</v>
       </c>
       <c r="L143" s="15">
-        <v>0.0706</v>
+        <v>0.05994</v>
       </c>
       <c r="M143" s="15">
-        <v>0.063</v>
+        <v>0.05764</v>
       </c>
       <c r="N143" s="15">
-        <v>43778</v>
+        <v>44316</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="E144" s="15" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>600</v>
       </c>
       <c r="K144" s="15">
-        <v>0.08667</v>
+        <v>0.10596</v>
       </c>
       <c r="L144" s="15">
-        <v>0.07511</v>
+        <v>0.09182999999999999</v>
       </c>
       <c r="M144" s="15">
-        <v>0.07223</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.0883</v>
+      </c>
+      <c r="N144" s="15">
+        <v>800</v>
+      </c>
+      <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="J145" s="15">
         <v>300</v>
       </c>
       <c r="K145" s="15">
-        <v>0.11343</v>
+        <v>0.10371</v>
       </c>
       <c r="L145" s="15">
-        <v>0.09830999999999999</v>
+        <v>0.08988</v>
       </c>
       <c r="M145" s="15">
-        <v>0.09453</v>
+        <v>0.08643000000000001</v>
       </c>
       <c r="N145" s="15">
-        <v>18368</v>
+        <v>14440</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="E146" s="15" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>300</v>
       </c>
       <c r="K146" s="15">
         <v>1.05</v>
       </c>
       <c r="L146" s="15">
         <v>1.05</v>
       </c>
       <c r="M146" s="15">
         <v>1.05</v>
       </c>
       <c r="N146" s="15">
         <v>1</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="E147" s="15" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="J147" s="15">
         <v>2100</v>
       </c>
       <c r="K147" s="15">
         <v>0.21566</v>
       </c>
       <c r="L147" s="15">
         <v>0.15547</v>
       </c>
       <c r="M147" s="15">
         <v>0.13541</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="J148" s="15">
         <v>500</v>
       </c>
       <c r="K148" s="15">
         <v>0.134</v>
       </c>
       <c r="L148" s="15">
         <v>0.08989999999999999</v>
       </c>
       <c r="M148" s="15">
         <v>0.08359999999999999</v>
       </c>
       <c r="N148" s="15">
-        <v>42582</v>
+        <v>35877</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>500</v>
       </c>
       <c r="K149" s="15">
         <v>0.31858</v>
       </c>
       <c r="L149" s="15">
         <v>0.1593</v>
       </c>
       <c r="M149" s="15">
         <v>0.14482</v>
       </c>
       <c r="N149" s="15">
-        <v>482</v>
+        <v>331</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="E150" s="15">
         <v>10080001635</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I150" s="15" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="J150" s="15">
         <v>300</v>
       </c>
       <c r="K150" s="15">
         <v>0.28415</v>
       </c>
       <c r="L150" s="15">
         <v>0.15424</v>
       </c>
       <c r="M150" s="15">
         <v>0.13395</v>
       </c>
       <c r="N150" s="15">
         <v>10</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E151" s="15" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J151" s="15">
         <v>300</v>
       </c>
       <c r="K151" s="15">
         <v>0.12114</v>
       </c>
       <c r="L151" s="15">
         <v>0.10499</v>
       </c>
       <c r="M151" s="15">
         <v>0.10095</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>1500</v>
       </c>
       <c r="K152" s="15">
         <v>0.1622</v>
       </c>
       <c r="L152" s="15">
         <v>0.14057</v>
       </c>
       <c r="M152" s="15">
         <v>0.13516</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15">
         <v>6000</v>
       </c>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="E153" s="15" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="J153" s="15">
         <v>200</v>
       </c>
       <c r="K153" s="15">
         <v>0.22992</v>
       </c>
       <c r="L153" s="15">
         <v>0.19926</v>
       </c>
       <c r="M153" s="15">
         <v>0.1916</v>
       </c>
       <c r="N153" s="15">
-        <v>1449</v>
+        <v>2001</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E154" s="15" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="J154" s="15">
         <v>500</v>
       </c>
       <c r="K154" s="15">
-        <v>0.09107</v>
+        <v>0.08253000000000001</v>
       </c>
       <c r="L154" s="15">
-        <v>0.07892</v>
+        <v>0.07153</v>
       </c>
       <c r="M154" s="15">
-        <v>0.07589</v>
+        <v>0.06877999999999999</v>
       </c>
       <c r="N154" s="15">
-        <v>30685</v>
+        <v>33879</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="E155" s="15">
         <v>10080012205</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>500</v>
       </c>
       <c r="K155" s="15">
         <v>0.17377</v>
       </c>
       <c r="L155" s="15">
         <v>0.11587</v>
       </c>
       <c r="M155" s="15">
         <v>0.10533</v>
       </c>
-      <c r="N155" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="E156" s="15" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>500</v>
       </c>
       <c r="K156" s="15">
         <v>0.09593</v>
       </c>
       <c r="L156" s="15">
         <v>0.08314000000000001</v>
       </c>
       <c r="M156" s="15">
         <v>0.07994</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="E157" s="15">
         <v>10080014664</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>400</v>
       </c>
       <c r="K157" s="15">
         <v>0.075</v>
       </c>
       <c r="L157" s="15">
         <v>0.075</v>
       </c>
       <c r="M157" s="15">
         <v>0.075</v>
       </c>
       <c r="N157" s="15">
-        <v>2317</v>
+        <v>2189</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="J158" s="15">
         <v>200</v>
       </c>
       <c r="K158" s="15">
         <v>0.13043</v>
       </c>
       <c r="L158" s="15">
         <v>0.11738</v>
       </c>
       <c r="M158" s="15">
         <v>0.10869</v>
       </c>
       <c r="N158" s="15">
-        <v>46327</v>
+        <v>55848</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="J159" s="15">
         <v>500</v>
       </c>
       <c r="K159" s="15">
         <v>0.09</v>
       </c>
       <c r="L159" s="15">
         <v>0.0638</v>
       </c>
       <c r="M159" s="15">
         <v>0.058</v>
       </c>
       <c r="N159" s="15">
-        <v>474713</v>
+        <v>431151</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E160" s="15" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I160" s="15" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
         <v>0.08198999999999999</v>
       </c>
       <c r="L160" s="15">
         <v>0.07106</v>
       </c>
       <c r="M160" s="15">
         <v>0.06833</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15">
         <v>12000</v>
       </c>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>300</v>
       </c>
       <c r="K161" s="15">
         <v>0.12426</v>
       </c>
       <c r="L161" s="15">
         <v>0.10769</v>
       </c>
       <c r="M161" s="15">
         <v>0.10355</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15">
         <v>7200</v>
       </c>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E162" s="15">
         <v>10000015013</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="J162" s="15">
         <v>300</v>
       </c>
       <c r="K162" s="15">
         <v>0.10611</v>
       </c>
       <c r="L162" s="15">
         <v>0.09196</v>
       </c>
       <c r="M162" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="N162" s="15">
-        <v>4530</v>
+        <v>6446</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="E163" s="15" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="J163" s="15">
         <v>300</v>
       </c>
       <c r="K163" s="15">
         <v>0.11265</v>
       </c>
       <c r="L163" s="15">
         <v>0.09762999999999999</v>
       </c>
       <c r="M163" s="15">
         <v>0.09388000000000001</v>
       </c>
       <c r="N163" s="15">
-        <v>35757</v>
+        <v>30859</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="J164" s="15">
         <v>300</v>
       </c>
       <c r="K164" s="15">
         <v>0.12344</v>
       </c>
       <c r="L164" s="15">
         <v>0.10698</v>
       </c>
       <c r="M164" s="15">
         <v>0.10286</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15">
         <v>7200</v>
       </c>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="E165" s="15">
         <v>10080011194</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>1700</v>
       </c>
       <c r="K165" s="15">
         <v>0.37147</v>
       </c>
       <c r="L165" s="15">
         <v>0.18574</v>
       </c>
       <c r="M165" s="15">
         <v>0.1689</v>
       </c>
       <c r="N165" s="15">
-        <v>1590</v>
+        <v>1565</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E166" s="15" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="J166" s="15">
         <v>500</v>
       </c>
       <c r="K166" s="15">
         <v>0.13178</v>
       </c>
       <c r="L166" s="15">
         <v>0.11421</v>
       </c>
       <c r="M166" s="15">
         <v>0.10981</v>
       </c>
       <c r="N166" s="15">
-        <v>498</v>
-[...2 lines deleted...]
-      <c r="P166" s="15"/>
+        <v>181</v>
+      </c>
+      <c r="O166" s="15">
+        <v>1360</v>
+      </c>
+      <c r="P166" s="15" t="s">
+        <v>280</v>
+      </c>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="E167" s="15">
         <v>10080045863</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I167" s="15" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="J167" s="15">
         <v>500</v>
       </c>
       <c r="K167" s="15">
         <v>0.18524</v>
       </c>
       <c r="L167" s="15">
         <v>0.15437</v>
       </c>
       <c r="M167" s="15">
         <v>0.14818</v>
       </c>
       <c r="N167" s="15">
         <v>1</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="E168" s="15" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I168" s="15" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="J168" s="15">
         <v>300</v>
       </c>
       <c r="K168" s="15">
-        <v>0.19845</v>
+        <v>0.18366</v>
       </c>
       <c r="L168" s="15">
-        <v>0.17199</v>
+        <v>0.15917</v>
       </c>
       <c r="M168" s="15">
-        <v>0.16538</v>
+        <v>0.15305</v>
       </c>
       <c r="N168" s="15">
-        <v>2549</v>
+        <v>268</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="E169" s="15">
         <v>10080071495</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="J169" s="15">
         <v>300</v>
       </c>
       <c r="K169" s="15">
         <v>0.28606</v>
       </c>
       <c r="L169" s="15">
         <v>0.23839</v>
       </c>
       <c r="M169" s="15">
         <v>0.22885</v>
       </c>
       <c r="N169" s="15">
         <v>10</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>100</v>
       </c>
       <c r="K170" s="15">
         <v>0.23034</v>
       </c>
       <c r="L170" s="15">
         <v>0.19963</v>
       </c>
       <c r="M170" s="15">
         <v>0.19195</v>
       </c>
       <c r="N170" s="15">
         <v>50</v>
       </c>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15">
         <v>4000</v>
       </c>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="E171" s="15" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="J171" s="15">
         <v>200</v>
       </c>
       <c r="K171" s="15">
         <v>0.63218</v>
       </c>
       <c r="L171" s="15">
         <v>0.31609</v>
       </c>
       <c r="M171" s="15">
         <v>0.2874</v>
       </c>
       <c r="N171" s="15">
-        <v>676</v>
+        <v>360</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="E172" s="15" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15"/>
       <c r="K172" s="15">
         <v>0.52327</v>
       </c>
       <c r="L172" s="15">
         <v>0.32559</v>
       </c>
       <c r="M172" s="15">
         <v>0.29071</v>
       </c>
       <c r="N172" s="15">
         <v>63</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E173" s="15" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>300</v>
       </c>
       <c r="K173" s="15">
         <v>0.83928</v>
       </c>
       <c r="L173" s="15">
         <v>0.41963</v>
       </c>
       <c r="M173" s="15">
         <v>0.38143</v>
       </c>
       <c r="N173" s="15">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="E174" s="15" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15"/>
       <c r="K174" s="15">
         <v>0.60467</v>
       </c>
       <c r="L174" s="15">
         <v>0.407</v>
       </c>
       <c r="M174" s="15">
         <v>0.3721</v>
       </c>
       <c r="N174" s="15">
         <v>16</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="E175" s="15" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>625</v>
       </c>
       <c r="K175" s="15">
         <v>0.473</v>
       </c>
       <c r="L175" s="15">
         <v>0.473</v>
       </c>
       <c r="M175" s="15">
         <v>0.473</v>
       </c>
       <c r="N175" s="15">
         <v>4</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="E176" s="15" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>500</v>
       </c>
       <c r="K176" s="15">
         <v>0.095</v>
       </c>
       <c r="L176" s="15">
         <v>0.075</v>
       </c>
       <c r="M176" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N176" s="15">
-        <v>89429</v>
+        <v>88268</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="E177" s="15" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
         <v>0.12477</v>
       </c>
       <c r="L177" s="15">
         <v>0.10813</v>
       </c>
       <c r="M177" s="15">
         <v>0.10398</v>
       </c>
       <c r="N177" s="15">
-        <v>35587</v>
+        <v>38668</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D178" s="15"/>
       <c r="E178" s="15">
         <v>10080035448</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
         <v>500</v>
       </c>
       <c r="K178" s="15">
         <v>0.3154</v>
       </c>
       <c r="L178" s="15">
         <v>0.16757</v>
       </c>
       <c r="M178" s="15">
         <v>0.14293</v>
       </c>
       <c r="N178" s="15">
         <v>4</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="J179" s="15">
         <v>300</v>
       </c>
       <c r="K179" s="15">
         <v>0.17567</v>
       </c>
       <c r="L179" s="15">
         <v>0.15224</v>
       </c>
       <c r="M179" s="15">
         <v>0.14639</v>
       </c>
       <c r="N179" s="15">
-        <v>72123</v>
+        <v>53006</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="E180" s="15" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="J180" s="15">
         <v>300</v>
       </c>
       <c r="K180" s="15">
-        <v>0.18537</v>
+        <v>0.17564</v>
       </c>
       <c r="L180" s="15">
-        <v>0.16065</v>
+        <v>0.15222</v>
       </c>
       <c r="M180" s="15">
-        <v>0.15448</v>
+        <v>0.14636</v>
       </c>
       <c r="N180" s="15">
-        <v>11520</v>
+        <v>10293</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="E181" s="15" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I181" s="15" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="J181" s="15">
         <v>700</v>
       </c>
       <c r="K181" s="15">
         <v>0.3173</v>
       </c>
       <c r="L181" s="15">
         <v>0.27499</v>
       </c>
       <c r="M181" s="15">
         <v>0.26441</v>
       </c>
       <c r="N181" s="15">
-        <v>2698</v>
+        <v>2888</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E182" s="15">
         <v>10080035454</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>440</v>
       </c>
       <c r="K182" s="15">
         <v>0.78952</v>
       </c>
       <c r="L182" s="15">
         <v>0.41944</v>
       </c>
       <c r="M182" s="15">
         <v>0.35775</v>
       </c>
       <c r="N182" s="15">
         <v>7</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="E183" s="15" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I183" s="15" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="J183" s="15">
         <v>450</v>
       </c>
       <c r="K183" s="15">
         <v>0.47628</v>
       </c>
       <c r="L183" s="15">
         <v>0.41278</v>
       </c>
       <c r="M183" s="15">
         <v>0.3969</v>
       </c>
       <c r="N183" s="15"/>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="E184" s="15">
         <v>10080035456</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>300</v>
       </c>
       <c r="K184" s="15">
         <v>1.18</v>
       </c>
       <c r="L184" s="15">
         <v>0.6286</v>
       </c>
       <c r="M184" s="15">
         <v>0.53616</v>
       </c>
       <c r="N184" s="15">
         <v>5</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E185" s="15">
         <v>10080036864</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
         <v>300</v>
       </c>
       <c r="K185" s="15">
         <v>1.41</v>
       </c>
       <c r="L185" s="15">
         <v>0.74954</v>
       </c>
       <c r="M185" s="15">
         <v>0.6393</v>
       </c>
       <c r="N185" s="15">
         <v>4</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="E186" s="15" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="J186" s="15"/>
       <c r="K186" s="15">
         <v>0.52844</v>
       </c>
       <c r="L186" s="15">
         <v>0.45798</v>
       </c>
       <c r="M186" s="15">
         <v>0.44036</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="E187" s="15" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="J187" s="15">
         <v>200</v>
       </c>
       <c r="K187" s="15">
-        <v>0.14637</v>
+        <v>0.16473</v>
       </c>
       <c r="L187" s="15">
-        <v>0.12685</v>
+        <v>0.14277</v>
       </c>
       <c r="M187" s="15">
-        <v>0.12198</v>
+        <v>0.13728</v>
       </c>
       <c r="N187" s="15">
-        <v>3536</v>
+        <v>4655</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15">
         <v>3200</v>
       </c>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="E188" s="15" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>100</v>
       </c>
       <c r="K188" s="15">
         <v>0.23256</v>
       </c>
       <c r="L188" s="15">
         <v>0.16059</v>
       </c>
       <c r="M188" s="15">
         <v>0.14618</v>
       </c>
       <c r="N188" s="15"/>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="E189" s="15" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="J189" s="15">
         <v>100</v>
       </c>
       <c r="K189" s="15">
-        <v>0.26069</v>
+        <v>0.24714</v>
       </c>
       <c r="L189" s="15">
-        <v>0.22593</v>
+        <v>0.21419</v>
       </c>
       <c r="M189" s="15">
-        <v>0.21724</v>
+        <v>0.20595</v>
       </c>
       <c r="N189" s="15">
-        <v>4132</v>
+        <v>3194</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="E190" s="15">
         <v>10000022654</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I190" s="15"/>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
         <v>0.12</v>
       </c>
       <c r="L190" s="15">
         <v>0.12</v>
       </c>
       <c r="M190" s="15">
         <v>0.12</v>
       </c>
       <c r="N190" s="15">
-        <v>5707</v>
+        <v>4768</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="E191" s="15" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="J191" s="15">
         <v>400</v>
       </c>
       <c r="K191" s="15">
         <v>0.29469</v>
       </c>
       <c r="L191" s="15">
         <v>0.2554</v>
       </c>
       <c r="M191" s="15">
         <v>0.24558</v>
       </c>
       <c r="N191" s="15">
         <v>704</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="E192" s="15" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="J192" s="15">
         <v>1</v>
       </c>
       <c r="K192" s="15">
         <v>0.385</v>
       </c>
       <c r="L192" s="15">
         <v>0.1925</v>
       </c>
       <c r="M192" s="15">
         <v>0.17506</v>
       </c>
       <c r="N192" s="15">
         <v>1</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="E193" s="15" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="J193" s="15">
         <v>1200</v>
       </c>
       <c r="K193" s="15">
         <v>0.14216</v>
       </c>
       <c r="L193" s="15">
         <v>0.1232</v>
       </c>
       <c r="M193" s="15">
         <v>0.11846</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15">
         <v>4800</v>
       </c>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="E194" s="15" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="J194" s="15">
         <v>800</v>
       </c>
       <c r="K194" s="15">
-        <v>0.25031</v>
+        <v>0.23489</v>
       </c>
       <c r="L194" s="15">
-        <v>0.21693</v>
+        <v>0.20357</v>
       </c>
       <c r="M194" s="15">
-        <v>0.20859</v>
+        <v>0.19574</v>
       </c>
       <c r="N194" s="15">
-        <v>3265</v>
+        <v>3600</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15">
         <v>3200</v>
       </c>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="E195" s="15" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>1</v>
       </c>
       <c r="K195" s="15">
         <v>0.76822</v>
       </c>
       <c r="L195" s="15">
         <v>0.38406</v>
       </c>
       <c r="M195" s="15">
         <v>0.34918</v>
       </c>
       <c r="N195" s="15">
         <v>27</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="E196" s="15" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15"/>
       <c r="K196" s="15">
         <v>0.25</v>
       </c>
       <c r="L196" s="15">
         <v>0.25</v>
       </c>
       <c r="M196" s="15">
         <v>0.25</v>
       </c>
       <c r="N196" s="15">
-        <v>971</v>
+        <v>841</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="E197" s="15" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>1</v>
       </c>
       <c r="K197" s="15">
         <v>1.54</v>
       </c>
       <c r="L197" s="15">
         <v>0.76893</v>
       </c>
       <c r="M197" s="15">
         <v>0.69908</v>
       </c>
       <c r="N197" s="15">
         <v>1</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="E198" s="15" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15"/>
       <c r="K198" s="15">
         <v>0.39485</v>
       </c>
       <c r="L198" s="15">
         <v>0.19737</v>
       </c>
       <c r="M198" s="15">
         <v>0.17946</v>
       </c>
       <c r="N198" s="15">
         <v>3</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="E199" s="15" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>1</v>
       </c>
       <c r="K199" s="15">
         <v>0.58839</v>
       </c>
       <c r="L199" s="15">
         <v>0.39304</v>
       </c>
       <c r="M199" s="15">
         <v>0.35698</v>
       </c>
       <c r="N199" s="15">
         <v>20</v>
       </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="E200" s="15" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
         <v>1</v>
       </c>
       <c r="K200" s="15">
         <v>0.78589</v>
       </c>
       <c r="L200" s="15">
         <v>0.39296</v>
       </c>
       <c r="M200" s="15">
         <v>0.35724</v>
       </c>
       <c r="N200" s="15">
         <v>3</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="E201" s="15" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15">
         <v>1</v>
       </c>
       <c r="K201" s="15">
         <v>0.675</v>
       </c>
       <c r="L201" s="15">
         <v>0.675</v>
       </c>
       <c r="M201" s="15">
         <v>0.675</v>
       </c>
       <c r="N201" s="15">
         <v>5</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="E202" s="15" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15">
         <v>1</v>
       </c>
       <c r="K202" s="15">
         <v>0.675</v>
       </c>
       <c r="L202" s="15">
         <v>0.675</v>
       </c>
       <c r="M202" s="15">
         <v>0.675</v>
       </c>
       <c r="N202" s="15">
         <v>1</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="E203" s="15" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I203" s="15" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="J203" s="15">
         <v>400</v>
       </c>
       <c r="K203" s="15">
         <v>0.10538</v>
       </c>
       <c r="L203" s="15">
         <v>0.09483999999999999</v>
       </c>
       <c r="M203" s="15">
         <v>0.08781</v>
       </c>
       <c r="N203" s="15">
-        <v>52248</v>
+        <v>47646</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15">
         <v>6400</v>
       </c>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="E204" s="15" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I204" s="15" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="J204" s="15">
         <v>250</v>
       </c>
       <c r="K204" s="15">
         <v>0.15803</v>
       </c>
       <c r="L204" s="15">
         <v>0.14222</v>
       </c>
       <c r="M204" s="15">
         <v>0.13169</v>
       </c>
       <c r="N204" s="15">
-        <v>25536</v>
+        <v>28728</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="E205" s="15" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="J205" s="15">
         <v>696</v>
       </c>
       <c r="K205" s="15">
         <v>0.27093</v>
       </c>
       <c r="L205" s="15">
         <v>0.24384</v>
       </c>
       <c r="M205" s="15">
         <v>0.22578</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15">
         <v>2784</v>
       </c>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="E206" s="15" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="J206" s="15">
         <v>609</v>
       </c>
       <c r="K206" s="15">
         <v>0.37979</v>
       </c>
       <c r="L206" s="15">
         <v>0.34181</v>
       </c>
       <c r="M206" s="15">
         <v>0.31649</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15">
         <v>2436</v>
       </c>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="E207" s="15" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I207" s="15" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="J207" s="15">
         <v>500</v>
       </c>
       <c r="K207" s="15">
         <v>0.12599</v>
       </c>
       <c r="L207" s="15">
         <v>0.10919</v>
       </c>
       <c r="M207" s="15">
         <v>0.10499</v>
       </c>
       <c r="N207" s="15">
-        <v>4563</v>
+        <v>4797</v>
       </c>
       <c r="O207" s="15">
-        <v>11700</v>
+        <v>12300</v>
       </c>
       <c r="P207" s="15" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="E208" s="15">
         <v>10080033108</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I208" s="15" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="J208" s="15">
         <v>250</v>
       </c>
       <c r="K208" s="15">
         <v>0.27158</v>
       </c>
       <c r="L208" s="15">
         <v>0.14549</v>
       </c>
       <c r="M208" s="15">
         <v>0.1261</v>
       </c>
       <c r="N208" s="15">
         <v>4</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="E209" s="15" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I209" s="15" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="J209" s="15">
         <v>300</v>
       </c>
       <c r="K209" s="15">
         <v>0.17876</v>
       </c>
       <c r="L209" s="15">
         <v>0.16088</v>
       </c>
       <c r="M209" s="15">
         <v>0.14896</v>
       </c>
       <c r="N209" s="15">
-        <v>12231</v>
+        <v>10800</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15">
         <v>4800</v>
       </c>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="E210" s="15" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="J210" s="15"/>
       <c r="K210" s="15">
         <v>0.17925</v>
       </c>
       <c r="L210" s="15">
         <v>0.16133</v>
       </c>
       <c r="M210" s="15">
         <v>0.14938</v>
       </c>
       <c r="N210" s="15">
-        <v>4860</v>
+        <v>4440</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="E211" s="15" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
-        <v>0.06282</v>
+        <v>0.06213</v>
       </c>
       <c r="L211" s="15">
-        <v>0.05444</v>
+        <v>0.05385</v>
       </c>
       <c r="M211" s="15">
-        <v>0.05235</v>
+        <v>0.05178</v>
       </c>
       <c r="N211" s="15">
-        <v>4051</v>
+        <v>3100</v>
       </c>
       <c r="O211" s="15">
-        <v>8101</v>
+        <v>6200</v>
       </c>
       <c r="P211" s="15" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="Q211" s="15">
         <v>12000</v>
       </c>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="E212" s="15">
         <v>10080028343</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="J212" s="15">
         <v>500</v>
       </c>
       <c r="K212" s="15">
         <v>0.13844</v>
       </c>
       <c r="L212" s="15">
         <v>0.07352</v>
       </c>
       <c r="M212" s="15">
         <v>0.06270000000000001</v>
       </c>
       <c r="N212" s="15">
         <v>5</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="J213" s="15">
         <v>300</v>
       </c>
       <c r="K213" s="15">
         <v>0.09490999999999999</v>
       </c>
       <c r="L213" s="15">
         <v>0.073</v>
       </c>
       <c r="M213" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="N213" s="15">
-        <v>2842</v>
+        <v>2802</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="E214" s="15">
         <v>10080028313</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="J214" s="15">
         <v>300</v>
       </c>
       <c r="K214" s="15">
         <v>0.11</v>
       </c>
       <c r="L214" s="15">
         <v>0.073</v>
       </c>
       <c r="M214" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="N214" s="15">
-        <v>226869</v>
+        <v>248476</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="E215" s="15">
         <v>10080028344</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="J215" s="15">
         <v>300</v>
       </c>
       <c r="K215" s="15">
         <v>0.20766</v>
       </c>
       <c r="L215" s="15">
         <v>0.11035</v>
       </c>
       <c r="M215" s="15">
         <v>0.0941</v>
       </c>
       <c r="N215" s="15">
         <v>94</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="E216" s="15" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="J216" s="15"/>
       <c r="K216" s="15">
-        <v>0.08638999999999999</v>
+        <v>0.0848</v>
       </c>
       <c r="L216" s="15">
-        <v>0.07487000000000001</v>
+        <v>0.07349</v>
       </c>
       <c r="M216" s="15">
-        <v>0.07199</v>
+        <v>0.07066</v>
       </c>
       <c r="N216" s="15">
-        <v>760</v>
+        <v>650</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="E217" s="15">
         <v>10080031759</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="J217" s="15">
         <v>300</v>
       </c>
       <c r="K217" s="15">
         <v>0.075</v>
       </c>
       <c r="L217" s="15">
         <v>0.075</v>
       </c>
       <c r="M217" s="15">
         <v>0.075</v>
       </c>
       <c r="N217" s="15">
-        <v>56632</v>
+        <v>54610</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="E218" s="15" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="J218" s="15"/>
       <c r="K218" s="15">
         <v>0.10059</v>
       </c>
       <c r="L218" s="15">
         <v>0.09053</v>
       </c>
       <c r="M218" s="15">
         <v>0.08383</v>
       </c>
       <c r="N218" s="15">
-        <v>17385</v>
+        <v>17670</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="E219" s="15" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="J219" s="15">
         <v>500</v>
       </c>
       <c r="K219" s="15">
         <v>0.09712999999999999</v>
       </c>
       <c r="L219" s="15">
         <v>0.08741</v>
       </c>
       <c r="M219" s="15">
         <v>0.08094</v>
       </c>
       <c r="N219" s="15">
-        <v>125584</v>
+        <v>129263</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15">
         <v>8000</v>
       </c>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="E220" s="15" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="J220" s="15">
         <v>1200</v>
       </c>
       <c r="K220" s="15">
         <v>0.14601</v>
       </c>
       <c r="L220" s="15">
         <v>0.13141</v>
       </c>
       <c r="M220" s="15">
         <v>0.12168</v>
       </c>
       <c r="N220" s="15">
-        <v>329607</v>
+        <v>373806</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15">
         <v>4800</v>
       </c>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="E221" s="15">
         <v>10080028317</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="J221" s="15">
         <v>200</v>
       </c>
       <c r="K221" s="15">
         <v>0.33958</v>
       </c>
       <c r="L221" s="15">
         <v>0.18192</v>
       </c>
       <c r="M221" s="15">
         <v>0.15767</v>
       </c>
       <c r="N221" s="15">
         <v>3</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="E222" s="15" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I222" s="15" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="J222" s="15">
         <v>2000</v>
       </c>
       <c r="K222" s="15">
         <v>0.12675</v>
       </c>
       <c r="L222" s="15">
         <v>0.11408</v>
       </c>
       <c r="M222" s="15">
         <v>0.10563</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15">
-        <v>620</v>
+        <v>650</v>
       </c>
       <c r="P222" s="15" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="Q222" s="15">
         <v>8000</v>
       </c>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="E223" s="15">
         <v>10080031763</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="J223" s="15">
         <v>500</v>
       </c>
       <c r="K223" s="15">
         <v>0.27085</v>
       </c>
       <c r="L223" s="15">
         <v>0.14387</v>
       </c>
       <c r="M223" s="15">
         <v>0.12267</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="E224" s="15">
         <v>10080031764</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="J224" s="15">
         <v>200</v>
       </c>
       <c r="K224" s="15">
         <v>0.38934</v>
       </c>
       <c r="L224" s="15">
         <v>0.20859</v>
       </c>
       <c r="M224" s="15">
         <v>0.18078</v>
       </c>
       <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="E225" s="15">
         <v>10080044842</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="J225" s="15">
         <v>600</v>
       </c>
       <c r="K225" s="15">
         <v>0.18037</v>
       </c>
       <c r="L225" s="15">
         <v>0.09662</v>
       </c>
       <c r="M225" s="15">
         <v>0.08373999999999999</v>
       </c>
       <c r="N225" s="15">
         <v>426</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="E226" s="15" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="J226" s="15">
         <v>400</v>
       </c>
       <c r="K226" s="15">
         <v>0.08008999999999999</v>
       </c>
       <c r="L226" s="15">
         <v>0.07208000000000001</v>
       </c>
       <c r="M226" s="15">
         <v>0.06673999999999999</v>
       </c>
       <c r="N226" s="15">
-        <v>24000</v>
+        <v>22933</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="E227" s="15">
         <v>10080038337</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="J227" s="15"/>
       <c r="K227" s="15">
         <v>0.11768</v>
       </c>
       <c r="L227" s="15">
         <v>0.08407000000000001</v>
       </c>
       <c r="M227" s="15">
         <v>0.07285</v>
       </c>
       <c r="N227" s="15">
         <v>8</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="E228" s="15" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I228" s="15" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="J228" s="15"/>
       <c r="K228" s="15">
         <v>0.09804</v>
       </c>
       <c r="L228" s="15">
         <v>0.08824</v>
       </c>
       <c r="M228" s="15">
         <v>0.08169999999999999</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="E229" s="15" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="J229" s="15">
         <v>300</v>
       </c>
       <c r="K229" s="15">
         <v>0.11805</v>
       </c>
       <c r="L229" s="15">
         <v>0.10625</v>
       </c>
       <c r="M229" s="15">
         <v>0.09838</v>
       </c>
       <c r="N229" s="15">
-        <v>23476</v>
+        <v>17031</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="E230" s="15">
         <v>10080038340</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="J230" s="15"/>
       <c r="K230" s="15">
         <v>0.23665</v>
       </c>
       <c r="L230" s="15">
         <v>0.131</v>
       </c>
       <c r="M230" s="15">
         <v>0.10987</v>
       </c>
       <c r="N230" s="15">
-        <v>934</v>
+        <v>1031</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="E231" s="15">
         <v>10080038341</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I231" s="15" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="J231" s="15"/>
       <c r="K231" s="15">
         <v>0.35494</v>
       </c>
       <c r="L231" s="15">
         <v>0.19649</v>
       </c>
       <c r="M231" s="15">
         <v>0.1648</v>
       </c>
       <c r="N231" s="15">
-        <v>552</v>
+        <v>688</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="E232" s="15" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I232" s="15" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="J232" s="15">
         <v>500</v>
       </c>
       <c r="K232" s="15">
         <v>0.06734999999999999</v>
       </c>
       <c r="L232" s="15">
         <v>0.06062</v>
       </c>
       <c r="M232" s="15">
         <v>0.05613</v>
       </c>
       <c r="N232" s="15">
-        <v>74067</v>
+        <v>94123</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="E233" s="15">
         <v>10080028339</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I233" s="15" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="J233" s="15">
         <v>500</v>
       </c>
       <c r="K233" s="15">
         <v>0.13881</v>
       </c>
       <c r="L233" s="15">
         <v>0.07378</v>
       </c>
       <c r="M233" s="15">
         <v>0.06294</v>
       </c>
       <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="E234" s="15" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="J234" s="15">
         <v>300</v>
       </c>
       <c r="K234" s="15">
-        <v>0.10013</v>
+        <v>0.09918</v>
       </c>
       <c r="L234" s="15">
-        <v>0.08678</v>
+        <v>0.08595999999999999</v>
       </c>
       <c r="M234" s="15">
-        <v>0.08344</v>
+        <v>0.08265</v>
       </c>
       <c r="N234" s="15">
-        <v>18428</v>
+        <v>14063</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15">
         <v>7200</v>
       </c>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="E235" s="15">
         <v>10080028308</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I235" s="15" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="J235" s="15">
         <v>300</v>
       </c>
       <c r="K235" s="15">
         <v>0.21805</v>
       </c>
       <c r="L235" s="15">
         <v>0.11683</v>
       </c>
       <c r="M235" s="15">
         <v>0.10123</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="E236" s="15">
         <v>10080028340</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="J236" s="15">
         <v>300</v>
       </c>
       <c r="K236" s="15">
         <v>0.19368</v>
       </c>
       <c r="L236" s="15">
         <v>0.10375</v>
       </c>
       <c r="M236" s="15">
         <v>0.08992</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="E237" s="15" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="J237" s="15">
         <v>1500</v>
       </c>
       <c r="K237" s="15">
         <v>0.13755</v>
       </c>
       <c r="L237" s="15">
         <v>0.1198</v>
       </c>
       <c r="M237" s="15">
         <v>0.11093</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15">
         <v>6000</v>
       </c>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="E238" s="15" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="J238" s="15">
         <v>500</v>
       </c>
       <c r="K238" s="15">
         <v>0.09791999999999999</v>
       </c>
       <c r="L238" s="15">
         <v>0.08813</v>
       </c>
       <c r="M238" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="N238" s="15">
-        <v>1491</v>
+        <v>1323</v>
       </c>
       <c r="O238" s="15">
-        <v>21300</v>
+        <v>18900</v>
       </c>
       <c r="P238" s="15" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="E239" s="15">
         <v>10080032079</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I239" s="15" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="J239" s="15">
         <v>500</v>
       </c>
       <c r="K239" s="15">
         <v>0.14813</v>
       </c>
       <c r="L239" s="15">
         <v>0.10581</v>
       </c>
       <c r="M239" s="15">
         <v>0.0917</v>
       </c>
       <c r="N239" s="15">
         <v>2</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="E240" s="15" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I240" s="15" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="J240" s="15">
         <v>300</v>
       </c>
       <c r="K240" s="15">
         <v>0.14756</v>
       </c>
       <c r="L240" s="15">
         <v>0.1328</v>
       </c>
       <c r="M240" s="15">
         <v>0.12296</v>
       </c>
       <c r="N240" s="15">
-        <v>5395</v>
+        <v>4095</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="E241" s="15">
         <v>10080038343</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I241" s="15" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="J241" s="15">
         <v>300</v>
       </c>
       <c r="K241" s="15">
         <v>0.22141</v>
       </c>
       <c r="L241" s="15">
         <v>0.15815</v>
       </c>
       <c r="M241" s="15">
         <v>0.13707</v>
       </c>
       <c r="N241" s="15">
         <v>6</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="E242" s="15" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I242" s="15" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="J242" s="15">
         <v>250</v>
       </c>
       <c r="K242" s="15">
         <v>0.12563</v>
       </c>
       <c r="L242" s="15">
         <v>0.10888</v>
       </c>
       <c r="M242" s="15">
         <v>0.10469</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="E243" s="15" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I243" s="15" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="J243" s="15">
         <v>200</v>
       </c>
       <c r="K243" s="15">
         <v>0.19476</v>
       </c>
       <c r="L243" s="15">
         <v>0.17528</v>
       </c>
       <c r="M243" s="15">
         <v>0.1623</v>
       </c>
       <c r="N243" s="15">
-        <v>3560</v>
+        <v>3400</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15">
         <v>4800</v>
       </c>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="E244" s="15" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="J244" s="15">
         <v>400</v>
       </c>
       <c r="K244" s="15">
         <v>0.08177</v>
       </c>
       <c r="L244" s="15">
         <v>0.07359</v>
       </c>
       <c r="M244" s="15">
         <v>0.06814000000000001</v>
       </c>
       <c r="N244" s="15">
-        <v>15063</v>
+        <v>16335</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="E245" s="15">
         <v>10080038344</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="J245" s="15"/>
       <c r="K245" s="15">
         <v>0.12095</v>
       </c>
       <c r="L245" s="15">
         <v>0.08723</v>
       </c>
       <c r="M245" s="15">
         <v>0.07559</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="E246" s="15" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="J246" s="15">
         <v>300</v>
       </c>
       <c r="K246" s="15">
         <v>0.12315</v>
       </c>
       <c r="L246" s="15">
         <v>0.11084</v>
       </c>
       <c r="M246" s="15">
         <v>0.10263</v>
       </c>
       <c r="N246" s="15">
-        <v>34049</v>
+        <v>25434</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="E247" s="15">
         <v>10080038345</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="J247" s="15"/>
       <c r="K247" s="15">
         <v>0.25599</v>
       </c>
       <c r="L247" s="15">
         <v>0.14171</v>
       </c>
       <c r="M247" s="15">
         <v>0.11885</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="E248" s="15" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I248" s="15" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="J248" s="15">
         <v>500</v>
       </c>
       <c r="K248" s="15">
         <v>0.06795</v>
       </c>
       <c r="L248" s="15">
         <v>0.06116</v>
       </c>
       <c r="M248" s="15">
         <v>0.05663</v>
       </c>
       <c r="N248" s="15">
-        <v>89250</v>
+        <v>90300</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="E249" s="15">
         <v>10080028310</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="J249" s="15">
         <v>500</v>
       </c>
       <c r="K249" s="15">
         <v>0.16074</v>
       </c>
       <c r="L249" s="15">
         <v>0.0854</v>
       </c>
       <c r="M249" s="15">
         <v>0.07283000000000001</v>
       </c>
       <c r="N249" s="15">
         <v>5</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="E250" s="15" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="J250" s="15">
         <v>3000</v>
       </c>
       <c r="K250" s="15">
         <v>0.05992</v>
       </c>
       <c r="L250" s="15">
         <v>0.05219</v>
       </c>
       <c r="M250" s="15">
         <v>0.04833</v>
       </c>
       <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15">
         <v>12000</v>
       </c>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="E251" s="15" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="J251" s="15">
         <v>500</v>
       </c>
       <c r="K251" s="15">
         <v>0.07104000000000001</v>
       </c>
       <c r="L251" s="15">
         <v>0.06394</v>
       </c>
       <c r="M251" s="15">
         <v>0.0592</v>
       </c>
-      <c r="N251" s="15">
-[...3 lines deleted...]
-      <c r="P251" s="15"/>
+      <c r="N251" s="15"/>
+      <c r="O251" s="15">
+        <v>3911</v>
+      </c>
+      <c r="P251" s="15" t="s">
+        <v>848</v>
+      </c>
       <c r="Q251" s="15">
         <v>12000</v>
       </c>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="E252" s="15" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="J252" s="15">
         <v>500</v>
       </c>
       <c r="K252" s="15">
-        <v>0.07067</v>
+        <v>0.06975000000000001</v>
       </c>
       <c r="L252" s="15">
-        <v>0.06124</v>
+        <v>0.06045</v>
       </c>
       <c r="M252" s="15">
-        <v>0.05889</v>
+        <v>0.05813</v>
       </c>
       <c r="N252" s="15">
-        <v>2821</v>
+        <v>3258</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15">
         <v>12000</v>
       </c>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="E253" s="15" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I253" s="15" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="J253" s="15">
         <v>1800</v>
       </c>
       <c r="K253" s="15">
-        <v>0.10406</v>
+        <v>0.10287</v>
       </c>
       <c r="L253" s="15">
-        <v>0.09018</v>
+        <v>0.08914999999999999</v>
       </c>
       <c r="M253" s="15">
-        <v>0.08671</v>
+        <v>0.08573</v>
       </c>
       <c r="N253" s="15">
-        <v>360</v>
+        <v>335</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15">
         <v>7200</v>
       </c>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="E254" s="15">
         <v>10080028311</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I254" s="15" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="J254" s="15">
         <v>300</v>
       </c>
       <c r="K254" s="15">
         <v>0.15803</v>
       </c>
       <c r="L254" s="15">
         <v>0.11287</v>
       </c>
       <c r="M254" s="15">
         <v>0.09783</v>
       </c>
       <c r="N254" s="15">
         <v>4</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="E255" s="15" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>300</v>
       </c>
       <c r="K255" s="15">
         <v>0.115</v>
       </c>
       <c r="L255" s="15">
         <v>0.115</v>
       </c>
       <c r="M255" s="15">
         <v>0.115</v>
       </c>
       <c r="N255" s="15">
         <v>9</v>
       </c>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="E256" s="15" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="J256" s="15">
         <v>445</v>
       </c>
       <c r="K256" s="15">
-        <v>0.37101</v>
+        <v>0.37088</v>
       </c>
       <c r="L256" s="15">
-        <v>0.32154</v>
+        <v>0.32143</v>
       </c>
       <c r="M256" s="15">
-        <v>0.30918</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.30906</v>
+      </c>
+      <c r="N256" s="15"/>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15">
         <v>1780</v>
       </c>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="E257" s="15" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="J257" s="15">
         <v>400</v>
       </c>
       <c r="K257" s="15">
         <v>0.1184</v>
       </c>
       <c r="L257" s="15">
         <v>0.10656</v>
       </c>
       <c r="M257" s="15">
         <v>0.09866</v>
       </c>
-      <c r="N257" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N257" s="15"/>
       <c r="O257" s="15">
-        <v>4200</v>
+        <v>3500</v>
       </c>
       <c r="P257" s="15" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="E258" s="15">
         <v>10080044843</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="J258" s="15">
         <v>500</v>
       </c>
       <c r="K258" s="15">
         <v>0.13116</v>
       </c>
       <c r="L258" s="15">
         <v>0.10493</v>
       </c>
       <c r="M258" s="15">
         <v>0.09837</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="E259" s="15">
         <v>10080054489</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="J259" s="15">
         <v>250</v>
       </c>
       <c r="K259" s="15">
         <v>0.13116</v>
       </c>
       <c r="L259" s="15">
         <v>0.10493</v>
       </c>
       <c r="M259" s="15">
         <v>0.10099</v>
       </c>
       <c r="N259" s="15">
-        <v>31133</v>
+        <v>35645</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="E260" s="15" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="J260" s="15">
         <v>250</v>
       </c>
       <c r="K260" s="15">
         <v>0.22</v>
       </c>
       <c r="L260" s="15">
         <v>0.1518</v>
       </c>
       <c r="M260" s="15">
         <v>0.138</v>
       </c>
       <c r="N260" s="15">
-        <v>2416</v>
+        <v>2307</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="E261" s="15">
         <v>10080044844</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="J261" s="15">
         <v>200</v>
       </c>
       <c r="K261" s="15">
         <v>0.22</v>
       </c>
       <c r="L261" s="15">
         <v>0.1518</v>
       </c>
       <c r="M261" s="15">
         <v>0.138</v>
       </c>
       <c r="N261" s="15">
-        <v>3880</v>
+        <v>3998</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="E262" s="15" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="J262" s="15"/>
       <c r="K262" s="15">
         <v>0.11093</v>
       </c>
       <c r="L262" s="15">
         <v>0.09614</v>
       </c>
       <c r="M262" s="15">
         <v>0.09243999999999999</v>
       </c>
       <c r="N262" s="15">
-        <v>600</v>
+        <v>700</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="E263" s="15">
         <v>10080028322</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="J263" s="15">
         <v>500</v>
       </c>
       <c r="K263" s="15">
         <v>0.20054</v>
       </c>
       <c r="L263" s="15">
         <v>0.11635</v>
       </c>
       <c r="M263" s="15">
         <v>0.10103</v>
       </c>
       <c r="N263" s="15">
         <v>10</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="E264" s="15" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="J264" s="15">
         <v>300</v>
       </c>
       <c r="K264" s="15">
-        <v>0.17667</v>
+        <v>0.17505</v>
       </c>
       <c r="L264" s="15">
-        <v>0.15311</v>
+        <v>0.15171</v>
       </c>
       <c r="M264" s="15">
-        <v>0.14723</v>
+        <v>0.14588</v>
       </c>
       <c r="N264" s="15"/>
       <c r="O264" s="15">
-        <v>23400</v>
+        <v>18000</v>
       </c>
       <c r="P264" s="15" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="Q264" s="15">
         <v>4800</v>
       </c>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="E265" s="15">
         <v>10080028323</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I265" s="15" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="J265" s="15">
         <v>200</v>
       </c>
       <c r="K265" s="15">
         <v>0.30096</v>
       </c>
       <c r="L265" s="15">
         <v>0.1746</v>
       </c>
       <c r="M265" s="15">
         <v>0.15163</v>
       </c>
       <c r="N265" s="15">
-        <v>232</v>
+        <v>313</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="E266" s="15" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="J266" s="15"/>
       <c r="K266" s="15">
-        <v>0.26699</v>
+        <v>0.2628</v>
       </c>
       <c r="L266" s="15">
-        <v>0.23139</v>
+        <v>0.22776</v>
       </c>
       <c r="M266" s="15">
-        <v>0.22249</v>
+        <v>0.219</v>
       </c>
       <c r="N266" s="15">
-        <v>600</v>
+        <v>690</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="E267" s="15" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="J267" s="15">
         <v>700</v>
       </c>
       <c r="K267" s="15">
         <v>0.44678</v>
       </c>
       <c r="L267" s="15">
         <v>0.2898</v>
       </c>
       <c r="M267" s="15">
         <v>0.26565</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="E268" s="15" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I268" s="15" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="J268" s="15">
         <v>700</v>
       </c>
       <c r="K268" s="15">
         <v>0.5770999999999999</v>
       </c>
       <c r="L268" s="15">
         <v>0.4175</v>
       </c>
       <c r="M268" s="15">
         <v>0.3644</v>
       </c>
       <c r="N268" s="15">
         <v>2</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="E269" s="15">
         <v>10080048440</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I269" s="15" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="J269" s="15">
         <v>700</v>
       </c>
       <c r="K269" s="15">
         <v>0.87639</v>
       </c>
       <c r="L269" s="15">
         <v>0.4695</v>
       </c>
       <c r="M269" s="15">
         <v>0.4069</v>
       </c>
       <c r="N269" s="15">
         <v>50</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="E270" s="15" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I270" s="15" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="J270" s="15"/>
       <c r="K270" s="15">
         <v>0.1319</v>
       </c>
       <c r="L270" s="15">
         <v>0.11431</v>
       </c>
       <c r="M270" s="15">
         <v>0.10991</v>
       </c>
       <c r="N270" s="15">
-        <v>700</v>
+        <v>790</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="E271" s="15">
         <v>10080031761</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="J271" s="15">
         <v>200</v>
       </c>
       <c r="K271" s="15">
         <v>0.20984</v>
       </c>
       <c r="L271" s="15">
         <v>0.15134</v>
       </c>
       <c r="M271" s="15">
         <v>0.13115</v>
       </c>
       <c r="N271" s="15">
         <v>15</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="E272" s="15">
         <v>10080028324</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="J272" s="15">
         <v>200</v>
       </c>
       <c r="K272" s="15">
         <v>0.28499</v>
       </c>
       <c r="L272" s="15">
         <v>0.15776</v>
       </c>
       <c r="M272" s="15">
         <v>0.1374</v>
       </c>
       <c r="N272" s="15">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="E273" s="15" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="J273" s="15">
         <v>600</v>
       </c>
       <c r="K273" s="15">
         <v>0.19715</v>
       </c>
       <c r="L273" s="15">
         <v>0.17086</v>
       </c>
       <c r="M273" s="15">
         <v>0.16429</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15">
         <v>2400</v>
       </c>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="E274" s="15" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="J274" s="15">
         <v>500</v>
       </c>
       <c r="K274" s="15">
         <v>0.13653</v>
       </c>
       <c r="L274" s="15">
         <v>0.12288</v>
       </c>
       <c r="M274" s="15">
         <v>0.11378</v>
       </c>
       <c r="N274" s="15">
-        <v>1218</v>
+        <v>1235</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="E275" s="15">
         <v>10080028528</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I275" s="15" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="J275" s="15">
         <v>800</v>
       </c>
       <c r="K275" s="15">
         <v>0.04746</v>
       </c>
       <c r="L275" s="15">
         <v>0.04113</v>
       </c>
       <c r="M275" s="15">
         <v>0.03955</v>
       </c>
       <c r="N275" s="15">
-        <v>6216</v>
+        <v>7308</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="E276" s="15">
         <v>10080040092</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I276" s="15" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="J276" s="15">
         <v>500</v>
       </c>
       <c r="K276" s="15">
         <v>0.07367</v>
       </c>
       <c r="L276" s="15">
         <v>0.06383999999999999</v>
       </c>
       <c r="M276" s="15">
         <v>0.06139</v>
       </c>
       <c r="N276" s="15">
-        <v>4569</v>
+        <v>5663</v>
       </c>
       <c r="O276" s="15">
-        <v>3550</v>
+        <v>4400</v>
       </c>
       <c r="P276" s="15" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="E277" s="15" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>400</v>
       </c>
       <c r="K277" s="15">
         <v>0.07337</v>
       </c>
       <c r="L277" s="15">
         <v>0.07337</v>
       </c>
       <c r="M277" s="15">
         <v>0.07337</v>
       </c>
       <c r="N277" s="15">
-        <v>7544</v>
+        <v>6992</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="E278" s="15" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>200</v>
       </c>
       <c r="K278" s="15">
         <v>0.23737</v>
       </c>
       <c r="L278" s="15">
         <v>0.23737</v>
       </c>
       <c r="M278" s="15">
         <v>0.23737</v>
       </c>
       <c r="N278" s="15"/>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="E279" s="15" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>636</v>
       </c>
       <c r="K279" s="15">
         <v>0.31197</v>
       </c>
       <c r="L279" s="15">
         <v>0.27037</v>
       </c>
       <c r="M279" s="15">
         <v>0.25998</v>
       </c>
       <c r="N279" s="15">
-        <v>10050</v>
+        <v>9300</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="E280" s="15">
         <v>10080028533</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I280" s="15" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="J280" s="15">
         <v>800</v>
       </c>
       <c r="K280" s="15">
         <v>0.05817</v>
       </c>
       <c r="L280" s="15">
         <v>0.05041</v>
       </c>
       <c r="M280" s="15">
         <v>0.04848</v>
       </c>
       <c r="N280" s="15">
-        <v>69241</v>
+        <v>52841</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="E281" s="15">
         <v>10080040102</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I281" s="15" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="J281" s="15">
         <v>500</v>
       </c>
       <c r="K281" s="15">
         <v>0.08312</v>
       </c>
       <c r="L281" s="15">
         <v>0.07203</v>
       </c>
       <c r="M281" s="15">
         <v>0.06926</v>
       </c>
       <c r="N281" s="15">
-        <v>110855</v>
+        <v>41460</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="E282" s="15">
         <v>10080070832</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15"/>
       <c r="K282" s="15">
         <v>0.20594</v>
       </c>
       <c r="L282" s="15">
         <v>0.17163</v>
       </c>
       <c r="M282" s="15">
         <v>0.16475</v>
       </c>
       <c r="N282" s="15">
-        <v>141</v>
+        <v>173</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="E283" s="15">
         <v>10080058610</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>750</v>
       </c>
       <c r="K283" s="15">
         <v>0.22541</v>
       </c>
       <c r="L283" s="15">
         <v>0.22541</v>
       </c>
       <c r="M283" s="15">
         <v>0.22541</v>
       </c>
       <c r="N283" s="15">
         <v>68</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="E284" s="15">
         <v>10080061634</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15"/>
       <c r="K284" s="15">
         <v>0.78456</v>
       </c>
       <c r="L284" s="15">
         <v>0.6538</v>
       </c>
       <c r="M284" s="15">
         <v>0.62765</v>
       </c>
       <c r="N284" s="15">
         <v>7</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I285" s="15" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="J285" s="15">
         <v>300</v>
       </c>
       <c r="K285" s="15">
         <v>0.0929</v>
       </c>
       <c r="L285" s="15">
         <v>0.08051</v>
       </c>
       <c r="M285" s="15">
         <v>0.07741000000000001</v>
       </c>
       <c r="N285" s="15">
-        <v>44109</v>
+        <v>37011</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E286" s="15">
         <v>10080040113</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I286" s="15" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="J286" s="15">
         <v>300</v>
       </c>
       <c r="K286" s="15">
         <v>0.07946</v>
       </c>
       <c r="L286" s="15">
         <v>0.06886</v>
       </c>
       <c r="M286" s="15">
         <v>0.06621</v>
       </c>
       <c r="N286" s="15">
-        <v>134579</v>
+        <v>106812</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="E287" s="15" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>125</v>
       </c>
       <c r="K287" s="15">
         <v>0.53613</v>
       </c>
       <c r="L287" s="15">
         <v>0.44966</v>
       </c>
       <c r="M287" s="15">
         <v>0.43236</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="E288" s="15" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I288" s="15" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="J288" s="15">
         <v>500</v>
       </c>
       <c r="K288" s="15">
         <v>0.07190000000000001</v>
       </c>
       <c r="L288" s="15">
         <v>0.06231</v>
       </c>
       <c r="M288" s="15">
         <v>0.05991</v>
       </c>
       <c r="N288" s="15">
-        <v>18278</v>
+        <v>20503</v>
       </c>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="E289" s="15" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I289" s="15" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="J289" s="15">
         <v>300</v>
       </c>
       <c r="K289" s="15">
         <v>0.10796</v>
       </c>
       <c r="L289" s="15">
         <v>0.09356</v>
       </c>
       <c r="M289" s="15">
         <v>0.08996</v>
       </c>
       <c r="N289" s="15">
-        <v>21038</v>
+        <v>26654</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="E290" s="15" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I290" s="15" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="J290" s="15"/>
       <c r="K290" s="15">
         <v>0.7245</v>
       </c>
       <c r="L290" s="15">
         <v>0.05796</v>
       </c>
       <c r="M290" s="15">
         <v>0.05313</v>
       </c>
       <c r="N290" s="15"/>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="E291" s="15">
         <v>10080027392</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I291" s="15" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="J291" s="15">
         <v>800</v>
       </c>
       <c r="K291" s="15">
         <v>0.05718</v>
       </c>
       <c r="L291" s="15">
         <v>0.04956</v>
       </c>
       <c r="M291" s="15">
         <v>0.04765</v>
       </c>
       <c r="N291" s="15">
-        <v>75575</v>
+        <v>81028</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="E292" s="15">
         <v>10080027658</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I292" s="15" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="J292" s="15">
         <v>500</v>
       </c>
       <c r="K292" s="15">
         <v>0.08468000000000001</v>
       </c>
       <c r="L292" s="15">
         <v>0.07339</v>
       </c>
       <c r="M292" s="15">
         <v>0.07056</v>
       </c>
       <c r="N292" s="15">
-        <v>2860</v>
+        <v>80</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="E293" s="15">
         <v>10080028532</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="J293" s="15">
         <v>400</v>
       </c>
       <c r="K293" s="15">
         <v>0.05744</v>
       </c>
       <c r="L293" s="15">
         <v>0.04978</v>
       </c>
       <c r="M293" s="15">
         <v>0.04786</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="E294" s="15" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I294" s="15" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="J294" s="15">
         <v>800</v>
       </c>
       <c r="K294" s="15">
         <v>0.08084</v>
       </c>
       <c r="L294" s="15">
         <v>0.07006</v>
       </c>
       <c r="M294" s="15">
         <v>0.06736</v>
       </c>
       <c r="N294" s="15">
-        <v>496</v>
+        <v>640</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="E295" s="15">
         <v>10080054376</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15">
         <v>612</v>
       </c>
       <c r="K295" s="15">
         <v>0.6256699999999999</v>
       </c>
       <c r="L295" s="15">
         <v>0.50456</v>
       </c>
       <c r="M295" s="15">
         <v>0.48439</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="P295" s="15" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="E296" s="15">
         <v>10080040112</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="J296" s="15">
         <v>500</v>
       </c>
       <c r="K296" s="15">
         <v>0.05444</v>
       </c>
       <c r="L296" s="15">
         <v>0.04718</v>
       </c>
       <c r="M296" s="15">
         <v>0.04536</v>
       </c>
       <c r="N296" s="15">
-        <v>21885</v>
+        <v>25340</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="E297" s="15" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I297" s="15" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="J297" s="15">
         <v>100</v>
       </c>
       <c r="K297" s="15">
         <v>0.19442</v>
       </c>
       <c r="L297" s="15">
         <v>0.16849</v>
       </c>
       <c r="M297" s="15">
         <v>0.16201</v>
       </c>
       <c r="N297" s="15">
         <v>100</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="E298" s="15">
         <v>10080028534</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I298" s="15" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="J298" s="15">
         <v>500</v>
       </c>
       <c r="K298" s="15">
         <v>0.06813</v>
       </c>
       <c r="L298" s="15">
         <v>0.05905</v>
       </c>
       <c r="M298" s="15">
         <v>0.05678</v>
       </c>
       <c r="N298" s="15">
         <v>62</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="E299" s="15" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I299" s="15" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="J299" s="15">
         <v>300</v>
       </c>
       <c r="K299" s="15">
-        <v>0.09426</v>
+        <v>0.09377000000000001</v>
       </c>
       <c r="L299" s="15">
-        <v>0.08169</v>
+        <v>0.08126</v>
       </c>
       <c r="M299" s="15">
-        <v>0.07854999999999999</v>
+        <v>0.07814</v>
       </c>
       <c r="N299" s="15">
-        <v>9000</v>
+        <v>6900</v>
       </c>
       <c r="O299" s="15">
-        <v>18000</v>
+        <v>13800</v>
       </c>
       <c r="P299" s="15" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="E300" s="15" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I300" s="15" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="J300" s="15">
         <v>400</v>
       </c>
       <c r="K300" s="15">
         <v>0.09153</v>
       </c>
       <c r="L300" s="15">
         <v>0.07933</v>
       </c>
       <c r="M300" s="15">
         <v>0.07628</v>
       </c>
       <c r="N300" s="15">
-        <v>1679</v>
+        <v>1564</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="E301" s="15">
         <v>10080070436</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I301" s="15" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="J301" s="15">
         <v>300</v>
       </c>
       <c r="K301" s="15">
         <v>0.11228</v>
       </c>
       <c r="L301" s="15">
         <v>0.09730999999999999</v>
       </c>
       <c r="M301" s="15">
         <v>0.09356</v>
       </c>
       <c r="N301" s="15">
-        <v>3496</v>
+        <v>4827</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="D302" s="15" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="E302" s="15" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I302" s="15" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="J302" s="15">
         <v>300</v>
       </c>
       <c r="K302" s="15">
         <v>0.11352</v>
       </c>
       <c r="L302" s="15">
         <v>0.09838</v>
       </c>
       <c r="M302" s="15">
         <v>0.0946</v>
       </c>
       <c r="N302" s="15">
-        <v>5103</v>
+        <v>5832</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="E303" s="15" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I303" s="15" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="J303" s="15">
         <v>100</v>
       </c>
       <c r="K303" s="15">
         <v>0.27051</v>
       </c>
       <c r="L303" s="15">
         <v>0.23444</v>
       </c>
       <c r="M303" s="15">
         <v>0.22543</v>
       </c>
       <c r="N303" s="15">
-        <v>258</v>
+        <v>210</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="E304" s="15" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I304" s="15" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="J304" s="15">
         <v>100</v>
       </c>
       <c r="K304" s="15">
         <v>0.40334</v>
       </c>
       <c r="L304" s="15">
         <v>0.34956</v>
       </c>
       <c r="M304" s="15">
         <v>0.33611</v>
       </c>
       <c r="N304" s="15">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="E305" s="15" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I305" s="15" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="J305" s="15">
         <v>150</v>
       </c>
       <c r="K305" s="15">
-        <v>0.10292</v>
+        <v>0.10596</v>
       </c>
       <c r="L305" s="15">
-        <v>0.08919000000000001</v>
+        <v>0.09182999999999999</v>
       </c>
       <c r="M305" s="15">
-        <v>0.08576</v>
+        <v>0.0883</v>
       </c>
       <c r="N305" s="15">
-        <v>4200</v>
+        <v>3900</v>
       </c>
       <c r="O305" s="15">
-        <v>1400</v>
+        <v>1300</v>
       </c>
       <c r="P305" s="15" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="E306" s="15" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I306" s="15" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="J306" s="15">
         <v>500</v>
       </c>
       <c r="K306" s="15">
         <v>0.08183</v>
       </c>
       <c r="L306" s="15">
         <v>0.07092</v>
       </c>
       <c r="M306" s="15">
         <v>0.06819</v>
       </c>
       <c r="N306" s="15">
-        <v>378</v>
+        <v>492</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="E307" s="15" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="J307" s="15">
         <v>250</v>
       </c>
       <c r="K307" s="15">
         <v>0.12291</v>
       </c>
       <c r="L307" s="15">
         <v>0.10652</v>
       </c>
       <c r="M307" s="15">
         <v>0.10243</v>
       </c>
       <c r="N307" s="15">
-        <v>1860</v>
+        <v>1891</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="E308" s="15" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I308" s="15" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="J308" s="15">
         <v>300</v>
       </c>
       <c r="K308" s="15">
         <v>0.222</v>
       </c>
       <c r="L308" s="15">
         <v>0.149</v>
       </c>
       <c r="M308" s="15">
         <v>0.139</v>
       </c>
       <c r="N308" s="15">
-        <v>43275</v>
+        <v>47891</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="E309" s="15" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I309" s="15" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="J309" s="15"/>
       <c r="K309" s="15">
         <v>0.33041</v>
       </c>
       <c r="L309" s="15">
         <v>0.27712</v>
       </c>
       <c r="M309" s="15">
         <v>0.26645</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="D310" s="15" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="E310" s="15" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I310" s="15" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="J310" s="15"/>
       <c r="K310" s="15">
         <v>0.49622</v>
       </c>
       <c r="L310" s="15">
         <v>0.41619</v>
       </c>
       <c r="M310" s="15">
         <v>0.40018</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="D311" s="15" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="E311" s="15" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="J311" s="15">
         <v>800</v>
       </c>
       <c r="K311" s="15">
         <v>0.17476</v>
       </c>
       <c r="L311" s="15">
         <v>0.14656</v>
       </c>
       <c r="M311" s="15">
         <v>0.14093</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="E312" s="15" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I312" s="15"/>
       <c r="J312" s="15">
         <v>800</v>
       </c>
       <c r="K312" s="15">
         <v>0.12033</v>
       </c>
       <c r="L312" s="15">
         <v>0.10429</v>
       </c>
       <c r="M312" s="15">
         <v>0.10028</v>
       </c>
       <c r="N312" s="15">
-        <v>2848</v>
+        <v>2624</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="E313" s="15" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="J313" s="15">
         <v>500</v>
       </c>
       <c r="K313" s="15">
         <v>0.1419</v>
       </c>
       <c r="L313" s="15">
         <v>0.12298</v>
       </c>
       <c r="M313" s="15">
         <v>0.11825</v>
       </c>
       <c r="N313" s="15">
-        <v>3026</v>
+        <v>2550</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="D314" s="15" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="E314" s="15" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I314" s="15" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="J314" s="15">
         <v>500</v>
       </c>
       <c r="K314" s="15">
         <v>0.08466</v>
       </c>
       <c r="L314" s="15">
         <v>0.07337</v>
       </c>
       <c r="M314" s="15">
         <v>0.07055</v>
       </c>
       <c r="N314" s="15">
-        <v>9600</v>
+        <v>8960</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="E315" s="15" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I315" s="15" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="J315" s="15">
         <v>500</v>
       </c>
       <c r="K315" s="15">
         <v>0.12909</v>
       </c>
       <c r="L315" s="15">
         <v>0.11188</v>
       </c>
       <c r="M315" s="15">
         <v>0.10758</v>
       </c>
       <c r="N315" s="15">
-        <v>5628</v>
+        <v>5092</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="E316" s="15" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I316" s="15" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="J316" s="15">
         <v>800</v>
       </c>
       <c r="K316" s="15">
         <v>0.05447</v>
       </c>
       <c r="L316" s="15">
         <v>0.0472</v>
       </c>
       <c r="M316" s="15">
         <v>0.04539</v>
       </c>
       <c r="N316" s="15">
-        <v>28926</v>
+        <v>17685</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="D317" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="E317" s="15">
         <v>10080028527</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I317" s="15" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="J317" s="15">
         <v>800</v>
       </c>
       <c r="K317" s="15">
         <v>0.05546</v>
       </c>
       <c r="L317" s="15">
         <v>0.04806</v>
       </c>
       <c r="M317" s="15">
         <v>0.04621</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="E318" s="15" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="J318" s="15">
         <v>500</v>
       </c>
       <c r="K318" s="15">
         <v>0.09375</v>
       </c>
       <c r="L318" s="15">
         <v>0.08125</v>
       </c>
       <c r="M318" s="15">
         <v>0.07813000000000001</v>
       </c>
       <c r="N318" s="15">
-        <v>10768</v>
+        <v>12390</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="D319" s="15" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="E319" s="15" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="I319" s="15" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="J319" s="15">
         <v>150</v>
       </c>
       <c r="K319" s="15">
-        <v>0.60377</v>
+        <v>0.93795</v>
       </c>
       <c r="L319" s="15">
-        <v>0.5232599999999999</v>
+        <v>0.81289</v>
       </c>
       <c r="M319" s="15">
-        <v>0.50314</v>
+        <v>0.78163</v>
       </c>
       <c r="N319" s="15"/>
       <c r="O319" s="15">
-        <v>7600</v>
+        <v>5952</v>
       </c>
       <c r="P319" s="15" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="D320" s="15" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="E320" s="15" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="I320" s="15"/>
       <c r="J320" s="15"/>
       <c r="K320" s="15">
         <v>0.11899</v>
       </c>
       <c r="L320" s="15">
         <v>0.0998</v>
       </c>
       <c r="M320" s="15">
         <v>0.09596</v>
       </c>
       <c r="N320" s="15"/>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="E321" s="15" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I321" s="15" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="J321" s="15"/>
       <c r="K321" s="15">
-        <v>0.12078</v>
+        <v>0.14352</v>
       </c>
       <c r="L321" s="15">
-        <v>0.10519</v>
+        <v>0.12438</v>
       </c>
       <c r="M321" s="15">
-        <v>0.0974</v>
+        <v>0.1196</v>
       </c>
       <c r="N321" s="15">
-        <v>1525</v>
+        <v>3850</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="E322" s="15" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I322" s="15" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="J322" s="15"/>
       <c r="K322" s="15">
-        <v>0.14123</v>
+        <v>0.12078</v>
       </c>
       <c r="L322" s="15">
-        <v>0.1271</v>
+        <v>0.10519</v>
       </c>
       <c r="M322" s="15">
-        <v>0.11769</v>
+        <v>0.0974</v>
       </c>
       <c r="N322" s="15">
-        <v>600</v>
+        <v>2100</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="D323" s="15" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="E323" s="15" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I323" s="15" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="J323" s="15"/>
       <c r="K323" s="15">
-        <v>0.12301</v>
+        <v>0.12354</v>
       </c>
       <c r="L323" s="15">
-        <v>0.10714</v>
+        <v>0.10707</v>
       </c>
       <c r="M323" s="15">
-        <v>0.0992</v>
+        <v>0.10295</v>
       </c>
       <c r="N323" s="15">
-        <v>12600</v>
+        <v>3700</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="D324" s="15" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="E324" s="15" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I324" s="15" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="J324" s="15"/>
       <c r="K324" s="15">
-        <v>0.24164</v>
+        <v>0.0992</v>
       </c>
       <c r="L324" s="15">
-        <v>0.1611</v>
+        <v>0.08597</v>
       </c>
       <c r="M324" s="15">
-        <v>0.14645</v>
+        <v>0.08266</v>
       </c>
       <c r="N324" s="15">
-        <v>2</v>
+        <v>820</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="D325" s="15" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="E325" s="15" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I325" s="15" t="s">
-        <v>1109</v>
-[...3 lines deleted...]
-      </c>
+        <v>1112</v>
+      </c>
+      <c r="J325" s="15"/>
       <c r="K325" s="15">
-        <v>0.12526</v>
+        <v>0.14123</v>
       </c>
       <c r="L325" s="15">
-        <v>0.10909</v>
+        <v>0.1271</v>
       </c>
       <c r="M325" s="15">
-        <v>0.10101</v>
+        <v>0.11769</v>
       </c>
       <c r="N325" s="15">
-        <v>4921</v>
+        <v>700</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="D326" s="15" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="E326" s="15" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I326" s="15" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="J326" s="15"/>
       <c r="K326" s="15">
-        <v>0.18842</v>
+        <v>0.12301</v>
       </c>
       <c r="L326" s="15">
-        <v>0.16411</v>
+        <v>0.10714</v>
       </c>
       <c r="M326" s="15">
-        <v>0.15195</v>
+        <v>0.0992</v>
       </c>
       <c r="N326" s="15">
-        <v>8125</v>
+        <v>15575</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="E327" s="15" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I327" s="15" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="J327" s="15"/>
       <c r="K327" s="15">
-        <v>0.10453</v>
+        <v>0.24164</v>
       </c>
       <c r="L327" s="15">
-        <v>0.09104</v>
+        <v>0.1611</v>
       </c>
       <c r="M327" s="15">
-        <v>0.0843</v>
+        <v>0.14645</v>
       </c>
       <c r="N327" s="15">
-        <v>780</v>
+        <v>2</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E328" s="15" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I328" s="15" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="J328" s="15">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="K328" s="15">
-        <v>0.1091</v>
+        <v>0.12526</v>
       </c>
       <c r="L328" s="15">
-        <v>0.09503</v>
+        <v>0.10909</v>
       </c>
       <c r="M328" s="15">
-        <v>0.08799</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.10101</v>
+      </c>
+      <c r="N328" s="15">
+        <v>4788</v>
+      </c>
+      <c r="O328" s="15"/>
+      <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="E329" s="15" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I329" s="15" t="s">
-        <v>1126</v>
-[...3 lines deleted...]
-      </c>
+        <v>1128</v>
+      </c>
+      <c r="J329" s="15"/>
       <c r="K329" s="15">
-        <v>0.16393</v>
+        <v>0.18842</v>
       </c>
       <c r="L329" s="15">
-        <v>0.14278</v>
+        <v>0.16411</v>
       </c>
       <c r="M329" s="15">
-        <v>0.1322</v>
+        <v>0.15195</v>
       </c>
       <c r="N329" s="15">
-        <v>25162</v>
+        <v>7875</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="E330" s="15" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I330" s="15" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="J330" s="15"/>
       <c r="K330" s="15">
-        <v>0.15882</v>
+        <v>0.10453</v>
       </c>
       <c r="L330" s="15">
-        <v>0.13764</v>
+        <v>0.09104</v>
       </c>
       <c r="M330" s="15">
-        <v>0.13235</v>
-[...1 lines deleted...]
-      <c r="N330" s="15"/>
+        <v>0.0843</v>
+      </c>
+      <c r="N330" s="15">
+        <v>620</v>
+      </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="E331" s="15" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I331" s="15" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="J331" s="15">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="K331" s="15">
-        <v>0.16052</v>
+        <v>0.11427</v>
       </c>
       <c r="L331" s="15">
-        <v>0.13911</v>
+        <v>0.09903000000000001</v>
       </c>
       <c r="M331" s="15">
-        <v>0.13376</v>
+        <v>0.09523</v>
       </c>
       <c r="N331" s="15">
-        <v>56440</v>
+        <v>17336</v>
       </c>
       <c r="O331" s="15">
-        <v>249000</v>
+        <v>16201</v>
       </c>
       <c r="P331" s="15" t="s">
-        <v>1122</v>
+        <v>1137</v>
       </c>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="D332" s="15" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="E332" s="15" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I332" s="15" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="J332" s="15">
         <v>150</v>
       </c>
       <c r="K332" s="15">
-        <v>0.11186</v>
+        <v>0.16393</v>
       </c>
       <c r="L332" s="15">
-        <v>0.09743</v>
+        <v>0.14278</v>
       </c>
       <c r="M332" s="15">
-        <v>0.09021</v>
+        <v>0.1322</v>
       </c>
       <c r="N332" s="15">
-        <v>23049</v>
+        <v>21422</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="E333" s="15" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I333" s="15" t="s">
-        <v>1142</v>
-[...3 lines deleted...]
-      </c>
+        <v>1145</v>
+      </c>
+      <c r="J333" s="15"/>
       <c r="K333" s="15">
-        <v>0.16774</v>
+        <v>0.15882</v>
       </c>
       <c r="L333" s="15">
-        <v>0.1461</v>
+        <v>0.13764</v>
       </c>
       <c r="M333" s="15">
-        <v>0.13528</v>
+        <v>0.13235</v>
       </c>
       <c r="N333" s="15"/>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="E334" s="15" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I334" s="15" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="J334" s="15">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="K334" s="15">
-        <v>0.1631</v>
+        <v>0.1625</v>
       </c>
       <c r="L334" s="15">
-        <v>0.14679</v>
+        <v>0.14083</v>
       </c>
       <c r="M334" s="15">
-        <v>0.13591</v>
+        <v>0.13541</v>
       </c>
       <c r="N334" s="15">
-        <v>4500</v>
-[...2 lines deleted...]
-      <c r="P334" s="15"/>
+        <v>141700</v>
+      </c>
+      <c r="O334" s="15">
+        <v>97500</v>
+      </c>
+      <c r="P334" s="15" t="s">
+        <v>1137</v>
+      </c>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="D335" s="15" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="E335" s="15" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I335" s="15" t="s">
-        <v>1150</v>
-[...1 lines deleted...]
-      <c r="J335" s="15"/>
+        <v>1153</v>
+      </c>
+      <c r="J335" s="15">
+        <v>150</v>
+      </c>
       <c r="K335" s="15">
-        <v>0.09780999999999999</v>
+        <v>0.11186</v>
       </c>
       <c r="L335" s="15">
-        <v>0.08519</v>
+        <v>0.09743</v>
       </c>
       <c r="M335" s="15">
-        <v>0.07888000000000001</v>
+        <v>0.09021</v>
       </c>
       <c r="N335" s="15">
-        <v>30500</v>
+        <v>18617</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="D336" s="15" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="E336" s="15" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I336" s="15" t="s">
-        <v>1154</v>
-[...1 lines deleted...]
-      <c r="J336" s="15"/>
+        <v>1157</v>
+      </c>
+      <c r="J336" s="15">
+        <v>100</v>
+      </c>
       <c r="K336" s="15">
-        <v>0.14685</v>
+        <v>0.16774</v>
       </c>
       <c r="L336" s="15">
-        <v>0.1279</v>
+        <v>0.1461</v>
       </c>
       <c r="M336" s="15">
-        <v>0.11843</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13528</v>
+      </c>
+      <c r="N336" s="15"/>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="E337" s="15" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I337" s="15" t="s">
-        <v>1158</v>
-[...1 lines deleted...]
-      <c r="J337" s="15"/>
+        <v>1161</v>
+      </c>
+      <c r="J337" s="15">
+        <v>100</v>
+      </c>
       <c r="K337" s="15">
-        <v>0.30621</v>
+        <v>0.1631</v>
       </c>
       <c r="L337" s="15">
-        <v>0.1997</v>
+        <v>0.14679</v>
       </c>
       <c r="M337" s="15">
-        <v>0.18639</v>
+        <v>0.13591</v>
       </c>
       <c r="N337" s="15">
-        <v>2</v>
+        <v>4350</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="E338" s="15" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I338" s="15" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="J338" s="15"/>
       <c r="K338" s="15">
-        <v>0.23736</v>
+        <v>0.09780999999999999</v>
       </c>
       <c r="L338" s="15">
-        <v>0.21362</v>
+        <v>0.08519</v>
       </c>
       <c r="M338" s="15">
-        <v>0.1978</v>
+        <v>0.07888000000000001</v>
       </c>
       <c r="N338" s="15">
-        <v>3152</v>
+        <v>31500</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="E339" s="15" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I339" s="15" t="s">
-        <v>1166</v>
-[...3 lines deleted...]
-      </c>
+        <v>1169</v>
+      </c>
+      <c r="J339" s="15"/>
       <c r="K339" s="15">
-        <v>0.12512</v>
+        <v>0.14685</v>
       </c>
       <c r="L339" s="15">
-        <v>0.10897</v>
+        <v>0.1279</v>
       </c>
       <c r="M339" s="15">
-        <v>0.1009</v>
+        <v>0.11843</v>
       </c>
       <c r="N339" s="15">
-        <v>2726</v>
+        <v>16000</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="E340" s="15" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I340" s="15" t="s">
-        <v>1170</v>
-[...3 lines deleted...]
-      </c>
+        <v>1173</v>
+      </c>
+      <c r="J340" s="15"/>
       <c r="K340" s="15">
-        <v>0.19003</v>
+        <v>0.30621</v>
       </c>
       <c r="L340" s="15">
-        <v>0.16551</v>
+        <v>0.1997</v>
       </c>
       <c r="M340" s="15">
-        <v>0.15325</v>
+        <v>0.18639</v>
       </c>
       <c r="N340" s="15">
-        <v>7545</v>
+        <v>2</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="E341" s="15" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I341" s="15" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1177</v>
+      </c>
+      <c r="J341" s="15"/>
       <c r="K341" s="15">
-        <v>0.18791</v>
+        <v>0.23736</v>
       </c>
       <c r="L341" s="15">
-        <v>0.16285</v>
+        <v>0.21362</v>
       </c>
       <c r="M341" s="15">
-        <v>0.15659</v>
+        <v>0.1978</v>
       </c>
       <c r="N341" s="15">
-        <v>130000</v>
+        <v>4152</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="E342" s="15" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I342" s="15" t="s">
-        <v>1178</v>
-[...1 lines deleted...]
-      <c r="J342" s="15"/>
+        <v>1181</v>
+      </c>
+      <c r="J342" s="15">
+        <v>200</v>
+      </c>
       <c r="K342" s="15">
-        <v>0.18039</v>
+        <v>0.12512</v>
       </c>
       <c r="L342" s="15">
-        <v>0.15711</v>
+        <v>0.10897</v>
       </c>
       <c r="M342" s="15">
-        <v>0.14548</v>
+        <v>0.1009</v>
       </c>
       <c r="N342" s="15">
-        <v>5400</v>
+        <v>2243</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="E343" s="15" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I343" s="15" t="s">
-        <v>1182</v>
-[...1 lines deleted...]
-      <c r="J343" s="15"/>
+        <v>1185</v>
+      </c>
+      <c r="J343" s="15">
+        <v>150</v>
+      </c>
       <c r="K343" s="15">
-        <v>1.13</v>
+        <v>0.19003</v>
       </c>
       <c r="L343" s="15">
-        <v>0.75888</v>
+        <v>0.16551</v>
       </c>
       <c r="M343" s="15">
-        <v>0.679</v>
-[...1 lines deleted...]
-      <c r="N343" s="15"/>
+        <v>0.15325</v>
+      </c>
+      <c r="N343" s="15">
+        <v>6685</v>
+      </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="E344" s="15" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I344" s="15" t="s">
-        <v>1186</v>
-[...1 lines deleted...]
-      <c r="J344" s="15"/>
+        <v>1189</v>
+      </c>
+      <c r="J344" s="15">
+        <v>1000</v>
+      </c>
       <c r="K344" s="15">
-        <v>0.15353</v>
+        <v>0.18791</v>
       </c>
       <c r="L344" s="15">
-        <v>0.13372</v>
+        <v>0.16285</v>
       </c>
       <c r="M344" s="15">
-        <v>0.12381</v>
+        <v>0.15659</v>
       </c>
       <c r="N344" s="15">
-        <v>1701</v>
+        <v>174000</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="E345" s="15" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I345" s="15" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="J345" s="15"/>
       <c r="K345" s="15">
-        <v>0.15416</v>
+        <v>0.18039</v>
       </c>
       <c r="L345" s="15">
-        <v>0.13427</v>
+        <v>0.15711</v>
       </c>
       <c r="M345" s="15">
-        <v>0.12433</v>
+        <v>0.14548</v>
       </c>
       <c r="N345" s="15">
-        <v>788</v>
+        <v>6000</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="E346" s="15" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I346" s="15" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="J346" s="15"/>
       <c r="K346" s="15">
-        <v>0.22901</v>
+        <v>1.13</v>
       </c>
       <c r="L346" s="15">
-        <v>0.2061</v>
+        <v>0.75888</v>
       </c>
       <c r="M346" s="15">
-        <v>0.19084</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.679</v>
+      </c>
+      <c r="N346" s="15"/>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="D347" s="15" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="E347" s="15" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="I347" s="15" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="J347" s="15"/>
       <c r="K347" s="15">
-        <v>0.12428</v>
+        <v>0.15353</v>
       </c>
       <c r="L347" s="15">
-        <v>0.10824</v>
+        <v>0.13372</v>
       </c>
       <c r="M347" s="15">
-        <v>0.10023</v>
+        <v>0.12381</v>
       </c>
       <c r="N347" s="15">
-        <v>25200</v>
+        <v>1950</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
-      <c r="B348" s="14"/>
-[...2 lines deleted...]
-      <c r="E348" s="15"/>
+      <c r="B348" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C348" s="15" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D348" s="15" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E348" s="15" t="s">
+        <v>1204</v>
+      </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
-      <c r="H348" s="15"/>
-      <c r="I348" s="15"/>
+      <c r="H348" s="15" t="s">
+        <v>1095</v>
+      </c>
+      <c r="I348" s="15" t="s">
+        <v>1205</v>
+      </c>
       <c r="J348" s="15"/>
-      <c r="K348" s="15"/>
-[...2 lines deleted...]
-      <c r="N348" s="15"/>
+      <c r="K348" s="15">
+        <v>0.15416</v>
+      </c>
+      <c r="L348" s="15">
+        <v>0.13427</v>
+      </c>
+      <c r="M348" s="15">
+        <v>0.12433</v>
+      </c>
+      <c r="N348" s="15">
+        <v>1050</v>
+      </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
+      <c r="R348"/>
+    </row>
+    <row r="349" spans="1:18">
+      <c r="B349" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C349" s="15" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D349" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E349" s="15" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F349" s="15"/>
+      <c r="G349" s="15"/>
+      <c r="H349" s="15" t="s">
+        <v>1095</v>
+      </c>
+      <c r="I349" s="15" t="s">
+        <v>1209</v>
+      </c>
+      <c r="J349" s="15"/>
+      <c r="K349" s="15">
+        <v>0.22901</v>
+      </c>
+      <c r="L349" s="15">
+        <v>0.2061</v>
+      </c>
+      <c r="M349" s="15">
+        <v>0.19084</v>
+      </c>
+      <c r="N349" s="15">
+        <v>1780</v>
+      </c>
+      <c r="O349" s="15"/>
+      <c r="P349" s="15"/>
+      <c r="Q349" s="15"/>
+      <c r="R349"/>
+    </row>
+    <row r="350" spans="1:18">
+      <c r="B350" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C350" s="15" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D350" s="15" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E350" s="15" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F350" s="15"/>
+      <c r="G350" s="15"/>
+      <c r="H350" s="15" t="s">
+        <v>1095</v>
+      </c>
+      <c r="I350" s="15" t="s">
+        <v>1213</v>
+      </c>
+      <c r="J350" s="15"/>
+      <c r="K350" s="15">
+        <v>0.12428</v>
+      </c>
+      <c r="L350" s="15">
+        <v>0.10824</v>
+      </c>
+      <c r="M350" s="15">
+        <v>0.10023</v>
+      </c>
+      <c r="N350" s="15">
+        <v>36000</v>
+      </c>
+      <c r="O350" s="15"/>
+      <c r="P350" s="15"/>
+      <c r="Q350" s="15"/>
+      <c r="R350"/>
+    </row>
+    <row r="351" spans="1:18">
+      <c r="B351" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C351" s="15" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D351" s="15" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E351" s="15" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F351" s="15"/>
+      <c r="G351" s="15"/>
+      <c r="H351" s="15" t="s">
+        <v>1095</v>
+      </c>
+      <c r="I351" s="15" t="s">
+        <v>1217</v>
+      </c>
+      <c r="J351" s="15"/>
+      <c r="K351" s="15">
+        <v>0.27302</v>
+      </c>
+      <c r="L351" s="15">
+        <v>0.23661</v>
+      </c>
+      <c r="M351" s="15">
+        <v>0.22751</v>
+      </c>
+      <c r="N351" s="15">
+        <v>850</v>
+      </c>
+      <c r="O351" s="15"/>
+      <c r="P351" s="15"/>
+      <c r="Q351" s="15"/>
+      <c r="R351"/>
+    </row>
+    <row r="352" spans="1:18">
+      <c r="B352" s="14"/>
+      <c r="C352" s="15"/>
+      <c r="D352" s="15"/>
+      <c r="E352" s="15"/>
+      <c r="F352" s="15"/>
+      <c r="G352" s="15"/>
+      <c r="H352" s="15"/>
+      <c r="I352" s="15"/>
+      <c r="J352" s="15"/>
+      <c r="K352" s="15"/>
+      <c r="L352" s="15"/>
+      <c r="M352" s="15"/>
+      <c r="N352" s="15"/>
+      <c r="O352" s="15"/>
+      <c r="P352" s="15"/>
+      <c r="Q352" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -18073,317 +18304,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1199</v>
+        <v>1218</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1200</v>
+        <v>1219</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1201</v>
+        <v>1220</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1202</v>
+        <v>1221</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1203</v>
+        <v>1222</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1204</v>
+        <v>1223</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1205</v>
+        <v>1224</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1206</v>
+        <v>1225</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1207</v>
+        <v>1226</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1208</v>
+        <v>1227</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1209</v>
+        <v>1228</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1210</v>
+        <v>1229</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1211</v>
+        <v>1230</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1212</v>
+        <v>1231</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1213</v>
+        <v>1232</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1214</v>
+        <v>1233</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1215</v>
+        <v>1234</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1216</v>
+        <v>1235</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1217</v>
+        <v>1236</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1218</v>
+        <v>1237</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1219</v>
+        <v>1238</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1220</v>
+        <v>1239</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1221</v>
+        <v>1240</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1222</v>
+        <v>1241</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1223</v>
+        <v>1242</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1224</v>
+        <v>1243</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1225</v>
+        <v>1244</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>