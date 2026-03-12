--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1244">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2089,1389 +2089,1386 @@
   <si>
     <t>GT103-5.0-07P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT103-5.0-07P-14-00</t>
   </si>
   <si>
     <t>UT-00146053</t>
   </si>
   <si>
     <t xml:space="preserve">DG103-5.0-07P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT125-5.0-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT125-5.0-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140338</t>
   </si>
   <si>
     <t xml:space="preserve">GT125-5.0-02P-14-00A(H) GOLTEN, DG125-5.0-02P-14-00Z(H) DEGSON, CM-125-5.0-2P-14 FUCON, </t>
   </si>
   <si>
+    <t>GT125-5.0-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT125-5.0-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG125-5.0-02P-14-00Z(H) DEGSON, GT125-5.0-02P-14-00 GOLTEN, CM-125-5.0-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT125-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT125-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140339</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG125-5.0-03P-14-00Z(H) DEGSON, CM-125-5.0-3P-14 FUCON, GT125-5.0-03P-14-14 GOLTEN, </t>
+  </si>
+  <si>
+    <t>GT125-5.0-03P-14-14</t>
+  </si>
+  <si>
+    <t>винты не затянуты / GT125-5.0-03P-14-14</t>
+  </si>
+  <si>
+    <t>UT-00148858</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG125-5.0-03P-14-00Z(H) DEGSON, GT125-5.0-03P-14-00 GOLTEN, CM-125-5.0-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT126-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT126-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00142484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT126-5.0-02P-14-00B(H) GOLTEN, L-KLS2-126-5.00-02P-4C KLS, DG126-5.0-02P-14-00Z(H) DEGSON, CM-200-5.0-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT126-5.0-02P-14-00B(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT126-5.0-02P-14-00B(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-126-5.00-02P-4C KLS, DG126-5.0-02P-14-00Z(H) DEGSON, GT126-5.0-02P-14-00 GOLTEN, CM-200-5.0-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT126-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT126-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT126-5.0-03P-14-00A(H) GOLTEN, GT126-5.0-03P-14-00B(H) GOLTEN, L-KLS2-126-5.00-03P-4C KLS, DG126-5.0-03P-14-00Z(H) DEGSON, CM-200-5.0-3P-14 FUCON, DG126-5.0-03P-14-00A(H) DEGSON, DT-126VP-03 , </t>
+  </si>
+  <si>
+    <t>GT126-5.0-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT126-5.0-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT126-5.0-03P-14-00B(H) GOLTEN, L-KLS2-126-5.00-03P-4C KLS, DG126-5.0-03P-14-00Z(H) DEGSON, GT126-5.0-03P-14-00 GOLTEN, CM-200-5.0-3P-14 FUCON, DG126-5.0-03P-14-00A(H) DEGSON, DT-126VP-03 , </t>
+  </si>
+  <si>
+    <t>GT126-5.0-03P-14-00B(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT126-5.0-03P-14-00B(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT126-5.0-03P-14-00A(H) GOLTEN, L-KLS2-126-5.00-03P-4C KLS, DG126-5.0-03P-14-00Z(H) DEGSON, GT126-5.0-03P-14-00 GOLTEN, CM-200-5.0-3P-14 FUCON, DG126-5.0-03P-14-00A(H) DEGSON, DT-126VP-03 , </t>
+  </si>
+  <si>
+    <t>GT126R-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT126R-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG126R-5.0-02P-14-00Z(H) DEGSON, TL201R-02P-G12S Tianli, CM-126R-5.0-2P-14 FUCON, L-KLS2-126R-5.00-02P-4S KLS, </t>
+  </si>
+  <si>
+    <t>GT126R-5.0-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>+ / GT126R-5.0-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG126R-5.0-03P-14-00Z(H) DEGSON, GT126R-5.0-03P-14-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>GT128-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT128-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00145219</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-128-5.00-02P-4S KLS, DG128-5.0-02P-14-00Z(H) DEGSON, DG128-5.0-02P-12-00Z(H) DEGSON, GT128-5.0-02P-14-00 GOLTEN, TL206V-02P-G12S(M3) Tianli, TL206V-02P-LS Tianli, CM-128-5.0-2P-14 FUCON, L-KLS2-128-5.00-02P-2S KLS, DG128-5.0-02P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT128-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT128-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-128-5.00-02P-4S KLS, DG128-5.0-02P-14-00Z(H) DEGSON, DG128-5.0-02P-12-00Z(H) DEGSON, TL206V-02P-G12S(M3) Tianli, GT128-5.0-02P-12-00 GOLTEN, TL206V-02P-G12S Tianli, CM-128-5.0-2P-14 FUCON, DG128-5.0-02P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT128-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT128-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT128-5.0-03P-14-00A(H) GOLTEN, L-KLS2-128-5.00-03P-4S KLS, DG128-5.0-03P-14-00Z(H) DEGSON, TL206V-03P-G12S(M3) Tianli, TL206V-03P-G12S Tianli, CM-128-5.0-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT128-5.0-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT128-5.0-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-128-5.00-03P-4S KLS, DG128-5.0-03P-14-00Z(H) DEGSON, GT128-5.0-03P-14-00 GOLTEN, TL206V-03P-G12S(M3) Tianli, TL206V-03P-G12S Tianli, CM-128-5.0-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT128R-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT128R-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00142734</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT128R-5.0-02P-14-00A(H) GOLTEN, DG128R-5.0-02P-14-00Z(H) DEGSON, L-KLS2-128R-5.00-02P-4S KLS, </t>
+  </si>
+  <si>
+    <t>GT128R-5.0-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>старое название DG376-02P-14 / GT128R-5.0-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG128R-5.0-02P-14-00Z(H) DEGSON, GT128R-5.0-02P-14-00 GOLTEN, L-KLS2-128R-5.00-02P-4S KLS, </t>
+  </si>
+  <si>
+    <t>GT128R-5.0-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>старое название DG376-02P-14 / GT128R-5.0-03P-14-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG128R-5.0-03P-14-00Z(H) DEGSON, GT128R-5.0-03P-14-00 GOLTEN, TL206R-03P-G12S Tianli, L-KLS2-128R-5.00-03P-4S KLS, </t>
+  </si>
+  <si>
+    <t>GT166-5.0-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT166-5.0-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG166-5.0-02P-14-00Z(H) DEGSON, DG166-5.0-02P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT300-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT300-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00140265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT300-5.0-02P-12-00A(H) GOLTEN, DG300-5.0-02P-12-02Z(H) DEGSON, DG300-5.0-02P-12-00Z(H) DEGSON, CM-300V-5.0-2P-12 FUCON, TL200V-02P-LS Tianli, L-KLS2-300-5.00-02P-2S KLS, </t>
+  </si>
+  <si>
+    <t>GT300-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT300-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG300-5.0-02P-12-02Z(H) DEGSON, DG300-5.0-02P-12-00Z(H) DEGSON, GT300-5.0-02P-12-00 GOLTEN, CM-300V-5.0-2P-12 FUCON, TL200V-02P-LS Tianli, L-KLS2-300-5.00-02P-2S KLS, </t>
+  </si>
+  <si>
+    <t>GT300-5.0-02P-22-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT300-5.0-02P-22-00</t>
+  </si>
+  <si>
+    <t>UT-00150002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG300-5.0-02P-22-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT300-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT300-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00140266</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-300-5.00-03P-2C KLS, DG300-5.0-03P-12-00Z(H) DEGSON, CM-300V-5.0-3P-12 FUCON, TL200V-03P-L01S Tianli, L-KLS2-300-5.00-03P-2S KLS, </t>
+  </si>
+  <si>
+    <t>GT300R-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT300R-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG300R-5.0-02P-12-00Z(H) DEGSON, GT300R-5.0-02P-12-00 GOLTEN, DG300R-5.0-02P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT300R-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT300R-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG300R-5.0-03P-12-00Z(H) DEGSON, DG300R-5.0-03P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT301-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT301-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00140267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT301-5.0-02P-12-00B(H) GOLTEN, MA412-500M2 DECA, XY301V-A-2P-5.0 XINYA, DG301-5.0-02P-12-02Z(H) DEGSON, DG301-5.0-02P-12-00Z(H) DEGSON, CM-301-5.0-2P-12 FUCON, TL201V-02P-L01S Tianli, L-KLS2-301-5.00-02P-2S KLS, L-KLS2-301-5.00-02P-2C KLS, </t>
+  </si>
+  <si>
+    <t>GT301-5.0-02P-12-00B(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT301-5.0-02P-12-00B(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MA412-500M2 DECA, XY301V-A-2P-5.0 XINYA, DG301-5.0-02P-12-02Z(H) DEGSON, DG301-5.0-02P-12-00Z(H) DEGSON, GT301-5.0-02P-12-00 GOLTEN, CM-301-5.0-2P-12 FUCON, TL201V-02P-L01S Tianli, L-KLS2-301-5.00-02P-2S KLS, L-KLS2-301-5.00-02P-2C KLS, </t>
+  </si>
+  <si>
+    <t>GT301-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>винт - / GT301-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00140078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-301-5.00-03P-2S KLS, GT301-5.0-03P-12-00A(H) GOLTEN, GT301-5.0-03P-12-00B(H) GOLTEN, L-KLS2-301-5.00-03P-2C KLS, DG301-5.0-03P-12-02Z(H) DEGSON, DG301-5.0-03P-12-00Z(H) DEGSON, CM-301-5.0-3P-12 FUCON, TL201V-03P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>GT301-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">винт под крест + - / GT301-5.0-03P-12-00A(H) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-301-5.00-03P-2S KLS, GT301-5.0-03P-12-00B(H) GOLTEN, L-KLS2-301-5.00-03P-2C KLS, DG301-5.0-03P-12-02Z(H) DEGSON, DG301-5.0-03P-12-00Z(H) DEGSON, GT301-5.0-03P-12-00 GOLTEN, CM-301-5.0-3P-12 FUCON, TL201V-03P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>GT301-5.0-03P-12-00B(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT301-5.0-03P-12-00B(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-301-5.00-03P-2S KLS, GT301-5.0-03P-12-00A(H) GOLTEN, L-KLS2-301-5.00-03P-2C KLS, DG301-5.0-03P-12-02Z(H) DEGSON, DG301-5.0-03P-12-00Z(H) DEGSON, GT301-5.0-03P-12-00 GOLTEN, CM-301-5.0-3P-12 FUCON, TL201V-03P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>GT301-5.0-04P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT301-5.0-04P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00142764</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG301-5.0-04P-12-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT301R-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT301R-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00139817</t>
+  </si>
+  <si>
+    <t xml:space="preserve">311-021-12 , GT301R-5.0-02P-12-00A(H) GOLTEN, L-KLS2-301R-5.00-02P-2C KLS, L-KLS2-301R-5.00-02P-2S KLS, DG301R-5.0-02P-12-00Z(H) DEGSON, CM-301R-5.0-2P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>GT301R-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT301R-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">311-021-12 , L-KLS2-301R-5.00-02P-2C KLS, L-KLS2-301R-5.00-02P-2S KLS, DG301R-5.0-02P-12-00Z(H) DEGSON, GT301R-5.0-02P-12-00 GOLTEN, CM-301R-5.0-2P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>GT301R-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT301R-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00140268</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT301R-5.0-03P-12-00A(H) GOLTEN, KLS2-301R-5.00-03P-2S KLS, L-KLS2-301R-5.00-03P-2S KLS, DG301R-5.0-03P-12-00Z(H) DEGSON, CM-301R-5.0-3P-12 FUCON, TL201R-03P-LS Tianli, DG301R-5.0-03P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT301R-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT301R-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLS2-301R-5.00-03P-2S KLS, L-KLS2-301R-5.00-03P-2S KLS, DG301R-5.0-03P-12-00Z(H) DEGSON, GT301R-5.0-03P-12-00 GOLTEN, CM-301R-5.0-3P-12 FUCON, TL201R-03P-LS Tianli, DG301R-5.0-03P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT302-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT302-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140269</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG302-5.0-02P-14-00Z(H) DEGSON, TL236V-02P-G12S Tianli, CM-302-5.0-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>08.07.2026</t>
+  </si>
+  <si>
+    <t>GT302-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT302-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00145050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG302-5.0-03P-14-00Z(H) DEGSON, TL236V-03P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>GT305-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT305-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00140270</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT305-5.0-02P-12-00A(H) GOLTEN, DG305-5.0-02P-12-00Z(H) DEGSON, TL200V-02P-LS Tianli, L-KLS2-305V-5.00-02P-2S KLS, TL202V-02P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>GT305-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT305-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG305-5.0-02P-12-00Z(H) DEGSON, GT305-5.0-02P-12-00 GOLTEN, L-KLS2-305V-5.00-02P-2S KLS, TL202V-02P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>GT305-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT305-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00140271</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT305-5.0-03P-12-00A(H) GOLTEN, DG305-5.0-03P-12-00Z(H) DEGSON, TL200V-03P-L01S Tianli, L-KLS2-305V-5.00-03P-2S KLS, TL202V-03P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>GT305-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT305-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG305-5.0-03P-12-00Z(H) DEGSON, GT305-5.0-03P-12-00 GOLTEN, L-KLS2-305V-5.00-03P-2S KLS, TL202V-03P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>GT306-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT306-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00140272</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT306-5.0-02P-12-00A(H) GOLTEN, L-KLS2-306V-5.00-02P-2S KLS, DG306-5.0-02P-12-00Z(H) DEGSON, CM-306-5.0-2P-12 FUCON, L-KLS2-306V-5.00-02P-2C KLS, TL203V-02P-LS Tianli, </t>
+  </si>
+  <si>
+    <t>GT306-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT306-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-306V-5.00-02P-2S KLS, DG306-5.0-02P-12-00Z(H) DEGSON, GT306-5.0-02P-12-00 GOLTEN, CM-306-5.0-2P-12 FUCON, L-KLS2-306V-5.00-02P-2C KLS, TL203V-02P-LS Tianli, </t>
+  </si>
+  <si>
+    <t>GT306-5.0-02P-12-05</t>
+  </si>
+  <si>
+    <t>выводы: сталь (-05) / GT306-5.0-02P-12-05</t>
+  </si>
+  <si>
+    <t>UT-00142997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG306-5.0-02P-12-10Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT306-5.0-02P-13-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT306-5.0-02P-13-00</t>
+  </si>
+  <si>
+    <t>UT-00148913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG306-5.0-02P-13-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT306-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT306-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00143409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG306-5.0-02P-14-00Z(H) DEGSON, DG306-5.0-02P-14-00A(H) DEGSON, TL203V-02P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>GT306-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT306-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00146029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT306-5.0-03P-12-00A(H) GOLTEN, DG306-5.0-03P-12-00Z(H) DEGSON, L-KLS2-306V-5.00-03P-2S KLS, TL203V-03P-LS Tianli, DG306-5.0-03P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT306-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT306-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG306-5.0-03P-12-00Z(H) DEGSON, L-KLS2-306V-5.00-03P-2S KLS, TL203V-03P-LS Tianli, GT306-5.0-03P-12-00 GOLTEN, DG306-5.0-03P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT306-5.0-03P-12-02A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT306-5.0-03P-12-02A(H)</t>
+  </si>
+  <si>
+    <t>10-00016753</t>
+  </si>
+  <si>
+    <t>GT306-5.0-14P-12-05</t>
+  </si>
+  <si>
+    <t>Клеммник GT306-5.0-14P-12-05</t>
+  </si>
+  <si>
+    <t>UT-00140533</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG306-5.0-14P-12-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>14.09.2026</t>
+  </si>
+  <si>
+    <t>GT330-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>винт "-" (-00) / GT330-5.0-02P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00140274</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT330-5.0-02P-12-02A(H) GOLTEN, MB223-500M-02P DECA, GT330-5.0-02P-12-00A(H) GOLTEN, DG330-5.0-02P-12-00Z(H) DEGSON, TL204-02P-LS Tianli, L-KLS2-102-5.00-02P-2C KLS, CM-330-5.0-2P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>GT330-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>винт "-" (-00) / GT330-5.0-02P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT330-5.0-02P-12-02A(H) GOLTEN, MB223-500M-02P DECA, DG330-5.0-02P-12-00Z(H) DEGSON, GT330-5.0-02P-12-00 GOLTEN, TL204-02P-LS Tianli, L-KLS2-102-5.00-02P-2C KLS, CM-330-5.0-2P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>GT330-5.0-02P-12-02A(H)</t>
+  </si>
+  <si>
+    <t>винт "+" (-02) / GT330-5.0-02P-12-02A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MB223-500M-02P DECA, GT330-5.0-02P-12-00A(H) GOLTEN, DG330-5.0-02P-12-00Z(H) DEGSON, GT330-5.0-02P-12-00 GOLTEN, TL204-02P-LS Tianli, L-KLS2-102-5.00-02P-2C KLS, CM-330-5.0-2P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>GT330-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>винт "-" (-00) / GT330-5.0-03P-12-00</t>
+  </si>
+  <si>
+    <t>UT-00140275</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT330-5.0-03P-12-00A(H) GOLTEN, KLS2-102-5.00-03P-2S KLS, DG330-5.0-03P-12-00Z(H) DEGSON, TL204-03P-LS Tianli, L-KLS2-102-5.00-03P-2C KLS, CM-330-5.0-3P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>GT330-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t>винт "-" (-00) / GT330-5.0-03P-12-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLS2-102-5.00-03P-2S KLS, DG330-5.0-03P-12-00Z(H) DEGSON, GT330-5.0-03P-12-00 GOLTEN, TL204-03P-LS Tianli, L-KLS2-102-5.00-03P-2C KLS, CM-330-5.0-3P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>GT500-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT500-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00145284</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500-5.0-02P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-02P-4S KLS, L-KLS2-128I-5.00-02P-4S01 KLS, DG500-5.0-02P-14-00Z(H) DEGSON, L-KLS2-128I-5.00-02P-4S01 KLS, ТВ-01А КИТАЙ, </t>
+  </si>
+  <si>
+    <t>GT500-5.0-02P-14-02A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">винт под крест + - / GT500-5.0-02P-14-02A(H) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-128I-5.00-02P-4S KLS, L-KLS2-128I-5.00-02P-4S01 KLS, DG500-5.0-02P-14-00Z(H) DEGSON, GT500-5.0-02P-14-00 GOLTEN, L-KLS2-128I-5.00-02P-4S01 KLS, ТВ-01А КИТАЙ, </t>
+  </si>
+  <si>
+    <t>GT500-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>винт - / GT500-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500-5.0-03P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-03P-4S KLS, DG500-5.0-03P-14-00Z(H) DEGSON, L-KLS2-128I-5.00-03P-4S KLS, CM-500-5.0-3P-14 FUCON, L-KLS2-128I-5.00-03P-4S01 KLS, </t>
+  </si>
+  <si>
+    <t>GT500-5.0-03P-14-02A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">винт под крест + - / GT500-5.0-03P-14-02A(H) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-128I-5.00-03P-4S KLS, DG500-5.0-03P-14-00Z(H) DEGSON, L-KLS2-128I-5.00-03P-4S KLS, GT500-5.0-03P-14-00 GOLTEN, CM-500-5.0-3P-14 FUCON, L-KLS2-128I-5.00-03P-4S01 KLS, </t>
+  </si>
+  <si>
+    <t>GT500A-5.0-04P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT500A-5.0-04P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00145285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500A-5.0-04P-14-00A(H) GOLTEN, DG500A-5.0-04P-14-02Z(H) DEGSON, DG500A-5.0-04P-14-00Z(H) DEGSON, TLD200-04P-G12S Tianli, L-KLS2-128IA-5.00-04P-4C01 KLS, </t>
+  </si>
+  <si>
+    <t>GT500A-5.0-04P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT500A-5.0-04P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>10-00016679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG500A-5.0-04P-14-02Z(H) DEGSON, DG500A-5.0-04P-14-00Z(H) DEGSON, GT500A-5.0-04P-14-00 GOLTEN, TLD200-04P-G12S Tianli, L-KLS2-128IA-5.00-04P-4C01 KLS, </t>
+  </si>
+  <si>
+    <t>GT500A-5.0-06P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT500A-5.0-06P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>10-00016754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG500A-5.0-06P-14-00Z(H) DEGSON, GT500A-5.0-06P-14-00 GOLTEN, TLD200-06P-G12S Tianli, L-KLS2-128IA-5.00-06P-4C01 KLS, </t>
+  </si>
+  <si>
+    <t>GT500A-5.0-06P-14-02A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT500A-5.0-06P-14-02A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG500A-5.0-06P-14-02Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT500H-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT500H-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00145287</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500H-5.0-02P-14-02A(H) GOLTEN, GT500H-5.0-02P-14-00A(H) GOLTEN, DG500H-5.0-02P-14-00Z(H) DEGSON, L-KLS2-128IH-5.00-02P-4S KLS, </t>
+  </si>
+  <si>
+    <t>GT500H-5.0-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT500H-5.0-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500H-5.0-02P-14-02A(H) GOLTEN, DG500H-5.0-02P-14-00Z(H) DEGSON, GT500H-5.0-02P-14-00 GOLTEN, L-KLS2-128IH-5.00-02P-4S KLS, </t>
+  </si>
+  <si>
+    <t>GT500H-5.0-02P-14-02A(H)</t>
+  </si>
+  <si>
+    <t>винт под крест + - / GT500H-5.0-02P-14-02A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500H-5.0-02P-14-00A(H) GOLTEN, DG500H-5.0-02P-14-00Z(H) DEGSON, GT500H-5.0-02P-14-00 GOLTEN, L-KLS2-128IH-5.00-02P-4S KLS, </t>
+  </si>
+  <si>
+    <t>GT500H-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT500H-5.0-03P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00142779</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-128IH-5.00-03P-4S KLS, DG500H-5.0-03P-14-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT632-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT632-5.0-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG632-5.0-02P-14-00A(H) DEGSON, DG632-5.0-02P-14-00Z(H) DEGSON, TL225V-02P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-126-5.00-02P-4C</t>
+  </si>
+  <si>
+    <t>винт + / KLS2-126-5.00-02P-4C</t>
+  </si>
+  <si>
+    <t>KLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT126-5.0-02P-14-00B(H) GOLTEN, DG126-5.0-02P-14-00Z(H) DEGSON, GT126-5.0-02P-14-00 GOLTEN, CM-200-5.0-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-126-5.00-03P-4C</t>
+  </si>
+  <si>
+    <t>винт + / KLS2-126-5.00-03P-4C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT126-5.0-03P-14-00A(H) GOLTEN, GT126-5.0-03P-14-00B(H) GOLTEN, DG126-5.0-03P-14-00Z(H) DEGSON, GT126-5.0-03P-14-00 GOLTEN, CM-200-5.0-3P-14 FUCON, DG126-5.0-03P-14-00A(H) DEGSON, DT-126VP-03 , </t>
+  </si>
+  <si>
+    <t>L-KLS2-126-5.00-04P-4C01</t>
+  </si>
+  <si>
+    <t>винт +, контакты - латунь / KLS2-126-5.00-04P-4C01</t>
+  </si>
+  <si>
+    <t>UT-00102348</t>
+  </si>
+  <si>
+    <t>L-KLS2-126-5.00-08P-4C01</t>
+  </si>
+  <si>
+    <t>винт +, контакты - латунь / KLS2-126-5.00-08P-4C01</t>
+  </si>
+  <si>
+    <t>UT-00102349</t>
+  </si>
+  <si>
+    <t>L-KLS2-126-5.00-12P-4C01</t>
+  </si>
+  <si>
+    <t>винт +, контакты - латунь / KLS2-126-5.00-12P-4C01</t>
+  </si>
+  <si>
+    <t>UT-00102350</t>
+  </si>
+  <si>
+    <t>L-KLS2-127-5.00-02P-4C</t>
+  </si>
+  <si>
+    <t>KLS2-127-5.00-02P-4C (L-KLS2-127-5.00-02P-4C)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT127-5.0-02P-14-00A(H) GOLTEN, 282836-2 TE Connectivity, DG127-5.0-02P-14-00Z(H) DEGSON, GT127-5.0-02P-14-00 GOLTEN, TL208V-02P-G12S Tianli, CM-127-5.0-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-127-5.00-03P-4C</t>
+  </si>
+  <si>
+    <t>KLS2-127-5.00-03P-4C (L-KLS2-127-5.00-03P-4C)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG127-5.0-03P-14-00S(H) DEGSON, GT127-5.0-03P-14-00A(H) GOLTEN, 282836-3 TE Connectivity, DG127-5.0-03P-14-00Z(H) DEGSON, GT127-5.0-03P-14-00 GOLTEN, TL208V-03P-G12S Tianli, CM-127-5.0-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>KLS2-127-5.00-04P-4C</t>
+  </si>
+  <si>
+    <t>Клеммник KLS2-127-5.00-04P-4C</t>
+  </si>
+  <si>
+    <t>L-KLS2-127-5.00-06P-4S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLS2-127-5.00-06P-4S </t>
+  </si>
+  <si>
+    <t>L-KLS2-127-5.00-12P-4S</t>
+  </si>
+  <si>
+    <t>винты - / KLS2-127-5.00-12P-4S</t>
+  </si>
+  <si>
+    <t>L-KLS2-128-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>винт - / KLS2-128-5.00-03P-2S синие</t>
+  </si>
+  <si>
+    <t>UT-00143294</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG128-5.0-03P-12-00Z(H) DEGSON, GT128-5.0-03P-12-00 GOLTEN, TL206V-03P-L01S Tianli, TL206V-03P-L01S(M3) Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128-5.00-03P-4S</t>
+  </si>
+  <si>
+    <t>KLS2-128-5.00-03P-4S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT128-5.0-03P-14-00A(H) GOLTEN, DG128-5.0-03P-14-00Z(H) DEGSON, GT128-5.0-03P-14-00 GOLTEN, TL206V-03P-G12S(M3) Tianli, TL206V-03P-G12S Tianli, CM-128-5.0-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128-5.00-07P-4C</t>
+  </si>
+  <si>
+    <t>винты + / KLS2-128-5.00-07P-4C</t>
+  </si>
+  <si>
+    <t>UT-00095829</t>
+  </si>
+  <si>
+    <t>L-KLS2-300-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t>KLS2-300-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t>UT-00146603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT300-5.0-02P-12-00A(H) GOLTEN, DG300-5.0-02P-12-02Z(H) DEGSON, DG300-5.0-02P-12-00Z(H) DEGSON, GT300-5.0-02P-12-00 GOLTEN, CM-300V-5.0-2P-12 FUCON, TL200V-02P-LS Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-300-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>KLS2-300-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>UT-00146604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-300-5.00-03P-2C KLS, DG300-5.0-03P-12-00Z(H) DEGSON, GT300-5.0-03P-12-00 GOLTEN, CM-300V-5.0-3P-12 FUCON, TL200V-03P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-301-5.00-02P-2C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">винты + - / KLS2-301-5.00-02P-2C </t>
+  </si>
+  <si>
+    <t>10-00017336</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT301-5.0-02P-12-00B(H) GOLTEN, MA412-500M2 DECA, XY301V-A-2P-5.0 XINYA, DG301-5.0-02P-12-02Z(H) DEGSON, DG301-5.0-02P-12-00Z(H) DEGSON, GT301-5.0-02P-12-00 GOLTEN, CM-301-5.0-2P-12 FUCON, TL201V-02P-L01S Tianli, L-KLS2-301-5.00-02P-2S KLS, </t>
+  </si>
+  <si>
+    <t>L-KLS2-301-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t>KLS2-301-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT301-5.0-02P-12-00B(H) GOLTEN, MA412-500M2 DECA, XY301V-A-2P-5.0 XINYA, DG301-5.0-02P-12-02Z(H) DEGSON, DG301-5.0-02P-12-00Z(H) DEGSON, GT301-5.0-02P-12-00 GOLTEN, CM-301-5.0-2P-12 FUCON, TL201V-02P-L01S Tianli, L-KLS2-301-5.00-02P-2C KLS, </t>
+  </si>
+  <si>
+    <t>L-KLS2-301-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>KLS2-301-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT301-5.0-03P-12-00A(H) GOLTEN, GT301-5.0-03P-12-00B(H) GOLTEN, L-KLS2-301-5.00-03P-2C KLS, DG301-5.0-03P-12-02Z(H) DEGSON, DG301-5.0-03P-12-00Z(H) DEGSON, GT301-5.0-03P-12-00 GOLTEN, CM-301-5.0-3P-12 FUCON, TL201V-03P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-103-5.00-02P-4C</t>
+  </si>
+  <si>
+    <t>винт "+" / L-KLS2-103-5.00-02P-4C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG103-5.0-02P-14-00Z(H) DEGSON, GT103-5.0-02P-14-00 GOLTEN, TL207-02P-G12S Tianli, CM-103-5.0-2P-14 FUCON, L-KLS2-103-5.00-02P-4S KLS, </t>
+  </si>
+  <si>
+    <t>L-KLS2-126R-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-126R-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>UT-00146559</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG126R-5.0-02P-14-00Z(H) DEGSON, GT126R-5.0-02P-14-00 GOLTEN, TL201R-02P-G12S Tianli, CM-126R-5.0-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-127-5.00-12P-4C</t>
+  </si>
+  <si>
+    <t>Pitch5.00mm ,12PIN,Green, Cross Screw RoHS / L-KLS2-127-5.00-12P-4C</t>
+  </si>
+  <si>
+    <t>27.07.2019</t>
+  </si>
+  <si>
+    <t>L-KLS2-128-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-128-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG128-5.0-02P-14-00Z(H) DEGSON, DG128-5.0-02P-12-00Z(H) DEGSON, GT128-5.0-02P-14-00 GOLTEN, TL206V-02P-G12S(M3) Tianli, GT128-5.0-02P-12-00 GOLTEN, TL206V-02P-G12S Tianli, CM-128-5.0-2P-14 FUCON, DG128-5.0-02P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128HH-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-128HH-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>UT-00146630</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG500HH-5.0-03P-14-00Z(H) DEGSON, GT500HH-5.0-03P-14-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128I-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>винты "-" / L-KLS2-128I-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500-5.0-02P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-02P-4S01 KLS, DG500-5.0-02P-14-00Z(H) DEGSON, GT500-5.0-02P-14-00 GOLTEN, L-KLS2-128I-5.00-02P-4S01 KLS, ТВ-01А КИТАЙ, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128I-5.00-02P-4S01</t>
+  </si>
+  <si>
+    <t>винт "-", контакты - латунь / L-KLS2-128I-5.00-02P-4S01</t>
+  </si>
+  <si>
+    <t>UT-00153765</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500-5.0-02P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-02P-4S KLS, DG500-5.0-02P-14-00Z(H) DEGSON, GT500-5.0-02P-14-00 GOLTEN, L-KLS2-128I-5.00-02P-4S01 KLS, ТВ-01А КИТАЙ, </t>
+  </si>
+  <si>
+    <t>UT-00146623</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500-5.0-02P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-02P-4S KLS, L-KLS2-128I-5.00-02P-4S01 KLS, DG500-5.0-02P-14-00Z(H) DEGSON, GT500-5.0-02P-14-00 GOLTEN, ТВ-01А КИТАЙ, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128I-5.00-03P-4S</t>
+  </si>
+  <si>
+    <t>винты "-" / L-KLS2-128I-5.00-03P-4S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500-5.0-03P-14-02A(H) GOLTEN, DG500-5.0-03P-14-00Z(H) DEGSON, L-KLS2-128I-5.00-03P-4S KLS, GT500-5.0-03P-14-00 GOLTEN, CM-500-5.0-3P-14 FUCON, L-KLS2-128I-5.00-03P-4S01 KLS, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128I-5.00-03P-4S01</t>
+  </si>
+  <si>
+    <t>винт "-", контакты - латунь / L-KLS2-128I-5.00-03P-4S01</t>
+  </si>
+  <si>
+    <t>UT-00146624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500-5.0-03P-14-02A(H) GOLTEN, L-KLS2-128I-5.00-03P-4S KLS, DG500-5.0-03P-14-00Z(H) DEGSON, L-KLS2-128I-5.00-03P-4S KLS, GT500-5.0-03P-14-00 GOLTEN, CM-500-5.0-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128IA-5.00-04P-4C01</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-128IA-5.00-04P-4C01</t>
+  </si>
+  <si>
+    <t>UT-00146626</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500A-5.0-04P-14-00A(H) GOLTEN, DG500A-5.0-04P-14-02Z(H) DEGSON, DG500A-5.0-04P-14-00Z(H) DEGSON, GT500A-5.0-04P-14-00 GOLTEN, TLD200-04P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128IA-5.00-06P-4C01</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-128IA-5.00-06P-4C01</t>
+  </si>
+  <si>
+    <t>UT-00146627</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500A-5.0-06P-14-00A(H) GOLTEN, DG500A-5.0-06P-14-00Z(H) DEGSON, GT500A-5.0-06P-14-00 GOLTEN, TLD200-06P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128IH-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-128IH-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>UT-00146629</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT500H-5.0-02P-14-02A(H) GOLTEN, GT500H-5.0-02P-14-00A(H) GOLTEN, DG500H-5.0-02P-14-00Z(H) DEGSON, GT500H-5.0-02P-14-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128R-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>винты "-" / L-KLS2-128R-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>UT-00147783</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT128R-5.0-02P-14-00A(H) GOLTEN, DG128R-5.0-02P-14-00Z(H) DEGSON, GT128R-5.0-02P-14-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>L-KLS2-128R-5.00-03P-4S</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-128R-5.00-03P-4S</t>
+  </si>
+  <si>
+    <t>UT-00146560</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT128R-5.0-03P-14-00A(H) GOLTEN, DG128R-5.0-03P-14-00Z(H) DEGSON, GT128R-5.0-03P-14-00 GOLTEN, TL206R-03P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-129D-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>винты "-" / L-KLS2-129D-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>UT-00139300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT129-5.0-02P-14-01 GOLTEN, DG129-5.0-02P-14-100Z(H) DEGSON, DG129-5.0-02P-14-00Z(H) DEGSON, GT129-5.0-02P-14-100 GOLTEN, TL211VH-02P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-130-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>винты "-" / L-KLS2-130-5.00-02P-4S</t>
+  </si>
+  <si>
+    <t>UT-00101562</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT130-5.0-02P-14-00 GOLTEN, DG130-5.0-02P-14-00Z(H) DEGSON, DG130-5.0-02P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-130-5.00-03P-4S</t>
+  </si>
+  <si>
+    <t>винты "-" / L-KLS2-130-5.00-03P-4S</t>
+  </si>
+  <si>
+    <t>UT-00101563</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG130-5.0-03P-14-00S(H) DEGSON, DG130-5.0-03P-14-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-301R-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t>винт "-" / L-KLS2-301R-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t>UT-00101564</t>
+  </si>
+  <si>
+    <t xml:space="preserve">311-021-12 , GT301R-5.0-02P-12-00A(H) GOLTEN, L-KLS2-301R-5.00-02P-2C KLS, DG301R-5.0-02P-12-00Z(H) DEGSON, GT301R-5.0-02P-12-00 GOLTEN, CM-301R-5.0-2P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-301R-5.00-02P-4C</t>
+  </si>
+  <si>
+    <t>винт "+" / L-KLS2-301R-5.00-02P-4C</t>
+  </si>
+  <si>
+    <t>UT-00149854</t>
+  </si>
+  <si>
+    <t>L-KLS2-301R-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>винт "-" / L-KLS2-301R-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>UT-00101565</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT301R-5.0-03P-12-00A(H) GOLTEN, KLS2-301R-5.00-03P-2S KLS, DG301R-5.0-03P-12-00Z(H) DEGSON, GT301R-5.0-03P-12-00 GOLTEN, CM-301R-5.0-3P-12 FUCON, TL201R-03P-LS Tianli, DG301R-5.0-03P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-305V-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-305V-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t>UT-00146606</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT305-5.0-02P-12-00A(H) GOLTEN, DG305-5.0-02P-12-00Z(H) DEGSON, GT305-5.0-02P-12-00 GOLTEN, TL202V-02P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-305V-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-305V-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>UT-00146605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT305-5.0-03P-12-00A(H) GOLTEN, DG305-5.0-03P-12-00Z(H) DEGSON, GT305-5.0-03P-12-00 GOLTEN, TL202V-03P-L01S Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-306V-5.00-02P-2C</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-306V-5.00-02P-2C</t>
+  </si>
+  <si>
+    <t>UT-00146608</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT306-5.0-02P-12-00A(H) GOLTEN, L-KLS2-306V-5.00-02P-2S KLS, DG306-5.0-02P-12-00Z(H) DEGSON, GT306-5.0-02P-12-00 GOLTEN, CM-306-5.0-2P-12 FUCON, TL203V-02P-LS Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-306V-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-306V-5.00-02P-2S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT306-5.0-02P-12-00A(H) GOLTEN, DG306-5.0-02P-12-00Z(H) DEGSON, GT306-5.0-02P-12-00 GOLTEN, CM-306-5.0-2P-12 FUCON, L-KLS2-306V-5.00-02P-2C KLS, TL203V-02P-LS Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-306V-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>винты "-" / L-KLS2-306V-5.00-03P-2S</t>
+  </si>
+  <si>
+    <t>UT-00139302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT306-5.0-03P-12-00A(H) GOLTEN, DG306-5.0-03P-12-00Z(H) DEGSON, TL203V-03P-LS Tianli, GT306-5.0-03P-12-00 GOLTEN, DG306-5.0-03P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-331KB-5.00-06P-3SC</t>
+  </si>
+  <si>
+    <t>винт - + / L-KLS2-331KB-5.00-06P-3SC</t>
+  </si>
+  <si>
+    <t>UT-00146006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG331-5.0-06P-13-00Z(H) DEGSON, L-KLS2-331KB-5.00-06P-3S KLS, TL221T-06P-KC Tianli, GT331-5.0-06P-13-00 GOLTEN, TL221T-06P-KS Tianli, </t>
+  </si>
+  <si>
+    <t>19.05.2026</t>
+  </si>
+  <si>
+    <t>SH313-5.0-1P/Cover</t>
+  </si>
+  <si>
+    <t>торцевая крышка для клеммников SH313 / SH313-5.0-1P/Cover</t>
+  </si>
+  <si>
+    <t>UT-00147176</t>
+  </si>
+  <si>
+    <t>SANHE</t>
+  </si>
+  <si>
+    <t>TL200V-03P-L01S</t>
+  </si>
+  <si>
+    <t>Клеммник TL200V-03P-L01S</t>
+  </si>
+  <si>
+    <t>UT-00146375</t>
+  </si>
+  <si>
+    <t>Tianli</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-300-5.00-03P-2C KLS, DG300-5.0-03P-12-00Z(H) DEGSON, GT300-5.0-03P-12-00 GOLTEN, CM-300V-5.0-3P-12 FUCON, L-KLS2-300-5.00-03P-2S KLS, </t>
+  </si>
+  <si>
+    <t>TL201R-02P-G12S</t>
+  </si>
+  <si>
+    <t>Клеммник TL201R-02P-G12S</t>
+  </si>
+  <si>
+    <t>UT-00141382</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG126R-5.0-02P-14-00Z(H) DEGSON, GT126R-5.0-02P-14-00 GOLTEN, CM-126R-5.0-2P-14 FUCON, L-KLS2-126R-5.00-02P-4S KLS, </t>
+  </si>
+  <si>
+    <t>TL201V-03P-L01S</t>
+  </si>
+  <si>
+    <t>Клеммник TL201V-03P-L01S</t>
+  </si>
+  <si>
+    <t>UT-00148503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-301-5.00-03P-2S KLS, GT301-5.0-03P-12-00A(H) GOLTEN, GT301-5.0-03P-12-00B(H) GOLTEN, L-KLS2-301-5.00-03P-2C KLS, DG301-5.0-03P-12-02Z(H) DEGSON, DG301-5.0-03P-12-00Z(H) DEGSON, GT301-5.0-03P-12-00 GOLTEN, CM-301-5.0-3P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>TL202V-02P-L01S</t>
+  </si>
+  <si>
+    <t>Клеммник TL202V-02P-L01S</t>
+  </si>
+  <si>
+    <t>UT-00148862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT305-5.0-02P-12-00A(H) GOLTEN, DG305-5.0-02P-12-00Z(H) DEGSON, GT305-5.0-02P-12-00 GOLTEN, L-KLS2-305V-5.00-02P-2S KLS, </t>
+  </si>
+  <si>
+    <t>TL202V-03P-L01S</t>
+  </si>
+  <si>
+    <t>Клеммник TL202V-03P-L01S</t>
+  </si>
+  <si>
+    <t>UT-00148863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT305-5.0-03P-12-00A(H) GOLTEN, DG305-5.0-03P-12-00Z(H) DEGSON, GT305-5.0-03P-12-00 GOLTEN, L-KLS2-305V-5.00-03P-2S KLS, </t>
+  </si>
+  <si>
+    <t>TL203V-03P-G12S</t>
+  </si>
+  <si>
+    <t>шаг 5.0мм, цвет зеленый / TL203V-03P-G12S</t>
+  </si>
+  <si>
+    <t>UT-00141379</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG306-5.0-03P-14-00Z(H) DEGSON, GT306-5.0-03P-14-00 GOLTEN, L-KLS2-306V-5.00-03P-4C KLS, </t>
+  </si>
+  <si>
+    <t>TL203V-03P-LS</t>
+  </si>
+  <si>
+    <t>шаг 5.0мм, цвет синий (L) / TL203V-03P-LS</t>
+  </si>
+  <si>
+    <t>UT-00141726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TL203V-03P-LS Tianli, DG126-5.0-03P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>TL204-02P-LS</t>
+  </si>
+  <si>
+    <t>цвет синий / TL204-02P-LS</t>
+  </si>
+  <si>
+    <t>UT-00141427</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT330-5.0-02P-12-02A(H) GOLTEN, MB223-500M-02P DECA, GT330-5.0-02P-12-00A(H) GOLTEN, DG330-5.0-02P-12-00Z(H) DEGSON, GT330-5.0-02P-12-00 GOLTEN, L-KLS2-102-5.00-02P-2C KLS, CM-330-5.0-2P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>TL204-03P-LS</t>
+  </si>
+  <si>
+    <t>цвет синий / TL204-03P-LS</t>
+  </si>
+  <si>
+    <t>UT-00141428</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT330-5.0-03P-12-00A(H) GOLTEN, KLS2-102-5.00-03P-2S KLS, DG330-5.0-03P-12-00Z(H) DEGSON, GT330-5.0-03P-12-00 GOLTEN, L-KLS2-102-5.00-03P-2C KLS, CM-330-5.0-3P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>TL205T-02P-LS</t>
+  </si>
+  <si>
+    <t>цвет синий / TL205T-02P-LS</t>
+  </si>
+  <si>
+    <t>UT-00141429</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-332K-5.00-02P-2C KLS, GT332K-5.0-02P-12-00A(H) GOLTEN, DG332K-5.0-02P-12-00Z(H) DEGSON, GT332K-5.0-02P-12-00 GOLTEN, CM-332K-5.0-2P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>TL206V-02P-G12S(M3)</t>
+  </si>
+  <si>
+    <t>шаг 5мм; M3 винт - / TL206V-02P-G12S(M3)</t>
+  </si>
+  <si>
+    <t>UT-00141391</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-128-5.00-02P-4S KLS, DG128-5.0-02P-14-00Z(H) DEGSON, DG128-5.0-02P-12-00Z(H) DEGSON, GT128-5.0-02P-14-00 GOLTEN, GT128-5.0-02P-12-00 GOLTEN, TL206V-02P-G12S Tianli, CM-128-5.0-2P-14 FUCON, DG128-5.0-02P-12-00A(H) DEGSON, </t>
+  </si>
+  <si>
     <t>11.06.2026</t>
-  </si>
-[...1336 lines deleted...]
-    <t>20.05.2026</t>
   </si>
   <si>
     <t>TL206V-03P-G12S(M3)</t>
   </si>
   <si>
     <t>шаг 5мм; M3 винт - / TL206V-03P-G12S(M3)</t>
   </si>
   <si>
     <t>UT-00140950</t>
   </si>
   <si>
     <t xml:space="preserve">GT128-5.0-03P-14-00A(H) GOLTEN, L-KLS2-128-5.00-03P-4S KLS, DG128-5.0-03P-14-00Z(H) DEGSON, DG500-5.0-03P-14-00Z(H) DEGSON, GT128-5.0-03P-14-00 GOLTEN, TL206V-03P-G12S Tianli, CM-128-5.0-3P-14 FUCON, </t>
   </si>
   <si>
     <t>TL206V-03P-L01S</t>
   </si>
   <si>
     <t>Клеммник TL206V-03P-L01S</t>
   </si>
   <si>
     <t>UT-00146124</t>
   </si>
   <si>
     <t xml:space="preserve">DG128-5.0-03P-12-00Z(H) DEGSON, L-KLS2-128-5.00-03P-2S KLS, GT128-5.0-03P-12-00 GOLTEN, TL206V-03P-L01S(M3) Tianli, </t>
   </si>
@@ -4511,576 +4508,576 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.09654</v>
       </c>
       <c r="L9" s="15">
         <v>0.08689</v>
       </c>
       <c r="M9" s="15">
         <v>0.08044999999999999</v>
       </c>
       <c r="N9" s="15">
-        <v>25200</v>
+        <v>27000</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>200</v>
       </c>
       <c r="K10" s="15">
         <v>0.14451</v>
       </c>
       <c r="L10" s="15">
         <v>0.13006</v>
       </c>
       <c r="M10" s="15">
         <v>0.12043</v>
       </c>
       <c r="N10" s="15">
-        <v>4038</v>
+        <v>3800</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11081</v>
       </c>
       <c r="L11" s="15">
         <v>0.09972</v>
       </c>
       <c r="M11" s="15">
         <v>0.09234000000000001</v>
       </c>
       <c r="N11" s="15">
-        <v>620</v>
+        <v>890</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.15602</v>
       </c>
       <c r="L12" s="15">
         <v>0.14041</v>
       </c>
       <c r="M12" s="15">
         <v>0.13001</v>
       </c>
       <c r="N12" s="15">
-        <v>3401</v>
+        <v>4500</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.09791999999999999</v>
       </c>
       <c r="L13" s="15">
         <v>0.08813</v>
       </c>
       <c r="M13" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="N13" s="15">
-        <v>1575</v>
+        <v>1950</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.08397</v>
       </c>
       <c r="L14" s="15">
         <v>0.07557</v>
       </c>
       <c r="M14" s="15">
         <v>0.06998</v>
       </c>
       <c r="N14" s="15">
-        <v>13200</v>
+        <v>12800</v>
       </c>
       <c r="O14" s="15">
-        <v>6600</v>
+        <v>6400</v>
       </c>
       <c r="P14" s="15" t="s">
         <v>52</v>
       </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.12629</v>
       </c>
       <c r="L15" s="15">
         <v>0.11366</v>
       </c>
       <c r="M15" s="15">
         <v>0.10524</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15">
-        <v>34650</v>
+        <v>37800</v>
       </c>
       <c r="P15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.22209</v>
       </c>
       <c r="L16" s="15">
         <v>0.19248</v>
       </c>
       <c r="M16" s="15">
         <v>0.18508</v>
       </c>
       <c r="N16" s="15">
-        <v>3900</v>
+        <v>4150</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.09506000000000001</v>
       </c>
       <c r="L17" s="15">
         <v>0.08555</v>
       </c>
       <c r="M17" s="15">
         <v>0.07921</v>
       </c>
       <c r="N17" s="15">
-        <v>30875</v>
+        <v>30400</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.14274</v>
       </c>
       <c r="L18" s="15">
         <v>0.12847</v>
       </c>
       <c r="M18" s="15">
         <v>0.11895</v>
       </c>
       <c r="N18" s="15">
-        <v>35100</v>
+        <v>28350</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.158</v>
       </c>
       <c r="L19" s="15">
         <v>0.1422</v>
       </c>
       <c r="M19" s="15">
         <v>0.13166</v>
       </c>
       <c r="N19" s="15">
-        <v>5400</v>
+        <v>6600</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="15">
         <v>400</v>
       </c>
       <c r="K20" s="15">
         <v>0.12714</v>
       </c>
       <c r="L20" s="15">
         <v>0.11443</v>
       </c>
       <c r="M20" s="15">
         <v>0.10595</v>
       </c>
       <c r="N20" s="15">
-        <v>4400</v>
+        <v>4300</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.05505</v>
       </c>
       <c r="L21" s="15">
         <v>0.04771</v>
       </c>
       <c r="M21" s="15">
         <v>0.04588</v>
       </c>
       <c r="N21" s="15">
-        <v>8101</v>
+        <v>8300</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>84</v>
       </c>
       <c r="J22" s="15">
         <v>800</v>
       </c>
       <c r="K22" s="15">
         <v>0.08488999999999999</v>
       </c>
       <c r="L22" s="15">
         <v>0.0764</v>
       </c>
       <c r="M22" s="15">
         <v>0.07074</v>
       </c>
       <c r="N22" s="15">
-        <v>13475</v>
+        <v>14350</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
@@ -5118,496 +5115,496 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15">
         <v>400</v>
       </c>
       <c r="K24" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="L24" s="15">
         <v>0.08352999999999999</v>
       </c>
       <c r="M24" s="15">
         <v>0.08031000000000001</v>
       </c>
       <c r="N24" s="15">
-        <v>22185</v>
+        <v>19380</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.06491</v>
       </c>
       <c r="L25" s="15">
         <v>0.05625</v>
       </c>
       <c r="M25" s="15">
         <v>0.05409</v>
       </c>
       <c r="N25" s="15">
-        <v>24375</v>
+        <v>28125</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>100</v>
       </c>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.08858000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.07677</v>
       </c>
       <c r="M26" s="15">
         <v>0.07381</v>
       </c>
       <c r="N26" s="15">
-        <v>11440</v>
+        <v>9102</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>104</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.08498</v>
       </c>
       <c r="L27" s="15">
         <v>0.07648000000000001</v>
       </c>
       <c r="M27" s="15">
         <v>0.07081</v>
       </c>
       <c r="N27" s="15">
-        <v>1701</v>
+        <v>2150</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.1272</v>
       </c>
       <c r="L28" s="15">
         <v>0.11448</v>
       </c>
       <c r="M28" s="15">
         <v>0.106</v>
       </c>
       <c r="N28" s="15">
-        <v>5625</v>
+        <v>5250</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>112</v>
       </c>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>0.11802</v>
       </c>
       <c r="L29" s="15">
         <v>0.10622</v>
       </c>
       <c r="M29" s="15">
         <v>0.09835000000000001</v>
       </c>
       <c r="N29" s="15">
-        <v>1000</v>
+        <v>913</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.06680999999999999</v>
       </c>
       <c r="L30" s="15">
         <v>0.0579</v>
       </c>
       <c r="M30" s="15">
         <v>0.05568</v>
       </c>
       <c r="N30" s="15">
-        <v>44000</v>
+        <v>32500</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J31" s="15">
         <v>500</v>
       </c>
       <c r="K31" s="15">
         <v>0.1031</v>
       </c>
       <c r="L31" s="15">
         <v>0.09279</v>
       </c>
       <c r="M31" s="15">
         <v>0.08591</v>
       </c>
       <c r="N31" s="15">
-        <v>2112</v>
+        <v>2336</v>
       </c>
       <c r="O31" s="15">
-        <v>1980</v>
+        <v>2190</v>
       </c>
       <c r="P31" s="15" t="s">
         <v>121</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
         <v>0.15384</v>
       </c>
       <c r="L32" s="15">
         <v>0.13846</v>
       </c>
       <c r="M32" s="15">
         <v>0.1282</v>
       </c>
       <c r="N32" s="15">
-        <v>8250</v>
+        <v>10359</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>129</v>
       </c>
       <c r="J33" s="15">
         <v>250</v>
       </c>
       <c r="K33" s="15">
         <v>0.16931</v>
       </c>
       <c r="L33" s="15">
         <v>0.14673</v>
       </c>
       <c r="M33" s="15">
         <v>0.14109</v>
       </c>
       <c r="N33" s="15">
-        <v>3263</v>
+        <v>2513</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.12872</v>
       </c>
       <c r="L34" s="15">
         <v>0.11584</v>
       </c>
       <c r="M34" s="15">
         <v>0.10726</v>
       </c>
       <c r="N34" s="15">
-        <v>763</v>
+        <v>1063</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J35" s="15">
         <v>400</v>
       </c>
       <c r="K35" s="15">
         <v>0.13277</v>
       </c>
       <c r="L35" s="15">
         <v>0.11506</v>
       </c>
       <c r="M35" s="15">
         <v>0.11064</v>
       </c>
       <c r="N35" s="15">
-        <v>18491</v>
+        <v>16883</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I36" s="15"/>
@@ -5643,51 +5640,51 @@
       </c>
       <c r="E37" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>144</v>
       </c>
       <c r="J37" s="15">
         <v>250</v>
       </c>
       <c r="K37" s="15">
         <v>0.19911</v>
       </c>
       <c r="L37" s="15">
         <v>0.17256</v>
       </c>
       <c r="M37" s="15">
         <v>0.16593</v>
       </c>
       <c r="N37" s="15">
-        <v>11138</v>
+        <v>10688</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I38" s="15"/>
@@ -5721,129 +5718,129 @@
       <c r="D39" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>925</v>
       </c>
       <c r="K39" s="15">
         <v>0.267</v>
       </c>
       <c r="L39" s="15">
         <v>0.2314</v>
       </c>
       <c r="M39" s="15">
         <v>0.2225</v>
       </c>
       <c r="N39" s="15">
-        <v>1221</v>
+        <v>1443</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E40" s="15">
         <v>10080051666</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.05256</v>
       </c>
       <c r="L40" s="15">
         <v>0.03769</v>
       </c>
       <c r="M40" s="15">
         <v>0.03272</v>
       </c>
       <c r="N40" s="15">
-        <v>355</v>
+        <v>325</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E41" s="15">
         <v>10080032464</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>800</v>
       </c>
       <c r="K41" s="15">
         <v>0.11397</v>
       </c>
       <c r="L41" s="15">
         <v>0.09877</v>
       </c>
       <c r="M41" s="15">
         <v>0.09497999999999999</v>
       </c>
       <c r="N41" s="15">
-        <v>373</v>
+        <v>339</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E42" s="15">
         <v>10080010569</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I42" s="15"/>
@@ -5918,51 +5915,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J44" s="15">
         <v>625</v>
       </c>
       <c r="K44" s="15">
         <v>0.43743</v>
       </c>
       <c r="L44" s="15">
         <v>0.37911</v>
       </c>
       <c r="M44" s="15">
         <v>0.36453</v>
       </c>
       <c r="N44" s="15">
-        <v>525</v>
+        <v>419</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I45" s="15"/>
@@ -5994,90 +5991,90 @@
       <c r="D46" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E46" s="15">
         <v>10080012387</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>135</v>
       </c>
       <c r="K46" s="15">
         <v>1.4</v>
       </c>
       <c r="L46" s="15">
         <v>1.4</v>
       </c>
       <c r="M46" s="15">
         <v>1.4</v>
       </c>
       <c r="N46" s="15">
-        <v>872</v>
+        <v>1158</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.61137</v>
       </c>
       <c r="L47" s="15">
         <v>0.52985</v>
       </c>
       <c r="M47" s="15">
         <v>0.50948</v>
       </c>
       <c r="N47" s="15">
-        <v>401</v>
+        <v>35</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I48" s="15"/>
@@ -6152,172 +6149,172 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>182</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J50" s="15">
         <v>500</v>
       </c>
       <c r="K50" s="15">
         <v>0.1262</v>
       </c>
       <c r="L50" s="15">
         <v>0.10937</v>
       </c>
       <c r="M50" s="15">
         <v>0.10516</v>
       </c>
       <c r="N50" s="15">
-        <v>2155</v>
+        <v>1840</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>187</v>
       </c>
       <c r="J51" s="15">
         <v>300</v>
       </c>
       <c r="K51" s="15">
         <v>0.19902</v>
       </c>
       <c r="L51" s="15">
         <v>0.17248</v>
       </c>
       <c r="M51" s="15">
         <v>0.16585</v>
       </c>
       <c r="N51" s="15">
-        <v>2461</v>
+        <v>1062</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>191</v>
       </c>
       <c r="J52" s="15">
         <v>500</v>
       </c>
       <c r="K52" s="15">
         <v>0.07545</v>
       </c>
       <c r="L52" s="15">
         <v>0.06539</v>
       </c>
       <c r="M52" s="15">
         <v>0.06288000000000001</v>
       </c>
       <c r="N52" s="15">
-        <v>33763</v>
+        <v>27780</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>300</v>
       </c>
       <c r="K53" s="15">
         <v>0.065</v>
       </c>
       <c r="L53" s="15">
         <v>0.065</v>
       </c>
       <c r="M53" s="15">
         <v>0.065</v>
       </c>
       <c r="N53" s="15">
-        <v>1223</v>
+        <v>1299</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -6355,51 +6352,51 @@
       </c>
       <c r="E55" s="15">
         <v>10000007176</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>201</v>
       </c>
       <c r="J55" s="15">
         <v>300</v>
       </c>
       <c r="K55" s="15">
         <v>0.22473</v>
       </c>
       <c r="L55" s="15">
         <v>0.14982</v>
       </c>
       <c r="M55" s="15">
         <v>0.13577</v>
       </c>
       <c r="N55" s="15">
-        <v>11581</v>
+        <v>11439</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>204</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I56" s="15" t="s">
@@ -6474,90 +6471,90 @@
       </c>
       <c r="E58" s="15" t="s">
         <v>211</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>212</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.13343</v>
       </c>
       <c r="L58" s="15">
         <v>0.11564</v>
       </c>
       <c r="M58" s="15">
         <v>0.11119</v>
       </c>
       <c r="N58" s="15">
-        <v>1452</v>
+        <v>1293</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E59" s="15">
         <v>10080012196</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>300</v>
       </c>
       <c r="K59" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="L59" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M59" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="N59" s="15">
-        <v>2566</v>
+        <v>2215</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>217</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I60" s="15" t="s">
@@ -6593,92 +6590,92 @@
       </c>
       <c r="E61" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>222</v>
       </c>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.10166</v>
       </c>
       <c r="L61" s="15">
         <v>0.0881</v>
       </c>
       <c r="M61" s="15">
         <v>0.08470999999999999</v>
       </c>
       <c r="N61" s="15">
-        <v>10222</v>
+        <v>9708</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>223</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>225</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>226</v>
       </c>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.14276</v>
       </c>
       <c r="L62" s="15">
         <v>0.12372</v>
       </c>
       <c r="M62" s="15">
         <v>0.11896</v>
       </c>
       <c r="N62" s="15">
-        <v>2603</v>
+        <v>2394</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I63" s="15"/>
@@ -6747,94 +6744,94 @@
       <c r="D65" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.21</v>
       </c>
       <c r="L65" s="15">
         <v>0.21</v>
       </c>
       <c r="M65" s="15">
         <v>0.21</v>
       </c>
       <c r="N65" s="15">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15">
         <v>4000</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>239</v>
       </c>
       <c r="J66" s="15">
         <v>880</v>
       </c>
       <c r="K66" s="15">
         <v>0.24566</v>
       </c>
       <c r="L66" s="15">
         <v>0.2129</v>
       </c>
       <c r="M66" s="15">
         <v>0.20471</v>
       </c>
       <c r="N66" s="15">
-        <v>15752</v>
+        <v>7430</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E67" s="15">
         <v>10080014747</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I67" s="15"/>
@@ -6865,53 +6862,51 @@
       </c>
       <c r="D68" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>245</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.36779</v>
       </c>
       <c r="L68" s="15">
         <v>0.31875</v>
       </c>
       <c r="M68" s="15">
         <v>0.30649</v>
       </c>
-      <c r="N68" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
@@ -7018,51 +7013,51 @@
       <c r="D72" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>400</v>
       </c>
       <c r="K72" s="15">
         <v>0.18497</v>
       </c>
       <c r="L72" s="15">
         <v>0.16647</v>
       </c>
       <c r="M72" s="15">
         <v>0.15414</v>
       </c>
       <c r="N72" s="15">
-        <v>234</v>
+        <v>267</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I73" s="15"/>
@@ -7172,51 +7167,51 @@
       <c r="D76" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>200</v>
       </c>
       <c r="K76" s="15">
         <v>0.3558</v>
       </c>
       <c r="L76" s="15">
         <v>0.30836</v>
       </c>
       <c r="M76" s="15">
         <v>0.2965</v>
       </c>
       <c r="N76" s="15">
-        <v>154</v>
+        <v>55</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>271</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>272</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I77" s="15"/>
@@ -7289,54 +7284,54 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>278</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>279</v>
       </c>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
         <v>0.11208</v>
       </c>
       <c r="L79" s="15">
         <v>0.09714</v>
       </c>
       <c r="M79" s="15">
         <v>0.0934</v>
       </c>
       <c r="N79" s="15">
-        <v>17652</v>
+        <v>13764</v>
       </c>
       <c r="O79" s="15">
-        <v>18600</v>
+        <v>19500</v>
       </c>
       <c r="P79" s="15" t="s">
         <v>280</v>
       </c>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>281</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>282</v>
       </c>
       <c r="E80" s="15">
         <v>10080035440</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>136</v>
       </c>
@@ -7371,51 +7366,51 @@
       <c r="D81" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E81" s="15">
         <v>10080002273</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>200</v>
       </c>
       <c r="K81" s="15">
         <v>0.22101</v>
       </c>
       <c r="L81" s="15">
         <v>0.19154</v>
       </c>
       <c r="M81" s="15">
         <v>0.18418</v>
       </c>
       <c r="N81" s="15">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>287</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I82" s="15" t="s">
@@ -7451,51 +7446,51 @@
       </c>
       <c r="E83" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I83" s="15" t="s">
         <v>292</v>
       </c>
       <c r="J83" s="15">
         <v>200</v>
       </c>
       <c r="K83" s="15">
         <v>0.16175</v>
       </c>
       <c r="L83" s="15">
         <v>0.14018</v>
       </c>
       <c r="M83" s="15">
         <v>0.13479</v>
       </c>
       <c r="N83" s="15">
-        <v>95992</v>
+        <v>125164</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>293</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>294</v>
       </c>
       <c r="E84" s="15">
         <v>10080035443</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I84" s="15"/>
@@ -7531,172 +7526,172 @@
       </c>
       <c r="E85" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>298</v>
       </c>
       <c r="J85" s="15">
         <v>350</v>
       </c>
       <c r="K85" s="15">
         <v>0.13743</v>
       </c>
       <c r="L85" s="15">
         <v>0.11911</v>
       </c>
       <c r="M85" s="15">
         <v>0.11453</v>
       </c>
       <c r="N85" s="15">
-        <v>11950</v>
+        <v>11644</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>299</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>300</v>
       </c>
       <c r="E86" s="15">
         <v>10080012199</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.115</v>
       </c>
       <c r="L86" s="15">
         <v>0.115</v>
       </c>
       <c r="M86" s="15">
         <v>0.115</v>
       </c>
       <c r="N86" s="15">
-        <v>7409</v>
+        <v>7861</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>301</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>303</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I87" s="15" t="s">
         <v>304</v>
       </c>
       <c r="J87" s="15">
         <v>200</v>
       </c>
       <c r="K87" s="15">
         <v>0.20258</v>
       </c>
       <c r="L87" s="15">
         <v>0.17557</v>
       </c>
       <c r="M87" s="15">
         <v>0.16881</v>
       </c>
       <c r="N87" s="15">
-        <v>2234</v>
+        <v>1908</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>305</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>306</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>307</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>308</v>
       </c>
       <c r="J88" s="15">
         <v>200</v>
       </c>
       <c r="K88" s="15">
         <v>0.14238</v>
       </c>
       <c r="L88" s="15">
         <v>0.1234</v>
       </c>
       <c r="M88" s="15">
         <v>0.11865</v>
       </c>
       <c r="N88" s="15">
-        <v>20342</v>
+        <v>16427</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>310</v>
       </c>
       <c r="E89" s="15">
         <v>10080012201</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I89" s="15"/>
@@ -7733,51 +7728,51 @@
       <c r="E90" s="15" t="s">
         <v>313</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>314</v>
       </c>
       <c r="J90" s="15">
         <v>200</v>
       </c>
       <c r="K90" s="15">
         <v>0.22284</v>
       </c>
       <c r="L90" s="15">
         <v>0.19313</v>
       </c>
       <c r="M90" s="15">
         <v>0.1857</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15">
-        <v>7280</v>
+        <v>6240</v>
       </c>
       <c r="P90" s="15" t="s">
         <v>280</v>
       </c>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>315</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>316</v>
       </c>
       <c r="E91" s="15">
         <v>10080011951</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>136</v>
       </c>
@@ -7814,90 +7809,90 @@
       </c>
       <c r="E92" s="15" t="s">
         <v>319</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I92" s="15" t="s">
         <v>320</v>
       </c>
       <c r="J92" s="15">
         <v>200</v>
       </c>
       <c r="K92" s="15">
         <v>0.19092</v>
       </c>
       <c r="L92" s="15">
         <v>0.16546</v>
       </c>
       <c r="M92" s="15">
         <v>0.1591</v>
       </c>
       <c r="N92" s="15">
-        <v>24735</v>
+        <v>18333</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>321</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>322</v>
       </c>
       <c r="E93" s="15">
         <v>10080015039</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>200</v>
       </c>
       <c r="K93" s="15">
         <v>0.19</v>
       </c>
       <c r="L93" s="15">
         <v>0.19</v>
       </c>
       <c r="M93" s="15">
         <v>0.19</v>
       </c>
       <c r="N93" s="15">
-        <v>20467</v>
+        <v>15862</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>323</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>324</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>325</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I94" s="15" t="s">
@@ -7931,92 +7926,92 @@
       <c r="D95" s="15"/>
       <c r="E95" s="15">
         <v>10080009931</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>328</v>
       </c>
       <c r="J95" s="15">
         <v>200</v>
       </c>
       <c r="K95" s="15">
         <v>0.1503</v>
       </c>
       <c r="L95" s="15">
         <v>0.13026</v>
       </c>
       <c r="M95" s="15">
         <v>0.12525</v>
       </c>
       <c r="N95" s="15">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>329</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>330</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>331</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>332</v>
       </c>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.1656</v>
       </c>
       <c r="L96" s="15">
         <v>0.14352</v>
       </c>
       <c r="M96" s="15">
         <v>0.138</v>
       </c>
       <c r="N96" s="15">
-        <v>6889</v>
+        <v>5517</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>333</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>334</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>335</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I97" s="15" t="s">
@@ -8052,129 +8047,129 @@
       </c>
       <c r="E98" s="15" t="s">
         <v>339</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>340</v>
       </c>
       <c r="J98" s="15">
         <v>200</v>
       </c>
       <c r="K98" s="15">
         <v>0.2259</v>
       </c>
       <c r="L98" s="15">
         <v>0.20331</v>
       </c>
       <c r="M98" s="15">
         <v>0.18825</v>
       </c>
       <c r="N98" s="15">
-        <v>18611</v>
+        <v>15520</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>341</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>342</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>343</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>330</v>
       </c>
       <c r="K99" s="15">
         <v>0.39464</v>
       </c>
       <c r="L99" s="15">
         <v>0.35517</v>
       </c>
       <c r="M99" s="15">
         <v>0.32886</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15">
-        <v>1043</v>
+        <v>924</v>
       </c>
       <c r="P99" s="15" t="s">
         <v>280</v>
       </c>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>344</v>
       </c>
       <c r="D100" s="15"/>
       <c r="E100" s="15">
         <v>10080045850</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>240</v>
       </c>
       <c r="K100" s="15">
         <v>0.61659</v>
       </c>
       <c r="L100" s="15">
         <v>0.53438</v>
       </c>
       <c r="M100" s="15">
         <v>0.51383</v>
       </c>
       <c r="N100" s="15">
-        <v>749</v>
+        <v>516</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>345</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>346</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>347</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I101" s="15"/>
@@ -8325,92 +8320,92 @@
       <c r="D105" s="15" t="s">
         <v>359</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>360</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
         <v>0.42</v>
       </c>
       <c r="L105" s="15">
         <v>0.42</v>
       </c>
       <c r="M105" s="15">
         <v>0.42</v>
       </c>
       <c r="N105" s="15">
-        <v>4782</v>
+        <v>5903</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>2000</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>361</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>362</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>363</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.56477</v>
       </c>
       <c r="L106" s="15">
         <v>0.48946</v>
       </c>
       <c r="M106" s="15">
         <v>0.47064</v>
       </c>
       <c r="N106" s="15">
-        <v>876</v>
+        <v>732</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15">
         <v>2000</v>
       </c>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>364</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>365</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>366</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>136</v>
@@ -8448,125 +8443,125 @@
       <c r="D108" s="15" t="s">
         <v>368</v>
       </c>
       <c r="E108" s="15">
         <v>10080033478</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>200</v>
       </c>
       <c r="K108" s="15">
         <v>0.29521</v>
       </c>
       <c r="L108" s="15">
         <v>0.14754</v>
       </c>
       <c r="M108" s="15">
         <v>0.13415</v>
       </c>
       <c r="N108" s="15">
-        <v>185</v>
+        <v>215</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>369</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>370</v>
       </c>
       <c r="E109" s="15">
         <v>10080033479</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
         <v>0.115</v>
       </c>
       <c r="L109" s="15">
         <v>0.115</v>
       </c>
       <c r="M109" s="15">
         <v>0.115</v>
       </c>
       <c r="N109" s="15">
-        <v>770</v>
+        <v>670</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>371</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>372</v>
       </c>
       <c r="E110" s="15">
         <v>10080033474</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>0.065</v>
       </c>
       <c r="L110" s="15">
         <v>0.065</v>
       </c>
       <c r="M110" s="15">
         <v>0.065</v>
       </c>
       <c r="N110" s="15">
-        <v>873</v>
+        <v>631</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>373</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>374</v>
       </c>
       <c r="E111" s="15">
         <v>10080033475</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I111" s="15"/>
@@ -8596,170 +8591,170 @@
         <v>375</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>376</v>
       </c>
       <c r="E112" s="15">
         <v>10080033476</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>0.065</v>
       </c>
       <c r="L112" s="15">
         <v>0.065</v>
       </c>
       <c r="M112" s="15">
         <v>0.065</v>
       </c>
       <c r="N112" s="15">
-        <v>586</v>
+        <v>744</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>377</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>378</v>
       </c>
       <c r="E113" s="15">
         <v>10080012202</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>600</v>
       </c>
       <c r="K113" s="15">
         <v>0.19831</v>
       </c>
       <c r="L113" s="15">
         <v>0.13225</v>
       </c>
       <c r="M113" s="15">
         <v>0.12016</v>
       </c>
       <c r="N113" s="15">
-        <v>483</v>
+        <v>531</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>379</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>380</v>
       </c>
       <c r="E114" s="15">
         <v>10080007678</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>381</v>
       </c>
       <c r="J114" s="15">
         <v>200</v>
       </c>
       <c r="K114" s="15">
         <v>0.08114</v>
       </c>
       <c r="L114" s="15">
         <v>0.07031999999999999</v>
       </c>
       <c r="M114" s="15">
         <v>0.06761</v>
       </c>
       <c r="N114" s="15">
-        <v>100</v>
+        <v>124</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>382</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>383</v>
       </c>
       <c r="E115" s="15">
         <v>10080012203</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1</v>
       </c>
       <c r="K115" s="15">
         <v>0.29438</v>
       </c>
       <c r="L115" s="15">
         <v>0.1963</v>
       </c>
       <c r="M115" s="15">
         <v>0.17839</v>
       </c>
       <c r="N115" s="15">
-        <v>839</v>
+        <v>721</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>384</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>385</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>386</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I116" s="15" t="s">
@@ -8795,90 +8790,90 @@
       <c r="D117" s="15" t="s">
         <v>389</v>
       </c>
       <c r="E117" s="15">
         <v>10080015072</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.12</v>
       </c>
       <c r="L117" s="15">
         <v>0.12</v>
       </c>
       <c r="M117" s="15">
         <v>0.12</v>
       </c>
       <c r="N117" s="15">
-        <v>1846</v>
+        <v>1404</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>390</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>391</v>
       </c>
       <c r="E118" s="15">
         <v>10080015073</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>400</v>
       </c>
       <c r="K118" s="15">
         <v>0.18</v>
       </c>
       <c r="L118" s="15">
         <v>0.18</v>
       </c>
       <c r="M118" s="15">
         <v>0.18</v>
       </c>
       <c r="N118" s="15">
-        <v>9254</v>
+        <v>9016</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>392</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>393</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>394</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I119" s="15"/>
@@ -8951,51 +8946,51 @@
       <c r="D121" s="15" t="s">
         <v>399</v>
       </c>
       <c r="E121" s="15">
         <v>10080014937</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>50</v>
       </c>
       <c r="K121" s="15">
         <v>0.21128</v>
       </c>
       <c r="L121" s="15">
         <v>0.18311</v>
       </c>
       <c r="M121" s="15">
         <v>0.17606</v>
       </c>
       <c r="N121" s="15">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>400</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>401</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>402</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I122" s="15"/>
@@ -9031,88 +9026,88 @@
       <c r="D123" s="15" t="s">
         <v>404</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>405</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>100</v>
       </c>
       <c r="K123" s="15">
         <v>0.67526</v>
       </c>
       <c r="L123" s="15">
         <v>0.58522</v>
       </c>
       <c r="M123" s="15">
         <v>0.56271</v>
       </c>
       <c r="N123" s="15">
-        <v>2477</v>
+        <v>2263</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>407</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>408</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>1.04</v>
       </c>
       <c r="L124" s="15">
         <v>0.90367</v>
       </c>
       <c r="M124" s="15">
         <v>0.86891</v>
       </c>
       <c r="N124" s="15">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>409</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I125" s="15"/>
@@ -9148,51 +9143,51 @@
       <c r="D126" s="15" t="s">
         <v>414</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>415</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>100</v>
       </c>
       <c r="K126" s="15">
         <v>1.36</v>
       </c>
       <c r="L126" s="15">
         <v>1.18</v>
       </c>
       <c r="M126" s="15">
         <v>1.14</v>
       </c>
       <c r="N126" s="15">
-        <v>830</v>
+        <v>820</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
         <v>1200</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>416</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>417</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>418</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>136</v>
@@ -9273,54 +9268,54 @@
       </c>
       <c r="E129" s="15" t="s">
         <v>425</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I129" s="15" t="s">
         <v>426</v>
       </c>
       <c r="J129" s="15">
         <v>300</v>
       </c>
       <c r="K129" s="15">
         <v>0.08778</v>
       </c>
       <c r="L129" s="15">
         <v>0.07607999999999999</v>
       </c>
       <c r="M129" s="15">
         <v>0.07315000000000001</v>
       </c>
       <c r="N129" s="15">
-        <v>1360</v>
+        <v>1447</v>
       </c>
       <c r="O129" s="15">
-        <v>15912</v>
+        <v>16932</v>
       </c>
       <c r="P129" s="15" t="s">
         <v>280</v>
       </c>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>427</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>428</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>429</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>136</v>
       </c>
@@ -9348,60 +9343,60 @@
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>431</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>432</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>433</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>434</v>
       </c>
       <c r="J131" s="15">
         <v>200</v>
       </c>
       <c r="K131" s="15">
-        <v>0.06509</v>
+        <v>0.125</v>
       </c>
       <c r="L131" s="15">
-        <v>0.06509</v>
+        <v>0.08333</v>
       </c>
       <c r="M131" s="15">
-        <v>0.06509</v>
+        <v>0.077</v>
       </c>
       <c r="N131" s="15">
-        <v>13601</v>
+        <v>6656</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>435</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>436</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>437</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I132" s="15" t="s">
@@ -9519,90 +9514,90 @@
       <c r="D135" s="15" t="s">
         <v>447</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>448</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>1100</v>
       </c>
       <c r="K135" s="15">
         <v>0.23</v>
       </c>
       <c r="L135" s="15">
         <v>0.156</v>
       </c>
       <c r="M135" s="15">
         <v>0.14</v>
       </c>
       <c r="N135" s="15">
-        <v>21600</v>
+        <v>25200</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15">
         <v>2200</v>
       </c>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>449</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>450</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>451</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15"/>
       <c r="K136" s="15">
         <v>0.34766</v>
       </c>
       <c r="L136" s="15">
         <v>0.3013</v>
       </c>
       <c r="M136" s="15">
         <v>0.28971</v>
       </c>
       <c r="N136" s="15">
-        <v>391</v>
+        <v>559</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>452</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>453</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>454</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I137" s="15"/>
@@ -9640,172 +9635,172 @@
       </c>
       <c r="E138" s="15">
         <v>10000006161</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I138" s="15" t="s">
         <v>457</v>
       </c>
       <c r="J138" s="15">
         <v>600</v>
       </c>
       <c r="K138" s="15">
         <v>0.18903</v>
       </c>
       <c r="L138" s="15">
         <v>0.13554</v>
       </c>
       <c r="M138" s="15">
         <v>0.1177</v>
       </c>
       <c r="N138" s="15">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>458</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>459</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>460</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I139" s="15" t="s">
         <v>461</v>
       </c>
       <c r="J139" s="15">
         <v>600</v>
       </c>
       <c r="K139" s="15">
         <v>0.13119</v>
       </c>
       <c r="L139" s="15">
         <v>0.1137</v>
       </c>
       <c r="M139" s="15">
         <v>0.10933</v>
       </c>
       <c r="N139" s="15">
-        <v>6298</v>
+        <v>5640</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>462</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>463</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>464</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I140" s="15" t="s">
         <v>465</v>
       </c>
       <c r="J140" s="15">
         <v>400</v>
       </c>
       <c r="K140" s="15">
         <v>0.18153</v>
       </c>
       <c r="L140" s="15">
         <v>0.15733</v>
       </c>
       <c r="M140" s="15">
         <v>0.15128</v>
       </c>
       <c r="N140" s="15">
-        <v>3254</v>
+        <v>2330</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>466</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>467</v>
       </c>
       <c r="E141" s="15">
         <v>10080008308</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
         <v>0.59244</v>
       </c>
       <c r="L141" s="15">
         <v>0.29628</v>
       </c>
       <c r="M141" s="15">
         <v>0.26935</v>
       </c>
       <c r="N141" s="15">
-        <v>266</v>
+        <v>282</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>468</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>469</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>470</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I142" s="15" t="s">
@@ -9841,131 +9836,131 @@
       </c>
       <c r="E143" s="15" t="s">
         <v>474</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I143" s="15" t="s">
         <v>475</v>
       </c>
       <c r="J143" s="15">
         <v>500</v>
       </c>
       <c r="K143" s="15">
         <v>0.06917</v>
       </c>
       <c r="L143" s="15">
         <v>0.05994</v>
       </c>
       <c r="M143" s="15">
         <v>0.05764</v>
       </c>
       <c r="N143" s="15">
-        <v>44316</v>
+        <v>22500</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>476</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>477</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>478</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>600</v>
       </c>
       <c r="K144" s="15">
         <v>0.10596</v>
       </c>
       <c r="L144" s="15">
         <v>0.09182999999999999</v>
       </c>
       <c r="M144" s="15">
         <v>0.0883</v>
       </c>
       <c r="N144" s="15">
-        <v>800</v>
+        <v>770</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>479</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>480</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>481</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I145" s="15" t="s">
         <v>482</v>
       </c>
       <c r="J145" s="15">
         <v>300</v>
       </c>
       <c r="K145" s="15">
         <v>0.10371</v>
       </c>
       <c r="L145" s="15">
         <v>0.08988</v>
       </c>
       <c r="M145" s="15">
         <v>0.08643000000000001</v>
       </c>
       <c r="N145" s="15">
-        <v>14440</v>
+        <v>16531</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>483</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>484</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>485</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I146" s="15"/>
@@ -10040,90 +10035,90 @@
       </c>
       <c r="E148" s="15" t="s">
         <v>492</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I148" s="15" t="s">
         <v>493</v>
       </c>
       <c r="J148" s="15">
         <v>500</v>
       </c>
       <c r="K148" s="15">
         <v>0.134</v>
       </c>
       <c r="L148" s="15">
         <v>0.08989999999999999</v>
       </c>
       <c r="M148" s="15">
         <v>0.08359999999999999</v>
       </c>
       <c r="N148" s="15">
-        <v>35877</v>
+        <v>41504</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>494</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>495</v>
       </c>
       <c r="E149" s="15" t="s">
         <v>496</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>500</v>
       </c>
       <c r="K149" s="15">
         <v>0.31858</v>
       </c>
       <c r="L149" s="15">
         <v>0.1593</v>
       </c>
       <c r="M149" s="15">
         <v>0.14482</v>
       </c>
       <c r="N149" s="15">
-        <v>331</v>
+        <v>444</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>497</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>498</v>
       </c>
       <c r="E150" s="15">
         <v>10080001635</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I150" s="15" t="s">
@@ -10239,92 +10234,92 @@
       </c>
       <c r="E153" s="15" t="s">
         <v>509</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I153" s="15" t="s">
         <v>510</v>
       </c>
       <c r="J153" s="15">
         <v>200</v>
       </c>
       <c r="K153" s="15">
         <v>0.22992</v>
       </c>
       <c r="L153" s="15">
         <v>0.19926</v>
       </c>
       <c r="M153" s="15">
         <v>0.1916</v>
       </c>
       <c r="N153" s="15">
-        <v>2001</v>
+        <v>2024</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>511</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>512</v>
       </c>
       <c r="E154" s="15" t="s">
         <v>513</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I154" s="15" t="s">
         <v>514</v>
       </c>
       <c r="J154" s="15">
         <v>500</v>
       </c>
       <c r="K154" s="15">
         <v>0.08253000000000001</v>
       </c>
       <c r="L154" s="15">
         <v>0.07153</v>
       </c>
       <c r="M154" s="15">
         <v>0.06877999999999999</v>
       </c>
       <c r="N154" s="15">
-        <v>33879</v>
+        <v>34701</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>515</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>516</v>
       </c>
       <c r="E155" s="15">
         <v>10080012205</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I155" s="15"/>
@@ -10393,133 +10388,133 @@
       <c r="D157" s="15" t="s">
         <v>521</v>
       </c>
       <c r="E157" s="15">
         <v>10080014664</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>400</v>
       </c>
       <c r="K157" s="15">
         <v>0.075</v>
       </c>
       <c r="L157" s="15">
         <v>0.075</v>
       </c>
       <c r="M157" s="15">
         <v>0.075</v>
       </c>
       <c r="N157" s="15">
-        <v>2189</v>
+        <v>1932</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
         <v>522</v>
       </c>
       <c r="D158" s="15" t="s">
         <v>523</v>
       </c>
       <c r="E158" s="15" t="s">
         <v>524</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I158" s="15" t="s">
         <v>525</v>
       </c>
       <c r="J158" s="15">
         <v>200</v>
       </c>
       <c r="K158" s="15">
         <v>0.13043</v>
       </c>
       <c r="L158" s="15">
         <v>0.11738</v>
       </c>
       <c r="M158" s="15">
         <v>0.10869</v>
       </c>
       <c r="N158" s="15">
-        <v>55848</v>
+        <v>39800</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>526</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>527</v>
       </c>
       <c r="E159" s="15" t="s">
         <v>528</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I159" s="15" t="s">
         <v>529</v>
       </c>
       <c r="J159" s="15">
         <v>500</v>
       </c>
       <c r="K159" s="15">
         <v>0.09</v>
       </c>
       <c r="L159" s="15">
         <v>0.0638</v>
       </c>
       <c r="M159" s="15">
         <v>0.058</v>
       </c>
       <c r="N159" s="15">
-        <v>431151</v>
+        <v>436474</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
         <v>530</v>
       </c>
       <c r="D160" s="15" t="s">
         <v>531</v>
       </c>
       <c r="E160" s="15" t="s">
         <v>532</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I160" s="15" t="s">
@@ -10596,92 +10591,92 @@
       </c>
       <c r="E162" s="15">
         <v>10000015013</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I162" s="15" t="s">
         <v>539</v>
       </c>
       <c r="J162" s="15">
         <v>300</v>
       </c>
       <c r="K162" s="15">
         <v>0.10611</v>
       </c>
       <c r="L162" s="15">
         <v>0.09196</v>
       </c>
       <c r="M162" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="N162" s="15">
-        <v>6446</v>
+        <v>5339</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>540</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>541</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>542</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I163" s="15" t="s">
         <v>543</v>
       </c>
       <c r="J163" s="15">
         <v>300</v>
       </c>
       <c r="K163" s="15">
         <v>0.11265</v>
       </c>
       <c r="L163" s="15">
         <v>0.09762999999999999</v>
       </c>
       <c r="M163" s="15">
         <v>0.09388000000000001</v>
       </c>
       <c r="N163" s="15">
-        <v>30859</v>
+        <v>31839</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>544</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>545</v>
       </c>
       <c r="E164" s="15" t="s">
         <v>546</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I164" s="15" t="s">
@@ -10717,95 +10712,95 @@
       <c r="D165" s="15" t="s">
         <v>549</v>
       </c>
       <c r="E165" s="15">
         <v>10080011194</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>1700</v>
       </c>
       <c r="K165" s="15">
         <v>0.37147</v>
       </c>
       <c r="L165" s="15">
         <v>0.18574</v>
       </c>
       <c r="M165" s="15">
         <v>0.1689</v>
       </c>
       <c r="N165" s="15">
-        <v>1565</v>
+        <v>1868</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>550</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>551</v>
       </c>
       <c r="E166" s="15" t="s">
         <v>552</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I166" s="15" t="s">
         <v>553</v>
       </c>
       <c r="J166" s="15">
         <v>500</v>
       </c>
       <c r="K166" s="15">
         <v>0.13178</v>
       </c>
       <c r="L166" s="15">
         <v>0.11421</v>
       </c>
       <c r="M166" s="15">
         <v>0.10981</v>
       </c>
       <c r="N166" s="15">
-        <v>181</v>
+        <v>154</v>
       </c>
       <c r="O166" s="15">
-        <v>1360</v>
+        <v>1420</v>
       </c>
       <c r="P166" s="15" t="s">
         <v>280</v>
       </c>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>554</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>555</v>
       </c>
       <c r="E167" s="15">
         <v>10080045863</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>136</v>
       </c>
@@ -10844,51 +10839,51 @@
       </c>
       <c r="E168" s="15" t="s">
         <v>559</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I168" s="15" t="s">
         <v>560</v>
       </c>
       <c r="J168" s="15">
         <v>300</v>
       </c>
       <c r="K168" s="15">
         <v>0.18366</v>
       </c>
       <c r="L168" s="15">
         <v>0.15917</v>
       </c>
       <c r="M168" s="15">
         <v>0.15305</v>
       </c>
       <c r="N168" s="15">
-        <v>268</v>
+        <v>138</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
         <v>561</v>
       </c>
       <c r="D169" s="15" t="s">
         <v>562</v>
       </c>
       <c r="E169" s="15">
         <v>10080071495</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I169" s="15" t="s">
@@ -10967,51 +10962,51 @@
       </c>
       <c r="E171" s="15" t="s">
         <v>569</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I171" s="15" t="s">
         <v>570</v>
       </c>
       <c r="J171" s="15">
         <v>200</v>
       </c>
       <c r="K171" s="15">
         <v>0.63218</v>
       </c>
       <c r="L171" s="15">
         <v>0.31609</v>
       </c>
       <c r="M171" s="15">
         <v>0.2874</v>
       </c>
       <c r="N171" s="15">
-        <v>360</v>
+        <v>224</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>571</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>572</v>
       </c>
       <c r="E172" s="15" t="s">
         <v>573</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I172" s="15"/>
@@ -11043,51 +11038,51 @@
       <c r="D173" s="15" t="s">
         <v>575</v>
       </c>
       <c r="E173" s="15" t="s">
         <v>576</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>300</v>
       </c>
       <c r="K173" s="15">
         <v>0.83928</v>
       </c>
       <c r="L173" s="15">
         <v>0.41963</v>
       </c>
       <c r="M173" s="15">
         <v>0.38143</v>
       </c>
       <c r="N173" s="15">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>577</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>578</v>
       </c>
       <c r="E174" s="15" t="s">
         <v>579</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I174" s="15"/>
@@ -11158,92 +11153,92 @@
       <c r="D176" s="15" t="s">
         <v>584</v>
       </c>
       <c r="E176" s="15" t="s">
         <v>585</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>500</v>
       </c>
       <c r="K176" s="15">
         <v>0.095</v>
       </c>
       <c r="L176" s="15">
         <v>0.075</v>
       </c>
       <c r="M176" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N176" s="15">
-        <v>88268</v>
+        <v>85945</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>586</v>
       </c>
       <c r="D177" s="15" t="s">
         <v>587</v>
       </c>
       <c r="E177" s="15" t="s">
         <v>588</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I177" s="15" t="s">
         <v>589</v>
       </c>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
         <v>0.12477</v>
       </c>
       <c r="L177" s="15">
         <v>0.10813</v>
       </c>
       <c r="M177" s="15">
         <v>0.10398</v>
       </c>
       <c r="N177" s="15">
-        <v>38668</v>
+        <v>35772</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
         <v>590</v>
       </c>
       <c r="D178" s="15"/>
       <c r="E178" s="15">
         <v>10080035448</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
         <v>500</v>
@@ -11277,133 +11272,133 @@
       </c>
       <c r="E179" s="15" t="s">
         <v>593</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I179" s="15" t="s">
         <v>594</v>
       </c>
       <c r="J179" s="15">
         <v>300</v>
       </c>
       <c r="K179" s="15">
         <v>0.17567</v>
       </c>
       <c r="L179" s="15">
         <v>0.15224</v>
       </c>
       <c r="M179" s="15">
         <v>0.14639</v>
       </c>
       <c r="N179" s="15">
-        <v>53006</v>
+        <v>77336</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>595</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>596</v>
       </c>
       <c r="E180" s="15" t="s">
         <v>597</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I180" s="15" t="s">
         <v>598</v>
       </c>
       <c r="J180" s="15">
         <v>300</v>
       </c>
       <c r="K180" s="15">
         <v>0.17564</v>
       </c>
       <c r="L180" s="15">
         <v>0.15222</v>
       </c>
       <c r="M180" s="15">
         <v>0.14636</v>
       </c>
       <c r="N180" s="15">
-        <v>10293</v>
+        <v>11562</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
         <v>599</v>
       </c>
       <c r="D181" s="15" t="s">
         <v>600</v>
       </c>
       <c r="E181" s="15" t="s">
         <v>601</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I181" s="15" t="s">
         <v>602</v>
       </c>
       <c r="J181" s="15">
         <v>700</v>
       </c>
       <c r="K181" s="15">
         <v>0.3173</v>
       </c>
       <c r="L181" s="15">
         <v>0.27499</v>
       </c>
       <c r="M181" s="15">
         <v>0.26441</v>
       </c>
       <c r="N181" s="15">
-        <v>2888</v>
+        <v>3116</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
         <v>603</v>
       </c>
       <c r="D182" s="15" t="s">
         <v>604</v>
       </c>
       <c r="E182" s="15">
         <v>10080035454</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I182" s="15"/>
@@ -11593,51 +11588,51 @@
       </c>
       <c r="E187" s="15" t="s">
         <v>619</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I187" s="15" t="s">
         <v>620</v>
       </c>
       <c r="J187" s="15">
         <v>200</v>
       </c>
       <c r="K187" s="15">
         <v>0.16473</v>
       </c>
       <c r="L187" s="15">
         <v>0.14277</v>
       </c>
       <c r="M187" s="15">
         <v>0.13728</v>
       </c>
       <c r="N187" s="15">
-        <v>4655</v>
+        <v>4675</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15">
         <v>3200</v>
       </c>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>621</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>622</v>
       </c>
       <c r="E188" s="15" t="s">
         <v>623</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>136</v>
@@ -11673,131 +11668,131 @@
       </c>
       <c r="E189" s="15" t="s">
         <v>626</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I189" s="15" t="s">
         <v>627</v>
       </c>
       <c r="J189" s="15">
         <v>100</v>
       </c>
       <c r="K189" s="15">
         <v>0.24714</v>
       </c>
       <c r="L189" s="15">
         <v>0.21419</v>
       </c>
       <c r="M189" s="15">
         <v>0.20595</v>
       </c>
       <c r="N189" s="15">
-        <v>3194</v>
+        <v>1547</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
         <v>628</v>
       </c>
       <c r="D190" s="15" t="s">
         <v>629</v>
       </c>
       <c r="E190" s="15">
         <v>10000022654</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I190" s="15"/>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
         <v>0.12</v>
       </c>
       <c r="L190" s="15">
         <v>0.12</v>
       </c>
       <c r="M190" s="15">
         <v>0.12</v>
       </c>
       <c r="N190" s="15">
-        <v>4768</v>
+        <v>4479</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
         <v>630</v>
       </c>
       <c r="D191" s="15" t="s">
         <v>631</v>
       </c>
       <c r="E191" s="15" t="s">
         <v>632</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I191" s="15" t="s">
         <v>633</v>
       </c>
       <c r="J191" s="15">
         <v>400</v>
       </c>
       <c r="K191" s="15">
         <v>0.29469</v>
       </c>
       <c r="L191" s="15">
         <v>0.2554</v>
       </c>
       <c r="M191" s="15">
         <v>0.24558</v>
       </c>
       <c r="N191" s="15">
-        <v>704</v>
+        <v>696</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
         <v>634</v>
       </c>
       <c r="D192" s="15" t="s">
         <v>635</v>
       </c>
       <c r="E192" s="15" t="s">
         <v>636</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I192" s="15" t="s">
@@ -11876,51 +11871,51 @@
       </c>
       <c r="E194" s="15" t="s">
         <v>644</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I194" s="15" t="s">
         <v>645</v>
       </c>
       <c r="J194" s="15">
         <v>800</v>
       </c>
       <c r="K194" s="15">
         <v>0.23489</v>
       </c>
       <c r="L194" s="15">
         <v>0.20357</v>
       </c>
       <c r="M194" s="15">
         <v>0.19574</v>
       </c>
       <c r="N194" s="15">
-        <v>3600</v>
+        <v>2480</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15">
         <v>3200</v>
       </c>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
         <v>646</v>
       </c>
       <c r="D195" s="15" t="s">
         <v>647</v>
       </c>
       <c r="E195" s="15" t="s">
         <v>648</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>136</v>
@@ -11954,51 +11949,51 @@
         <v>649</v>
       </c>
       <c r="D196" s="15" t="s">
         <v>650</v>
       </c>
       <c r="E196" s="15" t="s">
         <v>651</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15"/>
       <c r="K196" s="15">
         <v>0.25</v>
       </c>
       <c r="L196" s="15">
         <v>0.25</v>
       </c>
       <c r="M196" s="15">
         <v>0.25</v>
       </c>
       <c r="N196" s="15">
-        <v>841</v>
+        <v>893</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>652</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>653</v>
       </c>
       <c r="E197" s="15" t="s">
         <v>654</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I197" s="15"/>
@@ -12227,94 +12222,94 @@
       </c>
       <c r="E203" s="15" t="s">
         <v>672</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I203" s="15" t="s">
         <v>674</v>
       </c>
       <c r="J203" s="15">
         <v>400</v>
       </c>
       <c r="K203" s="15">
         <v>0.10538</v>
       </c>
       <c r="L203" s="15">
         <v>0.09483999999999999</v>
       </c>
       <c r="M203" s="15">
         <v>0.08781</v>
       </c>
       <c r="N203" s="15">
-        <v>47646</v>
+        <v>34193</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15">
         <v>6400</v>
       </c>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
         <v>675</v>
       </c>
       <c r="D204" s="15" t="s">
         <v>676</v>
       </c>
       <c r="E204" s="15" t="s">
         <v>677</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I204" s="15" t="s">
         <v>678</v>
       </c>
       <c r="J204" s="15">
         <v>250</v>
       </c>
       <c r="K204" s="15">
         <v>0.15803</v>
       </c>
       <c r="L204" s="15">
         <v>0.14222</v>
       </c>
       <c r="M204" s="15">
         <v>0.13169</v>
       </c>
       <c r="N204" s="15">
-        <v>28728</v>
+        <v>29127</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>679</v>
       </c>
       <c r="D205" s="15" t="s">
         <v>680</v>
       </c>
       <c r="E205" s="15" t="s">
         <v>681</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I205" s="15" t="s">
@@ -12393,1568 +12388,1568 @@
       </c>
       <c r="E207" s="15" t="s">
         <v>689</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I207" s="15" t="s">
         <v>690</v>
       </c>
       <c r="J207" s="15">
         <v>500</v>
       </c>
       <c r="K207" s="15">
         <v>0.12599</v>
       </c>
       <c r="L207" s="15">
         <v>0.10919</v>
       </c>
       <c r="M207" s="15">
         <v>0.10499</v>
       </c>
       <c r="N207" s="15">
-        <v>4797</v>
+        <v>4680</v>
       </c>
       <c r="O207" s="15">
-        <v>12300</v>
+        <v>12000</v>
       </c>
       <c r="P207" s="15" t="s">
-        <v>691</v>
+        <v>412</v>
       </c>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>691</v>
+      </c>
+      <c r="D208" s="15" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
       <c r="E208" s="15">
         <v>10080033108</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I208" s="15" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="J208" s="15">
         <v>250</v>
       </c>
       <c r="K208" s="15">
         <v>0.27158</v>
       </c>
       <c r="L208" s="15">
         <v>0.14549</v>
       </c>
       <c r="M208" s="15">
         <v>0.1261</v>
       </c>
       <c r="N208" s="15">
         <v>4</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>694</v>
+      </c>
+      <c r="D209" s="15" t="s">
         <v>695</v>
       </c>
-      <c r="D209" s="15" t="s">
+      <c r="E209" s="15" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I209" s="15" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="J209" s="15">
         <v>300</v>
       </c>
       <c r="K209" s="15">
         <v>0.17876</v>
       </c>
       <c r="L209" s="15">
         <v>0.16088</v>
       </c>
       <c r="M209" s="15">
         <v>0.14896</v>
       </c>
       <c r="N209" s="15">
-        <v>10800</v>
+        <v>9460</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15">
         <v>4800</v>
       </c>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="D210" s="15" t="s">
         <v>699</v>
       </c>
-      <c r="D210" s="15" t="s">
+      <c r="E210" s="15" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="J210" s="15"/>
       <c r="K210" s="15">
         <v>0.17925</v>
       </c>
       <c r="L210" s="15">
         <v>0.16133</v>
       </c>
       <c r="M210" s="15">
         <v>0.14938</v>
       </c>
       <c r="N210" s="15">
-        <v>4440</v>
+        <v>4980</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
+        <v>702</v>
+      </c>
+      <c r="D211" s="15" t="s">
         <v>703</v>
       </c>
-      <c r="D211" s="15" t="s">
+      <c r="E211" s="15" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>0.06213</v>
       </c>
       <c r="L211" s="15">
         <v>0.05385</v>
       </c>
       <c r="M211" s="15">
         <v>0.05178</v>
       </c>
       <c r="N211" s="15">
-        <v>3100</v>
+        <v>4450</v>
       </c>
       <c r="O211" s="15">
-        <v>6200</v>
+        <v>8900</v>
       </c>
       <c r="P211" s="15" t="s">
-        <v>691</v>
+        <v>412</v>
       </c>
       <c r="Q211" s="15">
         <v>12000</v>
       </c>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>706</v>
+      </c>
+      <c r="D212" s="15" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="E212" s="15">
         <v>10080028343</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="J212" s="15">
         <v>500</v>
       </c>
       <c r="K212" s="15">
         <v>0.13844</v>
       </c>
       <c r="L212" s="15">
         <v>0.07352</v>
       </c>
       <c r="M212" s="15">
         <v>0.06270000000000001</v>
       </c>
       <c r="N212" s="15">
         <v>5</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
+        <v>709</v>
+      </c>
+      <c r="D213" s="15" t="s">
         <v>710</v>
       </c>
-      <c r="D213" s="15" t="s">
+      <c r="E213" s="15" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="J213" s="15">
         <v>300</v>
       </c>
       <c r="K213" s="15">
         <v>0.09490999999999999</v>
       </c>
       <c r="L213" s="15">
         <v>0.073</v>
       </c>
       <c r="M213" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="N213" s="15">
-        <v>2802</v>
+        <v>2436</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>713</v>
+      </c>
+      <c r="D214" s="15" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
       <c r="E214" s="15">
         <v>10080028313</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="J214" s="15">
         <v>300</v>
       </c>
       <c r="K214" s="15">
         <v>0.11</v>
       </c>
       <c r="L214" s="15">
         <v>0.073</v>
       </c>
       <c r="M214" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="N214" s="15">
-        <v>248476</v>
+        <v>237672</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
+        <v>716</v>
+      </c>
+      <c r="D215" s="15" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="E215" s="15">
         <v>10080028344</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="J215" s="15">
         <v>300</v>
       </c>
       <c r="K215" s="15">
         <v>0.20766</v>
       </c>
       <c r="L215" s="15">
         <v>0.11035</v>
       </c>
       <c r="M215" s="15">
         <v>0.0941</v>
       </c>
       <c r="N215" s="15">
         <v>94</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
+        <v>719</v>
+      </c>
+      <c r="D216" s="15" t="s">
         <v>720</v>
       </c>
-      <c r="D216" s="15" t="s">
+      <c r="E216" s="15" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="J216" s="15"/>
       <c r="K216" s="15">
         <v>0.0848</v>
       </c>
       <c r="L216" s="15">
         <v>0.07349</v>
       </c>
       <c r="M216" s="15">
         <v>0.07066</v>
       </c>
       <c r="N216" s="15">
-        <v>650</v>
+        <v>710</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>723</v>
+      </c>
+      <c r="D217" s="15" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
       <c r="E217" s="15">
         <v>10080031759</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="J217" s="15">
         <v>300</v>
       </c>
       <c r="K217" s="15">
         <v>0.075</v>
       </c>
       <c r="L217" s="15">
         <v>0.075</v>
       </c>
       <c r="M217" s="15">
         <v>0.075</v>
       </c>
       <c r="N217" s="15">
-        <v>54610</v>
+        <v>46520</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>726</v>
+      </c>
+      <c r="D218" s="15" t="s">
         <v>727</v>
       </c>
-      <c r="D218" s="15" t="s">
+      <c r="E218" s="15" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="J218" s="15"/>
       <c r="K218" s="15">
         <v>0.10059</v>
       </c>
       <c r="L218" s="15">
         <v>0.09053</v>
       </c>
       <c r="M218" s="15">
         <v>0.08383</v>
       </c>
       <c r="N218" s="15">
-        <v>17670</v>
+        <v>19095</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>730</v>
+      </c>
+      <c r="D219" s="15" t="s">
         <v>731</v>
       </c>
-      <c r="D219" s="15" t="s">
+      <c r="E219" s="15" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="J219" s="15">
         <v>500</v>
       </c>
       <c r="K219" s="15">
         <v>0.09712999999999999</v>
       </c>
       <c r="L219" s="15">
         <v>0.08741</v>
       </c>
       <c r="M219" s="15">
         <v>0.08094</v>
       </c>
       <c r="N219" s="15">
-        <v>129263</v>
+        <v>94693</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15">
         <v>8000</v>
       </c>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>734</v>
+      </c>
+      <c r="D220" s="15" t="s">
         <v>735</v>
       </c>
-      <c r="D220" s="15" t="s">
+      <c r="E220" s="15" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="J220" s="15">
         <v>1200</v>
       </c>
       <c r="K220" s="15">
         <v>0.14601</v>
       </c>
       <c r="L220" s="15">
         <v>0.13141</v>
       </c>
       <c r="M220" s="15">
         <v>0.12168</v>
       </c>
       <c r="N220" s="15">
-        <v>373806</v>
+        <v>298995</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15">
         <v>4800</v>
       </c>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>738</v>
+      </c>
+      <c r="D221" s="15" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>740</v>
       </c>
       <c r="E221" s="15">
         <v>10080028317</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="J221" s="15">
         <v>200</v>
       </c>
       <c r="K221" s="15">
         <v>0.33958</v>
       </c>
       <c r="L221" s="15">
         <v>0.18192</v>
       </c>
       <c r="M221" s="15">
         <v>0.15767</v>
       </c>
       <c r="N221" s="15">
         <v>3</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="D222" s="15" t="s">
         <v>742</v>
       </c>
-      <c r="D222" s="15" t="s">
+      <c r="E222" s="15" t="s">
         <v>743</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I222" s="15" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="J222" s="15">
         <v>2000</v>
       </c>
       <c r="K222" s="15">
         <v>0.12675</v>
       </c>
       <c r="L222" s="15">
         <v>0.11408</v>
       </c>
       <c r="M222" s="15">
         <v>0.10563</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15">
-        <v>650</v>
+        <v>790</v>
       </c>
       <c r="P222" s="15" t="s">
-        <v>691</v>
+        <v>412</v>
       </c>
       <c r="Q222" s="15">
         <v>8000</v>
       </c>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
+        <v>745</v>
+      </c>
+      <c r="D223" s="15" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
       <c r="E223" s="15">
         <v>10080031763</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="J223" s="15">
         <v>500</v>
       </c>
       <c r="K223" s="15">
         <v>0.27085</v>
       </c>
       <c r="L223" s="15">
         <v>0.14387</v>
       </c>
       <c r="M223" s="15">
         <v>0.12267</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
+        <v>748</v>
+      </c>
+      <c r="D224" s="15" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
       <c r="E224" s="15">
         <v>10080031764</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="J224" s="15">
         <v>200</v>
       </c>
       <c r="K224" s="15">
         <v>0.38934</v>
       </c>
       <c r="L224" s="15">
         <v>0.20859</v>
       </c>
       <c r="M224" s="15">
         <v>0.18078</v>
       </c>
       <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
+        <v>751</v>
+      </c>
+      <c r="D225" s="15" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
       <c r="E225" s="15">
         <v>10080044842</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="J225" s="15">
         <v>600</v>
       </c>
       <c r="K225" s="15">
         <v>0.18037</v>
       </c>
       <c r="L225" s="15">
         <v>0.09662</v>
       </c>
       <c r="M225" s="15">
         <v>0.08373999999999999</v>
       </c>
       <c r="N225" s="15">
-        <v>426</v>
+        <v>456</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
+        <v>754</v>
+      </c>
+      <c r="D226" s="15" t="s">
         <v>755</v>
       </c>
-      <c r="D226" s="15" t="s">
+      <c r="E226" s="15" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>757</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="J226" s="15">
         <v>400</v>
       </c>
       <c r="K226" s="15">
         <v>0.08008999999999999</v>
       </c>
       <c r="L226" s="15">
         <v>0.07208000000000001</v>
       </c>
       <c r="M226" s="15">
         <v>0.06673999999999999</v>
       </c>
       <c r="N226" s="15">
-        <v>22933</v>
+        <v>19200</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
+        <v>758</v>
+      </c>
+      <c r="D227" s="15" t="s">
         <v>759</v>
-      </c>
-[...1 lines deleted...]
-        <v>760</v>
       </c>
       <c r="E227" s="15">
         <v>10080038337</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="J227" s="15"/>
       <c r="K227" s="15">
         <v>0.11768</v>
       </c>
       <c r="L227" s="15">
         <v>0.08407000000000001</v>
       </c>
       <c r="M227" s="15">
         <v>0.07285</v>
       </c>
       <c r="N227" s="15">
         <v>8</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
+        <v>761</v>
+      </c>
+      <c r="D228" s="15" t="s">
         <v>762</v>
       </c>
-      <c r="D228" s="15" t="s">
+      <c r="E228" s="15" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I228" s="15" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="J228" s="15"/>
       <c r="K228" s="15">
         <v>0.09804</v>
       </c>
       <c r="L228" s="15">
         <v>0.08824</v>
       </c>
       <c r="M228" s="15">
         <v>0.08169999999999999</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
+        <v>765</v>
+      </c>
+      <c r="D229" s="15" t="s">
         <v>766</v>
       </c>
-      <c r="D229" s="15" t="s">
+      <c r="E229" s="15" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="J229" s="15">
         <v>300</v>
       </c>
       <c r="K229" s="15">
         <v>0.11805</v>
       </c>
       <c r="L229" s="15">
         <v>0.10625</v>
       </c>
       <c r="M229" s="15">
         <v>0.09838</v>
       </c>
       <c r="N229" s="15">
-        <v>17031</v>
+        <v>22368</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>769</v>
+      </c>
+      <c r="D230" s="15" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="E230" s="15">
         <v>10080038340</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="J230" s="15"/>
       <c r="K230" s="15">
         <v>0.23665</v>
       </c>
       <c r="L230" s="15">
         <v>0.131</v>
       </c>
       <c r="M230" s="15">
         <v>0.10987</v>
       </c>
       <c r="N230" s="15">
-        <v>1031</v>
+        <v>934</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>772</v>
+      </c>
+      <c r="D231" s="15" t="s">
         <v>773</v>
-      </c>
-[...1 lines deleted...]
-        <v>774</v>
       </c>
       <c r="E231" s="15">
         <v>10080038341</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I231" s="15" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="J231" s="15"/>
       <c r="K231" s="15">
         <v>0.35494</v>
       </c>
       <c r="L231" s="15">
         <v>0.19649</v>
       </c>
       <c r="M231" s="15">
         <v>0.1648</v>
       </c>
       <c r="N231" s="15">
-        <v>688</v>
+        <v>544</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>775</v>
+      </c>
+      <c r="D232" s="15" t="s">
         <v>776</v>
       </c>
-      <c r="D232" s="15" t="s">
+      <c r="E232" s="15" t="s">
         <v>777</v>
-      </c>
-[...1 lines deleted...]
-        <v>778</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I232" s="15" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="J232" s="15">
         <v>500</v>
       </c>
       <c r="K232" s="15">
         <v>0.06734999999999999</v>
       </c>
       <c r="L232" s="15">
         <v>0.06062</v>
       </c>
       <c r="M232" s="15">
         <v>0.05613</v>
       </c>
       <c r="N232" s="15">
-        <v>94123</v>
+        <v>65542</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>779</v>
+      </c>
+      <c r="D233" s="15" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>781</v>
       </c>
       <c r="E233" s="15">
         <v>10080028339</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I233" s="15" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="J233" s="15">
         <v>500</v>
       </c>
       <c r="K233" s="15">
         <v>0.13881</v>
       </c>
       <c r="L233" s="15">
         <v>0.07378</v>
       </c>
       <c r="M233" s="15">
         <v>0.06294</v>
       </c>
       <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>782</v>
+      </c>
+      <c r="D234" s="15" t="s">
         <v>783</v>
       </c>
-      <c r="D234" s="15" t="s">
+      <c r="E234" s="15" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="J234" s="15">
         <v>300</v>
       </c>
       <c r="K234" s="15">
         <v>0.09918</v>
       </c>
       <c r="L234" s="15">
         <v>0.08595999999999999</v>
       </c>
       <c r="M234" s="15">
         <v>0.08265</v>
       </c>
       <c r="N234" s="15">
-        <v>14063</v>
+        <v>15750</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15">
         <v>7200</v>
       </c>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
+        <v>786</v>
+      </c>
+      <c r="D235" s="15" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
       <c r="E235" s="15">
         <v>10080028308</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I235" s="15" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="J235" s="15">
         <v>300</v>
       </c>
       <c r="K235" s="15">
         <v>0.21805</v>
       </c>
       <c r="L235" s="15">
         <v>0.11683</v>
       </c>
       <c r="M235" s="15">
         <v>0.10123</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>789</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
       <c r="E236" s="15">
         <v>10080028340</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="J236" s="15">
         <v>300</v>
       </c>
       <c r="K236" s="15">
         <v>0.19368</v>
       </c>
       <c r="L236" s="15">
         <v>0.10375</v>
       </c>
       <c r="M236" s="15">
         <v>0.08992</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>792</v>
+      </c>
+      <c r="D237" s="15" t="s">
         <v>793</v>
       </c>
-      <c r="D237" s="15" t="s">
+      <c r="E237" s="15" t="s">
         <v>794</v>
-      </c>
-[...1 lines deleted...]
-        <v>795</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="J237" s="15">
         <v>1500</v>
       </c>
       <c r="K237" s="15">
         <v>0.13755</v>
       </c>
       <c r="L237" s="15">
         <v>0.1198</v>
       </c>
       <c r="M237" s="15">
         <v>0.11093</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15">
         <v>6000</v>
       </c>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
+        <v>796</v>
+      </c>
+      <c r="D238" s="15" t="s">
         <v>797</v>
       </c>
-      <c r="D238" s="15" t="s">
+      <c r="E238" s="15" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="J238" s="15">
         <v>500</v>
       </c>
       <c r="K238" s="15">
         <v>0.09791999999999999</v>
       </c>
       <c r="L238" s="15">
         <v>0.08813</v>
       </c>
       <c r="M238" s="15">
         <v>0.08160000000000001</v>
       </c>
-      <c r="N238" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N238" s="15"/>
       <c r="O238" s="15">
-        <v>18900</v>
+        <v>19783</v>
       </c>
       <c r="P238" s="15" t="s">
-        <v>691</v>
+        <v>412</v>
       </c>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>800</v>
+      </c>
+      <c r="D239" s="15" t="s">
         <v>801</v>
-      </c>
-[...1 lines deleted...]
-        <v>802</v>
       </c>
       <c r="E239" s="15">
         <v>10080032079</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I239" s="15" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="J239" s="15">
         <v>500</v>
       </c>
       <c r="K239" s="15">
         <v>0.14813</v>
       </c>
       <c r="L239" s="15">
         <v>0.10581</v>
       </c>
       <c r="M239" s="15">
         <v>0.0917</v>
       </c>
       <c r="N239" s="15">
         <v>2</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
+        <v>803</v>
+      </c>
+      <c r="D240" s="15" t="s">
         <v>804</v>
       </c>
-      <c r="D240" s="15" t="s">
+      <c r="E240" s="15" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I240" s="15" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="J240" s="15">
         <v>300</v>
       </c>
       <c r="K240" s="15">
         <v>0.14756</v>
       </c>
       <c r="L240" s="15">
         <v>0.1328</v>
       </c>
       <c r="M240" s="15">
         <v>0.12296</v>
       </c>
       <c r="N240" s="15">
-        <v>4095</v>
+        <v>4420</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
+        <v>807</v>
+      </c>
+      <c r="D241" s="15" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
       <c r="E241" s="15">
         <v>10080038343</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I241" s="15" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="J241" s="15">
         <v>300</v>
       </c>
       <c r="K241" s="15">
         <v>0.22141</v>
       </c>
       <c r="L241" s="15">
         <v>0.15815</v>
       </c>
       <c r="M241" s="15">
         <v>0.13707</v>
       </c>
       <c r="N241" s="15">
         <v>6</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
+        <v>810</v>
+      </c>
+      <c r="D242" s="15" t="s">
         <v>811</v>
       </c>
-      <c r="D242" s="15" t="s">
+      <c r="E242" s="15" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I242" s="15" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="J242" s="15">
         <v>250</v>
       </c>
       <c r="K242" s="15">
         <v>0.12563</v>
       </c>
       <c r="L242" s="15">
         <v>0.10888</v>
       </c>
       <c r="M242" s="15">
         <v>0.10469</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
-      <c r="P242" s="15"/>
+      <c r="P242" s="15" t="s">
+        <v>814</v>
+      </c>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
         <v>815</v>
       </c>
       <c r="D243" s="15" t="s">
         <v>816</v>
       </c>
       <c r="E243" s="15" t="s">
         <v>817</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I243" s="15" t="s">
         <v>818</v>
       </c>
       <c r="J243" s="15">
         <v>200</v>
       </c>
       <c r="K243" s="15">
         <v>0.19476</v>
       </c>
       <c r="L243" s="15">
         <v>0.17528</v>
       </c>
       <c r="M243" s="15">
         <v>0.1623</v>
       </c>
       <c r="N243" s="15">
-        <v>3400</v>
+        <v>790</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15">
         <v>4800</v>
       </c>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
         <v>819</v>
       </c>
       <c r="D244" s="15" t="s">
         <v>820</v>
       </c>
       <c r="E244" s="15" t="s">
         <v>821</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I244" s="15" t="s">
         <v>822</v>
       </c>
       <c r="J244" s="15">
         <v>400</v>
       </c>
       <c r="K244" s="15">
         <v>0.08177</v>
       </c>
       <c r="L244" s="15">
         <v>0.07359</v>
       </c>
       <c r="M244" s="15">
         <v>0.06814000000000001</v>
       </c>
       <c r="N244" s="15">
-        <v>16335</v>
+        <v>14343</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
         <v>823</v>
       </c>
       <c r="D245" s="15" t="s">
         <v>824</v>
       </c>
       <c r="E245" s="15">
         <v>10080038344</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I245" s="15" t="s">
@@ -13988,51 +13983,51 @@
       </c>
       <c r="E246" s="15" t="s">
         <v>828</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I246" s="15" t="s">
         <v>829</v>
       </c>
       <c r="J246" s="15">
         <v>300</v>
       </c>
       <c r="K246" s="15">
         <v>0.12315</v>
       </c>
       <c r="L246" s="15">
         <v>0.11084</v>
       </c>
       <c r="M246" s="15">
         <v>0.10263</v>
       </c>
       <c r="N246" s="15">
-        <v>25434</v>
+        <v>25432</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
         <v>830</v>
       </c>
       <c r="D247" s="15" t="s">
         <v>831</v>
       </c>
       <c r="E247" s="15">
         <v>10080038345</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I247" s="15" t="s">
@@ -14066,51 +14061,51 @@
       </c>
       <c r="E248" s="15" t="s">
         <v>835</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I248" s="15" t="s">
         <v>836</v>
       </c>
       <c r="J248" s="15">
         <v>500</v>
       </c>
       <c r="K248" s="15">
         <v>0.06795</v>
       </c>
       <c r="L248" s="15">
         <v>0.06116</v>
       </c>
       <c r="M248" s="15">
         <v>0.05663</v>
       </c>
       <c r="N248" s="15">
-        <v>90300</v>
+        <v>73500</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
         <v>837</v>
       </c>
       <c r="D249" s="15" t="s">
         <v>838</v>
       </c>
       <c r="E249" s="15">
         <v>10080028310</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I249" s="15" t="s">
@@ -14190,306 +14185,310 @@
       <c r="E251" s="15" t="s">
         <v>846</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I251" s="15" t="s">
         <v>847</v>
       </c>
       <c r="J251" s="15">
         <v>500</v>
       </c>
       <c r="K251" s="15">
         <v>0.07104000000000001</v>
       </c>
       <c r="L251" s="15">
         <v>0.06394</v>
       </c>
       <c r="M251" s="15">
         <v>0.0592</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15">
-        <v>3911</v>
+        <v>3218</v>
       </c>
       <c r="P251" s="15" t="s">
-        <v>848</v>
+        <v>412</v>
       </c>
       <c r="Q251" s="15">
         <v>12000</v>
       </c>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
+        <v>848</v>
+      </c>
+      <c r="D252" s="15" t="s">
         <v>849</v>
       </c>
-      <c r="D252" s="15" t="s">
+      <c r="E252" s="15" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="J252" s="15">
         <v>500</v>
       </c>
       <c r="K252" s="15">
         <v>0.06975000000000001</v>
       </c>
       <c r="L252" s="15">
         <v>0.06045</v>
       </c>
       <c r="M252" s="15">
         <v>0.05813</v>
       </c>
       <c r="N252" s="15">
-        <v>3258</v>
+        <v>3297</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15">
         <v>12000</v>
       </c>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>852</v>
+      </c>
+      <c r="D253" s="15" t="s">
         <v>853</v>
       </c>
-      <c r="D253" s="15" t="s">
+      <c r="E253" s="15" t="s">
         <v>854</v>
-      </c>
-[...1 lines deleted...]
-        <v>855</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I253" s="15" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="J253" s="15">
         <v>1800</v>
       </c>
       <c r="K253" s="15">
         <v>0.10287</v>
       </c>
       <c r="L253" s="15">
         <v>0.08914999999999999</v>
       </c>
       <c r="M253" s="15">
         <v>0.08573</v>
       </c>
       <c r="N253" s="15">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15">
         <v>7200</v>
       </c>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>856</v>
+      </c>
+      <c r="D254" s="15" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="E254" s="15">
         <v>10080028311</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I254" s="15" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="J254" s="15">
         <v>300</v>
       </c>
       <c r="K254" s="15">
         <v>0.15803</v>
       </c>
       <c r="L254" s="15">
         <v>0.11287</v>
       </c>
       <c r="M254" s="15">
         <v>0.09783</v>
       </c>
       <c r="N254" s="15">
         <v>4</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
+        <v>859</v>
+      </c>
+      <c r="D255" s="15" t="s">
         <v>860</v>
       </c>
-      <c r="D255" s="15" t="s">
+      <c r="E255" s="15" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>300</v>
       </c>
       <c r="K255" s="15">
         <v>0.115</v>
       </c>
       <c r="L255" s="15">
         <v>0.115</v>
       </c>
       <c r="M255" s="15">
         <v>0.115</v>
       </c>
       <c r="N255" s="15">
         <v>9</v>
       </c>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>862</v>
+      </c>
+      <c r="D256" s="15" t="s">
         <v>863</v>
       </c>
-      <c r="D256" s="15" t="s">
+      <c r="E256" s="15" t="s">
         <v>864</v>
-      </c>
-[...1 lines deleted...]
-        <v>865</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="J256" s="15">
         <v>445</v>
       </c>
       <c r="K256" s="15">
         <v>0.37088</v>
       </c>
       <c r="L256" s="15">
         <v>0.32143</v>
       </c>
       <c r="M256" s="15">
         <v>0.30906</v>
       </c>
       <c r="N256" s="15"/>
-      <c r="O256" s="15"/>
-      <c r="P256" s="15"/>
+      <c r="O256" s="15">
+        <v>20750</v>
+      </c>
+      <c r="P256" s="15" t="s">
+        <v>866</v>
+      </c>
       <c r="Q256" s="15">
         <v>1780</v>
       </c>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
         <v>867</v>
       </c>
       <c r="D257" s="15" t="s">
         <v>868</v>
       </c>
       <c r="E257" s="15" t="s">
         <v>869</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I257" s="15" t="s">
         <v>870</v>
       </c>
       <c r="J257" s="15">
         <v>400</v>
       </c>
       <c r="K257" s="15">
         <v>0.1184</v>
       </c>
       <c r="L257" s="15">
         <v>0.10656</v>
       </c>
       <c r="M257" s="15">
         <v>0.09866</v>
       </c>
       <c r="N257" s="15"/>
       <c r="O257" s="15">
-        <v>3500</v>
+        <v>3000</v>
       </c>
       <c r="P257" s="15" t="s">
-        <v>691</v>
+        <v>412</v>
       </c>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
         <v>871</v>
       </c>
       <c r="D258" s="15" t="s">
         <v>872</v>
       </c>
       <c r="E258" s="15">
         <v>10080044843</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I258" s="15" t="s">
         <v>873</v>
       </c>
@@ -14523,172 +14522,172 @@
       </c>
       <c r="E259" s="15">
         <v>10080054489</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I259" s="15" t="s">
         <v>876</v>
       </c>
       <c r="J259" s="15">
         <v>250</v>
       </c>
       <c r="K259" s="15">
         <v>0.13116</v>
       </c>
       <c r="L259" s="15">
         <v>0.10493</v>
       </c>
       <c r="M259" s="15">
         <v>0.10099</v>
       </c>
       <c r="N259" s="15">
-        <v>35645</v>
+        <v>20967</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
         <v>877</v>
       </c>
       <c r="D260" s="15" t="s">
         <v>878</v>
       </c>
       <c r="E260" s="15" t="s">
         <v>879</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I260" s="15" t="s">
         <v>880</v>
       </c>
       <c r="J260" s="15">
         <v>250</v>
       </c>
       <c r="K260" s="15">
         <v>0.22</v>
       </c>
       <c r="L260" s="15">
         <v>0.1518</v>
       </c>
       <c r="M260" s="15">
         <v>0.138</v>
       </c>
       <c r="N260" s="15">
-        <v>2307</v>
+        <v>2368</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
         <v>881</v>
       </c>
       <c r="D261" s="15" t="s">
         <v>882</v>
       </c>
       <c r="E261" s="15">
         <v>10080044844</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I261" s="15" t="s">
         <v>883</v>
       </c>
       <c r="J261" s="15">
         <v>200</v>
       </c>
       <c r="K261" s="15">
         <v>0.22</v>
       </c>
       <c r="L261" s="15">
         <v>0.1518</v>
       </c>
       <c r="M261" s="15">
         <v>0.138</v>
       </c>
       <c r="N261" s="15">
-        <v>3998</v>
+        <v>5056</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
         <v>884</v>
       </c>
       <c r="D262" s="15" t="s">
         <v>885</v>
       </c>
       <c r="E262" s="15" t="s">
         <v>886</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I262" s="15" t="s">
         <v>887</v>
       </c>
       <c r="J262" s="15"/>
       <c r="K262" s="15">
         <v>0.11093</v>
       </c>
       <c r="L262" s="15">
         <v>0.09614</v>
       </c>
       <c r="M262" s="15">
         <v>0.09243999999999999</v>
       </c>
       <c r="N262" s="15">
-        <v>700</v>
+        <v>780</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>888</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>889</v>
       </c>
       <c r="E263" s="15">
         <v>10080028322</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I263" s="15" t="s">
@@ -14727,134 +14726,134 @@
       <c r="E264" s="15" t="s">
         <v>893</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I264" s="15" t="s">
         <v>894</v>
       </c>
       <c r="J264" s="15">
         <v>300</v>
       </c>
       <c r="K264" s="15">
         <v>0.17505</v>
       </c>
       <c r="L264" s="15">
         <v>0.15171</v>
       </c>
       <c r="M264" s="15">
         <v>0.14588</v>
       </c>
       <c r="N264" s="15"/>
       <c r="O264" s="15">
-        <v>18000</v>
+        <v>22200</v>
       </c>
       <c r="P264" s="15" t="s">
-        <v>691</v>
+        <v>412</v>
       </c>
       <c r="Q264" s="15">
         <v>4800</v>
       </c>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
         <v>895</v>
       </c>
       <c r="D265" s="15" t="s">
         <v>896</v>
       </c>
       <c r="E265" s="15">
         <v>10080028323</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I265" s="15" t="s">
         <v>897</v>
       </c>
       <c r="J265" s="15">
         <v>200</v>
       </c>
       <c r="K265" s="15">
         <v>0.30096</v>
       </c>
       <c r="L265" s="15">
         <v>0.1746</v>
       </c>
       <c r="M265" s="15">
         <v>0.15163</v>
       </c>
       <c r="N265" s="15">
-        <v>313</v>
+        <v>229</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
         <v>898</v>
       </c>
       <c r="D266" s="15" t="s">
         <v>899</v>
       </c>
       <c r="E266" s="15" t="s">
         <v>900</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I266" s="15" t="s">
         <v>901</v>
       </c>
       <c r="J266" s="15"/>
       <c r="K266" s="15">
         <v>0.2628</v>
       </c>
       <c r="L266" s="15">
         <v>0.22776</v>
       </c>
       <c r="M266" s="15">
         <v>0.219</v>
       </c>
       <c r="N266" s="15">
-        <v>690</v>
+        <v>850</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
         <v>902</v>
       </c>
       <c r="D267" s="15" t="s">
         <v>903</v>
       </c>
       <c r="E267" s="15" t="s">
         <v>904</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I267" s="15" t="s">
@@ -14970,51 +14969,51 @@
       <c r="D270" s="15" t="s">
         <v>914</v>
       </c>
       <c r="E270" s="15" t="s">
         <v>915</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I270" s="15" t="s">
         <v>916</v>
       </c>
       <c r="J270" s="15"/>
       <c r="K270" s="15">
         <v>0.1319</v>
       </c>
       <c r="L270" s="15">
         <v>0.11431</v>
       </c>
       <c r="M270" s="15">
         <v>0.10991</v>
       </c>
       <c r="N270" s="15">
-        <v>790</v>
+        <v>630</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
         <v>917</v>
       </c>
       <c r="D271" s="15" t="s">
         <v>918</v>
       </c>
       <c r="E271" s="15">
         <v>10080031761</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I271" s="15" t="s">
@@ -15052,51 +15051,51 @@
       </c>
       <c r="E272" s="15">
         <v>10080028324</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I272" s="15" t="s">
         <v>922</v>
       </c>
       <c r="J272" s="15">
         <v>200</v>
       </c>
       <c r="K272" s="15">
         <v>0.28499</v>
       </c>
       <c r="L272" s="15">
         <v>0.15776</v>
       </c>
       <c r="M272" s="15">
         <v>0.1374</v>
       </c>
       <c r="N272" s="15">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
         <v>923</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>924</v>
       </c>
       <c r="E273" s="15" t="s">
         <v>925</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I273" s="15" t="s">
@@ -15134,3134 +15133,3128 @@
       </c>
       <c r="E274" s="15" t="s">
         <v>929</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>673</v>
       </c>
       <c r="I274" s="15" t="s">
         <v>930</v>
       </c>
       <c r="J274" s="15">
         <v>500</v>
       </c>
       <c r="K274" s="15">
         <v>0.13653</v>
       </c>
       <c r="L274" s="15">
         <v>0.12288</v>
       </c>
       <c r="M274" s="15">
         <v>0.11378</v>
       </c>
       <c r="N274" s="15">
-        <v>1235</v>
+        <v>1522</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
         <v>931</v>
       </c>
       <c r="D275" s="15" t="s">
         <v>932</v>
       </c>
       <c r="E275" s="15">
         <v>10080028528</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I275" s="15" t="s">
         <v>934</v>
       </c>
       <c r="J275" s="15">
         <v>800</v>
       </c>
       <c r="K275" s="15">
         <v>0.04746</v>
       </c>
       <c r="L275" s="15">
         <v>0.04113</v>
       </c>
       <c r="M275" s="15">
         <v>0.03955</v>
       </c>
       <c r="N275" s="15">
-        <v>7308</v>
+        <v>6552</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
         <v>935</v>
       </c>
       <c r="D276" s="15" t="s">
         <v>936</v>
       </c>
       <c r="E276" s="15">
         <v>10080040092</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I276" s="15" t="s">
         <v>937</v>
       </c>
       <c r="J276" s="15">
         <v>500</v>
       </c>
       <c r="K276" s="15">
         <v>0.07367</v>
       </c>
       <c r="L276" s="15">
         <v>0.06383999999999999</v>
       </c>
       <c r="M276" s="15">
         <v>0.06139</v>
       </c>
       <c r="N276" s="15">
-        <v>5663</v>
+        <v>4762</v>
       </c>
       <c r="O276" s="15">
-        <v>4400</v>
-[...3 lines deleted...]
-      </c>
+        <v>3700</v>
+      </c>
+      <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
+        <v>938</v>
+      </c>
+      <c r="D277" s="15" t="s">
         <v>939</v>
       </c>
-      <c r="D277" s="15" t="s">
+      <c r="E277" s="15" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>400</v>
       </c>
       <c r="K277" s="15">
         <v>0.07337</v>
       </c>
       <c r="L277" s="15">
         <v>0.07337</v>
       </c>
       <c r="M277" s="15">
         <v>0.07337</v>
       </c>
       <c r="N277" s="15">
-        <v>6992</v>
+        <v>5927</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
+        <v>941</v>
+      </c>
+      <c r="D278" s="15" t="s">
         <v>942</v>
       </c>
-      <c r="D278" s="15" t="s">
+      <c r="E278" s="15" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>200</v>
       </c>
       <c r="K278" s="15">
         <v>0.23737</v>
       </c>
       <c r="L278" s="15">
         <v>0.23737</v>
       </c>
       <c r="M278" s="15">
         <v>0.23737</v>
       </c>
       <c r="N278" s="15"/>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
+        <v>944</v>
+      </c>
+      <c r="D279" s="15" t="s">
         <v>945</v>
       </c>
-      <c r="D279" s="15" t="s">
+      <c r="E279" s="15" t="s">
         <v>946</v>
-      </c>
-[...1 lines deleted...]
-        <v>947</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>636</v>
       </c>
       <c r="K279" s="15">
         <v>0.31197</v>
       </c>
       <c r="L279" s="15">
         <v>0.27037</v>
       </c>
       <c r="M279" s="15">
         <v>0.25998</v>
       </c>
       <c r="N279" s="15">
-        <v>9300</v>
+        <v>9750</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
+        <v>947</v>
+      </c>
+      <c r="D280" s="15" t="s">
         <v>948</v>
-      </c>
-[...1 lines deleted...]
-        <v>949</v>
       </c>
       <c r="E280" s="15">
         <v>10080028533</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I280" s="15" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="J280" s="15">
         <v>800</v>
       </c>
       <c r="K280" s="15">
         <v>0.05817</v>
       </c>
       <c r="L280" s="15">
         <v>0.05041</v>
       </c>
       <c r="M280" s="15">
         <v>0.04848</v>
       </c>
       <c r="N280" s="15">
-        <v>52841</v>
+        <v>63719</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
+        <v>950</v>
+      </c>
+      <c r="D281" s="15" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
       <c r="E281" s="15">
         <v>10080040102</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I281" s="15" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="J281" s="15">
         <v>500</v>
       </c>
       <c r="K281" s="15">
         <v>0.08312</v>
       </c>
       <c r="L281" s="15">
         <v>0.07203</v>
       </c>
       <c r="M281" s="15">
         <v>0.06926</v>
       </c>
       <c r="N281" s="15">
-        <v>41460</v>
+        <v>40791</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
+        <v>953</v>
+      </c>
+      <c r="D282" s="15" t="s">
         <v>954</v>
-      </c>
-[...1 lines deleted...]
-        <v>955</v>
       </c>
       <c r="E282" s="15">
         <v>10080070832</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15"/>
       <c r="K282" s="15">
         <v>0.20594</v>
       </c>
       <c r="L282" s="15">
         <v>0.17163</v>
       </c>
       <c r="M282" s="15">
         <v>0.16475</v>
       </c>
       <c r="N282" s="15">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
+        <v>955</v>
+      </c>
+      <c r="D283" s="15" t="s">
         <v>956</v>
-      </c>
-[...1 lines deleted...]
-        <v>957</v>
       </c>
       <c r="E283" s="15">
         <v>10080058610</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>750</v>
       </c>
       <c r="K283" s="15">
         <v>0.22541</v>
       </c>
       <c r="L283" s="15">
         <v>0.22541</v>
       </c>
       <c r="M283" s="15">
         <v>0.22541</v>
       </c>
       <c r="N283" s="15">
         <v>68</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
+        <v>957</v>
+      </c>
+      <c r="D284" s="15" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
       <c r="E284" s="15">
         <v>10080061634</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15"/>
       <c r="K284" s="15">
         <v>0.78456</v>
       </c>
       <c r="L284" s="15">
         <v>0.6538</v>
       </c>
       <c r="M284" s="15">
         <v>0.62765</v>
       </c>
       <c r="N284" s="15">
         <v>7</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
+        <v>959</v>
+      </c>
+      <c r="D285" s="15" t="s">
         <v>960</v>
       </c>
-      <c r="D285" s="15" t="s">
+      <c r="E285" s="15" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I285" s="15" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="J285" s="15">
         <v>300</v>
       </c>
       <c r="K285" s="15">
         <v>0.0929</v>
       </c>
       <c r="L285" s="15">
         <v>0.08051</v>
       </c>
       <c r="M285" s="15">
         <v>0.07741000000000001</v>
       </c>
       <c r="N285" s="15">
         <v>37011</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
+        <v>963</v>
+      </c>
+      <c r="D286" s="15" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
       <c r="E286" s="15">
         <v>10080040113</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I286" s="15" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="J286" s="15">
         <v>300</v>
       </c>
       <c r="K286" s="15">
         <v>0.07946</v>
       </c>
       <c r="L286" s="15">
         <v>0.06886</v>
       </c>
       <c r="M286" s="15">
         <v>0.06621</v>
       </c>
       <c r="N286" s="15">
-        <v>106812</v>
+        <v>103216</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
+        <v>966</v>
+      </c>
+      <c r="D287" s="15" t="s">
         <v>967</v>
       </c>
-      <c r="D287" s="15" t="s">
+      <c r="E287" s="15" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>125</v>
       </c>
       <c r="K287" s="15">
         <v>0.53613</v>
       </c>
       <c r="L287" s="15">
         <v>0.44966</v>
       </c>
       <c r="M287" s="15">
         <v>0.43236</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
+        <v>969</v>
+      </c>
+      <c r="D288" s="15" t="s">
         <v>970</v>
       </c>
-      <c r="D288" s="15" t="s">
+      <c r="E288" s="15" t="s">
         <v>971</v>
-      </c>
-[...1 lines deleted...]
-        <v>972</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I288" s="15" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="J288" s="15">
         <v>500</v>
       </c>
       <c r="K288" s="15">
         <v>0.07190000000000001</v>
       </c>
       <c r="L288" s="15">
         <v>0.06231</v>
       </c>
       <c r="M288" s="15">
         <v>0.05991</v>
       </c>
       <c r="N288" s="15">
-        <v>20503</v>
+        <v>18093</v>
       </c>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
+        <v>973</v>
+      </c>
+      <c r="D289" s="15" t="s">
         <v>974</v>
       </c>
-      <c r="D289" s="15" t="s">
+      <c r="E289" s="15" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I289" s="15" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="J289" s="15">
         <v>300</v>
       </c>
       <c r="K289" s="15">
         <v>0.10796</v>
       </c>
       <c r="L289" s="15">
         <v>0.09356</v>
       </c>
       <c r="M289" s="15">
         <v>0.08996</v>
       </c>
       <c r="N289" s="15">
-        <v>26654</v>
+        <v>17866</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
+        <v>977</v>
+      </c>
+      <c r="D290" s="15" t="s">
         <v>978</v>
       </c>
-      <c r="D290" s="15" t="s">
+      <c r="E290" s="15" t="s">
         <v>979</v>
-      </c>
-[...1 lines deleted...]
-        <v>980</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I290" s="15" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
       <c r="J290" s="15"/>
       <c r="K290" s="15">
         <v>0.7245</v>
       </c>
       <c r="L290" s="15">
         <v>0.05796</v>
       </c>
       <c r="M290" s="15">
         <v>0.05313</v>
       </c>
       <c r="N290" s="15"/>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
+        <v>981</v>
+      </c>
+      <c r="D291" s="15" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>983</v>
       </c>
       <c r="E291" s="15">
         <v>10080027392</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I291" s="15" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="J291" s="15">
         <v>800</v>
       </c>
       <c r="K291" s="15">
         <v>0.05718</v>
       </c>
       <c r="L291" s="15">
         <v>0.04956</v>
       </c>
       <c r="M291" s="15">
         <v>0.04765</v>
       </c>
       <c r="N291" s="15">
-        <v>81028</v>
+        <v>78546</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
+        <v>984</v>
+      </c>
+      <c r="D292" s="15" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
       <c r="E292" s="15">
         <v>10080027658</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I292" s="15" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="J292" s="15">
         <v>500</v>
       </c>
       <c r="K292" s="15">
         <v>0.08468000000000001</v>
       </c>
       <c r="L292" s="15">
         <v>0.07339</v>
       </c>
       <c r="M292" s="15">
         <v>0.07056</v>
       </c>
       <c r="N292" s="15">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
+        <v>987</v>
+      </c>
+      <c r="D293" s="15" t="s">
         <v>988</v>
-      </c>
-[...1 lines deleted...]
-        <v>989</v>
       </c>
       <c r="E293" s="15">
         <v>10080028532</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="J293" s="15">
         <v>400</v>
       </c>
       <c r="K293" s="15">
         <v>0.05744</v>
       </c>
       <c r="L293" s="15">
         <v>0.04978</v>
       </c>
       <c r="M293" s="15">
         <v>0.04786</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
+        <v>990</v>
+      </c>
+      <c r="D294" s="15" t="s">
         <v>991</v>
       </c>
-      <c r="D294" s="15" t="s">
+      <c r="E294" s="15" t="s">
         <v>992</v>
-      </c>
-[...1 lines deleted...]
-        <v>993</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I294" s="15" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="J294" s="15">
         <v>800</v>
       </c>
       <c r="K294" s="15">
         <v>0.08084</v>
       </c>
       <c r="L294" s="15">
         <v>0.07006</v>
       </c>
       <c r="M294" s="15">
         <v>0.06736</v>
       </c>
       <c r="N294" s="15">
-        <v>640</v>
+        <v>608</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
+        <v>994</v>
+      </c>
+      <c r="D295" s="15" t="s">
         <v>995</v>
-      </c>
-[...1 lines deleted...]
-        <v>996</v>
       </c>
       <c r="E295" s="15">
         <v>10080054376</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15">
         <v>612</v>
       </c>
       <c r="K295" s="15">
         <v>0.6256699999999999</v>
       </c>
       <c r="L295" s="15">
         <v>0.50456</v>
       </c>
       <c r="M295" s="15">
         <v>0.48439</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="P295" s="15" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C296" s="15" t="s">
+        <v>997</v>
+      </c>
+      <c r="D296" s="15" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>999</v>
       </c>
       <c r="E296" s="15">
         <v>10080040112</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="J296" s="15">
         <v>500</v>
       </c>
       <c r="K296" s="15">
         <v>0.05444</v>
       </c>
       <c r="L296" s="15">
         <v>0.04718</v>
       </c>
       <c r="M296" s="15">
         <v>0.04536</v>
       </c>
       <c r="N296" s="15">
-        <v>25340</v>
+        <v>19581</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C297" s="15" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D297" s="15" t="s">
         <v>1001</v>
       </c>
-      <c r="D297" s="15" t="s">
+      <c r="E297" s="15" t="s">
         <v>1002</v>
-      </c>
-[...1 lines deleted...]
-        <v>1003</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I297" s="15" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="J297" s="15">
         <v>100</v>
       </c>
       <c r="K297" s="15">
         <v>0.19442</v>
       </c>
       <c r="L297" s="15">
         <v>0.16849</v>
       </c>
       <c r="M297" s="15">
         <v>0.16201</v>
       </c>
       <c r="N297" s="15">
         <v>100</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C298" s="15" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D298" s="15" t="s">
         <v>1005</v>
-      </c>
-[...1 lines deleted...]
-        <v>1006</v>
       </c>
       <c r="E298" s="15">
         <v>10080028534</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I298" s="15" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="J298" s="15">
         <v>500</v>
       </c>
       <c r="K298" s="15">
         <v>0.06813</v>
       </c>
       <c r="L298" s="15">
         <v>0.05905</v>
       </c>
       <c r="M298" s="15">
         <v>0.05678</v>
       </c>
       <c r="N298" s="15">
         <v>62</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C299" s="15" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D299" s="15" t="s">
         <v>1008</v>
       </c>
-      <c r="D299" s="15" t="s">
+      <c r="E299" s="15" t="s">
         <v>1009</v>
-      </c>
-[...1 lines deleted...]
-        <v>1010</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I299" s="15" t="s">
-        <v>1011</v>
+        <v>1010</v>
       </c>
       <c r="J299" s="15">
         <v>300</v>
       </c>
       <c r="K299" s="15">
         <v>0.09377000000000001</v>
       </c>
       <c r="L299" s="15">
         <v>0.08126</v>
       </c>
       <c r="M299" s="15">
         <v>0.07814</v>
       </c>
       <c r="N299" s="15">
-        <v>6900</v>
+        <v>8458</v>
       </c>
       <c r="O299" s="15">
-        <v>13800</v>
-[...3 lines deleted...]
-      </c>
+        <v>17000</v>
+      </c>
+      <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C300" s="15" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D300" s="15" t="s">
         <v>1008</v>
       </c>
-      <c r="D300" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E300" s="15" t="s">
-        <v>1012</v>
+        <v>1011</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I300" s="15" t="s">
-        <v>1013</v>
+        <v>1012</v>
       </c>
       <c r="J300" s="15">
         <v>400</v>
       </c>
       <c r="K300" s="15">
         <v>0.09153</v>
       </c>
       <c r="L300" s="15">
         <v>0.07933</v>
       </c>
       <c r="M300" s="15">
         <v>0.07628</v>
       </c>
       <c r="N300" s="15">
-        <v>1564</v>
+        <v>1725</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C301" s="15" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D301" s="15" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>1015</v>
       </c>
       <c r="E301" s="15">
         <v>10080070436</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I301" s="15" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="J301" s="15">
         <v>300</v>
       </c>
       <c r="K301" s="15">
         <v>0.11228</v>
       </c>
       <c r="L301" s="15">
         <v>0.09730999999999999</v>
       </c>
       <c r="M301" s="15">
         <v>0.09356</v>
       </c>
       <c r="N301" s="15">
-        <v>4827</v>
+        <v>234</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C302" s="15" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D302" s="15" t="s">
         <v>1017</v>
       </c>
-      <c r="D302" s="15" t="s">
+      <c r="E302" s="15" t="s">
         <v>1018</v>
-      </c>
-[...1 lines deleted...]
-        <v>1019</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I302" s="15" t="s">
-        <v>1020</v>
+        <v>1019</v>
       </c>
       <c r="J302" s="15">
         <v>300</v>
       </c>
       <c r="K302" s="15">
         <v>0.11352</v>
       </c>
       <c r="L302" s="15">
         <v>0.09838</v>
       </c>
       <c r="M302" s="15">
         <v>0.0946</v>
       </c>
       <c r="N302" s="15">
-        <v>5832</v>
+        <v>5184</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D303" s="15" t="s">
         <v>1021</v>
       </c>
-      <c r="D303" s="15" t="s">
+      <c r="E303" s="15" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I303" s="15" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="J303" s="15">
         <v>100</v>
       </c>
       <c r="K303" s="15">
         <v>0.27051</v>
       </c>
       <c r="L303" s="15">
         <v>0.23444</v>
       </c>
       <c r="M303" s="15">
         <v>0.22543</v>
       </c>
       <c r="N303" s="15">
-        <v>210</v>
+        <v>180</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C304" s="15" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D304" s="15" t="s">
         <v>1025</v>
       </c>
-      <c r="D304" s="15" t="s">
+      <c r="E304" s="15" t="s">
         <v>1026</v>
-      </c>
-[...1 lines deleted...]
-        <v>1027</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I304" s="15" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="J304" s="15">
         <v>100</v>
       </c>
       <c r="K304" s="15">
         <v>0.40334</v>
       </c>
       <c r="L304" s="15">
         <v>0.34956</v>
       </c>
       <c r="M304" s="15">
         <v>0.33611</v>
       </c>
       <c r="N304" s="15">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C305" s="15" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D305" s="15" t="s">
         <v>1029</v>
       </c>
-      <c r="D305" s="15" t="s">
+      <c r="E305" s="15" t="s">
         <v>1030</v>
-      </c>
-[...1 lines deleted...]
-        <v>1031</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I305" s="15" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="J305" s="15">
         <v>150</v>
       </c>
       <c r="K305" s="15">
         <v>0.10596</v>
       </c>
       <c r="L305" s="15">
         <v>0.09182999999999999</v>
       </c>
       <c r="M305" s="15">
         <v>0.0883</v>
       </c>
       <c r="N305" s="15">
-        <v>3900</v>
+        <v>4920</v>
       </c>
       <c r="O305" s="15">
-        <v>1300</v>
-[...3 lines deleted...]
-      </c>
+        <v>1640</v>
+      </c>
+      <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C306" s="15" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D306" s="15" t="s">
         <v>1033</v>
       </c>
-      <c r="D306" s="15" t="s">
+      <c r="E306" s="15" t="s">
         <v>1034</v>
-      </c>
-[...1 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I306" s="15" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="J306" s="15">
         <v>500</v>
       </c>
       <c r="K306" s="15">
         <v>0.08183</v>
       </c>
       <c r="L306" s="15">
         <v>0.07092</v>
       </c>
       <c r="M306" s="15">
         <v>0.06819</v>
       </c>
       <c r="N306" s="15">
-        <v>492</v>
+        <v>402</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C307" s="15" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D307" s="15" t="s">
         <v>1037</v>
       </c>
-      <c r="D307" s="15" t="s">
+      <c r="E307" s="15" t="s">
         <v>1038</v>
-      </c>
-[...1 lines deleted...]
-        <v>1039</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="J307" s="15">
         <v>250</v>
       </c>
       <c r="K307" s="15">
         <v>0.12291</v>
       </c>
       <c r="L307" s="15">
         <v>0.10652</v>
       </c>
       <c r="M307" s="15">
         <v>0.10243</v>
       </c>
       <c r="N307" s="15">
-        <v>1891</v>
+        <v>2139</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C308" s="15" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D308" s="15" t="s">
         <v>1041</v>
       </c>
-      <c r="D308" s="15" t="s">
+      <c r="E308" s="15" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I308" s="15" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="J308" s="15">
         <v>300</v>
       </c>
       <c r="K308" s="15">
         <v>0.222</v>
       </c>
       <c r="L308" s="15">
         <v>0.149</v>
       </c>
       <c r="M308" s="15">
         <v>0.139</v>
       </c>
       <c r="N308" s="15">
         <v>47891</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C309" s="15" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D309" s="15" t="s">
         <v>1045</v>
       </c>
-      <c r="D309" s="15" t="s">
+      <c r="E309" s="15" t="s">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I309" s="15" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="J309" s="15"/>
       <c r="K309" s="15">
         <v>0.33041</v>
       </c>
       <c r="L309" s="15">
         <v>0.27712</v>
       </c>
       <c r="M309" s="15">
         <v>0.26645</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C310" s="15" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D310" s="15" t="s">
         <v>1049</v>
       </c>
-      <c r="D310" s="15" t="s">
+      <c r="E310" s="15" t="s">
         <v>1050</v>
-      </c>
-[...1 lines deleted...]
-        <v>1051</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I310" s="15" t="s">
-        <v>1052</v>
+        <v>1051</v>
       </c>
       <c r="J310" s="15"/>
       <c r="K310" s="15">
         <v>0.49622</v>
       </c>
       <c r="L310" s="15">
         <v>0.41619</v>
       </c>
       <c r="M310" s="15">
         <v>0.40018</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C311" s="15" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D311" s="15" t="s">
         <v>1053</v>
       </c>
-      <c r="D311" s="15" t="s">
+      <c r="E311" s="15" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="J311" s="15">
         <v>800</v>
       </c>
       <c r="K311" s="15">
         <v>0.17476</v>
       </c>
       <c r="L311" s="15">
         <v>0.14656</v>
       </c>
       <c r="M311" s="15">
         <v>0.14093</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C312" s="15" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D312" s="15" t="s">
         <v>1057</v>
       </c>
-      <c r="D312" s="15" t="s">
+      <c r="E312" s="15" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>1059</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I312" s="15"/>
       <c r="J312" s="15">
         <v>800</v>
       </c>
       <c r="K312" s="15">
         <v>0.12033</v>
       </c>
       <c r="L312" s="15">
         <v>0.10429</v>
       </c>
       <c r="M312" s="15">
         <v>0.10028</v>
       </c>
       <c r="N312" s="15">
-        <v>2624</v>
+        <v>2720</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C313" s="15" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D313" s="15" t="s">
         <v>1060</v>
       </c>
-      <c r="D313" s="15" t="s">
+      <c r="E313" s="15" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="J313" s="15">
         <v>500</v>
       </c>
       <c r="K313" s="15">
         <v>0.1419</v>
       </c>
       <c r="L313" s="15">
         <v>0.12298</v>
       </c>
       <c r="M313" s="15">
         <v>0.11825</v>
       </c>
       <c r="N313" s="15">
         <v>2550</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C314" s="15" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D314" s="15" t="s">
         <v>1064</v>
       </c>
-      <c r="D314" s="15" t="s">
+      <c r="E314" s="15" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>1066</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I314" s="15" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="J314" s="15">
         <v>500</v>
       </c>
       <c r="K314" s="15">
         <v>0.08466</v>
       </c>
       <c r="L314" s="15">
         <v>0.07337</v>
       </c>
       <c r="M314" s="15">
         <v>0.07055</v>
       </c>
       <c r="N314" s="15">
-        <v>8960</v>
+        <v>9344</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C315" s="15" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D315" s="15" t="s">
         <v>1068</v>
       </c>
-      <c r="D315" s="15" t="s">
+      <c r="E315" s="15" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I315" s="15" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="J315" s="15">
         <v>500</v>
       </c>
       <c r="K315" s="15">
         <v>0.12909</v>
       </c>
       <c r="L315" s="15">
         <v>0.11188</v>
       </c>
       <c r="M315" s="15">
         <v>0.10758</v>
       </c>
       <c r="N315" s="15">
-        <v>5092</v>
+        <v>5293</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C316" s="15" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D316" s="15" t="s">
         <v>1072</v>
       </c>
-      <c r="D316" s="15" t="s">
+      <c r="E316" s="15" t="s">
         <v>1073</v>
-      </c>
-[...1 lines deleted...]
-        <v>1074</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I316" s="15" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="J316" s="15">
         <v>800</v>
       </c>
       <c r="K316" s="15">
         <v>0.05447</v>
       </c>
       <c r="L316" s="15">
         <v>0.0472</v>
       </c>
       <c r="M316" s="15">
         <v>0.04539</v>
       </c>
       <c r="N316" s="15">
-        <v>17685</v>
+        <v>714</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C317" s="15" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D317" s="15" t="s">
         <v>1076</v>
-      </c>
-[...1 lines deleted...]
-        <v>1077</v>
       </c>
       <c r="E317" s="15">
         <v>10080028527</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I317" s="15" t="s">
-        <v>1078</v>
+        <v>1077</v>
       </c>
       <c r="J317" s="15">
         <v>800</v>
       </c>
       <c r="K317" s="15">
         <v>0.05546</v>
       </c>
       <c r="L317" s="15">
         <v>0.04806</v>
       </c>
       <c r="M317" s="15">
         <v>0.04621</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C318" s="15" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D318" s="15" t="s">
         <v>1079</v>
       </c>
-      <c r="D318" s="15" t="s">
+      <c r="E318" s="15" t="s">
         <v>1080</v>
-      </c>
-[...1 lines deleted...]
-        <v>1081</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="J318" s="15">
         <v>500</v>
       </c>
       <c r="K318" s="15">
         <v>0.09375</v>
       </c>
       <c r="L318" s="15">
         <v>0.08125</v>
       </c>
       <c r="M318" s="15">
         <v>0.07813000000000001</v>
       </c>
       <c r="N318" s="15">
-        <v>12390</v>
+        <v>12540</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C319" s="15" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D319" s="15" t="s">
         <v>1083</v>
       </c>
-      <c r="D319" s="15" t="s">
+      <c r="E319" s="15" t="s">
         <v>1084</v>
-      </c>
-[...1 lines deleted...]
-        <v>1085</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>933</v>
       </c>
       <c r="I319" s="15" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="J319" s="15">
         <v>150</v>
       </c>
       <c r="K319" s="15">
-        <v>0.93795</v>
+        <v>0.64712</v>
       </c>
       <c r="L319" s="15">
-        <v>0.81289</v>
+        <v>0.5608300000000001</v>
       </c>
       <c r="M319" s="15">
-        <v>0.78163</v>
+        <v>0.53926</v>
       </c>
       <c r="N319" s="15"/>
       <c r="O319" s="15">
-        <v>5952</v>
+        <v>6231</v>
       </c>
       <c r="P319" s="15" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C320" s="15" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D320" s="15" t="s">
         <v>1088</v>
       </c>
-      <c r="D320" s="15" t="s">
+      <c r="E320" s="15" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>1090</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="I320" s="15"/>
       <c r="J320" s="15"/>
       <c r="K320" s="15">
         <v>0.11899</v>
       </c>
       <c r="L320" s="15">
         <v>0.0998</v>
       </c>
       <c r="M320" s="15">
         <v>0.09596</v>
       </c>
       <c r="N320" s="15"/>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C321" s="15" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D321" s="15" t="s">
         <v>1092</v>
       </c>
-      <c r="D321" s="15" t="s">
+      <c r="E321" s="15" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I321" s="15" t="s">
         <v>1095</v>
-      </c>
-[...1 lines deleted...]
-        <v>1096</v>
       </c>
       <c r="J321" s="15"/>
       <c r="K321" s="15">
         <v>0.14352</v>
       </c>
       <c r="L321" s="15">
         <v>0.12438</v>
       </c>
       <c r="M321" s="15">
         <v>0.1196</v>
       </c>
       <c r="N321" s="15">
-        <v>3850</v>
+        <v>3450</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C322" s="15" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D322" s="15" t="s">
         <v>1097</v>
       </c>
-      <c r="D322" s="15" t="s">
+      <c r="E322" s="15" t="s">
         <v>1098</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I322" s="15" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="J322" s="15"/>
       <c r="K322" s="15">
         <v>0.12078</v>
       </c>
       <c r="L322" s="15">
         <v>0.10519</v>
       </c>
       <c r="M322" s="15">
         <v>0.0974</v>
       </c>
       <c r="N322" s="15">
-        <v>2100</v>
+        <v>1675</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C323" s="15" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D323" s="15" t="s">
         <v>1101</v>
       </c>
-      <c r="D323" s="15" t="s">
+      <c r="E323" s="15" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I323" s="15" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="J323" s="15"/>
       <c r="K323" s="15">
         <v>0.12354</v>
       </c>
       <c r="L323" s="15">
         <v>0.10707</v>
       </c>
       <c r="M323" s="15">
         <v>0.10295</v>
       </c>
       <c r="N323" s="15">
-        <v>3700</v>
+        <v>4000</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C324" s="15" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D324" s="15" t="s">
         <v>1105</v>
       </c>
-      <c r="D324" s="15" t="s">
+      <c r="E324" s="15" t="s">
         <v>1106</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I324" s="15" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="J324" s="15"/>
       <c r="K324" s="15">
         <v>0.0992</v>
       </c>
       <c r="L324" s="15">
         <v>0.08597</v>
       </c>
       <c r="M324" s="15">
         <v>0.08266</v>
       </c>
       <c r="N324" s="15">
-        <v>820</v>
+        <v>650</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C325" s="15" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D325" s="15" t="s">
         <v>1109</v>
       </c>
-      <c r="D325" s="15" t="s">
+      <c r="E325" s="15" t="s">
         <v>1110</v>
-      </c>
-[...1 lines deleted...]
-        <v>1111</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I325" s="15" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="J325" s="15"/>
       <c r="K325" s="15">
         <v>0.14123</v>
       </c>
       <c r="L325" s="15">
         <v>0.1271</v>
       </c>
       <c r="M325" s="15">
         <v>0.11769</v>
       </c>
       <c r="N325" s="15">
-        <v>700</v>
+        <v>620</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C326" s="15" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D326" s="15" t="s">
         <v>1113</v>
       </c>
-      <c r="D326" s="15" t="s">
+      <c r="E326" s="15" t="s">
         <v>1114</v>
-      </c>
-[...1 lines deleted...]
-        <v>1115</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I326" s="15" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="J326" s="15"/>
       <c r="K326" s="15">
         <v>0.12301</v>
       </c>
       <c r="L326" s="15">
         <v>0.10714</v>
       </c>
       <c r="M326" s="15">
         <v>0.0992</v>
       </c>
       <c r="N326" s="15">
-        <v>15575</v>
+        <v>13125</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C327" s="15" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D327" s="15" t="s">
         <v>1117</v>
       </c>
-      <c r="D327" s="15" t="s">
+      <c r="E327" s="15" t="s">
         <v>1118</v>
-      </c>
-[...1 lines deleted...]
-        <v>1119</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I327" s="15" t="s">
-        <v>1120</v>
+        <v>1119</v>
       </c>
       <c r="J327" s="15"/>
       <c r="K327" s="15">
         <v>0.24164</v>
       </c>
       <c r="L327" s="15">
         <v>0.1611</v>
       </c>
       <c r="M327" s="15">
         <v>0.14645</v>
       </c>
       <c r="N327" s="15">
         <v>2</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C328" s="15" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D328" s="15" t="s">
         <v>1121</v>
       </c>
-      <c r="D328" s="15" t="s">
+      <c r="E328" s="15" t="s">
         <v>1122</v>
-      </c>
-[...1 lines deleted...]
-        <v>1123</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I328" s="15" t="s">
-        <v>1124</v>
+        <v>1123</v>
       </c>
       <c r="J328" s="15">
         <v>150</v>
       </c>
       <c r="K328" s="15">
         <v>0.12526</v>
       </c>
       <c r="L328" s="15">
         <v>0.10909</v>
       </c>
       <c r="M328" s="15">
         <v>0.10101</v>
       </c>
       <c r="N328" s="15">
-        <v>4788</v>
+        <v>5985</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C329" s="15" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D329" s="15" t="s">
         <v>1125</v>
       </c>
-      <c r="D329" s="15" t="s">
+      <c r="E329" s="15" t="s">
         <v>1126</v>
-      </c>
-[...1 lines deleted...]
-        <v>1127</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I329" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="J329" s="15"/>
       <c r="K329" s="15">
         <v>0.18842</v>
       </c>
       <c r="L329" s="15">
         <v>0.16411</v>
       </c>
       <c r="M329" s="15">
         <v>0.15195</v>
       </c>
       <c r="N329" s="15">
-        <v>7875</v>
+        <v>7738</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C330" s="15" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D330" s="15" t="s">
         <v>1129</v>
       </c>
-      <c r="D330" s="15" t="s">
+      <c r="E330" s="15" t="s">
         <v>1130</v>
-      </c>
-[...1 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I330" s="15" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="J330" s="15"/>
       <c r="K330" s="15">
         <v>0.10453</v>
       </c>
       <c r="L330" s="15">
         <v>0.09104</v>
       </c>
       <c r="M330" s="15">
         <v>0.0843</v>
       </c>
       <c r="N330" s="15">
-        <v>620</v>
+        <v>890</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C331" s="15" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D331" s="15" t="s">
         <v>1133</v>
       </c>
-      <c r="D331" s="15" t="s">
+      <c r="E331" s="15" t="s">
         <v>1134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1135</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I331" s="15" t="s">
-        <v>1136</v>
+        <v>1135</v>
       </c>
       <c r="J331" s="15">
         <v>200</v>
       </c>
       <c r="K331" s="15">
         <v>0.11427</v>
       </c>
       <c r="L331" s="15">
         <v>0.09903000000000001</v>
       </c>
       <c r="M331" s="15">
         <v>0.09523</v>
       </c>
       <c r="N331" s="15">
-        <v>17336</v>
+        <v>13698</v>
       </c>
       <c r="O331" s="15">
-        <v>16201</v>
+        <v>12800</v>
       </c>
       <c r="P331" s="15" t="s">
-        <v>1137</v>
+        <v>1136</v>
       </c>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C332" s="15" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D332" s="15" t="s">
         <v>1138</v>
       </c>
-      <c r="D332" s="15" t="s">
+      <c r="E332" s="15" t="s">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I332" s="15" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="J332" s="15">
         <v>150</v>
       </c>
       <c r="K332" s="15">
         <v>0.16393</v>
       </c>
       <c r="L332" s="15">
         <v>0.14278</v>
       </c>
       <c r="M332" s="15">
         <v>0.1322</v>
       </c>
       <c r="N332" s="15">
-        <v>21422</v>
+        <v>27882</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C333" s="15" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D333" s="15" t="s">
         <v>1142</v>
       </c>
-      <c r="D333" s="15" t="s">
+      <c r="E333" s="15" t="s">
         <v>1143</v>
-      </c>
-[...1 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I333" s="15" t="s">
-        <v>1145</v>
+        <v>1144</v>
       </c>
       <c r="J333" s="15"/>
       <c r="K333" s="15">
         <v>0.15882</v>
       </c>
       <c r="L333" s="15">
         <v>0.13764</v>
       </c>
       <c r="M333" s="15">
         <v>0.13235</v>
       </c>
       <c r="N333" s="15"/>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C334" s="15" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D334" s="15" t="s">
         <v>1146</v>
       </c>
-      <c r="D334" s="15" t="s">
+      <c r="E334" s="15" t="s">
         <v>1147</v>
-      </c>
-[...1 lines deleted...]
-        <v>1148</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I334" s="15" t="s">
-        <v>1149</v>
+        <v>1148</v>
       </c>
       <c r="J334" s="15">
         <v>150</v>
       </c>
       <c r="K334" s="15">
         <v>0.1625</v>
       </c>
       <c r="L334" s="15">
         <v>0.14083</v>
       </c>
       <c r="M334" s="15">
         <v>0.13541</v>
       </c>
       <c r="N334" s="15">
-        <v>141700</v>
+        <v>165680</v>
       </c>
       <c r="O334" s="15">
-        <v>97500</v>
+        <v>114000</v>
       </c>
       <c r="P334" s="15" t="s">
-        <v>1137</v>
+        <v>1136</v>
       </c>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C335" s="15" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D335" s="15" t="s">
         <v>1150</v>
       </c>
-      <c r="D335" s="15" t="s">
+      <c r="E335" s="15" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I335" s="15" t="s">
-        <v>1153</v>
+        <v>1152</v>
       </c>
       <c r="J335" s="15">
         <v>150</v>
       </c>
       <c r="K335" s="15">
         <v>0.11186</v>
       </c>
       <c r="L335" s="15">
         <v>0.09743</v>
       </c>
       <c r="M335" s="15">
         <v>0.09021</v>
       </c>
       <c r="N335" s="15">
-        <v>18617</v>
+        <v>23345</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C336" s="15" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D336" s="15" t="s">
         <v>1154</v>
       </c>
-      <c r="D336" s="15" t="s">
+      <c r="E336" s="15" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I336" s="15" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="J336" s="15">
         <v>100</v>
       </c>
       <c r="K336" s="15">
         <v>0.16774</v>
       </c>
       <c r="L336" s="15">
         <v>0.1461</v>
       </c>
       <c r="M336" s="15">
         <v>0.13528</v>
       </c>
       <c r="N336" s="15"/>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C337" s="15" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D337" s="15" t="s">
         <v>1158</v>
       </c>
-      <c r="D337" s="15" t="s">
+      <c r="E337" s="15" t="s">
         <v>1159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I337" s="15" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="J337" s="15">
         <v>100</v>
       </c>
       <c r="K337" s="15">
         <v>0.1631</v>
       </c>
       <c r="L337" s="15">
         <v>0.14679</v>
       </c>
       <c r="M337" s="15">
         <v>0.13591</v>
       </c>
       <c r="N337" s="15">
-        <v>4350</v>
+        <v>3250</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C338" s="15" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D338" s="15" t="s">
         <v>1162</v>
       </c>
-      <c r="D338" s="15" t="s">
+      <c r="E338" s="15" t="s">
         <v>1163</v>
-      </c>
-[...1 lines deleted...]
-        <v>1164</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I338" s="15" t="s">
-        <v>1165</v>
+        <v>1164</v>
       </c>
       <c r="J338" s="15"/>
       <c r="K338" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="L338" s="15">
         <v>0.08519</v>
       </c>
       <c r="M338" s="15">
         <v>0.07888000000000001</v>
       </c>
       <c r="N338" s="15">
         <v>31500</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C339" s="15" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D339" s="15" t="s">
         <v>1166</v>
       </c>
-      <c r="D339" s="15" t="s">
+      <c r="E339" s="15" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I339" s="15" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="J339" s="15"/>
       <c r="K339" s="15">
         <v>0.14685</v>
       </c>
       <c r="L339" s="15">
         <v>0.1279</v>
       </c>
       <c r="M339" s="15">
         <v>0.11843</v>
       </c>
       <c r="N339" s="15">
-        <v>16000</v>
+        <v>13000</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C340" s="15" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D340" s="15" t="s">
         <v>1170</v>
       </c>
-      <c r="D340" s="15" t="s">
+      <c r="E340" s="15" t="s">
         <v>1171</v>
-      </c>
-[...1 lines deleted...]
-        <v>1172</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I340" s="15" t="s">
-        <v>1173</v>
+        <v>1172</v>
       </c>
       <c r="J340" s="15"/>
       <c r="K340" s="15">
         <v>0.30621</v>
       </c>
       <c r="L340" s="15">
         <v>0.1997</v>
       </c>
       <c r="M340" s="15">
         <v>0.18639</v>
       </c>
       <c r="N340" s="15">
         <v>2</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C341" s="15" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D341" s="15" t="s">
         <v>1174</v>
       </c>
-      <c r="D341" s="15" t="s">
+      <c r="E341" s="15" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I341" s="15" t="s">
-        <v>1177</v>
+        <v>1176</v>
       </c>
       <c r="J341" s="15"/>
       <c r="K341" s="15">
         <v>0.23736</v>
       </c>
       <c r="L341" s="15">
         <v>0.21362</v>
       </c>
       <c r="M341" s="15">
         <v>0.1978</v>
       </c>
       <c r="N341" s="15">
-        <v>4152</v>
+        <v>3752</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C342" s="15" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D342" s="15" t="s">
         <v>1178</v>
       </c>
-      <c r="D342" s="15" t="s">
+      <c r="E342" s="15" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I342" s="15" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="J342" s="15">
         <v>200</v>
       </c>
       <c r="K342" s="15">
         <v>0.12512</v>
       </c>
       <c r="L342" s="15">
         <v>0.10897</v>
       </c>
       <c r="M342" s="15">
         <v>0.1009</v>
       </c>
       <c r="N342" s="15">
-        <v>2243</v>
+        <v>2381</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C343" s="15" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D343" s="15" t="s">
         <v>1182</v>
       </c>
-      <c r="D343" s="15" t="s">
+      <c r="E343" s="15" t="s">
         <v>1183</v>
-      </c>
-[...1 lines deleted...]
-        <v>1184</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I343" s="15" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="J343" s="15">
         <v>150</v>
       </c>
       <c r="K343" s="15">
         <v>0.19003</v>
       </c>
       <c r="L343" s="15">
         <v>0.16551</v>
       </c>
       <c r="M343" s="15">
         <v>0.15325</v>
       </c>
       <c r="N343" s="15">
-        <v>6685</v>
+        <v>8500</v>
       </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C344" s="15" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D344" s="15" t="s">
         <v>1186</v>
       </c>
-      <c r="D344" s="15" t="s">
+      <c r="E344" s="15" t="s">
         <v>1187</v>
-      </c>
-[...1 lines deleted...]
-        <v>1188</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I344" s="15" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
       <c r="J344" s="15">
         <v>1000</v>
       </c>
       <c r="K344" s="15">
         <v>0.18791</v>
       </c>
       <c r="L344" s="15">
         <v>0.16285</v>
       </c>
       <c r="M344" s="15">
         <v>0.15659</v>
       </c>
       <c r="N344" s="15">
-        <v>174000</v>
+        <v>164000</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C345" s="15" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D345" s="15" t="s">
         <v>1190</v>
       </c>
-      <c r="D345" s="15" t="s">
+      <c r="E345" s="15" t="s">
         <v>1191</v>
-      </c>
-[...1 lines deleted...]
-        <v>1192</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I345" s="15" t="s">
-        <v>1193</v>
+        <v>1192</v>
       </c>
       <c r="J345" s="15"/>
       <c r="K345" s="15">
         <v>0.18039</v>
       </c>
       <c r="L345" s="15">
         <v>0.15711</v>
       </c>
       <c r="M345" s="15">
         <v>0.14548</v>
       </c>
       <c r="N345" s="15">
-        <v>6000</v>
+        <v>6225</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C346" s="15" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D346" s="15" t="s">
         <v>1194</v>
       </c>
-      <c r="D346" s="15" t="s">
+      <c r="E346" s="15" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1196</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I346" s="15" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="J346" s="15"/>
       <c r="K346" s="15">
         <v>1.13</v>
       </c>
       <c r="L346" s="15">
         <v>0.75888</v>
       </c>
       <c r="M346" s="15">
         <v>0.679</v>
       </c>
       <c r="N346" s="15"/>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C347" s="15" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D347" s="15" t="s">
         <v>1198</v>
       </c>
-      <c r="D347" s="15" t="s">
+      <c r="E347" s="15" t="s">
         <v>1199</v>
-      </c>
-[...1 lines deleted...]
-        <v>1200</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I347" s="15" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="J347" s="15"/>
       <c r="K347" s="15">
         <v>0.15353</v>
       </c>
       <c r="L347" s="15">
         <v>0.13372</v>
       </c>
       <c r="M347" s="15">
         <v>0.12381</v>
       </c>
       <c r="N347" s="15">
-        <v>1950</v>
+        <v>1825</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C348" s="15" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D348" s="15" t="s">
         <v>1202</v>
       </c>
-      <c r="D348" s="15" t="s">
+      <c r="E348" s="15" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>1204</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I348" s="15" t="s">
-        <v>1205</v>
+        <v>1204</v>
       </c>
       <c r="J348" s="15"/>
       <c r="K348" s="15">
         <v>0.15416</v>
       </c>
       <c r="L348" s="15">
         <v>0.13427</v>
       </c>
       <c r="M348" s="15">
         <v>0.12433</v>
       </c>
       <c r="N348" s="15">
-        <v>1050</v>
+        <v>1100</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C349" s="15" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D349" s="15" t="s">
         <v>1206</v>
       </c>
-      <c r="D349" s="15" t="s">
+      <c r="E349" s="15" t="s">
         <v>1207</v>
-      </c>
-[...1 lines deleted...]
-        <v>1208</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I349" s="15" t="s">
-        <v>1209</v>
+        <v>1208</v>
       </c>
       <c r="J349" s="15"/>
       <c r="K349" s="15">
         <v>0.22901</v>
       </c>
       <c r="L349" s="15">
         <v>0.2061</v>
       </c>
       <c r="M349" s="15">
         <v>0.19084</v>
       </c>
       <c r="N349" s="15">
-        <v>1780</v>
+        <v>1740</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C350" s="15" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D350" s="15" t="s">
         <v>1210</v>
       </c>
-      <c r="D350" s="15" t="s">
+      <c r="E350" s="15" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I350" s="15" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="J350" s="15"/>
       <c r="K350" s="15">
         <v>0.12428</v>
       </c>
       <c r="L350" s="15">
         <v>0.10824</v>
       </c>
       <c r="M350" s="15">
         <v>0.10023</v>
       </c>
       <c r="N350" s="15">
-        <v>36000</v>
+        <v>32800</v>
       </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C351" s="15" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D351" s="15" t="s">
         <v>1214</v>
       </c>
-      <c r="D351" s="15" t="s">
+      <c r="E351" s="15" t="s">
         <v>1215</v>
-      </c>
-[...1 lines deleted...]
-        <v>1216</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I351" s="15" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="J351" s="15"/>
       <c r="K351" s="15">
         <v>0.27302</v>
       </c>
       <c r="L351" s="15">
         <v>0.23661</v>
       </c>
       <c r="M351" s="15">
         <v>0.22751</v>
       </c>
       <c r="N351" s="15">
-        <v>850</v>
+        <v>870</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14"/>
       <c r="C352" s="15"/>
       <c r="D352" s="15"/>
       <c r="E352" s="15"/>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15"/>
       <c r="I352" s="15"/>
       <c r="J352" s="15"/>
       <c r="K352" s="15"/>
       <c r="L352" s="15"/>
       <c r="M352" s="15"/>
       <c r="N352" s="15"/>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
     </row>
   </sheetData>
@@ -18304,317 +18297,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1219</v>
+        <v>1218</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>1221</v>
-      </c>
-[...1 lines deleted...]
-        <v>1222</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>1224</v>
-      </c>
-[...1 lines deleted...]
-        <v>1225</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1226</v>
+        <v>1225</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>1227</v>
-      </c>
-[...1 lines deleted...]
-        <v>1228</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>1230</v>
-      </c>
-[...1 lines deleted...]
-        <v>1231</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>1233</v>
-      </c>
-[...1 lines deleted...]
-        <v>1234</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>1235</v>
-      </c>
-[...1 lines deleted...]
-        <v>1236</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>1237</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>1239</v>
-      </c>
-[...1 lines deleted...]
-        <v>1240</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>1241</v>
-      </c>
-[...1 lines deleted...]
-        <v>1242</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>1243</v>
-      </c>
-[...1 lines deleted...]
-        <v>1244</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>