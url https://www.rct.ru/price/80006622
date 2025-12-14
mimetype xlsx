--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -208,53 +208,50 @@
   <si>
     <t>DG332J-5.0-02P-12-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG332J-5.0-02P-12-00A(H)</t>
   </si>
   <si>
     <t>10-00016578</t>
   </si>
   <si>
     <t>DEGSON</t>
   </si>
   <si>
     <t>DG332J-5.0-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG332J-5.0-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113970</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-332J-5.00-02P-3 KLS, </t>
   </si>
   <si>
-    <t>14.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG332J-5.0-04P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG332J-5.0-04P-13-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-332J-5.00-04P-3 KLS, DG332J-5.0-04P-13-00Z(H) DEGSON, GT332J-5.0-04P-13-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG332J-5.0-04P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG332J-5.0-04P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00110868</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-332J-5.00-04P-3 KLS, DG332J-5.0-04P-13-00A(H) DEGSON, GT332J-5.0-04P-13-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG332J-5.0-04P-13-06A(H)</t>
   </si>
   <si>
     <t>Клеммник DG332J-5.0-04P-13-06A(H)</t>
@@ -643,63 +640,63 @@
   <si>
     <t>L-KLS2-332J-5.00-02P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-02P-3</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-332J-5.00-03P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-03P-3</t>
   </si>
   <si>
     <t>10-00016471</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-03P-13-00Z(H) DEGSON, GT332J-5.0-03P-13-00 GOLTEN, TL205P-03P-K Tianli, CM-332J-5.0-3P-13 FUCON, TL205P-1635-02P-K Tianli, </t>
   </si>
   <si>
-    <t>29.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS2-332J-5.00-06P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-06P-3</t>
   </si>
   <si>
     <t>10-00016474</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-06P-13-00Z(H) DEGSON, TL205P-06P-K Tianli, GT332J-5.0-06P-13-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>15.02.2026</t>
   </si>
   <si>
     <t>L-KLS2-332J-5.00-24P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-24P-3</t>
   </si>
   <si>
     <t>L-KLS2-332K-5.00-02P-2C</t>
   </si>
   <si>
     <t>KLS2-332K-5.00-02P-2C</t>
   </si>
   <si>
     <t xml:space="preserve">GT332K-5.0-02P-12-00A(H) GOLTEN, DG332K-5.0-02P-12-00Z(H) DEGSON, GT332K-5.0-02P-12-00 GOLTEN, TL205T-02P-LS Tianli, CM-332K-5.0-2P-12 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-332K-5.00-02P-2S</t>
   </si>
   <si>
     <t>KLS2-332K-5.00-02P-2S (L-KLS2-332K-5.00-02P-2S)</t>
   </si>
   <si>
     <t>10-00016469</t>
   </si>
@@ -1707,248 +1704,248 @@
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.08831</v>
       </c>
       <c r="L10" s="15">
         <v>0.07947</v>
       </c>
       <c r="M10" s="15">
         <v>0.07359</v>
       </c>
       <c r="N10" s="15">
-        <v>830</v>
+        <v>860</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11537</v>
       </c>
       <c r="L11" s="15">
         <v>0.10383</v>
       </c>
       <c r="M11" s="15">
         <v>0.09614</v>
       </c>
       <c r="N11" s="15">
-        <v>790</v>
+        <v>880</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>1250</v>
       </c>
       <c r="K12" s="15">
         <v>0.0516</v>
       </c>
       <c r="L12" s="15">
         <v>0.04644</v>
       </c>
       <c r="M12" s="15">
         <v>0.043</v>
       </c>
       <c r="N12" s="15">
-        <v>1113</v>
+        <v>1075</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.10332</v>
       </c>
       <c r="L13" s="15">
         <v>0.09299</v>
       </c>
       <c r="M13" s="15">
         <v>0.0861</v>
       </c>
       <c r="N13" s="15">
-        <v>610</v>
+        <v>800</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.12833</v>
       </c>
       <c r="L14" s="15">
         <v>0.11549</v>
       </c>
       <c r="M14" s="15">
         <v>0.10694</v>
       </c>
       <c r="N14" s="15">
-        <v>2050</v>
+        <v>2175</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.1926</v>
       </c>
       <c r="L15" s="15">
         <v>0.17334</v>
       </c>
       <c r="M15" s="15">
         <v>0.1605</v>
       </c>
       <c r="N15" s="15">
-        <v>1110</v>
+        <v>1275</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I16" s="15"/>
@@ -1975,2306 +1972,2298 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J17" s="15">
         <v>2500</v>
       </c>
       <c r="K17" s="15">
-        <v>0.05621</v>
+        <v>0.03548</v>
       </c>
       <c r="L17" s="15">
-        <v>0.04053</v>
+        <v>0.03075</v>
       </c>
       <c r="M17" s="15">
-        <v>0.0353</v>
+        <v>0.02956</v>
       </c>
       <c r="N17" s="15">
-        <v>1</v>
+        <v>232</v>
       </c>
       <c r="O17" s="15">
-        <v>3800</v>
-[...3 lines deleted...]
-      </c>
+        <v>3850</v>
+      </c>
+      <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E18" s="15">
         <v>10080011537</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J18" s="15">
         <v>1500</v>
       </c>
       <c r="K18" s="15">
-        <v>0.15946</v>
+        <v>0.09660000000000001</v>
       </c>
       <c r="L18" s="15">
-        <v>0.11495</v>
+        <v>0.08372</v>
       </c>
       <c r="M18" s="15">
-        <v>0.10012</v>
+        <v>0.0805</v>
       </c>
       <c r="N18" s="15">
-        <v>455</v>
+        <v>359</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="D19" s="15" t="s">
+      <c r="E19" s="15" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I19" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J19" s="15">
         <v>1500</v>
       </c>
       <c r="K19" s="15">
-        <v>0.11257</v>
+        <v>0.07106999999999999</v>
       </c>
       <c r="L19" s="15">
-        <v>0.08115</v>
+        <v>0.06159</v>
       </c>
       <c r="M19" s="15">
-        <v>0.07068000000000001</v>
+        <v>0.05923</v>
       </c>
       <c r="N19" s="15">
-        <v>960</v>
+        <v>1305</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="D20" s="15" t="s">
+      <c r="E20" s="15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1500</v>
       </c>
       <c r="K20" s="15">
         <v>0.21657</v>
       </c>
       <c r="L20" s="15">
         <v>0.10829</v>
       </c>
       <c r="M20" s="15">
         <v>0.09844</v>
       </c>
       <c r="N20" s="15">
         <v>15</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>75</v>
       </c>
-      <c r="D21" s="15" t="s">
+      <c r="E21" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I21" s="15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
-        <v>0.20544</v>
+        <v>0.12963</v>
       </c>
       <c r="L21" s="15">
-        <v>0.1481</v>
+        <v>0.11235</v>
       </c>
       <c r="M21" s="15">
-        <v>0.129</v>
+        <v>0.10803</v>
       </c>
       <c r="N21" s="15">
-        <v>675</v>
+        <v>893</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>79</v>
       </c>
-      <c r="D22" s="15" t="s">
+      <c r="E22" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I22" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J22" s="15">
         <v>200</v>
       </c>
       <c r="K22" s="15">
         <v>0.6021300000000001</v>
       </c>
       <c r="L22" s="15">
         <v>0.4301</v>
       </c>
       <c r="M22" s="15">
         <v>0.38709</v>
       </c>
       <c r="N22" s="15">
         <v>30</v>
       </c>
       <c r="O22" s="15">
-        <v>756</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>0.347</v>
       </c>
       <c r="L23" s="15">
         <v>0.347</v>
       </c>
       <c r="M23" s="15">
         <v>0.347</v>
       </c>
       <c r="N23" s="15">
         <v>3</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J24" s="15">
         <v>325</v>
       </c>
       <c r="K24" s="15">
-        <v>0.11694</v>
+        <v>0.10721</v>
       </c>
       <c r="L24" s="15">
-        <v>0.10319</v>
+        <v>0.09291000000000001</v>
       </c>
       <c r="M24" s="15">
-        <v>0.08943</v>
+        <v>0.08934</v>
       </c>
       <c r="N24" s="15">
-        <v>4696</v>
+        <v>4302</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E25" s="15">
         <v>10000015469</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
-        <v>0.24527</v>
+        <v>0.15281</v>
       </c>
       <c r="L25" s="15">
-        <v>0.17683</v>
+        <v>0.13243</v>
       </c>
       <c r="M25" s="15">
-        <v>0.15401</v>
+        <v>0.12734</v>
       </c>
       <c r="N25" s="15">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>250</v>
       </c>
       <c r="K26" s="15">
-        <v>0.4886</v>
+        <v>0.31557</v>
       </c>
       <c r="L26" s="15">
-        <v>0.35225</v>
+        <v>0.27349</v>
       </c>
       <c r="M26" s="15">
-        <v>0.30679</v>
+        <v>0.26298</v>
       </c>
       <c r="N26" s="15">
         <v>50</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>3000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E27" s="15">
         <v>10000023440</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
-        <v>0.22403</v>
+        <v>0.14187</v>
       </c>
       <c r="L27" s="15">
-        <v>0.16152</v>
+        <v>0.12295</v>
       </c>
       <c r="M27" s="15">
-        <v>0.14066</v>
+        <v>0.11823</v>
       </c>
       <c r="N27" s="15">
-        <v>261</v>
+        <v>359</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
-        <v>0.20111</v>
+        <v>0.12665</v>
       </c>
       <c r="L28" s="15">
-        <v>0.14499</v>
+        <v>0.10976</v>
       </c>
       <c r="M28" s="15">
-        <v>0.12627</v>
+        <v>0.10554</v>
       </c>
       <c r="N28" s="15">
-        <v>854</v>
+        <v>1078</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="D29" s="15" t="s">
+      <c r="E29" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>400</v>
       </c>
       <c r="K29" s="15">
-        <v>0.50682</v>
+        <v>0.19959</v>
       </c>
       <c r="L29" s="15">
-        <v>0.25333</v>
+        <v>0.17298</v>
       </c>
       <c r="M29" s="15">
-        <v>0.23033</v>
+        <v>0.16633</v>
       </c>
       <c r="N29" s="15">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>106</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
-        <v>0.30351</v>
+        <v>0.19109</v>
       </c>
       <c r="L30" s="15">
-        <v>0.21882</v>
+        <v>0.16561</v>
       </c>
       <c r="M30" s="15">
-        <v>0.19057</v>
+        <v>0.15924</v>
       </c>
       <c r="N30" s="15">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J31" s="15">
         <v>250</v>
       </c>
       <c r="K31" s="15">
         <v>0.41077</v>
       </c>
       <c r="L31" s="15">
         <v>0.28659</v>
       </c>
       <c r="M31" s="15">
         <v>0.25793</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>1.01</v>
       </c>
       <c r="L32" s="15">
         <v>0.50682</v>
       </c>
       <c r="M32" s="15">
         <v>0.46068</v>
       </c>
       <c r="N32" s="15">
         <v>4</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>116</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>850</v>
       </c>
       <c r="K33" s="15">
         <v>0.455</v>
       </c>
       <c r="L33" s="15">
         <v>0.455</v>
       </c>
       <c r="M33" s="15">
         <v>0.455</v>
       </c>
       <c r="N33" s="15">
         <v>8</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.09769</v>
       </c>
       <c r="L34" s="15">
         <v>0.06977999999999999</v>
       </c>
       <c r="M34" s="15">
         <v>0.06279999999999999</v>
       </c>
       <c r="N34" s="15">
-        <v>1023</v>
+        <v>1256</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J35" s="15">
         <v>2000</v>
       </c>
       <c r="K35" s="15">
         <v>0.13715</v>
       </c>
       <c r="L35" s="15">
         <v>0.09797</v>
       </c>
       <c r="M35" s="15">
         <v>0.08817</v>
       </c>
       <c r="N35" s="15">
         <v>1360</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
-        <v>0.18825</v>
+        <v>0.11876</v>
       </c>
       <c r="L36" s="15">
-        <v>0.13571</v>
+        <v>0.10292</v>
       </c>
       <c r="M36" s="15">
-        <v>0.1182</v>
+        <v>0.09896000000000001</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>800</v>
       </c>
       <c r="K37" s="15">
-        <v>0.56059</v>
+        <v>0.35361</v>
       </c>
       <c r="L37" s="15">
-        <v>0.40414</v>
+        <v>0.30646</v>
       </c>
       <c r="M37" s="15">
-        <v>0.352</v>
+        <v>0.29468</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>134</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>750</v>
       </c>
       <c r="K38" s="15">
         <v>0.79</v>
       </c>
       <c r="L38" s="15">
         <v>0.6847</v>
       </c>
       <c r="M38" s="15">
         <v>0.6583</v>
       </c>
       <c r="N38" s="15">
         <v>3</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>137</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.79001</v>
       </c>
       <c r="L39" s="15">
         <v>0.68467</v>
       </c>
       <c r="M39" s="15">
         <v>0.65834</v>
       </c>
       <c r="N39" s="15">
         <v>10</v>
       </c>
       <c r="O39" s="15">
-        <v>1242</v>
-[...3 lines deleted...]
-      </c>
+        <v>1314</v>
+      </c>
+      <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.21233</v>
       </c>
       <c r="L40" s="15">
         <v>0.15167</v>
       </c>
       <c r="M40" s="15">
         <v>0.1365</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>145</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
         <v>0.34969</v>
       </c>
       <c r="L41" s="15">
         <v>0.24978</v>
       </c>
       <c r="M41" s="15">
         <v>0.2248</v>
       </c>
       <c r="N41" s="15">
-        <v>344</v>
+        <v>360</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>149</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>800</v>
       </c>
       <c r="K42" s="15">
         <v>0.52781</v>
       </c>
       <c r="L42" s="15">
         <v>0.26392</v>
       </c>
       <c r="M42" s="15">
         <v>0.23995</v>
       </c>
       <c r="N42" s="15">
         <v>1</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>152</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J43" s="15">
         <v>300</v>
       </c>
       <c r="K43" s="15">
-        <v>0.46209</v>
+        <v>0.28526</v>
       </c>
       <c r="L43" s="15">
-        <v>0.33313</v>
+        <v>0.24722</v>
       </c>
       <c r="M43" s="15">
-        <v>0.29014</v>
+        <v>0.23771</v>
       </c>
       <c r="N43" s="15">
-        <v>1024</v>
+        <v>1001</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>156</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J44" s="15">
         <v>1700</v>
       </c>
       <c r="K44" s="15">
-        <v>0.90383</v>
+        <v>0.58224</v>
       </c>
       <c r="L44" s="15">
-        <v>0.65161</v>
+        <v>0.50461</v>
       </c>
       <c r="M44" s="15">
-        <v>0.56753</v>
+        <v>0.4852</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>3400</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D45" s="15" t="s">
+      <c r="E45" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="I45" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.05556</v>
       </c>
       <c r="L45" s="15">
         <v>0.05</v>
       </c>
       <c r="M45" s="15">
         <v>0.0463</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E46" s="15">
         <v>10080044849</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J46" s="15">
         <v>600</v>
       </c>
       <c r="K46" s="15">
         <v>0.66143</v>
       </c>
       <c r="L46" s="15">
         <v>0.47245</v>
       </c>
       <c r="M46" s="15">
         <v>0.40947</v>
       </c>
       <c r="N46" s="15">
         <v>70</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>168</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.10208</v>
       </c>
       <c r="L47" s="15">
         <v>0.09186999999999999</v>
       </c>
       <c r="M47" s="15">
         <v>0.08506</v>
       </c>
       <c r="N47" s="15">
-        <v>315</v>
+        <v>720</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E48" s="15">
         <v>10080044845</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J48" s="15">
         <v>325</v>
       </c>
       <c r="K48" s="15">
         <v>0.16017</v>
       </c>
       <c r="L48" s="15">
         <v>0.11443</v>
       </c>
       <c r="M48" s="15">
         <v>0.09916</v>
       </c>
       <c r="N48" s="15">
-        <v>399</v>
+        <v>342</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E49" s="15">
         <v>10080044846</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.33056</v>
       </c>
       <c r="L49" s="15">
         <v>0.17709</v>
       </c>
       <c r="M49" s="15">
         <v>0.15348</v>
       </c>
       <c r="N49" s="15">
-        <v>328</v>
+        <v>272</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J50" s="15"/>
       <c r="K50" s="15">
         <v>0.12821</v>
       </c>
       <c r="L50" s="15">
         <v>0.11538</v>
       </c>
       <c r="M50" s="15">
         <v>0.10684</v>
       </c>
       <c r="N50" s="15">
-        <v>637</v>
+        <v>726</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.04947</v>
       </c>
       <c r="L51" s="15">
         <v>0.04452</v>
       </c>
       <c r="M51" s="15">
         <v>0.04123</v>
       </c>
       <c r="N51" s="15">
-        <v>775</v>
+        <v>913</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>186</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.07582999999999999</v>
       </c>
       <c r="L52" s="15">
         <v>0.06824</v>
       </c>
       <c r="M52" s="15">
         <v>0.06319</v>
       </c>
       <c r="N52" s="15">
-        <v>1021</v>
+        <v>990</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="D53" s="15" t="s">
+      <c r="E53" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.09912</v>
       </c>
       <c r="L53" s="15">
         <v>0.08921</v>
       </c>
       <c r="M53" s="15">
         <v>0.08260000000000001</v>
       </c>
       <c r="N53" s="15">
-        <v>696</v>
+        <v>608</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.1341</v>
       </c>
       <c r="L54" s="15">
         <v>0.12069</v>
       </c>
       <c r="M54" s="15">
         <v>0.11175</v>
       </c>
       <c r="N54" s="15">
-        <v>5313</v>
+        <v>4963</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.20114</v>
       </c>
       <c r="L55" s="15">
         <v>0.18102</v>
       </c>
       <c r="M55" s="15">
         <v>0.16761</v>
       </c>
       <c r="N55" s="15">
-        <v>4933</v>
+        <v>5192</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E56" s="15">
         <v>10080028530</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="I56" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.03235</v>
       </c>
       <c r="L56" s="15">
         <v>0.02855</v>
       </c>
       <c r="M56" s="15">
         <v>0.02569</v>
       </c>
       <c r="N56" s="15">
-        <v>8865</v>
+        <v>17244</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>205</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.04184</v>
       </c>
       <c r="L57" s="15">
         <v>0.03626</v>
       </c>
       <c r="M57" s="15">
         <v>0.03486</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15">
-        <v>4124</v>
-[...3 lines deleted...]
-      </c>
+        <v>4897</v>
+      </c>
+      <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D58" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="E58" s="15" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.08415</v>
       </c>
       <c r="L58" s="15">
         <v>0.07292999999999999</v>
       </c>
       <c r="M58" s="15">
         <v>0.07013</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15">
-        <v>4657</v>
+        <v>5627</v>
       </c>
       <c r="P58" s="15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E59" s="15">
         <v>10080051472</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.4678</v>
       </c>
       <c r="L59" s="15">
         <v>0.33414</v>
       </c>
       <c r="M59" s="15">
         <v>0.30073</v>
       </c>
-      <c r="N59" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N59" s="15">
+        <v>1830</v>
+      </c>
+      <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E60" s="15">
         <v>10080028529</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J60" s="15">
         <v>500</v>
       </c>
       <c r="K60" s="15">
         <v>0.09601</v>
       </c>
       <c r="L60" s="15">
         <v>0.06858</v>
       </c>
       <c r="M60" s="15">
         <v>0.06172</v>
       </c>
-      <c r="N60" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N60" s="15">
+        <v>17277</v>
+      </c>
+      <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>219</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.09737</v>
       </c>
       <c r="L61" s="15">
         <v>0.07045</v>
       </c>
       <c r="M61" s="15">
         <v>0.06147</v>
       </c>
       <c r="N61" s="15">
-        <v>1620</v>
+        <v>2349</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="E62" s="15">
         <v>10080040086</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J62" s="15">
         <v>300</v>
       </c>
       <c r="K62" s="15">
         <v>0.11261</v>
       </c>
       <c r="L62" s="15">
         <v>0.09936</v>
       </c>
       <c r="M62" s="15">
         <v>0.08942</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15">
-        <v>3962</v>
+        <v>2983</v>
       </c>
       <c r="P62" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>226</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="J63" s="15">
         <v>500</v>
       </c>
       <c r="K63" s="15">
         <v>0.07552</v>
       </c>
       <c r="L63" s="15">
         <v>0.05464</v>
       </c>
       <c r="M63" s="15">
         <v>0.04768</v>
       </c>
       <c r="N63" s="15">
-        <v>1280</v>
+        <v>1220</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="J64" s="15">
         <v>500</v>
       </c>
       <c r="K64" s="15">
         <v>0.11327</v>
       </c>
       <c r="L64" s="15">
         <v>0.08195</v>
       </c>
       <c r="M64" s="15">
         <v>0.07151</v>
       </c>
       <c r="N64" s="15">
-        <v>1207</v>
+        <v>1377</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.1509</v>
       </c>
       <c r="L65" s="15">
         <v>0.10918</v>
       </c>
       <c r="M65" s="15">
         <v>0.09526999999999999</v>
       </c>
       <c r="N65" s="15">
-        <v>588</v>
+        <v>539</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.90535</v>
       </c>
       <c r="L66" s="15">
         <v>0.65502</v>
       </c>
       <c r="M66" s="15">
         <v>0.57158</v>
       </c>
       <c r="N66" s="15">
-        <v>255</v>
+        <v>225</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="I67" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>0.05763</v>
       </c>
       <c r="L67" s="15">
         <v>0.05019</v>
       </c>
       <c r="M67" s="15">
         <v>0.04648</v>
       </c>
       <c r="N67" s="15">
-        <v>900</v>
+        <v>763</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.11541</v>
       </c>
       <c r="L68" s="15">
         <v>0.10052</v>
       </c>
       <c r="M68" s="15">
         <v>0.09308</v>
       </c>
       <c r="N68" s="15">
-        <v>631</v>
+        <v>689</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>251</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.15004</v>
       </c>
       <c r="L69" s="15">
         <v>0.13068</v>
       </c>
       <c r="M69" s="15">
         <v>0.121</v>
       </c>
       <c r="N69" s="15">
-        <v>2075</v>
+        <v>1900</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>255</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J70" s="15">
         <v>300</v>
       </c>
       <c r="K70" s="15">
         <v>0.22504</v>
       </c>
       <c r="L70" s="15">
         <v>0.19601</v>
       </c>
       <c r="M70" s="15">
         <v>0.18149</v>
       </c>
       <c r="N70" s="15">
-        <v>1178</v>
+        <v>910</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.07029000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.06326</v>
       </c>
       <c r="M71" s="15">
         <v>0.05858</v>
       </c>
       <c r="N71" s="15">
-        <v>700</v>
+        <v>850</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>0.24164</v>
       </c>
       <c r="L72" s="15">
         <v>0.1611</v>
       </c>
       <c r="M72" s="15">
         <v>0.14645</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>267</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>0.13425</v>
       </c>
       <c r="L73" s="15">
         <v>0.11692</v>
       </c>
       <c r="M73" s="15">
         <v>0.10826</v>
       </c>
       <c r="N73" s="15">
-        <v>730</v>
+        <v>640</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14"/>
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
     </row>
   </sheetData>
@@ -4317,317 +4306,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>279</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>