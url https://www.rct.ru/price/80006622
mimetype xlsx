--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1704,209 +1704,209 @@
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.08831</v>
       </c>
       <c r="L10" s="15">
         <v>0.07947</v>
       </c>
       <c r="M10" s="15">
         <v>0.07359</v>
       </c>
       <c r="N10" s="15">
-        <v>860</v>
+        <v>710</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11537</v>
       </c>
       <c r="L11" s="15">
         <v>0.10383</v>
       </c>
       <c r="M11" s="15">
         <v>0.09614</v>
       </c>
       <c r="N11" s="15">
-        <v>880</v>
+        <v>810</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>1250</v>
       </c>
       <c r="K12" s="15">
         <v>0.0516</v>
       </c>
       <c r="L12" s="15">
         <v>0.04644</v>
       </c>
       <c r="M12" s="15">
         <v>0.043</v>
       </c>
       <c r="N12" s="15">
-        <v>1075</v>
+        <v>1088</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.10332</v>
       </c>
       <c r="L13" s="15">
         <v>0.09299</v>
       </c>
       <c r="M13" s="15">
         <v>0.0861</v>
       </c>
       <c r="N13" s="15">
-        <v>800</v>
+        <v>630</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.12833</v>
       </c>
       <c r="L14" s="15">
         <v>0.11549</v>
       </c>
       <c r="M14" s="15">
         <v>0.10694</v>
       </c>
       <c r="N14" s="15">
-        <v>2175</v>
+        <v>1800</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
@@ -1981,135 +1981,135 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J17" s="15">
         <v>2500</v>
       </c>
       <c r="K17" s="15">
         <v>0.03548</v>
       </c>
       <c r="L17" s="15">
         <v>0.03075</v>
       </c>
       <c r="M17" s="15">
         <v>0.02956</v>
       </c>
       <c r="N17" s="15">
-        <v>232</v>
+        <v>217</v>
       </c>
       <c r="O17" s="15">
-        <v>3850</v>
+        <v>3600</v>
       </c>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="15">
         <v>10080011537</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J18" s="15">
         <v>1500</v>
       </c>
       <c r="K18" s="15">
         <v>0.09660000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.08372</v>
       </c>
       <c r="M18" s="15">
         <v>0.0805</v>
       </c>
       <c r="N18" s="15">
-        <v>359</v>
+        <v>431</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J19" s="15">
         <v>1500</v>
       </c>
       <c r="K19" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.06159</v>
       </c>
       <c r="M19" s="15">
         <v>0.05923</v>
       </c>
       <c r="N19" s="15">
-        <v>1305</v>
+        <v>915</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I20" s="15"/>
@@ -2143,95 +2143,95 @@
       <c r="D21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.12963</v>
       </c>
       <c r="L21" s="15">
         <v>0.11235</v>
       </c>
       <c r="M21" s="15">
         <v>0.10803</v>
       </c>
       <c r="N21" s="15">
-        <v>893</v>
+        <v>735</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J22" s="15">
         <v>200</v>
       </c>
       <c r="K22" s="15">
-        <v>0.6021300000000001</v>
+        <v>0.43775</v>
       </c>
       <c r="L22" s="15">
-        <v>0.4301</v>
+        <v>0.37938</v>
       </c>
       <c r="M22" s="15">
-        <v>0.38709</v>
+        <v>0.36479</v>
       </c>
       <c r="N22" s="15">
         <v>30</v>
       </c>
       <c r="O22" s="15">
-        <v>744</v>
+        <v>804</v>
       </c>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
@@ -2264,92 +2264,92 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J24" s="15">
         <v>325</v>
       </c>
       <c r="K24" s="15">
         <v>0.10721</v>
       </c>
       <c r="L24" s="15">
         <v>0.09291000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.08934</v>
       </c>
       <c r="N24" s="15">
-        <v>4302</v>
+        <v>4461</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E25" s="15">
         <v>10000015469</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.15281</v>
       </c>
       <c r="L25" s="15">
         <v>0.13243</v>
       </c>
       <c r="M25" s="15">
         <v>0.12734</v>
       </c>
       <c r="N25" s="15">
-        <v>384</v>
+        <v>356</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I26" s="15"/>
@@ -2387,208 +2387,208 @@
       </c>
       <c r="E27" s="15">
         <v>10000023440</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>97</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.14187</v>
       </c>
       <c r="L27" s="15">
         <v>0.12295</v>
       </c>
       <c r="M27" s="15">
         <v>0.11823</v>
       </c>
       <c r="N27" s="15">
-        <v>359</v>
+        <v>346</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>101</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12665</v>
       </c>
       <c r="L28" s="15">
         <v>0.10976</v>
       </c>
       <c r="M28" s="15">
         <v>0.10554</v>
       </c>
       <c r="N28" s="15">
-        <v>1078</v>
+        <v>966</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>400</v>
       </c>
       <c r="K29" s="15">
         <v>0.19959</v>
       </c>
       <c r="L29" s="15">
         <v>0.17298</v>
       </c>
       <c r="M29" s="15">
         <v>0.16633</v>
       </c>
       <c r="N29" s="15">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
         <v>0.19109</v>
       </c>
       <c r="L30" s="15">
         <v>0.16561</v>
       </c>
       <c r="M30" s="15">
         <v>0.15924</v>
       </c>
       <c r="N30" s="15">
-        <v>183</v>
+        <v>149</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J31" s="15">
         <v>250</v>
       </c>
       <c r="K31" s="15">
-        <v>0.41077</v>
+        <v>0.25536</v>
       </c>
       <c r="L31" s="15">
-        <v>0.28659</v>
+        <v>0.22131</v>
       </c>
       <c r="M31" s="15">
-        <v>0.25793</v>
+        <v>0.2128</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>59</v>
       </c>
@@ -2655,101 +2655,101 @@
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.09769</v>
+        <v>0.06902999999999999</v>
       </c>
       <c r="L34" s="15">
-        <v>0.06977999999999999</v>
+        <v>0.05983</v>
       </c>
       <c r="M34" s="15">
-        <v>0.06279999999999999</v>
+        <v>0.05753</v>
       </c>
       <c r="N34" s="15">
-        <v>1256</v>
+        <v>1349</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J35" s="15">
         <v>2000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.13715</v>
+        <v>0.09966</v>
       </c>
       <c r="L35" s="15">
-        <v>0.09797</v>
+        <v>0.08637</v>
       </c>
       <c r="M35" s="15">
-        <v>0.08817</v>
+        <v>0.08305</v>
       </c>
       <c r="N35" s="15">
-        <v>1360</v>
+        <v>1330</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I36" s="15" t="s">
@@ -2864,130 +2864,130 @@
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>139</v>
       </c>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.79001</v>
       </c>
       <c r="L39" s="15">
         <v>0.68467</v>
       </c>
       <c r="M39" s="15">
         <v>0.65834</v>
       </c>
       <c r="N39" s="15">
         <v>10</v>
       </c>
       <c r="O39" s="15">
-        <v>1314</v>
+        <v>1584</v>
       </c>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>143</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
-        <v>0.21233</v>
+        <v>0.15438</v>
       </c>
       <c r="L40" s="15">
-        <v>0.15167</v>
+        <v>0.1338</v>
       </c>
       <c r="M40" s="15">
-        <v>0.1365</v>
+        <v>0.12865</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>147</v>
       </c>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
-        <v>0.34969</v>
+        <v>0.2604</v>
       </c>
       <c r="L41" s="15">
-        <v>0.24978</v>
+        <v>0.22568</v>
       </c>
       <c r="M41" s="15">
-        <v>0.2248</v>
+        <v>0.217</v>
       </c>
       <c r="N41" s="15">
-        <v>360</v>
+        <v>234</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I42" s="15"/>
@@ -3181,1013 +3181,1011 @@
       <c r="D47" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>170</v>
       </c>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.10208</v>
       </c>
       <c r="L47" s="15">
         <v>0.09186999999999999</v>
       </c>
       <c r="M47" s="15">
         <v>0.08506</v>
       </c>
       <c r="N47" s="15">
-        <v>720</v>
+        <v>560</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E48" s="15">
         <v>10080044845</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J48" s="15">
         <v>325</v>
       </c>
       <c r="K48" s="15">
         <v>0.16017</v>
       </c>
       <c r="L48" s="15">
         <v>0.11443</v>
       </c>
       <c r="M48" s="15">
         <v>0.09916</v>
       </c>
       <c r="N48" s="15">
-        <v>342</v>
+        <v>390</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E49" s="15">
         <v>10080044846</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>176</v>
       </c>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.33056</v>
       </c>
       <c r="L49" s="15">
         <v>0.17709</v>
       </c>
       <c r="M49" s="15">
         <v>0.15348</v>
       </c>
       <c r="N49" s="15">
-        <v>272</v>
+        <v>324</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J50" s="15"/>
       <c r="K50" s="15">
         <v>0.12821</v>
       </c>
       <c r="L50" s="15">
         <v>0.11538</v>
       </c>
       <c r="M50" s="15">
         <v>0.10684</v>
       </c>
       <c r="N50" s="15">
-        <v>726</v>
+        <v>716</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>183</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>184</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.04947</v>
       </c>
       <c r="L51" s="15">
         <v>0.04452</v>
       </c>
       <c r="M51" s="15">
         <v>0.04123</v>
       </c>
       <c r="N51" s="15">
-        <v>913</v>
+        <v>925</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.07582999999999999</v>
       </c>
       <c r="L52" s="15">
         <v>0.06824</v>
       </c>
       <c r="M52" s="15">
         <v>0.06319</v>
       </c>
       <c r="N52" s="15">
-        <v>990</v>
+        <v>1185</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>191</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.09912</v>
       </c>
       <c r="L53" s="15">
         <v>0.08921</v>
       </c>
       <c r="M53" s="15">
         <v>0.08260000000000001</v>
       </c>
       <c r="N53" s="15">
-        <v>608</v>
+        <v>804</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>195</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.1341</v>
       </c>
       <c r="L54" s="15">
         <v>0.12069</v>
       </c>
       <c r="M54" s="15">
         <v>0.11175</v>
       </c>
       <c r="N54" s="15">
-        <v>4963</v>
+        <v>6012</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>199</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.20114</v>
       </c>
       <c r="L55" s="15">
         <v>0.18102</v>
       </c>
       <c r="M55" s="15">
         <v>0.16761</v>
       </c>
       <c r="N55" s="15">
-        <v>5192</v>
+        <v>4998</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E56" s="15">
         <v>10080028530</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>203</v>
       </c>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.03235</v>
       </c>
       <c r="L56" s="15">
         <v>0.02855</v>
       </c>
       <c r="M56" s="15">
         <v>0.02569</v>
       </c>
       <c r="N56" s="15">
-        <v>17244</v>
+        <v>14271</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>207</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.04184</v>
       </c>
       <c r="L57" s="15">
         <v>0.03626</v>
       </c>
       <c r="M57" s="15">
         <v>0.03486</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15">
-        <v>4897</v>
+        <v>4446</v>
       </c>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>211</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.08415</v>
       </c>
       <c r="L58" s="15">
         <v>0.07292999999999999</v>
       </c>
       <c r="M58" s="15">
         <v>0.07013</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15">
-        <v>5627</v>
+        <v>5756</v>
       </c>
       <c r="P58" s="15" t="s">
         <v>212</v>
       </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E59" s="15">
         <v>10080051472</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.4678</v>
       </c>
       <c r="L59" s="15">
         <v>0.33414</v>
       </c>
       <c r="M59" s="15">
         <v>0.30073</v>
       </c>
       <c r="N59" s="15">
-        <v>1830</v>
+        <v>2160</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E60" s="15">
         <v>10080028529</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>217</v>
       </c>
       <c r="J60" s="15">
         <v>500</v>
       </c>
       <c r="K60" s="15">
         <v>0.09601</v>
       </c>
       <c r="L60" s="15">
         <v>0.06858</v>
       </c>
       <c r="M60" s="15">
         <v>0.06172</v>
       </c>
-      <c r="N60" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>220</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.09737</v>
       </c>
       <c r="L61" s="15">
         <v>0.07045</v>
       </c>
       <c r="M61" s="15">
         <v>0.06147</v>
       </c>
       <c r="N61" s="15">
-        <v>2349</v>
+        <v>1782</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E62" s="15">
         <v>10080040086</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>223</v>
       </c>
       <c r="J62" s="15">
         <v>300</v>
       </c>
       <c r="K62" s="15">
         <v>0.11261</v>
       </c>
       <c r="L62" s="15">
         <v>0.09936</v>
       </c>
       <c r="M62" s="15">
         <v>0.08942</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15">
-        <v>2983</v>
+        <v>3650</v>
       </c>
       <c r="P62" s="15" t="s">
         <v>224</v>
       </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>228</v>
       </c>
       <c r="J63" s="15">
         <v>500</v>
       </c>
       <c r="K63" s="15">
         <v>0.07552</v>
       </c>
       <c r="L63" s="15">
         <v>0.05464</v>
       </c>
       <c r="M63" s="15">
         <v>0.04768</v>
       </c>
       <c r="N63" s="15">
-        <v>1220</v>
+        <v>1480</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>232</v>
       </c>
       <c r="J64" s="15">
         <v>500</v>
       </c>
       <c r="K64" s="15">
         <v>0.11327</v>
       </c>
       <c r="L64" s="15">
         <v>0.08195</v>
       </c>
       <c r="M64" s="15">
         <v>0.07151</v>
       </c>
       <c r="N64" s="15">
-        <v>1377</v>
+        <v>1020</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I65" s="15" t="s">
         <v>236</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.1509</v>
       </c>
       <c r="L65" s="15">
         <v>0.10918</v>
       </c>
       <c r="M65" s="15">
         <v>0.09526999999999999</v>
       </c>
       <c r="N65" s="15">
-        <v>539</v>
+        <v>462</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>239</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>240</v>
       </c>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.90535</v>
       </c>
       <c r="L66" s="15">
         <v>0.65502</v>
       </c>
       <c r="M66" s="15">
         <v>0.57158</v>
       </c>
       <c r="N66" s="15">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>245</v>
       </c>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>0.05763</v>
       </c>
       <c r="L67" s="15">
         <v>0.05019</v>
       </c>
       <c r="M67" s="15">
         <v>0.04648</v>
       </c>
       <c r="N67" s="15">
-        <v>763</v>
+        <v>900</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.11541</v>
       </c>
       <c r="L68" s="15">
         <v>0.10052</v>
       </c>
       <c r="M68" s="15">
         <v>0.09308</v>
       </c>
       <c r="N68" s="15">
-        <v>689</v>
+        <v>581</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.15004</v>
       </c>
       <c r="L69" s="15">
         <v>0.13068</v>
       </c>
       <c r="M69" s="15">
         <v>0.121</v>
       </c>
       <c r="N69" s="15">
-        <v>1900</v>
+        <v>1800</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>257</v>
       </c>
       <c r="J70" s="15">
         <v>300</v>
       </c>
       <c r="K70" s="15">
         <v>0.22504</v>
       </c>
       <c r="L70" s="15">
         <v>0.19601</v>
       </c>
       <c r="M70" s="15">
         <v>0.18149</v>
       </c>
       <c r="N70" s="15">
-        <v>910</v>
+        <v>1004</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.07029000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.06326</v>
       </c>
       <c r="M71" s="15">
         <v>0.05858</v>
       </c>
       <c r="N71" s="15">
-        <v>850</v>
+        <v>820</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I72" s="15" t="s">
@@ -4219,51 +4217,51 @@
       <c r="D73" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>268</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>269</v>
       </c>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>0.13425</v>
       </c>
       <c r="L73" s="15">
         <v>0.11692</v>
       </c>
       <c r="M73" s="15">
         <v>0.10826</v>
       </c>
       <c r="N73" s="15">
-        <v>640</v>
+        <v>770</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14"/>
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
     </row>
   </sheetData>