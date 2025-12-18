--- v2 (2025-12-16)
+++ v3 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1704,248 +1704,248 @@
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.08831</v>
       </c>
       <c r="L10" s="15">
         <v>0.07947</v>
       </c>
       <c r="M10" s="15">
         <v>0.07359</v>
       </c>
       <c r="N10" s="15">
-        <v>710</v>
+        <v>820</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11537</v>
       </c>
       <c r="L11" s="15">
         <v>0.10383</v>
       </c>
       <c r="M11" s="15">
         <v>0.09614</v>
       </c>
       <c r="N11" s="15">
-        <v>810</v>
+        <v>600</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>1250</v>
       </c>
       <c r="K12" s="15">
         <v>0.0516</v>
       </c>
       <c r="L12" s="15">
         <v>0.04644</v>
       </c>
       <c r="M12" s="15">
         <v>0.043</v>
       </c>
       <c r="N12" s="15">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.10332</v>
       </c>
       <c r="L13" s="15">
         <v>0.09299</v>
       </c>
       <c r="M13" s="15">
         <v>0.0861</v>
       </c>
       <c r="N13" s="15">
-        <v>630</v>
+        <v>790</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.12833</v>
       </c>
       <c r="L14" s="15">
         <v>0.11549</v>
       </c>
       <c r="M14" s="15">
         <v>0.10694</v>
       </c>
       <c r="N14" s="15">
-        <v>1800</v>
+        <v>1500</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.1926</v>
       </c>
       <c r="L15" s="15">
         <v>0.17334</v>
       </c>
       <c r="M15" s="15">
         <v>0.1605</v>
       </c>
       <c r="N15" s="15">
-        <v>1275</v>
+        <v>1335</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I16" s="15"/>
@@ -1981,135 +1981,135 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J17" s="15">
         <v>2500</v>
       </c>
       <c r="K17" s="15">
         <v>0.03548</v>
       </c>
       <c r="L17" s="15">
         <v>0.03075</v>
       </c>
       <c r="M17" s="15">
         <v>0.02956</v>
       </c>
       <c r="N17" s="15">
-        <v>217</v>
+        <v>265</v>
       </c>
       <c r="O17" s="15">
-        <v>3600</v>
+        <v>4400</v>
       </c>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="15">
         <v>10080011537</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J18" s="15">
         <v>1500</v>
       </c>
       <c r="K18" s="15">
         <v>0.09660000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.08372</v>
       </c>
       <c r="M18" s="15">
         <v>0.0805</v>
       </c>
       <c r="N18" s="15">
-        <v>431</v>
+        <v>521</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J19" s="15">
         <v>1500</v>
       </c>
       <c r="K19" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.06159</v>
       </c>
       <c r="M19" s="15">
         <v>0.05923</v>
       </c>
       <c r="N19" s="15">
-        <v>915</v>
+        <v>1185</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I20" s="15"/>
@@ -2143,95 +2143,95 @@
       <c r="D21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.12963</v>
       </c>
       <c r="L21" s="15">
         <v>0.11235</v>
       </c>
       <c r="M21" s="15">
         <v>0.10803</v>
       </c>
       <c r="N21" s="15">
-        <v>735</v>
+        <v>606</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J22" s="15">
         <v>200</v>
       </c>
       <c r="K22" s="15">
         <v>0.43775</v>
       </c>
       <c r="L22" s="15">
         <v>0.37938</v>
       </c>
       <c r="M22" s="15">
         <v>0.36479</v>
       </c>
       <c r="N22" s="15">
         <v>30</v>
       </c>
       <c r="O22" s="15">
-        <v>804</v>
+        <v>912</v>
       </c>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
@@ -2264,92 +2264,92 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J24" s="15">
         <v>325</v>
       </c>
       <c r="K24" s="15">
         <v>0.10721</v>
       </c>
       <c r="L24" s="15">
         <v>0.09291000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.08934</v>
       </c>
       <c r="N24" s="15">
-        <v>4461</v>
+        <v>3505</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E25" s="15">
         <v>10000015469</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.15281</v>
       </c>
       <c r="L25" s="15">
         <v>0.13243</v>
       </c>
       <c r="M25" s="15">
         <v>0.12734</v>
       </c>
       <c r="N25" s="15">
-        <v>356</v>
+        <v>342</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I26" s="15"/>
@@ -2387,170 +2387,170 @@
       </c>
       <c r="E27" s="15">
         <v>10000023440</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>97</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.14187</v>
       </c>
       <c r="L27" s="15">
         <v>0.12295</v>
       </c>
       <c r="M27" s="15">
         <v>0.11823</v>
       </c>
       <c r="N27" s="15">
-        <v>346</v>
+        <v>376</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>101</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12665</v>
       </c>
       <c r="L28" s="15">
         <v>0.10976</v>
       </c>
       <c r="M28" s="15">
         <v>0.10554</v>
       </c>
       <c r="N28" s="15">
-        <v>966</v>
+        <v>1190</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>400</v>
       </c>
       <c r="K29" s="15">
         <v>0.19959</v>
       </c>
       <c r="L29" s="15">
         <v>0.17298</v>
       </c>
       <c r="M29" s="15">
         <v>0.16633</v>
       </c>
       <c r="N29" s="15">
-        <v>131</v>
+        <v>103</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
         <v>0.19109</v>
       </c>
       <c r="L30" s="15">
         <v>0.16561</v>
       </c>
       <c r="M30" s="15">
         <v>0.15924</v>
       </c>
       <c r="N30" s="15">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2664,92 +2664,92 @@
       </c>
       <c r="E34" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.06902999999999999</v>
       </c>
       <c r="L34" s="15">
         <v>0.05983</v>
       </c>
       <c r="M34" s="15">
         <v>0.05753</v>
       </c>
       <c r="N34" s="15">
-        <v>1349</v>
+        <v>1333</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J35" s="15">
         <v>2000</v>
       </c>
       <c r="K35" s="15">
         <v>0.09966</v>
       </c>
       <c r="L35" s="15">
         <v>0.08637</v>
       </c>
       <c r="M35" s="15">
         <v>0.08305</v>
       </c>
       <c r="N35" s="15">
-        <v>1330</v>
+        <v>1691</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I36" s="15" t="s">
@@ -2864,51 +2864,51 @@
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>139</v>
       </c>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.79001</v>
       </c>
       <c r="L39" s="15">
         <v>0.68467</v>
       </c>
       <c r="M39" s="15">
         <v>0.65834</v>
       </c>
       <c r="N39" s="15">
         <v>10</v>
       </c>
       <c r="O39" s="15">
-        <v>1584</v>
+        <v>1350</v>
       </c>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>143</v>
@@ -2934,60 +2934,60 @@
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>147</v>
       </c>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
-        <v>0.2604</v>
+        <v>0.22904</v>
       </c>
       <c r="L41" s="15">
-        <v>0.22568</v>
+        <v>0.1985</v>
       </c>
       <c r="M41" s="15">
-        <v>0.217</v>
+        <v>0.19086</v>
       </c>
       <c r="N41" s="15">
-        <v>234</v>
+        <v>258</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I42" s="15"/>
@@ -3023,51 +3023,51 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J43" s="15">
         <v>300</v>
       </c>
       <c r="K43" s="15">
         <v>0.28526</v>
       </c>
       <c r="L43" s="15">
         <v>0.24722</v>
       </c>
       <c r="M43" s="15">
         <v>0.23771</v>
       </c>
       <c r="N43" s="15">
-        <v>1001</v>
+        <v>690</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I44" s="15" t="s">
@@ -3181,529 +3181,529 @@
       <c r="D47" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>170</v>
       </c>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.10208</v>
       </c>
       <c r="L47" s="15">
         <v>0.09186999999999999</v>
       </c>
       <c r="M47" s="15">
         <v>0.08506</v>
       </c>
       <c r="N47" s="15">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E48" s="15">
         <v>10080044845</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J48" s="15">
         <v>325</v>
       </c>
       <c r="K48" s="15">
         <v>0.16017</v>
       </c>
       <c r="L48" s="15">
         <v>0.11443</v>
       </c>
       <c r="M48" s="15">
         <v>0.09916</v>
       </c>
       <c r="N48" s="15">
-        <v>390</v>
+        <v>414</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E49" s="15">
         <v>10080044846</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>176</v>
       </c>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.33056</v>
       </c>
       <c r="L49" s="15">
         <v>0.17709</v>
       </c>
       <c r="M49" s="15">
         <v>0.15348</v>
       </c>
       <c r="N49" s="15">
-        <v>324</v>
+        <v>360</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J50" s="15"/>
       <c r="K50" s="15">
         <v>0.12821</v>
       </c>
       <c r="L50" s="15">
         <v>0.11538</v>
       </c>
       <c r="M50" s="15">
         <v>0.10684</v>
       </c>
       <c r="N50" s="15">
-        <v>716</v>
+        <v>794</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>183</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>184</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.04947</v>
       </c>
       <c r="L51" s="15">
         <v>0.04452</v>
       </c>
       <c r="M51" s="15">
         <v>0.04123</v>
       </c>
       <c r="N51" s="15">
-        <v>925</v>
+        <v>963</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.07582999999999999</v>
       </c>
       <c r="L52" s="15">
         <v>0.06824</v>
       </c>
       <c r="M52" s="15">
         <v>0.06319</v>
       </c>
       <c r="N52" s="15">
-        <v>1185</v>
+        <v>1290</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>191</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.09912</v>
       </c>
       <c r="L53" s="15">
         <v>0.08921</v>
       </c>
       <c r="M53" s="15">
         <v>0.08260000000000001</v>
       </c>
       <c r="N53" s="15">
-        <v>804</v>
+        <v>784</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>195</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.1341</v>
       </c>
       <c r="L54" s="15">
         <v>0.12069</v>
       </c>
       <c r="M54" s="15">
         <v>0.11175</v>
       </c>
       <c r="N54" s="15">
-        <v>6012</v>
+        <v>6222</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>199</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.20114</v>
       </c>
       <c r="L55" s="15">
         <v>0.18102</v>
       </c>
       <c r="M55" s="15">
         <v>0.16761</v>
       </c>
       <c r="N55" s="15">
-        <v>4998</v>
+        <v>4284</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E56" s="15">
         <v>10080028530</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>203</v>
       </c>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.03235</v>
       </c>
       <c r="L56" s="15">
         <v>0.02855</v>
       </c>
       <c r="M56" s="15">
         <v>0.02569</v>
       </c>
       <c r="N56" s="15">
-        <v>14271</v>
+        <v>16649</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>207</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.04184</v>
       </c>
       <c r="L57" s="15">
         <v>0.03626</v>
       </c>
       <c r="M57" s="15">
         <v>0.03486</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15">
-        <v>4446</v>
+        <v>4449</v>
       </c>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>211</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.08415</v>
       </c>
       <c r="L58" s="15">
         <v>0.07292999999999999</v>
       </c>
       <c r="M58" s="15">
         <v>0.07013</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15">
-        <v>5756</v>
+        <v>3887</v>
       </c>
       <c r="P58" s="15" t="s">
         <v>212</v>
       </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E59" s="15">
         <v>10080051472</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.4678</v>
       </c>
       <c r="L59" s="15">
         <v>0.33414</v>
       </c>
       <c r="M59" s="15">
         <v>0.30073</v>
       </c>
       <c r="N59" s="15">
-        <v>2160</v>
+        <v>2490</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E60" s="15">
         <v>10080028529</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I60" s="15" t="s">
@@ -3779,413 +3779,413 @@
       <c r="E62" s="15">
         <v>10080040086</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>223</v>
       </c>
       <c r="J62" s="15">
         <v>300</v>
       </c>
       <c r="K62" s="15">
         <v>0.11261</v>
       </c>
       <c r="L62" s="15">
         <v>0.09936</v>
       </c>
       <c r="M62" s="15">
         <v>0.08942</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15">
-        <v>3650</v>
+        <v>2671</v>
       </c>
       <c r="P62" s="15" t="s">
         <v>224</v>
       </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>228</v>
       </c>
       <c r="J63" s="15">
         <v>500</v>
       </c>
       <c r="K63" s="15">
         <v>0.07552</v>
       </c>
       <c r="L63" s="15">
         <v>0.05464</v>
       </c>
       <c r="M63" s="15">
         <v>0.04768</v>
       </c>
       <c r="N63" s="15">
-        <v>1480</v>
+        <v>1780</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>232</v>
       </c>
       <c r="J64" s="15">
         <v>500</v>
       </c>
       <c r="K64" s="15">
         <v>0.11327</v>
       </c>
       <c r="L64" s="15">
         <v>0.08195</v>
       </c>
       <c r="M64" s="15">
         <v>0.07151</v>
       </c>
       <c r="N64" s="15">
-        <v>1020</v>
+        <v>1156</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I65" s="15" t="s">
         <v>236</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.1509</v>
       </c>
       <c r="L65" s="15">
         <v>0.10918</v>
       </c>
       <c r="M65" s="15">
         <v>0.09526999999999999</v>
       </c>
       <c r="N65" s="15">
-        <v>462</v>
+        <v>448</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>239</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>240</v>
       </c>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.90535</v>
       </c>
       <c r="L66" s="15">
         <v>0.65502</v>
       </c>
       <c r="M66" s="15">
         <v>0.57158</v>
       </c>
       <c r="N66" s="15">
-        <v>228</v>
+        <v>180</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>245</v>
       </c>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>0.05763</v>
       </c>
       <c r="L67" s="15">
         <v>0.05019</v>
       </c>
       <c r="M67" s="15">
         <v>0.04648</v>
       </c>
       <c r="N67" s="15">
-        <v>900</v>
+        <v>788</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.11541</v>
       </c>
       <c r="L68" s="15">
         <v>0.10052</v>
       </c>
       <c r="M68" s="15">
         <v>0.09308</v>
       </c>
       <c r="N68" s="15">
-        <v>581</v>
+        <v>557</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.15004</v>
       </c>
       <c r="L69" s="15">
         <v>0.13068</v>
       </c>
       <c r="M69" s="15">
         <v>0.121</v>
       </c>
       <c r="N69" s="15">
-        <v>1800</v>
+        <v>1950</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>257</v>
       </c>
       <c r="J70" s="15">
         <v>300</v>
       </c>
       <c r="K70" s="15">
         <v>0.22504</v>
       </c>
       <c r="L70" s="15">
         <v>0.19601</v>
       </c>
       <c r="M70" s="15">
         <v>0.18149</v>
       </c>
       <c r="N70" s="15">
-        <v>1004</v>
+        <v>991</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.07029000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.06326</v>
       </c>
       <c r="M71" s="15">
         <v>0.05858</v>
       </c>
       <c r="N71" s="15">
-        <v>820</v>
+        <v>600</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I72" s="15" t="s">
@@ -4217,51 +4217,51 @@
       <c r="D73" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>268</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>269</v>
       </c>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>0.13425</v>
       </c>
       <c r="L73" s="15">
         <v>0.11692</v>
       </c>
       <c r="M73" s="15">
         <v>0.10826</v>
       </c>
       <c r="N73" s="15">
-        <v>770</v>
+        <v>700</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14"/>
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
     </row>
   </sheetData>