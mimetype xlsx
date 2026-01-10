--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -640,99 +640,99 @@
   <si>
     <t>L-KLS2-332J-5.00-02P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-02P-3</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-332J-5.00-03P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-03P-3</t>
   </si>
   <si>
     <t>10-00016471</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-03P-13-00Z(H) DEGSON, GT332J-5.0-03P-13-00 GOLTEN, TL205P-03P-K Tianli, CM-332J-5.0-3P-13 FUCON, TL205P-1635-02P-K Tianli, </t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS2-332J-5.00-06P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-06P-3</t>
   </si>
   <si>
     <t>10-00016474</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-06P-13-00Z(H) DEGSON, TL205P-06P-K Tianli, GT332J-5.0-06P-13-00 GOLTEN, </t>
   </si>
   <si>
-    <t>15.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS2-332J-5.00-24P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-24P-3</t>
   </si>
   <si>
     <t>L-KLS2-332K-5.00-02P-2C</t>
   </si>
   <si>
     <t>KLS2-332K-5.00-02P-2C</t>
   </si>
   <si>
     <t xml:space="preserve">GT332K-5.0-02P-12-00A(H) GOLTEN, DG332K-5.0-02P-12-00Z(H) DEGSON, GT332K-5.0-02P-12-00 GOLTEN, TL205T-02P-LS Tianli, CM-332K-5.0-2P-12 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-332K-5.00-02P-2S</t>
   </si>
   <si>
     <t>KLS2-332K-5.00-02P-2S (L-KLS2-332K-5.00-02P-2S)</t>
   </si>
   <si>
     <t>10-00016469</t>
   </si>
   <si>
     <t>L-KLS2-332K-5.00-03P-2C</t>
   </si>
   <si>
     <t>KLS2-332K-5.00-03P-2C</t>
   </si>
   <si>
     <t xml:space="preserve">GT332K-5.0-03P-12-00A(H) GOLTEN, DG332K-5.0-03P-12-00Z(H) DEGSON, DG332K-5.0-03P-12-00A(H) DEGSON, </t>
   </si>
   <si>
-    <t>15.03.2026</t>
+    <t>19.03.2026</t>
   </si>
   <si>
     <t>L-KLS2-333J-3.50-02P-3</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-333J-3.50-02P-3</t>
   </si>
   <si>
     <t>UT-00146609</t>
   </si>
   <si>
     <t xml:space="preserve">DG333J-3.5-02P-13-00Z(H) DEGSON, GT333J-3.5-02P-13-00 GOLTEN, TL006P-02P-K Tianli, CM-333J-3.5-2P-13 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-333J-3.50-03P-3</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-333J-3.50-03P-3</t>
   </si>
   <si>
     <t>UT-00146610</t>
   </si>
   <si>
     <t xml:space="preserve">DG333J-3.5-03P-13-00Z(H) DEGSON, TL006P-03P-K Tianli, </t>
   </si>
@@ -1704,248 +1704,248 @@
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.08831</v>
       </c>
       <c r="L10" s="15">
         <v>0.07947</v>
       </c>
       <c r="M10" s="15">
         <v>0.07359</v>
       </c>
       <c r="N10" s="15">
-        <v>820</v>
+        <v>900</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11537</v>
       </c>
       <c r="L11" s="15">
         <v>0.10383</v>
       </c>
       <c r="M11" s="15">
         <v>0.09614</v>
       </c>
       <c r="N11" s="15">
-        <v>600</v>
+        <v>840</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>1250</v>
       </c>
       <c r="K12" s="15">
         <v>0.0516</v>
       </c>
       <c r="L12" s="15">
         <v>0.04644</v>
       </c>
       <c r="M12" s="15">
         <v>0.043</v>
       </c>
       <c r="N12" s="15">
-        <v>1100</v>
+        <v>1125</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.10332</v>
       </c>
       <c r="L13" s="15">
         <v>0.09299</v>
       </c>
       <c r="M13" s="15">
         <v>0.0861</v>
       </c>
       <c r="N13" s="15">
-        <v>790</v>
+        <v>770</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.12833</v>
       </c>
       <c r="L14" s="15">
         <v>0.11549</v>
       </c>
       <c r="M14" s="15">
         <v>0.10694</v>
       </c>
       <c r="N14" s="15">
-        <v>1500</v>
+        <v>1875</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.1926</v>
       </c>
       <c r="L15" s="15">
         <v>0.17334</v>
       </c>
       <c r="M15" s="15">
         <v>0.1605</v>
       </c>
       <c r="N15" s="15">
-        <v>1335</v>
+        <v>1305</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I16" s="15"/>
@@ -1981,135 +1981,135 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J17" s="15">
         <v>2500</v>
       </c>
       <c r="K17" s="15">
         <v>0.03548</v>
       </c>
       <c r="L17" s="15">
         <v>0.03075</v>
       </c>
       <c r="M17" s="15">
         <v>0.02956</v>
       </c>
       <c r="N17" s="15">
-        <v>265</v>
+        <v>196</v>
       </c>
       <c r="O17" s="15">
-        <v>4400</v>
+        <v>3250</v>
       </c>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="15">
         <v>10080011537</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J18" s="15">
         <v>1500</v>
       </c>
       <c r="K18" s="15">
         <v>0.09660000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.08372</v>
       </c>
       <c r="M18" s="15">
         <v>0.0805</v>
       </c>
       <c r="N18" s="15">
-        <v>521</v>
+        <v>377</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J19" s="15">
         <v>1500</v>
       </c>
       <c r="K19" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.06159</v>
       </c>
       <c r="M19" s="15">
         <v>0.05923</v>
       </c>
       <c r="N19" s="15">
-        <v>1185</v>
+        <v>1080</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I20" s="15"/>
@@ -2143,95 +2143,95 @@
       <c r="D21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.12963</v>
       </c>
       <c r="L21" s="15">
         <v>0.11235</v>
       </c>
       <c r="M21" s="15">
         <v>0.10803</v>
       </c>
       <c r="N21" s="15">
-        <v>606</v>
+        <v>675</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J22" s="15">
         <v>200</v>
       </c>
       <c r="K22" s="15">
         <v>0.43775</v>
       </c>
       <c r="L22" s="15">
         <v>0.37938</v>
       </c>
       <c r="M22" s="15">
         <v>0.36479</v>
       </c>
       <c r="N22" s="15">
         <v>30</v>
       </c>
       <c r="O22" s="15">
-        <v>912</v>
+        <v>732</v>
       </c>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
@@ -2264,92 +2264,92 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J24" s="15">
         <v>325</v>
       </c>
       <c r="K24" s="15">
         <v>0.10721</v>
       </c>
       <c r="L24" s="15">
         <v>0.09291000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.08934</v>
       </c>
       <c r="N24" s="15">
-        <v>3505</v>
+        <v>4313</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E25" s="15">
         <v>10000015469</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.15281</v>
       </c>
       <c r="L25" s="15">
         <v>0.13243</v>
       </c>
       <c r="M25" s="15">
         <v>0.12734</v>
       </c>
       <c r="N25" s="15">
-        <v>342</v>
+        <v>329</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I26" s="15"/>
@@ -2387,170 +2387,170 @@
       </c>
       <c r="E27" s="15">
         <v>10000023440</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>97</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.14187</v>
       </c>
       <c r="L27" s="15">
         <v>0.12295</v>
       </c>
       <c r="M27" s="15">
         <v>0.11823</v>
       </c>
       <c r="N27" s="15">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>101</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12665</v>
       </c>
       <c r="L28" s="15">
         <v>0.10976</v>
       </c>
       <c r="M28" s="15">
         <v>0.10554</v>
       </c>
       <c r="N28" s="15">
-        <v>1190</v>
+        <v>896</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>400</v>
       </c>
       <c r="K29" s="15">
         <v>0.19959</v>
       </c>
       <c r="L29" s="15">
         <v>0.17298</v>
       </c>
       <c r="M29" s="15">
         <v>0.16633</v>
       </c>
       <c r="N29" s="15">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
         <v>0.19109</v>
       </c>
       <c r="L30" s="15">
         <v>0.16561</v>
       </c>
       <c r="M30" s="15">
         <v>0.15924</v>
       </c>
       <c r="N30" s="15">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2664,92 +2664,92 @@
       </c>
       <c r="E34" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.06902999999999999</v>
       </c>
       <c r="L34" s="15">
         <v>0.05983</v>
       </c>
       <c r="M34" s="15">
         <v>0.05753</v>
       </c>
       <c r="N34" s="15">
-        <v>1333</v>
+        <v>1039</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J35" s="15">
         <v>2000</v>
       </c>
       <c r="K35" s="15">
         <v>0.09966</v>
       </c>
       <c r="L35" s="15">
         <v>0.08637</v>
       </c>
       <c r="M35" s="15">
         <v>0.08305</v>
       </c>
       <c r="N35" s="15">
-        <v>1691</v>
+        <v>1235</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I36" s="15" t="s">
@@ -2864,51 +2864,51 @@
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>139</v>
       </c>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.79001</v>
       </c>
       <c r="L39" s="15">
         <v>0.68467</v>
       </c>
       <c r="M39" s="15">
         <v>0.65834</v>
       </c>
       <c r="N39" s="15">
         <v>10</v>
       </c>
       <c r="O39" s="15">
-        <v>1350</v>
+        <v>1170</v>
       </c>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>143</v>
@@ -2943,51 +2943,51 @@
       </c>
       <c r="E41" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>147</v>
       </c>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
         <v>0.22904</v>
       </c>
       <c r="L41" s="15">
         <v>0.1985</v>
       </c>
       <c r="M41" s="15">
         <v>0.19086</v>
       </c>
       <c r="N41" s="15">
-        <v>258</v>
+        <v>213</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I42" s="15"/>
@@ -3023,51 +3023,51 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J43" s="15">
         <v>300</v>
       </c>
       <c r="K43" s="15">
         <v>0.28526</v>
       </c>
       <c r="L43" s="15">
         <v>0.24722</v>
       </c>
       <c r="M43" s="15">
         <v>0.23771</v>
       </c>
       <c r="N43" s="15">
-        <v>690</v>
+        <v>782</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I44" s="15" t="s">
@@ -3181,1011 +3181,1019 @@
       <c r="D47" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>170</v>
       </c>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.10208</v>
       </c>
       <c r="L47" s="15">
         <v>0.09186999999999999</v>
       </c>
       <c r="M47" s="15">
         <v>0.08506</v>
       </c>
       <c r="N47" s="15">
-        <v>552</v>
+        <v>480</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E48" s="15">
         <v>10080044845</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J48" s="15">
         <v>325</v>
       </c>
       <c r="K48" s="15">
         <v>0.16017</v>
       </c>
       <c r="L48" s="15">
         <v>0.11443</v>
       </c>
       <c r="M48" s="15">
         <v>0.09916</v>
       </c>
       <c r="N48" s="15">
-        <v>414</v>
+        <v>338</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E49" s="15">
         <v>10080044846</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>176</v>
       </c>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.33056</v>
       </c>
       <c r="L49" s="15">
         <v>0.17709</v>
       </c>
       <c r="M49" s="15">
         <v>0.15348</v>
       </c>
       <c r="N49" s="15">
-        <v>360</v>
+        <v>328</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J50" s="15"/>
       <c r="K50" s="15">
         <v>0.12821</v>
       </c>
       <c r="L50" s="15">
         <v>0.11538</v>
       </c>
       <c r="M50" s="15">
         <v>0.10684</v>
       </c>
       <c r="N50" s="15">
-        <v>794</v>
+        <v>706</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>183</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>184</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.04947</v>
       </c>
       <c r="L51" s="15">
         <v>0.04452</v>
       </c>
       <c r="M51" s="15">
         <v>0.04123</v>
       </c>
       <c r="N51" s="15">
-        <v>963</v>
+        <v>888</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.07582999999999999</v>
       </c>
       <c r="L52" s="15">
         <v>0.06824</v>
       </c>
       <c r="M52" s="15">
         <v>0.06319</v>
       </c>
       <c r="N52" s="15">
-        <v>1290</v>
+        <v>945</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>191</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.09912</v>
       </c>
       <c r="L53" s="15">
         <v>0.08921</v>
       </c>
       <c r="M53" s="15">
         <v>0.08260000000000001</v>
       </c>
       <c r="N53" s="15">
-        <v>784</v>
+        <v>598</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>195</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.1341</v>
       </c>
       <c r="L54" s="15">
         <v>0.12069</v>
       </c>
       <c r="M54" s="15">
         <v>0.11175</v>
       </c>
       <c r="N54" s="15">
-        <v>6222</v>
+        <v>4264</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>162</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>199</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.20114</v>
       </c>
       <c r="L55" s="15">
         <v>0.18102</v>
       </c>
       <c r="M55" s="15">
         <v>0.16761</v>
       </c>
       <c r="N55" s="15">
-        <v>4284</v>
+        <v>5841</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E56" s="15">
         <v>10080028530</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>203</v>
       </c>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.03235</v>
+        <v>0.0281</v>
       </c>
       <c r="L56" s="15">
-        <v>0.02855</v>
+        <v>0.02435</v>
       </c>
       <c r="M56" s="15">
-        <v>0.02569</v>
+        <v>0.02341</v>
       </c>
       <c r="N56" s="15">
-        <v>16649</v>
+        <v>12487</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>207</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.04184</v>
       </c>
       <c r="L57" s="15">
         <v>0.03626</v>
       </c>
       <c r="M57" s="15">
         <v>0.03486</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15">
-        <v>4449</v>
-[...1 lines deleted...]
-      <c r="P57" s="15"/>
+        <v>10012</v>
+      </c>
+      <c r="P57" s="15" t="s">
+        <v>208</v>
+      </c>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.08415</v>
       </c>
       <c r="L58" s="15">
         <v>0.07292999999999999</v>
       </c>
       <c r="M58" s="15">
         <v>0.07013</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15">
-        <v>3887</v>
+        <v>7400</v>
       </c>
       <c r="P58" s="15" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E59" s="15">
         <v>10080051472</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
-        <v>0.4678</v>
+        <v>0.31728</v>
       </c>
       <c r="L59" s="15">
-        <v>0.33414</v>
+        <v>0.27498</v>
       </c>
       <c r="M59" s="15">
-        <v>0.30073</v>
+        <v>0.2644</v>
       </c>
       <c r="N59" s="15">
-        <v>2490</v>
+        <v>2400</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E60" s="15">
         <v>10080028529</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>217</v>
       </c>
       <c r="J60" s="15">
         <v>500</v>
       </c>
       <c r="K60" s="15">
-        <v>0.09601</v>
+        <v>0.06637999999999999</v>
       </c>
       <c r="L60" s="15">
-        <v>0.06858</v>
+        <v>0.05753</v>
       </c>
       <c r="M60" s="15">
-        <v>0.06172</v>
-[...3 lines deleted...]
-      <c r="P60" s="15"/>
+        <v>0.05531</v>
+      </c>
+      <c r="N60" s="15">
+        <v>16942</v>
+      </c>
+      <c r="O60" s="15">
+        <v>8000</v>
+      </c>
+      <c r="P60" s="15" t="s">
+        <v>208</v>
+      </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>220</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
-        <v>0.09737</v>
+        <v>0.06822</v>
       </c>
       <c r="L61" s="15">
-        <v>0.07045</v>
+        <v>0.05912</v>
       </c>
       <c r="M61" s="15">
-        <v>0.06147</v>
+        <v>0.05685</v>
       </c>
       <c r="N61" s="15">
-        <v>1782</v>
+        <v>1971</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E62" s="15">
         <v>10080040086</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>223</v>
       </c>
       <c r="J62" s="15">
         <v>300</v>
       </c>
       <c r="K62" s="15">
-        <v>0.11261</v>
+        <v>0.09929</v>
       </c>
       <c r="L62" s="15">
-        <v>0.09936</v>
+        <v>0.08605</v>
       </c>
       <c r="M62" s="15">
-        <v>0.08942</v>
+        <v>0.08273999999999999</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15">
-        <v>2671</v>
+        <v>15160</v>
       </c>
       <c r="P62" s="15" t="s">
         <v>224</v>
       </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>228</v>
       </c>
       <c r="J63" s="15">
         <v>500</v>
       </c>
       <c r="K63" s="15">
-        <v>0.07552</v>
+        <v>0.05294</v>
       </c>
       <c r="L63" s="15">
-        <v>0.05464</v>
+        <v>0.04588</v>
       </c>
       <c r="M63" s="15">
-        <v>0.04768</v>
+        <v>0.04411</v>
       </c>
       <c r="N63" s="15">
-        <v>1780</v>
+        <v>1760</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>232</v>
       </c>
       <c r="J64" s="15">
         <v>500</v>
       </c>
       <c r="K64" s="15">
-        <v>0.11327</v>
+        <v>0.07943</v>
       </c>
       <c r="L64" s="15">
-        <v>0.08195</v>
+        <v>0.06884</v>
       </c>
       <c r="M64" s="15">
-        <v>0.07151</v>
+        <v>0.06619</v>
       </c>
       <c r="N64" s="15">
-        <v>1156</v>
+        <v>1428</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I65" s="15" t="s">
         <v>236</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
-        <v>0.1509</v>
+        <v>0.10578</v>
       </c>
       <c r="L65" s="15">
-        <v>0.10918</v>
+        <v>0.09168</v>
       </c>
       <c r="M65" s="15">
-        <v>0.09526999999999999</v>
+        <v>0.08815000000000001</v>
       </c>
       <c r="N65" s="15">
         <v>448</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>239</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>202</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>240</v>
       </c>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
-        <v>0.90535</v>
+        <v>0.63474</v>
       </c>
       <c r="L66" s="15">
-        <v>0.65502</v>
+        <v>0.55011</v>
       </c>
       <c r="M66" s="15">
-        <v>0.57158</v>
+        <v>0.52895</v>
       </c>
       <c r="N66" s="15">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>245</v>
       </c>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>0.05763</v>
       </c>
       <c r="L67" s="15">
         <v>0.05019</v>
       </c>
       <c r="M67" s="15">
         <v>0.04648</v>
       </c>
       <c r="N67" s="15">
-        <v>788</v>
+        <v>1063</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.11541</v>
       </c>
       <c r="L68" s="15">
         <v>0.10052</v>
       </c>
       <c r="M68" s="15">
         <v>0.09308</v>
       </c>
       <c r="N68" s="15">
-        <v>557</v>
+        <v>573</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.15004</v>
       </c>
       <c r="L69" s="15">
         <v>0.13068</v>
       </c>
       <c r="M69" s="15">
         <v>0.121</v>
       </c>
       <c r="N69" s="15">
-        <v>1950</v>
+        <v>1925</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>257</v>
       </c>
       <c r="J70" s="15">
         <v>300</v>
       </c>
       <c r="K70" s="15">
         <v>0.22504</v>
       </c>
       <c r="L70" s="15">
         <v>0.19601</v>
       </c>
       <c r="M70" s="15">
         <v>0.18149</v>
       </c>
       <c r="N70" s="15">
-        <v>991</v>
+        <v>897</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.07029000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.06326</v>
       </c>
       <c r="M71" s="15">
         <v>0.05858</v>
       </c>
       <c r="N71" s="15">
-        <v>600</v>
+        <v>770</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I72" s="15" t="s">
@@ -4217,51 +4225,51 @@
       <c r="D73" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>268</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>269</v>
       </c>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>0.13425</v>
       </c>
       <c r="L73" s="15">
         <v>0.11692</v>
       </c>
       <c r="M73" s="15">
         <v>0.10826</v>
       </c>
       <c r="N73" s="15">
-        <v>700</v>
+        <v>850</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14"/>
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
     </row>
   </sheetData>