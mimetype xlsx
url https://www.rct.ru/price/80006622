--- v4 (2026-01-10)
+++ v5 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>29.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -112,50 +112,53 @@
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>DG332/DG333</t>
   </si>
   <si>
     <t>CM-332J-5.0-3P-13</t>
   </si>
   <si>
     <t>Клеммник CM-332J-5.0-3P-13</t>
   </si>
   <si>
     <t>UT-00146182</t>
   </si>
   <si>
     <t>FUCON</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-332J-5.00-03P-3 KLS, DG332J-5.0-03P-13-00Z(H) DEGSON, GT332J-5.0-03P-13-00 GOLTEN, TL205P-03P-K Tianli, TL205P-1635-02P-K Tianli, </t>
   </si>
   <si>
+    <t>01.06.2026</t>
+  </si>
+  <si>
     <t>CM-332K-5.0-2P-12</t>
   </si>
   <si>
     <t>Клеммник CM-332K-5.0-2P-12</t>
   </si>
   <si>
     <t>UT-00146183</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-332K-5.00-02P-2C KLS, GT332K-5.0-02P-12-00A(H) GOLTEN, DG332K-5.0-02P-12-00Z(H) DEGSON, GT332K-5.0-02P-12-00 GOLTEN, TL205T-02P-LS Tianli, </t>
   </si>
   <si>
     <t>CM-332W-5.0-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-332W-5.0-2P-14</t>
   </si>
   <si>
     <t>UT-00146184</t>
   </si>
   <si>
     <t xml:space="preserve">DG332W-5.0-02P-14-00Z(H) DEGSON, GT332W-5.0-02P-14-00 GOLTEN, TL219T-02P-G12S Tianli, DG332W-5.0-02P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>CM-333J-3.5-2P-13</t>
@@ -640,99 +643,96 @@
   <si>
     <t>L-KLS2-332J-5.00-02P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-02P-3</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-332J-5.00-03P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-03P-3</t>
   </si>
   <si>
     <t>10-00016471</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-03P-13-00Z(H) DEGSON, GT332J-5.0-03P-13-00 GOLTEN, TL205P-03P-K Tianli, CM-332J-5.0-3P-13 FUCON, TL205P-1635-02P-K Tianli, </t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-332J-5.00-06P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-06P-3</t>
   </si>
   <si>
     <t>10-00016474</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-06P-13-00Z(H) DEGSON, TL205P-06P-K Tianli, GT332J-5.0-06P-13-00 GOLTEN, </t>
   </si>
   <si>
     <t>L-KLS2-332J-5.00-24P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-24P-3</t>
   </si>
   <si>
     <t>L-KLS2-332K-5.00-02P-2C</t>
   </si>
   <si>
     <t>KLS2-332K-5.00-02P-2C</t>
   </si>
   <si>
     <t xml:space="preserve">GT332K-5.0-02P-12-00A(H) GOLTEN, DG332K-5.0-02P-12-00Z(H) DEGSON, GT332K-5.0-02P-12-00 GOLTEN, TL205T-02P-LS Tianli, CM-332K-5.0-2P-12 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-332K-5.00-02P-2S</t>
   </si>
   <si>
     <t>KLS2-332K-5.00-02P-2S (L-KLS2-332K-5.00-02P-2S)</t>
   </si>
   <si>
     <t>10-00016469</t>
   </si>
   <si>
     <t>L-KLS2-332K-5.00-03P-2C</t>
   </si>
   <si>
     <t>KLS2-332K-5.00-03P-2C</t>
   </si>
   <si>
     <t xml:space="preserve">GT332K-5.0-03P-12-00A(H) GOLTEN, DG332K-5.0-03P-12-00Z(H) DEGSON, DG332K-5.0-03P-12-00A(H) DEGSON, </t>
-  </si>
-[...1 lines deleted...]
-    <t>19.03.2026</t>
   </si>
   <si>
     <t>L-KLS2-333J-3.50-02P-3</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-333J-3.50-02P-3</t>
   </si>
   <si>
     <t>UT-00146609</t>
   </si>
   <si>
     <t xml:space="preserve">DG333J-3.5-02P-13-00Z(H) DEGSON, GT333J-3.5-02P-13-00 GOLTEN, TL006P-02P-K Tianli, CM-333J-3.5-2P-13 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-333J-3.50-03P-3</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-333J-3.50-03P-3</t>
   </si>
   <si>
     <t>UT-00146610</t>
   </si>
   <si>
     <t xml:space="preserve">DG333J-3.5-03P-13-00Z(H) DEGSON, TL006P-03P-K Tianli, </t>
   </si>
@@ -1667,2533 +1667,2533 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.04674</v>
       </c>
       <c r="L9" s="15">
         <v>0.04207</v>
       </c>
       <c r="M9" s="15">
         <v>0.03895</v>
       </c>
       <c r="N9" s="15"/>
-      <c r="O9" s="15"/>
-      <c r="P9" s="15"/>
+      <c r="O9" s="15">
+        <v>900</v>
+      </c>
+      <c r="P9" s="15" t="s">
+        <v>32</v>
+      </c>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.08831</v>
       </c>
       <c r="L10" s="15">
         <v>0.07947</v>
       </c>
       <c r="M10" s="15">
         <v>0.07359</v>
       </c>
       <c r="N10" s="15">
-        <v>900</v>
+        <v>710</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11537</v>
       </c>
       <c r="L11" s="15">
         <v>0.10383</v>
       </c>
       <c r="M11" s="15">
         <v>0.09614</v>
       </c>
       <c r="N11" s="15">
-        <v>840</v>
+        <v>650</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J12" s="15">
         <v>1250</v>
       </c>
       <c r="K12" s="15">
         <v>0.0516</v>
       </c>
       <c r="L12" s="15">
         <v>0.04644</v>
       </c>
       <c r="M12" s="15">
         <v>0.043</v>
       </c>
       <c r="N12" s="15">
-        <v>1125</v>
+        <v>825</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.10332</v>
       </c>
       <c r="L13" s="15">
         <v>0.09299</v>
       </c>
       <c r="M13" s="15">
         <v>0.0861</v>
       </c>
       <c r="N13" s="15">
-        <v>770</v>
+        <v>760</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.12833</v>
       </c>
       <c r="L14" s="15">
         <v>0.11549</v>
       </c>
       <c r="M14" s="15">
         <v>0.10694</v>
       </c>
       <c r="N14" s="15">
-        <v>1875</v>
+        <v>1625</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.1926</v>
       </c>
       <c r="L15" s="15">
         <v>0.17334</v>
       </c>
       <c r="M15" s="15">
         <v>0.1605</v>
       </c>
       <c r="N15" s="15">
-        <v>1305</v>
+        <v>1230</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>2500</v>
       </c>
       <c r="K16" s="15">
         <v>0.09525</v>
       </c>
       <c r="L16" s="15">
         <v>0.06346</v>
       </c>
       <c r="M16" s="15">
         <v>0.05764</v>
       </c>
       <c r="N16" s="15">
         <v>2</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I17" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J17" s="15">
         <v>2500</v>
       </c>
       <c r="K17" s="15">
         <v>0.03548</v>
       </c>
       <c r="L17" s="15">
         <v>0.03075</v>
       </c>
       <c r="M17" s="15">
         <v>0.02956</v>
       </c>
       <c r="N17" s="15">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>3976</v>
+      </c>
+      <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E18" s="15">
         <v>10080011537</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J18" s="15">
         <v>1500</v>
       </c>
       <c r="K18" s="15">
         <v>0.09660000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.08372</v>
       </c>
       <c r="M18" s="15">
         <v>0.0805</v>
       </c>
       <c r="N18" s="15">
-        <v>377</v>
+        <v>443</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I19" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J19" s="15">
         <v>1500</v>
       </c>
       <c r="K19" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.06159</v>
       </c>
       <c r="M19" s="15">
         <v>0.05923</v>
       </c>
       <c r="N19" s="15">
-        <v>1080</v>
+        <v>1230</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1500</v>
       </c>
       <c r="K20" s="15">
         <v>0.21657</v>
       </c>
       <c r="L20" s="15">
         <v>0.10829</v>
       </c>
       <c r="M20" s="15">
         <v>0.09844</v>
       </c>
       <c r="N20" s="15">
         <v>15</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I21" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.12963</v>
       </c>
       <c r="L21" s="15">
         <v>0.11235</v>
       </c>
       <c r="M21" s="15">
         <v>0.10803</v>
       </c>
       <c r="N21" s="15">
-        <v>675</v>
+        <v>794</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I22" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J22" s="15">
         <v>200</v>
       </c>
       <c r="K22" s="15">
         <v>0.43775</v>
       </c>
       <c r="L22" s="15">
         <v>0.37938</v>
       </c>
       <c r="M22" s="15">
         <v>0.36479</v>
       </c>
       <c r="N22" s="15">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>751</v>
+      </c>
+      <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>0.347</v>
       </c>
       <c r="L23" s="15">
         <v>0.347</v>
       </c>
       <c r="M23" s="15">
         <v>0.347</v>
       </c>
       <c r="N23" s="15">
         <v>3</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J24" s="15">
         <v>325</v>
       </c>
       <c r="K24" s="15">
         <v>0.10721</v>
       </c>
       <c r="L24" s="15">
         <v>0.09291000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.08934</v>
       </c>
       <c r="N24" s="15">
-        <v>4313</v>
+        <v>3851</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E25" s="15">
         <v>10000015469</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J25" s="15">
         <v>200</v>
       </c>
       <c r="K25" s="15">
         <v>0.15281</v>
       </c>
       <c r="L25" s="15">
         <v>0.13243</v>
       </c>
       <c r="M25" s="15">
         <v>0.12734</v>
       </c>
       <c r="N25" s="15">
-        <v>329</v>
+        <v>6</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>250</v>
       </c>
       <c r="K26" s="15">
         <v>0.31557</v>
       </c>
       <c r="L26" s="15">
         <v>0.27349</v>
       </c>
       <c r="M26" s="15">
         <v>0.26298</v>
       </c>
       <c r="N26" s="15">
         <v>50</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>3000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E27" s="15">
         <v>10000023440</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.14187</v>
       </c>
       <c r="L27" s="15">
         <v>0.12295</v>
       </c>
       <c r="M27" s="15">
         <v>0.11823</v>
       </c>
       <c r="N27" s="15">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12665</v>
       </c>
       <c r="L28" s="15">
         <v>0.10976</v>
       </c>
       <c r="M28" s="15">
         <v>0.10554</v>
       </c>
       <c r="N28" s="15">
-        <v>896</v>
+        <v>1106</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>400</v>
       </c>
       <c r="K29" s="15">
         <v>0.19959</v>
       </c>
       <c r="L29" s="15">
         <v>0.17298</v>
       </c>
       <c r="M29" s="15">
         <v>0.16633</v>
       </c>
       <c r="N29" s="15">
-        <v>104</v>
+        <v>135</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
         <v>0.19109</v>
       </c>
       <c r="L30" s="15">
         <v>0.16561</v>
       </c>
       <c r="M30" s="15">
         <v>0.15924</v>
       </c>
       <c r="N30" s="15">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J31" s="15">
         <v>250</v>
       </c>
       <c r="K31" s="15">
         <v>0.25536</v>
       </c>
       <c r="L31" s="15">
         <v>0.22131</v>
       </c>
       <c r="M31" s="15">
         <v>0.2128</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>1.01</v>
       </c>
       <c r="L32" s="15">
         <v>0.50682</v>
       </c>
       <c r="M32" s="15">
         <v>0.46068</v>
       </c>
       <c r="N32" s="15">
         <v>4</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>850</v>
       </c>
       <c r="K33" s="15">
         <v>0.455</v>
       </c>
       <c r="L33" s="15">
         <v>0.455</v>
       </c>
       <c r="M33" s="15">
         <v>0.455</v>
       </c>
       <c r="N33" s="15">
         <v>8</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.06902999999999999</v>
       </c>
       <c r="L34" s="15">
         <v>0.05983</v>
       </c>
       <c r="M34" s="15">
         <v>0.05753</v>
       </c>
       <c r="N34" s="15">
-        <v>1039</v>
+        <v>1008</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J35" s="15">
         <v>2000</v>
       </c>
       <c r="K35" s="15">
         <v>0.09966</v>
       </c>
       <c r="L35" s="15">
         <v>0.08637</v>
       </c>
       <c r="M35" s="15">
         <v>0.08305</v>
       </c>
       <c r="N35" s="15">
-        <v>1235</v>
+        <v>1178</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.11876</v>
       </c>
       <c r="L36" s="15">
         <v>0.10292</v>
       </c>
       <c r="M36" s="15">
         <v>0.09896000000000001</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>800</v>
       </c>
       <c r="K37" s="15">
         <v>0.35361</v>
       </c>
       <c r="L37" s="15">
         <v>0.30646</v>
       </c>
       <c r="M37" s="15">
         <v>0.29468</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>750</v>
       </c>
       <c r="K38" s="15">
         <v>0.79</v>
       </c>
       <c r="L38" s="15">
         <v>0.6847</v>
       </c>
       <c r="M38" s="15">
         <v>0.6583</v>
       </c>
       <c r="N38" s="15">
         <v>3</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.79001</v>
       </c>
       <c r="L39" s="15">
         <v>0.68467</v>
       </c>
       <c r="M39" s="15">
         <v>0.65834</v>
       </c>
       <c r="N39" s="15">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>760</v>
+      </c>
+      <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.15438</v>
       </c>
       <c r="L40" s="15">
         <v>0.1338</v>
       </c>
       <c r="M40" s="15">
         <v>0.12865</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
         <v>0.22904</v>
       </c>
       <c r="L41" s="15">
         <v>0.1985</v>
       </c>
       <c r="M41" s="15">
         <v>0.19086</v>
       </c>
-      <c r="N41" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>800</v>
       </c>
       <c r="K42" s="15">
         <v>0.52781</v>
       </c>
       <c r="L42" s="15">
         <v>0.26392</v>
       </c>
       <c r="M42" s="15">
         <v>0.23995</v>
       </c>
       <c r="N42" s="15">
         <v>1</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J43" s="15">
         <v>300</v>
       </c>
       <c r="K43" s="15">
         <v>0.28526</v>
       </c>
       <c r="L43" s="15">
         <v>0.24722</v>
       </c>
       <c r="M43" s="15">
         <v>0.23771</v>
       </c>
       <c r="N43" s="15">
-        <v>782</v>
+        <v>252</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J44" s="15">
         <v>1700</v>
       </c>
       <c r="K44" s="15">
         <v>0.58224</v>
       </c>
       <c r="L44" s="15">
         <v>0.50461</v>
       </c>
       <c r="M44" s="15">
         <v>0.4852</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>3400</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.05556</v>
       </c>
       <c r="L45" s="15">
         <v>0.05</v>
       </c>
       <c r="M45" s="15">
         <v>0.0463</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E46" s="15">
         <v>10080044849</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J46" s="15">
         <v>600</v>
       </c>
       <c r="K46" s="15">
         <v>0.66143</v>
       </c>
       <c r="L46" s="15">
         <v>0.47245</v>
       </c>
       <c r="M46" s="15">
         <v>0.40947</v>
       </c>
       <c r="N46" s="15">
         <v>70</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.10208</v>
       </c>
       <c r="L47" s="15">
         <v>0.09186999999999999</v>
       </c>
       <c r="M47" s="15">
         <v>0.08506</v>
       </c>
       <c r="N47" s="15">
         <v>480</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E48" s="15">
         <v>10080044845</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J48" s="15">
         <v>325</v>
       </c>
       <c r="K48" s="15">
         <v>0.16017</v>
       </c>
       <c r="L48" s="15">
         <v>0.11443</v>
       </c>
       <c r="M48" s="15">
         <v>0.09916</v>
       </c>
       <c r="N48" s="15">
-        <v>338</v>
+        <v>295</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E49" s="15">
         <v>10080044846</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.33056</v>
       </c>
       <c r="L49" s="15">
         <v>0.17709</v>
       </c>
       <c r="M49" s="15">
         <v>0.15348</v>
       </c>
       <c r="N49" s="15">
-        <v>328</v>
+        <v>260</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J50" s="15"/>
       <c r="K50" s="15">
         <v>0.12821</v>
       </c>
       <c r="L50" s="15">
         <v>0.11538</v>
       </c>
       <c r="M50" s="15">
         <v>0.10684</v>
       </c>
       <c r="N50" s="15">
-        <v>706</v>
+        <v>804</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.04947</v>
       </c>
       <c r="L51" s="15">
         <v>0.04452</v>
       </c>
       <c r="M51" s="15">
         <v>0.04123</v>
       </c>
       <c r="N51" s="15">
-        <v>888</v>
+        <v>1100</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.07582999999999999</v>
       </c>
       <c r="L52" s="15">
         <v>0.06824</v>
       </c>
       <c r="M52" s="15">
         <v>0.06319</v>
       </c>
       <c r="N52" s="15">
-        <v>945</v>
+        <v>915</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.09912</v>
       </c>
       <c r="L53" s="15">
         <v>0.08921</v>
       </c>
       <c r="M53" s="15">
         <v>0.08260000000000001</v>
       </c>
       <c r="N53" s="15">
-        <v>598</v>
+        <v>716</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.1341</v>
       </c>
       <c r="L54" s="15">
         <v>0.12069</v>
       </c>
       <c r="M54" s="15">
         <v>0.11175</v>
       </c>
       <c r="N54" s="15">
-        <v>4264</v>
+        <v>4614</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.20114</v>
       </c>
       <c r="L55" s="15">
         <v>0.18102</v>
       </c>
       <c r="M55" s="15">
         <v>0.16761</v>
       </c>
       <c r="N55" s="15">
-        <v>5841</v>
+        <v>4608</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E56" s="15">
         <v>10080028530</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0281</v>
       </c>
       <c r="L56" s="15">
         <v>0.02435</v>
       </c>
       <c r="M56" s="15">
         <v>0.02341</v>
       </c>
       <c r="N56" s="15">
-        <v>12487</v>
+        <v>14892</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.04184</v>
       </c>
       <c r="L57" s="15">
         <v>0.03626</v>
       </c>
       <c r="M57" s="15">
         <v>0.03486</v>
       </c>
-      <c r="N57" s="15"/>
+      <c r="N57" s="15">
+        <v>4400</v>
+      </c>
       <c r="O57" s="15">
-        <v>10012</v>
+        <v>8900</v>
       </c>
       <c r="P57" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
-        <v>0.08415</v>
+        <v>0.08573</v>
       </c>
       <c r="L58" s="15">
-        <v>0.07292999999999999</v>
+        <v>0.0743</v>
       </c>
       <c r="M58" s="15">
-        <v>0.07013</v>
-[...1 lines deleted...]
-      <c r="N58" s="15"/>
+        <v>0.07144</v>
+      </c>
+      <c r="N58" s="15">
+        <v>3887</v>
+      </c>
       <c r="O58" s="15">
-        <v>7400</v>
+        <v>4450</v>
       </c>
       <c r="P58" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E59" s="15">
         <v>10080051472</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.31728</v>
       </c>
       <c r="L59" s="15">
         <v>0.27498</v>
       </c>
       <c r="M59" s="15">
         <v>0.2644</v>
       </c>
       <c r="N59" s="15">
-        <v>2400</v>
+        <v>1828</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E60" s="15">
         <v>10080028529</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J60" s="15">
         <v>500</v>
       </c>
       <c r="K60" s="15">
         <v>0.06637999999999999</v>
       </c>
       <c r="L60" s="15">
         <v>0.05753</v>
       </c>
       <c r="M60" s="15">
         <v>0.05531</v>
       </c>
       <c r="N60" s="15">
-        <v>16942</v>
+        <v>12943</v>
       </c>
       <c r="O60" s="15">
-        <v>8000</v>
+        <v>8700</v>
       </c>
       <c r="P60" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.06822</v>
       </c>
       <c r="L61" s="15">
         <v>0.05912</v>
       </c>
       <c r="M61" s="15">
         <v>0.05685</v>
       </c>
       <c r="N61" s="15">
-        <v>1971</v>
+        <v>2403</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E62" s="15">
         <v>10080040086</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J62" s="15">
         <v>300</v>
       </c>
       <c r="K62" s="15">
         <v>0.09929</v>
       </c>
       <c r="L62" s="15">
         <v>0.08605</v>
       </c>
       <c r="M62" s="15">
         <v>0.08273999999999999</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15">
-        <v>15160</v>
+        <v>17850</v>
       </c>
       <c r="P62" s="15" t="s">
-        <v>224</v>
+        <v>209</v>
       </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>228</v>
       </c>
       <c r="J63" s="15">
         <v>500</v>
       </c>
       <c r="K63" s="15">
         <v>0.05294</v>
       </c>
       <c r="L63" s="15">
         <v>0.04588</v>
       </c>
       <c r="M63" s="15">
         <v>0.04411</v>
       </c>
       <c r="N63" s="15">
-        <v>1760</v>
+        <v>1220</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>232</v>
       </c>
       <c r="J64" s="15">
         <v>500</v>
       </c>
       <c r="K64" s="15">
         <v>0.07943</v>
       </c>
       <c r="L64" s="15">
         <v>0.06884</v>
       </c>
       <c r="M64" s="15">
         <v>0.06619</v>
       </c>
       <c r="N64" s="15">
-        <v>1428</v>
+        <v>1292</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I65" s="15" t="s">
         <v>236</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.10578</v>
       </c>
       <c r="L65" s="15">
         <v>0.09168</v>
       </c>
       <c r="M65" s="15">
         <v>0.08815000000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>448</v>
+        <v>546</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>239</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>240</v>
       </c>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.63474</v>
       </c>
       <c r="L66" s="15">
         <v>0.55011</v>
       </c>
       <c r="M66" s="15">
         <v>0.52895</v>
       </c>
       <c r="N66" s="15">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>245</v>
       </c>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>0.05763</v>
       </c>
       <c r="L67" s="15">
         <v>0.05019</v>
       </c>
       <c r="M67" s="15">
         <v>0.04648</v>
       </c>
       <c r="N67" s="15">
-        <v>1063</v>
+        <v>1025</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.11541</v>
       </c>
       <c r="L68" s="15">
         <v>0.10052</v>
       </c>
       <c r="M68" s="15">
         <v>0.09308</v>
       </c>
       <c r="N68" s="15">
-        <v>573</v>
+        <v>731</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.15004</v>
       </c>
       <c r="L69" s="15">
         <v>0.13068</v>
       </c>
       <c r="M69" s="15">
         <v>0.121</v>
       </c>
       <c r="N69" s="15">
-        <v>1925</v>
+        <v>1675</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>257</v>
       </c>
       <c r="J70" s="15">
         <v>300</v>
       </c>
       <c r="K70" s="15">
         <v>0.22504</v>
       </c>
       <c r="L70" s="15">
         <v>0.19601</v>
       </c>
       <c r="M70" s="15">
         <v>0.18149</v>
       </c>
       <c r="N70" s="15">
-        <v>897</v>
+        <v>991</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.07029000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.06326</v>
       </c>
       <c r="M71" s="15">
         <v>0.05858</v>
       </c>
       <c r="N71" s="15">
-        <v>770</v>
+        <v>620</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I72" s="15" t="s">
@@ -4225,51 +4225,51 @@
       <c r="D73" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>268</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>244</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>269</v>
       </c>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>0.13425</v>
       </c>
       <c r="L73" s="15">
         <v>0.11692</v>
       </c>
       <c r="M73" s="15">
         <v>0.10826</v>
       </c>
       <c r="N73" s="15">
-        <v>850</v>
+        <v>700</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14"/>
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
     </row>
   </sheetData>