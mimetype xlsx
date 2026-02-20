--- v5 (2026-01-30)
+++ v6 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>29.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -449,50 +449,53 @@
     <t>10-00016486</t>
   </si>
   <si>
     <t>DG333J-3.5-24P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG333J-3.5-24P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113423</t>
   </si>
   <si>
     <t xml:space="preserve">GT333J-3.5-24P-13-00 GOLTEN, TL006P-24P-K Tianli, L-KLS2-333J-3.50-24P-3 KLS, </t>
   </si>
   <si>
     <t>DG333K-3.5-02P-12-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG333K-3.5-02P-12-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113424</t>
   </si>
   <si>
     <t xml:space="preserve">GT333K-3.5-02P-12-00 GOLTEN, TL006T-02P-LS Tianli, CM-333K-3.5-2P-12 FUCON, </t>
+  </si>
+  <si>
+    <t>02.07.2026</t>
   </si>
   <si>
     <t>DG333K-3.5-03P-12-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG333K-3.5-03P-12-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113604</t>
   </si>
   <si>
     <t xml:space="preserve">GT333K-3.5-03P-12-00 GOLTEN, TL006T-03P-LS Tianli, CM-333K-3.5-3P-12 FUCON, </t>
   </si>
   <si>
     <t>DG333K-3.5-03P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG333K-3.5-03P-13-00A(H)</t>
   </si>
   <si>
     <t>10-00016574</t>
   </si>
   <si>
     <t>DG333K-3.5-04P-12-00Z(H)</t>
   </si>
@@ -1668,288 +1671,288 @@
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.04674</v>
       </c>
       <c r="L9" s="15">
         <v>0.04207</v>
       </c>
       <c r="M9" s="15">
         <v>0.03895</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15">
-        <v>900</v>
+        <v>870</v>
       </c>
       <c r="P9" s="15" t="s">
         <v>32</v>
       </c>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.08831</v>
       </c>
       <c r="L10" s="15">
         <v>0.07947</v>
       </c>
       <c r="M10" s="15">
         <v>0.07359</v>
       </c>
       <c r="N10" s="15">
-        <v>710</v>
+        <v>860</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11537</v>
       </c>
       <c r="L11" s="15">
         <v>0.10383</v>
       </c>
       <c r="M11" s="15">
         <v>0.09614</v>
       </c>
       <c r="N11" s="15">
-        <v>650</v>
+        <v>830</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J12" s="15">
         <v>1250</v>
       </c>
       <c r="K12" s="15">
         <v>0.0516</v>
       </c>
       <c r="L12" s="15">
         <v>0.04644</v>
       </c>
       <c r="M12" s="15">
         <v>0.043</v>
       </c>
       <c r="N12" s="15">
-        <v>825</v>
+        <v>851</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.10332</v>
       </c>
       <c r="L13" s="15">
         <v>0.09299</v>
       </c>
       <c r="M13" s="15">
         <v>0.0861</v>
       </c>
       <c r="N13" s="15">
-        <v>760</v>
+        <v>840</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.12833</v>
       </c>
       <c r="L14" s="15">
         <v>0.11549</v>
       </c>
       <c r="M14" s="15">
         <v>0.10694</v>
       </c>
       <c r="N14" s="15">
-        <v>1625</v>
+        <v>1750</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.1926</v>
       </c>
       <c r="L15" s="15">
         <v>0.17334</v>
       </c>
       <c r="M15" s="15">
         <v>0.1605</v>
       </c>
       <c r="N15" s="15">
-        <v>1230</v>
+        <v>1140</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I16" s="15"/>
@@ -1976,142 +1979,142 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15">
         <v>2500</v>
       </c>
       <c r="K17" s="15">
-        <v>0.03548</v>
+        <v>0.03674</v>
       </c>
       <c r="L17" s="15">
-        <v>0.03075</v>
+        <v>0.03184</v>
       </c>
       <c r="M17" s="15">
-        <v>0.02956</v>
+        <v>0.03061</v>
       </c>
       <c r="N17" s="15">
-        <v>3976</v>
+        <v>4081</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15">
         <v>10080011537</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J18" s="15">
         <v>1500</v>
       </c>
       <c r="K18" s="15">
         <v>0.09660000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.08372</v>
       </c>
       <c r="M18" s="15">
         <v>0.0805</v>
       </c>
       <c r="N18" s="15">
-        <v>443</v>
+        <v>389</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J19" s="15">
         <v>1500</v>
       </c>
       <c r="K19" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.06159</v>
       </c>
       <c r="M19" s="15">
         <v>0.05923</v>
       </c>
       <c r="N19" s="15">
-        <v>1230</v>
+        <v>1335</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I20" s="15"/>
@@ -2145,92 +2148,92 @@
       <c r="D21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.12963</v>
       </c>
       <c r="L21" s="15">
         <v>0.11235</v>
       </c>
       <c r="M21" s="15">
         <v>0.10803</v>
       </c>
       <c r="N21" s="15">
-        <v>794</v>
+        <v>814</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J22" s="15">
         <v>200</v>
       </c>
       <c r="K22" s="15">
-        <v>0.43775</v>
+        <v>0.41654</v>
       </c>
       <c r="L22" s="15">
-        <v>0.37938</v>
+        <v>0.361</v>
       </c>
       <c r="M22" s="15">
-        <v>0.36479</v>
+        <v>0.34711</v>
       </c>
       <c r="N22" s="15">
-        <v>751</v>
+        <v>1046</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I23" s="15"/>
@@ -2264,51 +2267,51 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="J24" s="15">
         <v>325</v>
       </c>
       <c r="K24" s="15">
         <v>0.10721</v>
       </c>
       <c r="L24" s="15">
         <v>0.09291000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.08934</v>
       </c>
       <c r="N24" s="15">
-        <v>3851</v>
+        <v>3493</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E25" s="15">
         <v>10000015469</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I25" s="15" t="s">
@@ -2387,170 +2390,170 @@
       </c>
       <c r="E27" s="15">
         <v>10000023440</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>98</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.14187</v>
       </c>
       <c r="L27" s="15">
         <v>0.12295</v>
       </c>
       <c r="M27" s="15">
         <v>0.11823</v>
       </c>
       <c r="N27" s="15">
-        <v>376</v>
+        <v>299</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12665</v>
       </c>
       <c r="L28" s="15">
         <v>0.10976</v>
       </c>
       <c r="M28" s="15">
         <v>0.10554</v>
       </c>
       <c r="N28" s="15">
-        <v>1106</v>
+        <v>910</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>400</v>
       </c>
       <c r="K29" s="15">
         <v>0.19959</v>
       </c>
       <c r="L29" s="15">
         <v>0.17298</v>
       </c>
       <c r="M29" s="15">
         <v>0.16633</v>
       </c>
       <c r="N29" s="15">
-        <v>135</v>
+        <v>107</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
         <v>0.19109</v>
       </c>
       <c r="L30" s="15">
         <v>0.16561</v>
       </c>
       <c r="M30" s="15">
         <v>0.15924</v>
       </c>
       <c r="N30" s="15">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2664,92 +2667,92 @@
       </c>
       <c r="E34" s="15" t="s">
         <v>121</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>122</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.06902999999999999</v>
       </c>
       <c r="L34" s="15">
         <v>0.05983</v>
       </c>
       <c r="M34" s="15">
         <v>0.05753</v>
       </c>
       <c r="N34" s="15">
-        <v>1008</v>
+        <v>336</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>126</v>
       </c>
       <c r="J35" s="15">
         <v>2000</v>
       </c>
       <c r="K35" s="15">
         <v>0.09966</v>
       </c>
       <c r="L35" s="15">
         <v>0.08637</v>
       </c>
       <c r="M35" s="15">
         <v>0.08305</v>
       </c>
       <c r="N35" s="15">
-        <v>1178</v>
+        <v>1520</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I36" s="15" t="s">
@@ -2852,1424 +2855,1436 @@
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>140</v>
       </c>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
-        <v>0.79001</v>
+        <v>0.7551</v>
       </c>
       <c r="L39" s="15">
-        <v>0.68467</v>
+        <v>0.65442</v>
       </c>
       <c r="M39" s="15">
-        <v>0.65834</v>
+        <v>0.62925</v>
       </c>
       <c r="N39" s="15">
-        <v>760</v>
+        <v>1042</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>144</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.15438</v>
       </c>
       <c r="L40" s="15">
         <v>0.1338</v>
       </c>
       <c r="M40" s="15">
         <v>0.12865</v>
       </c>
       <c r="N40" s="15"/>
-      <c r="O40" s="15"/>
-      <c r="P40" s="15"/>
+      <c r="O40" s="15">
+        <v>4500</v>
+      </c>
+      <c r="P40" s="15" t="s">
+        <v>145</v>
+      </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
         <v>0.22904</v>
       </c>
       <c r="L41" s="15">
         <v>0.1985</v>
       </c>
       <c r="M41" s="15">
         <v>0.19086</v>
       </c>
       <c r="N41" s="15"/>
-      <c r="O41" s="15"/>
-      <c r="P41" s="15"/>
+      <c r="O41" s="15">
+        <v>3280</v>
+      </c>
+      <c r="P41" s="15" t="s">
+        <v>145</v>
+      </c>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>800</v>
       </c>
       <c r="K42" s="15">
         <v>0.52781</v>
       </c>
       <c r="L42" s="15">
         <v>0.26392</v>
       </c>
       <c r="M42" s="15">
         <v>0.23995</v>
       </c>
       <c r="N42" s="15">
         <v>1</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J43" s="15">
         <v>300</v>
       </c>
       <c r="K43" s="15">
         <v>0.28526</v>
       </c>
       <c r="L43" s="15">
         <v>0.24722</v>
       </c>
       <c r="M43" s="15">
         <v>0.23771</v>
       </c>
       <c r="N43" s="15">
-        <v>252</v>
-[...2 lines deleted...]
-      <c r="P43" s="15"/>
+        <v>95</v>
+      </c>
+      <c r="O43" s="15">
+        <v>948</v>
+      </c>
+      <c r="P43" s="15" t="s">
+        <v>145</v>
+      </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J44" s="15">
         <v>1700</v>
       </c>
       <c r="K44" s="15">
         <v>0.58224</v>
       </c>
       <c r="L44" s="15">
         <v>0.50461</v>
       </c>
       <c r="M44" s="15">
         <v>0.4852</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15">
         <v>3400</v>
       </c>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.05556</v>
       </c>
       <c r="L45" s="15">
         <v>0.05</v>
       </c>
       <c r="M45" s="15">
         <v>0.0463</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E46" s="15">
         <v>10080044849</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J46" s="15">
         <v>600</v>
       </c>
       <c r="K46" s="15">
         <v>0.66143</v>
       </c>
       <c r="L46" s="15">
         <v>0.47245</v>
       </c>
       <c r="M46" s="15">
         <v>0.40947</v>
       </c>
       <c r="N46" s="15">
         <v>70</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.10208</v>
       </c>
       <c r="L47" s="15">
         <v>0.09186999999999999</v>
       </c>
       <c r="M47" s="15">
         <v>0.08506</v>
       </c>
       <c r="N47" s="15">
-        <v>480</v>
+        <v>536</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E48" s="15">
         <v>10080044845</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J48" s="15">
         <v>325</v>
       </c>
       <c r="K48" s="15">
         <v>0.16017</v>
       </c>
       <c r="L48" s="15">
         <v>0.11443</v>
       </c>
       <c r="M48" s="15">
         <v>0.09916</v>
       </c>
       <c r="N48" s="15">
-        <v>295</v>
+        <v>399</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E49" s="15">
         <v>10080044846</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.33056</v>
       </c>
       <c r="L49" s="15">
         <v>0.17709</v>
       </c>
       <c r="M49" s="15">
         <v>0.15348</v>
       </c>
       <c r="N49" s="15">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J50" s="15"/>
       <c r="K50" s="15">
         <v>0.12821</v>
       </c>
       <c r="L50" s="15">
         <v>0.11538</v>
       </c>
       <c r="M50" s="15">
         <v>0.10684</v>
       </c>
       <c r="N50" s="15">
-        <v>804</v>
+        <v>765</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.04947</v>
       </c>
       <c r="L51" s="15">
         <v>0.04452</v>
       </c>
       <c r="M51" s="15">
         <v>0.04123</v>
       </c>
       <c r="N51" s="15">
-        <v>1100</v>
+        <v>913</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.07582999999999999</v>
       </c>
       <c r="L52" s="15">
         <v>0.06824</v>
       </c>
       <c r="M52" s="15">
         <v>0.06319</v>
       </c>
       <c r="N52" s="15">
-        <v>915</v>
+        <v>1245</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.09912</v>
       </c>
       <c r="L53" s="15">
         <v>0.08921</v>
       </c>
       <c r="M53" s="15">
         <v>0.08260000000000001</v>
       </c>
       <c r="N53" s="15">
-        <v>716</v>
+        <v>667</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.1341</v>
       </c>
       <c r="L54" s="15">
         <v>0.12069</v>
       </c>
       <c r="M54" s="15">
         <v>0.11175</v>
       </c>
       <c r="N54" s="15">
-        <v>4614</v>
+        <v>5662</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.20114</v>
       </c>
       <c r="L55" s="15">
         <v>0.18102</v>
       </c>
       <c r="M55" s="15">
         <v>0.16761</v>
       </c>
       <c r="N55" s="15">
-        <v>4608</v>
+        <v>5777</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E56" s="15">
         <v>10080028530</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0281</v>
       </c>
       <c r="L56" s="15">
         <v>0.02435</v>
       </c>
       <c r="M56" s="15">
         <v>0.02341</v>
       </c>
       <c r="N56" s="15">
-        <v>14892</v>
+        <v>16329</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.04184</v>
+        <v>0.04061</v>
       </c>
       <c r="L57" s="15">
-        <v>0.03626</v>
+        <v>0.03519</v>
       </c>
       <c r="M57" s="15">
-        <v>0.03486</v>
+        <v>0.03384</v>
       </c>
       <c r="N57" s="15">
-        <v>4400</v>
+        <v>2888</v>
       </c>
       <c r="O57" s="15">
-        <v>8900</v>
+        <v>6500</v>
       </c>
       <c r="P57" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
-        <v>0.08573</v>
+        <v>0.08487</v>
       </c>
       <c r="L58" s="15">
-        <v>0.0743</v>
+        <v>0.07355</v>
       </c>
       <c r="M58" s="15">
-        <v>0.07144</v>
+        <v>0.07073</v>
       </c>
       <c r="N58" s="15">
-        <v>3887</v>
+        <v>3007</v>
       </c>
       <c r="O58" s="15">
-        <v>4450</v>
+        <v>4100</v>
       </c>
       <c r="P58" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E59" s="15">
         <v>10080051472</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.31728</v>
       </c>
       <c r="L59" s="15">
         <v>0.27498</v>
       </c>
       <c r="M59" s="15">
         <v>0.2644</v>
       </c>
       <c r="N59" s="15">
-        <v>1828</v>
+        <v>70</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E60" s="15">
         <v>10080028529</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J60" s="15">
         <v>500</v>
       </c>
       <c r="K60" s="15">
         <v>0.06637999999999999</v>
       </c>
       <c r="L60" s="15">
         <v>0.05753</v>
       </c>
       <c r="M60" s="15">
         <v>0.05531</v>
       </c>
       <c r="N60" s="15">
-        <v>12943</v>
+        <v>17231</v>
       </c>
       <c r="O60" s="15">
-        <v>8700</v>
+        <v>7700</v>
       </c>
       <c r="P60" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.06822</v>
       </c>
       <c r="L61" s="15">
         <v>0.05912</v>
       </c>
       <c r="M61" s="15">
         <v>0.05685</v>
       </c>
       <c r="N61" s="15">
-        <v>2403</v>
+        <v>2322</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E62" s="15">
         <v>10080040086</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J62" s="15">
         <v>300</v>
       </c>
       <c r="K62" s="15">
         <v>0.09929</v>
       </c>
       <c r="L62" s="15">
         <v>0.08605</v>
       </c>
       <c r="M62" s="15">
         <v>0.08273999999999999</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15">
-        <v>17850</v>
+        <v>6765</v>
       </c>
       <c r="P62" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="J63" s="15">
         <v>500</v>
       </c>
       <c r="K63" s="15">
         <v>0.05294</v>
       </c>
       <c r="L63" s="15">
         <v>0.04588</v>
       </c>
       <c r="M63" s="15">
         <v>0.04411</v>
       </c>
       <c r="N63" s="15">
         <v>1220</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J64" s="15">
         <v>500</v>
       </c>
       <c r="K64" s="15">
         <v>0.07943</v>
       </c>
       <c r="L64" s="15">
         <v>0.06884</v>
       </c>
       <c r="M64" s="15">
         <v>0.06619</v>
       </c>
       <c r="N64" s="15">
-        <v>1292</v>
+        <v>1241</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.10578</v>
       </c>
       <c r="L65" s="15">
         <v>0.09168</v>
       </c>
       <c r="M65" s="15">
         <v>0.08815000000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>546</v>
+        <v>511</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.63474</v>
       </c>
       <c r="L66" s="15">
         <v>0.55011</v>
       </c>
       <c r="M66" s="15">
         <v>0.52895</v>
       </c>
       <c r="N66" s="15">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>0.05763</v>
       </c>
       <c r="L67" s="15">
         <v>0.05019</v>
       </c>
       <c r="M67" s="15">
         <v>0.04648</v>
       </c>
       <c r="N67" s="15">
-        <v>1025</v>
+        <v>838</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.11541</v>
       </c>
       <c r="L68" s="15">
         <v>0.10052</v>
       </c>
       <c r="M68" s="15">
         <v>0.09308</v>
       </c>
       <c r="N68" s="15">
         <v>731</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.15004</v>
       </c>
       <c r="L69" s="15">
         <v>0.13068</v>
       </c>
       <c r="M69" s="15">
         <v>0.121</v>
       </c>
       <c r="N69" s="15">
-        <v>1675</v>
+        <v>1975</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="J70" s="15">
         <v>300</v>
       </c>
       <c r="K70" s="15">
         <v>0.22504</v>
       </c>
       <c r="L70" s="15">
         <v>0.19601</v>
       </c>
       <c r="M70" s="15">
         <v>0.18149</v>
       </c>
       <c r="N70" s="15">
-        <v>991</v>
+        <v>1151</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.07029000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.06326</v>
       </c>
       <c r="M71" s="15">
         <v>0.05858</v>
       </c>
       <c r="N71" s="15">
-        <v>620</v>
+        <v>760</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>0.24164</v>
       </c>
       <c r="L72" s="15">
         <v>0.1611</v>
       </c>
       <c r="M72" s="15">
         <v>0.14645</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>0.13425</v>
       </c>
       <c r="L73" s="15">
         <v>0.11692</v>
       </c>
       <c r="M73" s="15">
         <v>0.10826</v>
       </c>
       <c r="N73" s="15">
-        <v>700</v>
+        <v>620</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14"/>
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
     </row>
   </sheetData>
@@ -4312,317 +4327,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>