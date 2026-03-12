--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -644,53 +644,50 @@
     <t xml:space="preserve">DG333K-3.5-03P-12-00Z(H) DEGSON, TL006T-03P-LS Tianli, CM-333K-3.5-3P-12 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-332J-5.00-02P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-02P-3</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-332J-5.00-03P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-03P-3</t>
   </si>
   <si>
     <t>10-00016471</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-03P-13-00Z(H) DEGSON, GT332J-5.0-03P-13-00 GOLTEN, TL205P-03P-K Tianli, CM-332J-5.0-3P-13 FUCON, TL205P-1635-02P-K Tianli, </t>
-  </si>
-[...1 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-332J-5.00-06P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-06P-3</t>
   </si>
   <si>
     <t>10-00016474</t>
   </si>
   <si>
     <t xml:space="preserve">DG332J-5.0-06P-13-00Z(H) DEGSON, TL205P-06P-K Tianli, GT332J-5.0-06P-13-00 GOLTEN, </t>
   </si>
   <si>
     <t>L-KLS2-332J-5.00-24P-3</t>
   </si>
   <si>
     <t>KLS2-332J-5.00-24P-3</t>
   </si>
   <si>
     <t>L-KLS2-332K-5.00-02P-2C</t>
   </si>
   <si>
     <t>KLS2-332K-5.00-02P-2C</t>
   </si>
@@ -1671,288 +1668,288 @@
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.04674</v>
       </c>
       <c r="L9" s="15">
         <v>0.04207</v>
       </c>
       <c r="M9" s="15">
         <v>0.03895</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15">
-        <v>870</v>
+        <v>810</v>
       </c>
       <c r="P9" s="15" t="s">
         <v>32</v>
       </c>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>0.08831</v>
       </c>
       <c r="L10" s="15">
         <v>0.07947</v>
       </c>
       <c r="M10" s="15">
         <v>0.07359</v>
       </c>
       <c r="N10" s="15">
-        <v>860</v>
+        <v>690</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11537</v>
       </c>
       <c r="L11" s="15">
         <v>0.10383</v>
       </c>
       <c r="M11" s="15">
         <v>0.09614</v>
       </c>
       <c r="N11" s="15">
-        <v>830</v>
+        <v>670</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J12" s="15">
         <v>1250</v>
       </c>
       <c r="K12" s="15">
         <v>0.0516</v>
       </c>
       <c r="L12" s="15">
         <v>0.04644</v>
       </c>
       <c r="M12" s="15">
         <v>0.043</v>
       </c>
       <c r="N12" s="15">
-        <v>851</v>
+        <v>1025</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.10332</v>
       </c>
       <c r="L13" s="15">
         <v>0.09299</v>
       </c>
       <c r="M13" s="15">
         <v>0.0861</v>
       </c>
       <c r="N13" s="15">
-        <v>840</v>
+        <v>700</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.12833</v>
       </c>
       <c r="L14" s="15">
         <v>0.11549</v>
       </c>
       <c r="M14" s="15">
         <v>0.10694</v>
       </c>
       <c r="N14" s="15">
-        <v>1750</v>
+        <v>1550</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.1926</v>
       </c>
       <c r="L15" s="15">
         <v>0.17334</v>
       </c>
       <c r="M15" s="15">
         <v>0.1605</v>
       </c>
       <c r="N15" s="15">
-        <v>1140</v>
+        <v>1006</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I16" s="15"/>
@@ -1988,133 +1985,133 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15">
         <v>2500</v>
       </c>
       <c r="K17" s="15">
         <v>0.03674</v>
       </c>
       <c r="L17" s="15">
         <v>0.03184</v>
       </c>
       <c r="M17" s="15">
         <v>0.03061</v>
       </c>
       <c r="N17" s="15">
-        <v>4081</v>
+        <v>2926</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15">
         <v>10080011537</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J18" s="15">
         <v>1500</v>
       </c>
       <c r="K18" s="15">
         <v>0.09660000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.08372</v>
       </c>
       <c r="M18" s="15">
         <v>0.0805</v>
       </c>
       <c r="N18" s="15">
-        <v>389</v>
+        <v>455</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J19" s="15">
         <v>1500</v>
       </c>
       <c r="K19" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.06159</v>
       </c>
       <c r="M19" s="15">
         <v>0.05923</v>
       </c>
       <c r="N19" s="15">
-        <v>1335</v>
+        <v>411</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I20" s="15"/>
@@ -2148,92 +2145,92 @@
       <c r="D21" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>0.12963</v>
       </c>
       <c r="L21" s="15">
         <v>0.11235</v>
       </c>
       <c r="M21" s="15">
         <v>0.10803</v>
       </c>
       <c r="N21" s="15">
-        <v>814</v>
+        <v>655</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J22" s="15">
         <v>200</v>
       </c>
       <c r="K22" s="15">
         <v>0.41654</v>
       </c>
       <c r="L22" s="15">
         <v>0.361</v>
       </c>
       <c r="M22" s="15">
         <v>0.34711</v>
       </c>
       <c r="N22" s="15">
-        <v>1046</v>
+        <v>788</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I23" s="15"/>
@@ -2267,51 +2264,51 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="J24" s="15">
         <v>325</v>
       </c>
       <c r="K24" s="15">
         <v>0.10721</v>
       </c>
       <c r="L24" s="15">
         <v>0.09291000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.08934</v>
       </c>
       <c r="N24" s="15">
-        <v>3493</v>
+        <v>3262</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E25" s="15">
         <v>10000015469</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I25" s="15" t="s">
@@ -2390,170 +2387,170 @@
       </c>
       <c r="E27" s="15">
         <v>10000023440</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>98</v>
       </c>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.14187</v>
       </c>
       <c r="L27" s="15">
         <v>0.12295</v>
       </c>
       <c r="M27" s="15">
         <v>0.11823</v>
       </c>
       <c r="N27" s="15">
-        <v>299</v>
+        <v>265</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.12665</v>
       </c>
       <c r="L28" s="15">
         <v>0.10976</v>
       </c>
       <c r="M28" s="15">
         <v>0.10554</v>
       </c>
       <c r="N28" s="15">
-        <v>910</v>
+        <v>966</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>400</v>
       </c>
       <c r="K29" s="15">
         <v>0.19959</v>
       </c>
       <c r="L29" s="15">
         <v>0.17298</v>
       </c>
       <c r="M29" s="15">
         <v>0.16633</v>
       </c>
       <c r="N29" s="15">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
         <v>0.19109</v>
       </c>
       <c r="L30" s="15">
         <v>0.16561</v>
       </c>
       <c r="M30" s="15">
         <v>0.15924</v>
       </c>
       <c r="N30" s="15">
-        <v>140</v>
+        <v>168</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2667,92 +2664,92 @@
       </c>
       <c r="E34" s="15" t="s">
         <v>121</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>122</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.06902999999999999</v>
       </c>
       <c r="L34" s="15">
         <v>0.05983</v>
       </c>
       <c r="M34" s="15">
         <v>0.05753</v>
       </c>
       <c r="N34" s="15">
-        <v>336</v>
+        <v>70</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>126</v>
       </c>
       <c r="J35" s="15">
         <v>2000</v>
       </c>
       <c r="K35" s="15">
         <v>0.09966</v>
       </c>
       <c r="L35" s="15">
         <v>0.08637</v>
       </c>
       <c r="M35" s="15">
         <v>0.08305</v>
       </c>
       <c r="N35" s="15">
-        <v>1520</v>
+        <v>1330</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I36" s="15" t="s">
@@ -2864,136 +2861,136 @@
       </c>
       <c r="E39" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>140</v>
       </c>
       <c r="J39" s="15">
         <v>200</v>
       </c>
       <c r="K39" s="15">
         <v>0.7551</v>
       </c>
       <c r="L39" s="15">
         <v>0.65442</v>
       </c>
       <c r="M39" s="15">
         <v>0.62925</v>
       </c>
       <c r="N39" s="15">
-        <v>1042</v>
+        <v>603</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>144</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.15438</v>
       </c>
       <c r="L40" s="15">
         <v>0.1338</v>
       </c>
       <c r="M40" s="15">
         <v>0.12865</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15">
-        <v>4500</v>
+        <v>3600</v>
       </c>
       <c r="P40" s="15" t="s">
         <v>145</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
         <v>0.22904</v>
       </c>
       <c r="L41" s="15">
         <v>0.1985</v>
       </c>
       <c r="M41" s="15">
         <v>0.19086</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15">
-        <v>3280</v>
+        <v>2440</v>
       </c>
       <c r="P41" s="15" t="s">
         <v>145</v>
       </c>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>60</v>
       </c>
@@ -3030,54 +3027,54 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J43" s="15">
         <v>300</v>
       </c>
       <c r="K43" s="15">
         <v>0.28526</v>
       </c>
       <c r="L43" s="15">
         <v>0.24722</v>
       </c>
       <c r="M43" s="15">
         <v>0.23771</v>
       </c>
       <c r="N43" s="15">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="O43" s="15">
-        <v>948</v>
+        <v>828</v>
       </c>
       <c r="P43" s="15" t="s">
         <v>145</v>
       </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>60</v>
       </c>
@@ -3192,211 +3189,211 @@
       <c r="D47" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>164</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>172</v>
       </c>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.10208</v>
       </c>
       <c r="L47" s="15">
         <v>0.09186999999999999</v>
       </c>
       <c r="M47" s="15">
         <v>0.08506</v>
       </c>
       <c r="N47" s="15">
-        <v>536</v>
+        <v>640</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E48" s="15">
         <v>10080044845</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>164</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>175</v>
       </c>
       <c r="J48" s="15">
         <v>325</v>
       </c>
       <c r="K48" s="15">
         <v>0.16017</v>
       </c>
       <c r="L48" s="15">
         <v>0.11443</v>
       </c>
       <c r="M48" s="15">
         <v>0.09916</v>
       </c>
       <c r="N48" s="15">
-        <v>399</v>
+        <v>333</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E49" s="15">
         <v>10080044846</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>164</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>178</v>
       </c>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.33056</v>
       </c>
       <c r="L49" s="15">
         <v>0.17709</v>
       </c>
       <c r="M49" s="15">
         <v>0.15348</v>
       </c>
       <c r="N49" s="15">
-        <v>256</v>
+        <v>296</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>164</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>182</v>
       </c>
       <c r="J50" s="15"/>
       <c r="K50" s="15">
         <v>0.12821</v>
       </c>
       <c r="L50" s="15">
         <v>0.11538</v>
       </c>
       <c r="M50" s="15">
         <v>0.10684</v>
       </c>
       <c r="N50" s="15">
-        <v>765</v>
+        <v>716</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>164</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>186</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.04947</v>
       </c>
       <c r="L51" s="15">
         <v>0.04452</v>
       </c>
       <c r="M51" s="15">
         <v>0.04123</v>
       </c>
       <c r="N51" s="15">
-        <v>913</v>
+        <v>1038</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>164</v>
       </c>
       <c r="I52" s="15"/>
@@ -3428,863 +3425,855 @@
       <c r="D53" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>164</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>193</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.09912</v>
       </c>
       <c r="L53" s="15">
         <v>0.08921</v>
       </c>
       <c r="M53" s="15">
         <v>0.08260000000000001</v>
       </c>
       <c r="N53" s="15">
-        <v>667</v>
+        <v>686</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>196</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>164</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>197</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.1341</v>
       </c>
       <c r="L54" s="15">
         <v>0.12069</v>
       </c>
       <c r="M54" s="15">
         <v>0.11175</v>
       </c>
       <c r="N54" s="15">
-        <v>5662</v>
+        <v>4963</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>200</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>164</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>201</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.20114</v>
       </c>
       <c r="L55" s="15">
         <v>0.18102</v>
       </c>
       <c r="M55" s="15">
         <v>0.16761</v>
       </c>
       <c r="N55" s="15">
-        <v>5777</v>
+        <v>4608</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E56" s="15">
         <v>10080028530</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>205</v>
       </c>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0281</v>
       </c>
       <c r="L56" s="15">
         <v>0.02435</v>
       </c>
       <c r="M56" s="15">
         <v>0.02341</v>
       </c>
       <c r="N56" s="15">
-        <v>16329</v>
+        <v>16576</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>206</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>208</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>209</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.04061</v>
       </c>
       <c r="L57" s="15">
         <v>0.03519</v>
       </c>
       <c r="M57" s="15">
         <v>0.03384</v>
       </c>
       <c r="N57" s="15">
-        <v>2888</v>
+        <v>3333</v>
       </c>
       <c r="O57" s="15">
-        <v>6500</v>
-[...3 lines deleted...]
-      </c>
+        <v>7500</v>
+      </c>
+      <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="J58" s="15">
         <v>500</v>
       </c>
       <c r="K58" s="15">
         <v>0.08487</v>
       </c>
       <c r="L58" s="15">
         <v>0.07355</v>
       </c>
       <c r="M58" s="15">
         <v>0.07073</v>
       </c>
       <c r="N58" s="15">
-        <v>3007</v>
+        <v>2347</v>
       </c>
       <c r="O58" s="15">
-        <v>4100</v>
-[...3 lines deleted...]
-      </c>
+        <v>3200</v>
+      </c>
+      <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="E59" s="15">
         <v>10080051472</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.31728</v>
       </c>
       <c r="L59" s="15">
         <v>0.27498</v>
       </c>
       <c r="M59" s="15">
         <v>0.2644</v>
       </c>
       <c r="N59" s="15">
         <v>70</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="E60" s="15">
         <v>10080028529</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J60" s="15">
         <v>500</v>
       </c>
       <c r="K60" s="15">
         <v>0.06637999999999999</v>
       </c>
       <c r="L60" s="15">
         <v>0.05753</v>
       </c>
       <c r="M60" s="15">
         <v>0.05531</v>
       </c>
       <c r="N60" s="15">
-        <v>17231</v>
+        <v>1664</v>
       </c>
       <c r="O60" s="15">
-        <v>7700</v>
-[...3 lines deleted...]
-      </c>
+        <v>7000</v>
+      </c>
+      <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.06822</v>
       </c>
       <c r="L61" s="15">
         <v>0.05912</v>
       </c>
       <c r="M61" s="15">
         <v>0.05685</v>
       </c>
       <c r="N61" s="15">
-        <v>2322</v>
+        <v>2106</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E62" s="15">
         <v>10080040086</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="J62" s="15">
         <v>300</v>
       </c>
       <c r="K62" s="15">
         <v>0.09929</v>
       </c>
       <c r="L62" s="15">
         <v>0.08605</v>
       </c>
       <c r="M62" s="15">
         <v>0.08273999999999999</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15">
-        <v>6765</v>
-[...3 lines deleted...]
-      </c>
+        <v>6681</v>
+      </c>
+      <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>226</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="J63" s="15">
         <v>500</v>
       </c>
       <c r="K63" s="15">
         <v>0.05294</v>
       </c>
       <c r="L63" s="15">
         <v>0.04588</v>
       </c>
       <c r="M63" s="15">
         <v>0.04411</v>
       </c>
       <c r="N63" s="15">
-        <v>1220</v>
+        <v>1420</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="J64" s="15">
         <v>500</v>
       </c>
       <c r="K64" s="15">
         <v>0.07943</v>
       </c>
       <c r="L64" s="15">
         <v>0.06884</v>
       </c>
       <c r="M64" s="15">
         <v>0.06619</v>
       </c>
       <c r="N64" s="15">
-        <v>1241</v>
+        <v>1258</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.10578</v>
       </c>
       <c r="L65" s="15">
         <v>0.09168</v>
       </c>
       <c r="M65" s="15">
         <v>0.08815000000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>511</v>
+        <v>553</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>204</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="J66" s="15">
         <v>100</v>
       </c>
       <c r="K66" s="15">
         <v>0.63474</v>
       </c>
       <c r="L66" s="15">
         <v>0.55011</v>
       </c>
       <c r="M66" s="15">
         <v>0.52895</v>
       </c>
       <c r="N66" s="15">
-        <v>205</v>
+        <v>237</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="I67" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>0.05763</v>
       </c>
       <c r="L67" s="15">
         <v>0.05019</v>
       </c>
       <c r="M67" s="15">
         <v>0.04648</v>
       </c>
       <c r="N67" s="15">
-        <v>838</v>
+        <v>988</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.11541</v>
       </c>
       <c r="L68" s="15">
         <v>0.10052</v>
       </c>
       <c r="M68" s="15">
         <v>0.09308</v>
       </c>
       <c r="N68" s="15">
-        <v>731</v>
+        <v>689</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>251</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.15004</v>
       </c>
       <c r="L69" s="15">
         <v>0.13068</v>
       </c>
       <c r="M69" s="15">
         <v>0.121</v>
       </c>
       <c r="N69" s="15">
-        <v>1975</v>
+        <v>2150</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>255</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J70" s="15">
         <v>300</v>
       </c>
       <c r="K70" s="15">
         <v>0.22504</v>
       </c>
       <c r="L70" s="15">
         <v>0.19601</v>
       </c>
       <c r="M70" s="15">
         <v>0.18149</v>
       </c>
       <c r="N70" s="15">
-        <v>1151</v>
+        <v>924</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.07029000000000001</v>
       </c>
       <c r="L71" s="15">
         <v>0.06326</v>
       </c>
       <c r="M71" s="15">
         <v>0.05858</v>
       </c>
       <c r="N71" s="15">
-        <v>760</v>
+        <v>900</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>0.24164</v>
       </c>
       <c r="L72" s="15">
         <v>0.1611</v>
       </c>
       <c r="M72" s="15">
         <v>0.14645</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>267</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>0.13425</v>
       </c>
       <c r="L73" s="15">
         <v>0.11692</v>
       </c>
       <c r="M73" s="15">
         <v>0.10826</v>
       </c>
       <c r="N73" s="15">
-        <v>620</v>
+        <v>680</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14"/>
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
     </row>
   </sheetData>
@@ -4327,317 +4316,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>279</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>