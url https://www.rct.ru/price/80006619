--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1175,51 +1175,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.44082</v>
       </c>
       <c r="L9" s="15">
         <v>0.39674</v>
       </c>
       <c r="M9" s="15">
         <v>0.36735</v>
       </c>
       <c r="N9" s="15">
-        <v>2175</v>
+        <v>1650</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
@@ -1324,57 +1324,57 @@
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J13" s="15">
         <v>125</v>
       </c>
       <c r="K13" s="15">
-        <v>0.92108</v>
+        <v>0.58299</v>
       </c>
       <c r="L13" s="15">
-        <v>0.66403</v>
+        <v>0.50526</v>
       </c>
       <c r="M13" s="15">
-        <v>0.57834</v>
+        <v>0.48583</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15">
         <v>10000017558</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>35</v>
       </c>
@@ -1448,174 +1448,174 @@
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080003030</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>65</v>
       </c>
       <c r="K16" s="15">
         <v>0.67</v>
       </c>
       <c r="L16" s="15">
         <v>0.67</v>
       </c>
       <c r="M16" s="15">
         <v>0.67</v>
       </c>
       <c r="N16" s="15">
-        <v>924</v>
+        <v>826</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080016401</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J17" s="15">
         <v>325</v>
       </c>
       <c r="K17" s="15">
         <v>0.16</v>
       </c>
       <c r="L17" s="15">
         <v>0.16</v>
       </c>
       <c r="M17" s="15">
         <v>0.16</v>
       </c>
       <c r="N17" s="15">
-        <v>754</v>
+        <v>882</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080002587</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="15">
         <v>65</v>
       </c>
       <c r="K18" s="15">
         <v>0.6</v>
       </c>
       <c r="L18" s="15">
         <v>0.6</v>
       </c>
       <c r="M18" s="15">
         <v>0.6</v>
       </c>
       <c r="N18" s="15">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J19" s="15">
         <v>65</v>
       </c>
       <c r="K19" s="15">
         <v>0.62</v>
       </c>
       <c r="L19" s="15">
         <v>0.62</v>
       </c>
       <c r="M19" s="15">
         <v>0.62</v>
       </c>
       <c r="N19" s="15">
-        <v>720</v>
+        <v>860</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080047963</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I20" s="15"/>
@@ -1642,57 +1642,57 @@
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J21" s="15">
         <v>40</v>
       </c>
       <c r="K21" s="15">
-        <v>2.23</v>
+        <v>1.38</v>
       </c>
       <c r="L21" s="15">
-        <v>1.6</v>
+        <v>1.2</v>
       </c>
       <c r="M21" s="15">
-        <v>1.4</v>
+        <v>1.15</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>35</v>
       </c>
@@ -1915,57 +1915,57 @@
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="J28" s="15">
         <v>180</v>
       </c>
       <c r="K28" s="15">
-        <v>0.77752</v>
+        <v>0.49238</v>
       </c>
       <c r="L28" s="15">
-        <v>0.56053</v>
+        <v>0.42673</v>
       </c>
       <c r="M28" s="15">
-        <v>0.48821</v>
+        <v>0.41031</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E29" s="15">
         <v>10080036966</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>89</v>
       </c>
@@ -2000,209 +2000,209 @@
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080050253</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>320</v>
       </c>
       <c r="K30" s="15">
         <v>0.36299</v>
       </c>
       <c r="L30" s="15">
         <v>0.26177</v>
       </c>
       <c r="M30" s="15">
         <v>0.22686</v>
       </c>
       <c r="N30" s="15">
-        <v>1220</v>
+        <v>1200</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080050252</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>80</v>
       </c>
       <c r="K31" s="15">
         <v>1.26</v>
       </c>
       <c r="L31" s="15">
         <v>0.9097</v>
       </c>
       <c r="M31" s="15">
         <v>0.7884100000000001</v>
       </c>
       <c r="N31" s="15">
-        <v>1460</v>
+        <v>1520</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="15">
         <v>10080044866</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="J32" s="15">
         <v>65</v>
       </c>
       <c r="K32" s="15">
         <v>1.94</v>
       </c>
       <c r="L32" s="15">
         <v>1.04</v>
       </c>
       <c r="M32" s="15">
         <v>0.90086</v>
       </c>
       <c r="N32" s="15">
-        <v>670</v>
+        <v>700</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>1.41</v>
       </c>
       <c r="L33" s="15">
         <v>1.27</v>
       </c>
       <c r="M33" s="15">
         <v>1.17</v>
       </c>
       <c r="N33" s="15">
-        <v>401</v>
+        <v>308</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.58439</v>
       </c>
       <c r="L34" s="15">
         <v>0.52595</v>
       </c>
       <c r="M34" s="15">
         <v>0.48699</v>
       </c>
       <c r="N34" s="15">
-        <v>617</v>
+        <v>430</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14"/>
       <c r="C35" s="15"/>
       <c r="D35" s="15"/>
       <c r="E35" s="15"/>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15"/>
       <c r="L35" s="15"/>
       <c r="M35" s="15"/>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
     </row>
   </sheetData>