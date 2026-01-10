--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1175,51 +1175,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.44082</v>
       </c>
       <c r="L9" s="15">
         <v>0.39674</v>
       </c>
       <c r="M9" s="15">
         <v>0.36735</v>
       </c>
       <c r="N9" s="15">
-        <v>1650</v>
+        <v>1734</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
@@ -1448,174 +1448,174 @@
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080003030</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>65</v>
       </c>
       <c r="K16" s="15">
         <v>0.67</v>
       </c>
       <c r="L16" s="15">
         <v>0.67</v>
       </c>
       <c r="M16" s="15">
         <v>0.67</v>
       </c>
       <c r="N16" s="15">
-        <v>826</v>
+        <v>761</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080016401</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J17" s="15">
         <v>325</v>
       </c>
       <c r="K17" s="15">
         <v>0.16</v>
       </c>
       <c r="L17" s="15">
         <v>0.16</v>
       </c>
       <c r="M17" s="15">
         <v>0.16</v>
       </c>
       <c r="N17" s="15">
-        <v>882</v>
+        <v>725</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080002587</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="15">
         <v>65</v>
       </c>
       <c r="K18" s="15">
         <v>0.6</v>
       </c>
       <c r="L18" s="15">
         <v>0.6</v>
       </c>
       <c r="M18" s="15">
         <v>0.6</v>
       </c>
       <c r="N18" s="15">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J19" s="15">
         <v>65</v>
       </c>
       <c r="K19" s="15">
         <v>0.62</v>
       </c>
       <c r="L19" s="15">
         <v>0.62</v>
       </c>
       <c r="M19" s="15">
         <v>0.62</v>
       </c>
       <c r="N19" s="15">
-        <v>860</v>
+        <v>650</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080047963</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I20" s="15"/>
@@ -2000,209 +2000,209 @@
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080050253</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>320</v>
       </c>
       <c r="K30" s="15">
         <v>0.36299</v>
       </c>
       <c r="L30" s="15">
         <v>0.26177</v>
       </c>
       <c r="M30" s="15">
         <v>0.22686</v>
       </c>
       <c r="N30" s="15">
-        <v>1200</v>
+        <v>1640</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080050252</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>80</v>
       </c>
       <c r="K31" s="15">
         <v>1.26</v>
       </c>
       <c r="L31" s="15">
         <v>0.9097</v>
       </c>
       <c r="M31" s="15">
         <v>0.7884100000000001</v>
       </c>
       <c r="N31" s="15">
-        <v>1520</v>
+        <v>1220</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="15">
         <v>10080044866</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="J32" s="15">
         <v>65</v>
       </c>
       <c r="K32" s="15">
         <v>1.94</v>
       </c>
       <c r="L32" s="15">
         <v>1.04</v>
       </c>
       <c r="M32" s="15">
         <v>0.90086</v>
       </c>
       <c r="N32" s="15">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>1.41</v>
       </c>
       <c r="L33" s="15">
         <v>1.27</v>
       </c>
       <c r="M33" s="15">
         <v>1.17</v>
       </c>
       <c r="N33" s="15">
-        <v>308</v>
+        <v>294</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.58439</v>
       </c>
       <c r="L34" s="15">
         <v>0.52595</v>
       </c>
       <c r="M34" s="15">
         <v>0.48699</v>
       </c>
       <c r="N34" s="15">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14"/>
       <c r="C35" s="15"/>
       <c r="D35" s="15"/>
       <c r="E35" s="15"/>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15"/>
       <c r="L35" s="15"/>
       <c r="M35" s="15"/>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
     </row>
   </sheetData>