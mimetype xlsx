--- v2 (2026-01-10)
+++ v3 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1175,51 +1175,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.44082</v>
       </c>
       <c r="L9" s="15">
         <v>0.39674</v>
       </c>
       <c r="M9" s="15">
         <v>0.36735</v>
       </c>
       <c r="N9" s="15">
-        <v>1734</v>
+        <v>1777</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
@@ -1448,174 +1448,174 @@
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080003030</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>65</v>
       </c>
       <c r="K16" s="15">
         <v>0.67</v>
       </c>
       <c r="L16" s="15">
         <v>0.67</v>
       </c>
       <c r="M16" s="15">
         <v>0.67</v>
       </c>
       <c r="N16" s="15">
-        <v>761</v>
+        <v>956</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080016401</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J17" s="15">
         <v>325</v>
       </c>
       <c r="K17" s="15">
         <v>0.16</v>
       </c>
       <c r="L17" s="15">
         <v>0.16</v>
       </c>
       <c r="M17" s="15">
         <v>0.16</v>
       </c>
       <c r="N17" s="15">
-        <v>725</v>
+        <v>588</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080002587</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="15">
         <v>65</v>
       </c>
       <c r="K18" s="15">
         <v>0.6</v>
       </c>
       <c r="L18" s="15">
         <v>0.6</v>
       </c>
       <c r="M18" s="15">
         <v>0.6</v>
       </c>
       <c r="N18" s="15">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J19" s="15">
         <v>65</v>
       </c>
       <c r="K19" s="15">
         <v>0.62</v>
       </c>
       <c r="L19" s="15">
         <v>0.62</v>
       </c>
       <c r="M19" s="15">
         <v>0.62</v>
       </c>
       <c r="N19" s="15">
-        <v>650</v>
+        <v>830</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080047963</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I20" s="15"/>
@@ -2000,209 +2000,209 @@
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080050253</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>320</v>
       </c>
       <c r="K30" s="15">
         <v>0.36299</v>
       </c>
       <c r="L30" s="15">
         <v>0.26177</v>
       </c>
       <c r="M30" s="15">
         <v>0.22686</v>
       </c>
       <c r="N30" s="15">
-        <v>1640</v>
+        <v>1520</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080050252</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>80</v>
       </c>
       <c r="K31" s="15">
         <v>1.26</v>
       </c>
       <c r="L31" s="15">
         <v>0.9097</v>
       </c>
       <c r="M31" s="15">
         <v>0.7884100000000001</v>
       </c>
       <c r="N31" s="15">
-        <v>1220</v>
+        <v>1780</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="15">
         <v>10080044866</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="J32" s="15">
         <v>65</v>
       </c>
       <c r="K32" s="15">
         <v>1.94</v>
       </c>
       <c r="L32" s="15">
         <v>1.04</v>
       </c>
       <c r="M32" s="15">
         <v>0.90086</v>
       </c>
       <c r="N32" s="15">
-        <v>650</v>
+        <v>690</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>1.41</v>
       </c>
       <c r="L33" s="15">
         <v>1.27</v>
       </c>
       <c r="M33" s="15">
         <v>1.17</v>
       </c>
       <c r="N33" s="15">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.58439</v>
       </c>
       <c r="L34" s="15">
         <v>0.52595</v>
       </c>
       <c r="M34" s="15">
         <v>0.48699</v>
       </c>
       <c r="N34" s="15">
-        <v>423</v>
+        <v>499</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14"/>
       <c r="C35" s="15"/>
       <c r="D35" s="15"/>
       <c r="E35" s="15"/>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15"/>
       <c r="L35" s="15"/>
       <c r="M35" s="15"/>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
     </row>
   </sheetData>