--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1175,51 +1175,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.44082</v>
       </c>
       <c r="L9" s="15">
         <v>0.39674</v>
       </c>
       <c r="M9" s="15">
         <v>0.36735</v>
       </c>
       <c r="N9" s="15">
-        <v>1777</v>
+        <v>1798</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
@@ -1448,174 +1448,174 @@
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10080003030</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>65</v>
       </c>
       <c r="K16" s="15">
         <v>0.67</v>
       </c>
       <c r="L16" s="15">
         <v>0.67</v>
       </c>
       <c r="M16" s="15">
         <v>0.67</v>
       </c>
       <c r="N16" s="15">
-        <v>956</v>
+        <v>663</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080016401</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J17" s="15">
         <v>325</v>
       </c>
       <c r="K17" s="15">
         <v>0.16</v>
       </c>
       <c r="L17" s="15">
         <v>0.16</v>
       </c>
       <c r="M17" s="15">
         <v>0.16</v>
       </c>
       <c r="N17" s="15">
-        <v>588</v>
+        <v>617</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080002587</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="15">
         <v>65</v>
       </c>
       <c r="K18" s="15">
         <v>0.6</v>
       </c>
       <c r="L18" s="15">
         <v>0.6</v>
       </c>
       <c r="M18" s="15">
         <v>0.6</v>
       </c>
       <c r="N18" s="15">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J19" s="15">
         <v>65</v>
       </c>
       <c r="K19" s="15">
         <v>0.62</v>
       </c>
       <c r="L19" s="15">
         <v>0.62</v>
       </c>
       <c r="M19" s="15">
         <v>0.62</v>
       </c>
       <c r="N19" s="15">
-        <v>830</v>
+        <v>740</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080047963</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I20" s="15"/>
@@ -2000,209 +2000,209 @@
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080050253</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>320</v>
       </c>
       <c r="K30" s="15">
         <v>0.36299</v>
       </c>
       <c r="L30" s="15">
         <v>0.26177</v>
       </c>
       <c r="M30" s="15">
         <v>0.22686</v>
       </c>
       <c r="N30" s="15">
-        <v>1520</v>
+        <v>1640</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080050252</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>80</v>
       </c>
       <c r="K31" s="15">
         <v>1.26</v>
       </c>
       <c r="L31" s="15">
         <v>0.9097</v>
       </c>
       <c r="M31" s="15">
         <v>0.7884100000000001</v>
       </c>
       <c r="N31" s="15">
-        <v>1780</v>
+        <v>1260</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="15">
         <v>10080044866</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="J32" s="15">
         <v>65</v>
       </c>
       <c r="K32" s="15">
         <v>1.94</v>
       </c>
       <c r="L32" s="15">
         <v>1.04</v>
       </c>
       <c r="M32" s="15">
         <v>0.90086</v>
       </c>
       <c r="N32" s="15">
-        <v>690</v>
+        <v>870</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>1.41</v>
       </c>
       <c r="L33" s="15">
         <v>1.27</v>
       </c>
       <c r="M33" s="15">
         <v>1.17</v>
       </c>
       <c r="N33" s="15">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.58439</v>
       </c>
       <c r="L34" s="15">
         <v>0.52595</v>
       </c>
       <c r="M34" s="15">
         <v>0.48699</v>
       </c>
       <c r="N34" s="15">
-        <v>499</v>
+        <v>569</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14"/>
       <c r="C35" s="15"/>
       <c r="D35" s="15"/>
       <c r="E35" s="15"/>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15"/>
       <c r="L35" s="15"/>
       <c r="M35" s="15"/>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
     </row>
   </sheetData>