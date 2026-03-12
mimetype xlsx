--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1175,51 +1175,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.44082</v>
       </c>
       <c r="L9" s="15">
         <v>0.39674</v>
       </c>
       <c r="M9" s="15">
         <v>0.36735</v>
       </c>
       <c r="N9" s="15">
-        <v>1798</v>
+        <v>1691</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
@@ -1489,133 +1489,133 @@
       </c>
       <c r="E17" s="15">
         <v>10080016401</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J17" s="15">
         <v>325</v>
       </c>
       <c r="K17" s="15">
         <v>0.16</v>
       </c>
       <c r="L17" s="15">
         <v>0.16</v>
       </c>
       <c r="M17" s="15">
         <v>0.16</v>
       </c>
       <c r="N17" s="15">
-        <v>617</v>
+        <v>852</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080002587</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="15">
         <v>65</v>
       </c>
       <c r="K18" s="15">
         <v>0.6</v>
       </c>
       <c r="L18" s="15">
         <v>0.6</v>
       </c>
       <c r="M18" s="15">
         <v>0.6</v>
       </c>
       <c r="N18" s="15">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J19" s="15">
         <v>65</v>
       </c>
       <c r="K19" s="15">
         <v>0.62</v>
       </c>
       <c r="L19" s="15">
         <v>0.62</v>
       </c>
       <c r="M19" s="15">
         <v>0.62</v>
       </c>
       <c r="N19" s="15">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080047963</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I20" s="15"/>
@@ -2000,209 +2000,209 @@
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080050253</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>320</v>
       </c>
       <c r="K30" s="15">
         <v>0.36299</v>
       </c>
       <c r="L30" s="15">
         <v>0.26177</v>
       </c>
       <c r="M30" s="15">
         <v>0.22686</v>
       </c>
       <c r="N30" s="15">
-        <v>1640</v>
+        <v>1780</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080050252</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>80</v>
       </c>
       <c r="K31" s="15">
         <v>1.26</v>
       </c>
       <c r="L31" s="15">
         <v>0.9097</v>
       </c>
       <c r="M31" s="15">
         <v>0.7884100000000001</v>
       </c>
       <c r="N31" s="15">
-        <v>1260</v>
+        <v>1340</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="15">
         <v>10080044866</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="J32" s="15">
         <v>65</v>
       </c>
       <c r="K32" s="15">
         <v>1.94</v>
       </c>
       <c r="L32" s="15">
         <v>1.04</v>
       </c>
       <c r="M32" s="15">
         <v>0.90086</v>
       </c>
       <c r="N32" s="15">
-        <v>870</v>
+        <v>890</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>1.41</v>
       </c>
       <c r="L33" s="15">
         <v>1.27</v>
       </c>
       <c r="M33" s="15">
         <v>1.17</v>
       </c>
       <c r="N33" s="15">
-        <v>308</v>
+        <v>374</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.58439</v>
       </c>
       <c r="L34" s="15">
         <v>0.52595</v>
       </c>
       <c r="M34" s="15">
         <v>0.48699</v>
       </c>
       <c r="N34" s="15">
-        <v>569</v>
+        <v>513</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14"/>
       <c r="C35" s="15"/>
       <c r="D35" s="15"/>
       <c r="E35" s="15"/>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15"/>
       <c r="L35" s="15"/>
       <c r="M35" s="15"/>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
     </row>
   </sheetData>